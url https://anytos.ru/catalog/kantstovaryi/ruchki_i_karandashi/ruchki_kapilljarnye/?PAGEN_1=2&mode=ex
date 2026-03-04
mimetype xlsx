--- v0 (2025-12-31)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="683">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="638">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -137,59 +137,50 @@
   <si>
     <t>349119</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddf/ddf275fcd56126f9e88ec6e711cd76b8.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Rapido quot; светло-зеленая, 0,4мм, трехгранная. CK_40106</t>
   </si>
   <si>
     <t>349120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12c/12c0910fb68489c80c3ef82756aa7ba0.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Rapido quot; розовая, 0,4мм, трехгранная. CK_40108</t>
   </si>
   <si>
     <t>349121</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b66/b66fd7695f7cd719333be8b79970b18e.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ccc/cccedd495d03ce27f02bc36e6cf8fb6b.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Rapido quot; красная, 0,4мм, трехгранная. CK_40102</t>
   </si>
   <si>
     <t>349123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/794/79485c2e73d77b6fde8ecce5b8481453.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Rapido quot; фиолетовая, 0,4мм, трехгранная. CK_40105</t>
   </si>
   <si>
     <t>349124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/970/970c57fd1506654a5ff0b748f04317c5.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Rapido quot; сиреневая, 0,4мм, трехгранная. CK_40107</t>
   </si>
   <si>
     <t>349125</t>
@@ -233,57 +224,57 @@
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; золотисто-желтая, 0,4мм 191005</t>
   </si>
   <si>
     <t>349938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/438/438e77c198ee548884fe0af69b02a6ca.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; коралловая, 0,4мм 191022</t>
   </si>
   <si>
     <t>349939</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/946/9464c9e962463d85ed39e7c799578b33.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; красное дерево, 0,4мм 191007</t>
   </si>
   <si>
     <t>349940</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c12/c127e513a23ecdcdfd500c51d44b5800.jpg</t>
-[...5 lines deleted...]
-    <t>349941</t>
+    <t>http://anytos.ru//upload/iblock/f47/f47dcd26c780060ed7fc6ec56fd93391.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная Schneider  quot;Line-Up quot; неоновая розовая, 0,4мм 191069</t>
+  </si>
+  <si>
+    <t>349946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15f/15f87fc8496d8c824a20bc997f1a17e6.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; оранжевая, 0,4мм 191006</t>
   </si>
   <si>
     <t>349947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c60/c6083f18fe0584500ef3d33d62fb031c.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; серебристо-серая, 0,4мм 191012</t>
   </si>
   <si>
     <t>349948</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a67/a67b27ce82c09c1a1987d602d5c7cf4f.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; синяя, 0,4мм 191003</t>
   </si>
@@ -308,62 +299,50 @@
   <si>
     <t>349951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b9/7b98703e36ea2874da0d0be2cfaf3c45.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; фуксия, 0,4мм 191009</t>
   </si>
   <si>
     <t>349952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/31f/31f787eac6c5d4fdd70b937de41bb4ef.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Schneider  quot;One Business quot; фиолетовая, 0,8мм, одноразовая 183008</t>
   </si>
   <si>
     <t>Одноразовый чернильный роллер с ультра-мягким наконечником&amp;nbsp;&amp;nbsp;и эргономичной прорезиненной зоной захвата для максимально комфортного и мягкого письма. Толщина линии письма 0,6 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Система Super-Flow обеспечивает равномерную подачу чернил. Расход чернил можно контролировать с помощью окна-индикатора остатка. Чернила Cap-off, позволяющие держать ручку без колпачка 2-3 дня, не опасаясь засыхания.</t>
   </si>
   <si>
     <t>349985</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae6/ae64d5e3e42fdbadb86542a345328a2d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9e6/9e6156ac1b4bd650d223da6198ec359b.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Schneider  quot;TopBall 811 quot; синяя, 0,7мм 8113</t>
   </si>
   <si>
     <t>Чернильный роллер. Конусообразный износостойкий наконечник из нержавеющей стали дает толщину линии письма 0,5 мм. Чернила ложатся на бумагу насыщенным, плотным слоем и мгновенно высыхают. Пластиковая грип-секция имеет неглубокие кольцеобразные канавки, помогающие уверенному хвату. Пластиковый колпачок оснащён гибким прямым клипом. Заглушка на корпусе, навершие колпачка и декоративные полосы на корпусе роллера соответствуют цвету чернил. В роллер установлен сменный стержень Schneider Topball 850 с чернилами на водной основе. Чернила Cap-off, позволяющие держать ручку без колпачка 2-3 дня, не опасаясь засыхания.</t>
   </si>
   <si>
     <t>349988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a2/0a2a1b7d9430f59d3a828eb1b68e169f.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Schneider  quot;Xtra 823 quot; синяя, 0,5мм, одноразовая 8233</t>
   </si>
   <si>
     <t>Одноразовый чернильный роллер для аккураного и изящного письма. Конусообразный износостойкий наконечник из нержавеющей стали дает толщину линии письма 0,3 мм. Чернила Cap-off позволяют держать ручку без колпачка 2-3 дня, не опасаясь засыхания. Корпус из полипропилена, предотвращающего испарение чернил и обеспечивающего длительный срок хранения.</t>
   </si>
   <si>
     <t>349991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/604/6046c0f22ec8043b77601439f77e39df.jpg</t>
@@ -404,62 +383,50 @@
   <si>
     <t>Набор линеров 16 цветов:&amp;nbsp;&amp;nbsp;черный сапфир, серебристо-серый, красное дерево, коричневый,&amp;nbsp;&amp;nbsp;алый, оранжевый, золотисто-желтый, зеленое яблоко, зеленый, темно-зеленый, цвет морской волны, лазурный, синий, фиалковый, ярко-фиолетовый, фуксия. Корпус ручки на 88&amp;#37; состоит из пластмассы на основе биосырья. Прочный, обрамленный металлом наконечник дает толщину линии письма 0,4 мм. Идеально подходит для черчения, письма и раскрашивания, а также для использования с линейками и трафаретами. Прорезиненный трехгранный корпус для максимально комфортного письма.</t>
   </si>
   <si>
     <t>350127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/817/817cd4b7c50481cc61c8083873c2d70e.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Schneider  quot;One Business quot; синяя, 0,8мм, одноразовая 183003</t>
   </si>
   <si>
     <t>350638</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e06/e063a8d11513f14ac4b6776ff53179c0.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Schneider  quot;TopBall 845 quot; синяя, 0,5мм, одноразовая 184503</t>
   </si>
   <si>
     <t>350639</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15b/15bbe09fb2f401459b6709e05f9d1b32.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3cc/3cc1389090ffd9d47c11a101e5a72871.jpg</t>
   </si>
   <si>
     <t>Набор капиллярных ручек Schneider  quot;Topliner 967 quot; 06цв., 0,4мм, европодвес 196796</t>
   </si>
   <si>
     <t>Набор ручек-линеров, 6 цветов: красный, розовый, фиолетовый, синий, зеленый, черный. Корпус ручки на 88&amp;#37; состоит из пластмассы на основе биосырья. Прочный, обрамленный металлом наконечник дает толщину линии письма 0,4 мм. Идеально подходит для черчения, письма и раскрашивания, а также для использования с линейками и трафаретами. Чернила Cap-off, позволяющие держать ручку без колпачка 2-3 дня, не опасаясь засыхания. Прорезиненный трехгранный корпус для максимально комфортного письма.</t>
   </si>
   <si>
     <t>351317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/84c/84c5640c9be046ffae2b277bf29b30e8.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; коричневая, 0,4мм 191018</t>
   </si>
   <si>
     <t>351979</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/856/85607d9f9f25448e73fc0e59089bd99d.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; ярко-фиолетовая, 0,4мм 191020</t>
@@ -539,116 +506,92 @@
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; цвет морской волны, 0,4мм. 191014</t>
   </si>
   <si>
     <t>367613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f36/f36e9093b5902bcd55f93748b2b5f335.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; песочная, 0,4мм. 191013</t>
   </si>
   <si>
     <t>368108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d3/2d32470374737b5e84cb90278259b299.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; сливовая, 0,4мм. 191019</t>
   </si>
   <si>
     <t>368109</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e4f/wio7q3ttjmn7dt5k3lj6hknaxp9br6kb.jpg</t>
-[...8 lines deleted...]
-    <t>387344</t>
+    <t>http://anytos.ru//upload/iblock/7ae/ofjmzby1zvykvskxi626g7r9wqz1m4hp.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная BRAUBERG  quot;Aero quot;, КРАСНАЯ, трехгранная, металлический наконечник, линия письма 0,4 мм, FL110</t>
+  </si>
+  <si>
+    <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;Aero&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капилярная красного цвета имеет трехгранную форму корпуса, диаметр которого 9 мм. Благодаря такой форме корпуса изделие удобно располагать в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет корпуса и колпачка соответствует цвету красных чернил.</t>
+  </si>
+  <si>
+    <t>387345</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7ae/ofjmzby1zvykvskxi626g7r9wqz1m4hp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>36</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93e/8enhe8fsna05oa1y6g5pnhakd1q3to7y.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная BRAUBERG  quot;Aero quot;, ОРАНЖЕВАЯ, трехгранная, металлический наконечник, линия письма 0,4 мм, FL105</t>
   </si>
   <si>
     <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;Aero&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капилярная оранжевого цвета имеет трехгранную форму корпуса, диаметр которого 9 мм. Благодаря такой форме корпуса изделие удобно располагать в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет корпуса и колпачка соответствует цвету оранжевых чернил.</t>
   </si>
   <si>
     <t>387346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e2/jloe78qnj4d9co4l9jrevrxy3a5hskr5.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная BRAUBERG  quot;Aero quot;, РОЗОВАЯ, трехгранная, металлический наконечник, линия письма 0,4 мм, FL112</t>
   </si>
   <si>
     <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;Aero&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капилярная розового цвета имеет трехгранную форму корпуса, диаметр которого 9 мм. Благодаря такой форме корпуса изделие удобно располагать в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет корпуса и колпачка соответствует цвету розовых чернил.</t>
   </si>
   <si>
     <t>387347</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0e/3r7u86enpryz29rc8pbqp49rxyrhub73.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef2/xtn68obg3lx3fn2ewve7d61vuexho1fw.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная BRAUBERG  quot;Aero quot;, СЕРАЯ, трехгранная, металлический наконечник, линия письма 0,4 мм, FL114</t>
   </si>
   <si>
     <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;Aero&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капилярная серого цвета имеет трехгранную форму корпуса, диаметр которого 9 мм. Благодаря такой форме корпуса изделие удобно располагать в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет корпуса и колпачка соответствует цвету серых чернил.</t>
   </si>
   <si>
     <t>387349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e5/s01puh8fu3txbx5vmrywwiixlp88xfr7.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная BRAUBERG  quot;Aero quot;, ТЕМНО-ЗЕЛЕНАЯ, трехгранная, металлический наконечник, линия письма 0,4 мм, FL107</t>
   </si>
   <si>
     <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;Aero&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капилярная темно-зеленого цвета имеет трехгранную форму корпуса, диаметр которого 9 мм. Благодаря такой форме корпуса изделие удобно располагать в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет корпуса и колпачка соответствует цвету темно-зеленых чернил.</t>
   </si>
   <si>
     <t>387351</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c71/goims6nwtrphfr3xd988ou4fqurcmxa8.jpg</t>
@@ -719,221 +662,215 @@
   <si>
     <t>Ручки капиллярные BRAUBERG, НАБОР 12 шт., АССОРТИ,  quot;Aero quot;, трехгранные, металлический наконечник, линия письма 0,4 мм, FL103</t>
   </si>
   <si>
     <t>Набор капиллярных ручкек &amp;#40;линеров&amp;#41; BRAUBERG &amp;quot;Aero&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. В наборе 12 штук ручек капилярных различных цветов. Трехгранная форма корпуса, диаметр которого 9 мм. Благодаря такой форме корпуса изделие удобно располагать в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет корпуса и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>387425</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/131/1318a2320b9ec343275f3378d49aa76f.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Ecco Pigment quot; черная, 0,1мм. 166199</t>
   </si>
   <si>
     <t>Ручки серии Ecco Pigment подходят для письма, рисования и черчения. Благодаря специальным пигментам в составе чернил ручки отлично пишут на прозрачной бумаге. Длинный пишущий узел позволяет чертить с использованием трафаретов и линеек</t>
   </si>
   <si>
     <t>394216</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4d2/4d27a2079608919472cb1cc9554db228.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная Faber-Castell  quot;Ecco Pigment quot; черная, 0,2мм. 166299</t>
+  </si>
+  <si>
+    <t>394217</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ec4/ec4d725d8d43cf6fa1a2488ba4dd1507.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Ecco Pigment quot; черная, 0,3мм. 166399</t>
   </si>
   <si>
     <t>394218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9d/a9df29e12da6c23900ca622ac076b98d.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Ecco Pigment quot; черная, 0,4мм. 166499</t>
   </si>
   <si>
     <t>394219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/108/10823cb96bda66de370cffacafcc2aab.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Ecco Pigment quot; черная, 0,5мм. 166599</t>
   </si>
   <si>
     <t>394220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f4/8f48165ea264a21b84d49dba9dc5b7fa.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Finepen 1511 quot; синяя, 0,4мм. 151151</t>
   </si>
   <si>
     <t>Ручки серии Finepen 1511 подходят для скетчинга и рисования. Документарные чернила, используемые при производстве ручек, делают рисунки стойкими и долговечными</t>
   </si>
   <si>
     <t>394223</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ec/5ec0af2efe7105e159885c140d8a7da1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dba/dba90a66d5d6fc4f7d923108c94ffb67.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Grip Finepen quot; синяя, 0,4мм, трехгранная. 151651</t>
   </si>
   <si>
     <t>394232</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/765/76539e6f91c9b3f6e1af3f3247c7d14c.jpeg</t>
-[...2 lines deleted...]
-    <t>Ручка капиллярная Faber-Castell  quot;Pitt Artist Pen Brush quot; цвет 108 темно-кадмиевая желтая, кистевая</t>
+    <t>http://anytos.ru//upload/iblock/8ef/4whwgmyriufvs92cwmmmcz89d55bq54k.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная Faber-Castell  quot;Pitt Artist Pen Brush quot; цвет 169 красно-коричневая, кистевая</t>
   </si>
   <si>
     <t>Светостойкие чернила с высоким содержанием пигмента отлично подходят для творческих работ. Не просачиваются сквозь бумагу</t>
   </si>
   <si>
-    <t>427268</t>
-[...17 lines deleted...]
-    <t>427281</t>
+    <t>427290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d5/6d5ba7fe67c89dbcfe563a75bcc5e30a.jpeg</t>
   </si>
   <si>
     <t>Набор капиллярных ручек Schneider  quot;Line-Up quot; 32шт., 30цв., 0,4мм, европодвес</t>
   </si>
   <si>
     <t>Ручка-линер с корпусом, состоящим на 88&amp;#37; из пластмассы на основе биосырья. Прочный, обрамленный металлом наконечник, толщина линии 0,4 мм. Широкий цветовой спектр ручки идеально подходит для черчения, письма и раскрашивания. Подходит для использования с линейками и трафаретами. Чернила Cap-off, позволяющие держать ручку без колпачка 2-3 дня, не опасаясь засыхания &amp;#40;кроме неоновых цветов&amp;#41;. Прорезиненный трехгранный корпус для комфортного письма. В наборе 32 ручки 30 различных цветов</t>
   </si>
   <si>
     <t>427330</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b7/1b7e585844c6b516732e80a79b8cc90b/02ce86c118864df1adc54be4e562af05.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Centropen  quot;Liner 4611 quot; черная, 0,3мм, трехгранная</t>
   </si>
   <si>
     <t>Капиллярная ручка - линер, черная. Эргономичная зона обхвата. Ручка может находиться до 14 дней без колпачка, при этом чернила не высыхают. Длина линии&amp;nbsp;&amp;nbsp;1500 м, толщина линии 0,3мм</t>
   </si>
   <si>
     <t>560452</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/766/766d8c1b79e789cbe7192447c80dc7e2/5e31b8197da79e946d8239ef9087316e.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Centropen  quot;Liner 4611 quot; синяя, 0,3мм, трехгранная</t>
   </si>
   <si>
     <t>Капиллярная ручка - линер, синяя. Эргономичная зона обхвата. Ручка может находиться до 14 дней без колпачка, при этом чернила не высыхают. Длина линии&amp;nbsp;&amp;nbsp;1500 м, толщина линии 0,3мм</t>
   </si>
   <si>
     <t>560453</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb1/fb12678c289008e4926e2c16eef0d34e/4c878e489033b43d2c1a534f1b004c0c.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Ecco Pigment quot; черная, 0,6мм</t>
   </si>
   <si>
     <t>Капиллярные ручки серии Ecco Pigment от немецкого производителя Faber-Castell подходят для письма, рисования и черчения. Водостойкие пигментированные чернила обладают высокой светостойкостью и отлично пишут даже на прозрачной бумаге. Архивное качество чернил Ecco Pigment позволяет подписывать документы. Длинный пишущий узел в 9 различных ширинах линий позволяет чертить с использованием трафаретов и линеек. Ширина линии: 0,6 мм. Цвет: черный.</t>
   </si>
   <si>
     <t>560464</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5ea/5ea9400c96797595cb7cc8fefdd6d1d3/9b1affe1c70a2eaf4dcd67cfbf2203c4.jpg</t>
+  </si>
+  <si>
+    <t>Набор капиллярных ручек Faber-Castell  quot;Ecco Pigment quot; черные, 4шт., 0,1 0,3 0,5 0,7мм, европодвес</t>
+  </si>
+  <si>
+    <t>Капиллярные ручки серии Ecco Pigment от немецкого производителя Faber-Castell подходят для письма, рисования и черчения. Водостойкие пигментированные чернила обладают высокой светостойкостью и отлично пишут даже на прозрачной бумаге. Архивное качество чернил Ecco Pigment позволяет подписывать документы. Длинный пишущий узел в 9 различных ширинах линий позволяет чертить с использованием трафаретов и линеек. Набор состоит из 4 ручек. Ширина линий: 0,1 мм, 0,3 мм, 0,5 мм, 0,7 мм. Цвет: черный.</t>
+  </si>
+  <si>
+    <t>560465</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/414/4140fb92033607435b822d7c311dd16c/a4bb9be2232bf960ed09ef48cb072535.jpg</t>
+  </si>
+  <si>
+    <t>Набор капиллярных ручек Faber-Castell  quot;Pitt Artist Pen Manga Black set quot; черные, 4шт., 0,1 0,3 0,5мм</t>
+  </si>
+  <si>
+    <t>Капиллярные ручки Pitt Artist Pen от немецкого производителя Faber-Castell имеют в своем составе пигментированные и светостойкие чернила, которые идеально подходят для создания рисунков, макетов, дизайна одежды и иллюстраций. Чернила не имеют запаха, рН нейтральны и не просвечиваются через бумагу.&amp;nbsp;&amp;nbsp;Набор Manga Black разработан совместно с художниками в стиле манга и идеально подходит как для тех, кто только делает шаги в этом направлении рисунка, так и для профессионалов. Набор Manga Black состоит из 4 черных ручек с различными наконечниками: XS = 0,1 мм, S = 0,3 мм, F = 0,5 мм, B = наконечник кисть.</t>
+  </si>
+  <si>
+    <t>560466</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8d8/8d81e252fc596159840b2a18e4bcd99a/22ba47b6edd3cb009dca4c7a7ac79bf7.jpg</t>
   </si>
   <si>
     <t>Набор капиллярных ручек Faber-Castell  quot;Grip Finepen quot; 10цв., 0,4мм, трехгранные, пластик. уп., европ.</t>
   </si>
   <si>
     <t>Набор ручек Finepen от немецкого производителя Faber-Castell идеально подходит для создания тонких линий и затенения. Благодаря длинному металлическому наконечнику ручки удобны в использовании при черчении и работе с линейкой. Эргономичный трехгранный корпус с запатентованным рисунком Grip обеспечивает комфортное письмо. Чернила на основе пищевых красителей легко смываются с большинства тканей и поверхностей. Набор состоит из 10 ручек разных цветов. Ширина линии: 0,4 мм.</t>
   </si>
   <si>
     <t>560469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a3/6a35d184a2f6037694d16d5c61a2c35d/30294ae4f624cc491e7f24fb39154a82.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Grip Finepen quot; кобальтово-бирюзовая, 0,4мм, трехгранная</t>
   </si>
   <si>
     <t>Ручка Finepen от немецкого производителя Faber-Castell идеально подходит для создания тонких линий и затенения. Благодаря длинному металлическому наконечнику ручка удобна в использовании при черчении и работе с линейкой. Эргономичный трехгранный корпус с запатентованным рисунком Grip обеспечивает комфортное письмо. Чернила на основе пищевых красителей легко смываются с большинства тканей и поверхностей. Ширина линии: 0,4 мм. Цвет: кобальтово-бирюзовый.</t>
   </si>
   <si>
     <t>560473</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/398/398c3c1c93d20eb5e1a695172c1063e9/76ca885be6b167d4d09457faec9b1983.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a39/a390bd57f88e249f32a1cbbb72a3efeb/ae5dde55aacafaa43cc3362423674022.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Topliner 967 quot; черная, 0,4мм</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Капиллярная ручка для письма, рисования, раскрашивания и черчения может находиться без колпачка до 3 дней и не высыхает. Длина непрерывной линии - до 1 500 метров. Сделано в Германии!</t>
   </si>
   <si>
     <t>560495</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/945/945d41043e926e1325fcb24dab841971/2137a336abbfedba11a1e6c2e3cee7e6.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Topliner 967 quot; синяя, 0,4мм</t>
   </si>
   <si>
     <t>560496</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02a/02ab97a2d68374b35e651016260c8175/67d1e91a95f70758dddbd7a16c99a7a0.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Line-Up quot; черный сапфир, 0,4мм</t>
@@ -1046,62 +983,50 @@
   <si>
     <t>608551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ebb/ebbe4f588114a1855e6794f4f1244fae/d96e62e5fc59085e7d7460394f2fe7d7.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Ecco Pigment quot; черная, 0,05мм</t>
   </si>
   <si>
     <t>Капиллярные ручки серии Ecco Pigment от немецкого производителя Faber-Castell подходят для письма, рисования и черчения. Водостойкие пигментированные чернила обладают высокой светостойкостью и отлично пишут даже на прозрачной бумаге. Архивное качество чернил Ecco Pigment позволяет подписывать документы. Длинный пишущий узел в 9 различных ширинах линий позволяет чертить с использованием трафаретов и линеек. Ширина линии: 0,05 мм. Цвет: черный.</t>
   </si>
   <si>
     <t>608557</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5a/l5vx5308oqjobmy58p2yr368oowmxb8c.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  линер  ЧЕРНАЯ CENTROPEN  quot;Document quot;, трехгранная, линия 0,1 мм, 2631 0,1, 2 2631 0101</t>
   </si>
   <si>
     <t>631229</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/703/q9t6x0c324q9yaubhd4cua5b83oo598g.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/da6/da664883c2f94bbcb2b94ed837612270.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  линер  ЧЕРНАЯ CENTROPEN  quot;Handwriter quot;, трехгранная, линия 0,5 мм, 4651, 2 4651 0112</t>
   </si>
   <si>
     <t>Ручка-линер с новым эргономичным дизайном, невысыхающие чернила &amp;#40;не высыхают до 14 дней без колпачка&amp;#41;. Пластмассовый пишущий узел, устойчивый к нажиму. Предназначен для письма, эскизов, тонкого черчения.</t>
   </si>
   <si>
     <t>642441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc8/igyr74g7fp8ghmf03ks49ai3zpnlxucu.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  линер  СИНЯЯ CENTROPEN  quot;Liner quot;, трехгранная, линия письма 0,3 мм, 4611, 2 4611 0106</t>
   </si>
   <si>
     <t>642442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23e/cy3tjedbgehq3memclp2ybum22ndr096.jpg</t>
   </si>
   <si>
     <t>Ручки капиллярные  линеры  ЧЕРНЫЕ CENTROPEN  quot;Document quot; НАБОР 4 шт., линия 0,1 0,3 0,5 0,7 мм, 2631 4, 2 2631 0404</t>
@@ -1136,74 +1061,50 @@
   <si>
     <t>Ручка капиллярная  линер  СИНЯЯ CENTROPEN  quot;Document quot;, трехгранная, линия 0,1мм, 2631 0,1, ш к 24890, 2 2631 0110</t>
   </si>
   <si>
     <t>Ручка капиллярная &amp;#40;линер&amp;#41; для документов. Светостойкие, водостойкие чернила, эргономичная зона обхвата, длина линии 500 - 600 м, линия 0,1 мм.</t>
   </si>
   <si>
     <t>662057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/650/n0xiwsd75hfl00on2teyv4plbs0xpaa3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка капиллярная Erich Krause F-15, цвет чернил красный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка капиллярная ErichKrause® F-15, цвет чернил красный &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>698308</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b00/fz4fln4ewi1tfzz5d1rmiv3axhn4g6un.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b7a/8gmpngs87fplj41kc45b3iz6c7yqx8y6.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Schneider  quot;Pictus quot; черная, 0,7мм.</t>
   </si>
   <si>
     <t>Капиллярная ручка Schneider Pictus идеально подходит для рисования, графики и скетчинга. Цвет чернил - черный. Цвет долго сохраняет яркость и четкость за счет пигментированных чернил на водной основе. Чернила пригодны для документов в соответствии с ISO 14145-2. Диаметр пишущего узла ручки составляет 0,7мм, толщина линии письма – 0,7 мм. Корпус темно-синего цвета сделан на 85&amp;#37; из переработанного пластика. Усиленный металлический наконечник долговечен и позволяет проводить четкие линии. Ручка подходит для работы с трафаретами и линейками. Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность. • Цвет чернил: чёрный, • Толщина линии письма: 0.7 мм, • Длина письма: 1350 м • Страна производства: Германия</t>
   </si>
   <si>
     <t>714102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b1c/ku61jpxzxy1xqlug8v32necor76q715k.jpg</t>
   </si>
   <si>
     <t>Набор капиллярных ручек Luxor  quot;Fine Writer 045 quot; 20цв., 0,8мм, пластиковая банка</t>
   </si>
   <si>
     <t>Набор капиллярных ручек Luxor Fine Writer - линер, тонкопишущий фломастер и чертежный инструмент одновременно.&amp;nbsp;&amp;nbsp;Особенность капиллярных ручек Luxor- это умение подстраиваться под силу нажима, из-за чего напряжение на руку при письме не ощущается.&amp;nbsp;&amp;nbsp;Капиллярные ручки Luxor Fine Writer пишут&amp;nbsp;&amp;nbsp;тонкой равномерной линией, оставляя контрастный след. Наконечник изготавливается из твёрдого пластика, благодаря чему обеспечивается одинаковая толщина линий при разных наклонах ручки. Светостойкие чернила на водной основе не выцветают под воздействием солнечных лучей и легко отстирываются с одежды.&amp;nbsp;&amp;nbsp;Чернила мгновенно высыхают на бумаге, поэтому надписи и рисунки не размазываются. Стильный черный цвет корпуса. Рисуй ярко и пиши мягко вместе с капиллярными ручками Luxor. -Чернила на водной основе -Диаметр пишущего узла: 0,8 мм -Цвет чернил: ассорти - Количество в наборе: 20 цветов -Упаковка: Пластиковая банка</t>
   </si>
   <si>
     <t>718304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d0/m6vq6njl3ry4dwxzm7a4jglhqow1x6dq.jpg</t>
@@ -1544,125 +1445,89 @@
   <si>
     <t>Капиллярные ручки линеры для рисования 3 шт., черные, 0,3 0,4 0,8 мм, BRAUBERG ART DEBUT, 143939.</t>
   </si>
   <si>
     <t>Капиллярные ручки &amp;#40;линеры&amp;#41; BRAUBERG ART DEBUT предназначены для художественной графики, скетчинга, черчения и письма. В наборе 3 черных капиллярных ручки с типом наконечника &amp;quot;Линер&amp;quot;: № 0.3, 0.4, 0.8. Номер ручки на колпачке соответствует толщине линии письма в миллиметрах. Изготовлены с применением высококачественных чернил и наконечников. Чернила на водной основе, без кислот. Отличаются высокой светостойкостью и устойчивостью к воздействию воды. Подходят для работы в различных художественных техниках, каллиграфии и леттеринга.Капиллярные ручки в белом корпусе, форма корпуса - круглая. Поставляются в ОПП-пакете с подвесом.Художественные капиллярные ручки линеры пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма размеров и видов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти капиллярные ручки линеры используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
   </si>
   <si>
     <t>946770</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a1/iten6339r3sp0qut4snoosakrynaktns.jpg</t>
   </si>
   <si>
     <t>Набор капиллярных ручек Berlingo  quot;Precision quot; черные, 2шт., 0,15 0,25 мм, европодвес</t>
   </si>
   <si>
     <t>Набор капиллярных ручек Berlingo &amp;quot;Precision&amp;quot; черные, 2шт., 0,15/0,25 мм, европодвес</t>
   </si>
   <si>
     <t>969135</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9a4/2awiww98it5ebo9tp8imfgpvt0glhf37.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/20c/0j16ls2r0sca3oqu4dm4jyewa2yeqhl6.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  брашпен  Munhwa  quot;Sign pen quot; черная</t>
   </si>
   <si>
     <t>Ручка капиллярная &amp;#40;брашпен&amp;#41; Munhwa &amp;quot;Sign pen&amp;quot; черная</t>
   </si>
   <si>
     <t>969138</t>
   </si>
   <si>
     <t>&lt;a href="/brands/munhwa/"&gt;MunHwa&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68b/4gf87x8plba5wwzodw849yg61wvtymsz.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Precision quot; черная,  003, 0,15мм</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo &amp;quot;Precision&amp;quot; черная, #003, 0,15мм</t>
   </si>
   <si>
     <t>969139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/614/lhqtqa3cpefxpkudkl4cmz3xa0qz0mo2.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Precision quot; черная,  005, 0,2мм</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo &amp;quot;Precision&amp;quot; черная, #005, 0,2мм</t>
   </si>
   <si>
     <t>969140</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ded/yv23jn8dflnix3449m2aeba87oetkvty.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a17/kdz9pagsy23yzdwdbpc8jvpkk25jfnvn.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Precision quot; черная,  02, 0,3мм</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo &amp;quot;Precision&amp;quot; черная, #02, 0,3мм</t>
   </si>
   <si>
     <t>969142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a51/fkpv39eb0xlkx1niy6tjrm5a4idht0vu.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo  quot;Precision quot; черная,  03, 0,35мм</t>
   </si>
   <si>
     <t>Ручка капиллярная Berlingo &amp;quot;Precision&amp;quot; черная, #03, 0,35мм</t>
   </si>
   <si>
     <t>969143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a93/5pxcdgtmkize7y9fbw939f9tktua42sk.jpg</t>
@@ -1955,60 +1820,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/da6/secqepeme9zjxq6dnr34tlx2j7m4qq6w.jpg</t>
   </si>
   <si>
     <t>Ручки капиллярные  линеры , 48 ЦВЕТОВ, BRAUBERG ART, CLASSIC, трехгранные, металлический наконечник, линия письма 0,4 мм, 144149</t>
   </si>
   <si>
     <t>Капиллярные ручки &amp;#40;линеры&amp;#41; из набора BRAUBERG ART &amp;quot;Classic&amp;quot; обеспечивают супертонкое и мягкое письмо. Идеально подходят для письма, чертежей, рисования и точной графики. Также широко применяются в художественной графике и скетчинге. Набор капиллярных ручек BRAUBERG ART &amp;quot;Classic&amp;quot; состоит из 48 ярких цветов:- цвет слоновой кости, бежевый, светло-бежевый, оранжевый, красно-оранжевый, янтарный, желтый, лимонный;- бледно-розовый, розовый, коралловый, красный, бордовый, малиновый, аметистовый, фиолетовый, лиловый, сиреневый,&amp;nbsp;&amp;nbsp;фуксия, темно-фиолетовый;- черный, коричневый, шоколадный, темно-коричневый, каштановый, темно-серый, серый, агатовый, графитовый;- пурпурно-синий, синий, темно-синий, голубой, небесно-голубой, кобальтовый;- зеленый, темно-зеленый, сине-зеленый, фисташковый, оливковый, хаки, салатовый, малахитовый, изумрудный, лайм, травяной, бирюзовый, еловый.Трехгранная форма корпуса, диаметр которого равен 9 мм, позволяет удобно расположить изделие в руке. Супертонкий, износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет наконечника и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>993183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e7/1uc1rok1jbvqx47w4yrpwesber0lqy7f.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  линер  ЗЕЛЕНАЯ, BRAUBERG  quot;FINE 040 quot;, шестигранная, линия письма 0,4 мм, 144144</t>
   </si>
   <si>
     <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;FINE 040&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капиллярная имеет шестигранную форму корпуса оранжевого цвета. Благодаря такой форме корпуса изделие удобно располагается в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет колпачка соответствует цвету зеленых чернил.</t>
   </si>
   <si>
     <t>995403</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f53/e9g5et9e1y9hjyjncfq9cn5b8u1wpdcj.jpg</t>
-[...8 lines deleted...]
-    <t>995404</t>
+    <t>http://anytos.ru//upload/iblock/389/c8noswnh31lk0qug4wfwdw2qwgoa4vfi.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная  линер  СИНЯЯ, BRAUBERG  quot;FINE 040 quot;, шестигранная, линия письма 0,4 мм, 144140</t>
+  </si>
+  <si>
+    <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;FINE 040&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капиллярная имеет шестигранную форму корпуса оранжевого цвета. Благодаря такой форме корпуса изделие удобно располагается в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет колпачка соответствует цвету синих чернил.</t>
+  </si>
+  <si>
+    <t>995405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5b/fwzicb1dyf7elpb6x9s06rv3bhyc7btw.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  линер  ЧЕРНАЯ, BRAUBERG  quot;FINE 040 quot;, шестигранная, линия письма 0,4 мм, 144139</t>
   </si>
   <si>
     <t>Капиллярная ручка &amp;#40;линер&amp;#41; BRAUBERG &amp;quot;FINE 040&amp;quot; обеспечивает супертонкое и мягкое письмо. Идеально подходит для письма, чертежей и точной графики. Также широко применяется в художественной графике. Ручка капиллярная имеет шестигранную форму корпуса оранжевого цвета. Благодаря такой форме корпуса изделие удобно располагается в руке. Супертонкий износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет колпачка соответствует цвету черных чернил.</t>
   </si>
   <si>
     <t>995406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10a/1x71ec1935qw91v1g3yfrf6kydpkowg1.jpg</t>
   </si>
   <si>
     <t>Ручки капиллярные  линеры  12 ЦВЕТОВ, BRAUBERG  quot;FINE 040 quot;, шестигранные, линия 0,4 мм, 144143</t>
   </si>
   <si>
     <t>Капиллярные ручки &amp;#40;линеры&amp;#41; из набора BRAUBERG &amp;quot;FINE 040&amp;quot; обеспечивают супертонкое и мягкое письмо. Идеально подходят для письма, чертежей, рисования и точной графики. Также широко применяются в художественной графике и скетчинге. Набор капиллярных ручек BRAUBERG &amp;quot;FINE 040&amp;quot; состоит из 12 ярких цветов: желтый, оранжевый, розовый, красный, светло-зеленый, зеленый, голубой, синий, фиолетовый, коричневый, серый, черный.Шестигранная форма корпуса, диаметр которого равен 8 мм, позволяет удобно расположить изделие в руке. Супертонкий, износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет наконечника и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>995407</t>
   </si>
@@ -2027,84 +1892,84 @@
   <si>
     <t>http://anytos.ru//upload/iblock/296/v3q5nibp56006pmhervxyy2jxlqwpygv.jpg</t>
   </si>
   <si>
     <t>Ручки капиллярные  линеры  40 ЦВЕТОВ, BRAUBERG  quot;FINE 040 quot;, шестигранные, линия 0,4 мм, 144146</t>
   </si>
   <si>
     <t>Капиллярные ручки &amp;#40;линеры&amp;#41; из набора BRAUBERG &amp;quot;FINE 040&amp;quot; обеспечивают супертонкое и мягкое письмо. Идеально подходят для письма, чертежей, рисования и точной графики. Также широко применяются в художественной графике и скетчинге. Набор капиллярных ручек BRAUBERG &amp;quot;FINE 040&amp;quot; состоит из 40 ярких цветов: желтый, оранжевый, розовый, красный, светло-зеленый, зеленый, голубой, синий, фиолетовый, коричневый, серый, черный, сиреневый, морская волна, небесно-голубой, мятный, черное дерево, винный, светло-серый, светло-коричневый, светло-розовый, темно-синий, пурпурный, темно-серый, баклажановый, сливовый, бежевый, сине-зеленый, виноградный, маджента, янтарный, светло-желтый, сине-серый, темно-коричневый, изумрудный, травяной, бледно-розовый.Шестигранная форма корпуса, диаметр которого равен 8 мм, позволяет удобно расположить изделие в руке. Супертонкий, износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет наконечника и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>995409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddd/5dasjl0zv9tvjzo6udw1t81egcsszzsf.jpg</t>
   </si>
   <si>
     <t>Ручки капиллярные  линеры  6 ЦВЕТОВ, BRAUBERG  quot;FINE 040 quot;, шестигранные, линия 0,4 мм, 144141</t>
   </si>
   <si>
     <t>Капиллярные ручки &amp;#40;линеры&amp;#41; из набора BRAUBERG &amp;quot;FINE 040&amp;quot; обеспечивают супертонкое и мягкое письмо. Идеально подходят для письма, чертежей, рисования и точной графики. Также широко применяются в художественной графике и скетчинге. Набор капиллярных ручек BRAUBERG &amp;quot;FINE 040&amp;quot; состоит из 6 ярких цветов: желтый, красный, зеленый, синий, коричневый, черный.Шестигранная форма корпуса, диаметр которого равен 8 мм, позволяет удобно расположить изделие в руке. Супертонкий, износостойкий металлический наконечник 0,4 мм идеально подходит для создания точных и аккуратных линий. Цвет наконечника и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>995410</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/960/8bwnin41qqntdogbz1v9lf9227y9kph2.jpg</t>
+  </si>
+  <si>
+    <t>Набор капиллярных ручек Berlingo  quot;Rapido quot; 20цв., 0,4мм, трехгран., европодвес</t>
+  </si>
+  <si>
+    <t>Набор капиллярных ручек Berlingo &amp;quot;Rapido&amp;quot; 20цв., 0,4мм, трехгран., европодвес</t>
+  </si>
+  <si>
+    <t>1002537</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d4d/kq231rcbyjkupyyrazr1lrbs2419z8i6.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell  quot;Pitt Artist Pen Fude quot; черная, 0,6мм</t>
   </si>
   <si>
     <t>Ручка капиллярная Faber-Castell &amp;quot;Pitt Artist Pen Fude&amp;quot; черная, 0,6мм</t>
   </si>
   <si>
     <t>1002538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/620/x1e3wvpan2anc1xxo9fbaxj6weihaa2o.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная Luxor  quot;Fine Writer 045 quot; светло-зеленая, 0,8мм</t>
   </si>
   <si>
     <t>Ручка капиллярная Luxor &amp;quot;Fine Writer 045&amp;quot; светло-зеленая, 0,8мм</t>
   </si>
   <si>
     <t>1002539</t>
-  </si>
-[...10 lines deleted...]
-    <t>1015318</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2431,57 +2296,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M175"/>
+  <dimension ref="A1:M163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G175" sqref="G175"/>
+      <selection pane="bottomRight" activeCell="G163" sqref="G163"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2652,74 +2517,74 @@
       </c>
       <c r="G9" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>34</v>
       </c>
     </row>
@@ -2732,3712 +2597,3436 @@
       </c>
       <c r="C13" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>112</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>117</v>
+        <v>93</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>108</v>
+        <v>55</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>96</v>
+        <v>146</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>149</v>
+        <v>55</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>153</v>
+        <v>55</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="3" t="s">
-        <v>24</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>58</v>
+        <v>176</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>60</v>
+        <v>168</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>30</v>
+        <v>169</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>30</v>
+        <v>169</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>30</v>
+        <v>211</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>184</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B58" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>224</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>179</v>
+        <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>231</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>233</v>
+        <v>21</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>250</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B74" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>298</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>24</v>
+        <v>299</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>318</v>
+        <v>287</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>320</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>327</v>
+        <v>310</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>30</v>
+        <v>339</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>308</v>
+        <v>346</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>17</v>
+        <v>348</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>225</v>
+        <v>57</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>119</v>
+        <v>211</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>17</v>
+        <v>338</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>331</v>
+        <v>359</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>17</v>
+        <v>338</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>24</v>
+        <v>361</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>17</v>
+        <v>348</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>230</v>
+        <v>366</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>364</v>
+        <v>34</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="B98" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="G98" s="3" t="s">
         <v>366</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>373</v>
+        <v>348</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>60</v>
+        <v>383</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>230</v>
+        <v>112</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>60</v>
+        <v>383</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>230</v>
+        <v>112</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>112</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>112</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>112</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>112</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>112</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>119</v>
+        <v>57</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>119</v>
+        <v>57</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>112</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>119</v>
+        <v>168</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>476</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>119</v>
+        <v>481</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>119</v>
+        <v>34</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>230</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>509</v>
+        <v>169</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>230</v>
+        <v>169</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>522</v>
+        <v>338</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>29</v>
+        <v>348</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>34</v>
+        <v>366</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>29</v>
+        <v>537</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>29</v>
+        <v>338</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>363</v>
+        <v>338</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>363</v>
+        <v>338</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>363</v>
+        <v>338</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>184</v>
+        <v>112</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>363</v>
+        <v>338</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>373</v>
+        <v>338</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>399</v>
+        <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>363</v>
+        <v>338</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>582</v>
+        <v>338</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>184</v>
+        <v>107</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>184</v>
+        <v>211</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>30</v>
+        <v>476</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>363</v>
+        <v>29</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>30</v>
+        <v>107</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>363</v>
+        <v>23</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>179</v>
+        <v>338</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>230</v>
-[...67 lines deleted...]
-      <c r="G166" s="3" t="s">
         <v>30</v>
-      </c>
-[...205 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">