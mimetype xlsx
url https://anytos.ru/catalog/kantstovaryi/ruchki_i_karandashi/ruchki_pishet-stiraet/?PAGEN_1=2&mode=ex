--- v0 (2025-10-16)
+++ v1 (2026-01-26)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="538">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="464">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91d/91d003617dc6d880494b8df2ebd695b6.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая стираемая  quot;Frixion quot; синяя, 0,7мм, грип: BLRT-FR-7-L штр.:  34902505417581</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая стираемая &amp;quot;Frixion&amp;quot; синяя, 0,7мм, грип: BLRT-FR-7-L Новая ручка из серии Frixion. Уникальные гелевые, термочувствительные чернила не исчезают, а обесцвечиваются под воздействием температуры. При корректировке письма это делается с помощью специальной резинки, встроенной в корпус ручки.&amp;nbsp;&amp;nbsp;Сменный стержень BLS-FR-7</t>
   </si>
   <si>
     <t>Ручки пишет-стирает</t>
@@ -218,68 +227,110 @@
   <si>
     <t>Ручка гелевая PILOT BL-FR7-G Frixion резин.манжет зеленый 0,35мм Япония</t>
   </si>
   <si>
     <t>376501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ff/4ffff646d18088e99cf91ff52179d7ca/e3ccbddba659c47d0fd026b094e35e4f.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая Berlingo  quot;Apex E quot;, синяя, 0,5мм, трехгранная</t>
   </si>
   <si>
     <t>Одноразовая стираемая гелевая ручка с колпачком с пластиковым клипом. Удобная трёхгранная форма. Рифление в зоне захвата препятствует скольжению пальцев при письме. Тонированный корпус позволяет контролировать расход чернил. Цвет корпуса соответствует цвету чернил. Качественные гелевые чернила обеспечивают чистое и чёткое письмо. Диаметр пишущего узла - 0,5 мм.&amp;nbsp;&amp;nbsp;Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением встроенным в торцевой элемент&amp;nbsp;&amp;nbsp;ластиком. Обесцвеченные чернила проявляются при температуре ниже -18°С . Возможность многократного стирания и написания текста. Количество циклов написания/стирания ограничено износостойкостью бумаги. Упаковка в картонную коробку по 20 шт.</t>
   </si>
   <si>
     <t>560504</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1ed/1ed8782924b95dc6d9ba015f32a6663b/17c052ffde9076be64c6f9fc69e90668.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая OfficeSpace  quot;Orient quot; черная, 0,38мм</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая, черные чернила. Игольчатый пишущий узел 0,38 мм. Термочувствительные чернила становятся невидимыми при нагревании. Нагрев достигается трением встроенным в корпус ручки ластиком. Обесцвеченные чернила проявляются при низкой температуре.&amp;nbsp;&amp;nbsp;Упакованы в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>560510</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b9f/b9fa118431d8868b01e73bc5c62e6f77/360eafa25f81e5d72f69301c68031f32.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая OfficeSpace  quot;Orient quot; синяя, 0,38мм</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая, синие чернила. Игольчатый пишущий узел 0,38 мм. Термочувствительные чернила становятся невидимыми при нагревании. Нагрев достигается трением встроенным в корпус ручки ластиком. Обесцвеченные чернила проявляются при низкой температуре.&amp;nbsp;&amp;nbsp;Упакованы в картонную коробку по 12 шт.</t>
   </si>
   <si>
     <t>560511</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>24</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ca7/g3tutsm7fc1uq2hc8s4sagq598abhyo8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с грипом BRAUBERG  quot;SOFT SILK FRUITY quot;, СИНЯЯ, корпус ассорти, узел 0,7 мм, 143254</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка BRAUBERG &amp;quot;SOFT&amp;SILK FRUITY&amp;quot; с покрытием soft-touch. Обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного яркого дизайна и высочайшего качества исполнения. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена двумя ластиками для удаления надписей: на колпачке и на корпусе ручки. При письме и стирании ручка не повреждает бумагу, делая исправления незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,5 мм. Прорезиненный корпус для комфортного и длительного использования.Удобный стакан для размещения ручек в розничном магазине.</t>
+  </si>
+  <si>
+    <t>565300</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b13/pv6s24mzkqoih70ea77pi2i06iukrfm7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с грипом BRAUBERG  quot;SOFT SILK quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,5 мм, 143253</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка BRAUBERG &amp;quot;SOFT&amp;SILK&amp;quot; с покрытием soft-touch. Обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена двумя ластиками для удаления надписей: на колпачке и на корпусе ручки. При письме и стирании ручка не повреждает бумагу, делая исправления незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,5 мм. Прорезиненный корпус для комфортного и длительного использования.</t>
+  </si>
+  <si>
+    <t>565301</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8ab/i4mc2ge00h4fpitlernxlh8c63se5u0v.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая ЮНЛАНДИЯ ПИШИ-СТИРАЙ, СИНЯЯ, корпус двухцветный, линия письма 0,35 мм, 143240</t>
   </si>
   <si>
     <t>Гелевая ручка ЮНЛАНДИЯ &amp;quot;ПИШИ-СТИРАЙ&amp;quot; пользуется популярностью у младших школьников, т.к. помогает поддерживать чистоту в тетрадках: стираемые чернила позволяют писать аккуратно и без помарок, моментально внося корректировки в текст сразу после написания. Чернила становятся невидимыми при нагревании. Нагрев достигается с помощью ластика, встроенного в корпус ручки. Чернила не размазываются и не растекаются. Возможность многократного стирания. Длина сменного стержня составляет 129 мм. Диаметр пишущего узла, равный 0,5 мм, создает тонкую линию письма, равную 0,35 мм. Пластиковый корпус круглой формы с ярким рисунком.</t>
   </si>
   <si>
     <t>565303</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5aa/giso1lxv6dnwdrlpjptnmvidw60l8qt7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая Carioca  quot;OOPS quot;, синяя, грип, 0,7мм</t>
   </si>
   <si>
     <t>Многоразовая стираемая гелевая ручка OOPS с термочувствительными синими чернилами. Эргономичная и трехгранная нескользащая зона захвата для лучшего письма. Двойная резина - на колпачке и обратной стороне ручки. Толщина линии - 0,7 мм.</t>
@@ -311,77 +362,74 @@
   <si>
     <t>Ручки стираемые гелевые STAFF  quot;College quot;, НАБОР 2 штуки, СИНИЕ,   4 сменных стержня, узел 0,5 мм, линия письма 0,38 мм, 143668</t>
   </si>
   <si>
     <t>Стираемые ручки STAFF &amp;quot;College&amp;quot; пишут специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается ластиком, встроенным в корпус ручки. Написанное можно восстановить при температуре ниже –18 °С. Стираемые гелевые ручки в круглом корпусе. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручки максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,38 мм. Имеется возможность многократного стирания. Набор включает 2 ручки и 4 сменных стержня с синими стираемыми чернилами.</t>
   </si>
   <si>
     <t>683421</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/047/dnuc7dgf9vt6pcred7s2upp03ginm58t.jpg</t>
   </si>
   <si>
     <t>Ручки стираемые гелевые STAFF  quot;College quot;, НАБОР 4 штуки  3 СИНИХ, 1 ЧЕРНАЯ , узел 0,5 мм, линия письма 0,38 мм, 143667</t>
   </si>
   <si>
     <t>Стираемые ручки STAFF &amp;quot;College&amp;quot; пишут специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается ластиком, встроенным в корпус ручки. Написанное можно восстановить при температуре ниже –18 °С. Стираемые гелевые ручки в круглом корпусе. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручки максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,38 мм. Имеется возможность многократного стирания. Набор включает 4 ручки: 3 с синими чернилами и 1 с черными чернилами.</t>
   </si>
   <si>
     <t>683422</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d66/5r2tiycfm45ycu56mstein4alkt2aza2.jpg</t>
-[...8 lines deleted...]
-    <t>708962</t>
+    <t>http://anytos.ru//upload/iblock/8c6/qe61ppz3gajj3dgttbhclurw70cin264.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая STAFF ERASE, СИНЯЯ, прорезиненный корпус, узел 0,5 мм, линия письма 0,35 мм, 143656</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с удобным прорезиненным корпусом &amp;#40;soft-touch&amp;#41; пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании. Нагрев достигается ластиком, встроенным в корпус ручки. Ручка имеет круглый прорезиненный корпус синего цвета и стандартный наконечник. Длина сменного стержня составляет 130 мм. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Возможность многократного стирания и повторного письма. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>708963</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/099/u2fqtaqix43w7e7xpixp1k32e381djbk.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с эргономичным грипом BRAUBERG REPEAT, СИНЯЯ,  3 сменных стержня, узел 0,7 мм, линия письма 0,5 мм, 143663</t>
   </si>
   <si>
     <t>Набор BRAUBERG &amp;quot;REPEAT&amp;quot;, состоящий из стираемой гелевой ручки и трех стержней, обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Ручка имеет корпус черного цвета с эргономичной зоной захвата для комфортного и длительного использования. Цвет деталей - синий. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена ластиком для удаления надписей. При письме и стирании бумага не повреждается, а исправления остаются незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,5 мм. В наборе ручка и 3 стираемых гелевых стержня синего цвета.</t>
   </si>
   <si>
     <t>708964</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/643/4ja7e89v06x6wlxedb8bkshc2o4s2rrb.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая ЮНЛАНДИЯ  quot;Зв зды quot;, СИНЯЯ, корпус ассорти, игольчатый узел 0,5 мм, линия письма 0,35 мм, 143653</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка ЮНЛАНДИЯ &amp;quot;Звёзды&amp;quot; пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании. Нагрев достигается ластиком, встроенным в корпус ручки. Возможность многократного стирания и повторного письма. Ручка имеет круглый корпус ассорти и игольчатый наконечник. Длина сменного стержня составляет 130 мм. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Цвет чернил - синий. Удобный стакан для размещения ручек в розничном магазине.</t>
   </si>
   <si>
     <t>708966</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/993/5i2bwt8b7auehv7iwz10cglssu1wzk1w.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая ЮНЛАНДИЯ  quot;Котята quot;, СИНЯЯ, корпус ассорти, узел 0,5 мм, линия письма 0,35 мм, 143659</t>
   </si>
   <si>
     <t>Стираемая ручка ЮНЛАНДИЯ &amp;quot;Котята&amp;quot; пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании. Нагрев достигается ластиком, встроенным в корпус ручки. Возможность многократного стирания и повторного письма. Ручка имеет круглый яркий корпус в цвете ассорти с изображением котят. Наконечник стандартный. Длина сменного стержня составляет 130 мм. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Возможность многократного стирания и повторного письма. Цвет чернил - синий. Удобный стакан для размещения ручек в розничном магазине.</t>
@@ -458,161 +506,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/198/4d3nz810mzt24mah18l0w9crd43k9crq.jpg</t>
   </si>
   <si>
     <t>Ручки стираемые гелевые ЮНЛАНДИЯ  quot;Горошек quot;, НАБОР 2 штуки, СИНИЕ,   4 сменных стержня, линия письма 0,35 мм, 143671</t>
   </si>
   <si>
     <t>Ручки ЮНЛАНДИЯ &amp;quot;Горошек&amp;quot; необычной формы пишут специальными гелевыми чернилами, которые становятся невидимыми при нагревании. Нагрев достигается ластиком, встроенным в корпус ручки. Возможность многократного стирания. Ручки имеют прорезиненный корпус необычной формы в цвете ассорти ярких оттенков. Наконечник стандартный. Длина сменного стержня составляет 130 мм. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Стирание ластиком, расположенным внизу ручки. В наборе 2 ручки и 4 сменных стержня, что позволит использовать ручки на протяжении долгого времени. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>711968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd4/zq9gavo6lj57axk9rdfl7v8yw16watw2.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая со стираемыми чернил. Pilot, синяя, диаметр 0,5мм, арт.BL-FR-5 L</t>
   </si>
   <si>
     <t>717005</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/386/jhzqg52zz7kqw2nsnfdjwl5q57px9vzl.jpg</t>
-[...8 lines deleted...]
-    <t>801305</t>
+    <t>http://anytos.ru//upload/iblock/f9c/es5wp11wtp1ptqjff99xj0t8b5woohlj.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая MESHU  quot;Space Heroes quot; синяя, 0,5мм, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Гелевая стираемая ручка Meshu Space Heroes станет ярким атрибутом отличного настроения на работе или учёбе. Изделие обладает необычным дизайном: ручка украшена космическим героем и мини-брелоком на серебристой цепочке. Гелевые чернила не только ярко пишут на бумаге, но и при воздействии температуры становятся невидимыми – достаточно потереть написанное ластиком на кончике ручки. Обесцвеченные чернила проявляются при низкой температуре. Диаметр пишущего узла составляет 0,5 мм, благодаря чему ручка прекрасно подойдёт для любого стиля письма. Толщина линии составляет 0,3 мм. Благодаря чернилам синего цвета ручку можно использовать в работе или учёбе на постоянной основе. Чернила сменные, что говорит о долговечности изделия. • Цвет чернил: синий, • Толщина линии письма: 0,3 мм, • Цвет корпуса: ассорти, • Количество штук в упаковке: 36.</t>
+  </si>
+  <si>
+    <t>801307</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f9c/es5wp11wtp1ptqjff99xj0t8b5woohlj.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cff/ytkgv2w039jrhuuizmuwa1m55h6suhfo.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК СО СТИРАЕМЫМИ ЧЕРНИЛАМИ  quot;DeleteWrite Ice quot; 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК СО СТИРАЕМЫМИ ЧЕРНИЛАМИ &amp;quot;DeleteWrite Ice&amp;quot; 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>841103</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0a/mt34o4as1a5fazwnt5sa94kmoxtms2tp.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК СО СТИРАЕМЫМИ ЧЕРНИЛАМИ  quot;DeleteWrite quot; 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК СО СТИРАЕМЫМИ ЧЕРНИЛАМИ &amp;quot;DeleteWrite&amp;quot; 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>841104</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd5/tje0aza9xzqjfgh54vr0j1a0039098gx.jpeg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/34b/f26m48lybzyqqhqxk308wdhbpgqtxp1g.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite Ice quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Ice&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>841114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ef/zvpj8euelxry83ylhtvdq6u7jayjlj2r.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>841115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ed/aqw4m0juxxymifl35jl3hobnlsaq3hl7.jpeg</t>
@@ -650,197 +626,128 @@
   <si>
     <t>http://anytos.ru//upload/iblock/47e/8przjfr31axfak9xc666yaanclf0j5x8.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК  quot;DeleteWrite Art. Blueprint.Автомобиль quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК &amp;quot;DeleteWrite Art. Blueprint.Автомобиль&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909473</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32e/082uazj8bf00ok844i5alpw4rat9cfgo.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК  quot;DeleteWrite Art. Boys quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК &amp;quot;DeleteWrite Art. Boys&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909474</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a62/t4nzldoy877kko7ayrbhwrvfzls1prl5.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/63d/2uuceopvieqkf1dd4n5wl6wmhixvvo4q.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК  quot;DeleteWrite Art. My Sweet.Пончики quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК &amp;quot;DeleteWrite Art. My Sweet.Пончики&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09a/tcwzbo4sxc6awl4xzsykqhava54yocmi.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК  quot;DeleteWrite Art. Пандочки quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 2-Х РУЧЕК &amp;quot;DeleteWrite Art. Пандочки&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909486</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ce2/67sszj8wm7dfay9e4eg94i5n8fx1hddz.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc3/wv2f32p0xz048lud09cjbvolhbo1h91e.jpeg</t>
   </si>
   <si>
     <t>909493</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК  quot;DeleteWrite Art. Blueprint.Автомобиль quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК &amp;quot;DeleteWrite Art. Blueprint.Автомобиль&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/400/kt3m6f2h1tem8vomd20k5vr84w9g8ihm.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК  quot;DeleteWrite Art. Boys quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК &amp;quot;DeleteWrite Art. Boys&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909495</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a05/texu2jzy371huce0bh6btk7armuvqrfy.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9a7/p8fp9g7ygoi2pttwv1lczu0lc839nw5q.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК  quot;DeleteWrite Art. My Sweet.Пончики quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК &amp;quot;DeleteWrite Art. My Sweet.Пончики&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909497</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d6/5r604ge0z0t1b2m3qii5y05j75dev0y8.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК  quot;DeleteWrite Art. Пандочки quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК &amp;quot;DeleteWrite Art. Пандочки&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909509</t>
   </si>
   <si>
-    <t>НАБОР ИЗ 3-Х РУЧЕК  quot;DeleteWrite Art. Принцесса quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/244/w0cnysbn8f9zx393smke3vy5hr1riirs.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК  quot;DeleteWrite Ice quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК &amp;quot;DeleteWrite Ice&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909522</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ca/xamojotm491zzvszz01towubufimbx7w.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-Х РУЧЕК &amp;quot;DeleteWrite&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909523</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa1/vtksjf39jc81xic279vyhhv41ajdrd57.jpeg</t>
@@ -857,170 +764,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/598/ujeyo1mfiasiw2ipxc5g7pvy68nf73sr.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК  quot;DeleteWrite. Blueprint.Автомобиль quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК &amp;quot;DeleteWrite. Blueprint.Автомобиль&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/540/j0kds99aucntk4azuivdvava19aibbkr.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК  quot;DeleteWrite. Boys quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК &amp;quot;DeleteWrite. Boys&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909526</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/946/knih4vequuxkfbqqfk7ac5izdrj4fyvg.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/02e/qf3qvwywil6gigh617aodimxksr4qu1c.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК  quot;DeleteWrite. Ice quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК &amp;quot;DeleteWrite. Ice&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909528</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c36/6lkmqg24ttuh7ek1j0p55mrrht0uz6db.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК  quot;DeleteWrite. My Sweet.Пончики quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК &amp;quot;DeleteWrite. My Sweet.Пончики&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15e/mw64772zecjm6mfj9vps00unyt6kv8wr.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК  quot;DeleteWrite. Пандочки quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 4-Х РУЧЕК &amp;quot;DeleteWrite. Пандочки&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>909541</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f06/hlm1ddfyllc9vdar95aalh8cbb56srjg.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d0b/0rxyh63e35wnd6y5ihs473hzblrff767.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;DeleteWrite Art. Blueprint.Автомобиль quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ  черный корпус </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Blueprint.Автомобиль&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ &amp;#40;черный корпус&amp;#41;</t>
   </si>
   <si>
     <t>909550</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d03/mhtuos8p3lb28qgl61vq8hcxjxgh3khf.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;DeleteWrite Art. Boys quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ  серый корпус,4 вида </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Boys&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ &amp;#40;серый корпус,4 вида&amp;#41;</t>
   </si>
   <si>
     <t>909551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e90/3hdwgg9a1a3vpkclsx4o8r8letpwmoh0.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite Art. Boys quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Boys&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>909552</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32f/5qyy6qu2339etfbnx1glqm2dpmvbcy5u.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f02/zdqwvq6js1fabkb6smtc01wr7mgy718j.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;DeleteWrite Art. My Sweet.Пончики quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ  3 цвета корпуса </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. My Sweet.Пончики&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ &amp;#40;3 цвета корпуса&amp;#41;</t>
   </si>
   <si>
     <t>909554</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69e/knenexco61sgc7alq3e2th4tdhboh96g.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite Art. Автомобиль quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Автомобиль&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>909557</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68e/s1jmzl1dg3l3387orhmfal3wxh2rjwz8.jpeg</t>
@@ -1073,86 +932,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e6f/kgrckothg2ivu8oogb0dxu6f77fs2d96.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite Art. Пончики quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Пончики&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>909579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aab/msujuln0gwm5uf3ml2miikejzuiw0aej.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite Art. Принцесса quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Принцесса&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>909580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/531/9aoccj5kun4t7ed47ya1wh8vt4uu2u7w.jpeg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ac/wttlf4vf4ymg1t73yj1fziyq01atqsq9.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite Art. Фрукты quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯС ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Фрукты&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯС ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>909589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfa/ia1kgwcgbcmuwcabhvgtipi9ri806olz.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteWrite Art. Цветочки quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteWrite Art. Цветочки&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ С ДВУМЯ ЗАПАСНЫМИ СТЕРЖНЯМИ</t>
   </si>
   <si>
     <t>909590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afe/f7e495zdmdenx0hv4dqinawmyzxvbqji.jpeg</t>
@@ -1178,50 +1001,65 @@
   <si>
     <t>909598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/356/xkogrtaczzqhcd7ucoj612rxfbksbfjh.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая LOREX Slim Soft FAUVISM V. 2.0 0,5 мм синий 1 шт ultra-soft touch</t>
   </si>
   <si>
     <t>948202</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f58/a89w0am18g0q63r4ftnzah2j4z16xllc.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая LOREX Slim Soft HANGING CLOUDS 0,5 мм синий 1 шт ultra-soft touch</t>
   </si>
   <si>
     <t>948203</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3f4/9jrh8htth3o01n6aub642vqzui2ap72b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с эргономичным грипом BRAUBERG KIDS  quot;RESTART COLOR quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия 0,35 мм, 144097</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка BRAUBERG KIDS &amp;quot;RESTART COLOR&amp;quot; обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Ручка имеет корпус ярких цветов ассорти с эргономичной зоной захвата для комфортного и длительного использования. Пишет специальными гелевыми чернилами синего цвета. Снабжена ластиком для удаления надписей. При письме и стирании ручка не повреждает бумагу, а исправления остаются незаметными. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>955141</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2df/lw5n6yt0pgfy5h386uyl7f0vppbpk159.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с эргономичным грипом BRAUBERG RESTART, СИНЯЯ,  9 сменных стержней, игольчатый узел 0,7 мм, линия 0,35 мм, 144098</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка BRAUBERG RESTART обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Ручка имеет корпус синего цвета с эргономичной зоной захвата для комфортного и длительного использования. Цвет деталей – синий. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена ластиком для удаления надписей. При письме и стирании бумага не повреждается, а исправления остаются незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. В наборе ручка и 9 стираемых гелевых стержня синего цвета.</t>
   </si>
   <si>
     <t>955142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/514/wy4i4zv8a081qalozo0go0r7ge19pv9u.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с эргономичным грипом BRAUBERG RESTART, СИНЯЯ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 144102</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка BRAUBERG &amp;quot;RESTART&amp;quot; обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Ручка имеет корпус синего цвета с эргономичной зоной захвата для комфортного и длительного использования. Пишет специальными гелевыми чернилами синего цвета. Снабжена ластиком для удаления надписей. При письме и стирании ручка не повреждает бумагу, а исправления остаются незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>955143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f8/wworxww71hhzr177mwfh1d2491uamp8q.jpeg</t>
@@ -1229,152 +1067,113 @@
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК  quot;DeleteWrite Art. Blueprint.Автомобиль quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК &amp;quot;DeleteWrite Art. Blueprint.Автомобиль&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>956176</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/332/mclnd152hfiriyn8n4gvyjt31lqrsaxh.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК  quot;DeleteWrite Art. Boys quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК &amp;quot;DeleteWrite Art. Boys&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>956177</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62d/wspyzz714m26hiwvcc7f7ok0hg17xvrh.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dc3/8f2ft3ttht8fw4bbaxlbhebvfp1wavto.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК  quot;DeleteWrite Art. My Sweet.Пончики quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК &amp;quot;DeleteWrite Art. My Sweet.Пончики&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>956179</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/735/fav4tezspl0ybqhllqvoihky0t1hbcu3.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК  quot;DeleteWrite Art. Пандочки quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ РУЧЕК &amp;quot;DeleteWrite Art. Пандочки&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>956191</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5cf/9v20wwygy28tqoxs1g6tf1ijvc9emshb.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/498/a9q551z99qigonemab9sctt2eqdzgyvj.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая   5 стержней, BRAUBERG  quot;REWIND quot;, СИНЯЯ, игольчатый наконечник 0,5 мм, линия письма 0,35 мм, блистер, 144096</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка BRAUBERG обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Ручка имеет корпус синего цвета с рифленой зоной захвата для комфортного и длительного использования. Цвет деталей – синий. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена ластиком для удаления надписей.При письме и стирании бумага не повреждается, а исправления остаются незаметными. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. В наборе ручка и 5 стираемых гелевых стержня длиной 127 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>961487</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ee/4hxuf75pl02h0obmgodg12lt7ryf83vb.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая BRAUBERG  quot;REWIND quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, 144095</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка BRAUBERG обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Ручка имеет корпус синего цвета с рифленой зоной захвата для комфортного и длительного использования. Цвет деталей – синий. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена ластиком для удаления надписей.При письме и стирании бумага не повреждается, а исправления остаются незаметными. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>961489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa1/khfbfrxcdd03cdusmhvbq8gv62mng2dt.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая BRAUBERG KIDS  quot;MIX quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144101</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка BRAUBERG KIDS &amp;quot;MIX&amp;quot; обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Стираемая гелевая ручка в корпусе ассорти с яркими принтами с космическими котятами и аппетитными авокадо. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена ластиком для удаления надписей.При письме и стирании бумага не повреждается, а исправления остаются незаметными. Диаметр игольчатого пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>961490</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/09c/e5iepe08i9y09wupnbfzl7ju2mqyyokn.jpg</t>
   </si>
   <si>
     <t>Ручки стираемые гелевые BRAUBERG KIDS  quot;AVOCADO quot;, СИНИЕ, КОМПЛЕКТ 12 ШТУК, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144100</t>
   </si>
   <si>
     <t>Стираемые гелевые ручки BRAUBERG KIDS &amp;quot;AVOCADO&amp;quot; обладают уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. Стираемые гелевые ручки имеют яркие расцветки корпуса с сочными авокадо. Ручки пишут специальными гелевыми чернилами синего цвета. Снабжены ластиком для удаления надписей.При письме и стирании бумага не повреждается, а исправления остаются незаметными. Диаметр игольчатого пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. В наборе ручка и 9 стираемых гелевых стержня длиной 127 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>961492</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/696/g34jbj7lz2w3pst18pdy6fj0ydeusord.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая M G iErase II шар 0,7 лин 0,5мм черн AKP61173110700H</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая M&amp;G iErase II шар 0,7 лин 0,5мм черн AKP61173110700H</t>
   </si>
   <si>
     <t>964616</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
@@ -1382,101 +1181,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f2b/xpozs07113lv83rzzftdmf0xygman9b3.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая M G iErase II шар 0,7 лин 0,5мм синяя AKP61173220700H</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая M&amp;G iErase II шар 0,7 лин 0,5мм синяя AKP61173220700H</t>
   </si>
   <si>
     <t>964617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bd/jr98dipvyjkuismhprnxoo178r9om3a1.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая M G iErase Ergo линия 0,3мм син асс AKPB7574D205J2C</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая M&amp;G iErase Ergo линия 0,3мм син асс AKPB7574D205J2C</t>
   </si>
   <si>
     <t>964618</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c2/8qlj2dk3eg5xdanqtfz2lx4z963k9yvo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/673/m8nsw1sn0w712uc44ds9gvt0a1zx6ave.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая BRAUBERG GRADE, СИНЯЯ,   3 сменных стержня, узел 0,7 мм, линия письма 0,5 мм, 144209</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка BRAUBERG &amp;quot;Grade&amp;quot; – это уникальное сочетание ярких обесцвечивающихся термочернил, стильного дизайна и высочайшего качества исполнения. 3 дополнительных стержня увеличат срок службы ручки в 3 раза. Ручка имеет яркий корпус градиентных цветов ассорти с рифленой зоной захвата и покрытием soft-touch для комфортного и длительного использования. Цвет клипа – черный. Ручка пишет особыми гелевыми чернилами синего цвета. Для удаления надписи ее необходимо потереть специальным ластиком, встроенным в корпус ручки. При письме и стирании ручка не повреждает бумагу, поэтому исправления выглядят незаметными. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,5 мм.В наборе 3 сменных стержня.</t>
   </si>
   <si>
     <t>985433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/646/6enzfk430qdcxxddf1oxp24lulf3f99n.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая BRAUBERG GRADE, СИНЯЯ, soft-touch, узел 0,7 мм, линия письма 0,5 мм, 144208</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка BRAUBERG &amp;quot;Grade&amp;quot; – это уникальное сочетание ярких стираемых чернил, стильного дизайна и высочайшего качества исполнения. Ручка имеет яркий корпус градиентных цветов ассорти с рифленой зоной захвата и покрытием soft-touch для комфортного и длительного использования. Цвет клипа – черный. Ручка пишет особыми гелевыми чернилами синего цвета. Для удаления надписи ее необходимо потереть специальным ластиком, встроенным в корпус ручки. При письме и стирании ручка не повреждает бумагу, поэтому исправления выглядят незаметными. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,5 мм.</t>
   </si>
   <si>
     <t>986859</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1d2/dod1rgkmozpmskjse3q4wr1wuyb8p5v7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая со стираемыми чернилами M G Animal, шарик 0,5мм, син, асс</t>
+  </si>
+  <si>
+    <t>Ручка гелевая со стираемыми чернилами M&amp;G Animal, шарик 0,5мм, син, асс</t>
+  </si>
+  <si>
+    <t>991227</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/da8/9uhsqiv7aoum2qfj6olhldzj8zbpptji.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;DeleteSoftGrip. Love me quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.4 ММ, СИНЯЯ  2 вида </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;DeleteSoftGrip. Love me&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.4 ММ, СИНЯЯ &amp;#40;2 вида&amp;#41;</t>
   </si>
   <si>
     <t>992931</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be8/4ex2i9gpfqv3umbpkc0a480b0ymsgsnx.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая LOREX KIDS CUTE MONSTERS Slim Soft 0,5 мм синий 1 шт ultra-soft touch</t>
   </si>
   <si>
     <t>994068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d1/7jmpxk0gd7z10nj85x3r7rw1gxu630ow.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая LOREX KIDS HAPPY FROG Slim Soft Grip 0,5 мм синий 1 шт ultra-soft touch грип</t>
   </si>
   <si>
     <t>994069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b63/tkplocu0j1wlkg0fru6baon3bqku78m4.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая LOREX KIDS PLAY FOOTBALL Slim Soft Grip 0,5 мм синий 1 шт ultra-soft touch грип</t>
   </si>
   <si>
     <t>994070</t>
@@ -1541,135 +1340,114 @@
   <si>
     <t>Ручка стираемая гелевая ЮНЛАНДИЯ  quot;Монстрики quot;, корпус ассорти, СИНЯЯ, узел 0,5 мм, линия письма 0,35 мм, 144242</t>
   </si>
   <si>
     <t>Стираемая ручка ЮНЛАНДИЯ &amp;quot;Монстрики&amp;quot; пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании. Нагрев достигается ластиком, встроенным в корпус ручки. Возможность многократного стирания и повторного письма. Ручка имеет круглый яркий корпус в цвете ассорти с изображением монстриков. Длина сменного стержня составляет 130 мм. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Возможность многократного стирания и повторного письма. Цвет чернил - синий. Удобный стакан для размещения ручек в розничном магазине.</t>
   </si>
   <si>
     <t>999926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/573/h6uhuvk8lsffhsutbvirlafk5hy2ou04.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2 ручек гелевых автоматических сo стираемыми чернилами ErichKrause Kiddy Matic Grip Dino Art 0.5, цвет чернил синий  в пакете </t>
   </si>
   <si>
     <t>Набор из 2 ручек гелевых автоматических сo стираемыми чернилами ErichKrause Kiddy Matic&amp;Grip Dino Art 0.5, цвет чернил синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011108</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f0/4n1i1rvgb0iya2h7c5o3mo7775epq04s.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/deb/00ive3rdt20t0a8ayhe6uz2qpqbkcagp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая сo стираемыми чернилами ErichKrause R-301 Magic Gel Stick Dino Hobby 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка гелевая сo стираемыми чернилами ErichKrause R-301 Magic Gel Stick Dino Hobby 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011111</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b7/3zsf3pqajv2phncyijnqfvcat9qv53c1.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a1c/09h8gl8v06d6fe8jko29i4jptgzdnlcw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая сo стираемыми чернилами ErichKrause ErgoLine  Magic Stick Grip Reef 0.5, цвет чернил синий  в коробке по 10 штук </t>
   </si>
   <si>
     <t>Ручка гелевая сo стираемыми чернилами ErichKrause ErgoLine® Magic Stick&amp;Grip Reef 0.5, цвет чернил синий &amp;#40;в коробке по 10 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011384</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/006/telagagkp1ezluiqfnmvo7jq5fmgtmvt.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с принтом ЮНЛАНДИЯ  quot;МОНСТРИКИ quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144411</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка ЮНЛАНДИЯ &amp;quot;МОНСТРИКИ&amp;quot; пользуется популярностью у младших школьников: стираемые чернила позволяют писать аккуратно и без помарок, моментально внося корректировки в текст после написания. Ручка представлена в ярких ассорти дизайнах с забавными монстриками, которые привлекают внимание своим необычным видом. Пишет специальными гелевыми чернилами синего цвета, которые становятся невидимыми при нагревании. Нагрев достигается с помощью ластика, встроенного в корпус ручки. Чернила не размазываются и не растекаются. Возможность многократного стирания. Диаметр пишущего узла 0,5 мм создает тонкую линию письма 0,35 мм.</t>
   </si>
   <si>
     <t>1012498</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d9f/02d1jteccbo8bke0o2olzxysiwl9110j.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая автоматическая BRAUBERG  quot;X-ERASE RT quot;, СИНЯЯ, пишущий узел 0,7 мм, линия письма 0,5 мм, 144423</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая стираемая ручка BRAUBERG &amp;quot;X-ERASE RT&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Автоматическая гелевая ручка BRAUBERG &amp;quot;X-ERASE RT&amp;quot; позволяет писать синими чернилами линией толщиной 0,5 мм и с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании, а классический синий корпус придает стилю профессиональный вид.</t>
+  </si>
+  <si>
+    <t>1017532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4cd/qdzd2jt7qxrshlqra5ra7vx6kdexyfyn.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая с топпером гелевая FUNSTER  quot;CUTE ANIMALS quot;, СИНЯЯ, ассорти, пишущий узел 0,5 мм, 144516</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка с топпером FUNSTER &amp;quot;CUTE ANIMALS&amp;quot; – яркая и забавная ручка, которая разнообразит набор письменных принадлежностей. Стираемая гелевая ручка с топпером FUNSTER &amp;quot;CUTE ANIMALS&amp;quot; представлена в трех приятных глазу цветах: светло-зеленый, голубой и светло-желтый. Кнопочный механизм запускается с помощью очаровательных фигурок: милого зеленого лягушонка, яркой желтенькой лапки и забавной капибары. Специальные гелевые чернила этой ручки волшебным образом исчезают при нагревании выше &amp;#43;60 °С, а при охлаждении ниже -18 °С текст снова становится видимым. Идеальное решение для игр и учебы! Встроенный ластик позволяет легко стирать и повторно использовать ручку, а удобная прорезиненная зона захвата обеспечивает комфортное письмо в течение долгого времени.</t>
+  </si>
+  <si>
+    <t>1017533</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1996,2898 +1774,2504 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J132"/>
+  <dimension ref="A1:M112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G132" sqref="G132"/>
+      <selection pane="bottomRight" activeCell="G112" sqref="G112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="F14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...79 lines deleted...]
-      <c r="B20" s="1" t="s">
+      <c r="G45" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="G80" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...19 lines deleted...]
-      <c r="B21" s="1" t="s">
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...42 lines deleted...]
-      <c r="B23" s="1" t="s">
+      <c r="G81" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G88" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...68 lines deleted...]
-      <c r="C26" s="1" t="s">
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G94" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...209 lines deleted...]
-      <c r="E35" s="3" t="s">
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G103" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...1402 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>107</v>
+        <v>425</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>434</v>
+        <v>95</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C108" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F108" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G108" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>447</v>
+        <v>95</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>447</v>
+        <v>86</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>152</v>
+        <v>463</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>79</v>
-[...459 lines deleted...]
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">