--- v0 (2026-01-07)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -140,140 +140,110 @@
   <si>
     <t>Уголь для рисования искусств 6шт,мягк.: 8673 1 штр.: 8593539129592</t>
   </si>
   <si>
     <t>105820</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea0/zsqj0geti2a8tq55tjxzcsk44fogq42y.jpg</t>
   </si>
   <si>
     <t>Уголь для рисования искусств 6шт,средн.: 8673 2 штр.: 8593539129615</t>
   </si>
   <si>
     <t>105821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b0/jr7c347342adzgjcjb8b2ott6coa0q2j.jpg</t>
   </si>
   <si>
     <t>Уголь для рисования искусств 6шт,тверд.: 8673 3 штр.: 8593539129639</t>
   </si>
   <si>
     <t>105822</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3f4/m7bzsedddcz7tt7uas0ll47ap0umssa1.jpg</t>
+  </si>
+  <si>
+    <t>Уголь для рисования натур. 6 шт.: 8622 штр.: 8593539005827</t>
+  </si>
+  <si>
+    <t>105823</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/59f/59fe178f4880d727f7e83c7e509c88f1.jpg</t>
   </si>
   <si>
     <t>Карандаш столярный, HB: 153600100177 штр.:  8593539122081</t>
   </si>
   <si>
     <t>Карандаш столярный, HB: 153600100177 Столярный карандаш предназначен для нанесения разметки для последующей обработки по деревянным, металлическим, керамическим, а также заготовкам из других материалов. Карандаш имеет специальную измерительную шкалу, заменяющую линейку.</t>
   </si>
   <si>
     <t>236198</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5d4/5d4115f4fbc34d65878f3c0849108c73.jpg</t>
-[...8 lines deleted...]
-    <t>236486</t>
+    <t>http://anytos.ru//upload/iblock/e78/9zyopl4117zv3b37hirjt10d3zcwl541.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш спец. KOH-I-NOOR MAGIC NEON 1 цв. шестигранный дерев.  3405004031TD</t>
+  </si>
+  <si>
+    <t>Карандаш спец. KOH-I-NOOR MAGIC NEON 1 цв. шестигранный дерев. №3405004031TD</t>
+  </si>
+  <si>
+    <t>348894</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/698/cqxw0v6bxp3doa1w9gj13cf1uy5zxekv.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш спец. KOH-I-NOOR MAGIC FIRE шестигранный с заточкой многоцветный грифель</t>
+  </si>
+  <si>
+    <t>350533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b77/b77d23733f0ccd94ff96cad62b28768f.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш сегментный OfficeSpace  quot;Кошки quot;, с ластиком. SP_19854</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный сегментный в пластиковом корпусе с ластиком.</t>
+  </si>
+  <si>
+    <t>355163</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e88/e88e5f15a9842478c6411793c21dbd4e.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90a/90a419ea8f1be685f4daf684d92eaa1b.jpg</t>
   </si>
   <si>
     <t>Уголь для рисования натуральный Гамма  quot;Московская палитра quot;, ивовый, ? 8-10мм, 140мм, круглый, 4шт. 100119_04</t>
   </si>
   <si>
     <t>Натуральный ивовый уголь для рисования предназначен для графики, выполнения набросков, зарисовок. Произведен в Европе по традиционным технологиям из ивовых прутьев путем карбонизации . Уголь &amp;quot;ГАММА&amp;quot; не царапет бумагу и мягко растушевывется. Легко ложится на различные текстуры бумаги, холста, оставляет на поверхности бархатное покрытие глубокого черного цвета. Для создания художественных эффектов рекомендуется использовать аксессуары для графики &amp;quot;ГАММА&amp;quot;.</t>
   </si>
   <si>
     <t>370271</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3db/5w6hjeqa7ec0hzak5b217wxcws15q12d.jpg</t>
   </si>
   <si>
     <t>Карандаш химический KOH-I-NOOR, СИНИЙ, 1 шт., грифель 3 мм, длина 175 мм, 156100E004KS</t>
   </si>
   <si>
     <t>Химический карандаш KOH-I-NOOR используется для копирования, разметки и маркировки различных поверхностей. При смачивании водой оставляет яркие и стойкие линии.</t>
@@ -335,69 +305,93 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dbf/dbfc6e507fd9f459b1ad7aafccb50cd3.jpeg</t>
   </si>
   <si>
     <t>Уголь для рисования натуральный Гамма  quot;Студия quot;, виноградный, экстрамягкий, квадратного сечения, 3шт.</t>
   </si>
   <si>
     <t>Натуральный виноградный уголь для рисования предназначен для графики, выполнения набросков, зарисовок. На бумаге оставляет штрих холодного черного цвета. Стержень имеет квадратное сечение. Легко ложится на различные текстуры бумаги, холста.</t>
   </si>
   <si>
     <t>427447</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/504/504fd42244b0b85dd4896038eeec3a0f.jpeg</t>
   </si>
   <si>
     <t>Уголь для рисования натуральный Гамма  quot;Студия quot;, виноградный, твердый, квадратного сечения, 3шт.</t>
   </si>
   <si>
     <t>427448</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d9d/d9da7324df83f78180a0fdeaad9981fb.jpeg</t>
-[...2 lines deleted...]
-    <t>Уголь прессованный Гамма  quot;Студия quot;, твердый, квадратного сечения, 6шт., блистер</t>
+    <t>http://anytos.ru//upload/iblock/75d/75dccb71bb3af469e34614a8c87f0f9e.jpeg</t>
+  </si>
+  <si>
+    <t>Уголь прессованный Гамма  quot;Студия quot;, средней мягкости, квадратного сечения, 6шт., блистер</t>
   </si>
   <si>
     <t>Прессованный уголь оставляет на бумаге насыщенный черный штрих. Плоскостью бруска можно создать широкие линии и закрасить большую поверхность.</t>
   </si>
   <si>
-    <t>427450</t>
+    <t>427449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ed/8atzn18vwrg4ju7w3g6yvujcfjevknqr.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш угольный BRAUBERG ART CLASSIC, 1 шт., мягкий, круглый, корпус черный, заточенный, 181290</t>
+  </si>
+  <si>
+    <t>Высококачественный угольный карандаш BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для художественных работ предназначен для создания набросков и эскизов. Удобен для проработки контуров и мелких деталей. Корпус длиной 176 мм и диаметром 7,5 мм изготовлен из натуральной липы. Заточенный карандаш черного цвета универсален в рисовании и обладает огромными возможностями в передаче света и тени. Обладает мягкой степенью твердости &amp;#40;SOFT&amp;#41;. Диаметр грифеля - 4,0 мм. Поставляется в количестве 12 штук в картонной коробке.</t>
+  </si>
+  <si>
+    <t>434654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6b/e6bab7625c62f821a962b32defca2236/b23db740d055684d2777c0880136607c.jpg</t>
   </si>
   <si>
     <t>Карандаш сегментный ArtSpace  quot;Звездочки quot;, с ластиком</t>
   </si>
   <si>
     <t>560640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f6/1f60c2ab4c68a68f66a08200a7f25a46/98fa5b7b8cd023d6449ae6381befb0a7.jpg</t>
+  </si>
+  <si>
+    <t>Уголь для рисования KOH-I-NOOR, GIOCONDA,кругл, черный цв.,6 шт в уп 8673 2</t>
+  </si>
+  <si>
+    <t>Уголь для рисования KOH-I-NOOR, GIOCONDA,кругл, черный цв.,6 шт в уп 8673/2</t>
+  </si>
+  <si>
+    <t>585755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b39/b3971adbe722b1ad2a4ec00ae3988049.jpg</t>
   </si>
   <si>
     <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, H, 5,6мм, 6шт, круглый, пластик. короб</t>
   </si>
   <si>
     <t>Грифели чернографитные для цанговых карандашей матовые GIOCONDA - это уникальный продукт Koh-I-Noor. Только высококачественные графитовые добавки дают по-настоящему матовый оттенок рисункам. Данные стержни можно использовать самостоятельно, благодаря толщине 5,6, но в цанговом карандаше грифель не пачкает рук, а также снижен риск его поломки. В наборе 6 твердых грифелей &amp;#40;твердость Н&amp;#41;.</t>
   </si>
   <si>
     <t>614432</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75e/75e55ec0aa3c7a1a8dcfa2ee9c67d0fc.jpg</t>
   </si>
   <si>
     <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, HB, 5,6мм, 6шт, круглый, пластик.короб</t>
   </si>
   <si>
     <t>Грифели чернографитные для цанговых карандашей матовые GIOCONDA - это уникальный продукт Koh-I-Noor. Только высококачественные графитовые добавки дают по-настоящему матовый оттенок рисункам. Данные стержни можно использовать самостоятельно, благодаря толщине 5,6, но в цанговом карандаше грифель не пачкает рук, а также снижен риск его поломки. В наборе 6 средних по твердости грифелей &amp;#40;твердость НВ&amp;#41;.</t>
   </si>
@@ -1033,564 +1027,562 @@
       </c>
       <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="C12" s="1"/>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="G16" s="3" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="3" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="F22" s="3" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="G26" s="3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>