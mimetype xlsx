--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1461">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1426">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -275,62 +275,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5be/6ifab3oxm1cnsq1os72vmgdlaflbsxzh.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Elantra синий 0,70 мм Elantra blue</t>
   </si>
   <si>
     <t>105123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9df/w97jm37kd1rvpw0gvkquiq3jm1mwrgeu.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. inФОРМАТ 152 мм 0,7 мм синий: BS12B штр.: 4602723010852</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень inФОРМАТ 152 мм, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105127</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/67d/3nb7oyhi650cbtbu62yod3kzw0oat19y.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d4a/1epmm17p7zkdj0k9sr99c8vcpec2gte5.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. inФОРМАТ тип Parker 98 мм 0,7 мм черный метал. корпус: BS03-K штр.: 4602723009580</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень 98 мм &amp;#40;тип Parker&amp;#41;, черный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105134</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0a/tuzz0lh1wpuq2r9nb2vk320oshujk4pr.jpg</t>
   </si>
   <si>
     <t>Стержень гел. CROWN 138 мм 0,7 мм белый: HJR-200P бел штр.: -</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Crown 138 мм, белый полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105144</t>
@@ -371,62 +359,50 @@
   <si>
     <t>Стержень Crown,чер.   HJR-200 ч</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Crown 138 мм, черный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/h6hzkzlj9ejdvehc3km5lh63qo9rxnky.jpg</t>
   </si>
   <si>
     <t>Стержень гел. PILOT FRIXION 111 мм 0,7 мм синий: BLS-FR-7-L штр.: 4902505337666</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Frixion 0,7 мм,синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105157</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pilot/"&gt;Pilot&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0a/8nwhbjxpe9ll6n8fi30em4x00e5ca6vc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be5/8ub5p3d90o9gdw4cg09ypzf80aqu1glb.jpg</t>
   </si>
   <si>
     <t>Стержень Pilot 0.5,чер.   BLS-G1-5-B</t>
   </si>
   <si>
     <t>105165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38c/lt7o9k2hym0qo7k9nbm0i4jwoopo62gj.jpg</t>
   </si>
   <si>
     <t>Стержень масляный inФОРМАТ 145 мм 0,5 мм синий: OS01-B штр.: 4602723008033</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень масляный inФОРМАТ, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105168</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcc/9ix6t3x4r0r2704tt5wgybgoh4tgz6gy.jpg</t>
   </si>
   <si>
     <t>Стержень масл. inФОРМАТ 145 мм 0,5 мм черный: OS01-K штр.: 4602723008040</t>
@@ -464,50 +440,74 @@
   <si>
     <t>Стержень гелевый inФОРМАТ 0,60 мм черный 127 мм   GS01-K</t>
   </si>
   <si>
     <t>117532</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ef/1efc03b59b0cd2551582dff39f8ff085.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый  quot;Perfect quot;,  quot;Silver quot;,  quot;Standart quot;,  quot;TC gel quot;,  quot;Ultra quot;, синий, 131мм, 0,5мм: CSg_51272 штр.:  4260107469605</t>
   </si>
   <si>
     <t>Стержень гелевый &amp;quot;Perfect&amp;quot;, &amp;quot;Silver&amp;quot;, &amp;quot;Standart&amp;quot;, &amp;quot;TC gel&amp;quot;, &amp;quot;Ultra&amp;quot;, синий, 131мм, 0,5мм: CSg_51272 Подходит для использования в гелевых ручках Perfect, Silver, Standard, TC gel, Ultra. Диаметр пишущего узла - 0,5 мм. Упаковка - каждый стержень в пакете, 36 стержней в картонной коробке.</t>
   </si>
   <si>
     <t>212387</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/faf/faf393b04f19db3ba2a4ea416a7cd3c6.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки  quot;Frixion quot; черный, 111мм, 0,7мм: BLS-FR7-B штр.:  4902505337703</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки &amp;quot;Frixion&amp;quot; черный, 111мм, 0,7мм: BLS-FR7-B Пишущий узел из нержавеющей стали с шариком из карбида вольфрама. Используется для ручки BL-FR-7 &amp;quot;Frixion&amp;quot;</t>
+  </si>
+  <si>
+    <t>212712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ef/5ef7203f1094d95fcf56f5f54ff03e33.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки  quot;Frixion Point quot; черный, 111мм, 0,5мм: BLS-FRP5-B штр.:  4902505399312</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки &amp;quot;Frixion Point&amp;quot; черный, 111мм, 0,5мм: BLS-FRP5-B Стержень шариковый. Цвет чернил - черный. Пишущий узел - 0,5мм</t>
+  </si>
+  <si>
+    <t>213955</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/940/940bbd69367060f519e25a9e4053cae0.jpg</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки  quot;Frixion quot; синий, 111мм, 0,7мм: BLS-FR7-L штр.:  4902505337666</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки &amp;quot;Frixion&amp;quot; синий, 111мм, 0,7мм: BLS-FR7-L Пишущий узел&amp;nbsp;&amp;nbsp;из нержавеющей стали&amp;nbsp;&amp;nbsp;с шариком из карбида вольфрама.&amp;lt;br/&amp;gt;Используется для ручки BL-FR-7 “Frixion”.</t>
   </si>
   <si>
     <t>215848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a9/0a91e0fb8091b543b79ec9487a0ddda9.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый игольчатый черный, 138мм, 0,7мм: HJR-200N штр.:  8803654014407</t>
   </si>
   <si>
     <t>Стержень гелевый игольчатый черный, 138мм, 0,7мм: HJR-200N</t>
   </si>
   <si>
     <t>219549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/306/30685deb6641134585213b9a8156cc3a.jpg</t>
@@ -533,62 +533,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f2b/f2b505333b1ba7811ea8b90ed42a29ed.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый зеленый, 138мм, 0,5мм: HJR-200 штр.:  8803654002848</t>
   </si>
   <si>
     <t>Стержень гелевый зеленый, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235258</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bd/3bd8582e8631b327ba234fe0a10d7c49.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый красный, 138мм, 0,5мм: HJR-200 штр.:  8803654006532</t>
   </si>
   <si>
     <t>Стержень гелевый красный, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235259</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/236/236b16f9c752529b235805d8f00b3515.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a22/a22e2f4ad19c088ee93c046931cc0322.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый металлик серебро, 138мм, 0,7мм: HJR-200GSM</t>
   </si>
   <si>
     <t>235261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/467/467f344cb6fe391041768b0cbac62623.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 138мм, 0,5мм: HJR-200 штр.:  8803654001063</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d7/6d785d43a9be5543a51fb26b149c52c1.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый фиолетовый, 138мм, 0,7мм: HJR-200H</t>
@@ -626,155 +614,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ae/3ae408fba661dbdbe7c2412cf305d1d6.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый  quot;Option quot;,  quot;MC Gоld quot; синий, 142мм, 0,5мм: RF-02 штр.:  8801006208320</t>
   </si>
   <si>
     <t>Стержень шариковый &amp;quot;Option&amp;quot;, &amp;quot;MC Gоld&amp;quot; синий, 142мм, 0,5мм: RF-02</t>
   </si>
   <si>
     <t>235270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37e/37efa7144d4ffdf813c158db2fc0ebf1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый  quot;Option quot;,  quot;MC Gоld quot; черный, 142мм, 0,5мм: RF-01 штр.:  8801006208337</t>
   </si>
   <si>
     <t>Стержень шариковый &amp;quot;Option&amp;quot;, &amp;quot;MC Gоld&amp;quot; черный, 142мм, 0,5мм: RF-01</t>
   </si>
   <si>
     <t>235271</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe1/fe1f387ce2a3c7cf3ece064ea05604ed.jpg</t>
-[...5 lines deleted...]
-    <t>235272</t>
+    <t>http://anytos.ru//upload/iblock/1a1/1a13bf1d237ca910c3bb5354a4eea914.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки синий, 110мм, 0,7мм: AJ-200 штр.:  8803654004873</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки синий, 110мм, 0,7мм: AJ-200</t>
+  </si>
+  <si>
+    <t>235330</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abd/abdb91f4912d73806a3d375fb25af3a4.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки черный, 110мм, 0,7мм: AJ-200 штр.:  8803654001841</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки черный, 110мм, 0,7мм: AJ-200</t>
+  </si>
+  <si>
+    <t>235331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a1/4a1a6b6e5a800d156f2b830521a1d469.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый черный, 129мм, 0,5мм: BLS-G1-5-B штр.:  4902505133572</t>
+  </si>
+  <si>
+    <t>Стержень гелевый черный, 129мм, 0,5мм: BLS-G1-5-B</t>
+  </si>
+  <si>
+    <t>235426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc4/fc4886a62fb7440f0b07340d932f76c2.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый синий, 129мм, 0,5мм: BLS-G1-5-L штр.:  4902505133589</t>
+  </si>
+  <si>
+    <t>Стержень гелевый синий, 129мм, 0,5мм: BLS-G1-5-L</t>
+  </si>
+  <si>
+    <t>235427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/deb/deb187cd8c1a0a16c3fa69b73ba75a1f.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый синий, 107мм, 1мм, с ушком: СТ01 штр.:  4620000632580</t>
+  </si>
+  <si>
+    <t>Стержень шариковый синий, 107мм, 1мм, с ушком: СТ01</t>
+  </si>
+  <si>
+    <t>235472</t>
   </si>
   <si>
     <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
   </si>
   <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fa/2fa2639d1cbafe54c04fddfcf24290d7.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый объемный  quot;4442 quot; синий, 98мм, 0,8мм, металл.корпус: 4442E01002KSRU штр.:  8593539619338</t>
+  </si>
+  <si>
+    <t>Стержень шариковый объемный &amp;quot;4442&amp;quot; синий, 98мм, 0,8мм, металл.корпус: 4442E01002KSRU</t>
+  </si>
+  <si>
+    <t>235561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c35/c35438a4779b588665c5ddf8eb55ec68.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый  quot;Оптима quot; синий, 134мм, 0,7мм, на масляной основе: СТ35</t>
+  </si>
+  <si>
+    <t>Стержень шариковый &amp;quot;Оптима&amp;quot; синий, 134мм, 0,7мм, на масляной основе: СТ35</t>
+  </si>
+  <si>
+    <t>235924</t>
+  </si>
+  <si>
     <t>300</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a1/1a13bf1d237ca910c3bb5354a4eea914.jpg</t>
-[...88 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/860/8607b79aa55c97c554349487a707f148/613f6218b026261e81876b0af1d7decc.jpg</t>
   </si>
   <si>
     <t>Стержень Pierre Cardin , PC-310Р-02 штр.  3000999333544</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета на масляной основе, толщина линии письма - 0,5 мм, длина стержня - 100 мм.</t>
   </si>
   <si>
     <t>250709</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pierre-cardin/"&gt;Pierre Cardin&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0a/f0a7085a1c0b0c3d5c269084f629fff4.jpg</t>
   </si>
   <si>
     <t>Стержень Pilot BRFN-10M, синий, диам  шар - 1.0мм, толщ лин 0.32 мм штр.  4902505283642, 4902505283673</t>
   </si>
   <si>
     <t>Стержень для роллера Pilot синего цвета, толщина линии письма - 0,32 мм, длина стержня - 135 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
@@ -947,71 +926,80 @@
   <si>
     <t>Стержень гелев. 139мм Attache черный 0,5мм штр.  2000200043249, 4607121537185</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки с чернилами черного цвета, толщина линии письма - 0,5 мм, длина стержня - 139 мм.</t>
   </si>
   <si>
     <t>250735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c6/1c66454e77155ba3d686aa6e8d338f21/121b32efdc67cc4c504bf2e53b31a908.jpg</t>
   </si>
   <si>
     <t>Стержень роллер. 110мм SCHNEIDER 850 синий Германия штр.  4004675085030, 4004675185037</t>
   </si>
   <si>
     <t>Стержень для роллера Schneider синего цвета, толщина линии письма - 0,5 мм, длина стержня - 110 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
   </si>
   <si>
     <t>250748</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schneider/"&gt;Schneider&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b8d/b8d1fc72e070199198b810e84199efda.jpg</t>
+  </si>
+  <si>
+    <t>Стержень роллер. 111мм PILOT BXS-V5RT синий 0,25 Япония штр.  4902505343049</t>
+  </si>
+  <si>
+    <t>Стержень для роллера Pilot синего цвета, толщина линии письма - 0,25 мм, длина стержня - 111 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
+  </si>
+  <si>
+    <t>250750</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/899/8994bf8112c1ed1e0d708cdf6d70666e/d98e4eea198634e9b1802be6df017f43.jpg</t>
   </si>
   <si>
     <t>Стержень роллер. 111мм PILOT BXS-V5RT черный 0,25 Япония штр.  4902505343025, 4902505343063</t>
   </si>
   <si>
     <t>Стержень для роллера Pilot черного цвета, толщина линии письма - 0,3 мм, длина стержня - 111 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
   </si>
   <si>
     <t>250751</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3e/e3e2f8c504a325cf04e250b96891d650.jpg</t>
   </si>
   <si>
     <t>Стержень роллер. 111мм для PILOT BLS-VB5RT синий 0,25 Япония штр.  4902505362057, 4902505362101</t>
   </si>
   <si>
-    <t>Стержень для роллера Pilot синего цвета, толщина линии письма - 0,25 мм, длина стержня - 111 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
-[...1 lines deleted...]
-  <si>
     <t>250752</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/166/166ef768c34ce4e23e31190779c43604/91dee06300184f242ad097d20e2ec3f7.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 107мм X 10S Attache синий Россия штр.  2000200066101</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 107 мм.</t>
   </si>
   <si>
     <t>250763</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05e/05e2842fa24f983e4eb2c223db57a5e2/c0fe3eae5f06093d9b1ae6955df5e6ce.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 107мм X 10S Attache черный Россия штр.  2000200065920</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами черного цвета, толщина линии письма - 0,5 мм, длина стержня - 107 мм.</t>
   </si>
   <si>
     <t>250764</t>
@@ -1124,50 +1112,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4f8/4f807a21719e500c8f8cbbe69890c89d/8d0c5ea8819276730ea4d714616e1920.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 140мм X 10S Attache черный Россия. штр.  2000200063353</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами черного цвета, толщина линии письма - 0,5 мм, длина стержня - 140 мм.</t>
   </si>
   <si>
     <t>250786</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c4/9c4fe5f31a785b064f06ceda1ad04cf4/351013d088d3c8b13977fb71bcf1d223.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 142мм синий АА134-BL штр.  2000200065487</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 142 мм.</t>
   </si>
   <si>
     <t>250788</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/217/217aad9313f9865db56196b2887ba022/9fff788ebf0f378f2be532e8d80a8331.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. 143мм Х 10S Attache синий Россия штр.  2000200065388</t>
+  </si>
+  <si>
+    <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 143 мм.</t>
+  </si>
+  <si>
+    <t>250794</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c47/c47bf3a19c31288b23f8f75697dc2efa/9d705d7608e750c7e23931eb9aa679fd.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 144мм PILOT RFJ-GP-F для BPS-GP-F красный 0,32мм штр.  4902505138591, 4902505138652</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки Pilot RFJ-GPF с чернилами красного цвета, толщина линии письма - 0,32 мм, длина стержня - 144 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c62/c6290330a5258bf57d90892211fb4133/3a83f91f7f5c19ac0f81daabf1b653fc.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 152мм Х 10S  тип Corvina  красный Россия штр.  2000200067740</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки типа Corvina с чернилами красного цвета, толщина линии письма - 0,7 мм, длина стержня 152 мм.</t>
   </si>
   <si>
     <t>250803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdc/bdc7047b84c65653322173f1062ece24/6f582b41632a3d1710cbb72ee757dbb2.jpg</t>
@@ -1194,50 +1194,62 @@
     <t>250805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/858/858ce1cca4f5d70560e9f3f961716227/55b097dc3922b52951fbc25e63dfeadc.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 98мм ICO Silver черный 0,5мм  тип PARKER  Венгрия штр.  5997072110858, 5997072110889</t>
   </si>
   <si>
     <t>Стержень для шариковых ручек ICO Silver типа Parker с чернилами черного цвета. Толщина линии письма - 0,5 мм, длина стержня - 98 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.</t>
   </si>
   <si>
     <t>250810</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ico/"&gt;ICO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e56/e565a761e04a44754c56f026770cf00f/96faee5fec6e9ee1fcd8b4e34d4efc10.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. LAK134801 маслян. осн, 107 мм, син, для автом. ручки</t>
   </si>
   <si>
     <t>250814</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/933/933c0c2988f673bf371f4fbdae27114e/44b68f436b2d591cc6f1370db96806c1.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик.115мм Pilot BRFV-10F синий 0,28мм Япония штр.  4902505376108, 4902505376139</t>
+  </si>
+  <si>
+    <t>Стержень для шариковой ручки Pilot BRFV-10F с чернилами синего цвета, толщина линии письма - 0,28 мм, длина стержня - 115 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250826</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f41/f412ac0fc5af686ef0f32a9b0c913497/17c71b48e1f155b3ddf54daba26de305.jpg</t>
   </si>
   <si>
     <t>Стержень шарик.125мм BEIFA LAK1065A синий 0.5мм Китай штр.  2000200064909</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня 125 мм.</t>
   </si>
   <si>
     <t>250828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0d/b0d8a660d821e983c8d970a24014d61f/8514b3d892291cdb7bb178750e7132d9.jpg</t>
   </si>
   <si>
     <t>Стержень шарик.144мм PILOT RFJ-GP-F для BPS-GP-F черный 0,32мм штр.  4902505138645</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки Pilot RFJ-GP-F с чернилами черного цвета, толщина линии письма - 0,32 мм, длина стержня - 144 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250832</t>
   </si>
@@ -1383,176 +1395,155 @@
   <si>
     <t>338973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/881d5349f717602e1f7626fa5b3e1d56.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки  quot;G-2 quot; 110мм, 0,5мм, синий BLS-G2-5-L</t>
   </si>
   <si>
     <t>Стержень для автоматической гелевой ручки &amp;quot;G-2&amp;quot;. Наконечник из нержавеющей стали, шарик из карбида вольфрама</t>
   </si>
   <si>
     <t>338974</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/854/85495148307ce8e40db87297397dbc23.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки  quot;G-2 quot; 110мм, 0,5мм, черный BLS-G2-5-B</t>
   </si>
   <si>
     <t>338975</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ef1/tiiljezzi70p3ltcf5lfaxxl153nzwk3.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый для поворотных ручек Luxor синий, 117мм, 1,0мм</t>
+  </si>
+  <si>
+    <t>Стержень для шариковой ручки Luxor с поворотным механизмом. Цвет чернил - синий</t>
+  </si>
+  <si>
+    <t>339459</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f60/f609437f539ebb4a5760c41e1d140c8c.jpg</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки Berlingo  quot;Correct quot; синий, 111мм, 0,7мм CSe_60001</t>
   </si>
   <si>
     <t>Стержень для стираемой гелевой ручки &amp;quot;Correct&amp;quot;. Диаметр пишущего узла - 0,6 мм. Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением &amp;#40;встроенным в колпачок ручки ластиком&amp;#41;. Обесцвеченные чернила проявляются при температуре ниже -18°С . Возможность многократного стирания и написания текста. Количество циклов написания/стирания ограничено износостойкостью бумаги. Цвет чернил - синий. Упаковка в индивидуальный пакетик с европодвесом, 50 штук - в картонной коробке.</t>
   </si>
   <si>
     <t>340968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/7f3b918e85fda7d38e450e9d43f1d682.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Uni  quot;Jetstream SX-101-07 quot; синий, 143мм, 0,7мм 70271</t>
   </si>
   <si>
     <t>Сменный стержень для неавтоматических ручек SX-101-07</t>
   </si>
   <si>
     <t>349441</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f9/6f903c25b437e1c3ed472b9dd2fb5e32.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace синий, 129мм, 0,7мм 245921</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек OfficeSpace &amp;#40;GLL10_1329 GPA100/BU_1714&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>350279</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/932/9325fc596a242779d7ed0bdcb60e9302.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f0/4f0fc1762c6de5abab181f364490894b.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный Schneider  quot;Express 735 quot; синий, 98мм, 1,0мм 7363</t>
   </si>
   <si>
     <t>Универсальный металлический стержень большой емкости формата ISO 12757-2 G2 &amp;#40;для документов&amp;#41;. Чернила водостойкие. Четкий штрих длиной примерно&amp;nbsp;&amp;nbsp;10 000 метров. Износостойкий пишущий узел из нержавеющей стали M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Универсальная форма, обеспечивающая возможность использования в различных моделях &amp;#40;система Plug&amp;#43;Play&amp;#41;.</t>
   </si>
   <si>
     <t>350284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/214/21415ca4786ab3ed7b158705158638d7.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace красный, 129мм, 0,7мм 245922</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек OfficeSpace &amp;#40;GPA100/RD_1720&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>353621</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/488/488ca7a0abca342df0a80ba8a12e5f02.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный Schneider  quot;Express 735 quot; синий, 98мм, 0,8мм. 7353</t>
   </si>
   <si>
     <t>Универсальный металлический стержень большой емкости формата ISO 12757-2 G2 &amp;#40;для документов&amp;#41;. Чернила водостойкие. Четкий штрих длиной примерно&amp;nbsp;&amp;nbsp;10 000 метров. Толщина линии: средняя &amp;#40;F = 0,4 мм&amp;#41;. Износостойкий наконечник из нержавеющей стали. Универсальная форма, обеспечивающая возможность использования в различных моделях &amp;#40;система Plug&amp;#43;Play&amp;#41;.</t>
   </si>
   <si>
     <t>355223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/164/1641b36bb9506d71799e129758fbd5ba.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace красный, игольчатый наконечник, 129мм, 0,5мм. 265292</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>355965</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5c9/5c9132812d4dea5e6adec9c2ce11bfaf.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2f3/2f3341fbe1f3a74da29d42e7ea14fdbd.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый Berlingo  quot;Techno-Gel quot;,  quot;Silk quot;,  quot;XP quot; синий, 131мм, 0,5мм. CSg_51022</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек Berlingo &amp;#40;С-20, Silk, XP&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места. Цвет чернил - синий, материал - пластик.</t>
   </si>
   <si>
     <t>357112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2da/2dad1bd9a4744ce530c3f0ce947d8865.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый Berlingo  quot;Techno-Gel quot;,  quot;Silk quot;,  quot;XP quot; черный, 131мм, 0,5мм. CSg_51021</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек Berlingo &amp;#40;С-20, Silk, XP&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места. Цвет чернил - черный, материал - пластик.</t>
   </si>
   <si>
     <t>357113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b0/0b0d875c352ee15546f4c1f60b4c5042.jpg</t>
@@ -1629,50 +1620,59 @@
   <si>
     <t>Стержень 92мм Pierre Cardin PC-310P-05A для 517469, 517470, синий</t>
   </si>
   <si>
     <t>376640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de9/de9993b914c456c88d671a5bcfe5fbe7/2a33e2b8a81829a1679b4dc1d4ae7873.jpg</t>
   </si>
   <si>
     <t>Стержень 99мм Pierre Cardin PC-310P-06A для 517463, 434063, синий</t>
   </si>
   <si>
     <t>376641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eeb/eebf6a588b2af38a5e1ae454d152877b/ff2ad8049f1afc642e6c97294609c1b7.jpg</t>
   </si>
   <si>
     <t>Стержень маслян. осн, 0,5 мм, 135 мм, син, для 563880</t>
   </si>
   <si>
     <t>376643</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3a3/3a3795b2668ac04fd281a5172011cafa/5054d4d3c0d222bd9c9d2dbadb7487c7.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. 107мм SCHNEIDER 765М для K15 0,5 мм, синий, 176513</t>
+  </si>
+  <si>
+    <t>376644</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3b2/3b21dec244bc3e5c406e6b57769e039b/58115f5c8f449d78012e44fb4cf2af26.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 116мм Pierre Cardin, 0,5мм, синий, PC-300P-03</t>
   </si>
   <si>
     <t>376646</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2df/2df9ea35491b134ced558960c18f04f5/bd50e5952c47f4b83754cfae4b46d4bc.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 136мм для ручки Elementary 0,5мм, синий, 10шт. уп.</t>
   </si>
   <si>
     <t>Стержень шарик. 136мм для ручки Elementary 0,5мм, синий, 10шт./уп.</t>
   </si>
   <si>
     <t>376650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40f/usj0vw6hdvtfdnnzd667oszpj2zf3iga.jpg</t>
@@ -1779,59 +1779,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/79e/kouojlsj5gb55xbxowr3844jym9twanu.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT, 110 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G2-5</t>
   </si>
   <si>
     <t>Стержень для автоматических гелевых ручек PILOT.</t>
   </si>
   <si>
     <t>386426</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5e/2i1z1j4m39yr2ugzmyb459thure9xeub.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT, 110 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G2-5</t>
   </si>
   <si>
     <t>Стержень для автоматических гелевых ручек.</t>
   </si>
   <si>
     <t>386427</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/80f/lxwqlhoo6s1kea2gv6axre8alau79oeg.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый PILOT, 128 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G1-5</t>
+  </si>
+  <si>
+    <t>Гелевые стержни PILOT обеспечивают мягкое и тонкое письмо.</t>
+  </si>
+  <si>
+    <t>386429</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/206/g4fui9sg7li7bpo1paalr8n4310k11wz.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT, 128 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G1-5</t>
   </si>
   <si>
-    <t>Гелевые стержни PILOT обеспечивают мягкое и тонкое письмо.</t>
-[...1 lines deleted...]
-  <si>
     <t>386430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74b/8ig4cbtfbixwopgrrkv50ltgyfjcrqxx.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый STAFF, 135 мм, КРАСНЫЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, 170230</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - красный.</t>
   </si>
   <si>
     <t>386431</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afb/sxiluvbilhty4b0125nks61ylk1th3vf.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый STAFF, 135 мм, КРАСНЫЙ, узел 0,5 мм, линия письма 0,35 мм, 170233</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет евронаконечник. Цвет чернил - красный.</t>
@@ -1881,59 +1890,80 @@
   <si>
     <t>http://anytos.ru//upload/iblock/24a/w5jio494dyatqg8d600nadvmshpd5fvx.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый STAFF, 135 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,35 мм, 170232</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - чёрный.</t>
   </si>
   <si>
     <t>386436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/7gqcqctd0veiwxl9mxhu2w99e1ppxe60.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый UNI-BALL  Япония , 110 мм, СИНИЙ, узел 0,7 мм, линия письма 0,4 мм, UMR-87 BLUE</t>
   </si>
   <si>
     <t>Качественный стержень для гелевых ручек с наконечником из нержавеющей стали.</t>
   </si>
   <si>
     <t>386437</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/db4/opt2q92z8k9qbud6r70ws9xp0h8sy14m.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, СИНИЙ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BLS-FRP-5</t>
+  </si>
+  <si>
+    <t>Для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов. Стержень не вызывает при письме неудобств, чертит и рисует четкие линии в любых направлениях. Чернила поступают на бумагу равномерно.</t>
+  </si>
+  <si>
+    <t>386442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbe/kt9yr7jc9xbyk9n1dhdmu9szo19e51x2.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, СИНИЙ, узел 0,7 мм, линия письма 0,35 мм, BLS-FR-7</t>
+  </si>
+  <si>
+    <t>Сменный стержень на масляной основе для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов.</t>
+  </si>
+  <si>
+    <t>386443</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d46/4jtgxclymnlu1pdan8xqr5s4dh1w584g.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый PILOT, 111 мм, ЧЕРНЫЙ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BLS-FRP-5</t>
   </si>
   <si>
-    <t>Для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов. Стержень не вызывает при письме неудобств, чертит и рисует четкие линии в любых направлениях. Чернила поступают на бумагу равномерно.</t>
-[...1 lines deleted...]
-  <si>
     <t>386444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e0/fgrjzfafcdf89jts1nnvhgdvdj74ss1m.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый PILOT, 111 мм, ЧЕРНЫЙ, узел 0,7 мм, линия письма 0,35 мм, BLS-FR-7</t>
   </si>
   <si>
     <t>386445</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef5/1dzk7dptdy4cobwjcxvfvmj8w53901ux.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый STAFF 130 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, GP109R</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;College&amp;quot; со специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Специальные гелевые чернила, стираемые при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное легко восстанавливается при температуре ниже – 18 °С. Возможно многократное стирание.</t>
   </si>
   <si>
     <t>386446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/254/3b2yjnnfb3amapmc7pccm6j1k15s6fer.jpg</t>
@@ -2049,62 +2079,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f16/aziuwf4e9o5t8ezf7ndgyzffr25b95an.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG, металлический, 116 мм, тип CROSS, узел 1 мм, упаковка с подвесом, синий, 170201</t>
   </si>
   <si>
     <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным механизном типа CROSS. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 1 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
   </si>
   <si>
     <t>386458</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/308/xdqpzv3iya3606vvrbfy73wk1h1d52jo.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG, тип PARKER, металлический, 98 мм, линия письма 0,5 мм, подвес, черный, 170200</t>
   </si>
   <si>
     <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным или нажимным механизном типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет стандартный наконечник. Цвет чернил - чёрный. Поставляется в пакете с подвесом.</t>
   </si>
   <si>
     <t>386460</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aed/7zo4umntslddwidozxo6t5kelwom3p43.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3be/o3gx6dh9v3mwbxt7ww8006zjxzeiarjq.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG  quot;Oil Base quot;, 140 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 170221</t>
   </si>
   <si>
     <t>Сменный стержень шариковый BRAUBERG &amp;quot;Oil Base&amp;quot; на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Игольчатый пишущий узел позволяет без лишних усилий выводить четкие линии. Длина стержня составляет 140 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий. Чернила производства немецкой компании Dokumental.</t>
   </si>
   <si>
     <t>386475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c40/jpo2027tsw28t1reci2b9le191xggovq.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG металлический, 116 мм, тип CROSS, узел 1 мм, с подвесом, синий, 170350</t>
   </si>
   <si>
     <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным механизном типа CROSS с чернилами на масляной основе. Технология мягкого письма &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое, чёткое и ровное письмо без усилий. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
   </si>
   <si>
     <t>386476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56c/go4uydh5psb137wv08dng2zg0zl1grju.jpg</t>
@@ -2385,152 +2403,152 @@
   <si>
     <t>459539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/364/3641292cabe646a76e5b1959fdd5248e/79e4898e4fbbef3fd969dcb45e15b8ae.jpg</t>
   </si>
   <si>
     <t>Стержень для роллера Schneider  quot;Topball 850 quot; синий, 110мм, 0,7мм</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Сменный стержень для ручек-роллеров Schneider серии Topball 811 и роллеров со сменным стержнем других производителей. Длина письма до 1 000 метров. Сделано в Германии!</t>
   </si>
   <si>
     <t>560757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf3/cf3e12b57bf021ae668ac4013118c9e9/2d39eb2ff294d894d8227b600d3ad9c7.jpg</t>
   </si>
   <si>
     <t>Стержень для роллера Schneider  quot;Topball 850 quot; черный, 110мм, 0,7мм</t>
   </si>
   <si>
     <t>560758</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2a2/2a2ba7362161d9ebc7e49ee90b0d5dea/da076b99241cba4b9b7caeb1f39fbadb.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Berlingo  quot;I-10 quot;, синий, 141мм, 0,4мм</t>
+  </si>
+  <si>
+    <t>Стержень для шариковых ручек Berlingo&amp;nbsp;&amp;nbsp;&amp;quot;I-10&amp;quot;. Чернила на масляной основе . Цвет чернил - синий. Толщина пишущего узла - 0,4 мм.</t>
+  </si>
+  <si>
+    <t>560759</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c8e/c8e20745577849c83cd34e5224368dbe/21adf4a199c633c7149c7093d9cd33d7.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Crown  quot;Oil Jell quot; синий, 142мм, 0,7мм</t>
   </si>
   <si>
     <t>Стержень для неавтоматической шариковой ручки с чернилами на масляной основе</t>
   </si>
   <si>
     <t>560760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcf/bcf40b2920d6788dfa095f2824c51538/7b7d85211354d09ccbea9dc658d13331.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Schneider  quot;Office 765 quot; синий, 107мм, 1,0мм</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Износостойкий металлический стержень формата X20 для автоматических шариковых ручек Schneider серий K15, Fave, Suprimo, K20 Icy Colours, Haptify, Slider Rave и автоматических шариковых ручек других производителей. Быстросохнущие, свето- и водоустойчивые чернила соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Длина письма до 3 000 метров. Сделано в Германии!</t>
   </si>
   <si>
     <t>560766</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dc6/8qmbte0udtfztoxi8488l47k54h7bsr5.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый BRAUBERG 111 мм, СИНИЙ, евронаконечник, узел 0,7 мм, линия письма 0,5 мм, 170370</t>
+  </si>
+  <si>
+    <t>Стержень пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное можно восстановить при температуре ниже –18 °С. Возможно многократное стирание. Длина стержня 111 мм отлично подходит для стираемых гелевых ручек BRAUBERG &amp;quot;SOFT&amp;SILK&amp;quot; и PILOT &amp;quot;Frixion&amp;quot;. При письме и стирании стержень не повреждает бумагу, делая исправления незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,5 мм.</t>
+  </si>
+  <si>
+    <t>565529</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/543/5b3l6s2va1062trhge7v6k12cetc8h9r.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый BRAUBERG 130 мм, СИНИЙ, евронаконечник, узел 0,5 мм, линия письма 0,38 мм, 170360</t>
   </si>
   <si>
     <t>Стержень BRAUBERG со специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,38 мм. Имеет стандартный наконечник. Цвет чернил - синий. Специальные гелевые чернила, стираемые при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное легко восстанавливается при температуре ниже – 18 °С. Возможно многократное стирание.</t>
   </si>
   <si>
     <t>565530</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/522/255rmptg91q7oir5k5jewum05p9lmqm4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fee/feefe59062038b7d51869347b1d926f1/2578b85af24cb7b9694e3455a97648ed.jpg</t>
   </si>
   <si>
     <t>Стержень маслян. осн, 0,5мм, 142мм, синий, для 709851</t>
   </si>
   <si>
     <t>586010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1c/d1c7372e87107f8177bd5d8fecbacbef/4d441a2915b54a876112ce4d90ce665b.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. Beifa LAT3402-BL 140мм, синий, для арт.131248</t>
   </si>
   <si>
     <t>586011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35b/u6v57kfh0j1il1b4yt0ml0plq8tgge90.jpg</t>
   </si>
   <si>
     <t>Стержень гел. PILOT FRIXION 111 мм 0,5 мм синий</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень гелевый PILOT 0,5 мм синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>590669</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d60/d601942c169848c2d6eb7ef11feba103/fd2140e78b4bd2a223c692eeccbc6d58.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Berlingo  quot;Tribase quot;,  quot;H-30 quot;,  quot;W-219 quot; черный, 140мм, 0,7мм</t>
   </si>
   <si>
     <t>Шариковый стержень 0,7 мм. Длина - 140 мм. Предназначен для замены исписанных стержней в шариковых ручках Berlingo &amp;quot;Tribase&amp;quot;, &amp;quot;W-219&amp;quot;, &amp;quot;H-30&amp;quot;.&amp;nbsp;&amp;nbsp;Цвет чернил - чёрный. Упаковка в картонную коробку по 150 шт., каждый стержень в индивидуальном пакетике.</t>
   </si>
   <si>
     <t>593799</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1d8/wht0sofjgyd3li5g9vm59nimi5gx7czm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6c9/3c6lklgdirzv7e0kw6imujf63jdd32b3.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG 135 мм, СИНИЙ, чернила DOCUMENTAL  Германия , узел 1,0 мм, линия письма 0,5 мм, 170371, OBP119R</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 1,0 мм создает ровную линию письма, равную 0,5 мм. Специальные масляные чернила ультрапониженной вязкости DOKUMENTAL &amp;#40;Германия&amp;#41; в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>624048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ea/nwzhp43c676qj55d0waq17fnce3h6u8s.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG  quot;i-Rite GT quot; 140 мм, СИНИЙ, игольчатый узел 0,4 мм, линия письма 0,21 мм, 170377</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG &amp;quot;i-Rite GT&amp;quot; для шариковых ручек. Длина стержня составляет 140 мм, подходит для ручек серии &amp;quot;i-Rite GT&amp;quot; и других ручек со стержнем аналогичной длины. Диаметр пишущего узла 0,4 мм создает тонкую линию письма, равную 0,21 мм. Специальные масляные чернила ультрапониженной вязкости в сочетании с качественным игольчатым наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>626915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87b/ncatp7znuq1n5rr1xw8u9h8pgrbtz9f8.jpg</t>
@@ -2557,93 +2575,83 @@
     <t>629792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6aa/6aa498711dc104f8e3284c3dc6a74fdf.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный Koh-I-Noor синий, 98мм, 0,8мм, пластик. корпус</t>
   </si>
   <si>
     <t>Объемный стержень в пластиковом корпусе для автоматической шариковой ручки</t>
   </si>
   <si>
     <t>643956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c68/c6855679cb21216ccc156b2f1d172dd5.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Crown  quot;CEO Ball quot; синий, 117мм, 0,7мм.</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки</t>
   </si>
   <si>
     <t>652806</t>
-  </si>
-[...22 lines deleted...]
-    <t>698718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/288/q0q6cqejj9xbd0f9u4aotp8j974tnwr4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый 128мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч. DV-12234.12236.12239 </t>
   </si>
   <si>
     <t>-длина стержня-128мм&lt;br /&gt;
  -пиш.узел-0,7мм&lt;br /&gt;
  -чернила синего цвета на масляной основе &amp;#40;можно использовать в ручки DV-12234.DV-12236.DV-12239&amp;#41;</t>
   </si>
   <si>
     <t>707683</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/be3/38cyxeieucgnpr92s4sabqzz3tkuc53h.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стержень шариковый 138мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч.DV-12237.12238.12241 </t>
+  </si>
+  <si>
+    <t>-длина стержня-138мм&lt;br /&gt;
+ -пиш.узел-0,7мм&lt;br /&gt;
+ -чернила синего цвета на масляной основе &amp;#40;можно использовать в ручки DV-12238.DV-12241.DV-12237&amp;#41;</t>
+  </si>
+  <si>
+    <t>707684</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aa6/an0obwrf2d4hbct3p1h0gb3r829dilmr.jpg</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв.  quot;Darvish quot; неон</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв. &amp;quot;Darvish&amp;quot; неон</t>
   </si>
   <si>
     <t>707685</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c12/do502f6yc2hq3mndct75qn0i9pdgy6nw.jpg</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв.  quot;Darvish quot; с блестками</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв. &amp;quot;Darvish&amp;quot; с блестками</t>
   </si>
   <si>
     <t>707686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07e/vg4lml62b6gi2lyakjfrw94y4f7bwq5w.jpg</t>
@@ -2817,98 +2825,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a32/z5b8p9j7crvqjehcpj1qofne2i6s52y1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый 98мм синий объем. пласт.  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Стержень шариковый&amp;nbsp;&amp;nbsp;98мм синий объемный&amp;nbsp;&amp;nbsp;пластиковый &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>707710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecf/el9ufd0gszvr3ly3s2f41oc1txt6ex7m.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый 132мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч. DV-12240 </t>
   </si>
   <si>
     <t>Упаковка: 14,4х4х4 см.</t>
   </si>
   <si>
     <t>707711</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0a/rpq52wsp5ycuvwdcp2ggr401ip0r8qxg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bb2/3feqelpjz8ecfollat47v3fevrr5v90u.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT BLS-SNP5 для BLRT-SNP5 Synergy Point синий</t>
   </si>
   <si>
     <t>788614</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/345/t50enaxhd1qby5u117oqcj7m3btkb3lp.jpeg</t>
-[...8 lines deleted...]
-    <t>818714</t>
+    <t>http://anytos.ru//upload/iblock/f24/6jgqv63thw7r7v2ysd3i8mllucni4bbd.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;CityWrite quot; ШАРИКОВЫЙ, 135 ММ, 1.0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;CityWrite&amp;quot; ШАРИКОВЫЙ, 135 ММ, 1.0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>818715</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f24/6jgqv63thw7r7v2ysd3i8mllucni4bbd.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e8/ex0vygykjuhks3qtal9yc9vv60g0alb5.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SlimWrite HappyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SlimWrite/HappyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818716</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a5/96qw7hxq2xetjcn3fvb6jgnnpnu1phh7.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b5/ibj9bcyad4v16gop4gkyv21v0hddxt25.jpeg</t>
@@ -2961,62 +2945,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7fb/9ljvvrausm9r6hib9nv4tdi54ipocnof.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЗЕЛЕНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЗЕЛЕНЫЙ</t>
   </si>
   <si>
     <t>818723</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f09/evwu7usxzmjo1oidxo33628jq58jyctb.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, КРАСНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, КРАСНЫЙ</t>
   </si>
   <si>
     <t>818724</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/282/ajzuqoi8fpba01puqx59s6cuxnl6fx7z.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/09a/8g5kmewwaa51r00tn9olsyq9meg1psfs.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;San Remo quot;. ШАРИКОВЫЙ 99 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;San Remo&amp;quot;. ШАРИКОВЫЙ 99 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840966</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;ArtClick quot; ШАРИКОВЫЙ 108 ММ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;ArtClick&amp;quot; ШАРИКОВЫЙ 108 ММ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840967</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afc/1fvwgo56ob3muzv32yb4nrbolgo30r4y.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ</t>
@@ -3087,86 +3059,86 @@
   <si>
     <t>840973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/4s3qzhuon0jhqg7w5r96cerdbax9gnct.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SimpleWrite quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SimpleWrite&amp;quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>840974</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SoftWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SoftWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840975</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/941/avixp3215kpln5xp2h826sdz8fjngpzs.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;Sorrento quot;. РОЛЛЕР 110 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;Sorrento&amp;quot;. РОЛЛЕР 110 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>840976</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/da2/6astuuq7dr3e4j75xg6h7zm5d37xs0vi.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG  quot;Oxet quot; 130 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 170366</t>
   </si>
   <si>
     <t>Стержень BRAUBERG с масляными чернилами обеспечивает ровное, комфортное письмо. Подходит для большинства ручек с откручивающимся носиком. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>842153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afc/rc97xwd4n4mxi23jdq1n8c03nu35kqnq.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. LITE 142 мм., синий</t>
   </si>
   <si>
     <t>847645</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b0/zttr1tpq0lmms313f19foz1a9o1n5x0t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/873/o0hg9o5vohmfbu9zjtc0arrnm5a8jja9.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Koh-I-Noor металлический 0,8мм 4442 синий 4442E01002KSRU</t>
   </si>
   <si>
     <t>881861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dcd/kih55jeiz2qamslckr8ri2wy5on0kbnp.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PENSAN My-Tech 140мм масл,уз.0,7мм,лин.0,5мм син 2240 R</t>
   </si>
   <si>
     <t>Стержень шариковый PENSAN My-Tech 140мм масл,уз.0,7мм,лин.0,5мм син 2240/R</t>
   </si>
   <si>
     <t>881864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/920/22nq22zbmogg670dp3s3imltwnfsj2d1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Quink Flow,1мм, черный, 3 шт 2119151</t>
@@ -3198,62 +3170,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c20/24a2e5q82da3m7an10pho29tqmba2kqu.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ, 4 ШТ.</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;DeleteWrite&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ, 4 ШТ.</t>
   </si>
   <si>
     <t>909841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/562/x4pk69c3g2pgaix3ur5hzktkxpzco36i.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;Monaco Monte Carlo quot; ШАРИКОВЫЙ 128 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;Monaco/Monte Carlo&amp;quot; ШАРИКОВЫЙ 128 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>909842</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/04d/j6xnf9q9lqo0btvwiskilhdb6bk6gwly.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e03/1578jeqzvc574chuqwd416zxnvqo6qxn.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SoftClick quot; ШАРИКОВЫЙ 116 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SoftClick&amp;quot; ШАРИКОВЫЙ 116 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>909844</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a93/ckhgkp2vtnz27xbxeryq6kj3u6i6vuvc.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ синий, 152мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 152 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>926657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce5/w4bk9jwb191gl1he2qgx6urnbk779ia0.jpg</t>
@@ -3264,62 +3224,50 @@
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 152 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - черный.</t>
   </si>
   <si>
     <t>926658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e6/ur4vb0kvplfsldfxj9kknc1d7q55ae7n.jpg</t>
   </si>
   <si>
     <t>Набор стержней шарик. PILOT RFN-GG-F-L 0,7 мм синий, 2 штуки</t>
   </si>
   <si>
     <t>938998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/774/oah072z78cpzz1ne1uas7kn6c02ua4od.jpg</t>
   </si>
   <si>
     <t>Набор стержней шарик. PILOT RFNS-GG-F-L 0,7 мм синий, 2 штуки</t>
   </si>
   <si>
     <t>938999</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/938/h257h750wzs5ju55s6t843yn301hk1to.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ea/3vy1ym2uo3h3nuhqmo80ajzm3hdrn7pg.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ красный, 152мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 152 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - красный.</t>
   </si>
   <si>
     <t>940605</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/937/ixbv7rx7hnwb1r4tmuybmekyr6w0h0ds.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ синий, 130мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 130 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>940606</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/441/xhbgz2uuribm5o05z24ftir3zjety0k3.jpg</t>
@@ -3384,50 +3332,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/417/holms55sjh56mh9a3g5cdtfdp7aada40.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFN-GG- F д.ш.0,7мм т.л.0,22мм синий 144мм 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFN-GG- F д.ш.0,7мм т.л.0,22мм синий 144мм 2шт/уп</t>
   </si>
   <si>
     <t>952151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/609/fw7rsc1kixmd81umq0hn6xelwf47jt10.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFNS-GG- F д.ш.0,7мм т.л.0,22мм синий 99мм 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFNS-GG- F д.ш.0,7мм т.л.0,22мм синий 99мм 2шт/уп</t>
   </si>
   <si>
     <t>952152</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/657/cz74qj638hem36bulh2glh8w5fwdbjvm.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Quink Flow,лин письм 1мм,синий,2 шт бл 1950373</t>
+  </si>
+  <si>
+    <t>952153</t>
+  </si>
+  <si>
     <t>Набор стержней шариковых PILOT RFN-GG-EF-L 0,5 мм синий, 2 штуки</t>
   </si>
   <si>
     <t>953261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/cl2tggk6kqmh8t837vezzic40zrb0rkd.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PILOT 144 мм, линия 0,18 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,5 мм, RFN-GG-EF</t>
   </si>
   <si>
     <t>Сменные стержни PILOT на масляной основе для шариковых ручек.</t>
   </si>
   <si>
     <t>954003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c72/nsewyhu38649yjs53fl74gfsw3x0l7bn.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PILOT 144 мм, линия 0,22 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,7 мм, RFN-GG-F</t>
   </si>
   <si>
     <t>954004</t>
@@ -3450,62 +3407,50 @@
   <si>
     <t>Стержень шариковый с ушками PILOT 98 мм, линия 0,22 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,7 мм, RFNS-GG-F</t>
   </si>
   <si>
     <t>Сменные стержени PILOT на масляной основе для шариковых автоматических ручек.</t>
   </si>
   <si>
     <t>954006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28d/9z4343fjfzqh9g3441hmg199br1sn6qu.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип CROSS, СИНИЙ, пишущий узел 0,7 мм, металл, 116 мм, блистер, GALANT, 170385</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным механизмом типа CROSS. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954007</t>
   </si>
   <si>
     <t>&lt;a href="/brands/galant/"&gt;GALANT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9fd/76yvr0jbk4yjg36rpnxsggx99xi7iwu9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/695/zm81f7b3nhtx9bkmn5ux0xsbgx9tsybi.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, СИНИЙ, пишущий узел 0,7 мм, металл, 98 мм, блистер, GALANT, 170384</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21d/quir5b66ske8j9qs5tyy7zzoiqg5wq1b.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, СИНИЙ, пишущий узел 1 мм, металл, 98 мм, блистер, GALANT, 170383</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d82/3vwq9ve6gtnsiebwbeff908i989iqy2t.jpg</t>
@@ -3552,65 +3497,50 @@
   <si>
     <t>956427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/261/qwu7m2mvnhu68a0l1vrl0y2kqmlcn6s6.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;UrbanWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>956428</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;UrbanWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>956429</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea7/fv48yg2hao4xwfh4ummr7tbw6w4jdvyh.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/835/q3muc3028knorwxb62mtlfwkx1qvp6ln.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый 143мм PILOT RFN-GG- M для ручки BPS-GP-M син 0,27мм, 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый 143мм PILOT RFN-GG- M для ручки BPS-GP-M син 0,27мм, 2шт/уп</t>
   </si>
   <si>
     <t>964958</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a68/4nponaxipx4t69xo6kmmx2t4991prpmy.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot, синий, 2шт., 144мм, 0,5мм, европодвес</t>
   </si>
   <si>
     <t>969437</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/649/qlr40xf6br1l21i13eyutv3u82vy7j7s.jpg</t>
@@ -3897,62 +3827,50 @@
   <si>
     <t>Стержень шариковый BRAUBERG  quot;X-ONE quot; 142 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, 143991</t>
   </si>
   <si>
     <t>Сменный стержень BRAUBERG &amp;quot;X-ONE&amp;quot; для шариковых ручек. Походит для ручек серии &amp;quot;X-ONE&amp;quot; и других брендов с соответствующими параметрами. Сменный стержень длиной 142 мм снабжен швейцарским стандартным наконечником фирмы PREMEC и заправлен немецкими чернилами на масляной основе DOKUMENTAL. Специальная технология FEEL INK гарантирует легкое и ультра мягкое письмо без каких-либо усилий. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>997167</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/278/1gmkyrkrppogsyctxeycoo6lja82amt1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, KOH-I-NOOR, СИНИЙ, пластиковый, 98 мм, линия 0,8 мм, 4441E01002KS</t>
   </si>
   <si>
     <t>Сменный стержень KOH-I-NOOR для автоматических ручек с поворотным или нажимным механизмом типа PARKER позволит пользоваться своей любимой ручкой даже тогда, когда в ней закончились чернила. Длина металлического стержня – 98 мм. Диаметр пишущего узла – 1,6 мм. Имеет стандартный наконечник. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>998463</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/395/mvsbcp7wxtpfalsyxm0fcqjh3u9jxep4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/578/ojr1x4ywift77jf2shlb55apkzbjo24n.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG 142 мм, СИНИЙ, стандартный узел 1,0 мм, линия письма 0,5 мм, 170403</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Длина стержня составляет 142 мм. Диаметр пишущего узла – 1,0 мм, что создает ровную линию письма толщиной 0,5 мм. Корпус стержня прозрачный, изготовлен из пластика. Стержень оснащен стандартным наконечником. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>1005913</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2af/c653lesbmhmd0d5jnc98wcq3ug6y2vuw.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG 135 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,5 мм, 170401</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG на масляной основе для шариковых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла – 0,7 мм, что создает ровную линию письма толщиной 0,5 мм. Масляные чернила в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил – синий. Поставляется в индивидуальной упаковке &amp;#40;пакет&amp;#41;.</t>
   </si>
   <si>
     <t>1005914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/854/fl2qmlx4j8an34v5rmpd63ib6rzc17fs.jpg</t>
@@ -4044,59 +3962,50 @@
   <si>
     <t>СТЕРЖЕНЬ  quot;Felicita quot;. ШАРИКОВЫЙ 116 ММ, 0,7 ММ, В БЛИСТЕРЕ, 2 ШТ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;Felicita&amp;quot;. ШАРИКОВЫЙ 116 ММ, 0,7 ММ, В БЛИСТЕРЕ, 2 ШТ, СИНИЙ</t>
   </si>
   <si>
     <t>1008503</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/999/c6ofn0pnjpawmqwydbd5dibcl8x5bp34.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;BasicWrite.Zefir quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;BasicWrite.Zefir&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008504</t>
   </si>
   <si>
-    <t>СТЕРЖЕНЬ  quot;Carrara quot; ШАРИКОВЫЙ, 138 ММ, 0,38 ММ, СИНИЙ</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/591/vemrv9odpdgwkjqrvs5q6orrs4a5tig1.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite&amp;quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1008507</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/666/sa2uwb4f3pds555kkm2t0soc1yewab2r.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite.Gold quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite.Gold&amp;quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32a/75784n7p065tchb78cfenqrh6bkcmbcd.jpeg</t>
@@ -4329,123 +4238,111 @@
   <si>
     <t>1008529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a6/n7rb4dyjnkg8d03vujaa007sli8tahtv.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot; quot;Primavera quot; ШАРИКОВЫЙ 132 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot;/&amp;quot;Primavera&amp;quot; ШАРИКОВЫЙ 132 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008530</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot; quot;Primavera quot; ШАРИКОВЫЙ, 136 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot;/&amp;quot;Primavera&amp;quot; ШАРИКОВЫЙ, 136 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008531</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/483/p1eraub1k9hh8ozl1d4xqualzblw1wh3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>СТЕРЖЕНЬ  quot;UrbanClick quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ , 107 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>Стержень с чернилами на масляной основе разработан для использования в ручках серии UrbanClick ТМ Bruno Visconti. Благодаря уникальному составу чернил, основанному на масле, он плавно скользит по поверхности бумаги, обеспечивая легкое и приятное письмо. Пишущий узел диаметром 0,7 мм формирует изящную линию шириной 0,5 мм. Длина стержня составляет 107 мм, что обеспечивает его оптимальную совместимость с корпусами ручек серии UrbanClick.</t>
   </si>
   <si>
     <t>1009900</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanClick quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ , 107 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1009901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d9/tpmmsvbqmlnfaakclivy912iu30oo270.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый BRAUBERG  quot;X-ERASE quot; 111 мм, синий, стандартный узел 0,7 мм, 170409</t>
   </si>
   <si>
     <t>Стержень пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное можно восстановить при температуре ниже –18 °С. Возможно многократное стирание. Длина стержня 111 мм отлично подходит для стираемых гелевых ручек BRAUBERG &amp;quot;X-ERASE&amp;quot;. При письме и стирании стержень не повреждает бумагу, делая исправления незаметными. Пишущий узел диаметром 0,7 мм создает тонкую линию письма 0,5 мм.</t>
   </si>
   <si>
     <t>1010645</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e28/eb4wwql73xapkdqw27tq2g8p37jqtf4l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/446/cfy3iulm1nh1v9kab111rvizgf7x5cx9.jpg</t>
   </si>
   <si>
     <t>Стержни шариковые масляные BRAUBERG  quot;WRITING 3.0 quot;, мягкое письмо, 140 мм, КОМПЛЕКТ 10 ШТ., СИНИЕ, игольчатый узел 0,5 мм, 170414</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Набор из 10 классических стержней для шариковых масляных ручек. Преимущество стержня на масляной основе в технологии &amp;quot;WRITING 3.0&amp;quot;, которая обеспечивает плавное и гладкое письмо. Длина стержня – 140 мм. Игольчатый наконечник 0,5 мм создает тонкую линию письма равную 0,25 мм. Стержень идеально подходит к серии ручек BRAUBERG 927 PRO.</t>
   </si>
   <si>
     <t>1012517</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcd/3tkra8075lcqn0g7x9zprisz9inj1a01.jpg</t>
   </si>
   <si>
     <t>Стержни шариковые масляные с ушками BRAUBERG  quot;WRITING 3.0 quot;, 107 мм, КОМПЛЕКТ 10 ШТ., СИНИЕ, игольчатый узел 0,5 мм, 170415</t>
   </si>
   <si>
     <t>Сменный стержень для шариковых автоматических ручек BRAUBERG обеспечивает тонкое и ровное письмо. Набор из 10 классических стержней для автоматических ручек. Преимущество стержня на масляной основе в технологии &amp;quot;WRITING 3.0&amp;quot; обеспечивает плавное и гладкое письмо. Длина стержня 107 мм. Игольчатый наконечник 0,5 мм создает тонкую линию письма равную 0,25 мм. Стержень идеально подходит к серии автоматических ручек BRAUBERG A-30.</t>
   </si>
   <si>
     <t>1012518</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b58/4nzap7v6yevu9db7wqe39inzi33tlzul.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный MUNHWA  quot;MC Gold quot;, 142 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, RF-02</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный MUNHWA &amp;quot;MC Gold&amp;quot; подходит для ручек других производителей с соответствующими параметрами.</t>
+  </si>
+  <si>
+    <t>1015491</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4772,57 +4669,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J371"/>
+  <dimension ref="A1:J363"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G371" sqref="G371"/>
+      <selection pane="bottomRight" activeCell="G363" sqref="G363"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -5247,1629 +5144,1629 @@
       </c>
       <c r="G21" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>86</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>101</v>
-      </c>
-[...16 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C28" s="1" t="s">
         <v>116</v>
       </c>
+      <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="C32" s="1"/>
+      <c r="D32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>86</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1"/>
+      <c r="D33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C34" s="1"/>
-[...3 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="3" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C35" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>144</v>
+      </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>149</v>
+        <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>150</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>161</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>100</v>
+        <v>191</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>149</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F48" s="3" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>195</v>
+        <v>96</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>33</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>207</v>
+        <v>96</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>208</v>
+        <v>101</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>213</v>
+        <v>101</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="3" t="s">
-        <v>105</v>
+        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>118</v>
+        <v>49</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>49</v>
+        <v>236</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>50</v>
+        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>208</v>
+        <v>101</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>243</v>
+        <v>114</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>244</v>
+        <v>101</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>237</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>244</v>
+        <v>114</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>118</v>
+        <v>290</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F71" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G71" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>297</v>
+        <v>114</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>310</v>
+        <v>114</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>118</v>
+        <v>290</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>297</v>
+        <v>20</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>20</v>
+        <v>114</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>337</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>118</v>
+        <v>290</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>297</v>
+        <v>20</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>349</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>353</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>20</v>
+        <v>290</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>357</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>361</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>365</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>297</v>
+        <v>14</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
+        <v>290</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>373</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>377</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>25</v>
       </c>
     </row>
@@ -6955,942 +6852,942 @@
       </c>
       <c r="E96" s="3" t="s">
         <v>393</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>394</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>395</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>401</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>118</v>
+        <v>14</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>402</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>403</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>405</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>20</v>
+        <v>114</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="C100" s="1"/>
+      <c r="C100" s="1" t="s">
+        <v>408</v>
+      </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="C101" s="1" t="s">
         <v>411</v>
       </c>
+      <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>412</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="C102" s="1"/>
+      <c r="C102" s="1" t="s">
+        <v>415</v>
+      </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>148</v>
+        <v>20</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>149</v>
+        <v>101</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="C103" s="1" t="s">
         <v>418</v>
       </c>
+      <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>419</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>420</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>421</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>423</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>195</v>
+        <v>114</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>430</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>148</v>
+        <v>191</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>149</v>
+        <v>33</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>435</v>
+        <v>141</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>213</v>
+        <v>439</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="C109" s="1" t="s">
         <v>441</v>
       </c>
+      <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>442</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>149</v>
+        <v>204</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>213</v>
+        <v>141</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>452</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>105</v>
+        <v>204</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>453</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>454</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>459</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>464</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>466</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>468</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>469</v>
+        <v>140</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B117" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="F117" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" s="3" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>477</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>310</v>
+        <v>478</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>469</v>
+        <v>303</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>310</v>
+        <v>478</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>469</v>
+        <v>303</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>469</v>
+        <v>140</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>25</v>
+        <v>141</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>149</v>
+        <v>101</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>105</v>
+        <v>515</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>518</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>523</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>525</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>118</v>
+        <v>473</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>526</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>527</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>528</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>464</v>
+        <v>236</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>530</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>531</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>534</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>535</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>536</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>537</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>538</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>539</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>540</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>542</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>543</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>544</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>545</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>546</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>547</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>548</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>549</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G137" s="3" t="s">
@@ -7918,5342 +7815,5158 @@
       </c>
       <c r="G138" s="3" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>556</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>559</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
         <v>560</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>561</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>563</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>564</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>567</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>568</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>571</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>572</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>573</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>574</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>575</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
         <v>576</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>578</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>579</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
         <v>580</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>581</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>582</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>584</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>585</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>587</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
         <v>588</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
         <v>592</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>593</v>
       </c>
       <c r="C148" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>596</v>
+        <v>114</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>518</v>
+        <v>101</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C149" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="F149" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G149" s="3" t="s">
-        <v>601</v>
+        <v>515</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="G150" s="3" t="s">
         <v>604</v>
-      </c>
-[...10 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B151" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F151" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>230</v>
+        <v>604</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B152" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C152" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F152" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>601</v>
+        <v>222</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B153" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="C153" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F153" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>230</v>
+        <v>604</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B154" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="C154" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F154" s="3" t="s">
-        <v>464</v>
+        <v>599</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B155" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="C155" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F155" s="3" t="s">
-        <v>118</v>
+        <v>473</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>105</v>
+        <v>204</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B156" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>628</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
         <v>629</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>631</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>632</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>596</v>
+        <v>114</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>435</v>
+        <v>101</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>633</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C158" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F158" s="3" t="s">
-        <v>596</v>
+        <v>114</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>435</v>
+        <v>101</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B159" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F159" s="3" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>641</v>
+        <v>101</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="B160" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F160" s="3" t="s">
-        <v>550</v>
+        <v>599</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>230</v>
+        <v>439</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="B161" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F161" s="3" t="s">
-        <v>550</v>
+        <v>599</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>208</v>
+        <v>439</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G162" s="3" t="s">
         <v>651</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="C163" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>655</v>
-      </c>
-[...7 lines deleted...]
-        <v>657</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="C164" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>659</v>
-      </c>
-[...7 lines deleted...]
-        <v>661</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C165" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>663</v>
-      </c>
-[...7 lines deleted...]
-        <v>665</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C166" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>667</v>
-      </c>
-[...7 lines deleted...]
-        <v>669</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C167" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>671</v>
-      </c>
-[...7 lines deleted...]
-        <v>673</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>551</v>
+        <v>222</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>675</v>
-      </c>
-[...7 lines deleted...]
-        <v>677</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>551</v>
+        <v>231</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="C169" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="D169" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="C169" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F169" s="3" t="s">
-        <v>49</v>
+        <v>550</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>50</v>
+        <v>231</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="C170" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>683</v>
-      </c>
-[...7 lines deleted...]
-        <v>685</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>25</v>
+        <v>551</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C171" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>687</v>
-      </c>
-[...7 lines deleted...]
-        <v>689</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="C172" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>691</v>
-      </c>
-[...7 lines deleted...]
-        <v>693</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>694</v>
+        <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>695</v>
-      </c>
-[...10 lines deleted...]
-        <v>698</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>435</v>
+        <v>551</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>699</v>
-      </c>
-[...10 lines deleted...]
-        <v>702</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C175" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>704</v>
-      </c>
-[...7 lines deleted...]
-        <v>706</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>25</v>
+        <v>439</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="C176" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>710</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C177" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>712</v>
-      </c>
-[...7 lines deleted...]
-        <v>714</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="B178" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>716</v>
-      </c>
-[...4 lines deleted...]
-        <v>717</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>25</v>
+        <v>700</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B179" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>720</v>
-      </c>
-[...4 lines deleted...]
-        <v>721</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>25</v>
+        <v>222</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="C180" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>723</v>
-      </c>
-[...7 lines deleted...]
-        <v>725</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>435</v>
+        <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="C181" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F181" s="3" t="s">
-        <v>730</v>
+        <v>550</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="B182" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F182" s="3" t="s">
-        <v>464</v>
+        <v>550</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>213</v>
+        <v>439</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="F183" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G183" s="3" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="C184" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="D184" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F184" s="3" t="s">
-        <v>550</v>
+        <v>473</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>551</v>
+        <v>204</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="C185" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F185" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>551</v>
+        <v>101</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="C186" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="C186" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F186" s="3" t="s">
-        <v>750</v>
+        <v>550</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>15</v>
+        <v>551</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C187" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F187" s="3" t="s">
-        <v>750</v>
+        <v>478</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>213</v>
+        <v>551</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="F188" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G188" s="3" t="s">
-        <v>213</v>
+        <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C189" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="D189" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F189" s="3" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>25</v>
+        <v>204</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C190" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="D190" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F190" s="3" t="s">
-        <v>297</v>
+        <v>756</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C191" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F191" s="3" t="s">
-        <v>297</v>
+        <v>736</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C192" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="D192" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F192" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C193" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="D193" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F193" s="3" t="s">
-        <v>15</v>
+        <v>290</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C194" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F194" s="3" t="s">
-        <v>550</v>
+        <v>290</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="C195" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="C195" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F195" s="3" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C196" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="C196" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F196" s="3" t="s">
-        <v>310</v>
+        <v>550</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B197" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C197" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F197" s="3" t="s">
-        <v>100</v>
+        <v>303</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="B198" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="C198" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F198" s="3" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="C199" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="C199" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F199" s="3" t="s">
-        <v>550</v>
+        <v>140</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>551</v>
+        <v>439</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="C200" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F200" s="3" t="s">
-        <v>550</v>
+        <v>96</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>551</v>
+        <v>25</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C201" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F201" s="3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B202" s="1" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>14</v>
+        <v>550</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>33</v>
+        <v>204</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>812</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>815</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>118</v>
+        <v>550</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>15</v>
+        <v>551</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>816</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C204" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F204" s="3" t="s">
-        <v>148</v>
+        <v>290</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>518</v>
+        <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B205" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F205" s="3" t="s">
-        <v>550</v>
+        <v>14</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>435</v>
+        <v>33</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C206" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>825</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F206" s="3" t="s">
-        <v>550</v>
+        <v>114</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="C207" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>829</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F207" s="3" t="s">
-        <v>550</v>
+        <v>140</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>25</v>
+        <v>515</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="C208" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="D208" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>833</v>
-      </c>
-[...7 lines deleted...]
-        <v>835</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>694</v>
+        <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="C209" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>837</v>
-      </c>
-[...7 lines deleted...]
-        <v>839</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>551</v>
+        <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="C210" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>841</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F210" s="3" t="s">
-        <v>49</v>
+        <v>550</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>50</v>
+        <v>700</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="C211" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>845</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F211" s="3" t="s">
-        <v>100</v>
+        <v>550</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="C212" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>849</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F212" s="3" t="s">
-        <v>852</v>
+        <v>49</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>853</v>
       </c>
-      <c r="B213" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F213" s="3" t="s">
-        <v>852</v>
+        <v>96</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>25</v>
+        <v>541</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="C214" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>857</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="F214" s="3" t="s">
         <v>858</v>
-      </c>
-[...7 lines deleted...]
-        <v>860</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F215" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="C216" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="C216" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F216" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="C217" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="C217" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F217" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="C218" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F218" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B219" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C219" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="C219" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F219" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="C220" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>881</v>
       </c>
-      <c r="C220" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F220" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="C221" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>885</v>
       </c>
-      <c r="C221" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F221" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C222" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="C222" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F222" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="C223" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="C223" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F223" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C224" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="C224" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F224" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C225" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>901</v>
       </c>
-      <c r="C225" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F225" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="C226" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>905</v>
       </c>
-      <c r="C226" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F226" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="C227" s="1" t="s">
         <v>908</v>
-      </c>
-[...4 lines deleted...]
-        <v>906</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>909</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
         <v>910</v>
       </c>
       <c r="B228" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="C228" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F228" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G228" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="C229" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>915</v>
       </c>
-      <c r="C229" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F229" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G229" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="C230" s="1" t="s">
         <v>918</v>
-      </c>
-[...4 lines deleted...]
-        <v>916</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>919</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G230" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B231" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>921</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F231" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="C232" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>925</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F232" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="C233" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>929</v>
       </c>
-      <c r="C233" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F233" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C234" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>933</v>
       </c>
-      <c r="C234" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F234" s="3" t="s">
-        <v>148</v>
+        <v>858</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="B235" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F235" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G235" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C236" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="D236" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="F236" s="3" t="s">
         <v>941</v>
-      </c>
-[...7 lines deleted...]
-        <v>943</v>
       </c>
       <c r="G236" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C237" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="C237" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F237" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="C238" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>949</v>
       </c>
-      <c r="C238" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F238" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="C239" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>953</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F239" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G239" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C240" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>957</v>
       </c>
-      <c r="C240" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F240" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G240" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="C241" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="D241" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>961</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F241" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G241" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="C242" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>965</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F242" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G242" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="C243" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>969</v>
       </c>
-      <c r="C243" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F243" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="C244" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="C244" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F244" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G244" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C245" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>977</v>
       </c>
-      <c r="C245" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F245" s="3" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="G245" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>980</v>
       </c>
-      <c r="B246" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F246" s="3" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="G246" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>984</v>
-      </c>
-[...10 lines deleted...]
-        <v>987</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>944</v>
+        <v>985</v>
       </c>
       <c r="B248" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>988</v>
-      </c>
-[...7 lines deleted...]
-        <v>990</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C249" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="D249" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>992</v>
-      </c>
-[...7 lines deleted...]
-        <v>994</v>
       </c>
       <c r="F249" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>996</v>
-      </c>
-[...7 lines deleted...]
-        <v>998</v>
       </c>
       <c r="F250" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="C251" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>1000</v>
-      </c>
-[...7 lines deleted...]
-        <v>1002</v>
       </c>
       <c r="F251" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C252" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>1004</v>
-      </c>
-[...7 lines deleted...]
-        <v>1006</v>
       </c>
       <c r="F252" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C253" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>1008</v>
-      </c>
-[...7 lines deleted...]
-        <v>1010</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>1011</v>
-      </c>
-[...10 lines deleted...]
-        <v>1014</v>
       </c>
       <c r="F254" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>1015</v>
-      </c>
-[...10 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>964</v>
+        <v>1016</v>
       </c>
       <c r="B256" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F256" s="3" t="s">
-        <v>15</v>
+        <v>550</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="F257" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G257" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1026</v>
       </c>
-      <c r="B258" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F258" s="3" t="s">
-        <v>1029</v>
+        <v>49</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1030</v>
       </c>
-      <c r="B259" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F259" s="3" t="s">
-        <v>148</v>
+        <v>736</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F260" s="3" t="s">
         <v>1034</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G260" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="B261" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F261" s="3" t="s">
-        <v>730</v>
+        <v>49</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="G262" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G263" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="B264" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F264" s="3" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="G264" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C265" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="D265" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>1052</v>
-      </c>
-[...7 lines deleted...]
-        <v>1054</v>
       </c>
       <c r="F265" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C266" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="D266" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1056</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F266" s="3" t="s">
-        <v>15</v>
+        <v>221</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C267" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1060</v>
       </c>
-      <c r="C267" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F267" s="3" t="s">
-        <v>15</v>
+        <v>221</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="B268" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F268" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G268" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1074</v>
+        <v>1070</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>15</v>
+        <v>231</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>1084</v>
+        <v>140</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>207</v>
+        <v>1034</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>208</v>
+        <v>541</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>207</v>
+        <v>290</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>208</v>
+        <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1093</v>
+        <v>1087</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>148</v>
+        <v>1090</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>1044</v>
+        <v>114</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>541</v>
+        <v>15</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="B279" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F279" s="3" t="s">
-        <v>297</v>
+        <v>114</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1105</v>
       </c>
-      <c r="B280" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F280" s="3" t="s">
-        <v>1108</v>
+        <v>1034</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1109</v>
+        <v>1061</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>15</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1075</v>
+        <v>1116</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>118</v>
+        <v>1127</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>1130</v>
+        <v>551</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1131</v>
       </c>
-      <c r="B287" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F287" s="3" t="s">
-        <v>118</v>
+        <v>1127</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>105</v>
+        <v>237</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C288" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1135</v>
       </c>
-      <c r="C288" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F288" s="3" t="s">
-        <v>118</v>
+        <v>1127</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>105</v>
+        <v>237</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C289" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="C289" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F289" s="3" t="s">
-        <v>1142</v>
+        <v>1127</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>551</v>
+        <v>237</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="B290" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F290" s="3" t="s">
-        <v>1142</v>
+        <v>941</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1142</v>
+        <v>941</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>244</v>
+        <v>70</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1142</v>
+        <v>941</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>244</v>
+        <v>70</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>1142</v>
+        <v>941</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>244</v>
+        <v>70</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1159</v>
+        <v>1151</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>943</v>
+        <v>114</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>70</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>943</v>
+        <v>114</v>
       </c>
       <c r="G296" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>943</v>
+        <v>114</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B298" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="B298" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C298" s="1" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>943</v>
+        <v>114</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1178</v>
+        <v>1173</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1179</v>
+        <v>1173</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1180</v>
+        <v>1174</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>550</v>
+        <v>114</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>1181</v>
+        <v>70</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>1186</v>
+        <v>231</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1187</v>
+        <v>1178</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1188</v>
+        <v>1179</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1188</v>
+        <v>1179</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1189</v>
+        <v>1180</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>70</v>
+        <v>222</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1190</v>
+        <v>1181</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1191</v>
+        <v>1182</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>118</v>
+        <v>550</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>70</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1194</v>
+        <v>1187</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1194</v>
+        <v>1188</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1195</v>
+        <v>1189</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>118</v>
+        <v>550</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>70</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1196</v>
+        <v>1190</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1197</v>
+        <v>1191</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>118</v>
+        <v>550</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>70</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>207</v>
+        <v>941</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>208</v>
+        <v>70</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="B306" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F306" s="3" t="s">
-        <v>207</v>
+        <v>941</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C307" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1206</v>
       </c>
-      <c r="C307" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F307" s="3" t="s">
-        <v>550</v>
+        <v>140</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>1209</v>
+        <v>50</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="B308" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F308" s="3" t="s">
-        <v>550</v>
+        <v>941</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>1209</v>
+        <v>70</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="B309" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F309" s="3" t="s">
-        <v>550</v>
+        <v>941</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>1218</v>
+        <v>70</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>70</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1226</v>
+        <v>1222</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>70</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1228</v>
+        <v>1224</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>148</v>
+        <v>941</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1234</v>
+        <v>1230</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G313" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1236</v>
+        <v>1232</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>943</v>
+        <v>550</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>70</v>
+        <v>551</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>1209</v>
+        <v>91</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>1209</v>
+        <v>91</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1247</v>
+        <v>1243</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1249</v>
+        <v>1245</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1250</v>
+        <v>1246</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>550</v>
+        <v>941</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>551</v>
+        <v>91</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1261</v>
+        <v>1257</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1262</v>
+        <v>1258</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G321" s="3" t="s">
         <v>1263</v>
-      </c>
-[...16 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1267</v>
       </c>
-      <c r="B322" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F322" s="3" t="s">
-        <v>943</v>
+        <v>49</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1271</v>
       </c>
-      <c r="B323" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F323" s="3" t="s">
-        <v>943</v>
+        <v>550</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>95</v>
+        <v>222</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1275</v>
       </c>
-      <c r="B324" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F324" s="3" t="s">
-        <v>943</v>
+        <v>550</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1279</v>
       </c>
-      <c r="B325" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F325" s="3" t="s">
-        <v>943</v>
+        <v>550</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1283</v>
-      </c>
-[...10 lines deleted...]
-        <v>1286</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>550</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>1287</v>
+        <v>439</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>49</v>
+        <v>599</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1294</v>
+        <v>1290</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1295</v>
+        <v>1291</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>550</v>
+        <v>599</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>244</v>
+        <v>70</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1296</v>
+        <v>1292</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1298</v>
+        <v>1294</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1299</v>
+        <v>1295</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>550</v>
+        <v>599</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1303</v>
+        <v>1299</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>550</v>
+        <v>599</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1304</v>
+        <v>1300</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>550</v>
+        <v>1303</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="G332" s="3" t="s">
         <v>1308</v>
-      </c>
-[...16 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1312</v>
       </c>
-      <c r="B333" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F333" s="3" t="s">
-        <v>596</v>
+        <v>941</v>
       </c>
       <c r="G333" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1316</v>
       </c>
-      <c r="B334" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F334" s="3" t="s">
-        <v>596</v>
+        <v>941</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="B335" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F335" s="3" t="s">
-        <v>596</v>
+        <v>941</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1324</v>
       </c>
-      <c r="B336" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F336" s="3" t="s">
-        <v>596</v>
+        <v>941</v>
       </c>
       <c r="G336" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1328</v>
       </c>
-      <c r="B337" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F337" s="3" t="s">
-        <v>1331</v>
+        <v>941</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="B338" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F338" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>1336</v>
+        <v>70</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1338</v>
+        <v>1334</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1340</v>
+        <v>1336</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1342</v>
+        <v>1339</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1343</v>
+        <v>1340</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1344</v>
       </c>
-      <c r="B341" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F341" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G341" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1348</v>
       </c>
-      <c r="B342" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F342" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1352</v>
       </c>
-      <c r="B343" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F343" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G343" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1356</v>
       </c>
-      <c r="B344" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F344" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G344" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1360</v>
       </c>
-      <c r="B345" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F345" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>70</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1364</v>
+        <v>1151</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1365</v>
+        <v>1361</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1366</v>
+        <v>1362</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1367</v>
+        <v>1363</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G346" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1368</v>
+        <v>1364</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1369</v>
+        <v>1365</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1370</v>
+        <v>1366</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1371</v>
+        <v>1367</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G347" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1373</v>
+        <v>1369</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1374</v>
+        <v>1370</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G348" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1377</v>
+        <v>1373</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1378</v>
+        <v>1374</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G349" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1380</v>
+        <v>1376</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>70</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>70</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1388</v>
+        <v>1151</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1389</v>
+        <v>1384</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1391</v>
+        <v>1386</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>1336</v>
+        <v>70</v>
       </c>
     </row>
     <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1170</v>
+        <v>1387</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1394</v>
+        <v>1390</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1395</v>
+        <v>1364</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G354" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1400</v>
+        <v>1395</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1402</v>
+        <v>1397</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G355" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G356" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1407</v>
+        <v>1309</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>1336</v>
+        <v>70</v>
       </c>
     </row>
     <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1411</v>
+        <v>1394</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1412</v>
+        <v>1405</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1413</v>
+        <v>1406</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1414</v>
+        <v>1407</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>1336</v>
+        <v>70</v>
       </c>
     </row>
     <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1170</v>
+        <v>1394</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1415</v>
+        <v>1408</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1416</v>
+        <v>1406</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="G359" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1419</v>
+        <v>1411</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1420</v>
+        <v>1412</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1421</v>
+        <v>1413</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>943</v>
+        <v>550</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
     </row>
     <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1395</v>
+        <v>1414</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1422</v>
+        <v>1415</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1423</v>
+        <v>1416</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1424</v>
+        <v>1417</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>943</v>
+        <v>550</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>70</v>
+        <v>237</v>
       </c>
     </row>
     <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1425</v>
+        <v>1418</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1426</v>
+        <v>1419</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1428</v>
+        <v>1421</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>943</v>
+        <v>550</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>70</v>
+        <v>237</v>
       </c>
     </row>
     <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1429</v>
+        <v>1422</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1431</v>
+        <v>1424</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1432</v>
+        <v>1425</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>943</v>
+        <v>191</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>70</v>
-[...183 lines deleted...]
-        <v>244</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">