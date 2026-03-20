--- v1 (2025-12-20)
+++ v2 (2026-03-20)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1346">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/001/rvms0c2ou8su1j7c0dmumns9b2yegv3f.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. BEIFA 106 мм синий: LAK1394-BL штр.: 6924246170980</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Beifa 106 мм, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>Стержни</t>
@@ -275,65 +284,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5be/6ifab3oxm1cnsq1os72vmgdlaflbsxzh.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Elantra синий 0,70 мм Elantra blue</t>
   </si>
   <si>
     <t>105123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9df/w97jm37kd1rvpw0gvkquiq3jm1mwrgeu.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. inФОРМАТ 152 мм 0,7 мм синий: BS12B штр.: 4602723010852</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень inФОРМАТ 152 мм, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105127</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/67d/3nb7oyhi650cbtbu62yod3kzw0oat19y.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. inФОРМАТ металл. тип Cross 116 мм 0,7 мм синий: BS05-B штр.: 4602723009597</t>
+  </si>
+  <si>
+    <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень 116 мм, &amp;#40;тип Cross&amp;#41;, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
+  </si>
+  <si>
+    <t>105131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b6/wwb7s8py58jmr8k65wt12vshu2750s15.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. inФОРМАТ тип Parker 98 мм 0,7 мм синий метал. корпус: BS03-B штр.: 4602723009573</t>
+  </si>
+  <si>
+    <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень 98 мм &amp;#40;тип Parker&amp;#41;, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
+  </si>
+  <si>
+    <t>105133</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d4a/1epmm17p7zkdj0k9sr99c8vcpec2gte5.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. inФОРМАТ тип Parker 98 мм 0,7 мм черный метал. корпус: BS03-K штр.: 4602723009580</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень 98 мм &amp;#40;тип Parker&amp;#41;, черный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105134</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d0a/tuzz0lh1wpuq2r9nb2vk320oshujk4pr.jpg</t>
   </si>
   <si>
     <t>Стержень гел. CROWN 138 мм 0,7 мм белый: HJR-200P бел штр.: -</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Crown 138 мм, белый полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105144</t>
   </si>
   <si>
     <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25b/5jj5a8vbgwgsiqtsbj0ijtkdapjurca2.jpg</t>
   </si>
   <si>
     <t>Стержень Crown,крас.   HJR-200 к</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Crown 138 мм, красный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105149</t>
@@ -440,74 +473,50 @@
   <si>
     <t>Стержень гелевый inФОРМАТ 0,60 мм черный 127 мм   GS01-K</t>
   </si>
   <si>
     <t>117532</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ef/1efc03b59b0cd2551582dff39f8ff085.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый  quot;Perfect quot;,  quot;Silver quot;,  quot;Standart quot;,  quot;TC gel quot;,  quot;Ultra quot;, синий, 131мм, 0,5мм: CSg_51272 штр.:  4260107469605</t>
   </si>
   <si>
     <t>Стержень гелевый &amp;quot;Perfect&amp;quot;, &amp;quot;Silver&amp;quot;, &amp;quot;Standart&amp;quot;, &amp;quot;TC gel&amp;quot;, &amp;quot;Ultra&amp;quot;, синий, 131мм, 0,5мм: CSg_51272 Подходит для использования в гелевых ручках Perfect, Silver, Standard, TC gel, Ultra. Диаметр пишущего узла - 0,5 мм. Упаковка - каждый стержень в пакете, 36 стержней в картонной коробке.</t>
   </si>
   <si>
     <t>212387</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/faf/faf393b04f19db3ba2a4ea416a7cd3c6.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/940/940bbd69367060f519e25a9e4053cae0.jpg</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки  quot;Frixion quot; синий, 111мм, 0,7мм: BLS-FR7-L штр.:  4902505337666</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки &amp;quot;Frixion&amp;quot; синий, 111мм, 0,7мм: BLS-FR7-L Пишущий узел&amp;nbsp;&amp;nbsp;из нержавеющей стали&amp;nbsp;&amp;nbsp;с шариком из карбида вольфрама.&amp;lt;br/&amp;gt;Используется для ручки BL-FR-7 “Frixion”.</t>
   </si>
   <si>
     <t>215848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a9/0a91e0fb8091b543b79ec9487a0ddda9.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый игольчатый черный, 138мм, 0,7мм: HJR-200N штр.:  8803654014407</t>
   </si>
   <si>
     <t>Стержень гелевый игольчатый черный, 138мм, 0,7мм: HJR-200N</t>
   </si>
   <si>
     <t>219549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/306/30685deb6641134585213b9a8156cc3a.jpg</t>
@@ -533,50 +542,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f2b/f2b505333b1ba7811ea8b90ed42a29ed.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый зеленый, 138мм, 0,5мм: HJR-200 штр.:  8803654002848</t>
   </si>
   <si>
     <t>Стержень гелевый зеленый, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235258</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bd/3bd8582e8631b327ba234fe0a10d7c49.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый красный, 138мм, 0,5мм: HJR-200 штр.:  8803654006532</t>
   </si>
   <si>
     <t>Стержень гелевый красный, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235259</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/236/236b16f9c752529b235805d8f00b3515.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый металлик золото, 138мм, 0,7мм: HJR-200GSM штр.:  8803654003357</t>
+  </si>
+  <si>
+    <t>Стержень гелевый металлик золото, 138мм, 0,7мм: HJR-200GSM</t>
+  </si>
+  <si>
+    <t>235260</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a22/a22e2f4ad19c088ee93c046931cc0322.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый металлик серебро, 138мм, 0,7мм: HJR-200GSM</t>
   </si>
   <si>
     <t>235261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/467/467f344cb6fe391041768b0cbac62623.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 138мм, 0,5мм: HJR-200 штр.:  8803654001063</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d7/6d785d43a9be5543a51fb26b149c52c1.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый фиолетовый, 138мм, 0,7мм: HJR-200H</t>
@@ -614,212 +635,194 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ae/3ae408fba661dbdbe7c2412cf305d1d6.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый  quot;Option quot;,  quot;MC Gоld quot; синий, 142мм, 0,5мм: RF-02 штр.:  8801006208320</t>
   </si>
   <si>
     <t>Стержень шариковый &amp;quot;Option&amp;quot;, &amp;quot;MC Gоld&amp;quot; синий, 142мм, 0,5мм: RF-02</t>
   </si>
   <si>
     <t>235270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37e/37efa7144d4ffdf813c158db2fc0ebf1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый  quot;Option quot;,  quot;MC Gоld quot; черный, 142мм, 0,5мм: RF-01 штр.:  8801006208337</t>
   </si>
   <si>
     <t>Стержень шариковый &amp;quot;Option&amp;quot;, &amp;quot;MC Gоld&amp;quot; черный, 142мм, 0,5мм: RF-01</t>
   </si>
   <si>
     <t>235271</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fe1/fe1f387ce2a3c7cf3ece064ea05604ed.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый синий, 135мм, 1мм: СТ11</t>
+  </si>
+  <si>
+    <t>235272</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1a1/1a13bf1d237ca910c3bb5354a4eea914.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки синий, 110мм, 0,7мм: AJ-200 штр.:  8803654004873</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки синий, 110мм, 0,7мм: AJ-200</t>
   </si>
   <si>
     <t>235330</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abd/abdb91f4912d73806a3d375fb25af3a4.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки черный, 110мм, 0,7мм: AJ-200 штр.:  8803654001841</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки черный, 110мм, 0,7мм: AJ-200</t>
   </si>
   <si>
     <t>235331</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4a1/4a1a6b6e5a800d156f2b830521a1d469.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fc4/fc4886a62fb7440f0b07340d932f76c2.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 129мм, 0,5мм: BLS-G1-5-L штр.:  4902505133589</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 129мм, 0,5мм: BLS-G1-5-L</t>
   </si>
   <si>
     <t>235427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/deb/deb187cd8c1a0a16c3fa69b73ba75a1f.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый синий, 107мм, 1мм, с ушком: СТ01 штр.:  4620000632580</t>
   </si>
   <si>
     <t>Стержень шариковый синий, 107мм, 1мм, с ушком: СТ01</t>
   </si>
   <si>
     <t>235472</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2fa/2fa2639d1cbafe54c04fddfcf24290d7.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный  quot;4442 quot; синий, 98мм, 0,8мм, металл.корпус: 4442E01002KSRU штр.:  8593539619338</t>
   </si>
   <si>
     <t>Стержень шариковый объемный &amp;quot;4442&amp;quot; синий, 98мм, 0,8мм, металл.корпус: 4442E01002KSRU</t>
   </si>
   <si>
     <t>235561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c35/c35438a4779b588665c5ddf8eb55ec68.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый  quot;Оптима quot; синий, 134мм, 0,7мм, на масляной основе: СТ35</t>
   </si>
   <si>
     <t>Стержень шариковый &amp;quot;Оптима&amp;quot; синий, 134мм, 0,7мм, на масляной основе: СТ35</t>
   </si>
   <si>
     <t>235924</t>
   </si>
   <si>
-    <t>300</t>
-[...14 lines deleted...]
-    <t>&lt;a href="/brands/pierre-cardin/"&gt;Pierre Cardin&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/f0a/f0a7085a1c0b0c3d5c269084f629fff4.jpg</t>
+  </si>
+  <si>
+    <t>Стержень Pilot BRFN-10M, синий, диам  шар - 1.0мм, толщ лин 0.32 мм штр.  4902505283642, 4902505283673</t>
+  </si>
+  <si>
+    <t>Стержень для роллера Pilot синего цвета, толщина линии письма - 0,32 мм, длина стержня - 135 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
+  </si>
+  <si>
+    <t>250710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e18/e189710838194a10eca3ae600c5320a0/e7bf518b0be31cf3006121171455f4bf.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелев. 110мм PILOT BLS-G2-5 синий для автоматич. 0,3мм штр.  4902505163241, 4902505163272</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки Pilot синего цвета, толщина линии письма - 0,3 мм, длина стержня - 110 мм. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила высыхают быстро, предотвращая размазывание. Позволяет писать не только на бумаге, но и на других поверхностях, например, металле, стекле.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/752/752cef4b3c2abb20ac32bd9d711d14dd/4617777fd62c50017e3e0c305e4bc90d.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелев. 110мм PILOT BLS-G2-5 черный для автоматич. 0,3мм штр.  4902505163227, 4902505163258</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки Pilot черного цвета, толщина линии письма - 0,3 мм, длина стержня - 110 мм. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила высыхают быстро, предотвращая размазывание. Позволяет писать не только на бумаге, но и на других поверхностях, например, металле, стекле.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e0/9e0c7a046e0988932fc0e7d5bdd511f0/d9dab12eec767af7c79fd61ab5d97d21.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелев. 110мм wz-306 для 389765, 389766 синий 0,5 мм штр.  2000200084044</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 110 мм.</t>
+  </si>
+  <si>
+    <t>250716</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0a/f0a7085a1c0b0c3d5c269084f629fff4.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/871/871fef68f5185cd92e4e7cb477ab334d/9327f32ff73c3c18396ce2e36411e83c.jpg</t>
   </si>
   <si>
     <t>Стержень гелев. 111мм PILOT BLS-FRP-5 для Frixion Point крас 0,25мм штр.  4902505399329</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки Pilot красного цвета, толщина линии письма - 0,25 мм, длина стержня - 111 мм. Стираемые чернила. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила высыхают быстро, предотвращая размазывание. Позволяет писать не только на бумаге, но и на других поверхностях, например, металле, стекле.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a86/a866d5d524df4dc9c6f948abc05029da/f2b9259c1fd44674941e35b8a0fc25a7.jpg</t>
   </si>
   <si>
     <t>Стержень гелев. 111мм PILOT BLS-FRP-5 для Frixion Point синий 0,25мм штр.  4902505399336, 4902505399534</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки Pilot синего цвета, толщина линии письма - 0,25 мм, длина стержня - 111 мм. Стираемые чернила. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила высыхают быстро, предотвращая размазывание. Позволяет писать не только на бумаге, но и на других поверхностях, например, металле, стекле.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250720</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5aa/5aa0aa4589337b8c6c39df87ff9e132a/841498920ca0e46b7fe816cfc3d98f84.jpg</t>
@@ -887,50 +890,62 @@
   <si>
     <t>Стержень гелев. 129мм PILOT BLS-G3-38 для G-3 черный 0,2мм Япония штр.  4902505210020, 4902505210068</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки Pilot черного цвета, толщина линии письма - 0,2 мм, длина стержня - 129 мм. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила высыхают быстро, предотвращая размазывание. Позволяет писать не только на бумаге, но и на других поверхностях, например, металле, стекле.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250727</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ba/8ba382e64b1687b6526c1bbd4b66d885/b9d0481aa5c951b6ecc190c150ca709c.jpg</t>
   </si>
   <si>
     <t>Стержень гелев. 139мм Attache зеленый 0,5мм штр.  2000200043263, 4607121537208</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки с чернилами зеленого цвета, толщина линии письма - 0,5 мм, длина стержня - 139 мм.</t>
   </si>
   <si>
     <t>250732</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4d9/4d9a4705b8598b86868d7df60c04041f/346ef8f5b4bdb5198ca00c0a8fd630d8.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелев. 139мм Attache красный 0,5мм штр.  2000200043256, 4607121537192</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки с чернилами красного цвета, толщина линии письма - 0,5 мм, длина стержня - 139 мм.</t>
+  </si>
+  <si>
+    <t>250733</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a68/a6847b5b6dedfec31c9c72743a300657/453b51e4f3e4489b37628a6848d5da50.jpg</t>
   </si>
   <si>
     <t>Стержень гелев. 139мм Attache синий 0,5мм штр.  1469043200164, 2000200046790, 4607121537178</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 139 мм.</t>
   </si>
   <si>
     <t>250734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ac/6ac2d7d069670dfa28b465d0607f642e/e0e4396658c000f29f9255b022ffa718.jpg</t>
   </si>
   <si>
     <t>Стержень гелев. 139мм Attache черный 0,5мм штр.  2000200043249, 4607121537185</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки с чернилами черного цвета, толщина линии письма - 0,5 мм, длина стержня - 139 мм.</t>
   </si>
   <si>
     <t>250735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c6/1c66454e77155ba3d686aa6e8d338f21/121b32efdc67cc4c504bf2e53b31a908.jpg</t>
@@ -1052,62 +1067,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/061/061aef0d13e2789b891d80f2f2a17de8/f94eb6fddfafd3e173df0c462245dbcd.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 133мм Attache  тип Pilot  синий 0,5мм маслян.Россия штр.  2000200047759, 4690432010645</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки типа Pilot, с чернилами синего цвета на масляной основе, толщина линии письма - 0,5 мм, длина стержня - 133 мм.</t>
   </si>
   <si>
     <t>250776</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d1/8d121ff378c6439a619f2d25df992e4a/802bc6fc15a3857208b6ebc6c123149b.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 135мм Х 10 синий Россия штр.  2000200112815</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 1 мм, длина стержня 135 мм.</t>
   </si>
   <si>
     <t>250778</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7e7/7e78a190f606034f1d5fad83fdfdb3ca/974059f50d54c902183639477a0853d1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/819/819d05790b23fffba3fcc805d3285754/78773e82115f03742695fd912aefeb6a.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 140мм X 10S Attache красный Россия. штр.  2000200065951</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами красного цвета, толщина линии письма - 0,5 мм, длина стержня - 140 мм.</t>
   </si>
   <si>
     <t>250784</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acd/acd8f07dfc8d0daaea203ca6b66acb37/483e500ffae291e12b90d1e72de67506.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый Attache синий 140 мм  толщина линии 0,5 мм </t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня 140 мм.</t>
   </si>
   <si>
     <t>250785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f8/4f807a21719e500c8f8cbbe69890c89d/8d0c5ea8819276730ea4d714616e1920.jpg</t>
@@ -1148,120 +1151,75 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c47/c47bf3a19c31288b23f8f75697dc2efa/9d705d7608e750c7e23931eb9aa679fd.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 144мм PILOT RFJ-GP-F для BPS-GP-F красный 0,32мм штр.  4902505138591, 4902505138652</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки Pilot RFJ-GPF с чернилами красного цвета, толщина линии письма - 0,32 мм, длина стержня - 144 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c62/c6290330a5258bf57d90892211fb4133/3a83f91f7f5c19ac0f81daabf1b653fc.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 152мм Х 10S  тип Corvina  красный Россия штр.  2000200067740</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки типа Corvina с чернилами красного цвета, толщина линии письма - 0,7 мм, длина стержня 152 мм.</t>
   </si>
   <si>
     <t>250803</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bdc/bdc7047b84c65653322173f1062ece24/6f582b41632a3d1710cbb72ee757dbb2.jpg</t>
-[...32 lines deleted...]
-    <t>250810</t>
+    <t>http://anytos.ru//upload/iblock/258/25886720a9474c4f2936d2b416d1bc3f/7236c6cf4061c12a9d39fc31695f07d2.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. 98мм ICO Silver синий 0,5 мм  тип Parker  Венгрия штр.  5728072149810, 5990172149810, 5997072149810</t>
+  </si>
+  <si>
+    <t>Стержень для шариковых ручек ICO Silver типа Parker с чернилами синего цвета. Толщина линии письма - 0,5 мм, длина стержня - 98 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250809</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ico/"&gt;ICO&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e56/e565a761e04a44754c56f026770cf00f/96faee5fec6e9ee1fcd8b4e34d4efc10.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/933/933c0c2988f673bf371f4fbdae27114e/44b68f436b2d591cc6f1370db96806c1.jpg</t>
   </si>
   <si>
     <t>Стержень шарик.115мм Pilot BRFV-10F синий 0,28мм Япония штр.  4902505376108, 4902505376139</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки Pilot BRFV-10F с чернилами синего цвета, толщина линии письма - 0,28 мм, длина стержня - 115 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250826</t>
-  </si>
-[...10 lines deleted...]
-    <t>250828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0d/b0d8a660d821e983c8d970a24014d61f/8514b3d892291cdb7bb178750e7132d9.jpg</t>
   </si>
   <si>
     <t>Стержень шарик.144мм PILOT RFJ-GP-F для BPS-GP-F черный 0,32мм штр.  4902505138645</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки Pilot RFJ-GP-F с чернилами черного цвета, толщина линии письма - 0,32 мм, длина стержня - 144 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250832</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c24/owyzmm7kqmcfap3ejoy560am71fr2bxt.jpg</t>
   </si>
   <si>
     <t>Стержень гел. BERKLY 139 мм 0,5 мм красн.: УГ 139-03 штр.: 4607121539165</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень гелевый 0,5 мм красный 139 мм полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей</t>
   </si>
   <si>
     <t>331575</t>
   </si>
@@ -1386,116 +1344,104 @@
   <si>
     <t>338972</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97a/4mthvg5o4xmo3in6pe3zh4atig8kls6t.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый  quot;Hi-Jell Color quot; светло-зеленый, 138мм, 0,7мм HJR-200H</t>
   </si>
   <si>
     <t>338973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/881d5349f717602e1f7626fa5b3e1d56.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки  quot;G-2 quot; 110мм, 0,5мм, синий BLS-G2-5-L</t>
   </si>
   <si>
     <t>Стержень для автоматической гелевой ручки &amp;quot;G-2&amp;quot;. Наконечник из нержавеющей стали, шарик из карбида вольфрама</t>
   </si>
   <si>
     <t>338974</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/854/85495148307ce8e40db87297397dbc23.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f60/f609437f539ebb4a5760c41e1d140c8c.jpg</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки Berlingo  quot;Correct quot; синий, 111мм, 0,7мм CSe_60001</t>
   </si>
   <si>
     <t>Стержень для стираемой гелевой ручки &amp;quot;Correct&amp;quot;. Диаметр пишущего узла - 0,6 мм. Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением &amp;#40;встроенным в колпачок ручки ластиком&amp;#41;. Обесцвеченные чернила проявляются при температуре ниже -18°С . Возможность многократного стирания и написания текста. Количество циклов написания/стирания ограничено износостойкостью бумаги. Цвет чернил - синий. Упаковка в индивидуальный пакетик с европодвесом, 50 штук - в картонной коробке.</t>
   </si>
   <si>
     <t>340968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/7f3b918e85fda7d38e450e9d43f1d682.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Uni  quot;Jetstream SX-101-07 quot; синий, 143мм, 0,7мм 70271</t>
   </si>
   <si>
     <t>Сменный стержень для неавтоматических ручек SX-101-07</t>
   </si>
   <si>
     <t>349441</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f9/6f903c25b437e1c3ed472b9dd2fb5e32.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace синий, 129мм, 0,7мм 245921</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек OfficeSpace &amp;#40;GLL10_1329 GPA100/BU_1714&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>350279</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/932/9325fc596a242779d7ed0bdcb60e9302.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый OfficeSpace черный, 129мм, 0,7мм 245920</t>
+  </si>
+  <si>
+    <t>Предназначен для замены исписанного стержня гелевых ручек OfficeSpace &amp;#40;GLL10_1331, GPA100/BK_1717&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
+  </si>
+  <si>
+    <t>350280</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f0/4f0fc1762c6de5abab181f364490894b.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный Schneider  quot;Express 735 quot; синий, 98мм, 1,0мм 7363</t>
   </si>
   <si>
     <t>Универсальный металлический стержень большой емкости формата ISO 12757-2 G2 &amp;#40;для документов&amp;#41;. Чернила водостойкие. Четкий штрих длиной примерно&amp;nbsp;&amp;nbsp;10 000 метров. Износостойкий пишущий узел из нержавеющей стали M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Универсальная форма, обеспечивающая возможность использования в различных моделях &amp;#40;система Plug&amp;#43;Play&amp;#41;.</t>
   </si>
   <si>
     <t>350284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/214/21415ca4786ab3ed7b158705158638d7.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace красный, 129мм, 0,7мм 245922</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек OfficeSpace &amp;#40;GPA100/RD_1720&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>353621</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/488/488ca7a0abca342df0a80ba8a12e5f02.jpg</t>
@@ -1584,1041 +1530,885 @@
   <si>
     <t>150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fab/fab40db0ffda4b3677ae4cff0025350a.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Berlingo  quot;Starlight quot;,  quot;Funline quot;, синий, 140 мм., 0,7мм. CSb_70250</t>
   </si>
   <si>
     <t>Стержень шариковый Berlingo, 0,7&amp;nbsp;&amp;nbsp;мм, с игольчатым наконечником. Цвет чернил - синий. Длина стержня&amp;nbsp;&amp;nbsp;- 140 мм. Подходит для ручек &amp;quot;Starlight&amp;quot;, &amp;quot;Funline&amp;quot;. Упаковка в картонную коробку по 50 шт., каждый стержень с индивидуальном пакетике с европодвесом.</t>
   </si>
   <si>
     <t>370655</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e68/e68dd1c49aa398d1e8bf9f033f73ee1e/2e171e77202df4c7e2585d9b81c2c59e.jpg</t>
   </si>
   <si>
     <t>Стержень гелев. 111мм PILOT BL-FR7-G для Frixion зеленый 0,35мм</t>
   </si>
   <si>
     <t>376627</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f09/f093c376fd4e3d76a0fcef2fea7f6e3f/bae6a06bba08d84d844c01d21a6cf8c3.jpg</t>
-[...50 lines deleted...]
-    <t>376646</t>
+    <t>http://anytos.ru//upload/iblock/2df/2df9ea35491b134ced558960c18f04f5/bd50e5952c47f4b83754cfae4b46d4bc.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. 136мм для ручки Elementary 0,5мм, синий, 10шт. уп.</t>
+  </si>
+  <si>
+    <t>Стержень шарик. 136мм для ручки Elementary 0,5мм, синий, 10шт./уп.</t>
+  </si>
+  <si>
+    <t>376650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40f/usj0vw6hdvtfdnnzd667oszpj2zf3iga.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 110 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, GP107R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству автоматических гелевых ручек. Длина стержня составляет 110 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет евронаконечник. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>386408</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c8/ixz8sq0ovavcyjauxlsjp95k5qj5xq3e.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 110 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,35 мм, GP108R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству автоматических гелевых ручек. Длина стержня составляет 110 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет евро-наконечник. Цвет чернил – черный.</t>
+  </si>
+  <si>
+    <t>386409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/576/gerfn5w5pxji697tdej87f9kdaf3j7by.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 130 мм, КРАСНЫЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP106R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - красный.</t>
+  </si>
+  <si>
+    <t>386410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb3/47gut9qtny99oeb2dyr2291rkmib539o.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 130 мм, КРАСНЫЙ, узел 0,5 мм, линия письма 0,35 мм, GP103R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет евронаконечник. Цвет чернил - красный.</t>
+  </si>
+  <si>
+    <t>386411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65a/rwhrrbs090wurh89e68bzo7v0l8avlni.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 130 мм, СИНИЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP104R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>386412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/639/t6b52pdvqm02udo5dx0dvyfj73ga7q4s.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 130 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, GP101R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>386413</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a9/b8yyqvnfrp12comxojy1gbt2knxiwq0a.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 130 мм, ЧЕРНЫЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP105R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - чёрный.</t>
+  </si>
+  <si>
+    <t>386414</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/200/hucjkgmicrmlgl37hjeql01le3xi8px1.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый BRAUBERG 130 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,35 мм, GP102R</t>
+  </si>
+  <si>
+    <t>Стержень BRAUBERG с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - чёрный.</t>
+  </si>
+  <si>
+    <t>386415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/79e/kouojlsj5gb55xbxowr3844jym9twanu.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый PILOT, 110 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G2-5</t>
+  </si>
+  <si>
+    <t>Стержень для автоматических гелевых ручек PILOT.</t>
+  </si>
+  <si>
+    <t>386426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5e/2i1z1j4m39yr2ugzmyb459thure9xeub.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый PILOT, 110 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G2-5</t>
+  </si>
+  <si>
+    <t>Стержень для автоматических гелевых ручек.</t>
+  </si>
+  <si>
+    <t>386427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80f/lxwqlhoo6s1kea2gv6axre8alau79oeg.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый PILOT, 128 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G1-5</t>
+  </si>
+  <si>
+    <t>Гелевые стержни PILOT обеспечивают мягкое и тонкое письмо.</t>
+  </si>
+  <si>
+    <t>386429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/206/g4fui9sg7li7bpo1paalr8n4310k11wz.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый PILOT, 128 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G1-5</t>
+  </si>
+  <si>
+    <t>386430</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74b/8ig4cbtfbixwopgrrkv50ltgyfjcrqxx.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый STAFF, 135 мм, КРАСНЫЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, 170230</t>
+  </si>
+  <si>
+    <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - красный.</t>
+  </si>
+  <si>
+    <t>386431</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afb/sxiluvbilhty4b0125nks61ylk1th3vf.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый STAFF, 135 мм, КРАСНЫЙ, узел 0,5 мм, линия письма 0,35 мм, 170233</t>
+  </si>
+  <si>
+    <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет евронаконечник. Цвет чернил - красный.</t>
+  </si>
+  <si>
+    <t>386432</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d4/1cmp8ek29oexe526kmbwevb5y1ra6zqb.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый STAFF, 135 мм, СИНИЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, 170228</t>
+  </si>
+  <si>
+    <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>386433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51c/g2xu26v8km5swwswl83r6ev72caaf2jj.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый STAFF, 135 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, 170231</t>
+  </si>
+  <si>
+    <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет евронаконечник. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>386434</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27c/2hlqfeml9qgrtabeer8z4f0urlqj3smq.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый STAFF, 135 мм, ЧЕРНЫЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, 170229</t>
+  </si>
+  <si>
+    <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил – черный.</t>
+  </si>
+  <si>
+    <t>386435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24a/w5jio494dyatqg8d600nadvmshpd5fvx.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый STAFF, 135 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,35 мм, 170232</t>
+  </si>
+  <si>
+    <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - чёрный.</t>
+  </si>
+  <si>
+    <t>386436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b9/7gqcqctd0veiwxl9mxhu2w99e1ppxe60.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый UNI-BALL  Япония , 110 мм, СИНИЙ, узел 0,7 мм, линия письма 0,4 мм, UMR-87 BLUE</t>
+  </si>
+  <si>
+    <t>Качественный стержень для гелевых ручек с наконечником из нержавеющей стали.</t>
+  </si>
+  <si>
+    <t>386437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db4/opt2q92z8k9qbud6r70ws9xp0h8sy14m.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, СИНИЙ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BLS-FRP-5</t>
+  </si>
+  <si>
+    <t>Для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов. Стержень не вызывает при письме неудобств, чертит и рисует четкие линии в любых направлениях. Чернила поступают на бумагу равномерно.</t>
+  </si>
+  <si>
+    <t>386442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbe/kt9yr7jc9xbyk9n1dhdmu9szo19e51x2.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, СИНИЙ, узел 0,7 мм, линия письма 0,35 мм, BLS-FR-7</t>
+  </si>
+  <si>
+    <t>Сменный стержень на масляной основе для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов.</t>
+  </si>
+  <si>
+    <t>386443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d46/4jtgxclymnlu1pdan8xqr5s4dh1w584g.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, ЧЕРНЫЙ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BLS-FRP-5</t>
+  </si>
+  <si>
+    <t>386444</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e0/fgrjzfafcdf89jts1nnvhgdvdj74ss1m.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, ЧЕРНЫЙ, узел 0,7 мм, линия письма 0,35 мм, BLS-FR-7</t>
+  </si>
+  <si>
+    <t>386445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/254/3b2yjnnfb3amapmc7pccm6j1k15s6fer.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый STAFF 130 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,35 мм, GP110R</t>
+  </si>
+  <si>
+    <t>Стержень STAFF &amp;quot;College&amp;quot; со специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - чёрный. Специальные гелевые чернила, стираемые при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное легко восстанавливается при температуре ниже – 18 °С. Возможно многократное стирание.</t>
+  </si>
+  <si>
+    <t>386447</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e7/2xvx8f2goy2rearl67dq4rn156sahdm8.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BEIFA  Бэйфа , 142 мм, СИНИЙ, узел 0,7 мм, линия письма 0,5 мм, AA134-BL</t>
+  </si>
+  <si>
+    <t>Качественный стержень с евронаконечником предназначен для шариковых ручек.</t>
+  </si>
+  <si>
+    <t>386449</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b0/8g2hopy7tvgplelwpgv0yzvvg6w72jrf.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG 140 мм, СИНИЙ, узел 1 мм, линия письма 0,5 мм, 170177</t>
+  </si>
+  <si>
+    <t>Сменный стержень для шариковых ручек BRAUBERG обеспечивает тонкое и ровное письмо. Длина стержня составляет 140 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>386453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/085/w64zk2p7uj052g85df9pzb2qgn2v1wa3.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG 140 мм, ЧЕРНЫЙ, узел 1 мм, линия письма 0,5 мм, 170178</t>
+  </si>
+  <si>
+    <t>Сменный стержень для шариковых ручек BRAUBERG обеспечивает тонкое и ровное письмо. Длина стержня составляет 140 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - чёрный.</t>
+  </si>
+  <si>
+    <t>386454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/142/6uee4e2e1cyg9z4uayuknmfz26gb1p3a.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG 152 мм, КРАСНЫЙ, узел 1 мм, линия письма 0,5 мм, BP104R</t>
+  </si>
+  <si>
+    <t>Сменный стержень для шариковых ручек BRAUBERG обеспечивает тонкое и ровное письмо. Длина стержня составляет 152 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - красный. Чернила от немецкой компании DOKUMENTAL.</t>
+  </si>
+  <si>
+    <t>386455</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c5/np2qut3k48b1xej4fhvahk6n2kri9eo7.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG 152 мм, СИНИЙ, узел 1 мм, линия письма 0,5 мм, BP102R</t>
+  </si>
+  <si>
+    <t>Сменный стержень для шариковых ручек BRAUBERG обеспечивает тонкое и ровное письмо. Длина стержня составляет 152 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - синий. Чернила от немецкой компании DOKUMENTAL.</t>
+  </si>
+  <si>
+    <t>386456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d8/dymci013p2qk4auu71l2b00jsnu7e81t.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG 152 мм, ЧЕРНЫЙ, узел 1 мм, линия письма 0,5 мм, BP103R</t>
+  </si>
+  <si>
+    <t>Сменный стержень для шариковых ручек BRAUBERG обеспечивает тонкое и ровное письмо. Длина стержня составляет 152 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - чёрный. Чернила от немецкой компании DOKUMENTAL.</t>
+  </si>
+  <si>
+    <t>386457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f16/aziuwf4e9o5t8ezf7ndgyzffr25b95an.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG, металлический, 116 мм, тип CROSS, узел 1 мм, упаковка с подвесом, синий, 170201</t>
+  </si>
+  <si>
+    <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным механизном типа CROSS. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 1 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/882/w8bbdjg52wa1x53z0gy413eqmv6m8nlk.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG, тип PARKER, металлический, 98 мм, линия письма 0,5 мм, подвес, синий, 170199</t>
+  </si>
+  <si>
+    <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386459</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/308/xdqpzv3iya3606vvrbfy73wk1h1d52jo.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG, тип PARKER, металлический, 98 мм, линия письма 0,5 мм, подвес, черный, 170200</t>
+  </si>
+  <si>
+    <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным или нажимным механизном типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет стандартный наконечник. Цвет чернил - чёрный. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386460</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aed/7zo4umntslddwidozxo6t5kelwom3p43.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый KOH-I-NOOR, тип PARKER, металлический, 98 мм, линия 0,8 мм, синий, 4442E01002KSRU</t>
+  </si>
+  <si>
+    <t>Стержень шариковый, металлический корпус, KOH-I-NOOR для ручек Parker.</t>
+  </si>
+  <si>
+    <t>386466</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3be/o3gx6dh9v3mwbxt7ww8006zjxzeiarjq.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG  quot;Oil Base quot;, 140 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 170221</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый BRAUBERG &amp;quot;Oil Base&amp;quot; на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Игольчатый пишущий узел позволяет без лишних усилий выводить четкие линии. Длина стержня составляет 140 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий. Чернила производства немецкой компании Dokumental.</t>
+  </si>
+  <si>
+    <t>386475</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c40/jpo2027tsw28t1reci2b9le191xggovq.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG металлический, 116 мм, тип CROSS, узел 1 мм, с подвесом, синий, 170350</t>
+  </si>
+  <si>
+    <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным механизном типа CROSS с чернилами на масляной основе. Технология мягкого письма &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое, чёткое и ровное письмо без усилий. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386476</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f34/5ba0kh9fh4tlae32js9n1quu0afpd2fd.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, 107 мм, ЧЕРНЫЙ, с ушками, игольчатый узел 0,7 мм, линия письма 0,35 мм, OBPR108R</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый масляный BRAUBERG обеспечивает мягкое и комфортное письмо благодаря чернилам пониженной вязкости &amp;#40;на масляной основе&amp;#41;. Длина стержня составляет 107 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - чёрный. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/044/h1tact6nye4cis7y1ys3nzs6o2m6qnhk.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, 140 мм, КРАСНЫЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, OBPR105R</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый BRAUBERG на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Длина стержня составляет 140 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - красный. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386482</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c9/ktz00kdbgxy500j81klss5mnn280jh19.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, 140 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, OBPR101R</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый BRAUBERG на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Длина стержня составляет 140 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f98/n4pupawc3suxrhie7j9f7lb1mw4enpmg.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, 140 мм, ЧЕРНЫЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, OBPR104R</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый BRAUBERG на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Длина стержня составляет 140 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - чёрный. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/082/ut6r5og7o2sjcotl2dufywkz2bu8fj44.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, 145 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,3 мм, 170213</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый BRAUBERG на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Игольчатый пишущий узел позволяет без лишних усилий выводить четкие линии. Длина стержня составляет 145 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386485</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, 145 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, OBPR102R</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый BRAUBERG на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Длина стержня составляет 145 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80e/quogzohg6l3nhkh6ui0gr2zl1r5bmz8y.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, 152 мм, СИНИЙ, узел 0,7 мм, линия письма 0,35 мм, OBPR103R</t>
+  </si>
+  <si>
+    <t>Сменный стержень шариковый BRAUBERG на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Длина стержня составляет 152 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386487</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52d/kt650gzxytgrc1g63mtwif5piikbhsri.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, тип PARKER, пластиковый, 98 мм, линия письма 0,5 мм, подвес, синий, 170348</t>
+  </si>
+  <si>
+    <t>Сменный стержень пластиковый BRAUBERG для автоматических ручек с поворотным или нажимным механизном типа PARKER. Технология мягкого письма &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое, чёткое и ровное письмо без усилий. Длина стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Корпус изготовлен из пластика. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386488</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/872/ask1fmh3h66kucqx4e7be7th5picxnol.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный PENSAN  quot;Global-21 quot;, 138 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, 2221</t>
+  </si>
+  <si>
+    <t>Сменный шариковый стержень PENSAN с чернилами на масляной основе длиной 138 мм. Швейцарский никелево-серебряный стандартный наконечник обеспечит более качественное и долговечное письмо, а в совокупности с масляными чернилами пониженной вязкости гарантирует письмо без пропусков. Пишущий узел толщиной 0,5 мм проводит линию 0,3 мм.Стержень идеально подойдет для ручки PENSAN &amp;quot;Global-21&amp;quot;.</t>
+  </si>
+  <si>
+    <t>386494</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pensan/"&gt;PENSAN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aeb/d0njijn6bgdyirjx7bq04c0eone56kqg.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный UNI  quot;JetStream quot;, 112 мм, СИНИЙ, узел 0,7 мм, линия письма 0,35 мм, SXR-71-07 BLUE</t>
+  </si>
+  <si>
+    <t>Качественный стержень для шариковых масляных ручек с наконечником из нержавеющей стали. Шарик из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>386502</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f3/sr06q0ucvr0ap1dyk991ajxfaorjd9ll.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный UNI  quot;JetStream quot;, 143 мм, СИНИЙ, узел 0,7 мм, линия письма 0,35 мм, SXR-72-07 BLUE</t>
+  </si>
+  <si>
+    <t>Качественный стержень для масляных ручек с наконечником из нержавеющей стали. Шарик стержня из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>386504</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8dc/ddmltc71spdghqozu6as0qkrpntm8lw4.jpg</t>
+  </si>
+  <si>
+    <t>Стержни шариковые BRAUBERG, НАБОР 5 шт., 107 мм, СИНИЕ, узел 0,7 мм, линия письма 0,35 мм, 170192</t>
+  </si>
+  <si>
+    <t>Набор классических качественных стержней с евронаконечником BRAUBERG предназначен для автоматических шариковых ручек. Длина стержня составляет 107 мм. Диаметр пишущего узла 0,7 мм создает ровную тонкую линию письма, равную 0,35 мм. Корпус изготовлен из пластика. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>386513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d4/3d4a575d64e5dbdb84a5d929563b7d90.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый OfficeSpace синий, игольчатый наконечник, 131мм, 0,5мм, стираемые чернила. 282063</t>
+  </si>
+  <si>
+    <t>Стержень для стираемых гелевых ручек. Термочувствительные чернила становятся невидимыми при нагревании. Упакован в индивидуальный пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>394050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de7/de7b75f7adad04b835cf9f98000091cb/fba9908d562d6c3f76ee7423f31c9531.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый 129мм Attache черный 0,5мм, 10шт уп</t>
+  </si>
+  <si>
+    <t>Стержень гелевый 129мм Attache черный 0,5мм, 10шт/уп</t>
+  </si>
+  <si>
+    <t>416340</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/824/hjbnibqyhrx6z1yuyrepqrgabuk03lo8.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный PENSAN  quot;My-Tech quot; 140 мм, СИНИЙ, узел 0,7 мм, линия 0,35 мм, 2240 R</t>
+  </si>
+  <si>
+    <t>Сменный шариковый стержень PENSAN &amp;quot;My-Tech&amp;quot; с чернилами на масляной основе. Швейцарский никелево-серебряный игольчатый наконечник обеспечит более качественное и долговечное письмо, а в совокупности с масляными чернилами пониженной вязкости гарантирует письмо без пропусков. Пишущий узел толщиной 0,7 мм проводит линию 0,35 мм.</t>
+  </si>
+  <si>
+    <t>434669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f7/0f7d0df5c000f13e0f95adc5efd94384/47b04f79b7a47f65cbcd67a7228f7d63.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый 129мм Attache синий 0,5мм, 10шт уп</t>
+  </si>
+  <si>
+    <t>Стержень гелевый 129мм Attache синий 0,5мм, 10шт/уп</t>
+  </si>
+  <si>
+    <t>439120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/249/249893e37793fd94a834c2fe5e51720c/237e87c615f7b0b3d31fbaf20e263e14.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для гел.ручки,110мм черн., 0,7 мм, 10шт уп</t>
+  </si>
+  <si>
+    <t>Стержень для гел.ручки,110мм черн., 0,7 мм, 10шт/уп</t>
+  </si>
+  <si>
+    <t>439121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/930/9304499596ad48535add70f4dbb7828b/50328e611e3ec72b9c7830d4efc55c30.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для гел.ручки,110мм синий, 0,7 мм, 10шт уп</t>
+  </si>
+  <si>
+    <t>Стержень для гел.ручки,110мм синий, 0,7 мм, 10шт/уп</t>
+  </si>
+  <si>
+    <t>439123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d3/hxjlqhxhhzjzs7murn47s7ckox12d6ft.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый BRAUBERG 142 мм, СИНИЙ, чернила DOCUMENTAL  Германия , евронаконечик, 0,35 мм,170373, BP109R</t>
+  </si>
+  <si>
+    <t>Сменный стержень BRAUBERG для шариковых ручек. Походит для ручек серии 927 и х-333. Длина стержня составляет 142 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Немецкие чернила DOKUMENTAL в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>459539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/364/3641292cabe646a76e5b1959fdd5248e/79e4898e4fbbef3fd969dcb45e15b8ae.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для роллера Schneider  quot;Topball 850 quot; синий, 110мм, 0,7мм</t>
+  </si>
+  <si>
+    <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Сменный стержень для ручек-роллеров Schneider серии Topball 811 и роллеров со сменным стержнем других производителей. Длина письма до 1 000 метров. Сделано в Германии!</t>
+  </si>
+  <si>
+    <t>560757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf3/cf3e12b57bf021ae668ac4013118c9e9/2d39eb2ff294d894d8227b600d3ad9c7.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для роллера Schneider  quot;Topball 850 quot; черный, 110мм, 0,7мм</t>
+  </si>
+  <si>
+    <t>560758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/c8e20745577849c83cd34e5224368dbe/21adf4a199c633c7149c7093d9cd33d7.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Crown  quot;Oil Jell quot; синий, 142мм, 0,7мм</t>
+  </si>
+  <si>
+    <t>Стержень для неавтоматической шариковой ручки с чернилами на масляной основе</t>
+  </si>
+  <si>
+    <t>560760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcf/bcf40b2920d6788dfa095f2824c51538/7b7d85211354d09ccbea9dc658d13331.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Schneider  quot;Office 765 quot; синий, 107мм, 1,0мм</t>
+  </si>
+  <si>
+    <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Износостойкий металлический стержень формата X20 для автоматических шариковых ручек Schneider серий K15, Fave, Suprimo, K20 Icy Colours, Haptify, Slider Rave и автоматических шариковых ручек других производителей. Быстросохнущие, свето- и водоустойчивые чернила соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Длина письма до 3 000 метров. Сделано в Германии!</t>
+  </si>
+  <si>
+    <t>560766</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/522/255rmptg91q7oir5k5jewum05p9lmqm4.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, тип PARKER, металлический, 98 мм, линия письма 0,5 мм, подвес, синий, 170346</t>
+  </si>
+  <si>
+    <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным или нажимным механизном типа PARKER. Технология мягкого письма &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое, чёткое и ровное письмо без усилий. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>565531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fee/feefe59062038b7d51869347b1d926f1/2578b85af24cb7b9694e3455a97648ed.jpg</t>
+  </si>
+  <si>
+    <t>Стержень маслян. осн, 0,5мм, 142мм, синий, для 709851</t>
+  </si>
+  <si>
+    <t>586010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d60/d601942c169848c2d6eb7ef11feba103/fd2140e78b4bd2a223c692eeccbc6d58.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Berlingo  quot;Tribase quot;,  quot;H-30 quot;,  quot;W-219 quot; черный, 140мм, 0,7мм</t>
+  </si>
+  <si>
+    <t>Шариковый стержень 0,7 мм. Длина - 140 мм. Предназначен для замены исписанных стержней в шариковых ручках Berlingo &amp;quot;Tribase&amp;quot;, &amp;quot;W-219&amp;quot;, &amp;quot;H-30&amp;quot;.&amp;nbsp;&amp;nbsp;Цвет чернил - чёрный. Упаковка в картонную коробку по 150 шт., каждый стержень в индивидуальном пакетике.</t>
+  </si>
+  <si>
+    <t>593799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c9/3c6lklgdirzv7e0kw6imujf63jdd32b3.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG 135 мм, СИНИЙ, чернила DOCUMENTAL  Германия , узел 1,0 мм, линия письма 0,5 мм, 170371, OBP119R</t>
+  </si>
+  <si>
+    <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 1,0 мм создает ровную линию письма, равную 0,5 мм. Специальные масляные чернила ультрапониженной вязкости DOKUMENTAL &amp;#40;Германия&amp;#41; в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>624048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ea/nwzhp43c676qj55d0waq17fnce3h6u8s.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG  quot;i-Rite GT quot; 140 мм, СИНИЙ, игольчатый узел 0,4 мм, линия письма 0,21 мм, 170377</t>
+  </si>
+  <si>
+    <t>Надежный сменный стержень BRAUBERG &amp;quot;i-Rite GT&amp;quot; для шариковых ручек. Длина стержня составляет 140 мм, подходит для ручек серии &amp;quot;i-Rite GT&amp;quot; и других ручек со стержнем аналогичной длины. Диаметр пишущего узла 0,4 мм создает тонкую линию письма, равную 0,21 мм. Специальные масляные чернила ультрапониженной вязкости в сочетании с качественным игольчатым наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>626915</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87b/ncatp7znuq1n5rr1xw8u9h8pgrbtz9f8.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG 118 мм, СИНИЙ, с ушками, узел 0,7 мм, линия письма 0,35 мм, 170359</t>
+  </si>
+  <si>
+    <t>Надежный сменный стержень BRAUBERG для автоматических шариковых ручек. Длина стержня составляет 118 мм, отлично подходит для автоматических ручек серии Extra Glide R. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Стержень снабжен игольчатым наконечником и заправлен чернилами синего цвета.</t>
+  </si>
+  <si>
+    <t>626917</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/365/mtr84cw95c7eq6tntcrd2smg9vcwgnzj.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный BRAUBERG, ЧЕРНЫЙ, тип PARKER, 98 мм, металлический корпус, линия письма 0,5 мм, 170347</t>
+  </si>
+  <si>
+    <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Технология мягкого письма &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое, чёткое и ровное письмо без усилий. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - чёрный. Поставляется в пакете с подвесом.</t>
+  </si>
+  <si>
+    <t>629792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6aa/6aa498711dc104f8e3284c3dc6a74fdf.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый объемный Koh-I-Noor синий, 98мм, 0,8мм, пластик. корпус</t>
+  </si>
+  <si>
+    <t>Объемный стержень в пластиковом корпусе для автоматической шариковой ручки</t>
+  </si>
+  <si>
+    <t>643956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c68/c6855679cb21216ccc156b2f1d172dd5.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Crown  quot;CEO Ball quot; синий, 117мм, 0,7мм.</t>
+  </si>
+  <si>
+    <t>Стержень для шариковой ручки</t>
+  </si>
+  <si>
+    <t>652806</t>
   </si>
   <si>
     <t>1000</t>
-  </si>
-[...934 lines deleted...]
-    <t>652806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/288/q0q6cqejj9xbd0f9u4aotp8j974tnwr4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый 128мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч. DV-12234.12236.12239 </t>
   </si>
   <si>
     <t>-длина стержня-128мм&lt;br /&gt;
  -пиш.узел-0,7мм&lt;br /&gt;
  -чернила синего цвета на масляной основе &amp;#40;можно использовать в ручки DV-12234.DV-12236.DV-12239&amp;#41;</t>
   </si>
   <si>
     <t>707683</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be3/38cyxeieucgnpr92s4sabqzz3tkuc53h.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый 138мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч.DV-12237.12238.12241 </t>
   </si>
   <si>
@@ -2825,500 +2615,509 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a32/z5b8p9j7crvqjehcpj1qofne2i6s52y1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый 98мм синий объем. пласт.  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Стержень шариковый&amp;nbsp;&amp;nbsp;98мм синий объемный&amp;nbsp;&amp;nbsp;пластиковый &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>707710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecf/el9ufd0gszvr3ly3s2f41oc1txt6ex7m.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый 132мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч. DV-12240 </t>
   </si>
   <si>
     <t>Упаковка: 14,4х4х4 см.</t>
   </si>
   <si>
     <t>707711</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b0a/rpq52wsp5ycuvwdcp2ggr401ip0r8qxg.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Berlingo  quot;Color Zone stick quot;,  quot;Ultra quot;, 0,7мм, пакет</t>
+  </si>
+  <si>
+    <t>Стержень для шариковых ручек Berlingo: Color Zone Stick и Ultra X2.&amp;nbsp;&amp;nbsp;Обеспечивает длину письма 2 500 метров.&amp;nbsp;&amp;nbsp;Уникальная запатентованная технология Smart Ink 2.0, обеспечивает лёгкое и приятное письмо за счёт использования чернил пониженной вязкости. А обновленная конструкция пишущего узла AFIT &amp;#40;от англ. &amp;quot;Anti-Fiber Intake&amp;quot; – препятствующий попаданию микро-частиц бумаги&amp;#41; позволяет ручке исписывать до конца даже самый большой запас чернил при любых обстоятельствах, в том числе и при использовании на не самой качественной бумаге. • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Длина линии письма: 2500 м, • Количество штук в упаковке: 1, • Тип упаковки: пакет.</t>
+  </si>
+  <si>
+    <t>718327</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bb2/3feqelpjz8ecfollat47v3fevrr5v90u.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT BLS-SNP5 для BLRT-SNP5 Synergy Point синий</t>
   </si>
   <si>
     <t>788614</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/345/t50enaxhd1qby5u117oqcj7m3btkb3lp.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;Egoiste quot; ГЕЛЕВЫЙ, 129 ММ, 0.5 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;Egoiste&amp;quot; ГЕЛЕВЫЙ, 129 ММ, 0.5 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>818714</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f24/6jgqv63thw7r7v2ysd3i8mllucni4bbd.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CityWrite quot; ШАРИКОВЫЙ, 135 ММ, 1.0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CityWrite&amp;quot; ШАРИКОВЫЙ, 135 ММ, 1.0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818715</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e8/ex0vygykjuhks3qtal9yc9vv60g0alb5.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SlimWrite HappyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SlimWrite/HappyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818716</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a5/96qw7hxq2xetjcn3fvb6jgnnpnu1phh7.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b5/ibj9bcyad4v16gop4gkyv21v0hddxt25.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>818719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba4/1hlkbhd9kn3i26sintcqmzd7dk0d56py.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;FunWrite quot; ШАРИКОВЫЙ 133 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;FunWrite&amp;quot; ШАРИКОВЫЙ 133 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818720</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/040/059x4vlt3gs90663wersfey87lb90btr.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;Palermo quot;,  quot;Dolce Vita quot;. ШАРИКОВЫЙ 117 ММ, 0,7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;Palermo&amp;quot;, &amp;quot;Dolce Vita&amp;quot;. ШАРИКОВЫЙ 117 ММ, 0,7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>818722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fb/9ljvvrausm9r6hib9nv4tdi54ipocnof.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЗЕЛЕНЫЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЗЕЛЕНЫЙ</t>
+  </si>
+  <si>
+    <t>818723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f09/evwu7usxzmjo1oidxo33628jq58jyctb.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, КРАСНЫЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, КРАСНЫЙ</t>
+  </si>
+  <si>
+    <t>818724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/282/ajzuqoi8fpba01puqx59s6cuxnl6fx7z.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;PrimeWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 136 ММ, 0,7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;PrimeWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 136 ММ, 0,7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>818728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a0/68ietcoqmxbd9vxupvjsor08o6d95oay.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;PrimeWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 136 ММ, 1,0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;PrimeWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 136 ММ, 1,0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>818729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09a/8g5kmewwaa51r00tn9olsyq9meg1psfs.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;San Remo quot;. ШАРИКОВЫЙ 99 ММ, 1,0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;San Remo&amp;quot;. ШАРИКОВЫЙ 99 ММ, 1,0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>840966</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;ArtClick quot; ШАРИКОВЫЙ 108 ММ, 0.5 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;ArtClick&amp;quot; ШАРИКОВЫЙ 108 ММ, 0.5 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>840967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afc/1fvwgo56ob3muzv32yb4nrbolgo30r4y.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;DeleteWrite&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ</t>
+  </si>
+  <si>
+    <t>840968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/298/h1axep1ujubrmt7twg6mkzflmb7717hc.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;Egoiste quot; ГЕЛЕВЫЙ, 129 ММ, 0.5 ММ, ЧЕРНЫЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;Egoiste&amp;quot; ГЕЛЕВЫЙ, 129 ММ, 0.5 ММ, ЧЕРНЫЙ</t>
+  </si>
+  <si>
+    <t>840969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c1/2jzhykb4edmapsal3eiq5zbo3xg58zp1.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;FreshWrite quot; ШАРИКОВЫЙ 135 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;FreshWrite&amp;quot; ШАРИКОВЫЙ 135 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>840970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e35/j10qywb8daps5epo9z1d23c2ajfkg3qb.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;Milano, Verona, Sienna,Bergamo, Portofino, San remo quot; ШАРИКОВЫЙ. 99 ММ, 1.0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;Milano, Verona, Sienna,Bergamo, Portofino, San remo&amp;quot; ШАРИКОВЫЙ. 99 ММ, 1.0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>840971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e7/fw98ci972be3vy2fyaj3tcjb41ygesfg.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;SimpleWrite quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;SimpleWrite&amp;quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>840973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdf/4s3qzhuon0jhqg7w5r96cerdbax9gnct.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;SimpleWrite quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;SimpleWrite&amp;quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
+  </si>
+  <si>
+    <t>840974</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1a7/7rkj21326xec9hhwu1c6fniq24qxux6b.jpeg</t>
   </si>
   <si>
-    <t>СТЕРЖЕНЬ  quot;FirstWrite MagicWrite quot; ШАРИКОВЫЙ 140 ММ, 0,5 ММ, СИНИЙ</t>
-[...148 lines deleted...]
-  <si>
     <t>СТЕРЖЕНЬ  quot;SoftWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SoftWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840975</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/941/avixp3215kpln5xp2h826sdz8fjngpzs.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;Sorrento quot;. РОЛЛЕР 110 ММ, 0.7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;Sorrento&amp;quot;. РОЛЛЕР 110 ММ, 0.7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840976</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da2/6astuuq7dr3e4j75xg6h7zm5d37xs0vi.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG  quot;Oxet quot; 130 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 170366</t>
   </si>
   <si>
     <t>Стержень BRAUBERG с масляными чернилами обеспечивает ровное, комфортное письмо. Подходит для большинства ручек с откручивающимся носиком. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>842153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afc/rc97xwd4n4mxi23jdq1n8c03nu35kqnq.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. LITE 142 мм., синий</t>
   </si>
   <si>
     <t>847645</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7b0/zttr1tpq0lmms313f19foz1a9o1n5x0t.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой стираемой ручки Berlingo  quot;Haze quot; синий, 130 мм, 0,5 мм.</t>
+  </si>
+  <si>
+    <t>Стираемый гелевый стержень для ручек серии Haze производится с термочувствительными гелевыми чернилами, которые обесцвечиваются при нагревании до 60 C трением встроенным в ручку ластиком и могут заново проявляться при охлаждении до -15 - 18 С. Длина письма стержня: 200 м. Цвет чернил: синий. Упакованы в индивидуальные пакетики с европодвесом и коробочку по 10 штук.</t>
+  </si>
+  <si>
+    <t>851138</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/873/o0hg9o5vohmfbu9zjtc0arrnm5a8jja9.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Koh-I-Noor металлический 0,8мм 4442 синий 4442E01002KSRU</t>
   </si>
   <si>
     <t>881861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dcd/kih55jeiz2qamslckr8ri2wy5on0kbnp.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PENSAN My-Tech 140мм масл,уз.0,7мм,лин.0,5мм син 2240 R</t>
   </si>
   <si>
     <t>Стержень шариковый PENSAN My-Tech 140мм масл,уз.0,7мм,лин.0,5мм син 2240/R</t>
   </si>
   <si>
     <t>881864</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/920/22nq22zbmogg670dp3s3imltwnfsj2d1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e6/l3rrn2w08b9rhjqdw3ywsm7sydksq71y.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Koh-I-Noor металлический 0,8 мм 4442 черный 4442D01005KS</t>
   </si>
   <si>
     <t>905337</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ecb/vhgo99xutwrtu05xzyakt0tr9qhoebjh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c20/24a2e5q82da3m7an10pho29tqmba2kqu.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ, 4 ШТ.</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;DeleteWrite&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ, 4 ШТ.</t>
   </si>
   <si>
     <t>909841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/562/x4pk69c3g2pgaix3ur5hzktkxpzco36i.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;Monaco Monte Carlo quot; ШАРИКОВЫЙ 128 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;Monaco/Monte Carlo&amp;quot; ШАРИКОВЫЙ 128 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>909842</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e03/1578jeqzvc574chuqwd416zxnvqo6qxn.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a93/ckhgkp2vtnz27xbxeryq6kj3u6i6vuvc.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ синий, 152мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 152 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>926657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce5/w4bk9jwb191gl1he2qgx6urnbk779ia0.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ черный, 152мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 152 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - черный.</t>
   </si>
   <si>
     <t>926658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e6/ur4vb0kvplfsldfxj9kknc1d7q55ae7n.jpg</t>
   </si>
   <si>
     <t>Набор стержней шарик. PILOT RFN-GG-F-L 0,7 мм синий, 2 штуки</t>
   </si>
   <si>
     <t>938998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/774/oah072z78cpzz1ne1uas7kn6c02ua4od.jpg</t>
   </si>
   <si>
     <t>Набор стержней шарик. PILOT RFNS-GG-F-L 0,7 мм синий, 2 штуки</t>
   </si>
   <si>
     <t>938999</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7aa/8tpx65d1icwiqazeszzkzcrr6ldnfckl.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Berlingo  quot;Initial quot; светло-синий, 122мм, 0,7мм</t>
+  </si>
+  <si>
+    <t>Стержень для шариковых ручек Berlingo &amp;quot;Initial&amp;quot; Производится со светло-синими быстросохнущими чернилами, обеспечивающими чистое, аккуратное письмо. Благодаря особому составу чернила почти не мажут, а масляная основа позволяет писать быстро без усталости кисти. • Цвет чернил: светло-синий; • Толщина линии письма: 0,5 мм; • Длина линии письма: 2500 м; • Количество штук в упаковке: 1; • Тип упаковки: пакет</t>
+  </si>
+  <si>
+    <t>940604</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ea/3vy1ym2uo3h3nuhqmo80ajzm3hdrn7pg.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ красный, 152мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 152 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - красный.</t>
   </si>
   <si>
     <t>940605</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/937/ixbv7rx7hnwb1r4tmuybmekyr6w0h0ds.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ синий, 130мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 130 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>940606</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/441/xhbgz2uuribm5o05z24ftir3zjety0k3.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматических и подарочных ручек Berlingo синий, 110 мм, 0,5 мм</t>
   </si>
   <si>
     <t>945390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/345/wpb7net1wdz6tmdflgedovba4igisd0b.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматических и подарочных ручек Berlingo черный, 110 мм, 0,5 мм</t>
   </si>
   <si>
     <t>945391</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9e2/s08gwk10oax7exhx3oat44vki7cqaol7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b68/bqjic0d96ew72te8jjrxvxxwww46zpqd.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый стираемый Attache, 127.5 мм, 0,38 мм, синий</t>
   </si>
   <si>
     <t>952144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69e/jpxyor3pcev0v3atp420woatowmf0x5g.jpg</t>
   </si>
   <si>
     <t>Стержень микрографический Deli, 0,5 мм 2B, упаковка в ассортименте, 20 шт</t>
   </si>
   <si>
     <t>952146</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/365/jb5qgd1vhvjqn5mqkw0quo23au9bbpyd.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PILOT RFN-GG- EF д.ш.0,5мм т.л.0,18мм синий 144мм 2шт уп</t>
@@ -3332,59 +3131,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/417/holms55sjh56mh9a3g5cdtfdp7aada40.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFN-GG- F д.ш.0,7мм т.л.0,22мм синий 144мм 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFN-GG- F д.ш.0,7мм т.л.0,22мм синий 144мм 2шт/уп</t>
   </si>
   <si>
     <t>952151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/609/fw7rsc1kixmd81umq0hn6xelwf47jt10.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFNS-GG- F д.ш.0,7мм т.л.0,22мм синий 99мм 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFNS-GG- F д.ш.0,7мм т.л.0,22мм синий 99мм 2шт/уп</t>
   </si>
   <si>
     <t>952152</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/657/cz74qj638hem36bulh2glh8w5fwdbjvm.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>Набор стержней шариковых PILOT RFN-GG-EF-L 0,5 мм синий, 2 штуки</t>
   </si>
   <si>
     <t>953261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/cl2tggk6kqmh8t837vezzic40zrb0rkd.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PILOT 144 мм, линия 0,18 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,5 мм, RFN-GG-EF</t>
   </si>
   <si>
     <t>Сменные стержни PILOT на масляной основе для шариковых ручек.</t>
   </si>
   <si>
     <t>954003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c72/nsewyhu38649yjs53fl74gfsw3x0l7bn.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PILOT 144 мм, линия 0,22 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,7 мм, RFN-GG-F</t>
   </si>
   <si>
     <t>954004</t>
@@ -3407,50 +3197,74 @@
   <si>
     <t>Стержень шариковый с ушками PILOT 98 мм, линия 0,22 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,7 мм, RFNS-GG-F</t>
   </si>
   <si>
     <t>Сменные стержени PILOT на масляной основе для шариковых автоматических ручек.</t>
   </si>
   <si>
     <t>954006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28d/9z4343fjfzqh9g3441hmg199br1sn6qu.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип CROSS, СИНИЙ, пишущий узел 0,7 мм, металл, 116 мм, блистер, GALANT, 170385</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным механизмом типа CROSS. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954007</t>
   </si>
   <si>
     <t>&lt;a href="/brands/galant/"&gt;GALANT&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e0b/nhjmvptzj20ixm3cd2z2mqfdmurnq7pe.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый тип PARKER, СИНИЕ, КОМПЛЕКТ 2 ШТ, пишущий узел 0,7 мм, блистер, GALANT, 170387</t>
+  </si>
+  <si>
+    <t>Комплект сменных металлических стержней GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. В набор входят два сменных стержня и две запасные пружины для ручки. Универсальные пружины подойдут к ручкам различных марок в случае утраты или поломки оригинальной пружины в конструкции ручки.Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
+  </si>
+  <si>
+    <t>954008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fd/76yvr0jbk4yjg36rpnxsggx99xi7iwu9.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый тип PARKER, СИНИЕ, КОМПЛЕКТ 5 ШТ, пишущий узел 0,7 мм, блистер, GALANT, 170388</t>
+  </si>
+  <si>
+    <t>Комплект сменных металлических стержней GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. В набор входят пять сменных стержней. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
+  </si>
+  <si>
+    <t>954009</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/695/zm81f7b3nhtx9bkmn5ux0xsbgx9tsybi.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, СИНИЙ, пишущий узел 0,7 мм, металл, 98 мм, блистер, GALANT, 170384</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21d/quir5b66ske8j9qs5tyy7zzoiqg5wq1b.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, СИНИЙ, пишущий узел 1 мм, металл, 98 мм, блистер, GALANT, 170383</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d82/3vwq9ve6gtnsiebwbeff908i989iqy2t.jpg</t>
@@ -3512,131 +3326,83 @@
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;UrbanWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>956429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/835/q3muc3028knorwxb62mtlfwkx1qvp6ln.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый 143мм PILOT RFN-GG- M для ручки BPS-GP-M син 0,27мм, 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый 143мм PILOT RFN-GG- M для ручки BPS-GP-M син 0,27мм, 2шт/уп</t>
   </si>
   <si>
     <t>964958</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a68/4nponaxipx4t69xo6kmmx2t4991prpmy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/649/qlr40xf6br1l21i13eyutv3u82vy7j7s.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot, синий, 2шт., 144мм, 0,7мм, европодвес</t>
   </si>
   <si>
     <t>969438</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d2/o8jl8v7pyo6fcrpdn8mik3zptp04gyw5.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot, синий, 2шт., 144мм, 1,0мм, европодвес</t>
   </si>
   <si>
     <t>969439</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5f7/jr8kxm8noohog35bqzh7euv23ypns2uh.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a2d/o4zioephnyr1xv96glok2ik531pqru1b.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG 140 мм, КОМПЛЕКТ 100 штук, СИНИЙ, узел 1 мм, 880202</t>
   </si>
   <si>
     <t>Сменный стержень для шариковых ручек BRAUBERG обеспечивает тонкое и ровное письмо. Длина стержня составляет 140 мм. Диаметр пишущего узла, равный 1 мм, создает тонкую линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>971793</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/10a/8gmjdzlmegc0rv908uje6bibinyr8s8k.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d3/y50l7vv9ap2njs8ogsdl4nudtxhc9jz9.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG  quot;BP-GT quot;, 140 мм, СИНИЙ, стандартный узел 0,7 мм, линия письма 0,35 мм, 170394</t>
   </si>
   <si>
     <t>Сменный стержень для шариковых ручек BRAUBERG &amp;quot;BP-GT&amp;quot; обеспечивает тонкое и ровное письмо. Длина стержня составляет 140 мм. Пишущий узел стержня равен 0,7 мм, что позволяет писать тонко и четко. Цвет чернил – синий.Чернила c технологией ultra-smooth гарантируют лёгкое и четкое письмо без усилий. Подходит большинству шариковых ручек, включая флагманскую серию ручек BRAUBERG &amp;quot;BP-GT&amp;quot;.Стержень поставляется в индивидуальном пакете с подвесом.</t>
   </si>
   <si>
     <t>978117</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/679/o9lf8ewigpo4ff9lb8e2vnu2rwoh1xjx.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;DeleteSlimClick quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 104 ММ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;DeleteSlimClick&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 104 ММ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>980674</t>
@@ -3815,74 +3581,74 @@
   <si>
     <t>СТЕРЖЕНЬ  quot;Sorrento quot;. РОЛЛЕР 110 ММ, 0.7 ММ, В БЛИСТЕРЕ, 2 ШТУКИ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>Стержень с чернилами черного цвета для ручек-роллеров ТМ Bruno Visconti &amp;#40;подходит для модели Sorrento&amp;#41;. Длина стержня 110 мм, диаметр 0.7 мм.</t>
   </si>
   <si>
     <t>996529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4bc/s1ujkw9ph6ssqajpzf9l1y10hbd7ztgf.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG  quot;X-ONE quot; 142 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, 143991</t>
   </si>
   <si>
     <t>Сменный стержень BRAUBERG &amp;quot;X-ONE&amp;quot; для шариковых ручек. Походит для ручек серии &amp;quot;X-ONE&amp;quot; и других брендов с соответствующими параметрами. Сменный стержень длиной 142 мм снабжен швейцарским стандартным наконечником фирмы PREMEC и заправлен немецкими чернилами на масляной основе DOKUMENTAL. Специальная технология FEEL INK гарантирует легкое и ультра мягкое письмо без каких-либо усилий. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>997167</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1dd/l1eoio1welb0ysbqte2xctjg7tsaclqk.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;Monaco quot; ШАРИКОВЫЙ 128 ММ, 0,5 ММ, СИНИЙ , З ШТУКИ В БЛИСТЕРЕ</t>
+  </si>
+  <si>
+    <t>Набор из трех стержней &amp;quot;Monaco&amp;quot; ТМ Bruno Visconti в блистере. Производитель чернил - Dokumental &amp;#40; Германия&amp;#41;, цвет чернил - синий. Пишущий узел - Premec &amp;#40;Швейцария&amp;#41;. Диаметр пишущего узла - 0,5 мм, длина стержня - 128 мм.</t>
+  </si>
+  <si>
+    <t>998258</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/278/1gmkyrkrppogsyctxeycoo6lja82amt1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, KOH-I-NOOR, СИНИЙ, пластиковый, 98 мм, линия 0,8 мм, 4441E01002KS</t>
   </si>
   <si>
     <t>Сменный стержень KOH-I-NOOR для автоматических ручек с поворотным или нажимным механизмом типа PARKER позволит пользоваться своей любимой ручкой даже тогда, когда в ней закончились чернила. Длина металлического стержня – 98 мм. Диаметр пишущего узла – 1,6 мм. Имеет стандартный наконечник. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>998463</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/578/ojr1x4ywift77jf2shlb55apkzbjo24n.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2af/c653lesbmhmd0d5jnc98wcq3ug6y2vuw.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG 135 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,5 мм, 170401</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG на масляной основе для шариковых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла – 0,7 мм, что создает ровную линию письма толщиной 0,5 мм. Масляные чернила в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил – синий. Поставляется в индивидуальной упаковке &amp;#40;пакет&amp;#41;.</t>
   </si>
   <si>
     <t>1005914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/854/fl2qmlx4j8an34v5rmpd63ib6rzc17fs.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG 138 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 170372</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Длина стержня составляет 138 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Специальные масляные чернила ультрапониженной вязкости в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>1005915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c89/wlx84mhkvg49a45m7tn2axkxarh4f698.jpg</t>
@@ -3962,50 +3728,62 @@
   <si>
     <t>СТЕРЖЕНЬ  quot;Felicita quot;. ШАРИКОВЫЙ 116 ММ, 0,7 ММ, В БЛИСТЕРЕ, 2 ШТ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;Felicita&amp;quot;. ШАРИКОВЫЙ 116 ММ, 0,7 ММ, В БЛИСТЕРЕ, 2 ШТ, СИНИЙ</t>
   </si>
   <si>
     <t>1008503</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/999/c6ofn0pnjpawmqwydbd5dibcl8x5bp34.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;BasicWrite.Zefir quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;BasicWrite.Zefir&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008504</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7df/fny3dyxu98esrb00jix22sca6drerrwh.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;CrystalClick quot; ШАРИКОВЫЙ, 108 ММ, 0,38 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;CrystalClick&amp;quot; ШАРИКОВЫЙ, 108 ММ, 0,38 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>1008506</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/591/vemrv9odpdgwkjqrvs5q6orrs4a5tig1.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite&amp;quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1008507</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/666/sa2uwb4f3pds555kkm2t0soc1yewab2r.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite.Gold quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite.Gold&amp;quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32a/75784n7p065tchb78cfenqrh6bkcmbcd.jpeg</t>
@@ -4022,50 +3800,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b6c/x2234ey4lpeenw7z4ma44gdyj4mr651l.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite.Zefir quot; ШАРИКОВЫЙ, 140 ММ, 0,38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite.Zefir&amp;quot; ШАРИКОВЫЙ, 140 ММ, 0,38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1a/tose6bzhxw15dc7zmtz5t5663e2no95y.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite xPro Primavera quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite/xPro/Primavera&amp;quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008511</t>
   </si>
   <si>
+    <t>СТЕРЖЕНЬ  quot;DreamWrite Carrara quot; ШАРИКОВЫЙ 132 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;DreamWrite/Carrara&amp;quot; ШАРИКОВЫЙ 132 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>1008512</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/476/hg3h28gkhq2mqo35c6qnbw218z5wir26.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;FineClick quot; ГЕЛЕВЫЙ 109 ММ, 0,4 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;FineClick&amp;quot; ГЕЛЕВЫЙ 109 ММ, 0,4 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d4/jo2872yue4li5exyo780ip2h77106o2d.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;FineClick quot; ГЕЛЕВЫЙ 109 ММ, 0,4 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;FineClick&amp;quot; ГЕЛЕВЫЙ 109 ММ, 0,4 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1008514</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/301/j31mygxi6jrgtts3kcvr5fa0djg62zfa.jpeg</t>
@@ -4205,53 +3992,50 @@
   <si>
     <t>1008526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/474/1ygeothcco4q4347u1wxc1ab6qlighsb.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008527</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot; ГЕЛЕВЫЙ, 135 ММ, 0,38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot; ГЕЛЕВЫЙ, 135 ММ, 0,38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008528</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7df/fny3dyxu98esrb00jix22sca6drerrwh.jpeg</t>
-[...1 lines deleted...]
-  <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot;   quot;Primavera quot; ШАРИКОВЫЙ ДЛЯ АВТОМАТИЧЕСКОЙ РУЧКИ, 108 ММ, 0,38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot;/ &amp;quot;Primavera&amp;quot; ШАРИКОВЫЙ ДЛЯ АВТОМАТИЧЕСКОЙ РУЧКИ, 108 ММ, 0,38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a6/n7rb4dyjnkg8d03vujaa007sli8tahtv.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot; quot;Primavera quot; ШАРИКОВЫЙ 132 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot;/&amp;quot;Primavera&amp;quot; ШАРИКОВЫЙ 132 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008530</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot; quot;Primavera quot; ШАРИКОВЫЙ, 136 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot;/&amp;quot;Primavera&amp;quot; ШАРИКОВЫЙ, 136 ММ, 0,5 ММ, СИНИЙ</t>
@@ -4263,74 +4047,50 @@
     <t>СТЕРЖЕНЬ  quot;UrbanClick quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ , 107 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>Стержень с чернилами на масляной основе разработан для использования в ручках серии UrbanClick ТМ Bruno Visconti. Благодаря уникальному составу чернил, основанному на масле, он плавно скользит по поверхности бумаги, обеспечивая легкое и приятное письмо. Пишущий узел диаметром 0,7 мм формирует изящную линию шириной 0,5 мм. Длина стержня составляет 107 мм, что обеспечивает его оптимальную совместимость с корпусами ручек серии UrbanClick.</t>
   </si>
   <si>
     <t>1009900</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanClick quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ , 107 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1009901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d9/tpmmsvbqmlnfaakclivy912iu30oo270.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый BRAUBERG  quot;X-ERASE quot; 111 мм, синий, стандартный узел 0,7 мм, 170409</t>
   </si>
   <si>
     <t>Стержень пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное можно восстановить при температуре ниже –18 °С. Возможно многократное стирание. Длина стержня 111 мм отлично подходит для стираемых гелевых ручек BRAUBERG &amp;quot;X-ERASE&amp;quot;. При письме и стирании стержень не повреждает бумагу, делая исправления незаметными. Пишущий узел диаметром 0,7 мм создает тонкую линию письма 0,5 мм.</t>
   </si>
   <si>
     <t>1010645</t>
-  </si>
-[...22 lines deleted...]
-    <t>1012518</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b58/4nzap7v6yevu9db7wqe39inzi33tlzul.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный MUNHWA  quot;MC Gold quot;, 142 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, RF-02</t>
   </si>
   <si>
     <t>Стержень шариковый масляный MUNHWA &amp;quot;MC Gold&amp;quot; подходит для ручек других производителей с соответствующими параметрами.</t>
   </si>
   <si>
     <t>1015491</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4669,8304 +4429,7778 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J363"/>
+  <dimension ref="A1:M339"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G363" sqref="G363"/>
+      <selection pane="bottomRight" activeCell="G339" sqref="G339"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="G13" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...12 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G17" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...12 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...15 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G26" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...12 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="C28" s="1"/>
+        <v>118</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>119</v>
+      </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>86</v>
+        <v>125</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="C32" s="1"/>
+        <v>134</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>135</v>
+      </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="C33" s="1"/>
+        <v>138</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>137</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>140</v>
+        <v>89</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...35 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>191</v>
+        <v>107</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F49" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G49" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>96</v>
+        <v>198</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>96</v>
+        <v>210</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="G55" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...127 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>241</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F71" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B71" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G71" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>114</v>
+        <v>308</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>290</v>
+        <v>125</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>290</v>
+        <v>125</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>20</v>
+        <v>291</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>20</v>
+        <v>383</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>390</v>
+        <v>125</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="C96" s="1"/>
+        <v>393</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>394</v>
+      </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="C99" s="1" t="s">
         <v>404</v>
       </c>
+      <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>405</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>408</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>409</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="C101" s="1"/>
+      <c r="C101" s="1" t="s">
+        <v>412</v>
+      </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>416</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>20</v>
+        <v>198</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C103" s="1"/>
+      <c r="C103" s="1" t="s">
+        <v>419</v>
+      </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>191</v>
+        <v>107</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>191</v>
+        <v>107</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B107" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="G108" s="3" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>439</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>442</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>446</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>96</v>
+        <v>151</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>96</v>
+        <v>451</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B112" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="F144" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="C112" s="1" t="s">
-[...746 lines deleted...]
-      </c>
       <c r="G144" s="3" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>599</v>
+        <v>562</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>599</v>
+        <v>513</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>599</v>
+        <v>513</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>599</v>
+        <v>513</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>599</v>
+        <v>513</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>473</v>
+        <v>513</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>114</v>
+        <v>513</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>114</v>
+        <v>513</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>114</v>
+        <v>513</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>627</v>
+        <v>645</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>599</v>
+        <v>513</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>599</v>
+        <v>513</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>14</v>
+        <v>513</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>550</v>
+        <v>513</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>550</v>
+        <v>513</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G165" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...6 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="B166" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="B167" s="1" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>550</v>
+        <v>513</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>550</v>
+        <v>513</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>550</v>
+        <v>513</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>550</v>
+        <v>691</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>550</v>
+        <v>451</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F176" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...93 lines deleted...]
-      </c>
       <c r="G176" s="3" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>550</v>
+        <v>291</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>550</v>
+        <v>291</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>550</v>
+        <v>291</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>709</v>
+        <v>729</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>550</v>
+        <v>513</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>550</v>
+        <v>308</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>550</v>
+        <v>308</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>736</v>
+        <v>107</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>473</v>
+        <v>308</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>473</v>
+        <v>513</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>550</v>
+        <v>291</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>478</v>
+        <v>151</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>756</v>
+        <v>513</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>756</v>
+        <v>513</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>756</v>
+        <v>513</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>736</v>
+        <v>513</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>290</v>
+        <v>52</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>290</v>
+        <v>107</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>290</v>
+        <v>788</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>788</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="F196" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>303</v>
+        <v>788</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>303</v>
+        <v>788</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>140</v>
+        <v>788</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>96</v>
+        <v>788</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>303</v>
+        <v>788</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>550</v>
+        <v>788</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>550</v>
+        <v>788</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>290</v>
+        <v>788</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>14</v>
+        <v>788</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>114</v>
+        <v>788</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>140</v>
+        <v>788</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>550</v>
+        <v>788</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>550</v>
+        <v>788</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>550</v>
+        <v>788</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>550</v>
+        <v>788</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>49</v>
+        <v>788</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>96</v>
+        <v>788</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>858</v>
+        <v>788</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>858</v>
+        <v>151</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>858</v>
+        <v>125</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>858</v>
+        <v>875</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>858</v>
+        <v>875</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="F219" s="3" t="s">
         <v>875</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="G219" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="C219" s="1" t="s">
-[...225 lines deleted...]
-      </c>
       <c r="B229" s="1" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>858</v>
-[...5 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>858</v>
-[...5 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>858</v>
-[...5 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>858</v>
-[...5 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>858</v>
-[...5 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>858</v>
-[...5 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>941</v>
-[...5 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>941</v>
-[...5 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>941</v>
+        <v>513</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>941</v>
+        <v>962</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>941</v>
+        <v>151</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>941</v>
+        <v>52</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>941</v>
+        <v>691</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>941</v>
+        <v>52</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>941</v>
-[...5 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>937</v>
+        <v>985</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>210</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>210</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>125</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>125</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="B250" s="1" t="s">
-[...210 lines deleted...]
-      </c>
       <c r="B260" s="1" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>1034</v>
+        <v>125</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C263" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>125</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>125</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1057</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>221</v>
+        <v>1057</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F267" s="3" t="s">
         <v>1057</v>
       </c>
-      <c r="B267" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G267" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>114</v>
+        <v>1057</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>114</v>
+        <v>1057</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>221</v>
+        <v>1057</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>221</v>
+        <v>875</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>140</v>
+        <v>875</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>140</v>
+        <v>875</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>1034</v>
+        <v>875</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>290</v>
+        <v>875</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1087</v>
+        <v>1096</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...847 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="B324" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G328" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="B314" s="1" t="s">
-[...19 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="B335" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="B315" s="1" t="s">
-[...481 lines deleted...]
-      </c>
       <c r="B336" s="1" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>941</v>
+        <v>875</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1325</v>
+        <v>1235</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1328</v>
+        <v>1337</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>941</v>
+        <v>875</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1329</v>
+        <v>1338</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1330</v>
+        <v>1339</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1331</v>
+        <v>1340</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1332</v>
+        <v>1341</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>941</v>
+        <v>513</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1333</v>
+        <v>1342</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1334</v>
+        <v>1343</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1335</v>
+        <v>1344</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1336</v>
+        <v>1345</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>941</v>
+        <v>198</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>70</v>
-[...551 lines deleted...]
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">