--- v0 (2025-11-06)
+++ v1 (2026-01-19)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1465">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1433">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/001/rvms0c2ou8su1j7c0dmumns9b2yegv3f.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. BEIFA 106 мм синий: LAK1394-BL штр.: 6924246170980</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Beifa 106 мм, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>Стержни</t>
@@ -287,77 +296,65 @@
   <si>
     <t>Стержень шарик. inФОРМАТ 152 мм 0,7 мм синий: BS12B штр.: 4602723010852</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень inФОРМАТ 152 мм, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105127</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67d/3nb7oyhi650cbtbu62yod3kzw0oat19y.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. inФОРМАТ металл. тип Cross 116 мм 0,7 мм синий: BS05-B штр.: 4602723009597</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень 116 мм, &amp;#40;тип Cross&amp;#41;, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105131</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b6/wwb7s8py58jmr8k65wt12vshu2750s15.jpg</t>
-[...8 lines deleted...]
-    <t>105133</t>
+    <t>http://anytos.ru//upload/iblock/d4a/1epmm17p7zkdj0k9sr99c8vcpec2gte5.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. inФОРМАТ тип Parker 98 мм 0,7 мм черный метал. корпус: BS03-K штр.: 4602723009580</t>
+  </si>
+  <si>
+    <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень 98 мм &amp;#40;тип Parker&amp;#41;, черный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
+  </si>
+  <si>
+    <t>105134</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d4a/1epmm17p7zkdj0k9sr99c8vcpec2gte5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d0a/tuzz0lh1wpuq2r9nb2vk320oshujk4pr.jpg</t>
   </si>
   <si>
     <t>Стержень гел. CROWN 138 мм 0,7 мм белый: HJR-200P бел штр.: -</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Crown 138 мм, белый полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105144</t>
   </si>
   <si>
     <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25b/5jj5a8vbgwgsiqtsbj0ijtkdapjurca2.jpg</t>
   </si>
   <si>
     <t>Стержень Crown,крас.   HJR-200 к</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Crown 138 мм, красный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105149</t>
@@ -383,134 +380,155 @@
   <si>
     <t>Стержень Crown,чер.   HJR-200 ч</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Crown 138 мм, черный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/h6hzkzlj9ejdvehc3km5lh63qo9rxnky.jpg</t>
   </si>
   <si>
     <t>Стержень гел. PILOT FRIXION 111 мм 0,7 мм синий: BLS-FR-7-L штр.: 4902505337666</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень Frixion 0,7 мм,синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105157</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pilot/"&gt;Pilot&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0a/8nwhbjxpe9ll6n8fi30em4x00e5ca6vc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be5/8ub5p3d90o9gdw4cg09ypzf80aqu1glb.jpg</t>
   </si>
   <si>
     <t>Стержень Pilot 0.5,чер.   BLS-G1-5-B</t>
   </si>
   <si>
     <t>105165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38c/lt7o9k2hym0qo7k9nbm0i4jwoopo62gj.jpg</t>
   </si>
   <si>
     <t>Стержень масляный inФОРМАТ 145 мм 0,5 мм синий: OS01-B штр.: 4602723008033</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень масляный inФОРМАТ, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105168</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcc/9ix6t3x4r0r2704tt5wgybgoh4tgz6gy.jpg</t>
   </si>
   <si>
     <t>Стержень масл. inФОРМАТ 145 мм 0,5 мм черный: OS01-K штр.: 4602723008040</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень масляный inФОРМАТ, черный полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fa/0ajcf0ijy2q7atkaha4hz94zyusoe10d.jpg</t>
   </si>
   <si>
     <t>Стержень масл. ДЕЛЬТА 139 мм 0,5 мм синий: УП 139-01 штр.: 4607121538939</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень масляный Дельта, синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>105171</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c3b/tde8ac0v72jabi3ukx1s9ht3wxwbgv12.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый inФОРМАТ 0,60 мм синий 127 мм   GS01-B</t>
+  </si>
+  <si>
+    <t>117531</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/037/ehultydj2bh1ii6o9l08h0xyzch4ts2q.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый inФОРМАТ 0,60 мм черный 127 мм   GS01-K</t>
   </si>
   <si>
     <t>117532</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ef/1efc03b59b0cd2551582dff39f8ff085.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый  quot;Perfect quot;,  quot;Silver quot;,  quot;Standart quot;,  quot;TC gel quot;,  quot;Ultra quot;, синий, 131мм, 0,5мм: CSg_51272 штр.:  4260107469605</t>
   </si>
   <si>
     <t>Стержень гелевый &amp;quot;Perfect&amp;quot;, &amp;quot;Silver&amp;quot;, &amp;quot;Standart&amp;quot;, &amp;quot;TC gel&amp;quot;, &amp;quot;Ultra&amp;quot;, синий, 131мм, 0,5мм: CSg_51272 Подходит для использования в гелевых ручках Perfect, Silver, Standard, TC gel, Ultra. Диаметр пишущего узла - 0,5 мм. Упаковка - каждый стержень в пакете, 36 стержней в картонной коробке.</t>
   </si>
   <si>
     <t>212387</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/faf/faf393b04f19db3ba2a4ea416a7cd3c6.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки  quot;Frixion quot; черный, 111мм, 0,7мм: BLS-FR7-B штр.:  4902505337703</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки &amp;quot;Frixion&amp;quot; черный, 111мм, 0,7мм: BLS-FR7-B Пишущий узел из нержавеющей стали с шариком из карбида вольфрама. Используется для ручки BL-FR-7 &amp;quot;Frixion&amp;quot;</t>
+  </si>
+  <si>
+    <t>212712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ef/5ef7203f1094d95fcf56f5f54ff03e33.jpg</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки  quot;Frixion Point quot; черный, 111мм, 0,5мм: BLS-FRP5-B штр.:  4902505399312</t>
+  </si>
+  <si>
+    <t>Стержень для гелевой ручки &amp;quot;Frixion Point&amp;quot; черный, 111мм, 0,5мм: BLS-FRP5-B Стержень шариковый. Цвет чернил - черный. Пишущий узел - 0,5мм</t>
+  </si>
+  <si>
+    <t>213955</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/940/940bbd69367060f519e25a9e4053cae0.jpg</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки  quot;Frixion quot; синий, 111мм, 0,7мм: BLS-FR7-L штр.:  4902505337666</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки &amp;quot;Frixion&amp;quot; синий, 111мм, 0,7мм: BLS-FR7-L Пишущий узел&amp;nbsp;&amp;nbsp;из нержавеющей стали&amp;nbsp;&amp;nbsp;с шариком из карбида вольфрама.&amp;lt;br/&amp;gt;Используется для ручки BL-FR-7 “Frixion”.</t>
   </si>
   <si>
     <t>215848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a9/0a91e0fb8091b543b79ec9487a0ddda9.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый игольчатый черный, 138мм, 0,7мм: HJR-200N штр.:  8803654014407</t>
   </si>
   <si>
     <t>Стержень гелевый игольчатый черный, 138мм, 0,7мм: HJR-200N</t>
   </si>
   <si>
     <t>219549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/306/30685deb6641134585213b9a8156cc3a.jpg</t>
@@ -536,62 +554,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f2b/f2b505333b1ba7811ea8b90ed42a29ed.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый зеленый, 138мм, 0,5мм: HJR-200 штр.:  8803654002848</t>
   </si>
   <si>
     <t>Стержень гелевый зеленый, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235258</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bd/3bd8582e8631b327ba234fe0a10d7c49.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый красный, 138мм, 0,5мм: HJR-200 штр.:  8803654006532</t>
   </si>
   <si>
     <t>Стержень гелевый красный, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235259</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/236/236b16f9c752529b235805d8f00b3515.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a22/a22e2f4ad19c088ee93c046931cc0322.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый металлик серебро, 138мм, 0,7мм: HJR-200GSM</t>
   </si>
   <si>
     <t>235261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/467/467f344cb6fe391041768b0cbac62623.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 138мм, 0,5мм: HJR-200 штр.:  8803654001063</t>
   </si>
   <si>
     <t>Стержень гелевый синий, 138мм, 0,5мм: HJR-200</t>
   </si>
   <si>
     <t>235262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d7/6d785d43a9be5543a51fb26b149c52c1.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый фиолетовый, 138мм, 0,7мм: HJR-200H</t>
@@ -629,155 +635,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ae/3ae408fba661dbdbe7c2412cf305d1d6.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый  quot;Option quot;,  quot;MC Gоld quot; синий, 142мм, 0,5мм: RF-02 штр.:  8801006208320</t>
   </si>
   <si>
     <t>Стержень шариковый &amp;quot;Option&amp;quot;, &amp;quot;MC Gоld&amp;quot; синий, 142мм, 0,5мм: RF-02</t>
   </si>
   <si>
     <t>235270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37e/37efa7144d4ffdf813c158db2fc0ebf1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый  quot;Option quot;,  quot;MC Gоld quot; черный, 142мм, 0,5мм: RF-01 штр.:  8801006208337</t>
   </si>
   <si>
     <t>Стержень шариковый &amp;quot;Option&amp;quot;, &amp;quot;MC Gоld&amp;quot; черный, 142мм, 0,5мм: RF-01</t>
   </si>
   <si>
     <t>235271</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe1/fe1f387ce2a3c7cf3ece064ea05604ed.jpg</t>
-[...5 lines deleted...]
-    <t>235272</t>
+    <t>http://anytos.ru//upload/iblock/1a1/1a13bf1d237ca910c3bb5354a4eea914.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки синий, 110мм, 0,7мм: AJ-200 штр.:  8803654004873</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки синий, 110мм, 0,7мм: AJ-200</t>
+  </si>
+  <si>
+    <t>235330</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abd/abdb91f4912d73806a3d375fb25af3a4.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки черный, 110мм, 0,7мм: AJ-200 штр.:  8803654001841</t>
+  </si>
+  <si>
+    <t>Стержень гелевый для автоматической ручки черный, 110мм, 0,7мм: AJ-200</t>
+  </si>
+  <si>
+    <t>235331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a1/4a1a6b6e5a800d156f2b830521a1d469.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый черный, 129мм, 0,5мм: BLS-G1-5-B штр.:  4902505133572</t>
+  </si>
+  <si>
+    <t>Стержень гелевый черный, 129мм, 0,5мм: BLS-G1-5-B</t>
+  </si>
+  <si>
+    <t>235426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc4/fc4886a62fb7440f0b07340d932f76c2.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый синий, 129мм, 0,5мм: BLS-G1-5-L штр.:  4902505133589</t>
+  </si>
+  <si>
+    <t>Стержень гелевый синий, 129мм, 0,5мм: BLS-G1-5-L</t>
+  </si>
+  <si>
+    <t>235427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/deb/deb187cd8c1a0a16c3fa69b73ba75a1f.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый синий, 107мм, 1мм, с ушком: СТ01 штр.:  4620000632580</t>
+  </si>
+  <si>
+    <t>Стержень шариковый синий, 107мм, 1мм, с ушком: СТ01</t>
+  </si>
+  <si>
+    <t>235472</t>
   </si>
   <si>
     <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
   </si>
   <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fa/2fa2639d1cbafe54c04fddfcf24290d7.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый объемный  quot;4442 quot; синий, 98мм, 0,8мм, металл.корпус: 4442E01002KSRU штр.:  8593539619338</t>
+  </si>
+  <si>
+    <t>Стержень шариковый объемный &amp;quot;4442&amp;quot; синий, 98мм, 0,8мм, металл.корпус: 4442E01002KSRU</t>
+  </si>
+  <si>
+    <t>235561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c35/c35438a4779b588665c5ddf8eb55ec68.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый  quot;Оптима quot; синий, 134мм, 0,7мм, на масляной основе: СТ35</t>
+  </si>
+  <si>
+    <t>Стержень шариковый &amp;quot;Оптима&amp;quot; синий, 134мм, 0,7мм, на масляной основе: СТ35</t>
+  </si>
+  <si>
+    <t>235924</t>
+  </si>
+  <si>
     <t>300</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a1/1a13bf1d237ca910c3bb5354a4eea914.jpg</t>
-[...88 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/860/8607b79aa55c97c554349487a707f148/613f6218b026261e81876b0af1d7decc.jpg</t>
   </si>
   <si>
     <t>Стержень Pierre Cardin , PC-310Р-02 штр.  3000999333544</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета на масляной основе, толщина линии письма - 0,5 мм, длина стержня - 100 мм.</t>
   </si>
   <si>
     <t>250709</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pierre-cardin/"&gt;Pierre Cardin&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0a/f0a7085a1c0b0c3d5c269084f629fff4.jpg</t>
   </si>
   <si>
     <t>Стержень Pilot BRFN-10M, синий, диам  шар - 1.0мм, толщ лин 0.32 мм штр.  4902505283642, 4902505283673</t>
   </si>
   <si>
     <t>Стержень для роллера Pilot синего цвета, толщина линии письма - 0,32 мм, длина стержня - 135 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
@@ -950,71 +947,80 @@
   <si>
     <t>Стержень гелев. 139мм Attache черный 0,5мм штр.  2000200043249, 4607121537185</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки с чернилами черного цвета, толщина линии письма - 0,5 мм, длина стержня - 139 мм.</t>
   </si>
   <si>
     <t>250735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c6/1c66454e77155ba3d686aa6e8d338f21/121b32efdc67cc4c504bf2e53b31a908.jpg</t>
   </si>
   <si>
     <t>Стержень роллер. 110мм SCHNEIDER 850 синий Германия штр.  4004675085030, 4004675185037</t>
   </si>
   <si>
     <t>Стержень для роллера Schneider синего цвета, толщина линии письма - 0,5 мм, длина стержня - 110 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
   </si>
   <si>
     <t>250748</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schneider/"&gt;Schneider&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b8d/b8d1fc72e070199198b810e84199efda.jpg</t>
+  </si>
+  <si>
+    <t>Стержень роллер. 111мм PILOT BXS-V5RT синий 0,25 Япония штр.  4902505343049</t>
+  </si>
+  <si>
+    <t>Стержень для роллера Pilot синего цвета, толщина линии письма - 0,25 мм, длина стержня - 111 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
+  </si>
+  <si>
+    <t>250750</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/899/8994bf8112c1ed1e0d708cdf6d70666e/d98e4eea198634e9b1802be6df017f43.jpg</t>
   </si>
   <si>
     <t>Стержень роллер. 111мм PILOT BXS-V5RT черный 0,25 Япония штр.  4902505343025, 4902505343063</t>
   </si>
   <si>
     <t>Стержень для роллера Pilot черного цвета, толщина линии письма - 0,3 мм, длина стержня - 111 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
   </si>
   <si>
     <t>250751</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3e/e3e2f8c504a325cf04e250b96891d650.jpg</t>
   </si>
   <si>
     <t>Стержень роллер. 111мм для PILOT BLS-VB5RT синий 0,25 Япония штр.  4902505362057, 4902505362101</t>
   </si>
   <si>
-    <t>Стержень для роллера Pilot синего цвета, толщина линии письма - 0,25 мм, длина стержня - 111 мм. Обеспечивает четкие и яркие линии, не требует усилий при письме, чернила быстро высыхают.</t>
-[...1 lines deleted...]
-  <si>
     <t>250752</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/166/166ef768c34ce4e23e31190779c43604/91dee06300184f242ad097d20e2ec3f7.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 107мм X 10S Attache синий Россия штр.  2000200066101</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 107 мм.</t>
   </si>
   <si>
     <t>250763</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05e/05e2842fa24f983e4eb2c223db57a5e2/c0fe3eae5f06093d9b1ae6955df5e6ce.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 107мм X 10S Attache черный Россия штр.  2000200065920</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами черного цвета, толщина линии письма - 0,5 мм, длина стержня - 107 мм.</t>
   </si>
   <si>
     <t>250764</t>
@@ -1125,50 +1131,62 @@
     <t>250785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f8/4f807a21719e500c8f8cbbe69890c89d/8d0c5ea8819276730ea4d714616e1920.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 140мм X 10S Attache черный Россия. штр.  2000200063353</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами черного цвета, толщина линии письма - 0,5 мм, длина стержня - 140 мм.</t>
   </si>
   <si>
     <t>250786</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c4/9c4fe5f31a785b064f06ceda1ad04cf4/351013d088d3c8b13977fb71bcf1d223.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 142мм синий АА134-BL штр.  2000200065487</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 142 мм.</t>
   </si>
   <si>
     <t>250788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/217aad9313f9865db56196b2887ba022/9fff788ebf0f378f2be532e8d80a8331.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шарик. 143мм Х 10S Attache синий Россия штр.  2000200065388</t>
+  </si>
+  <si>
+    <t>Стержень для шариковой ручки с чернилами синего цвета, толщина линии письма - 0,5 мм, длина стержня - 143 мм.</t>
+  </si>
+  <si>
+    <t>250794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c47/c47bf3a19c31288b23f8f75697dc2efa/9d705d7608e750c7e23931eb9aa679fd.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 144мм PILOT RFJ-GP-F для BPS-GP-F красный 0,32мм штр.  4902505138591, 4902505138652</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки Pilot RFJ-GPF с чернилами красного цвета, толщина линии письма - 0,32 мм, длина стержня - 144 мм. Обеспечивает мягкое письмо, чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c62/c6290330a5258bf57d90892211fb4133/3a83f91f7f5c19ac0f81daabf1b653fc.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. 152мм Х 10S  тип Corvina  красный Россия штр.  2000200067740</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки типа Corvina с чернилами красного цвета, толщина линии письма - 0,7 мм, длина стержня 152 мм.</t>
   </si>
   <si>
     <t>250803</t>
   </si>
@@ -1398,176 +1416,155 @@
   <si>
     <t>338973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/881d5349f717602e1f7626fa5b3e1d56.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки  quot;G-2 quot; 110мм, 0,5мм, синий BLS-G2-5-L</t>
   </si>
   <si>
     <t>Стержень для автоматической гелевой ручки &amp;quot;G-2&amp;quot;. Наконечник из нержавеющей стали, шарик из карбида вольфрама</t>
   </si>
   <si>
     <t>338974</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/854/85495148307ce8e40db87297397dbc23.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый для автоматической ручки  quot;G-2 quot; 110мм, 0,5мм, черный BLS-G2-5-B</t>
   </si>
   <si>
     <t>338975</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ef1/tiiljezzi70p3ltcf5lfaxxl153nzwk3.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый для поворотных ручек Luxor синий, 117мм, 1,0мм</t>
+  </si>
+  <si>
+    <t>Стержень для шариковой ручки Luxor с поворотным механизмом. Цвет чернил - синий</t>
+  </si>
+  <si>
+    <t>339459</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f60/f609437f539ebb4a5760c41e1d140c8c.jpg</t>
   </si>
   <si>
     <t>Стержень для гелевой ручки Berlingo  quot;Correct quot; синий, 111мм, 0,7мм CSe_60001</t>
   </si>
   <si>
     <t>Стержень для стираемой гелевой ручки &amp;quot;Correct&amp;quot;. Диаметр пишущего узла - 0,6 мм. Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением &amp;#40;встроенным в колпачок ручки ластиком&amp;#41;. Обесцвеченные чернила проявляются при температуре ниже -18°С . Возможность многократного стирания и написания текста. Количество циклов написания/стирания ограничено износостойкостью бумаги. Цвет чернил - синий. Упаковка в индивидуальный пакетик с европодвесом, 50 штук - в картонной коробке.</t>
   </si>
   <si>
     <t>340968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/7f3b918e85fda7d38e450e9d43f1d682.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Uni  quot;Jetstream SX-101-07 quot; синий, 143мм, 0,7мм 70271</t>
   </si>
   <si>
     <t>Сменный стержень для неавтоматических ручек SX-101-07</t>
   </si>
   <si>
     <t>349441</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f9/6f903c25b437e1c3ed472b9dd2fb5e32.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace синий, 129мм, 0,7мм 245921</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек OfficeSpace &amp;#40;GLL10_1329 GPA100/BU_1714&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>350279</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/932/9325fc596a242779d7ed0bdcb60e9302.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f0/4f0fc1762c6de5abab181f364490894b.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный Schneider  quot;Express 735 quot; синий, 98мм, 1,0мм 7363</t>
   </si>
   <si>
     <t>Универсальный металлический стержень большой емкости формата ISO 12757-2 G2 &amp;#40;для документов&amp;#41;. Чернила водостойкие. Четкий штрих длиной примерно&amp;nbsp;&amp;nbsp;10 000 метров. Износостойкий пишущий узел из нержавеющей стали M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Универсальная форма, обеспечивающая возможность использования в различных моделях &amp;#40;система Plug&amp;#43;Play&amp;#41;.</t>
   </si>
   <si>
     <t>350284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/214/21415ca4786ab3ed7b158705158638d7.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace красный, 129мм, 0,7мм 245922</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек OfficeSpace &amp;#40;GPA100/RD_1720&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>353621</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/488/488ca7a0abca342df0a80ba8a12e5f02.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный Schneider  quot;Express 735 quot; синий, 98мм, 0,8мм. 7353</t>
   </si>
   <si>
     <t>Универсальный металлический стержень большой емкости формата ISO 12757-2 G2 &amp;#40;для документов&amp;#41;. Чернила водостойкие. Четкий штрих длиной примерно&amp;nbsp;&amp;nbsp;10 000 метров. Толщина линии: средняя &amp;#40;F = 0,4 мм&amp;#41;. Износостойкий наконечник из нержавеющей стали. Универсальная форма, обеспечивающая возможность использования в различных моделях &amp;#40;система Plug&amp;#43;Play&amp;#41;.</t>
   </si>
   <si>
     <t>355223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/164/1641b36bb9506d71799e129758fbd5ba.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый OfficeSpace красный, игольчатый наконечник, 129мм, 0,5мм. 265292</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек. Стержень компактнее и экономичнее новой ручки, занимает меньше места.</t>
   </si>
   <si>
     <t>355965</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5c9/5c9132812d4dea5e6adec9c2ce11bfaf.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2f3/2f3341fbe1f3a74da29d42e7ea14fdbd.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый Berlingo  quot;Techno-Gel quot;,  quot;Silk quot;,  quot;XP quot; синий, 131мм, 0,5мм. CSg_51022</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек Berlingo &amp;#40;С-20, Silk, XP&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места. Цвет чернил - синий, материал - пластик.</t>
   </si>
   <si>
     <t>357112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2da/2dad1bd9a4744ce530c3f0ce947d8865.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый Berlingo  quot;Techno-Gel quot;,  quot;Silk quot;,  quot;XP quot; черный, 131мм, 0,5мм. CSg_51021</t>
   </si>
   <si>
     <t>Предназначен для замены исписанного стержня гелевых ручек Berlingo &amp;#40;С-20, Silk, XP&amp;#41;. Стержень компактнее и экономичнее новой ручки, занимает меньше места. Цвет чернил - черный, материал - пластик.</t>
   </si>
   <si>
     <t>357113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b0/0b0d875c352ee15546f4c1f60b4c5042.jpg</t>
@@ -1803,59 +1800,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/79e/kouojlsj5gb55xbxowr3844jym9twanu.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT, 110 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G2-5</t>
   </si>
   <si>
     <t>Стержень для автоматических гелевых ручек PILOT.</t>
   </si>
   <si>
     <t>386426</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5e/2i1z1j4m39yr2ugzmyb459thure9xeub.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT, 110 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G2-5</t>
   </si>
   <si>
     <t>Стержень для автоматических гелевых ручек.</t>
   </si>
   <si>
     <t>386427</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/80f/lxwqlhoo6s1kea2gv6axre8alau79oeg.jpg</t>
+  </si>
+  <si>
+    <t>Стержень гелевый PILOT, 128 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G1-5</t>
+  </si>
+  <si>
+    <t>Гелевые стержни PILOT обеспечивают мягкое и тонкое письмо.</t>
+  </si>
+  <si>
+    <t>386429</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/206/g4fui9sg7li7bpo1paalr8n4310k11wz.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT, 128 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,3 мм, BLS-G1-5</t>
   </si>
   <si>
-    <t>Гелевые стержни PILOT обеспечивают мягкое и тонкое письмо.</t>
-[...1 lines deleted...]
-  <si>
     <t>386430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74b/8ig4cbtfbixwopgrrkv50ltgyfjcrqxx.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый STAFF, 135 мм, КРАСНЫЙ, игольчатый узел 0,5 мм, линия письма 0,35 мм, 170230</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - красный.</t>
   </si>
   <si>
     <t>386431</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afb/sxiluvbilhty4b0125nks61ylk1th3vf.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый STAFF, 135 мм, КРАСНЫЙ, узел 0,5 мм, линия письма 0,35 мм, 170233</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет евронаконечник. Цвет чернил - красный.</t>
@@ -1905,59 +1911,80 @@
   <si>
     <t>http://anytos.ru//upload/iblock/24a/w5jio494dyatqg8d600nadvmshpd5fvx.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый STAFF, 135 мм, ЧЕРНЫЙ, узел 0,5 мм, линия письма 0,35 мм, 170232</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;Basic&amp;quot; с гелевыми чернилами обеспечивает ровное, комфортное письмо. Подходит к большинству неавтоматических гелевых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - чёрный.</t>
   </si>
   <si>
     <t>386436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/7gqcqctd0veiwxl9mxhu2w99e1ppxe60.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый UNI-BALL  Япония , 110 мм, СИНИЙ, узел 0,7 мм, линия письма 0,4 мм, UMR-87 BLUE</t>
   </si>
   <si>
     <t>Качественный стержень для гелевых ручек с наконечником из нержавеющей стали.</t>
   </si>
   <si>
     <t>386437</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/db4/opt2q92z8k9qbud6r70ws9xp0h8sy14m.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, СИНИЙ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BLS-FRP-5</t>
+  </si>
+  <si>
+    <t>Для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов. Стержень не вызывает при письме неудобств, чертит и рисует четкие линии в любых направлениях. Чернила поступают на бумагу равномерно.</t>
+  </si>
+  <si>
+    <t>386442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbe/kt9yr7jc9xbyk9n1dhdmu9szo19e51x2.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый PILOT, 111 мм, СИНИЙ, узел 0,7 мм, линия письма 0,35 мм, BLS-FR-7</t>
+  </si>
+  <si>
+    <t>Сменный стержень на масляной основе для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов.</t>
+  </si>
+  <si>
+    <t>386443</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d46/4jtgxclymnlu1pdan8xqr5s4dh1w584g.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый PILOT, 111 мм, ЧЕРНЫЙ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BLS-FRP-5</t>
   </si>
   <si>
-    <t>Для ручек с чернилами, обесцвечивающимися под воздействием трения или увеличения температуры до &amp;#43;60 градусов. Стержень не вызывает при письме неудобств, чертит и рисует четкие линии в любых направлениях. Чернила поступают на бумагу равномерно.</t>
-[...1 lines deleted...]
-  <si>
     <t>386444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e0/fgrjzfafcdf89jts1nnvhgdvdj74ss1m.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый PILOT, 111 мм, ЧЕРНЫЙ, узел 0,7 мм, линия письма 0,35 мм, BLS-FR-7</t>
   </si>
   <si>
     <t>386445</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef5/1dzk7dptdy4cobwjcxvfvmj8w53901ux.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый STAFF 130 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, GP109R</t>
   </si>
   <si>
     <t>Стержень STAFF &amp;quot;College&amp;quot; со специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Специальные гелевые чернила, стираемые при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное легко восстанавливается при температуре ниже – 18 °С. Возможно многократное стирание.</t>
   </si>
   <si>
     <t>386446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/254/3b2yjnnfb3amapmc7pccm6j1k15s6fer.jpg</t>
@@ -2061,62 +2088,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f16/aziuwf4e9o5t8ezf7ndgyzffr25b95an.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG, металлический, 116 мм, тип CROSS, узел 1 мм, упаковка с подвесом, синий, 170201</t>
   </si>
   <si>
     <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным механизном типа CROSS. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 1 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
   </si>
   <si>
     <t>386458</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/308/xdqpzv3iya3606vvrbfy73wk1h1d52jo.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG, тип PARKER, металлический, 98 мм, линия письма 0,5 мм, подвес, черный, 170200</t>
   </si>
   <si>
     <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным или нажимным механизном типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет стандартный наконечник. Цвет чернил - чёрный. Поставляется в пакете с подвесом.</t>
   </si>
   <si>
     <t>386460</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aed/7zo4umntslddwidozxo6t5kelwom3p43.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3be/o3gx6dh9v3mwbxt7ww8006zjxzeiarjq.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG  quot;Oil Base quot;, 140 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 170221</t>
   </si>
   <si>
     <t>Сменный стержень шариковый BRAUBERG &amp;quot;Oil Base&amp;quot; на масляной основе обеспечивает мягкое и комфортное письмо на различных типах бумаги благодаря чернилам пониженной вязкости. Игольчатый пишущий узел позволяет без лишних усилий выводить четкие линии. Длина стержня составляет 140 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий. Чернила производства немецкой компании Dokumental.</t>
   </si>
   <si>
     <t>386475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c40/jpo2027tsw28t1reci2b9le191xggovq.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG металлический, 116 мм, тип CROSS, узел 1 мм, с подвесом, синий, 170350</t>
   </si>
   <si>
     <t>Сменный стержень металлический BRAUBERG для автоматических ручек с поворотным механизном типа CROSS с чернилами на масляной основе. Технология мягкого письма &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое, чёткое и ровное письмо без усилий. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Имеет евронаконечник. Цвет чернил - синий. Поставляется в пакете с подвесом.</t>
   </si>
   <si>
     <t>386476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56c/go4uydh5psb137wv08dng2zg0zl1grju.jpg</t>
@@ -2397,152 +2412,152 @@
   <si>
     <t>459539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/364/3641292cabe646a76e5b1959fdd5248e/79e4898e4fbbef3fd969dcb45e15b8ae.jpg</t>
   </si>
   <si>
     <t>Стержень для роллера Schneider  quot;Topball 850 quot; синий, 110мм, 0,7мм</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Сменный стержень для ручек-роллеров Schneider серии Topball 811 и роллеров со сменным стержнем других производителей. Длина письма до 1 000 метров. Сделано в Германии!</t>
   </si>
   <si>
     <t>560757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf3/cf3e12b57bf021ae668ac4013118c9e9/2d39eb2ff294d894d8227b600d3ad9c7.jpg</t>
   </si>
   <si>
     <t>Стержень для роллера Schneider  quot;Topball 850 quot; черный, 110мм, 0,7мм</t>
   </si>
   <si>
     <t>560758</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2a2/2a2ba7362161d9ebc7e49ee90b0d5dea/da076b99241cba4b9b7caeb1f39fbadb.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Berlingo  quot;I-10 quot;, синий, 141мм, 0,4мм</t>
+  </si>
+  <si>
+    <t>Стержень для шариковых ручек Berlingo&amp;nbsp;&amp;nbsp;&amp;quot;I-10&amp;quot;. Чернила на масляной основе . Цвет чернил - синий. Толщина пишущего узла - 0,4 мм.</t>
+  </si>
+  <si>
+    <t>560759</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c8e/c8e20745577849c83cd34e5224368dbe/21adf4a199c633c7149c7093d9cd33d7.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Crown  quot;Oil Jell quot; синий, 142мм, 0,7мм</t>
   </si>
   <si>
     <t>Стержень для неавтоматической шариковой ручки с чернилами на масляной основе</t>
   </si>
   <si>
     <t>560760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcf/bcf40b2920d6788dfa095f2824c51538/7b7d85211354d09ccbea9dc658d13331.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Schneider  quot;Office 765 quot; синий, 107мм, 1,0мм</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Износостойкий металлический стержень формата X20 для автоматических шариковых ручек Schneider серий K15, Fave, Suprimo, K20 Icy Colours, Haptify, Slider Rave и автоматических шариковых ручек других производителей. Быстросохнущие, свето- и водоустойчивые чернила соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Длина письма до 3 000 метров. Сделано в Германии!</t>
   </si>
   <si>
     <t>560766</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dc6/8qmbte0udtfztoxi8488l47k54h7bsr5.jpg</t>
+  </si>
+  <si>
+    <t>Стержень стираемый гелевый BRAUBERG 111 мм, СИНИЙ, евронаконечник, узел 0,7 мм, линия письма 0,5 мм, 170370</t>
+  </si>
+  <si>
+    <t>Стержень пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное можно восстановить при температуре ниже –18 °С. Возможно многократное стирание. Длина стержня 111 мм отлично подходит для стираемых гелевых ручек BRAUBERG &amp;quot;SOFT&amp;SILK&amp;quot; и PILOT &amp;quot;Frixion&amp;quot;. При письме и стирании стержень не повреждает бумагу, делая исправления незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,5 мм.</t>
+  </si>
+  <si>
+    <t>565529</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/543/5b3l6s2va1062trhge7v6k12cetc8h9r.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый BRAUBERG 130 мм, СИНИЙ, евронаконечник, узел 0,5 мм, линия письма 0,38 мм, 170360</t>
   </si>
   <si>
     <t>Стержень BRAUBERG со специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,38 мм. Имеет стандартный наконечник. Цвет чернил - синий. Специальные гелевые чернила, стираемые при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное легко восстанавливается при температуре ниже – 18 °С. Возможно многократное стирание.</t>
   </si>
   <si>
     <t>565530</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/522/255rmptg91q7oir5k5jewum05p9lmqm4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fee/feefe59062038b7d51869347b1d926f1/2578b85af24cb7b9694e3455a97648ed.jpg</t>
   </si>
   <si>
     <t>Стержень маслян. осн, 0,5мм, 142мм, синий, для 709851</t>
   </si>
   <si>
     <t>586010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1c/d1c7372e87107f8177bd5d8fecbacbef/4d441a2915b54a876112ce4d90ce665b.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. Beifa LAT3402-BL 140мм, синий, для арт.131248</t>
   </si>
   <si>
     <t>586011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35b/u6v57kfh0j1il1b4yt0ml0plq8tgge90.jpg</t>
   </si>
   <si>
     <t>Стержень гел. PILOT FRIXION 111 мм 0,5 мм синий</t>
   </si>
   <si>
     <t>Зачем приобретать новую ручку, когда можно всего лишь заменить в ней стержень? Используя его, вы сэкономите средства и обеспечите высокое качество письма. Стержень гелевый PILOT 0,5 мм синий полностью соответствует существующим стандартам и обеспечивает нанесение тонких плавных линий. Доступные цены на продукцию являются результатом прямых поставок от крупных производителей.</t>
   </si>
   <si>
     <t>590669</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d60/d601942c169848c2d6eb7ef11feba103/fd2140e78b4bd2a223c692eeccbc6d58.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Berlingo  quot;Tribase quot;,  quot;H-30 quot;,  quot;W-219 quot; черный, 140мм, 0,7мм</t>
   </si>
   <si>
     <t>Шариковый стержень 0,7 мм. Длина - 140 мм. Предназначен для замены исписанных стержней в шариковых ручках Berlingo &amp;quot;Tribase&amp;quot;, &amp;quot;W-219&amp;quot;, &amp;quot;H-30&amp;quot;.&amp;nbsp;&amp;nbsp;Цвет чернил - чёрный. Упаковка в картонную коробку по 150 шт., каждый стержень в индивидуальном пакетике.</t>
   </si>
   <si>
     <t>593799</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1d8/wht0sofjgyd3li5g9vm59nimi5gx7czm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6c9/3c6lklgdirzv7e0kw6imujf63jdd32b3.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG 135 мм, СИНИЙ, чернила DOCUMENTAL  Германия , узел 1,0 мм, линия письма 0,5 мм, 170371, OBP119R</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла 1,0 мм создает ровную линию письма, равную 0,5 мм. Специальные масляные чернила ультрапониженной вязкости DOKUMENTAL &amp;#40;Германия&amp;#41; в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>624048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ea/nwzhp43c676qj55d0waq17fnce3h6u8s.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG  quot;i-Rite GT quot; 140 мм, СИНИЙ, игольчатый узел 0,4 мм, линия письма 0,21 мм, 170377</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG &amp;quot;i-Rite GT&amp;quot; для шариковых ручек. Длина стержня составляет 140 мм, подходит для ручек серии &amp;quot;i-Rite GT&amp;quot; и других ручек со стержнем аналогичной длины. Диаметр пишущего узла 0,4 мм создает тонкую линию письма, равную 0,21 мм. Специальные масляные чернила ультрапониженной вязкости в сочетании с качественным игольчатым наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>626915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87b/ncatp7znuq1n5rr1xw8u9h8pgrbtz9f8.jpg</t>
@@ -2569,93 +2584,83 @@
     <t>629792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6aa/6aa498711dc104f8e3284c3dc6a74fdf.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый объемный Koh-I-Noor синий, 98мм, 0,8мм, пластик. корпус</t>
   </si>
   <si>
     <t>Объемный стержень в пластиковом корпусе для автоматической шариковой ручки</t>
   </si>
   <si>
     <t>643956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c68/c6855679cb21216ccc156b2f1d172dd5.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Crown  quot;CEO Ball quot; синий, 117мм, 0,7мм.</t>
   </si>
   <si>
     <t>Стержень для шариковой ручки</t>
   </si>
   <si>
     <t>652806</t>
-  </si>
-[...22 lines deleted...]
-    <t>698718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/288/q0q6cqejj9xbd0f9u4aotp8j974tnwr4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый 128мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч. DV-12234.12236.12239 </t>
   </si>
   <si>
     <t>-длина стержня-128мм&lt;br /&gt;
  -пиш.узел-0,7мм&lt;br /&gt;
  -чернила синего цвета на масляной основе &amp;#40;можно использовать в ручки DV-12234.DV-12236.DV-12239&amp;#41;</t>
   </si>
   <si>
     <t>707683</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/be3/38cyxeieucgnpr92s4sabqzz3tkuc53h.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стержень шариковый 138мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч.DV-12237.12238.12241 </t>
+  </si>
+  <si>
+    <t>-длина стержня-138мм&lt;br /&gt;
+ -пиш.узел-0,7мм&lt;br /&gt;
+ -чернила синего цвета на масляной основе &amp;#40;можно использовать в ручки DV-12238.DV-12241.DV-12237&amp;#41;</t>
+  </si>
+  <si>
+    <t>707684</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aa6/an0obwrf2d4hbct3p1h0gb3r829dilmr.jpg</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв.  quot;Darvish quot; неон</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв. &amp;quot;Darvish&amp;quot; неон</t>
   </si>
   <si>
     <t>707685</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c12/do502f6yc2hq3mndct75qn0i9pdgy6nw.jpg</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв.  quot;Darvish quot; с блестками</t>
   </si>
   <si>
     <t>Набор стержней гел. 10цв. &amp;quot;Darvish&amp;quot; с блестками</t>
   </si>
   <si>
     <t>707686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07e/vg4lml62b6gi2lyakjfrw94y4f7bwq5w.jpg</t>
@@ -2829,98 +2834,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a32/z5b8p9j7crvqjehcpj1qofne2i6s52y1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый 98мм синий объем. пласт.  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Стержень шариковый&amp;nbsp;&amp;nbsp;98мм синий объемный&amp;nbsp;&amp;nbsp;пластиковый &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>707710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecf/el9ufd0gszvr3ly3s2f41oc1txt6ex7m.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стержень шариковый 132мм синий на масляной основе  quot;Darvish quot; 0,7мм  для руч. DV-12240 </t>
   </si>
   <si>
     <t>Упаковка: 14,4х4х4 см.</t>
   </si>
   <si>
     <t>707711</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0a/rpq52wsp5ycuvwdcp2ggr401ip0r8qxg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bb2/3feqelpjz8ecfollat47v3fevrr5v90u.jpg</t>
   </si>
   <si>
     <t>Стержень гелевый PILOT BLS-SNP5 для BLRT-SNP5 Synergy Point синий</t>
   </si>
   <si>
     <t>788614</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/345/t50enaxhd1qby5u117oqcj7m3btkb3lp.jpeg</t>
-[...8 lines deleted...]
-    <t>818714</t>
+    <t>http://anytos.ru//upload/iblock/f24/6jgqv63thw7r7v2ysd3i8mllucni4bbd.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;CityWrite quot; ШАРИКОВЫЙ, 135 ММ, 1.0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;CityWrite&amp;quot; ШАРИКОВЫЙ, 135 ММ, 1.0 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>818715</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f24/6jgqv63thw7r7v2ysd3i8mllucni4bbd.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e8/ex0vygykjuhks3qtal9yc9vv60g0alb5.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SlimWrite HappyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SlimWrite/HappyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818716</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a5/96qw7hxq2xetjcn3fvb6jgnnpnu1phh7.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>818718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b5/ibj9bcyad4v16gop4gkyv21v0hddxt25.jpeg</t>
@@ -2973,62 +2954,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7fb/9ljvvrausm9r6hib9nv4tdi54ipocnof.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЗЕЛЕНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, ЗЕЛЕНЫЙ</t>
   </si>
   <si>
     <t>818723</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f09/evwu7usxzmjo1oidxo33628jq58jyctb.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;EasyWrite quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, КРАСНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;EasyWrite&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, КРАСНЫЙ</t>
   </si>
   <si>
     <t>818724</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/282/ajzuqoi8fpba01puqx59s6cuxnl6fx7z.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/09a/8g5kmewwaa51r00tn9olsyq9meg1psfs.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;San Remo quot;. ШАРИКОВЫЙ 99 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;San Remo&amp;quot;. ШАРИКОВЫЙ 99 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840966</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;ArtClick quot; ШАРИКОВЫЙ 108 ММ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;ArtClick&amp;quot; ШАРИКОВЫЙ 108 ММ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840967</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afc/1fvwgo56ob3muzv32yb4nrbolgo30r4y.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ</t>
@@ -3099,86 +3068,86 @@
   <si>
     <t>840973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/4s3qzhuon0jhqg7w5r96cerdbax9gnct.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SimpleWrite quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SimpleWrite&amp;quot; ГЕЛЕВЫЙ 129 ММ, 0,5 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>840974</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SoftWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SoftWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>840975</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/941/avixp3215kpln5xp2h826sdz8fjngpzs.jpeg</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ  quot;Sorrento quot;. РОЛЛЕР 110 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>СТЕРЖЕНЬ &amp;quot;Sorrento&amp;quot;. РОЛЛЕР 110 ММ, 0.7 ММ, СИНИЙ</t>
+  </si>
+  <si>
+    <t>840976</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/da2/6astuuq7dr3e4j75xg6h7zm5d37xs0vi.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG  quot;Oxet quot; 130 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 170366</t>
   </si>
   <si>
     <t>Стержень BRAUBERG с масляными чернилами обеспечивает ровное, комфортное письмо. Подходит для большинства ручек с откручивающимся носиком. Длина стержня составляет 130 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет игольчатый наконечник. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>842153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afc/rc97xwd4n4mxi23jdq1n8c03nu35kqnq.jpg</t>
   </si>
   <si>
     <t>Стержень шарик. LITE 142 мм., синий</t>
   </si>
   <si>
     <t>847645</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b0/zttr1tpq0lmms313f19foz1a9o1n5x0t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/873/o0hg9o5vohmfbu9zjtc0arrnm5a8jja9.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Koh-I-Noor металлический 0,8мм 4442 синий 4442E01002KSRU</t>
   </si>
   <si>
     <t>881861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dcd/kih55jeiz2qamslckr8ri2wy5on0kbnp.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PENSAN My-Tech 140мм масл,уз.0,7мм,лин.0,5мм син 2240 R</t>
   </si>
   <si>
     <t>Стержень шариковый PENSAN My-Tech 140мм масл,уз.0,7мм,лин.0,5мм син 2240/R</t>
   </si>
   <si>
     <t>881864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/920/22nq22zbmogg670dp3s3imltwnfsj2d1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Quink Flow,1мм, черный, 3 шт 2119151</t>
@@ -3210,62 +3179,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c20/24a2e5q82da3m7an10pho29tqmba2kqu.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;DeleteWrite quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ, 4 ШТ.</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;DeleteWrite&amp;quot; СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 129 ММ, 0,5 ММ, CИНИЙ, 4 ШТ.</t>
   </si>
   <si>
     <t>909841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/562/x4pk69c3g2pgaix3ur5hzktkxpzco36i.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;Monaco Monte Carlo quot; ШАРИКОВЫЙ 128 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;Monaco/Monte Carlo&amp;quot; ШАРИКОВЫЙ 128 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>909842</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/04d/j6xnf9q9lqo0btvwiskilhdb6bk6gwly.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e03/1578jeqzvc574chuqwd416zxnvqo6qxn.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;SoftClick quot; ШАРИКОВЫЙ 116 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;SoftClick&amp;quot; ШАРИКОВЫЙ 116 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>909844</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a93/ckhgkp2vtnz27xbxeryq6kj3u6i6vuvc.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ синий, 152мм, 1,0мм</t>
   </si>
   <si>
     <t>Стержень шариковый СТАММ предназначен для замены исписанного стержня шариковой ручки. Длина стержня - 152 мм, диаметр пишущего узла - 1,0 мм. Износостойкий наконечник и чернила на масляной основе обеспечивают мягкое, ровное и комфортное письмо. Толщина линии - 0,7 мм, длина письма - до 1500 м. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>926657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce5/w4bk9jwb191gl1he2qgx6urnbk779ia0.jpg</t>
@@ -3396,50 +3353,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/417/holms55sjh56mh9a3g5cdtfdp7aada40.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFN-GG- F д.ш.0,7мм т.л.0,22мм синий 144мм 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFN-GG- F д.ш.0,7мм т.л.0,22мм синий 144мм 2шт/уп</t>
   </si>
   <si>
     <t>952151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/609/fw7rsc1kixmd81umq0hn6xelwf47jt10.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFNS-GG- F д.ш.0,7мм т.л.0,22мм синий 99мм 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot RFNS-GG- F д.ш.0,7мм т.л.0,22мм синий 99мм 2шт/уп</t>
   </si>
   <si>
     <t>952152</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/657/cz74qj638hem36bulh2glh8w5fwdbjvm.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый Quink Flow,лин письм 1мм,синий,2 шт бл 1950373</t>
+  </si>
+  <si>
+    <t>952153</t>
+  </si>
+  <si>
     <t>Набор стержней шариковых PILOT RFN-GG-EF-L 0,5 мм синий, 2 штуки</t>
   </si>
   <si>
     <t>953261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/cl2tggk6kqmh8t837vezzic40zrb0rkd.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PILOT 144 мм, линия 0,18 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,5 мм, RFN-GG-EF</t>
   </si>
   <si>
     <t>Сменные стержни PILOT на масляной основе для шариковых ручек.</t>
   </si>
   <si>
     <t>954003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c72/nsewyhu38649yjs53fl74gfsw3x0l7bn.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый PILOT 144 мм, линия 0,22 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,7 мм, RFN-GG-F</t>
   </si>
   <si>
     <t>954004</t>
@@ -3462,62 +3428,50 @@
   <si>
     <t>Стержень шариковый с ушками PILOT 98 мм, линия 0,22 мм, КОМПЛЕКТ 2 ШТУКИ, СИНИЙ, узел 0,7 мм, RFNS-GG-F</t>
   </si>
   <si>
     <t>Сменные стержени PILOT на масляной основе для шариковых автоматических ручек.</t>
   </si>
   <si>
     <t>954006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28d/9z4343fjfzqh9g3441hmg199br1sn6qu.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип CROSS, СИНИЙ, пишущий узел 0,7 мм, металл, 116 мм, блистер, GALANT, 170385</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным механизмом типа CROSS. Длина металлического стержня составляет 116 мм. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954007</t>
   </si>
   <si>
     <t>&lt;a href="/brands/galant/"&gt;GALANT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9fd/76yvr0jbk4yjg36rpnxsggx99xi7iwu9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/695/zm81f7b3nhtx9bkmn5ux0xsbgx9tsybi.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, СИНИЙ, пишущий узел 0,7 мм, металл, 98 мм, блистер, GALANT, 170384</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21d/quir5b66ske8j9qs5tyy7zzoiqg5wq1b.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, СИНИЙ, пишущий узел 1 мм, металл, 98 мм, блистер, GALANT, 170383</t>
   </si>
   <si>
     <t>Сменный металлический стержень GALANT для автоматических ручек с поворотным или нажимным механизмом типа PARKER. Длина металлического стержня составляет 98 мм. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Имеет стандартный наконечник. Цвет чернил - синий. Поставляется в блистере.</t>
   </si>
   <si>
     <t>954011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d82/3vwq9ve6gtnsiebwbeff908i989iqy2t.jpg</t>
@@ -3564,65 +3518,50 @@
   <si>
     <t>956427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/261/qwu7m2mvnhu68a0l1vrl0y2kqmlcn6s6.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;UrbanWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>956428</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;UrbanWrite&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 139 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>956429</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea7/fv48yg2hao4xwfh4ummr7tbw6w4jdvyh.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/835/q3muc3028knorwxb62mtlfwkx1qvp6ln.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый 143мм PILOT RFN-GG- M для ручки BPS-GP-M син 0,27мм, 2шт уп</t>
   </si>
   <si>
     <t>Стержень шариковый 143мм PILOT RFN-GG- M для ручки BPS-GP-M син 0,27мм, 2шт/уп</t>
   </si>
   <si>
     <t>964958</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a68/4nponaxipx4t69xo6kmmx2t4991prpmy.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый Pilot, синий, 2шт., 144мм, 0,5мм, европодвес</t>
   </si>
   <si>
     <t>969437</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/649/qlr40xf6br1l21i13eyutv3u82vy7j7s.jpg</t>
@@ -3909,62 +3848,50 @@
   <si>
     <t>Стержень шариковый BRAUBERG  quot;X-ONE quot; 142 мм, СИНИЙ, узел 0,5 мм, линия письма 0,35 мм, 143991</t>
   </si>
   <si>
     <t>Сменный стержень BRAUBERG &amp;quot;X-ONE&amp;quot; для шариковых ручек. Походит для ручек серии &amp;quot;X-ONE&amp;quot; и других брендов с соответствующими параметрами. Сменный стержень длиной 142 мм снабжен швейцарским стандартным наконечником фирмы PREMEC и заправлен немецкими чернилами на масляной основе DOKUMENTAL. Специальная технология FEEL INK гарантирует легкое и ультра мягкое письмо без каких-либо усилий. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>997167</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/278/1gmkyrkrppogsyctxeycoo6lja82amt1.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый тип PARKER, KOH-I-NOOR, СИНИЙ, пластиковый, 98 мм, линия 0,8 мм, 4441E01002KS</t>
   </si>
   <si>
     <t>Сменный стержень KOH-I-NOOR для автоматических ручек с поворотным или нажимным механизмом типа PARKER позволит пользоваться своей любимой ручкой даже тогда, когда в ней закончились чернила. Длина металлического стержня – 98 мм. Диаметр пишущего узла – 1,6 мм. Имеет стандартный наконечник. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>998463</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/395/mvsbcp7wxtpfalsyxm0fcqjh3u9jxep4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/578/ojr1x4ywift77jf2shlb55apkzbjo24n.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый BRAUBERG 142 мм, СИНИЙ, стандартный узел 1,0 мм, линия письма 0,5 мм, 170403</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Длина стержня составляет 142 мм. Диаметр пишущего узла – 1,0 мм, что создает ровную линию письма толщиной 0,5 мм. Корпус стержня прозрачный, изготовлен из пластика. Стержень оснащен стандартным наконечником. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>1005913</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2af/c653lesbmhmd0d5jnc98wcq3ug6y2vuw.jpg</t>
   </si>
   <si>
     <t>Стержень шариковый масляный BRAUBERG 135 мм, СИНИЙ, игольчатый узел 0,7 мм, линия письма 0,5 мм, 170401</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG на масляной основе для шариковых ручек. Длина стержня составляет 135 мм. Диаметр пишущего узла – 0,7 мм, что создает ровную линию письма толщиной 0,5 мм. Масляные чернила в сочетании с качественным наконечником обеспечивают мягкое и комфортное письмо. Цвет чернил – синий. Поставляется в индивидуальной упаковке &amp;#40;пакет&amp;#41;.</t>
   </si>
   <si>
     <t>1005914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/854/fl2qmlx4j8an34v5rmpd63ib6rzc17fs.jpg</t>
@@ -4056,59 +3983,50 @@
   <si>
     <t>СТЕРЖЕНЬ  quot;Felicita quot;. ШАРИКОВЫЙ 116 ММ, 0,7 ММ, В БЛИСТЕРЕ, 2 ШТ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;Felicita&amp;quot;. ШАРИКОВЫЙ 116 ММ, 0,7 ММ, В БЛИСТЕРЕ, 2 ШТ, СИНИЙ</t>
   </si>
   <si>
     <t>1008503</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/999/c6ofn0pnjpawmqwydbd5dibcl8x5bp34.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;BasicWrite.Zefir quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;BasicWrite.Zefir&amp;quot; ШАРИКОВЫЙ 138 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008504</t>
   </si>
   <si>
-    <t>СТЕРЖЕНЬ  quot;Carrara quot; ШАРИКОВЫЙ, 138 ММ, 0,38 ММ, СИНИЙ</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/591/vemrv9odpdgwkjqrvs5q6orrs4a5tig1.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite&amp;quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1008507</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/666/sa2uwb4f3pds555kkm2t0soc1yewab2r.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;CrystalWrite.Gold quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;CrystalWrite.Gold&amp;quot; ШАРИКОВЫЙ 140 ММ, 0.38 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32a/75784n7p065tchb78cfenqrh6bkcmbcd.jpeg</t>
@@ -4341,123 +4259,111 @@
   <si>
     <t>1008529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a6/n7rb4dyjnkg8d03vujaa007sli8tahtv.jpeg</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot; quot;Primavera quot; ШАРИКОВЫЙ 132 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot;/&amp;quot;Primavera&amp;quot; ШАРИКОВЫЙ 132 ММ, 1,0 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008530</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;xPro quot; quot;Primavera quot; ШАРИКОВЫЙ, 136 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ &amp;quot;xPro&amp;quot;/&amp;quot;Primavera&amp;quot; ШАРИКОВЫЙ, 136 ММ, 0,5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1008531</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/483/p1eraub1k9hh8ozl1d4xqualzblw1wh3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>СТЕРЖЕНЬ  quot;UrbanClick quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ , 107 ММ, 0,7 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>Стержень с чернилами на масляной основе разработан для использования в ручках серии UrbanClick ТМ Bruno Visconti. Благодаря уникальному составу чернил, основанному на масле, он плавно скользит по поверхности бумаги, обеспечивая легкое и приятное письмо. Пишущий узел диаметром 0,7 мм формирует изящную линию шириной 0,5 мм. Длина стержня составляет 107 мм, что обеспечивает его оптимальную совместимость с корпусами ручек серии UrbanClick.</t>
   </si>
   <si>
     <t>1009900</t>
   </si>
   <si>
     <t>СТЕРЖЕНЬ  quot;UrbanClick quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ , 107 ММ, 0,7 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1009901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d9/tpmmsvbqmlnfaakclivy912iu30oo270.jpg</t>
   </si>
   <si>
     <t>Стержень стираемый гелевый BRAUBERG  quot;X-ERASE quot; 111 мм, синий, стандартный узел 0,7 мм, 170409</t>
   </si>
   <si>
     <t>Стержень пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается любым ластиком. Написанное можно восстановить при температуре ниже –18 °С. Возможно многократное стирание. Длина стержня 111 мм отлично подходит для стираемых гелевых ручек BRAUBERG &amp;quot;X-ERASE&amp;quot;. При письме и стирании стержень не повреждает бумагу, делая исправления незаметными. Пишущий узел диаметром 0,7 мм создает тонкую линию письма 0,5 мм.</t>
   </si>
   <si>
     <t>1010645</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e28/eb4wwql73xapkdqw27tq2g8p37jqtf4l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/446/cfy3iulm1nh1v9kab111rvizgf7x5cx9.jpg</t>
   </si>
   <si>
     <t>Стержни шариковые масляные BRAUBERG  quot;WRITING 3.0 quot;, мягкое письмо, 140 мм, КОМПЛЕКТ 10 ШТ., СИНИЕ, игольчатый узел 0,5 мм, 170414</t>
   </si>
   <si>
     <t>Надежный сменный стержень BRAUBERG для шариковых ручек. Набор из 10 классических стержней для шариковых масляных ручек. Преимущество стержня на масляной основе в технологии &amp;quot;WRITING 3.0&amp;quot;, которая обеспечивает плавное и гладкое письмо. Длина стержня – 140 мм. Игольчатый наконечник 0,5 мм создает тонкую линию письма равную 0,25 мм. Стержень идеально подходит к серии ручек BRAUBERG 927 PRO.</t>
   </si>
   <si>
     <t>1012517</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcd/3tkra8075lcqn0g7x9zprisz9inj1a01.jpg</t>
   </si>
   <si>
     <t>Стержни шариковые масляные с ушками BRAUBERG  quot;WRITING 3.0 quot;, 107 мм, КОМПЛЕКТ 10 ШТ., СИНИЕ, игольчатый узел 0,5 мм, 170415</t>
   </si>
   <si>
     <t>Сменный стержень для шариковых автоматических ручек BRAUBERG обеспечивает тонкое и ровное письмо. Набор из 10 классических стержней для автоматических ручек. Преимущество стержня на масляной основе в технологии &amp;quot;WRITING 3.0&amp;quot; обеспечивает плавное и гладкое письмо. Длина стержня 107 мм. Игольчатый наконечник 0,5 мм создает тонкую линию письма равную 0,25 мм. Стержень идеально подходит к серии автоматических ручек BRAUBERG A-30.</t>
   </si>
   <si>
     <t>1012518</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b58/4nzap7v6yevu9db7wqe39inzi33tlzul.jpg</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный MUNHWA  quot;MC Gold quot;, 142 мм, СИНИЙ, узел 0,5 мм, линия письма 0,3 мм, RF-02</t>
+  </si>
+  <si>
+    <t>Стержень шариковый масляный MUNHWA &amp;quot;MC Gold&amp;quot; подходит для ручек других производителей с соответствующими параметрами.</t>
+  </si>
+  <si>
+    <t>1015491</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4784,8513 +4690,8339 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J372"/>
+  <dimension ref="A1:M364"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G372" sqref="G372"/>
+      <selection pane="bottomRight" activeCell="G364" sqref="G364"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="G13" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...12 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G17" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...12 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G117" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...48 lines deleted...]
-      <c r="E26" s="3" t="s">
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="G118" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...65 lines deleted...]
-      <c r="E29" s="3" t="s">
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F126" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...147 lines deleted...]
-      <c r="C36" s="1" t="s">
+      <c r="G126" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="F128" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...361 lines deleted...]
-      <c r="B52" s="1" t="s">
+      <c r="G128" s="3" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="G156" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...1319 lines deleted...]
-      <c r="C110" s="1" t="s">
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G161" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...1185 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
         <v>650</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>652</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>653</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>558</v>
+        <v>606</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
         <v>654</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>656</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>657</v>
       </c>
       <c r="F163" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G170" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G163" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F164" s="3" t="s">
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G171" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G164" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F165" s="3" t="s">
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G173" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G165" s="3" t="s">
-[...187 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
         <v>699</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>702</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G176" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="B175" s="1" t="s">
-[...41 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B177" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="B180" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>734</v>
+        <v>557</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
         <v>735</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>469</v>
+        <v>739</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>469</v>
+        <v>480</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F185" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G186" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G185" s="3" t="s">
-[...26 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>754</v>
+        <v>485</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>758</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="F189" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="B189" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G189" s="3" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>734</v>
+        <v>759</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>298</v>
+        <v>739</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F195" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G203" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G195" s="3" t="s">
-[...111 lines deleted...]
-      <c r="F200" s="3" t="s">
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G211" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G200" s="3" t="s">
-[...256 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>856</v>
+        <v>103</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
         <v>857</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>858</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B215" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="F215" s="3" t="s">
         <v>861</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G215" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="C219" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C227" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="B228" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="C228" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C230" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B231" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="C231" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>939</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
         <v>940</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>941</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>122</v>
+        <v>944</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B237" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="F237" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="C237" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G237" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>947</v>
-[...5 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>980</v>
+        <v>940</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>983</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>947</v>
-[...5 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
         <v>984</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>987</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>947</v>
-[...5 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
         <v>988</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>991</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>948</v>
+        <v>992</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>1011</v>
+        <v>961</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>557</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>968</v>
+        <v>1023</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1026</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>558</v>
+        <v>52</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>1033</v>
+        <v>739</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C260" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="F260" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G260" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="C262" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>1043</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="F262" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="F263" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="G263" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>1048</v>
-[...5 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>228</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>228</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>1066</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>121</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="C269" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1069</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F269" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="B270" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="C270" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="F270" s="3" t="s">
         <v>1073</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="G270" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="C271" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1077</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="F271" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>122</v>
+        <v>147</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>1087</v>
       </c>
       <c r="F274" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="G274" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1093</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1096</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="F277" s="3" t="s">
         <v>1097</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="G277" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="B278" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="C278" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1101</v>
       </c>
-      <c r="C278" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="F278" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>1105</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>1048</v>
+        <v>121</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>298</v>
+        <v>121</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>1112</v>
+        <v>1037</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B282" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="C282" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1118</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="B284" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="C284" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1121</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G284" s="3" t="s">
         <v>1122</v>
       </c>
-      <c r="C284" s="1" t="s">
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="B285" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B285" s="1" t="s">
+      <c r="C285" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1125</v>
       </c>
-      <c r="C285" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="F285" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1129</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="F286" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>122</v>
+        <v>1134</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>122</v>
+        <v>1134</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>122</v>
+        <v>1134</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1146</v>
+        <v>1134</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1146</v>
+        <v>944</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B292" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1153</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="F292" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="B293" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="F293" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="B294" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1161</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="F294" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1164</v>
       </c>
-      <c r="C295" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="B296" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1168</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="F296" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G296" s="3" t="s">
         <v>1169</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...6 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="C297" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1172</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="F297" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="C298" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="B299" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B299" s="1" t="s">
+      <c r="C299" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="B300" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="C300" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1181</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="C301" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1184</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G300" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1185</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C302" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="B303" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G301" s="3" t="s">
+      <c r="C303" s="1" t="s">
         <v>1190</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1191</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="F303" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G303" s="3" t="s">
         <v>1192</v>
       </c>
-      <c r="C302" s="1" t="s">
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G304" s="3" t="s">
         <v>1192</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...36 lines deleted...]
-      <c r="A304" s="1" t="s">
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="C304" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="C305" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1200</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G305" s="3" t="s">
         <v>1201</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E305" s="3" t="s">
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>208</v>
+        <v>944</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>208</v>
+        <v>944</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>558</v>
+        <v>147</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>1213</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>558</v>
+        <v>944</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>1213</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="F310" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G315" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G310" s="3" t="s">
-[...108 lines deleted...]
-      <c r="E315" s="3" t="s">
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="C316" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1245</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="F316" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1249</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="F317" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1250</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1253</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="F318" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="C319" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1257</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="F319" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="C320" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1261</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="F320" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1262</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1265</v>
       </c>
-      <c r="D321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="F321" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="C322" s="1" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1269</v>
       </c>
-      <c r="D322" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="F322" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G322" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...6 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>1274</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>947</v>
+        <v>52</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>947</v>
+        <v>557</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>947</v>
+        <v>557</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>947</v>
+        <v>557</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="G327" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1291</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="B328" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="C328" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="C328" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1294</v>
       </c>
-      <c r="D328" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="F328" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="C329" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="C329" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1298</v>
       </c>
-      <c r="D329" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="F329" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="C330" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="C330" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1302</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="F330" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="B331" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="C331" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="C331" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1306</v>
       </c>
-      <c r="D331" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="F331" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="C332" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1309</v>
       </c>
-      <c r="C332" s="1" t="s">
+      <c r="F332" s="3" t="s">
         <v>1310</v>
       </c>
-      <c r="D332" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="G332" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="C333" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1314</v>
       </c>
-      <c r="D333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="F333" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G333" s="3" t="s">
         <v>1315</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...6 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1319</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>604</v>
+        <v>944</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>1323</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>604</v>
+        <v>944</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1327</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>604</v>
+        <v>944</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1331</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>604</v>
+        <v>944</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1335</v>
+        <v>944</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G339" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1340</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="B340" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="C340" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="C340" s="1" t="s">
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1343</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="F340" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1344</v>
-      </c>
-[...9 lines deleted...]
-        <v>1341</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
         <v>1348</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>1355</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>1357</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>1359</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>1363</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>1367</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B347" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="C347" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1370</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="F347" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="B348" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1374</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="F348" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="B349" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="C349" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="F349" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="B350" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1382</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="F350" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="B351" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="C351" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1386</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="F351" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C352" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1390</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="F352" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B353" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1393</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="B354" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B354" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1397</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="F354" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B355" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1400</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="B356" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1404</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="B357" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1408</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B358" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="C358" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1411</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B359" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1414</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B360" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="C360" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1416</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="B361" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B360" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1420</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="F361" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="B362" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1424</v>
       </c>
-      <c r="D361" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="F362" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B362" s="1" t="s">
+      <c r="B363" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="C363" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1428</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="F363" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1432</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F364" s="3" t="s">
-        <v>947</v>
+        <v>198</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>70</v>
-[...183 lines deleted...]
-        <v>245</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">