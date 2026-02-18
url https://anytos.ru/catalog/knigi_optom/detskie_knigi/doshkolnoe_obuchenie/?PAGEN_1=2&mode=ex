--- v0 (2025-12-27)
+++ v1 (2026-02-18)
@@ -12,62 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="353">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
+  </si>
+  <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f54/vb0096kj1zez0adeygk48fkaszfk5scx.jpg</t>
   </si>
   <si>
     <t>Касса букв, слогов и счета L-43-013 в ассортименте</t>
   </si>
   <si>
     <t xml:space="preserve">Касса букв, слогов и счета L-43-013 . Цвет в ассортименте: зеленый, синий, красный, малиновый. </t>
   </si>
   <si>
     <t>Дошкольное обучение</t>
   </si>
@@ -121,50 +130,68 @@
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbf/dbfbe9dc75e39f1dad82d2f9bc7e6bfe.jpg</t>
   </si>
   <si>
     <t>Касса букв, слогов и счета c цветным рисунком  оборотная , А5, ПВХ: SP 12.12w штр.:  4680211072667</t>
   </si>
   <si>
     <t>Касса букв, слогов и счета c цветным рисунком &amp;#40;оборотная&amp;#41;, А5, ПВХ: SP 12.12w Касса букв слогов и счета для обучения детей дошкольного возраста. Касса сделана в виде раскладного планшета из ПВХ с прорезями для карточек с буквами и цифрами. Полноцветная обложка, покрыта прозрачной и плотной плёнкой. В комплект входят наглядные печатные материалы с буквами, слогами и цифрами. Каждая касса упакована в индивидуальный пакет, оснащенный клапаном с клеевым слоем. &lt;br /&gt;
 Тип – касса букв, слогов и счета. &lt;br /&gt;
 Материал обложки – ПВХ. &lt;br /&gt;
 Количество вкладышей – 8. &lt;br /&gt;
 Упаковка ед. товара – пакет с европодвесом.</t>
   </si>
   <si>
     <t>214120</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/127/1276ae711d0c5e0cfbc2dc1270b709b3.jpg</t>
+  </si>
+  <si>
+    <t>Касса букв, слогов и счета c цветным рисунком, А5, ПВХ: SP 12.12цв штр.:  4610008529142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Касса букв, слогов и счета c цветным рисунком, А5, ПВХ: SP 12.12цв Касса букв слогов и счета для обучения детей дошкольного возраста. Касса сделана в виде раскладного планшета из ПВХ с прорезями для карточек с буквами и цифрами. Полноцветная обложка, покрыта прозрачной и плотной плёнкой. В комплект входят наглядные печатные материалы с буквами, слогами и цифрами. &lt;br /&gt;
+Тип – касса букв, слогов и счета. &lt;br /&gt;
+Материал обложки – ПВХ. &lt;br /&gt;
+Количество вкладышей – 8. &lt;br /&gt;
+Упаковка ед. товара – пакет с европодвесом. &lt;br /&gt;
+Формат – A5. &lt;br /&gt;
+</t>
+  </si>
+  <si>
+    <t>215049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a39/a39c8dd4274927acd406fbe734ff915c.jpg</t>
   </si>
   <si>
     <t>Тренажер для обучения правильной технике письма  quot;Ручка-Самоучка quot;, для левшей, блистер: АС-1728 штр.:  4820026220055</t>
   </si>
   <si>
     <t>Тренажер для обучения правильной технике письма &amp;quot;Ручка-Самоучка&amp;quot;, для левшей, блистер: АС-1728</t>
   </si>
   <si>
     <t>217635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba3/ba3eaf274450096d9020dde26b4c3d09.jpg</t>
   </si>
   <si>
     <t>Касса букв, слогов и счета, А5, ПВХ: SP 12.12 штр.:  4607072940201</t>
   </si>
   <si>
     <t>Касса букв, слогов и счета, А5, ПВХ: SP 12.12 Касса букв, слогов и счета для обучения детей дошкольного возраста. Касса сделана в виде раскладного планшета из ПВХ с прорезями для карточек с буквами и цифрами. Полноцветная обложка, покрыта прозрачной и плотной плёнкой. В комплект входят наглядные печатные материалы с буквами, слогами и цифрами. &lt;br /&gt;
 Тип – касса букв, слогов и счета. &lt;br /&gt;
 Материал обложки – ПВХ. &lt;br /&gt;
 Количество вкладышей – 8. &lt;br /&gt;
 Формат – A5. &lt;br /&gt;
@@ -206,123 +233,135 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cea/cea2a0214c5f88172a7971cd6408fe50.jpg</t>
   </si>
   <si>
     <t>Набор счетных палочек 60шт. в евробоксе: СП02</t>
   </si>
   <si>
     <t>235881</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da5/da5d85120325139430b9c1cdf3883115.jpg</t>
   </si>
   <si>
     <t>Тренажер для обучения правильной технике письма  quot;Ручка-Самоучка quot;, для правшей, блистер: АВ-4783 штр.:  4820015820013</t>
   </si>
   <si>
     <t>Тренажер для обучения правильной технике письма &amp;quot;Ручка-Самоучка&amp;quot;, для правшей, блистер: АВ-4783 Тренажер для обучения детей правильной технике письма. Для того чтобы легко, быстро и красиво писать, необходимо научиться правильно держать ручку или карандаш. Тренажер позволяет в игровой форме, без усилий выработать правильную постановку пальцев при обучении ребенка рисованию и технике письма – ручку &amp;#40;карандаш&amp;#41; держать легко и удобно. Взрослому не нужно постоянно стоять над ребенком, объясняя как должен располагаться каждый пальчик и какой должен быть наклон ручки. Достаточно помочь ребенку в первое время обучения.&amp;lt;br/&amp;gt;Тренажер позволяет выработать абсолютно верный наклон ручки/карандаша при письме, верное расположение пальцев и решить 3 проблемы:&amp;lt;br/&amp;gt;1&amp;#41; чистописание – ребенок пишет красиво и разборчиво&amp;lt;br/&amp;gt;2&amp;#41; скорость письма – ребенок пишет быстро&amp;lt;br/&amp;gt;3&amp;#41; усталость руки при письме – рука не устает при длительном письме.&amp;lt;br/&amp;gt;Рекомендован для обучения детей с 2,5 лет на карандаше, с 5 лет – на ручке. Изготовлен из термопластичного эластомера</t>
   </si>
   <si>
     <t>237004</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/701/701ba8d58b274f8894d598ec01ba895d.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bec/bec5f3c44eb4bf79d26f4d406dec1c6e.jpg</t>
   </si>
   <si>
     <t>Касса букв, слогов и счета Мульти-Пульти  quot;Приключения Енота quot;, А5, ПВХ КС_15781</t>
   </si>
   <si>
     <t>Касса букв слогов и счета для обучения детей дошкольного возраста. Касса сделана в виде раскладного планшета из ПВХ с прорезями для карточек с буквами и цифрами. Полноцветная обложка, покрыта прозрачной и плотной плёнкой. В комплект входят наглядные печатные материалы с буквами, слогами и цифрами. Каждая касса упакована в индивидуальный пакет с клеевым краем.</t>
   </si>
   <si>
     <t>339440</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/efa/efa73fe89036b6ef3a982c8e138435c5/9de859ce2d8b8666fd1e97b05762d032.jpg</t>
   </si>
   <si>
     <t>Веер-касса набор  3 веера  гласные-согласные буквы и цифры, ВК12</t>
   </si>
   <si>
     <t>Веер-касса набор &amp;#40;3 веера&amp;#41; гласные-согласные буквы и цифры, ВК12</t>
   </si>
   <si>
     <t>415813</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6f6/tkglbzc4lnswu45dc196g6dwr0y65ivn.jpg</t>
+  </si>
+  <si>
+    <t>Тренажер для обучения правильной технике письма  quot;Ручка-Самоучка quot;, для левшей, УНИК-УМ, АС-1728</t>
+  </si>
+  <si>
+    <t>Уникальные тренажеры &amp;quot;ручка-самоучка&amp;quot; помогают детям от 3 лет и школьникам выработать правильную манеру письма, а главное, верный наклон ручки &amp;#40;карандаша&amp;#41; и верное расположение пальцев при письме. Взрослому не нужно постоянно стоять над ребёнком, объясняя как должен располагаться каждый пальчик и какой должен быть наклон ручки. Достаточно помочь ребёнку в первое время обучения.Практика показала, что ребёнку достаточно около двух месяцев регулярного использования тренажёра для закрепления навыков.Насадки в форме рыбки изготовлены из дорогого инновационного европейского материала «Термопластичный эластомер». Это экологически чистый материал, который в отличии от силикона, ПВХ и других дешёвых материалов позволяет добиться необходимой эргономичной конфигурации тренажёров.</t>
+  </si>
+  <si>
+    <t>425388</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0d3/2whyatjer1oqcxf6mffhpfgvduwkyd7l.jpg</t>
   </si>
   <si>
     <t>Веер-касса  цифры от 1 до 20  ПИФАГОР, 227392</t>
   </si>
   <si>
     <t>Веер-касса ПИФАГОР предназначена для обучения и развития детей дошкольного и младшего школьного возраста. Изучение написания отдельных цифр станет интересным занятием для ребёнка. Набор содержит 1 веер с цифрами от 1 до 20. Символы нанесены с двух сторон. Изготовлен из сертифицированного полипропилена. Размер в индивидуальной упаковке- 225х85х17 мм. Поставляется в пакете с европодвесом.Преимущества:- крупный размер и шрифт; - качественная печать; - устойчивая к истиранию.</t>
   </si>
   <si>
     <t>425389</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa6/pqa0nu1m3zrzzq45kj6wy9e4ntb02j2s.jpg</t>
   </si>
   <si>
     <t>Касса букв, слогов и счета ПИФАГОР, с цветным рисунком, А5, ПВХ, 129215</t>
   </si>
   <si>
     <t>Касса букв, цифр и счёта ПИФАГОР поможет ребенку научиться читать, считать и решать простые арифметические задачи. Касса содержит 8 бумажных карточек формата А5 с напечатанными на них буквами, цифрами, математическими знаками, которые предварительно нужно вырезать для дальнейшего использования. Вырезанные элементы удобно размещаются и хранятся в папке из ПВХ со специальными прорезями и прозрачными карманами. Максимальная высота символа - 23 мм. Предназначен для детей старше 3-х лет.Состав кассы:- заглавные и строчные буквы алфавита - 104 шт.;- знаки пунктуации - 8 шт.;- слоги - 168 шт.;- цифры от 0 до 10 - 66 шт.;- математические знаки - 32 шт.;- цветные квадраты для звукового анализа слов &amp;#40;2 цвета&amp;#41; - 21 шт.; - символы счета &amp;#40;кружки&amp;#41; - 10 шт.;- наборное полотно на 2 полосы - 1 шт.Общее количество элементов - 409 шт.</t>
   </si>
   <si>
     <t>425392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/962/pln882336nwev11j7kql7frpxkz9dglh.jpg</t>
+  </si>
+  <si>
+    <t>Веер-касса  парные согласные буквы  ПИФАГОР, 227388</t>
+  </si>
+  <si>
+    <t>Веер-касса ПИФАГОР предназначена для обучения и развития детей дошкольного и младшего школьного возраста. Изучение написания отдельных букв станет интересным занятием для ребёнка. Набор содержит 1 веер с парными согласными буквами русского алфавита. Символы нанесены с двух сторон. Изготовлен из сертифицированного полипропилена. Размер в индивидуальной упаковке - 225х85х12 мм. Поставляется в пакете с европодвесом.Преимущества:- крупный размер и шрифт; - качественная печать; - устойчивая к истиранию.</t>
+  </si>
+  <si>
+    <t>425394</t>
+  </si>
+  <si>
+    <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f66/atg60rfwaylk489bke2joi1byv79td3e.jpg</t>
   </si>
   <si>
     <t>Веер-касса  согласные буквы  ПИФАГОР, 227389</t>
   </si>
   <si>
     <t>Веер-касса ПИФАГОР предназначена для обучения и развития детей дошкольного и младшего школьного возраста. Изучение написания отдельных букв станет интересным занятием для ребёнка. Набор содержит 1 веер с согласными буквами русского алфавита. Символы нанесены с двух сторон. Изготовлен из сертифицированного полипропилена. Размер в индивидуальной упаковке- 225х85х17 мм. Поставляется в пакете с европодвесом.Преимущества:- крупный размер и шрифт; - качественная печать; - устойчивая к истиранию.</t>
   </si>
   <si>
     <t>425395</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab8/42041iweosieyje8s2vilww5f609wop6.jpg</t>
   </si>
   <si>
     <t>Веер-касса  гласные буквы  ПИФАГОР, 227390</t>
   </si>
   <si>
     <t>Веер-касса ПИФАГОР предназначена для обучения и развития детей дошкольного и младшего школьного возраста. Изучение написания отдельных букв станет интересным занятием для ребёнка. Набор содержит 1 веер с гласными буквами русского алфавита. Символы нанесены с двух сторон. Изготовлен из сертифицированного полипропилена. Размер в индивидуальной упаковке - 225х85х12 мм. Поставляется в пакете с европодвесом.Преимущества:- крупный размер и шрифт; - качественная печать; - устойчивая к истиранию.</t>
   </si>
@@ -618,62 +657,50 @@
     <t>Знакомство ребенка со счетом должно происходить весело и интересно, чтобы ребенок увлекся и запоминал все необходимое! Настольная игра &amp;quot;ЦИФРЫ&amp;quot; от Bondibon из серии &amp;quot;Обучение легко и интересно&amp;quot; - это яркое и веселое обучение счету. Настольная игра в увлекательной форме научит ребенка порядковому счёту &amp;#40;прямому и обратному&amp;#41;, познакомит с цифрами от 0 до 9, задания помогут освоить навыки количественного счёта, а также развить логико-математическое мышление, концентрацию внимания, координацию движений, тренировать мелкую моторику и память. Выполняя задания необходимо добавлять или убавлять вагоны с цифрами. Если задание решено верно, игрок забирает карту. В случае, если не удалось решить задачу, у игрока есть еще одна попытка, потом ход переходит другому участнику. Игрок, который первым собрал 5 карт, выигрывает. Настольная игра имеет 4 уровня сложности.&lt;br /&gt;
 Все элементы настольной игры выполнены из экологически чистого материала – дерева, обработанного безопасными красками. В комплекте: 48 двусторонних карт с заданиями, деревянный поезд из паровозика и 10 вагончиков. Возраст: 3&amp;#43;. Количество игроков: 1-2</t>
   </si>
   <si>
     <t>709243</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/187/r5ixfxmrxwe9ulb45tt8d1bf7wn35ksp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Веер-касса гласных букв ErichKrause   в пакете по 12 шт. </t>
   </si>
   <si>
     <t>Веер-касса гласных букв ErichKrause® &amp;#40;в пакете по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>798567</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/de6/7i42chagvx3k3vqt0bwcur86hdovptru.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c7a/voz9flmr4kb9q3yiffw75k2h26v1jpn8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Веер-касса согласных букв ErichKrause   в пакете по 12 шт. </t>
   </si>
   <si>
     <t>Веер-касса согласных букв ErichKrause® &amp;#40;в пакете по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>798569</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb0/it8mqteorv0ooyyff8m76jcexusjr3lf.jpg</t>
   </si>
   <si>
     <t>Веер-касса  цифры от 1 до 20  ЮНЛАНДИЯ, 270431</t>
   </si>
   <si>
     <t>Веер-касса ЮНЛАНДИЯ предназначена для обучения и развития детей дошкольного и младшего школьного возраста. Изучение написания отдельных букв станет интересным занятием для ребёнка. Набор содержит 1 веер с цифрами от 1 до 20. Символы нанесены с двух сторон. Крупный размер и шрифт, качественная печать, устойчив к истиранию. Изготовлен из сертифицированного полипропилена. Размер в индивидуальной упаковке- 190х80х15 мм. Поставляется в пакете с европодвесом.</t>
   </si>
   <si>
     <t>829666</t>
   </si>
   <si>
     <t>30</t>
@@ -756,68 +783,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4d2/xlw8biso3wtfx1ltrob4i2ge5rlcm7iy.jpg</t>
   </si>
   <si>
     <t>Веер-касса согласные буквы, Мульти-Пульти</t>
   </si>
   <si>
     <t>836174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72b/808y96l8hmh06qqigwqaqynxne2nmo0h.jpg</t>
   </si>
   <si>
     <t>Играем с карточками. Учим буквы</t>
   </si>
   <si>
     <t>Развивающая книга «Играем с карточками. Учим буквы» состоит из 13 заданий для тренировки речи и навыков чтения. Ребенок будет выполнять увлекательные задания с помощью 48 бумажных карточек, на которых изображены буквы алфавита. Карточки легко разрезаются по пунктирным линиям. Вместе с героями книги малыш будет составлять слова, раскрашивать персонажей и&amp;nbsp;&amp;nbsp;дополнять слова недостающими буквами. Когда все задания будут выполнены, предложите ребенку придумать новые игры с карточками. Веселые игры научат ребенка наблюдать и рассуждать, помогут развить речь и логику.</t>
   </si>
   <si>
     <t>837499</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/705/2m819phh24qusxvfrbevs01qa4f2iqm4.jpg</t>
-[...2 lines deleted...]
-    <t>Считалки-писалки. Учим и пишем буквы от К до У. Развивающая книга</t>
+    <t>http://anytos.ru//upload/iblock/09f/s1ansxugra7ijlfksl3yucw7rtudt4t4.jpg</t>
+  </si>
+  <si>
+    <t>Считалки-писалки. Учим и пишем буквы от Ф до Я. Развивающая книга</t>
   </si>
   <si>
     <t>Дорогие родители! Эта серия игровых обучающих книг поможет ребёнку освоить написание букв, цифр и основы счёта. Информация подана поэтапно, доступно, с закреплением пройденного. Ребёнок учится в игре, не уставая и не скучая. Наглядное знакомство с цифрами и числами Прописи цифр соответствуют российским образовательным стандартам Игровые задания с наклейками и раскрасками – чтобы учиться было весело</t>
   </si>
   <si>
-    <t>837500</t>
-[...7 lines deleted...]
-  <si>
     <t>837501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99e/3ce4e1z66hh5swrtcen5n7c5sfq4ru15.jpg</t>
   </si>
   <si>
     <t>Всезнайки учат цифры и числа. Развивающая книга</t>
   </si>
   <si>
     <t>Обучающие и развивающие книги для детей от 4 лет, объединенных героями-проводниками. Это необычноые цветные карандаши в виде фантастических зверушек: желтой собачки, оранжевого жирафчика, зеленого динозавра. Каждое задание и упражнение - история или приключение, в которых участвуют маленькие читатели. Герои рассказывают им о себе и мире вокруг, помогают приобретать полезные для обучения навыки. И героев, и другие рисунки на страничках в книжке можно раскрашивать.</t>
   </si>
   <si>
     <t>837502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ff/qbhwxx7z908j9bfqvel43d5q003xvrq5.jpg</t>
   </si>
   <si>
     <t>Всезнайки учатся считать. Развивающая книга</t>
   </si>
   <si>
     <t>837503</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35a/l6csa8z2xeioqyrkpaidapeholv9w3c5.jpg</t>
@@ -855,165 +873,120 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c8d/f072hai9i96adx40biuwiopgeovzxaow.jpg</t>
   </si>
   <si>
     <t>Считалки-писалки. Цифры и числа 789. Развивающая книга</t>
   </si>
   <si>
     <t>Дорогие родители! Эта серия игровых обучающих книг поможет ребёнку освоить написание букв, цифр и основы счёта. Информация подана поэтапно, доступно, с закреплением пройденного. Ребёнок учится в игре, не уставая и не скучая. Наглядное знакомство с цифрами и числами Прописи цифр соответствуют российским образовательным стандартам&amp;nbsp;&amp;nbsp;Игровые задания с наклейками и раскрасками – чтобы учиться было весело</t>
   </si>
   <si>
     <t>837507</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/705/zgly9t22f4gnx0zmhvi3gf8skrlwwg5y.jpg</t>
   </si>
   <si>
     <t>Играем с карточками. Читай по слогам</t>
   </si>
   <si>
     <t>Развивающая книга «Играем с карточками. Читай по слогам» состоит из 14 заданий для тренировки речи, навыков чтения и понимания текста. Ребенок будет выполнять увлекательные задания с помощью 48 бумажных карточек, на которых изображены слоги. Карточки легко разрезаются по пунктирным линиям. Вместе с героями книги малыш будет составлять названия животных, времен года, музыкальных инструментов, раскрашивать картинки и сравнивать слова друг с другом. Когда все задания будут выполнены, предложите ребенку придумать новые игры с карточками. Веселые игры научат ребенка читать и понимать текст, наблюдать и рассуждать.</t>
   </si>
   <si>
     <t>837508</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c86/h8seqelqgdn1psitvqc9r3c5413pcqti.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cbf/zx5e1vjkp2pzkox076li7lim80wf8447.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор веер-касс пластиковых: согласные и гласные буквы Erich Krause   в пакете по 12 штук </t>
   </si>
   <si>
     <t>Набор веер-касс пластиковых: согласные и гласные буквы ErichKrause® &amp;#40;в пакете по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>854833</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2de/pljvejz6w288fan76dwaa9dp0v188sd7.jpg</t>
   </si>
   <si>
     <t>Касса букв, цифр и символов OfficeSpace, 336 символов</t>
   </si>
   <si>
     <t>Касса букв, цифр и символовOfficeSpace. Касса русских букв, цифр и символов подходит для печатей, штампов и датеров. В набор входят 336 символов. Размер шрифта - 3 мм. Для изготовления кассы букв используется высококачественная резина, позволяющая продлить срок эксплуатации каждого элемента набора. Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41;. Может использоваться как дополнительный набор символов для самонаборных штампов, датеров, печатей. Подходит для самонаборных штампов, датеров, печатей Trodat.</t>
   </si>
   <si>
     <t>884337</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/afe/vherzpcbgk61ir0b2usgum30mjhps7wq.jpg</t>
-[...5 lines deleted...]
-    <t>887382</t>
+    <t>http://anytos.ru//upload/iblock/229/cpn80zxnoig8xeld1thr9bu3r2jqsj04.jpg</t>
+  </si>
+  <si>
+    <t>Подготовка руки к письму. Жукова М.А. Рабочая тетрадь для дет. сада. Средняя группа. Умка</t>
+  </si>
+  <si>
+    <t>935983</t>
   </si>
   <si>
     <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6f/5tmf8gjlywlyppfgtiiubdfr4a2jqcid.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2f7/g5wat3vpj3jkaldmam7ymint9m1u75tb.jpg</t>
   </si>
   <si>
     <t>Подготовка руки к письму. Рабочая тетрадь для детского сада. М.А.Жукова. 32 стр. Умка</t>
   </si>
   <si>
     <t>935984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fa/77evf5iismudz92vpv3onkrvv6ihrnik.jpg</t>
   </si>
   <si>
     <t>Сч т, размер и формы. Рабочая тетрадь для детского сада. М.А.Жукова. 200х260мм 32стр. Умка</t>
   </si>
   <si>
     <t>Счёт, размер и формы. Рабочая тетрадь для детского сада. М.А.Жукова. 200х260мм 32стр. Умка</t>
   </si>
   <si>
     <t>935987</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bb0/wer3gx6ve7fblssxafm1agj9546ot8o4.jpg</t>
-[...23 lines deleted...]
-    <t>935997</t>
+    <t>http://anytos.ru//upload/iblock/3f2/okntkw9t4hq3axzifieygktosn4dqrkm.jpg</t>
+  </si>
+  <si>
+    <t>Счет до 10. Буба. Учись  Играй  Развивайся  3 в1   наклейки . 210х285мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>Счет до 10. Буба. Учись! Играй! Развивайся! 3 в1 &amp;#43; наклейки!. 210х285мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>938127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f5/fj9nbb38svdgt2mmlm4ucy2mbjvgq1s0.jpg</t>
   </si>
   <si>
     <t>Тренажер по математике, А5 ТРИ СОВЫ  quot;Формируем автоматические навыки счета quot;, 64стр.</t>
   </si>
   <si>
     <t>Тренажер по математике, А5 ТРИ СОВЫ &amp;quot;Формируем автоматические навыки счета&amp;quot;, 64стр.</t>
   </si>
   <si>
     <t>982961</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/922/tpkuxlco0ynoo8e7eb5pf9rqyhgook08.jpg</t>
   </si>
   <si>
     <t>Рабочая тетрадь, А5, ТРИ СОВЫ  quot;Подготовка к письму. 3-5 лет quot;, 16стр.</t>
   </si>
   <si>
     <t>Рабочая тетрадь, А5, ТРИ СОВЫ &amp;quot;Подготовка к письму. 3-5 лет&amp;quot;, 16стр.</t>
   </si>
@@ -1071,60 +1044,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1f1/rilm496iopuaks3f6dqwn19q78q29xsq.jpg</t>
   </si>
   <si>
     <t>Рабочая тетрадь, А5, ТРИ СОВЫ  quot;Несложное чтение. 5-7 лет quot;, 32стр.</t>
   </si>
   <si>
     <t>Рабочая тетрадь, А5, ТРИ СОВЫ &amp;quot;Несложное чтение. 5-7 лет&amp;quot;, 32стр.</t>
   </si>
   <si>
     <t>1001798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67b/t5ykze65edc2gy7vuifu9wgryo9qqk9n.jpg</t>
   </si>
   <si>
     <t>Рабочая тетрадь, А5, ТРИ СОВЫ  quot;Первые шаги в чтении. 5-7 лет quot;, 16стр.</t>
   </si>
   <si>
     <t>Рабочая тетрадь, А5, ТРИ СОВЫ &amp;quot;Первые шаги в чтении. 5-7 лет&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>1001799</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/845/6bnhk369c9dqhm8hfg27goi6f24q1qfr.jpg</t>
+  </si>
+  <si>
+    <t>Касса-веер английские гласные</t>
+  </si>
+  <si>
+    <t>1007138</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/uniplast/"&gt;УНИПЛАСТ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cab/8x3a8vwayymbxy2dhi74p2oh17uhxghe.jpg</t>
   </si>
   <si>
     <t>Касса-веер английские согласные</t>
   </si>
   <si>
     <t>1007139</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;a href="/brands/uniplast/"&gt;УНИПЛАСТ&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1451,1951 +1433,1871 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:L81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G85" sqref="G85"/>
+      <selection pane="bottomRight" activeCell="G81" sqref="G81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...12 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B9" s="1" t="s">
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G11" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...58 lines deleted...]
-    <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="G13" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="G20" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G20" s="3" t="s">
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>90</v>
       </c>
-    </row>
-[...124 lines deleted...]
-      </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F49" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...48 lines deleted...]
-      <c r="C30" s="1" t="s">
+      <c r="G49" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="G67" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...839 lines deleted...]
-    <row r="68" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>293</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>293</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>293</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F74" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>320</v>
+        <v>341</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>320</v>
+        <v>341</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>95</v>
-[...91 lines deleted...]
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">