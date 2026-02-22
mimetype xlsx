--- v0 (2026-01-08)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -200,59 +200,50 @@
   <si>
     <t>837435</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ce/e4nrxzfoz8gpxclv8vclszvup2x7el2v.jpg</t>
   </si>
   <si>
     <t>Творческая мастерская. Рисуем пальчиками и ладошками. Красивые растения. Развивающая книга</t>
   </si>
   <si>
     <t>837436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/877/q6peucydttpx4dher49ezix8cgpx1dp9.jpg</t>
   </si>
   <si>
     <t>Умничка. В лесу</t>
   </si>
   <si>
     <t>Игры с наклейками, рисование пальчиками, карандашами и красками, лабиринты и задачки на сравнение тренируют в игровой увлекательной форме творческие способности, внимание, логическое мышление. И просто помогают вам ии вашему малышу провести время весело и интересно. Проговаривая вслух все действия ребенка и называя животных и предметы, изображенные на картинках, вы стимулируете развитие речи.</t>
   </si>
   <si>
     <t>837438</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c11/qat8p4hz50x2x36zzf3f81eqftdxxqnl.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c9a/4zbac783sr5m59wk6db69ormhzi0jruj.jpg</t>
   </si>
   <si>
     <t>Умничка. Маленькие друзья</t>
   </si>
   <si>
     <t>837441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1dc/6xp18xaambht6mnu8aeisu1zv0svdzup.jpg</t>
   </si>
   <si>
     <t>Умничка. Профессии</t>
   </si>
   <si>
     <t>837442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0c/ii0i76tko8c0djeleckqxgz3u25k4g2n.jpg</t>
   </si>
   <si>
     <t>Чудесные кружочки для творчества. Давай дружить</t>
   </si>
   <si>
     <t>Это альбом для настоящего творчества! Здесь можно раскрашивать и рисовать, украшать картинки наклейками на свой вкус и доклеивать разноцветные кружочки по заданным контурам. Книга отлично развивает мелкую моторику, воображение и творческие способности. Малыш может действовать не только по инструкции, но и как ему захочется. Многоразовые наклейки разных цветов и размеров позволят юному художнику экспериментировать и менять картинку, пробуя разные сочетания.</t>
@@ -338,372 +329,369 @@
   <si>
     <t>837455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/599/rrhaw1w0jowbrcvx22zmp9afs3sg603o.jpg</t>
   </si>
   <si>
     <t>Головоломки. Увлекательные головоломки. Развивающая книга</t>
   </si>
   <si>
     <t>837456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d0/tssr2cpfkf5rihbq22fxb67jrtgkxrkr.jpg</t>
   </si>
   <si>
     <t>Головоломки. Фантастические головоломки. Развивающая книга</t>
   </si>
   <si>
     <t>Интуитивно понятные задания, которые ребенок может выполнить без помощи взрослого; Игровая тренировка разных умений и навыков, необходимых для успешного освоения школьной программы;Гармоничное развитие левого и правого полушарий.</t>
   </si>
   <si>
     <t>837457</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5f3/msnvzob2kmu2ifb5h67711qduputhd9b.jpg</t>
-[...8 lines deleted...]
-    <t>889423</t>
+    <t>http://anytos.ru//upload/iblock/771/7qzfqwkp09eblf5mc5czldbd2d1ejedp.jpg</t>
+  </si>
+  <si>
+    <t>Загадочные ящички. Судоку с цифрами, фигурками, буквами. Буба. 214х285 мм. 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>889426</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b33/d97epv49z764831icetc33tiavf6dv9a.jpg</t>
+  </si>
+  <si>
+    <t>Веселые страницы. Интерактивный блокнот 3 В1. Буба. 240х240мм, 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>889430</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63c/a692qhu6alopaizirqhw052jlmjfijlt.jpg</t>
+  </si>
+  <si>
+    <t>Хитрые задачки.Судоку с наклейками. Буба. 215х285мм, 16 стр.   наклейки. Умка</t>
+  </si>
+  <si>
+    <t>Хитрые задачки.Судоку с наклейками. Буба. 215х285мм, 16 стр. &amp;#43; наклейки. Умка</t>
+  </si>
+  <si>
+    <t>889431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c2/bsiuve3mo90ktejll1om6d1jqfks2d3r.jpg</t>
+  </si>
+  <si>
+    <t>Изучаем животных. М.А. Жукова. Умный блокнот с хэдером. 70х155мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>889432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d39/ary0t40evrfhuttbbtlnm3gxh76ahlf5.jpg</t>
+  </si>
+  <si>
+    <t>Азбука. М.А.Жукова. Умный блокнот с хэдером. 70х155мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>889433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d33/xtmwb8m6fgo75nrg9dwgz8fkq92c1u16.jpg</t>
+  </si>
+  <si>
+    <t>Изучаем мир вокруг. М.А. Жукова. Умный блокнот с хэдером. 70х155мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>889434</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/037/aepg7e8wwod0b92z2c0eg1q609uoeu0c.jpg</t>
+  </si>
+  <si>
+    <t>Судоку с картинками, фигурами и цифрами. Кошечки, собачки. Судоку. 214х285мм. 12стр. Умка</t>
+  </si>
+  <si>
+    <t>889436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f56/bpnp1nufshf60kybr7oebkaoc2x0kndl.jpg</t>
+  </si>
+  <si>
+    <t>Задачки от Кеши. Судоку с наклейками. МиМиМишки. 215х285мм, 16 стр.   наклейки. Умка</t>
+  </si>
+  <si>
+    <t>Задачки от Кеши. Судоку с наклейками. МиМиМишки. 215х285мм, 16 стр. &amp;#43; наклейки. Умка</t>
+  </si>
+  <si>
+    <t>889439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13e/j1epexc0mmgdtgv0cj6e6ljdqzazks14.jpg</t>
+  </si>
+  <si>
+    <t>Игра в прятки. Судоку с наклейками. Синий трактор. 215х285мм, 16 стр.   наклейки. Умка</t>
+  </si>
+  <si>
+    <t>Игра в прятки. Судоку с наклейками. Синий трактор. 215х285мм, 16 стр. &amp;#43; наклейки. Умка</t>
+  </si>
+  <si>
+    <t>889445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/403/bp8yxxycdu8zti0q6m0xfeq4q7n9z7j8.jpg</t>
+  </si>
+  <si>
+    <t>Запутанное путешествие. 75 лабиринтов. Активити А4.СИНИЙ ТРАКТОР. 210х280 мм 64 стр. Умка</t>
+  </si>
+  <si>
+    <t>889446</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aaa/xjhyjtdos5ly8iv5habcbj24gjfthpqy.jpg</t>
+  </si>
+  <si>
+    <t>Для девочек. Ребусы, кроссворды, головоломки 3 в 1. 214х290мм, 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>889448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4b/f3v27fxozr8jxx7kklc9l9kbr0j7n1vu.jpg</t>
+  </si>
+  <si>
+    <t>В мире животных. Ребусы, кроссворды, головоломки 3 в 1. 214х290мм, 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>889451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21c/nbvvkgp3lp79hmkcf5urvtoakdmghnyh.jpg</t>
+  </si>
+  <si>
+    <t>Вес лая математика.Ребусы, кроссворды, головоломки 3 в 1. 214х290мм, 12 стр. Умкар</t>
+  </si>
+  <si>
+    <t>Весёлая математика.Ребусы, кроссворды, головоломки 3 в 1. 214х290мм, 12 стр. Умкар</t>
+  </si>
+  <si>
+    <t>889455</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5e/h1j6w9tpsi0s4tmrneoofz9lpwjbsrlv.jpg</t>
+  </si>
+  <si>
+    <t>ПИРАТЫ. 75 лабиринтов. Активити А4. Головоломки. 210х280 мм 64 стр. Умка</t>
+  </si>
+  <si>
+    <t>889457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17f/zv3bbplhhn980tzqtfaashwe4c7bs5k9.jpg</t>
+  </si>
+  <si>
+    <t>Животные. 75 лабиринтов. Активити А4. Головоломки. 210х280 мм, 64 стр.. Умка</t>
+  </si>
+  <si>
+    <t>889458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71c/geuy56fa8ce11lchu187xrr96n5qdsob.jpg</t>
+  </si>
+  <si>
+    <t>Мощный заезд. Интерактивный блокнот 3 В1. Хот Вилс. 240х240мм, 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>889460</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0be/3ubjqy0rwdltug1vk47pffps08nl3gce.jpg</t>
+  </si>
+  <si>
+    <t>Супертачки.HotWheels Судоку. 214х285мм. Скрепка. 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>889461</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c6/bgmrmjj5hpa7tn6rg94xvqwjsiajsye5.jpg</t>
+  </si>
+  <si>
+    <t>Волшебное приключение. Судоку с наклейками. Энчантималс. 215х285мм, 16стр. наклейки. Умка</t>
+  </si>
+  <si>
+    <t>Волшебное приключение. Судоку с наклейками. Энчантималс. 215х285мм, 16стр.&amp;#43;наклейки. Умка</t>
+  </si>
+  <si>
+    <t>889463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d4/b9sciwt2t4wbo9cvnskkdf5wezel11q0.jpg</t>
+  </si>
+  <si>
+    <t>Монстр-траки. Лучшие из лучших. IQ-игры 10 в 1. 214х285 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>889465</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c3/anfl0wt501m5zfuhoeffa9m7e0fz8rty.jpg</t>
+  </si>
+  <si>
+    <t>Творческая мастерская. Рисуем пальчиками и ладошками. Забавные животные. Развивающая книга</t>
+  </si>
+  <si>
+    <t>905774</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55e/pvzes84iqbvzt6kzzhynm8q9nd69m2ma.jpg</t>
+  </si>
+  <si>
+    <t>Творческая мастерская. Рисуем пальчиками и ладошками. Машинки и не только. Развивающая книга</t>
+  </si>
+  <si>
+    <t>905775</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/798/039yxuqo6im03t7j5qym4clodipi1mqj.jpg</t>
+  </si>
+  <si>
+    <t>Книга. Учимся рисовать. Смешные картинки</t>
+  </si>
+  <si>
+    <t>Давайте научим делать детей что-то новое! Рисование - хороший способ развить вашего ребенка. Мы составили целую серию книг, которая шаг за шагом методично научит вашего малыша рисовать животных, птиц, фрукты и многое другое. Серия поможет развить внимательность, мелкую моторику, творческие способности. Формат издания – 280х295 мм, 24 страницы, полноцветная печать, бумага офсетная</t>
+  </si>
+  <si>
+    <t>905776</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d18/rp1oqvzrmx4m3crwn4yssapl212qijjy.jpg</t>
+  </si>
+  <si>
+    <t>Любознательные малышки. Ребусы, кроссворды, головоломки. 3 в 1. ЛОЛ. 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>933966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26c/euffjzs6cbm4k558ril7h3bs1e14djb3.jpg</t>
+  </si>
+  <si>
+    <t>Учим буквы и цифры. М.А.Жукова. Ребусы кроссворды головоломки 3В1. 214х285мм. 12стр. Умка</t>
+  </si>
+  <si>
+    <t>933970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f29/196sxwi2oent59v3cgxr5b5b6extlz36.jpg</t>
+  </si>
+  <si>
+    <t>Аниме. 1 метр раскрасок. 240х280 мм. Раскладушка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>933973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/762/my5od7denq4j2xuf1sxc1n8e3cg85npp.jpg</t>
+  </si>
+  <si>
+    <t>Аниме-приключение. Ребусы, кроссворды, головоломки. 3 в 1. 214х285 мм. 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>933974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eea/v34509ef098o7bu1wsv6mbheu3kr4nz1.jpg</t>
+  </si>
+  <si>
+    <t>Истории непосед. Развивающая книга 3 в 1. Буба. Лабиринты,ходилки,головоломки 32 стр.Умка</t>
+  </si>
+  <si>
+    <t>933977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d69/7kt1h345hsfswgoya9s9e9y68s7nmnpm.jpg</t>
+  </si>
+  <si>
+    <t>Правила дорожного движения. Синий Трактор. Настольная игра-ходилка в блистере. Умные игры</t>
+  </si>
+  <si>
+    <t>933981</t>
   </si>
   <si>
     <t>&lt;a href="/brands/umnieigri/"&gt;Умные игры&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/995/b6hd62g54n1306jr9fkevko9m797amsm.jpg</t>
-[...260 lines deleted...]
-    <t>933982</t>
+    <t>http://anytos.ru//upload/iblock/8e6/bipahfr3vq13xbsfu0rmlls9cjtpwg46.jpg</t>
+  </si>
+  <si>
+    <t>Тайны монстриков. Развивающая книга 3 в 1. Лабиринты, ходилки, головоломки. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>933984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bb/ezjfvp4y5p3gx1eqexbe6o8a9klr152a.jpg</t>
   </si>
   <si>
     <t>Автомобили. Учусь рисовать Рисуем шаг за шагом. 210х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>942325</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8da/9i0nktfgzvl9ftoxsigrrxvrs8ri5f9i.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/21e/ld0ks5lvih4ppwl9e7u001v0qe77cdon.jpg</t>
   </si>
   <si>
     <t>Девушки аниме. Учусь рисовать Рисуем шаг за шагом. 210х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>942328</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d47/bq5582ivfs2914fjmm1b1h72geccnzfe.jpg</t>
+  </si>
+  <si>
+    <t>Любимые монстрики. Учусь рисовать. 210х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942333</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/44b/qb31mhmbzy395ur3ccrahlzu83qlby8l.jpg</t>
   </si>
   <si>
     <t>Магия льда. Учусь рисовать Рисуем шаг за шагом. 210х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>942334</t>
-  </si>
-[...7 lines deleted...]
-    <t>942335</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d49/t14p7qt17s8doystpoy31v2shparzqbg.jpeg</t>
   </si>
   <si>
     <t>Стикер-мозаика для малышей. Уровень 2. С замком</t>
   </si>
   <si>
     <t>Мозаика из наклеек — полезное и увлекательное занятие. серии 3 уровня сложности — для малышей и детей постарше. Мозаика из наклеек — это отличная тренировка мелкой моторики и внимания.Внимательно рассмотри картинку. Найди квадраты и треугольники нужных цветов на листе наклеек. Доклей недостающие элементы. Все картинки готовы, а у тебя остались лишние наклейки? Укрась ими странички или собери свою картинку-мозаику. Теперь ты можешь перейти на следующий уровень и попробовать более сложные мозаики.</t>
   </si>
   <si>
     <t>949424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/961/0wzbxk20y5qjo45ax0smnrojf7h2rwiv.jpeg</t>
   </si>
   <si>
     <t>Стикер-мозаика для малышей. Уровень 3. С трактором</t>
   </si>
   <si>
     <t>949425</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/840/wsvq6430yaqof43xkklpcuu4plsjmmnl.jpeg</t>
   </si>
@@ -1150,57 +1138,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M73"/>
+  <dimension ref="A1:M72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G73" sqref="G73"/>
+      <selection pane="bottomRight" activeCell="G72" sqref="G72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1566,1305 +1554,1282 @@
       </c>
       <c r="C18" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F48" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F49" s="3" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B50" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F50" s="3" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C52" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F52" s="3" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="F57" s="3" t="s">
         <v>196</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="C58" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C59" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F59" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>17</v>
+        <v>226</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>18</v>
+        <v>227</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F67" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="G67" s="3" t="s">
         <v>227</v>
-      </c>
-[...13 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>231</v>
-[...22 lines deleted...]
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">