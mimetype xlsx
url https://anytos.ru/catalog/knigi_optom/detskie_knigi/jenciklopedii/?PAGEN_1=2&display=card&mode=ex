--- v0 (2025-10-23)
+++ v1 (2026-02-13)
@@ -12,109 +12,100 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/97c/97c052e5ffb5a0d4f85a51b9b44821d1.jpeg</t>
-[...5 lines deleted...]
-    <t>В красочном атласе в доступной форме изложены знания о солнечной системе и исследованиях космоса, зарождении жизни на Земле, строении нашей планеты и ее рельефе, погоде и климате, животных и растениях, и политическом устройстве мира. На страницах атласа имеются интересные задания и идеи для опытов, которые можно провести дома. Пособие разработано для детей дошкольного и младшего школьного возраста.</t>
+    <t>http://anytos.ru//upload/iblock/d47/totnoea02hvukzw02vjfx17o4kfxppk1.jpg</t>
+  </si>
+  <si>
+    <t>Энциклопедия интересных фактов. Великие открытия</t>
+  </si>
+  <si>
+    <t>В этой серии увлекательных, прекрасно иллюстрированных энциклопедий вы найдете факты обо всем на свете. Все тайны и секреты нашего мира в рисунках и фотографиях!</t>
   </si>
   <si>
     <t>Энциклопедии</t>
   </si>
   <si>
-    <t>428030</t>
-[...16 lines deleted...]
-  <si>
     <t>791157</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ab/unkz7zbkp4ezvr5rciieacikhpdb930m.jpg</t>
   </si>
   <si>
     <t>Энциклопедия интересных фактов. Грозные охотники</t>
   </si>
   <si>
     <t>791158</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/397/l412b2x3uwuv8otwtedwnwna7znckpqs.jpg</t>
   </si>
   <si>
     <t>Энциклопедия интересных фактов. Загадочные животные</t>
   </si>
   <si>
     <t>791159</t>
@@ -125,164 +116,146 @@
   <si>
     <t>Энциклопедия интересных фактов. Мир животных</t>
   </si>
   <si>
     <t>791160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a73/ck3k2svitvo0gkse47hu0s6e8rltulh5.jpg</t>
   </si>
   <si>
     <t>Энциклопедия интересных фактов. Настоящие друзья</t>
   </si>
   <si>
     <t>791162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e6/ljzqta4v1yd128xmznffx3iqp29z4xs3.jpg</t>
   </si>
   <si>
     <t>Энциклопедия интересных фактов. Необычные таланты</t>
   </si>
   <si>
     <t>791163</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/52d/dfbkmuy4g7y1ha576rbri60cfah674qd.jpg</t>
-[...11 lines deleted...]
-    <t>Детская энциклопедия. Антарктика. Развивающая книга</t>
+    <t>http://anytos.ru//upload/iblock/d0e/3eicrro4mhlfydr6sajnmfb9uvcahyb5.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Джунгли. Развивающая книга</t>
+  </si>
+  <si>
+    <t>Серия «Моя первая книга фактов» станет первым шагом ребенка в изучении интересных фактовоб окружающем мире. Обучение детей – непростая задача. Сведения, собранные в книгах, помогут дошкольникам получить ответы на вопросы, а родителям и педагогам – сделать процесс познания окружающей действительности занимательным. Книги серии поможет детям учиться с удовольствием!</t>
+  </si>
+  <si>
+    <t>837369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b3/w5l1dk9k8jledvju9rhsav4l7jawm8w0.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Земля. Развивающая книга</t>
+  </si>
+  <si>
+    <t>Серия «Моя первая книга фактов» станет первым шагом ребенка в изучении интересных фактовоб окружающем мире. Обучение детей – непростая задача. Сведения, собранные в книгах, помогут дошкольникам получить ответы на вопросы, а родителям и педагогам – сделать процесс познания окружающей действительности занимательным.Книги серии поможет детям учиться с удовольствием!</t>
+  </si>
+  <si>
+    <t>837370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/941/r9zggamosykelbbdwtdirb8c2dd1xga6.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Кошки. Развивающая книга</t>
+  </si>
+  <si>
+    <t>837371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae3/3v4gp8br2k2wiozs5vqg7kjvs59i6053.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Обезьяны и мартышки. Развивающая книга</t>
+  </si>
+  <si>
+    <t>837372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ab/clq1edojvyvu79yq5vmk4eq8388htzpu.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Птицы. Развивающая книга</t>
+  </si>
+  <si>
+    <t>837373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96e/fxeb3v2nqft2z6nvrgeoryoxx4jq28qf.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Рептилии и амфибии. Развивающая книга</t>
+  </si>
+  <si>
+    <t>837374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b85/a2nb7ey0r5vwuguald423a2ikb9at90a.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Собаки. Развивающая книга</t>
+  </si>
+  <si>
+    <t>837375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/725/ajq6kd44e8wretoa70qh00yayf90fcmk.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Транспортные средства. Развивающая книга</t>
+  </si>
+  <si>
+    <t>837376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efd/myw0intzj5i0pf9rapyk0eo04ej3gtq0.jpeg</t>
+  </si>
+  <si>
+    <t>Моя первая книга фактов. Ферма. Развивающая книга</t>
+  </si>
+  <si>
+    <t>837377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c4/i52g6x3dz6dvpx0vwb0r8r1vxfuuyaoz.jpg</t>
+  </si>
+  <si>
+    <t>Детская энциклопедия. Природные бедствия. Книга</t>
   </si>
   <si>
     <t>Юных читателей ждет интересное и захватывающее путешествие в мир знаний. В каждой книге - только проверенные факты, увлекательные очерки обо всем, что нужно знать, ответы на самые популярные вопросы,</t>
   </si>
   <si>
-    <t>837363</t>
-[...94 lines deleted...]
-  <si>
     <t>837415</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff6/mgwd2263k27l35glfl7h1hynehcj9rqu.jpg</t>
   </si>
   <si>
     <t>Моя первая книга фактов. Джунгли</t>
   </si>
   <si>
     <t>Серия «Моя первая книга фактов» станет первым шагом ребенка в изучении интересных фактов об окружающем мире. Обучение детей – непростая задача. Сведения, собранные в книгах, помогут дошкольникам получить ответы на вопросы, а родителям и педагогам – сделать процесс познания окружающей действительности занимательным.</t>
   </si>
   <si>
     <t>837417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fb/1ds3g9vqxmr0pgifoqfw780gt6cb6f3u.jpg</t>
   </si>
   <si>
     <t>Моя первая книга фактов. Дикие животные. Развивающая книга</t>
   </si>
   <si>
     <t>Серия «Моя первая книга фактов» станет первым шагом ребенка в изучении интересных фактов об окружающем мире. Обучение детей – непростая задача. Сведения, собранные в книгах, помогут дошкольникам получить ответы на вопросы, а родителям и педагогам – сделать процесс познания окружающей действительности занимательным. Книги серии поможет детям учиться с удовольствием!</t>
   </si>
   <si>
     <t>837418</t>
@@ -332,65 +305,89 @@
   <si>
     <t>837426</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc3/d68f2jrmiuhiq38ck317glg1ouexlwgl.jpg</t>
   </si>
   <si>
     <t>Моя первая книга фактов. Ферма</t>
   </si>
   <si>
     <t>837427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01c/ykz9puf596pbrrrwdvcw5cnp7mtwg36q.jpg</t>
   </si>
   <si>
     <t>Энциклопедия для самых маленьких Познакомимся поближе  Жители джунглей</t>
   </si>
   <si>
     <t>Все животные на страницах этой книги! Прочитайте книгу, разверните клапаны и ответьте на вопросы викторины.</t>
   </si>
   <si>
     <t>837428</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d2d/w79wv4c8zv77khgsu7rictkftnki45ua.jpg</t>
+  </si>
+  <si>
+    <t>100 секретов для девочек.  Энциклопедия с развивающими заданиями, А4 . 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>100 секретов для девочек. &amp;#40;Энциклопедия с развивающими заданиями, А4&amp;#41;. 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>889202</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7c/ugpg94nfamyptg0xp4u8t6w8bgf87lj5.jpg</t>
+  </si>
+  <si>
+    <t>Драконы.  Энциклопедия А4 с развивающими заданиями . Твердый переплет. 197х255мм. Умка</t>
+  </si>
+  <si>
+    <t>Драконы. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. Твердый переплет. 197х255мм. Умка</t>
+  </si>
+  <si>
+    <t>889206</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b7d/jgne4lrf8eti898hmfwafwc158f10477.jpg</t>
   </si>
   <si>
     <t>Животные.  Энциклопедия А4 с развивающими заданиями . Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Животные. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>889208</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4dc/50er4g6xuyhnysmd0hzmhuixi3n0iy31.jpg</t>
   </si>
   <si>
     <t>Коронавирус и другие вирусы. 100 фактов.  Энциклопедия А5 с развивающими заданиями . Умка</t>
   </si>
   <si>
     <t>Коронавирус и другие вирусы. 100 фактов. &amp;#40;Энциклопедия А5 с развивающими заданиями&amp;#41;. Умка</t>
   </si>
   <si>
     <t>889210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e1/1p18x5cb4yi0xfhbdezdezyykpc5zqyk.jpg</t>
   </si>
   <si>
     <t>Кошки и котята.  Энциклопедия А4 с развивающими заданиями . 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Кошки и котята. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>889212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/720/c1pzgfq3u5o5ap74im37oxv4s5pod7xk.jpg</t>
@@ -503,243 +500,249 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c4e/8k9qal86a4xr8vm92g4xcmc6ue4v7e8e.jpg</t>
   </si>
   <si>
     <t>Рептилии.  Энциклопедия А4 с развивающими заданиями . Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Рептилии. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>889231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac3/z3xxpyr1duze2ewdm6omg8flzhf2pf4r.jpg</t>
   </si>
   <si>
     <t>Собаки.  Энциклопедия А4 с развивающими заданиями . Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Собаки. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>889232</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/729/s8tg2qsrpel8h6o3dxd8xznwm2s3pukn.jpg</t>
+  </si>
+  <si>
+    <t>Строительная техника.  Энциклопедия А4 с развивающими заданиями . 197х255мм 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>Строительная техника. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 197х255мм 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>889233</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/027/mm5zqprnkx6tnwdiztxwrk3rr0iz9k5w.jpg</t>
   </si>
   <si>
     <t>Автомобили.  Энциклопедия А4 с развивающими заданиями . 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Автомобили. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>889235</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15b/r844mq6edb099d1cb7hu6jutfi9y1bzy.jpg</t>
   </si>
   <si>
     <t>Животные красной книги.  Энциклопедия А4 с развивающими заданиями . 48 стр. Умка</t>
   </si>
   <si>
     <t>Животные красной книги. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 48 стр. Умка</t>
   </si>
   <si>
     <t>889237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d3/8zldgeg5qwz4mk51a2cwkt02y1ma8s9c.jpg</t>
   </si>
   <si>
     <t>100 советов для девочек  Энциклопедия А4 с развивающими заданиями . 48 стр. Умка</t>
   </si>
   <si>
     <t>100 советов для девочек &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 48 стр. Умка</t>
   </si>
   <si>
     <t>889247</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/44b/m3qfhd23vvjw4epc7wu51ywgpck9e9ck.jpg</t>
-[...8 lines deleted...]
-    <t>889253</t>
+    <t>http://anytos.ru//upload/iblock/8d6/pegr9b3hgu5ve5sjbzlhzxacgggbwcze.jpg</t>
+  </si>
+  <si>
+    <t>Киты, дельфины и косатки Энциклопедия А4 с развивающими заданиями.197х255мм. 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>889248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b30/xzdtr3oairkeb8lu693bevnij2t1tih9.jpg</t>
   </si>
   <si>
     <t>Опасные профессии.  Энциклопедия А4 с развивающими заданиями . Тв. переплет. 48 стр. Умка</t>
   </si>
   <si>
     <t>Опасные профессии. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. Тв. переплет. 48 стр. Умка</t>
   </si>
   <si>
     <t>889254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26c/ghyglmd42l42tr8stolrl9gtc35hqdkg.jpg</t>
   </si>
   <si>
     <t>Подводный мир.  Энциклопедия А4 с развивающими заданиями . 197х255мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Подводный мир. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 197х255мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>889264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/863/wrk9a2feqfcc3avkw9odglqq1j1r99xd.jpg</t>
   </si>
   <si>
     <t>Военная техника 1941-1945.  Энциклопедия А4 с развивающими заданиями . 197х255мм. Умка</t>
   </si>
   <si>
     <t>Военная техника 1941-1945. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 197х255мм. Умка</t>
   </si>
   <si>
     <t>889265</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/950/pazbqph0yirjbgmsvbvgzqwef21nzrhy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f60/18peatys00fyxir8lgndvob49dsekns7.jpg</t>
   </si>
   <si>
     <t>Хоккей. Энциклопедия А4. 197х255мм, 48 стр.мелов. бумага, тв. переплет, фольга. Умка</t>
   </si>
   <si>
     <t>889285</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/728/2bdqra848pc1td8hf9o8tb2ghkntxw4f.jpg</t>
+  </si>
+  <si>
+    <t>Пираты. 100 фактов. Энциклопедия с развивающими заданиями. 165х215мм, 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>889291</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5d9/90vcrnq7zmdbpkevjhu3zxkabq8vuzys.jpg</t>
   </si>
   <si>
     <t>Все для мальчиков. ЭНЦИКЛОПЕДИЯ А4 С РАЗВИВАЮЩИМИ ЗАДАНИЯМИ. 197х255мм, 48 стр. Умка</t>
   </si>
   <si>
     <t>889293</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eb3/a8wfzehsx6u27iworhzk7i7d8ud7rp2u.jpg</t>
+  </si>
+  <si>
+    <t>Танки. 100 фактов. Энциклопедия А5.165х215мм, 48 стр., мелов. бумага, тв. переплет. Умка</t>
+  </si>
+  <si>
+    <t>889303</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/691/4kyds2kc9jhpmezhdz17cx12xzz48sq1.jpg</t>
   </si>
   <si>
     <t>Тело человека. Энциклопедия А4. 197х255мм, 48 стр.мелов. бумага, тв. переплет, Умка</t>
   </si>
   <si>
     <t>889313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79d/u5qv5kod9nmcwkcu4butwsiesne0k8cc.jpg</t>
   </si>
   <si>
     <t>Лучшее для девочек. Энциклопедия А5.165х215мм, 48 стр., мелов. бумага, тв. переплет. Умка</t>
   </si>
   <si>
     <t>889315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d4/1jf6sm4copvxkhc7e80c79zzs9u2xzus.jpg</t>
   </si>
   <si>
     <t>ЖИВОТНЫЕ КРАСНОЙ КНИГИ.Энциклопедия А4 с дополненной реальностью 4D197х255мм,48 стр. Умка</t>
   </si>
   <si>
     <t>889321</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cca/wqdqcf2lxpc72omqlgifodim3921cj19.jpg</t>
-[...5 lines deleted...]
-    <t>889327</t>
+    <t>http://anytos.ru//upload/iblock/113/j7n0fqx5ottjpzcgxcnmlq6guombigh4.jpg</t>
+  </si>
+  <si>
+    <t>КОСМОС. Энциклопедия А4 с дополненной реальностью 4D 197х255мм,48 стр.мелов. бумага. Умка</t>
+  </si>
+  <si>
+    <t>889325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba7/ewt2eqiro7z0puagqeejhax5wy5pvnc0.jpg</t>
   </si>
   <si>
     <t>Зомби. Энциклопедия А4, с развивающими заданиями. 197х255мм, 48 стр.мелов. бумага. Умка</t>
   </si>
   <si>
     <t>889328</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39c/6mjwo5g8pbjhhu0hn0g9p5k2s5bf8osj.jpg</t>
   </si>
   <si>
     <t>Звезда соцсетей. П. Г. Астахова. Энциклопедия с развивающими заданиями. 48 стр. Умка</t>
   </si>
   <si>
     <t>889334</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f97/dopx24mb3vdabk5ghdzlnwzzjt0ymahi.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3b0/16ms9rubcaq4ksjyc1c11z5wc8sx8934.jpg</t>
   </si>
   <si>
     <t>Секреты для мальчиков. 100 фактов энциклопедия с развивающими заданиями. 48 стр. Умка</t>
   </si>
   <si>
     <t>889337</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/36b/qnefmpatk4pwm1ov32e7rhnm807hw6cr.jpg</t>
-[...8 lines deleted...]
-    <t>889340</t>
+    <t>http://anytos.ru//upload/iblock/e4e/ceeswmeqz9784hm2njz5sxfvnketdiue.jpg</t>
+  </si>
+  <si>
+    <t>Насекомые. И.Я.Павлинов. 100 фактов. Энциклопедия с развивающими заданиями. 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>889339</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35e/dkzpohozc7t8t7oslugh5xsd99ln5e39.jpg</t>
   </si>
   <si>
     <t>Роботы.  Энциклопедия А4 с развивающими заданиями . Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Роботы. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. Формат: 197х255 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>889342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/386/5ogxogdvtnoh319zlovx2qb2bhp913mn.jpg</t>
   </si>
   <si>
     <t>100 тайн планеты Земля.  Энциклопедия А4 с развивающими заданиями . 197х255мм 48стр. Умка</t>
   </si>
   <si>
     <t>100 тайн планеты Земля. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 197х255мм 48стр. Умка</t>
   </si>
   <si>
     <t>889343</t>
   </si>
@@ -770,59 +773,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fc2/q5ciyzdheqoxakq7wt330a3rq0yb8xbm.jpg</t>
   </si>
   <si>
     <t>Животные, энциклопедия  с вставками из прозр. пленки  230х300мм 10стр Умка</t>
   </si>
   <si>
     <t>Животные, энциклопедия &amp;#40;с вставками из прозр. пленки&amp;#41; 230х300мм 10стр Умка</t>
   </si>
   <si>
     <t>889352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70d/1v20p36s16n7ub2ic548rt8s4673z8qn.jpg</t>
   </si>
   <si>
     <t>Космические корабли, энциклопедия  с вставками из прозр. пленки  230х300мм 10стр Умка</t>
   </si>
   <si>
     <t>Космические корабли, энциклопедия &amp;#40;с вставками из прозр. пленки&amp;#41; 230х300мм 10стр Умка</t>
   </si>
   <si>
     <t>889353</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b5d/1duqg38ovifdgz45uksw3jvnnxo22v2w.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0cc/9p2vm172065i7pj4t2kwbxg9bmzo2eyw.jpg</t>
   </si>
   <si>
     <t>Тело человека  книжка с большими окошками  190х190мм 10стр. Умка</t>
   </si>
   <si>
     <t>Тело человека &amp;#40;книжка с большими окошками&amp;#41; 190х190мм 10стр. Умка</t>
   </si>
   <si>
     <t>933889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4e/0evh96ydbjzwlfu7rq3wj43neq793dq9.jpg</t>
   </si>
   <si>
     <t>100 советов для мальчиков  Энциклопедия А4 с развивающими заданиями . 48 стр. Умка</t>
   </si>
   <si>
     <t>100 советов для мальчиков &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 48 стр. Умка</t>
   </si>
   <si>
     <t>933894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d28/y2kmietlg0brrx295dd9qqh3o630nkoz.jpg</t>
@@ -857,135 +851,144 @@
   <si>
     <t>933903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dca/luh4odjcluirzy86r0kiarh9adgswhpe.jpg</t>
   </si>
   <si>
     <t>Вооруж нные Силы России. В.А.Афанасьев. Энциклопедия с развивающими заданиями. Умка</t>
   </si>
   <si>
     <t>Вооружённые Силы России. В.А.Афанасьев. Энциклопедия с развивающими заданиями. Умка</t>
   </si>
   <si>
     <t>933905</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/860/taqfmukl4ied1fxy1597ep4w427w9pb2.jpg</t>
   </si>
   <si>
     <t>Гладиаторы. И. В. Афанасьева. Энциклопедия с развивающими заданиями. 48 стр. Умка</t>
   </si>
   <si>
     <t>933907</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a95/0zxwzjtp1cpfk46w76rwvnjdooaqjn5p.jpg</t>
-[...8 lines deleted...]
-    <t>933924</t>
+    <t>http://anytos.ru//upload/iblock/28a/2i6ex9awrteek2q4s3ussccwtwjkruw4.jpg</t>
+  </si>
+  <si>
+    <t>Динозавры. Подарочная энциклопедия. Серия: Волшебная книга. 210х280мм. 7БЦ. 256 стр. Умка</t>
+  </si>
+  <si>
+    <t>933911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/687/kudn2rvcxz7e8mb5s832gow9x47jzqj0.jpg</t>
+  </si>
+  <si>
+    <t>Как устроен человек. Энциклопедия А4 с развивающими заданиями. 197х255мм, 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>933919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/207/mjywgws7q45bi4la2b8llp8o36qlhva3.jpg</t>
+  </si>
+  <si>
+    <t>Мода для девочек. Энциклопедия А4 с развивающими заданиями. 197х255мм, 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>933930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b35/i2sv36a1sba83zdfmka20c6tmcc7v33y.jpg</t>
   </si>
   <si>
     <t>Необычные животные.  Энциклопедия А4 с развивающими заданиями . 197х255мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Необычные животные. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 197х255мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>933932</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/874/qem0w6zy86rj69ko6vn2rqfcf57xy90g.jpg</t>
   </si>
   <si>
     <t>Самая лучшая книга для девочек.  Энциклопедия А4 с развивающими заданиями . 48 стр. Умка</t>
   </si>
   <si>
     <t>Самая лучшая книга для девочек. &amp;#40;Энциклопедия А4 с развивающими заданиями&amp;#41;. 48 стр. Умка</t>
   </si>
   <si>
     <t>933937</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c20/7q9mjueb8eymgqv7z8bmv43msbcgpk7r.jpg</t>
   </si>
   <si>
     <t>Тело человека. Энциклопедия А4. Все обо всем. 197х255мм, 192 стр. офсет бумага.Умка</t>
   </si>
   <si>
     <t>933946</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d5b/2v6qjbjnnsv9nboiswiltu5kcfxzstnu.jpg</t>
+  </si>
+  <si>
+    <t>Чудеса света. 100 фактов энциклопедия с развивающими заданиями. 165х215мм. 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>933948</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/10c/ti7zdtfp25fpggte5lyrw3ehmkkp6pur.jpg</t>
   </si>
   <si>
     <t>Чудовища подводного мира. Энциклопедия с развивающими заданиями. 197х255 мм, 48 стр. Умка</t>
   </si>
   <si>
     <t>933949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8ec/4oy04ksociogsvl9jtsu9mfbtnk6pcy9.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe7/5f7u5pvzlh4z2k97ptl9fyk1udpkf420.jpg</t>
   </si>
   <si>
     <t>Динозавры. Древние гиганты. Энциклопедия с развивающими заданиями. 48 стр. Умка</t>
   </si>
   <si>
     <t>942309</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab0/hefoc80qm7gdgit7j3wt0bp6iahoj2nq.jpg</t>
+  </si>
+  <si>
+    <t>Танки. История и современность. Энциклопедия А4 с развивающими заданиями. 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>942311</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/250/23fczqqsrbthn5icds7gd3eoz7mrig8x.png</t>
   </si>
   <si>
     <t>Окошко в мир. Чудеса света</t>
   </si>
   <si>
     <t>974821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/m8w2n1eg6d17kzag36o5jex3md6wu76y.jpg</t>
   </si>
   <si>
     <t>Окошко в мир. Как устроена ферма</t>
   </si>
   <si>
     <t>Книга с окошками для детей о том, как устроена ферма. Детская энциклопедия о ферме с прочными картонными страницами, 49 бумажными окошками, понятными, красочными иллюстрациями и интересными сведениями! В каждом окошке детской книги о ферме &amp;quot;спрятаны&amp;quot; увлекательные факты и изображения, которые позволяют ребёнку узнать, как устроена ферма, заглянуть внутрь процессов и работы. Информация в книге с окошками для детей представлена небольшими текстовыми блоками, определения звучат легко и понятно. Из детской энциклопедии о ферме ребёнок узнает о работе в поле, огороде, о том какие животные обитают на ферме и как за ними ухаживать. Детская книга о планете ферме позволит ребёнку задуматься о том, как сложно вести домашнее хозяйство и ухаживать за скотом. Преимущества: интерактивная энциклопедия с бумажными окошками и красочными иллюстрациями; в каждом окошке – увлекательные факты о ферме; изготовлена из прочного мелованного картона; Комплектация: книга, размер 22х28 см.</t>
   </si>
   <si>
     <t>985949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/863/ovx4u4t3exify5e0smz96u0i2shiyy65.jpg</t>
   </si>
@@ -1384,2169 +1387,2204 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J93"/>
+  <dimension ref="A1:M94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G93" sqref="G93"/>
+      <selection pane="bottomRight" activeCell="G94" sqref="G94"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="F14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="F14" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A15" s="1" t="s">
+      <c r="B15" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="F15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A16" s="1" t="s">
+      <c r="B16" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="B17" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="B18" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E18" s="3" t="s">
+      <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B19" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="F20" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>42</v>
+        <v>255</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>284</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>285</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="F81" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="B82" s="1" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>295</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>298</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>299</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="F84" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="B86" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="F86" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="B87" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="C87" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="F87" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="B88" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="C88" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="C89" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="C90" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="B91" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="C91" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="C92" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="B93" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="C93" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="C94" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">