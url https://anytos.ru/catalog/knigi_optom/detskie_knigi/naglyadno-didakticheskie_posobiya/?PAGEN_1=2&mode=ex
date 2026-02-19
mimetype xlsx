--- v0 (2026-01-01)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -77,138 +77,114 @@
   <si>
     <t>Настенная карта Мир политическая 1:17млн., 2,02х1,43м.</t>
   </si>
   <si>
     <t>Наглядно-дидактические пособия, демонстрационный материал</t>
   </si>
   <si>
     <t>584141</t>
   </si>
   <si>
     <t>&lt;a href="/brands/atlas-print/"&gt;Атлас Принт&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a1/8a1462dbee4ff4474b74923785c15bbe/34e7fb8d5d5abf44180a26375698c0ad.jpg</t>
   </si>
   <si>
     <t>Настенная карта Мир политическая 1:15млн., 2,33х1,58м.</t>
   </si>
   <si>
     <t>584143</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b82/b825271906966127342847fe129c5344/e949b90362d4373a37cb6c273f6f822c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/194/1940501930130eb26fda8878787b3eaf/97f37c13c8bf81c96f1df22979a343d9.jpg</t>
   </si>
   <si>
     <t>Настенная карта Москва и Московская область админ.1:280тыс.,1,43х1,02м.</t>
   </si>
   <si>
     <t>584147</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ab4/ab40079955f055b54184295305db4420/fd6b877d2b63e6f3dd953a0c70db957e.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c02/c02814b1953b66c0792d9a4bcfbc5f9c/28e500af71fb7e302c875d22410c9b2b.jpg</t>
   </si>
   <si>
     <t>Настенная карта Железные дороги России и сопредел.госуд.,1:3,7млн,2,33х1,58</t>
   </si>
   <si>
     <t>584153</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90b/90bb024e5a9ba2c9146e0b5f94746fc1/b48b5fa2789609e8ed5a54d7b4e9912b.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/96e/96e1c468d8a5c794f159bd60f137320a/909e3f153a740fd7e1826b89dd314454.jpg</t>
   </si>
   <si>
     <t>Карта  quot;Россия quot; политико-административная Globen, 1:7,5млн., 1160 800мм, интерактивная, с ламинацией</t>
   </si>
   <si>
     <t>Политико-административная карта Российской Федерации Globen необычное интерактивное учебное пособие для детей младшего и среднего школьного возраста.&amp;nbsp;&amp;nbsp;Достаточно просто скачать бесплатное приложение IQ Map на смартфон или планшет, чтобы простая карта превратилась в &amp;quot;живую&amp;quot;. Навести камеру смартфона на карту, подождать несколько секунд до появления эффекта AR-технологий. Такая карта, использующая AR-технологии, поможет ребенку намного быстрее и лучше усвоить новую информацию, научит ориентироваться на карте, привьет интерес к новым знаниям. Без использования приложения карта Мира является серьезным учебным пособием. Выполнена с точным соблюдением масштаба, принятых условных картографических обозначений. Таблица условных обозначений вынесена в отдельный список. Каждая область и республика окрашены в определенный цвет. Отмечены крупные города, границы областей и республик, сеть дорог, а также наименования рек, озер, морей. Надписи четкие, хорошо читаются. В нижней части карты расшифровка числовых обозначений, изображения флагов и гербов областей, округов и республик.</t>
   </si>
   <si>
     <t>593469</t>
   </si>
   <si>
     <t>&lt;a href="/brands/globen/"&gt;Globen&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3ff/3ff3406965fe7b572b98a06b89640bca/61c1f274b61c4e24d4fdf76c6b035c59.jpg</t>
+  </si>
+  <si>
+    <t>Настенная карта Железных дорог России и сопред.госуд.1:3,64млн.,2,34х1,56м.</t>
+  </si>
+  <si>
+    <t>612264</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/agt-geocentr/"&gt;АГТ Геоцентр&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aa1/aa116c6531380d1b413255a755e4c528/ee553e7726f25606594aa79aa8df8fa9.jpg</t>
   </si>
   <si>
     <t>Настенная карта Москва и Московская область админ.1:170тыс.,2,33х1,58м.</t>
   </si>
   <si>
     <t>612267</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f68/f681347854c9469fc8723718dec075fa/4bf6941ab32d956d33bc4d3361e8151d.jpg</t>
-[...14 lines deleted...]
-    <t>625988</t>
+    <t>http://anytos.ru//upload/iblock/464/4648a1ed4f404324898811152f452d41.jpg</t>
+  </si>
+  <si>
+    <t>Настенная карта Автодороги РФ и сопред.госуд.полит-адм, 1:3,7млн, 2,33х1,58м.</t>
+  </si>
+  <si>
+    <t>625986</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15a/15a1becaad9e35ded83a495b319481ec.jpg</t>
   </si>
   <si>
     <t>Карта  quot;Россия quot; политико-административная Globen, 1:4,5млн., 1980 1340мм, интерактивная, с ламинацией</t>
   </si>
   <si>
     <t>Карта наглядно отражает административное устройство России. А с помощью бесплатного приложения IQ Map строгая карта превращается в интерактивную энциклопедию. Герои приложения, любознательные Ариша, Тема и Митя с четвероногими друзьями Астором и Ириской, проведут вас по самым интересным уголкам нашей Родины и познакомят поближе с ее жителями и обитателями. Юные исследователи расскажут о ландшафте России и ее политико-административном устройстве, главных достопримечательностях и национальных богатствах, народах, населяющих нашу необъятную страну, и животных, которых можно повстречать на ее просторах. А любой объект, о котором рассказывают герои приложения, можно увеличить и рассмотреть со всех сторон на экране смартфона или планшета. • Скачайте бесплатное приложение IQ Map на свой смартфон или планшет. • Выберите в главном меню «Карта России». • Наведите камеру мобильного устройства на карту на достаточном расстоянии, зафиксируйте на несколько секунд до появления эффекта дополненной реальности. • Путешествуйте по России вместе с героями приложения. Размер карты 198 ? 134. Защищена от повреждений ламинацией. Карта упакована в полиэтиленовый рукав.</t>
   </si>
   <si>
     <t>642666</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d8/z4yut54hmyfqvot7wq6axte25vt08463.jpg</t>
   </si>
   <si>
     <t>Карта мира  quot;Животный и растительный мир quot; 101х69 см, интерактивная, в тубусе, ЮНЛАНДИЯ, 112373</t>
   </si>
   <si>
     <t>Интерактивная карта ЮНЛАНДИЯ с обозначениями самых распространенных животных и растений мира. Плотная бумага с двусторонней капсульной ламинацией устойчива к воздействию окружающей среды. Окунитесь в волшебный мир вместе с детской интерактивной картой &amp;quot;Животный и растительный мир&amp;quot; ЮНЛАНДИЯ благодаря приложению IQ Globen!Отправьтесь в путешествие по самым удивительным местам мира, познакомьтесь с обитателями нашей планеты, изучите достопримечательности и послушайте историю исследования Земли. Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте детскую карту &amp;quot;Животный и растительный мир&amp;quot; и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут ребенку в изучении мира.Настенная детская карта мира обладает размером 101х69 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
   <si>
     <t>763116</t>
   </si>
@@ -565,57 +541,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M16"/>
+  <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G16" sqref="G16"/>
+      <selection pane="bottomRight" activeCell="G13" sqref="G13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -728,247 +704,178 @@
       </c>
       <c r="C7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>17</v>
-[...29 lines deleted...]
-      <c r="B15" s="1" t="s">
         <v>52</v>
-      </c>
-[...36 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">