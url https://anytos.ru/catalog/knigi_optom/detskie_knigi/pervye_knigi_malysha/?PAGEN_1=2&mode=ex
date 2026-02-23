--- v0 (2026-01-02)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -71,104 +71,83 @@
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24e/wrfufdy2be1fh7hsabbjwt50qg7l5g39.jpg</t>
   </si>
   <si>
     <t>Гуляем по дорожкам. Дикие животные</t>
   </si>
   <si>
     <t>Весёлый способ познакомить малыша с окружающим миром и в игровой форме научить его чему-то новому. Попросите малыша обвести пальчиком трафарет, следуя от точки к стрелке, и назвать, кого он видит на картинке.</t>
   </si>
   <si>
     <t>Первые книги малыша</t>
   </si>
   <si>
     <t>837516</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37a/8ithcaypc2waqwgpo03h9ckbvxibauve.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ec/03da7mcamv9bke8yjst77c0xrpjk9lnt.jpg</t>
   </si>
   <si>
     <t>Гуляем по дорожкам. Цвета и формы</t>
   </si>
   <si>
     <t>837519</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abe/ipr59lg2nau3bduxkc8dssw5rvrhsaa1.jpg</t>
   </si>
   <si>
     <t>Книга-пазл. Овощи. Развивающая книга</t>
   </si>
   <si>
     <t>Книга-пазл – забавная книжка, которая превращается в веселую и забавную игру! Книжка состоит из пять картонных листов, скрепленных пластиковой пружиной, которую легко снять. На каждой странице – короткое веселое стихотворение и фигурка-вырубка, выступающая за пределы страницы. Малышу будет легко и интересно переворачивать листы книжки, держась за прочные выступающие элементы. Если снять пластиковую пружину, пять листов превращаются в детали пазла. Нужно выбрать четыре нужные детали, составляющие картину, и собрать их них пазл.</t>
   </si>
   <si>
     <t>837523</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dff/esm7011l5x6jis2qfa7h4tvp2v13y392.jpg</t>
   </si>
   <si>
     <t>Крутые крутилки. Мамы и малыши.</t>
   </si>
   <si>
     <t>Яркая книжка-игрушка &amp;quot;Мамы и малыши&amp;quot; из серии &amp;quot;Крутые крутилки&amp;quot; познакомит маленького читателя с очаровательными животными и их детенышами. Уникальные развивающие книги для малышей с меняющимися картинками. При повороте колеса одна картинка превращается в другую. Покрути и узнай! Книжка предлагает малышам познакомиться с животными и узнать, кто чей детеныш. Чтобы получать новые знания было еще интересней, крутите колесико и узнавай, какой малыш у кошки или у лошадки. Красочную книжку из легкого, но плотного картона удобно держать и листать маленькими ручками, она подарит много радости Вашему малышу и обязательно станет любимой.</t>
   </si>
   <si>
     <t>837528</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b44/kwisl84pcw74w5i058kmbezhhjsulokp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fb8/ggqbefterovzsk7wruah83xusuzrcmid.jpg</t>
   </si>
   <si>
     <t>Крутые крутилки. Транспорт.</t>
   </si>
   <si>
     <t>Яркая книжка-игрушка &amp;quot;Транспорт&amp;quot; из серии &amp;quot;Крутые крутилки&amp;quot; познакомит маленького читателя с различными машинами и их предназначением. Уникальные развивающие книги для малышей с меняющимися картинками. При повороте колеса одна картинка превращается в другую. Покрути и узнай! Книжка предлагает малышам познакомиться с машинами и узнать чуть больше о фурах, мотоциклах и внедорожниках. Чтобы получать новые знания было еще интересней, крутите колесико и узнавай, без какой машины не обойтись в деревне или в путешествии. Красочную книжку из легкого, но плотного картона удобно держать и листать маленькими ручками, она подарит много радости Вашему малышу и обязательно станет любимой.</t>
   </si>
   <si>
     <t>837531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30a/27njgf1kw3ry800228b2q16j2apn31w7.jpg</t>
   </si>
   <si>
     <t>Подвижные картинки. В зоопарке</t>
   </si>
   <si>
     <t>Подвижные картинки &amp;quot;В зоопарке&amp;quot; - книги с подвижными элементами, которые удивят и порадуют каждого малыша. На каждом развороте книжки - легкие забавные задания, которые малыш должен выполнить передвинув одну из подвижных деталей. Познакомьте малыша с милыми зверушками! Такая необычная книга способствует развитию фантазии, воображения и эмоционального интеллекта; развивает мелкую моторику и координацию движений; тренирует память и внимание и прививает любовь к чтению. Книга-игрушка станет отличным подарком для каждого ребенка, ведь она поможет не просто развлечь ребенка, но и в игровой форме начать знакомство с окружающим миром.&amp;nbsp;&amp;nbsp;Долговечность книги обеспечивают плотные страницы из картона и надежно закрепленные подвижные детали.</t>
   </si>
   <si>
     <t>837532</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/927/p29iema7dg9xq1wvz7sqv6tajv2xo75z.jpg</t>
@@ -380,87 +359,81 @@
   <si>
     <t>Приключение девчонок. Сказочный патруль.  Картонная книга с пайетками . 10 стр. Умка</t>
   </si>
   <si>
     <t>Приключение девчонок. Сказочный патруль. &amp;#40;Картонная книга с пайетками&amp;#41;. 10 стр. Умка</t>
   </si>
   <si>
     <t>892825</t>
   </si>
   <si>
     <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ac/p4t83d3r93chv58g78aq2v8ulfmiks33.jpg</t>
   </si>
   <si>
     <t>Фотоохота. Ми-Ми-Мишки.  Картонная книга с пайетками . Формат: 165х215мм. 10 стр. Умка</t>
   </si>
   <si>
     <t>Фотоохота. Ми-Ми-Мишки. &amp;#40;Картонная книга с пайетками&amp;#41;. Формат: 165х215мм. 10 стр. Умка</t>
   </si>
   <si>
     <t>892826</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f22/pg9vuhqifyy78dr3jqhpea770621zx1u.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/37c/wilzkujb4mvno2ru8ds3qovsq04ymc9w.jpg</t>
   </si>
   <si>
     <t>Кто? Где живет? В. Степанов.  Книжка с глазками А6  Формат: 110х150мм. 10 стр. Умка</t>
   </si>
   <si>
     <t>Кто? Где живет? В. Степанов. &amp;#40;Книжка с глазками А6&amp;#41; Формат: 110х150мм. 10 стр. Умка</t>
   </si>
   <si>
     <t>892843</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f4/vxrevfdwdr3pkrig1b2lp90sijtyf9q5.jpg</t>
-[...14 lines deleted...]
-    <t>892856</t>
+    <t>http://anytos.ru//upload/iblock/1f7/8ihcoofgy9btg9unmfloeb2r6xuqpycu.jpg</t>
+  </si>
+  <si>
+    <t>Репка. Формат: 110х150мм. Объем: 10 картонных страниц. Умка</t>
+  </si>
+  <si>
+    <t>892847</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b17/akmvk0lwln03kuvjes3kd238qoaxzdik.jpg</t>
+  </si>
+  <si>
+    <t>Животные. Найди и покажи. Виммельбух. А4 Формат: 235х315мм. Объем: 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>892853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/823/uwazeed46g2l0klm8tqzonrdcl8tiroh.jpg</t>
   </si>
   <si>
     <t>Первое чтение. Щенячий патруль. Щенки на море</t>
   </si>
   <si>
     <t>Эта серия книг поможет маленьким друзьям Щенячьего патруля научиться читать. Она состоит из книг разного уровня сложности – для начинающих читателей и для тех, кто хочет тренироваться и читать лучше!</t>
   </si>
   <si>
     <t>905848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/464/70o0hkad4noipt1ilocj9er5p39ftjdx.jpg</t>
   </si>
   <si>
     <t>Книга с пальчиковой куклой. Малышарики. Пандочка</t>
   </si>
   <si>
     <t>Малышарики зовут ребят играть и открывать этот мир вместе. Весёлая пальчиковая игрушка проведёт малыша по страничкам и познакомит с книжкой!</t>
   </si>
   <si>
     <t>905849</t>
   </si>
@@ -536,72 +509,57 @@
   <si>
     <t>Читаю по слогам. Мамы и малыши</t>
   </si>
   <si>
     <t>906210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cd/f3kjxect8j1iu9gcju348ad5jww394vd.jpg</t>
   </si>
   <si>
     <t>Читаю по слогам. На ферме</t>
   </si>
   <si>
     <t>906211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a6/oyz6da2kjjstz96yvov1h7w7i202dcsb.jpg</t>
   </si>
   <si>
     <t>Читаю по слогам. Транспорт</t>
   </si>
   <si>
     <t>906212</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/634/lkolsekvbpkop535bxf5aeehuqjr3226.jpg</t>
-[...20 lines deleted...]
-    <t>936206</t>
+    <t>http://anytos.ru//upload/iblock/206/9wzyk36263xa4ma87h8idwsv0tz84czl.jpg</t>
+  </si>
+  <si>
+    <t>Азбука машинок. В.Степанов. Книжка-малышка. 110х165мм. 48 стр., офсет, тв. переплет. Умка</t>
+  </si>
+  <si>
+    <t>936193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/572/j28n05os9hynem4jq95ifyduinzw5v40.jpg</t>
   </si>
   <si>
     <t>Зоопарк. В. Степанов. Книжка с глазками. А5 160х220 мм. 8 страниц . Умка</t>
   </si>
   <si>
     <t>936210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/825/sl8wlcmx5u7bhaw4lxude183ykxewg0s.jpg</t>
   </si>
   <si>
     <t>Книга детская Ми-ми-мишки  книга с закладками  198х194мм 10 стр. Умка</t>
   </si>
   <si>
     <t>Книга детская Ми-ми-мишки &amp;#40;книга с закладками&amp;#41; 198х194мм 10 стр. Умка</t>
   </si>
   <si>
     <t>936211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/675/5bzasei0zih39qo70qy5y2uw43y3wu3f.jpg</t>
   </si>
@@ -635,249 +593,177 @@
   <si>
     <t>936221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e90/xbnwk6x10d4a310f28e4e19poz9yk95v.jpg</t>
   </si>
   <si>
     <t>Мишка Косолапый.  Книжка с глазками А6 . Формат: 110х150мм. Объем: 5 разворотов. Умка</t>
   </si>
   <si>
     <t>Мишка Косолапый. &amp;#40;Книжка с глазками А6&amp;#41;. Формат: 110х150мм. Объем: 5 разворотов. Умка</t>
   </si>
   <si>
     <t>936224</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c74/xz0n0uqdaggn1vj4ht8ph0hyd7uj2y5w.jpg</t>
   </si>
   <si>
     <t>Монстрики. книжка-картонка. 160х220 мм. цк. 8 стр. Умка</t>
   </si>
   <si>
     <t>936225</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/981/i6aw4kr4g0du7wi89y8kkuluvvvybgq8.jpg</t>
+  </si>
+  <si>
+    <t>Панда. Читай и играй. книжка с глазками. а5 160х220 мм. 8 страниц . Умка</t>
+  </si>
+  <si>
+    <t>936227</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6a6/pmhv5mdpi46e38nh3hwv2ymwtnc6qza9.jpg</t>
   </si>
   <si>
     <t>Репка.  Книжка с глазками А6  Формат: 110х150мм. Объем: 10стр. Умка</t>
   </si>
   <si>
     <t>Репка. &amp;#40;Книжка с глазками А6&amp;#41; Формат: 110х150мм. Объем: 10стр. Умка</t>
   </si>
   <si>
     <t>936228</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/41f/nxvfv6h8u743nxpo3ysyh82kzvxmy7rs.jpg</t>
-[...8 lines deleted...]
-    <t>936232</t>
+    <t>http://anytos.ru//upload/iblock/bcd/0wrumszv3iy6rc0tvetnv61xp2qij4wv.jpg</t>
+  </si>
+  <si>
+    <t>Теремок.  Книжка с глазками малый формат . Формат: 110х150 мм. Объем: 10 стр. Умка</t>
+  </si>
+  <si>
+    <t>Теремок. &amp;#40;Книжка с глазками малый формат&amp;#41;. Формат: 110х150 мм. Объем: 10 стр. Умка</t>
+  </si>
+  <si>
+    <t>936230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d2/v3oes2jbcshprglfngwn6cqjbc4m1sfg.jpg</t>
   </si>
   <si>
     <t>Три медведя.  Книжка с глазками А6 . Формат: 110х150мм. Объем: 5 разворотов. Умка</t>
   </si>
   <si>
     <t>Три медведя. &amp;#40;Книжка с глазками А6&amp;#41;. Формат: 110х150мм. Объем: 5 разворотов. Умка</t>
   </si>
   <si>
     <t>936234</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94e/fwnne88hq40u6lxj0sb7fwbrh6dg7w6a.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/19b/oz4zpkbnsg0kmydgn1p5ukmi761pypye.jpg</t>
   </si>
   <si>
     <t>Умка. Ми-ми-мишки. Ростомер. Азбука. Книжка-пышка  ЕВА  - раскладушка. 160х160мм</t>
   </si>
   <si>
     <t>Умка. Ми-ми-мишки. Ростомер. Азбука. Книжка-пышка &amp;#40;ЕВА&amp;#41; - раскладушка. 160х160мм</t>
   </si>
   <si>
     <t>936250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb9/n65k11t7lcam8nauwzea42okouao0y38.jpg</t>
   </si>
   <si>
     <t>Умка. Расту с Малышариками. Ростомер. Книжка-пышка  ЕВА -раскладушка. 160х160мм, 16стр.</t>
   </si>
   <si>
     <t>Умка. Расту с Малышариками. Ростомер. Книжка-пышка &amp;#40;ЕВА&amp;#41;-раскладушка. 160х160мм, 16стр.</t>
   </si>
   <si>
     <t>936255</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3f5/231yptnlm231dymqm8fbnicdje30sitb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c21/1528dbbipex92812qdy5xsnn7493xqe7.jpg</t>
   </si>
   <si>
     <t>Шнуровочки. Мой транспорт. Развивающая книга</t>
   </si>
   <si>
     <t>Яркая детская книжка с шнурочками, яркими картинками, плотными картонными страницами для знакомства с окружающим миром и развития мелкой моторики рук в игровой форме! Книга удобного формата порадует ребёнка красочными иллюстрациями, легко запоминающимися стишками и, конечно, яркими шнурочками, игра с которыми так увлекает малышей! К картинкам прилагаются двусторонние шаблончики, которые шнуруются к самой книжке и ребенок, словно художник, сможет украсить шнурочком каждую картинку! Вставлять шнурки в дырочки - это не только интересное, но и полезное занятие. Развитие мелкой моторики рук в дошкольном возрасте имеет большое значение, поскольку напрямую влияет на развитие детской речи. Игры с книгами-шнуровками учат ребенка концентрировать внимание, быть усидчивым и получать радость от полученного результата. Книга из серии «Шнуровочка» - оригинальный и практичный подарок на день рождение ребёнка от 1 года и старше.</t>
   </si>
   <si>
     <t>939227</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/59c/9pdzf536z4re0eymg3bpkz0ud6yi0mt7.jpg</t>
-[...53 lines deleted...]
-    <t>945654</t>
+    <t>http://anytos.ru//upload/iblock/500/23q0lrcuzvgj5989uxbhlwrky6hisb6r.jpg</t>
+  </si>
+  <si>
+    <t>День рождения. Синий трактор. Книжка с глазками А6. 110х150 мм. 10 стр. Умка</t>
+  </si>
+  <si>
+    <t>942814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a20/ti5ycfzuzwi3y1c2atah69j163rr17nn.jpeg</t>
   </si>
   <si>
     <t>Первое чтение. Щенячий патруль. Щенячьи гонки</t>
   </si>
   <si>
     <t>949440</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schenjachij-patrul/"&gt;Щенячий патруль&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e67/7rrs9wulvk35jfts9ros83ubnqg8xi1z.jpg</t>
   </si>
   <si>
     <t>Давай познакомимся. В зоопарке. Развивающая книга EVA</t>
   </si>
   <si>
     <t>Развивающие книги для малышей с мягкими страницами, яркими картинками и короткими стишками из специального особо прочного материала EVA, ведь юные читатели так любят всё пробовать на вкус! Книги из серии «Давай познакомимся» приятные на ощупь, лёгкие, красивые, а их страницы так удобно листать. Первые книги малыша познакомят ребёнка с окружающим миром, природными явлениями, предметами. Внутри каждой книги для малышей - детские стихи: короткие, благозвучные и такие забавные – их можно учить вместе с взрослыми. У предметов и зверушек есть глазки, носики и ротики, они представляются и рассказывают о себе. Картинки в книгах для малышей яркие и крупные, их можно рассматривать вновь и вновь, они привлекают и удерживают внимание. Книги для малышей имеют компактный размер: их удобно брать с собой на прогулку или в путешествие, они легко поместятся в небольшую сумку. Замечательная идея для подарка маленькому ребёнку от 1 года. Книги из полимерного и нетоксичного материала EVA, разработанного специально для самых юных читателей. Автор Ирина Солнышко. Ответственный редактор Матушевская Наталья Васильевна. Иллюстратор Тельпис К.В.</t>
   </si>
   <si>
     <t>985935</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/242/4qhyu0aklxb3xmw9t3ttkykt2gcpbkzb.jpg</t>
-[...8 lines deleted...]
-    <t>994797</t>
+    <t>http://anytos.ru//upload/iblock/7ad/8q6iozenr0w2aclrr2fgukmibmkfcs5m.jpg</t>
+  </si>
+  <si>
+    <t>Книга с пластиковыми колесами 220х160 мм, 10 страниц, АССОРТИ, УМКА</t>
+  </si>
+  <si>
+    <t>Ребенок с удовольствием будет рассматривать яркие картинки и слушать интересные короткие истории про персонажей любимого мультфильма. Благодаря подвижным колесам с этой книгой можно играть, как с настоящей машинкой. Чтение книги с пластиковыми колесами УМКА развивает:- образное мышление;- мелкую моторику;- логическое мышление;- фантазию;- внимание;- память.</t>
+  </si>
+  <si>
+    <t>994795</t>
   </si>
   <si>
     <t>12</t>
-  </si>
-[...13 lines deleted...]
-    <t>16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1204,57 +1090,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M75"/>
+  <dimension ref="A1:M65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G75" sqref="G75"/>
+      <selection pane="bottomRight" activeCell="G65" sqref="G65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1321,902 +1207,902 @@
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F31" s="3" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>150</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D44" s="1" t="s">
@@ -2273,698 +2159,468 @@
       </c>
       <c r="F46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>181</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>195</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-      <c r="C66" s="1" t="s">
         <v>235</v>
-      </c>
-[...217 lines deleted...]
-        <v>273</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">