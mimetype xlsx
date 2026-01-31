--- v0 (2025-12-01)
+++ v1 (2026-01-31)
@@ -12,100 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2864">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2897">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e6/xm5qet1u8ugfldy7y27obq32frohrt52.jpg</t>
   </si>
   <si>
     <t>Волшебные наклейки многораз. Каляка-Маляка ГДЕ ЖИВУТ ЗВЕРЯТА? 8 л. 2 : ВНКМ-З штр.: 4602723067429</t>
   </si>
   <si>
     <t>Книжки-раскраски с наклейками и загадками разработаны специально для маленьких художников и рекомендованы для занятий с детьми 2 – 3 лет: Крупные картинки, адаптированные для детского восприятия. Большие области для раскрашивания. Широкий цветной контур, скрывающий погрешности при раскрашивании. Наклейки для развития мелкой моторики и знакомства с окружающим миром. Яркий цветной фон. Места-подсказки для наклеек. Стихи-загадки для познавательного творчества. Подходят для раскрашивания пальчиковыми красками, карандашами, гуашью, а также создания аппликаций.</t>
   </si>
   <si>
     <t>Раскраски</t>
   </si>
   <si>
     <t>109791</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/179/fvwkh2ph304367pw3pp356mcnjjbyx5j.jpg</t>
+  </si>
+  <si>
+    <t>Волшебные наклейки многораз. Каляка-Маляка КАКОГО ЦВЕТА СОЛНЫШКО? 8 л. 2 : ВНКМ-С штр.: 4602723067412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Книжки-раскраски с наклейками и загадками разработаны специально для маленьких художников и рекомендованы для занятий с детьми 2 – 3 лет: Крупные картинки, адаптированные для детского восприятия. Большие области для раскрашивания. Широкий цветной контур, скрывающий погрешности при раскрашивании. Наклейки для развития мелкой моторики и знакомства с окружающим миром. Яркий цветной фон. Места-подсказки для наклеек. Стихи-загадки для познавательного творчества. Подходят для раскрашивания пальчиковыми красками, карандашами, гуашью, а также создания аппликаций. </t>
+  </si>
+  <si>
+    <t>109792</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/277/v5fm9qhpfi39h6r25v1chth1oumnorrp.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска с накл. Каляка-Маляка В ДЕРЕВНЕ 12с. 2л.накл. 2 : РНКМ-ВД штр.: 4602723054542</t>
   </si>
   <si>
     <t>Книжки-раскраски с наклейками и загадками разработаны специально для маленьких художников и рекомендованы для занятий с детьми 2 – 3 лет: Крупные картинки, адаптированные для детского восприятия. Большие области для раскрашивания.&amp;nbsp;&amp;nbsp;Широкий цветной контур, скрывающий погрешности при раскрашивании. Наклейки для развития мелкой моторики и знакомства с окружающим миром. Яркий цветной фон. Места-подсказки для наклеек. Стихи-загадки для познавательного творчества. Подходят для раскрашивания пальчиковыми красками, карандашами, гуашью, а также создания аппликаций</t>
   </si>
   <si>
     <t>109794</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c3/qndwlryz2sxgnxwecbb9254n86bjfdy4.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска с накл. Каляка-Маляка НА ЛЕСНОЙ ПОЛЯНКЕ 12с. 2л.накл. 2 : РНКМ-ЛП штр.: 4602723054535</t>
   </si>
   <si>
     <t>109795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0d/1md6g372yo98upkuzzhque3on4rhkefz.jpg</t>
@@ -116,152 +137,125 @@
   <si>
     <t>109796</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e9/tcovb75caxfqgy4umu0nre5x7oireh19.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска с наклейками Каляка-Маляка МОРСКИЕ ЧУДЕСА 12 стр.   2 л. с наклейками 2 : РНКМ-МЧ штр.: 4602723059035</t>
   </si>
   <si>
     <t>109798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/934/cg21x5rxreloe61sxrh4ih65vvr6e3bz.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ВРЕМЕНА ГОДА А4, 4 : РКМ08-ВГ штр.: 4602723058953</t>
   </si>
   <si>
     <t>Раскраски 4&amp;#43; предназначены для детей среднего дошкольного возраста. Уровень сложности картинок соответствует способностям ребенка от 4 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества.</t>
   </si>
   <si>
     <t>109800</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/010/qvzflwjyrsy330j59px7ppxaka0jtkpv.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/751/urpg1ehosaawqu548smwfrt0vi74p7ih.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ДИНОЗАВРИКИ А4, 5 : РКМ08-Д штр.: 4602723059004</t>
   </si>
   <si>
     <t>109802</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/601/yei79y501dq4qw33axa5i827exkpco56.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ЗВЕРЯТА А4, 2 : РКМ08-З штр.: 4602723058755</t>
   </si>
   <si>
     <t>109803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/qor1qiy625wrzymrkpatv32l1yhenexj.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ИГРУШКИ А4, 2 : РКМ08-И штр.: 4602723058748</t>
   </si>
   <si>
     <t>Раскраски 2&amp;#43; предназначены для самых маленьких художников:&amp;nbsp;&amp;nbsp;рисунки в раскраске крупные, без мелких деталей&amp;nbsp;&amp;nbsp;большие области для раскрашивания&amp;nbsp;&amp;nbsp;широкий контур, скрывающий погрешности при раскрашивании- понятные, адаптированные для детского восприятия картинки. С помощью этих раскрасок малыши научатся раскрашивать и смогут создать свои самые первые шедевры.</t>
   </si>
   <si>
     <t>109804</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/939/smtg661wnbe49ijvqujt4f0w3e15vie1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b95/of1nyorzr5n0ts7j2jl7zri3ihjrpoyx.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка НА ПРОГУЛКЕ А4, 2 : РКМ08-НП штр.: 4602723058946</t>
   </si>
   <si>
     <t>109806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb9/xnjc6of8sbye6d9zdx56yve8q2w2uw3w.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ПИРАТЫ А4, 5 : РКМ08-ПИ штр.: 4602723059028</t>
   </si>
   <si>
     <t>109807</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/878/c6ughez108i2qi60vmlzr115xld1xy6g.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ПОЕХАЛИ А4, 2 : РКМ08-П штр.: 4602723058731</t>
   </si>
   <si>
     <t>109809</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a78/u7mptx2jcdzy7riczfo3j1c02b2i3nwt.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ПТИЦЫ А4, 4 : РКМ08-ПТ штр.: 4602723058984</t>
   </si>
   <si>
     <t>109810</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/202/tyxrw42pmf6mshsu5zfjqqogn2qvezs2.jpg</t>
-[...2 lines deleted...]
-    <t>Раскраска Каляка-Маляка РИСУЕМ ПАЛЬЧИКАМИ БАБОЧКА 12 стр. 1 : РПКМ-Б штр.: 4602723065685</t>
+    <t>http://anytos.ru//upload/iblock/e0e/wk7rr0odmegft8ok7x7p2payy6dt21kx.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска Каляка-Маляка РИСУЕМ ПАЛЬЧИКАМИ ЗАЙКА 12 стр. 1 : РПКМ-З штр.: 4602723065661</t>
   </si>
   <si>
     <t>Книжки-раскраски для маленьких художников рекомендованы для занятий с детьми старше 1 года. Крупные картинки, адаптированные для детского восприятия. Подходят для раскрашивания пальчиковыми красками.</t>
   </si>
   <si>
-    <t>109858</t>
-[...7 lines deleted...]
-  <si>
     <t>109859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/319/3p49tsslah3wz8em9hxz9b7i0fzh2f2i.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ЦВЕТОЧНЫЕ ФЕИ А4, 5 : РКМ08-ЦФ штр.: 4602723059011</t>
   </si>
   <si>
     <t>109878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/320/wke1r2fmjfe87rsfmurz1nfa9ag5gy0q.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ЛЮБИМЫЕ СКАЗКИ А4, 4 : РКМ08-ЛС штр.: 4602723058977</t>
   </si>
   <si>
     <t>109880</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e60/e1zshuuv39q9s70wip08ziwvq4trq4c3.jpg</t>
   </si>
   <si>
     <t>Раскраска антистресс АРТформат ЗООТЕРАПИЯ 10 листов А4: AF13-041-02 штр.: 4602723082200</t>
@@ -368,50 +362,59 @@
   <si>
     <t>262450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c9/ck0prvmf51nisga44qvku34qwn12d063.jpg</t>
   </si>
   <si>
     <t>Раскраска по номерам Каляка-Маляка ТРАНСПОРТ, А4, 8 листов 3 : РНКМ16-Т штр.: 4602723082552</t>
   </si>
   <si>
     <t>262452</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12c/12c31a0a21f5c03018f0d85edea392df/1b0e454090d0a25bb8e6502c88ed5c25.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор для творчества  BONDIBON. Водная раскраска  динозавры </t>
   </si>
   <si>
     <t>Водная раскраска - это увлекательнейшее занятие для юных начинающих художников. Она будет очень полезна и для тех детей, которые еще не умеют рисовать. Ведь в в работе с этой водной раскраской нет ничего трудного, зато результат не оставит ни одного малыша равнодушным. Обмакнув кисточку в воду, стоит лишь провести ею по листу бумаги раскраски и картинка, как по волшебству, начнет проявляться разными цветами и формами. Раскрашивая такую раскраску, малыш научится держать правильно кисточку и, конечно же, одежда и руки малыша всегда будут чистыми.</t>
   </si>
   <si>
     <t>307520</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/127/i32gnqy1et8m8d2ywhwk8dmarb90tcu7.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска по номерам Каляка-Маляка ВОЛШЕБНЫЕ СКАЗКИ, А4 8 листов 3 : РНКМ16-ВС штр.: 4602723089964</t>
+  </si>
+  <si>
+    <t>334375</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e3/6e3502c1eeef8d853a18600a1d9489f7/7b9485fc4318a5752fe44f2fafca5c32.jpg</t>
   </si>
   <si>
     <t>Водная раскраска-пазл BONDIBON, КОРАБЛЬ, многоразовая, арт. Y8956088</t>
   </si>
   <si>
     <t>Многоразовая водная раскраска-пазл - замечательный набор  2 в 1-м для творчества малышей от TM BONDIBON. Водная раскраска послужит увлекательным занятием для юных начинающих художников, даже для тех, кто еще совсем не умеет рисовать. Достаточно наполнить ручку водой и провести по стороне раскраске, и картинка, как по волшебству, начнет проявляться различными цветами. После высыхания картинка опять становится бесцветной, и ребенок снова может творить. После рисования можно перевернуть картинку на другую сторону и собрать пазл. В комплект входит пластиковая ручка для воды.</t>
   </si>
   <si>
     <t>341688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/610/610a3fe34ee2c906bd9a94145a0e4433/6393a881f884b7a239abcc14b1796784.jpg</t>
   </si>
   <si>
     <t>Водная раскраска-пазл BONDIBON, ЛЕВ, многоразовая, арт. Y8956091</t>
   </si>
   <si>
     <t>341689</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c93/c9319f66e26955e8c07c2831c24f5eac/2220dabacba302b342a8af99533424c6.jpg</t>
   </si>
   <si>
     <t>Водная раскраска-пазл BONDIBON, ПОЖАРНАЯ МАШИНА, многоразовая, арт. Y8956088</t>
@@ -665,60 +668,54 @@
   <si>
     <t>Набор раскрасок антистресс BONDIBON, Птицы и Бабочки, 6 листов 30х21 см, арт. CPA2303V</t>
   </si>
   <si>
     <t>578238</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d4/1d43ae37a2a1301f12b53e8caf35b517/b82456a43b725b02043af5d5488321e1.jpg</t>
   </si>
   <si>
     <t>Набор раскрасок антистресс BONDIBON, Райский сад , 6 листов 30х21 см, арт. CPA2305V</t>
   </si>
   <si>
     <t>578239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/977/97706d98ef439928a251c7d0cf94c454/21dde740cf5353e02faf6633a00487d6.jpg</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. Бархатная раскраска и аппликация 2 в 1</t>
   </si>
   <si>
     <t>578240</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dbf/dbf7e58650cafd4e63bc0cb3c5ec6b1a/11020cec8cc5c3eb9de9dd1ad10bf05d.jpg</t>
-[...8 lines deleted...]
-    <t>578244</t>
+    <t>http://anytos.ru//upload/iblock/629/629f5a9fc96da369316ef13daec585b6/9fe5bbf1afe23f50810a6d70426fac5c.jpg</t>
+  </si>
+  <si>
+    <t>578241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d5/1d5717b4e4059fe7cd3652a34b97fc70/dd211c6ce7070918d5ad815671932b26.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор для творчества BONDIBON. Большу-у-ущая раскраска </t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. Большу-у-ущая раскраска!</t>
   </si>
   <si>
     <t>578245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3f/f3fd78f7bbeb60b83ce2e1fb374e4f58/a93ea8db8c8e260d97c451d522d745ec.jpg</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. Веер</t>
   </si>
   <si>
     <t>578246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/095/095a67d5d2a65feb30c482a0c6473181/e22201b38379aba51ee8226591a2c12e.jpg</t>
   </si>
@@ -948,62 +945,50 @@
     <t>707039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/332/dos7awg368nnnol64ah203xg820stw5e.jpg</t>
   </si>
   <si>
     <t>Раскраска А4  quot;Фауна quot; 8л с примером</t>
   </si>
   <si>
     <t>Раскраска А4 &amp;quot;Фауна&amp;quot; 8л, с цветным примером. 4 темы - подводный мир, дикие животные, домашние животные, птицы.&lt;br /&gt;
  Бумага - офсет, плотность 100 гр/м2</t>
   </si>
   <si>
     <t>707040</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7a/wvo7dupadolg2mubqu259jm9m41ebxju.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 3D</t>
   </si>
   <si>
     <t>707041</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b7a/kiuulnomdi51n36jhvspebkujzutn07h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a4a/a4ez2bcjbgaaux1y7qret5up3qnrkcuv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Раскраска с карандашами  комплект 2 раскраски  10 18см  10 цв.карандашей   4 вида </t>
   </si>
   <si>
     <t>Раскраска с карандашами .В комплекте: 2 раскраски &amp;#40;10*18см&amp;#41;&amp;#43;10 цветных карандашей. Размер в собранном виде 11,5*19*2см.Тип бумаги офсет, плотность не менее 80г/м2. Количество листов 30 , в каждой раскраске.Упаковка - п/э.</t>
   </si>
   <si>
     <t>707046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/842/qhy79xo1o3vtutb79bk3ahisuzn3477z.jpg</t>
   </si>
   <si>
     <t>Раскраска волшебная  quot;Животные quot; 8 картинок А4   кисточка</t>
   </si>
   <si>
     <t>Раскраска с сухими красками, кисточка. 8 рисунков, размером А4. На каждой странице изображена крупная картинка с толстым контуром, для удобства раскрашивания. В верху листа имеется&amp;nbsp;&amp;nbsp;рисунок, а под ним располагаются ячейки с сухими 6ти цв. акварельными красками. Раскрашивать красками просто: берем кисточку и немного воды.</t>
   </si>
   <si>
     <t>707047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/687/74kqbv3xyi63h4xu556xj3aog6lwdhf6.jpg</t>
@@ -1064,62 +1049,50 @@
   <si>
     <t>Раскраска волшебная  quot;Морские обитатели quot; 21 16см   кисточка   сух.краски</t>
   </si>
   <si>
     <t>707053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f9/y8pey46s31hf82xzt0wacd2g3jzh8b7h.jpg</t>
   </si>
   <si>
     <t>Раскраска волшебная  quot;Техника quot; 21 16см   кисточка   сух.краски</t>
   </si>
   <si>
     <t>707054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/425/wqd32rpane1swnlutpgfc88fgovbywg4.jpg</t>
   </si>
   <si>
     <t>Раскраска волшебная  quot;Чудесный сад quot; 21 16см   кисточка   сух.краски</t>
   </si>
   <si>
     <t>707055</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/41a/pu2chmfyjh0h90wx1t30owm4h3kphbu1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/711/t5gqbucfjc0m0on5pwpzs0nhegd4ovwx.jpg</t>
   </si>
   <si>
     <t>Раскраска-книжка по номерам 28 28см  quot;В аквариуме quot;</t>
   </si>
   <si>
     <t>Раскраска-книжка по номерам 28*28см &amp;quot;В аквариуме&amp;quot;</t>
   </si>
   <si>
     <t>707084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41c/kthpz0np763fzmprewvh2417lsyuevau.jpg</t>
   </si>
   <si>
     <t>Раскраска-книжка по номерам 28 28см  quot;В зоопарке quot;</t>
   </si>
   <si>
     <t>Раскраска-книжка по номерам 28*28см &amp;quot;В зоопарке&amp;quot;</t>
   </si>
   <si>
     <t>707085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd9/um1f2jxbvr7ngicdqf041bv2pgit7l5m.jpg</t>
@@ -1166,161 +1139,146 @@
   <si>
     <t>Раскраска-книжка по номерам 28*28см &amp;quot;Рептилии и амфибии&amp;quot;</t>
   </si>
   <si>
     <t>707089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/261/3ei9blp0m67kslr2370087k72o40jfto.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, ArtSpace  quot;Единорожки quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска с цветным контуром поможет юному художнику сделать картинку красивой и аккуратной. У изображений есть специальные края, которые не дадут краске растечься. У ребёнка с такой раскраской картина получится с первого раза.</t>
   </si>
   <si>
     <t>712971</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7b0/k6ennjx2dxc85d916uuwzok8yweiv267.jpg</t>
+  </si>
+  <si>
+    <t>Раскрась и наклей. Веселые машинки</t>
+  </si>
+  <si>
+    <t>Яркие раскраски с забавными героями! Раскрась картинку по цветным контурам и дополни её веселыми наклейками.</t>
+  </si>
+  <si>
+    <t>769914</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/485/270uhue8o5p9c0k60ylaohh5ho79t1vt.jpg</t>
   </si>
   <si>
     <t>Раскрась и наклей. Милая лама</t>
   </si>
   <si>
-    <t>Яркие раскраски с забавными героями! Раскрась картинку по цветным контурам и дополни её веселыми наклейками.</t>
-[...1 lines deleted...]
-  <si>
     <t>769915</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/98f/xsr16uhlm6pzjd9ck3jr75yp4n09usdo.jpg</t>
   </si>
   <si>
     <t>Антистресс-раскраска. Единорог и радуга удачи</t>
   </si>
   <si>
     <t>Раскраска-антистресс для детей с привлекательным дизайном обложки, плотными страницами и разнообразными картинками для раскрашивания. Стильная обложка с тиснением цветной фольгой привлекает внимание и вдохновляет на творчество и художественные эксперименты. Плотные страницы позволяют раскрашивать рисунки не только цветными карандашами, но и фломастерами, гелевыми ручками, лайнерами. В антистресс-раскрасках представлены изображения животных, птиц, предметов, цветов, насекомых, фруктов, десертов. Детские антистресс-раскраски идеальны&amp;nbsp;&amp;nbsp;для снятия напряжения, успокоения в конце учебного дня. Раскраски-антистресс для детей имеют презентабельный внешний вид - это готовый подарок на Новый год или день рождения ребенку, увлекающемуся рисованием. Раскраски-антистресс купить можно для совместного досуга детей и родителей: на память останутся не только цветные рисунки, но и приятные воспоминания.</t>
   </si>
   <si>
     <t>769936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3da/jaun6clrqr9ny4da97s632nivj4ee54v.jpg</t>
   </si>
   <si>
     <t>Антистресс-раскраска. Сова и волшебный лес</t>
   </si>
   <si>
     <t>769937</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/451/kdnweukons1b2agtp7a6k3elpl0u5v8l.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06f/ixdpy26k2v792kypnniavg6014tac8x8.jpg</t>
   </si>
   <si>
     <t>Антистресс-раскраска. Лама и горы спокойствия</t>
   </si>
   <si>
     <t>769941</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3a8/21ukfgpbdf8jzyj5fqol3qefkaohuy04.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/24b/ad224so6parvij4fuovr8nia0v1vhhf3.jpg</t>
   </si>
   <si>
     <t>Антистресс-раскраска. Фламинго и озеро радости</t>
   </si>
   <si>
     <t>769943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d03/xomu1q8abjfb2qw4f2l0wv6ukd11vij8.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Очень большая раскраска. Звездный путь</t>
   </si>
   <si>
     <t>Очень большая двустороння раскраска</t>
   </si>
   <si>
     <t>769944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e8/j3a7j3nvh9nc3zec1c02vihmxpbaz244.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">L.O.L. SURPRISE  Очень большая раскраска. Мы крутые </t>
   </si>
   <si>
     <t>769945</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d77/3n2a6o0yqmuim01lj5awzfvutx5iha3o.jpg</t>
+  </si>
+  <si>
+    <t>Хот Вилс. Жми на газ</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска &amp;quot;Хот Вилс. Жми на газ&amp;quot; - для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска-плакат размером 970 на 680 мм сложена в книгу с яркой обложкой. У книги картонная ручка - раскраску удобно носить. Очень большое поле для раскрашивания, увлекательные сюжеты, а ещё - развивающие упражнения на обороте. Любимые герои помогут развить творческие способности ребенка, фантазию и усидчивость. Такая раскраска - это идеальный вариант для досуга: можно раскрашивать одному, с друзьями или всей семьей. Раскраска отлично подойдет для подарка и как развлечение для детского праздника. Раскрашивайте на полу, на большом столе или повесьте плакат на стену. Будет весело!</t>
+  </si>
+  <si>
+    <t>769947</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7c7/dzu5mn8ivzayre9u1rtbp4dom40v20j6.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. L.O.L. SURPRISE  Классные девчонки</t>
   </si>
   <si>
     <t>Каждому маленькому художнику нужна суперраскраска!Потому что раскрашивать – это невероятно интересно!На каждой странице ребёнка ждут увлекательные сюжеты, любимые герои, много элементов для раскрашивания. Ведь раскраска – это не только возможность весело и с пользой провести время, но и отличная подготовка руки к письму, развитие творческих возможностей и фантазии.</t>
   </si>
   <si>
     <t>769949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/975/rpd2h4e8eii2cov6jfl4rsqfgeantm6i.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. L.O.L. SURPRISE  Чудесные куколки</t>
   </si>
   <si>
     <t>769950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c5/vhq150iqg2as2ox06e3hl28sb1wv8yvt.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Динозавры</t>
@@ -1334,74 +1292,68 @@
   <si>
     <t>Суперраскраска с любимыми героями. Космос</t>
   </si>
   <si>
     <t>769952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5d/08iod213dq5qgk7va7bis5viwfu4qka2.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Транспорт</t>
   </si>
   <si>
     <t>769953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/758/trlxllkkkbr51ik7fuson5i1tdwk51kt.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Ферма</t>
   </si>
   <si>
     <t>769954</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5db/ogc0bx4415nnntlrpl8aa2ea1kzz295w.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/jovi/"&gt;Jovi&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/399/e9jf1diyjydmvhwwxirfshw6kjvn55ai.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Раскраска с наклейками и большой куклой. Играй, раскрашивай, наклеивай. Морская королева</t>
+  </si>
+  <si>
+    <t>Стильная раскраска с картонной куклой L.O.L. Surprise, разворотом ярких наклеек, увлекательными заданиями, красочными иллюстрациями, головоломками и лабиринтами – лучший подарок для девочки! Большая картонная куколка Лол&amp;nbsp;&amp;nbsp;&amp;#40;высота 20,5 см&amp;#41; - стильная, яркая&amp;nbsp;&amp;nbsp;- устанавливается на компактные подставки. Волосы и одежду куклы lol surprise украшает глиттер: блестки переливаются на свету, это делает куклу ещё красивее и очаровательнее.&amp;nbsp;&amp;nbsp;Куколки L.O.L. идеально подходят для игры и коллекционирования, ведь в серии представлено 8 различных книг: каждая из которых&amp;nbsp;&amp;nbsp;– это новые игровые задания, новые наклейки и новая картонная куколка Лол! Раскраска с развивающими заданиями приведет в восторг девочку, которой нравятся куклы лол &amp;#40;lol surprise&amp;#41; – всегда такие разные и необыкновенно привлекательные. Книга с заданиями L.O.L. Surprise &amp;#40;lol surprise&amp;#41; – готовый подарок на Новый год девочке от 3 лет. Развивающая книга с картонной куколкой L.O.L. Surprise из серии «L.O.L. Surprise! Раскраска с наклейками и большой куклой»&amp;nbsp;&amp;nbsp;изготовлена по официальной лицензии MGA.</t>
+  </si>
+  <si>
+    <t>791153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/500/7faymtht13kbst45v1wxbiwbwle2ag9g.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Раскраска с наклейками и большой куклой. Играй, раскрашивай, наклеивай. Поп-Дива</t>
   </si>
   <si>
-    <t>Стильная раскраска с картонной куклой L.O.L. Surprise, разворотом ярких наклеек, увлекательными заданиями, красочными иллюстрациями, головоломками и лабиринтами – лучший подарок для девочки! Большая картонная куколка Лол&amp;nbsp;&amp;nbsp;&amp;#40;высота 20,5 см&amp;#41; - стильная, яркая&amp;nbsp;&amp;nbsp;- устанавливается на компактные подставки. Волосы и одежду куклы lol surprise украшает глиттер: блестки переливаются на свету, это делает куклу ещё красивее и очаровательнее.&amp;nbsp;&amp;nbsp;Куколки L.O.L. идеально подходят для игры и коллекционирования, ведь в серии представлено 8 различных книг: каждая из которых&amp;nbsp;&amp;nbsp;– это новые игровые задания, новые наклейки и новая картонная куколка Лол! Раскраска с развивающими заданиями приведет в восторг девочку, которой нравятся куклы лол &amp;#40;lol surprise&amp;#41; – всегда такие разные и необыкновенно привлекательные. Книга с заданиями L.O.L. Surprise &amp;#40;lol surprise&amp;#41; – готовый подарок на Новый год девочке от 3 лет. Развивающая книга с картонной куколкой L.O.L. Surprise из серии «L.O.L. Surprise! Раскраска с наклейками и большой куклой»&amp;nbsp;&amp;nbsp;изготовлена по официальной лицензии MGA.</t>
-[...1 lines deleted...]
-  <si>
     <t>791154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc1/wxhd58211fr1m0f0afgy86qzed1g8mqu.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Раскраска с наклейками и большой куклой. Играй, раскрашивай, наклеивай. Рокерша</t>
   </si>
   <si>
     <t>791155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/6976lu5j1y1av342m9ce2dz3h8o2j950.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Раскраска с наклейками и большой куклой. Играй, раскрашивай, наклеивай. Черная бабочка</t>
   </si>
   <si>
     <t>791156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/884/huuxvu3doomzawgmoz0m1vups5jmfnyz.jpg</t>
   </si>
   <si>
     <t>Настольная игра ВОДНЫЕ РАСКРАСКИ  quot;ДИНОЗАВРЫ quot; Играй Думай Твори Bondibon</t>
@@ -1433,141 +1385,114 @@
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Кот и пёс&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 210*290мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>834523</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67b/ch2iyf2u1raypsea3dp2xbg5znk9tyut.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, Мульти-Пульти  quot;Сад-огород quot;, 48л., в папке</t>
   </si>
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Сад-огород&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 165*235мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>834524</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e39/7z71p4xsk245u5bp24gslr2tkqrbfq4k.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2dd/4n0ptlhr40cpes153xv24yxdds7zamet.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, Мульти-Пульти  quot;Кто где живет quot;, 48л., в папке</t>
   </si>
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Кто где живет&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 165*235мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>836347</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba9/xxo6ihal3w3uru85og49b43xddcjlido.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, Мульти-Пульти  quot;Принцессы quot;, 48л., в папке</t>
   </si>
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Принцессы&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 165*235мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>836349</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/196/2u79bzo2ef8y0sgk2bjpo52rerm0egv1.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a83/qc6rxiiqbwjv601yncbozi7a30zq7xp4.jpg</t>
   </si>
   <si>
     <t>Fisher Price. Рисуют малыши.  Веселые друзья. Раскраска с объемным бортиком. Развивающая книга</t>
   </si>
   <si>
     <t>Раскраска с объемным бортиком - первые аккуратные рисунки малыша. Бортик по краю изображения поможет не выходить за границы раскрашиваемого рисунка. Цветные элементы картинки подскажут, какой карандаш нужно взять. Отрежьте картинку по пунктирной линии, раскрасьте, и вот он - шедевр!</t>
   </si>
   <si>
     <t>837340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ed/co7yme35oy0nc30kfj4qrewy01sfqp11.jpg</t>
   </si>
   <si>
     <t>Fisher Price. Рисуют малыши. Мои приключения. Раскраска с объемным бортиком. Развивающая книга</t>
   </si>
   <si>
     <t>837342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/731/tw4yxdcs1uvka79ou7493w06y974gulb.jpg</t>
   </si>
   <si>
     <t>Fisher Price. Рисуют малыши. Растем вместе. Раскраска с объемным бортиком. Развивающая книга</t>
   </si>
   <si>
     <t>837343</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b06/57st7ccaa0dhi410imdd4eoi0hcryf15.jpg</t>
-[...2 lines deleted...]
-    <t>Яркие раскраски. Игры и приключения</t>
+    <t>http://anytos.ru//upload/iblock/e1b/duj49ajbsbd0e3aifr35eadn3f3q7b2p.jpg</t>
+  </si>
+  <si>
+    <t>Яркие раскраски. Милые друзья</t>
   </si>
   <si>
     <t>Яркие, веселые раскраски для самых маленьких.</t>
   </si>
   <si>
-    <t>837351</t>
+    <t>837352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f98/5hf3o2415d6kyy2jd6vsveta238x1yuw.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. На земле и в воздухе</t>
   </si>
   <si>
     <t>837353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a6/4cu214ini33afmc8zjzb2oj5cnuu1xuu.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. Обо всем на свете</t>
   </si>
   <si>
     <t>837354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/351/un45q4x929fn43t5cy3l8c9dq2raaja4.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. Полезные машины</t>
   </si>
@@ -1643,83 +1568,62 @@
   <si>
     <t>Очень большая двустороння раскраска.</t>
   </si>
   <si>
     <t>837382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae7/u5nc1x31vq6622cscz9oe7kea8ninlpn.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Раскраска с наклейками и большой куклой. Играй, раскрашивай, наклеивай. Баскетболистка</t>
   </si>
   <si>
     <t>837853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21c/i2xt6edhr2lrmsdlkwqckonirj2bhpm5.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Раскраска с наклейками и большой куклой. Играй, раскрашивай, наклеивай. Королева Кошечка</t>
   </si>
   <si>
     <t>837854</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b1d/91fdor6pwz3vx6eb819nmmdh8ssryogv.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1bd/ba58wzkxutbzafonvzbhp0b5z5yzi8us.jpg</t>
   </si>
   <si>
     <t>Открытки-раскраски с наклейками. L.O.L. Яркий праздник</t>
   </si>
   <si>
     <t>Серия открыток-раскрасок с героями популярных мультфильмов - к праздникам и просто так! Открытки-раскраски &amp;quot;L.O.L. Surprise! Яркий праздник&amp;quot; -&amp;nbsp;&amp;nbsp;прекрасное решение для всех, кто любит дарить подарки, сделанные своими руками. Подготовить эксклюзивный подарок очень просто. Выбери понравившуюся открытку. Раскрась, как тебе нравится. Укрась наклейками. Подпиши и сложи пополам. Сет &amp;quot;L.O.L. Surprise! Яркий праздник&amp;quot; состоит из 8 открыток и листа наклеек, собранных под общей обложкой с матовой ламинацией и глиттерным лаком. На каждой открытке - любимый персонаж из популярного мультфильма. Такие открытки можно подарить друзьям - для вдохновения, оставить себе на память для хорошего настроения.</t>
   </si>
   <si>
     <t>837857</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/93f/e08amwlkeyo99mn7adfj30sowp6zq3ix.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/07c/h30k46md7zyc5rvqt6kqrrpipncvdnw9.jpg</t>
   </si>
   <si>
     <t>Открытки-раскраски с наклейками. Диснеевские принцессы. Верь в чудеса</t>
   </si>
   <si>
     <t>Открытки-раскраски «Диснеевские принцессы. Верь в чудеса» ? прекрасное решение для всех, кто любит дарить подарки, сделанные своими руками. Сет «Диснеевские принцессы» состоит из 8 открыток и листа из 28 наклеек, собранных под общей обложкой с матовой ламинацией и глиттерным лаком. На каждой открытке ? любимый персонаж из популярного мультфильма. Такие открытки можно подарить друзьям и близким или оставить себе на память для хорошего настроения. В каждом сете: открытки ко дню рождения, поздравительные и универсальные. Открытки легко извлекаются благодаря клеевому бесшвейному креплению. Радуйте своих родных и близких, ведь открытка, сделанная своими руками ? это замечательный подарок!</t>
   </si>
   <si>
     <t>837859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46e/f1625nq2avdoc6pp7ialo2mruedacxlz.jpg</t>
   </si>
   <si>
     <t>Открытки-раскраски с наклейками. Леди Баг и Супер-Кот. Тайны Парижа</t>
   </si>
   <si>
     <t>Серия открыток-раскрасок с героями популярных мультфильмов - к праздникам и просто так! Открытки-раскраски &amp;quot;Леди Баг и Супер-Кот. Тайны Парижа&amp;quot; -&amp;nbsp;&amp;nbsp;прекрасное решение для всех, кто любит дарить подарки, сделанные своими руками. Подготовить эксклюзивный подарок очень просто. Выбери понравившуюся открытку. Раскрась, как тебе нравится. Укрась наклейками. Подпиши и сложи пополам. Сет &amp;quot;Леди Баг и Супер-Кот. Тайны Парижа&amp;quot; состоит из 8 открыток и листа наклеек, собранных под общей обложкой с матовой ламинацией и глиттерным лаком. На каждой открытке - любимый персонаж из популярного мультфильма. Такие открытки можно подарить друзьям - для вдохновения, оставить себе на память для хорошего настроения.</t>
   </si>
   <si>
     <t>837860</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6b/6cuckeub4xhbpuumj4d4tys5uaf4s84q.jpg</t>
@@ -1784,59 +1688,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f43/mfheaqtif1dziniv29pqxt0ijylbiaqp.jpg</t>
   </si>
   <si>
     <t>Открытки-раскраски с наклейками. Чудесные единороги</t>
   </si>
   <si>
     <t>Открытки-раскраски «Чудесные единороги» ? прекрасное решение для всех, кто любит дарить подарки, сделанные своими руками. Сет «Чудесные единороги» состоит из 8 открыток и листа из 28 наклеек, собранных под общей обложкой с матовой ламинацией и глиттерным лаком. На каждой открытке ? любимый персонаж из популярного мультфильма. Такие открытки можно подарить друзьям и близким или оставить себе на память для хорошего настроения. В каждом сете: открытки ко дню рождения, поздравительные и универсальные. Открытки легко извлекаются благодаря клеевому бесшвейному креплению. Радуйте своих родных и близких, ведь открытка, сделанная своими руками ? это замечательный подарок!</t>
   </si>
   <si>
     <t>837867</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/744/a07eorisz7qvwr8ahjbj3k21im0cy26f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Открытки-раскраски с наклейками. Щенячий патруль. Все на праздник </t>
   </si>
   <si>
     <t>Открытки-раскраски «Щенячий патруль. Все на праздник!» ? прекрасное решение для всех, кто любит дарить подарки, сделанные своими руками. Сет «Щенячий патруль. Все на праздник!» состоит из 8 открыток и листа из 28 наклеек, собранных под общей обложкой с матовой ламинацией и глиттерным лаком. На каждой открытке ? любимый персонаж из популярного мультфильма. Такие открытки можно подарить друзьям и близким или оставить себе на память для хорошего настроения. В каждом сете: открытки ко дню рождения, поздравительные и универсальные. Открытки легко извлекаются благодаря клеевому бесшвейному креплению. Радуйте своих родных и близких, ведь открытка, сделанная своими руками ? это замечательный подарок!</t>
   </si>
   <si>
     <t>837868</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0de/gyolw5uya46828qpyl9w1gp67vx5cig7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/573/tvnnmzaur01iavfussqalhcgs3lnyw7g.jpg</t>
   </si>
   <si>
     <t>Раскрась и наклей. Сказочный фламинго</t>
   </si>
   <si>
     <t>837870</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f4/1ahbcb4qixmvnud1nahkyvl14wki38x4.jpg</t>
   </si>
   <si>
     <t>Веселые раскраски. Лошадки</t>
   </si>
   <si>
     <t>«Весёлые раскраски» – новая серия красочных раскрасок для детей. Чтобы юным художникам было интереснее раскрашивать, на каждой странице уже есть цветные детали. В маленьком окошке показан пример того, как можно раскрасить главного героя. Раскрашивайте по образцам или придумывайте свои цвета!</t>
   </si>
   <si>
     <t>837872</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07e/ye8o1zj157vaetev46tcmkaonhlxemhc.jpg</t>
   </si>
   <si>
     <t>Веселые раскраски. Мои любимцы</t>
@@ -1850,62 +1745,50 @@
   <si>
     <t>Веселые раскраски. Принцессы</t>
   </si>
   <si>
     <t>837875</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/940/ykwndklzdx0lq7dxvspb0evv60zylzl6.jpg</t>
   </si>
   <si>
     <t>Веселые раскраски. Сказки</t>
   </si>
   <si>
     <t>837876</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff7/oaqr3lqvssfzmo9s0wjcpmk849j8xn2w.jpg</t>
   </si>
   <si>
     <t>Веселые раскраски. Транспорт</t>
   </si>
   <si>
     <t>837877</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aef/tkgbwc3owwafhx2fhdjzzexcolt23kll.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e6/vhgi7ulej4xujqypg70qsot4y9qach1j.jpg</t>
   </si>
   <si>
     <t>Малышарики. Очень большая раскраска. Парк аттракционов. Развивающая книга</t>
   </si>
   <si>
     <t>Малышарики зовут играть и рисовать. Открой! Разверни! Твори! Очень большое поле для раскрашивания, увлекательные задания по сюжету раскраски, а ещё развивающие упражнения на обороте. Всё это «Очень большая раскраска»!</t>
   </si>
   <si>
     <t>837880</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/511/8ab2ra9jy8pg2zcsequ5iu1bkirojteu.jpg</t>
   </si>
   <si>
     <t>Малышарики. Очень большая раскраска. Приключения в городе. Развивающая книга</t>
   </si>
   <si>
     <t>837881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11d/nmkeul3gltb4x3tvvlkgj98bkytpbqd7.jpg</t>
   </si>
   <si>
     <t>Малышарики. Очень большая раскраска. Приключения на ферме. Развивающая книга</t>
@@ -1931,101 +1814,89 @@
   <si>
     <t>Мегараскраска. Мимишки. Пиратская история</t>
   </si>
   <si>
     <t>837884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2e/p7qqaptbqzckjp2azr1k2ddlu3vpad1b.jpg</t>
   </si>
   <si>
     <t>Мегараскраска. Мимишки. Подводная одиссея</t>
   </si>
   <si>
     <t>837885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cc/xxyvpxk6duorb18wldkkcofe6lh5ak0p.jpg</t>
   </si>
   <si>
     <t>Мегараскраска. Сказочная страна</t>
   </si>
   <si>
     <t>837886</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e88/6xr2c105f4703ka0v3b9oj10uwj27zd1.jpg</t>
-[...8 lines deleted...]
-    <t>837887</t>
+    <t>http://anytos.ru//upload/iblock/042/l6ozdjfoe6k81d0elw46i69h79cpsxq1.jpg</t>
+  </si>
+  <si>
+    <t>Ми-ми-мишки. Очень большая раскраска. Удивительные открытия</t>
+  </si>
+  <si>
+    <t>837888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e3/t41y1iy68lsaej6aj2lykt2nete0g7yb.jpg</t>
   </si>
   <si>
     <t>Миньоны. Очень большая раскраска. Обратно в школу</t>
   </si>
   <si>
     <t>837890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/577/v2jjjchfj4jlwydemq7pmi3btu0o4ls2.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Вещи, которые создают люди</t>
   </si>
   <si>
     <t>&amp;quot;Одним из любимых развлечений детей является раскрашивание картинок в книгах- раскрасках. Это интересное занятие не только развивает художественные навыки, но и формирует такие качества, как терпение и старание. Серия «Моя первая раскраска» состоит из 10 альбомов, которые предлагают различные картинки для раскрашивания и способствуют развитию творческих способностей ребенка.&amp;quot;</t>
   </si>
   <si>
     <t>837891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/210/1rtfngy42zpsgqp034liesdbti6i7k9h.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Дикие животные</t>
   </si>
   <si>
     <t>837892</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b7f/w3jjkx0zl7b6rr66qw2egpjmew399pu9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3ea/2b33r8xmgicosvyizyysq7hhhqiu3xdm.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Игры</t>
   </si>
   <si>
     <t>837895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b05/5ji8w4ql43bezhxyb6pns2g3stqy0g7m.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Милые дети</t>
   </si>
   <si>
     <t>837896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b62/oo6n55v6kj8ma4ljdeswm766sp3zkpxs.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Правила безопасности</t>
   </si>
   <si>
     <t>837897</t>
@@ -2060,98 +1931,62 @@
   <si>
     <t>837901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af0/zrh2vfu8h3plykkt9gxpg2cmn7lhrel5.jpg</t>
   </si>
   <si>
     <t>Моя самая первая раскраска. Цирк. Развивающая книга</t>
   </si>
   <si>
     <t>837902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/461/nuq6o4k1rcbry0qo7hnq6o7igdtafkn9.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. L.O.L. surprise. Маленькие модницы</t>
   </si>
   <si>
     <t>Очень большая раскраска «L.O.L. Surprise! Маленькие модницы» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>837907</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a49/dctx9ng8oh7xbsmqiyl8svazmatbdias.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b8b/3el6j0t3zkrtzo2odl7gg1f2yg6vbttp.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Мир Юрского периода. Большие динозавры</t>
   </si>
   <si>
     <t>Очень большая раскраска «Мир Юрского периода. Большие динозавры» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>837910</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bf7/43kc7xxh5dyafeg3a7gzfvyyql3pkgj3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fa/v0tt0w8sy9xfo7te5puclo2g771kvxf9.jpg</t>
   </si>
   <si>
     <t>Пиксельная раскраска. Волшебный сад</t>
   </si>
   <si>
     <t>Пиксельные раскраски - полезное и увлекательное занятие! Все картинки разложены по цветам на клеточки-пиксели. Раскрашивая клетки по образцу, ребенок сможет своими рукам создать красивую картинку. Заданный контур поможет маленькому художнику не сбиться, отсчитывая нужное число клеточек. Такие раскраски отлично тренируют внимание и мелкую моторику, учат концентрироваться на задании и действовать по образцу.</t>
   </si>
   <si>
     <t>837912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ad/rnkqf63sc5t4bywel0nu0jgrn5v6tqjj.jpg</t>
   </si>
   <si>
     <t>Пиксельная раскраска. Дикие животные</t>
   </si>
   <si>
     <t>837913</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9af/oxhcfcl30h3y5zzq7xxanumtcrn5ec39.jpg</t>
   </si>
   <si>
     <t>Пиксельная раскраска. Домашние животные</t>
@@ -2186,62 +2021,50 @@
   <si>
     <t>837917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47e/c5fcnlzujy82si3ckftst8ze7skyadx6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Раскраска с магнитным листом. Хот Вилс. Вперед, к победе </t>
   </si>
   <si>
     <t>Раскраска &amp;quot;Хот Вилс. Вперед, к победе!&amp;quot; с магнитным конструктором из 14-ти деталей. Ребенка ждут увлекательные игры, раскраски и творческие задания. Раскраски Hot Wheels с изображением любимых героев способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. С помощью прозрачных страничек-обводилок ребенок научится рисовать машинки и создавать аппликации. А из магнитов можно собирать удивительные композиции на магнитной доске или на холодильнике и устроить крутые гонки. Много магнитных деталей для бесконечных экспериментов!</t>
   </si>
   <si>
     <t>837919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06c/98dhk52nnr1cyixgmra6e0aq908wx5v9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Сказочный патруль. Очень большая раскраска. Кафе  Лукоморье </t>
   </si>
   <si>
     <t>837920</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/57e/94vv9848uj82mpw2vzg5fowwmcgcy6ut.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/71a/5ajgqe1lioygbbk5ddxnbdapfozl1d44.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Энчантималс. Загадочная страна</t>
   </si>
   <si>
     <t>Каждому маленькому художнику нужна суперраскраска, ведь раскрашивать невероятно интересно! На каждой странице суперраскраски «Энчантималс. Загадочная страна» ребенка ждут увлекательные сюжеты, любимые героини и множество элементов для раскрашивания. Детская раскраска поможет весело и полезно провести время, подготовить руку к письму, развить творческие навыки, аккуратность и фантазию.</t>
   </si>
   <si>
     <t>837924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86e/0xr5ap3m5lvw6gz95t8b909u5h1vgcou.jpg</t>
   </si>
   <si>
     <t>Фикси-раскраски с фикси-играми. Веселые приключения. Раскраска</t>
   </si>
   <si>
     <t>Играй и раскрашивай вместе со смешариками и фиксиками! Веселые приключения героев любимых мультфильмов подарят тебе немало забавных и увлекательных минут, помогут провести время не только весело, но и с пользой!</t>
   </si>
   <si>
     <t>837925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c2/6r07tj1bpbm57xr6pj2r0p3qiul2ls0t.jpg</t>
@@ -2282,68 +2105,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/76a/3nshaa1f4901kkwk7aasxy3n0nb3yhw8.jpg</t>
   </si>
   <si>
     <t>Щенячий патруль. Очень большая раскраска. Щенки на ферме</t>
   </si>
   <si>
     <t>Очень большая раскраска &amp;quot;Щенячий патруль. Щенки на ферме&amp;quot; - для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска-плакат размером 970 на 680 мм сложена в книгу с яркой обложкой. У книги картонная ручка - раскраску удобно носить. Очень большое поле для раскрашивания, увлекательные сюжеты, а ещё - развивающие упражнения на обороте. Любимые герои помогут развить творческие способности ребенка, фантазию и усидчивость. Такая раскраска - это идеальный вариант для досуга: можно раскрашивать одному, с друзьями или всей семьей. Раскраска отлично подойдет для подарка и как развлечение для детского праздника. Раскрашивайте на полу, на большом столе или повесьте плакат на стену. Будет весело!</t>
   </si>
   <si>
     <t>837930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/733/slt6yg34glpiqd5bnbns0dyohx96raqr.jpg</t>
   </si>
   <si>
     <t>Энчантималс. Очень большая раскраска. Лесные волшебницы</t>
   </si>
   <si>
     <t>Очень большая раскраска &amp;quot;Энчантималс. Лесные волшебницы&amp;quot; - для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска-плакат размером 970 на 680 мм сложена в книгу с яркой обложкой. У книги картонная ручка - раскраску удобно носить. Очень большое поле для раскрашивания, увлекательные сюжеты, а ещё - развивающие упражнения на обороте. Любимые герои помогут развить творческие способности ребенка, фантазию и усидчивость. Такая раскраска - это идеальный вариант для досуга: можно раскрашивать одному, с друзьями или всей семьей. Раскраска отлично подойдет для подарка и как развлечение для детского праздника. Раскрашивайте на полу, на большом столе или повесьте плакат на стену. Будет весело!</t>
   </si>
   <si>
     <t>837931</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92c/ph7casi9mv6ldn4ynhmj06wbcjwd8lb5.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c8b/8kqkdrndpxkxptpen54t111nc047f7jq.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. Принцессы и рыцари. Раскрась по цифрам</t>
   </si>
   <si>
     <t>837934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7e/ezvuo7n8vnf0uf41cgdm18ak6033tdjt.jpg</t>
   </si>
   <si>
     <t>Мини-игры в дорогу для малышей  quot;ВОДНЫЕ РАСКРАСКИ quot; 3, многоразовые с кистью Bondibon</t>
   </si>
   <si>
     <t>Многоразовая водная раскраска 3 от Bondibon — это настоящее волшебство для детей, ведь для того, чтобы рисунок приобрел цвет, не нужны краски или фломастеры! Используя базовые движения раскрашивания, можно получить красочную яркую картину. Такие действия помогают ребенку развить моторику, способствуют подготовке детской руки к рисованию и письму, увлечению творчеством. Достаточно наполнить специальную кисть водой и провести по листу раскраски. Картинка магически начнет проявляться различными цветами! К каждому рисунку прилагаются задания, что делает процесс еще более увлекательным и полезным! После высыхания рисунок становится бесцветным, и можно снова творить. Раскраску очень удобно брать с собой в дорогу. Эта компактная мини-игра не требует дополнительных красок и не оставляет пятен, разводов. В наборе - 8 сюжетов для раскрашивания и 8 карт с вопросами к ним, кисть с ёмкостью для воды. Она плотно закручивается, исключая протекание жидкости. Возраст 4&amp;#43;. Серия «Мини-игры в дорогу»</t>
   </si>
   <si>
     <t>839349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/343/38cdjgmy5d6nm2stmq2n7jmf0fviosey.jpg</t>
   </si>
   <si>
     <t>Мини-игры в дорогу для малышей  quot;ВОДНЫЕ РАСКРАСКИ quot; 4, многоразовые с кистью Bondibon</t>
@@ -2414,248 +2219,371 @@
   <si>
     <t>Раскраска пластилином Каляка-Маляка ДИНОЗАВРЫ 8 карт. 200х200 мм в папке конверте</t>
   </si>
   <si>
     <t>847439</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/731/k83q5i8twa6ai1eu1991cengviwkz3x4.jpg</t>
   </si>
   <si>
     <t>Раскраска пластилином Каляка-Маляка ДОМАШНИЕ ЛЮБИМЦЫ 4 карт. А4 в папке</t>
   </si>
   <si>
     <t>847440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3b/95y5gz3m1l1bpph51o49mjqnc9hqk61x.jpg</t>
   </si>
   <si>
     <t>Раскраска пластилином Каляка-Маляка ЛЕСНЫЕ ЖИТЕЛИ 4 карт. А4 в папке</t>
   </si>
   <si>
     <t>847441</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dca/dzs0vkw1qbn2am0uv5qn5sot80tmfu20.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска пластилином Каляка-Маляка ЦВЕТОЧНАЯ ПОЛЯНА 4 карт. 200х200 мм в папке конверте</t>
+  </si>
+  <si>
+    <t>847443</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/606/mwu1f5z0zo2okwn9r4zbeq4zkqw4gx8b.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 Мульти-Пульти  quot;Сказки quot;, 48л., в папке</t>
   </si>
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Сказки&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 210*290мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>851309</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/374/ne1qlah06emibpqlor619zbiev1stpxd.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 Мульти-Пульти  quot;Алфавит quot;, 16стр., с наклейками</t>
+  </si>
+  <si>
+    <t>Раскраска с наклейками от бренда «Мульти-Пульти» – незаменимый помощник в творческом развитии ребёнка. Раскраска имеет размер 210*290 мм и содержит 16 сюжетов на тему &amp;quot;Алфавит&amp;quot;, а также блок уникальных наклеек, которые можно использовать в процессе раскрашивания. Часть картинок содержит контуры, которые нужно обвести перед раскрашиванием, что добавляет интереса в творческий процесс и делает его еще более увлекательным. Внутренний блок – офсетная бумага плотностью 100 г/кв. м., соответствуюет техническому регламенту о безопасности детей и подростков. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребёнка. Товар не имеет возрастных ограничений.</t>
+  </si>
+  <si>
+    <t>852876</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/831/3m4oqw9bgz428nc3zra1rtaqardgr4cq.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 Мульти-Пульти  quot;В мире животных quot;, 16стр., с наклейками</t>
   </si>
   <si>
     <t>Раскраска с наклейками от бренда «Мульти-Пульти» – незаменимый помощник в творческом развитии ребёнка. Раскраска имеет размер 210*290 мм и содержит 16 сюжетов на тему &amp;quot;Животных&amp;quot;, а также блок уникальных наклеек, которые можно использовать в процессе раскрашивания. Часть картинок содержит контуры и точки, которые нужно обвести или соединить по порядку перед раскрашиванием, что добавляет интереса в творческий процесс и делает его еще более увлекательным. Внутренний блок – офсетная бумага плотностью 100 г/кв. м., соответствуюет техническому регламенту о безопасности детей и подростков. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребёнка. Товар не имеет возрастных ограничений.</t>
   </si>
   <si>
     <t>852877</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cfe/giiektjwmimu4s707aqu1mk71ui70qtw.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 Мульти-Пульти  quot;Долина Единорогов quot;, 16стр., с наклейками</t>
   </si>
   <si>
     <t>Раскраска с наклейками от бренда «Мульти-Пульти» – незаменимый помощник в творческом развитии ребёнка. Раскраска имеет размер 210*290 мм и содержит 16 сюжетов на тему &amp;quot;Единороги&amp;quot;, а также блок уникальных наклеек, которые можно использовать в процессе раскрашивания. Часть картинок содержит контуры и точки, которые нужно обвести или соединить по порядку перед раскрашиванием, что добавляет интереса в творческий процесс и делает его еще более увлекательным. Внутренний блок – офсетная бумага плотностью 100 г/кв. м., соответствуюет техническому регламенту о безопасности детей и подростков. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребёнка. Товар не имеет возрастных ограничений.</t>
   </si>
   <si>
     <t>852878</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/442/asbnavzthz838nbt94d29ee80xq0dxno.jpg</t>
+  </si>
+  <si>
+    <t>Коврик-книжка для рисования водой Ми-ми-мишки, 47 29 в кор. Умка</t>
+  </si>
+  <si>
+    <t>Коврик-книжка для рисования водой Ми-ми-мишки, 47*29 в кор. Умка</t>
+  </si>
+  <si>
+    <t>887447</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d6e/s3rhkwwnp45w5k5e3890n9bunb1k6pu3.jpg</t>
   </si>
   <si>
     <t>Единороги. Первая водная раскраска. 200х200 мм., 8 стр. Умка</t>
   </si>
   <si>
     <t>887453</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b9c/8y0i848bsd8tn3t0fjwhuvmof191brx9.jpg</t>
   </si>
   <si>
     <t>Мамы и малыши.  Наклей и раскрась, малый формат . 145х210мм. 16 стр.   16 наклеек. Умка</t>
   </si>
   <si>
     <t>Мамы и малыши. &amp;#40;Наклей и раскрась, малый формат&amp;#41;. 145х210мм. 16 стр. &amp;#43; 16 наклеек. Умка</t>
   </si>
   <si>
     <t>892083</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ff8/0a2hb986ei1bxs0004ndvj7yt10xdler.jpg</t>
+  </si>
+  <si>
+    <t>Русалочки.  Наклей и раскрась А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Русалочки. &amp;#40;Наклей и раскрась А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>892087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d0/5rp3323wcjvkgy3pk9f9qk1xwjg7ao4z.jpg</t>
+  </si>
+  <si>
+    <t>Три кота.  Развивающая раскраска с вырубкой в виде персонажа и наклейками . 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Три кота. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа и наклейками&amp;#41;. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>892090</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11c/o7o2hod7sodfy2wa41w81wftfr0maai0.jpg</t>
+  </si>
+  <si>
+    <t>Вместе веселее. Буба. Наклей и раскрась А4. 214х290 мм. 16 стр.   16 наклеек. Умка</t>
+  </si>
+  <si>
+    <t>Вместе веселее. Буба. Наклей и раскрась А4. 214х290 мм. 16 стр. &amp;#43; 16 наклеек. Умка</t>
+  </si>
+  <si>
+    <t>892096</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/238/qh15xwh1syoqlx64viaylth7waxi45og.jpg</t>
   </si>
   <si>
     <t>СООБРАЗИТЕЛЬНЫЕ НЕПОСЕДЫ. Макси раскраска с наклейками. Буба. 240х330мм, 12 стр. Умка</t>
   </si>
   <si>
     <t>892098</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64e/w9mr3o9e86otxccsb3cge0fio6db0ljt.jpg</t>
   </si>
   <si>
     <t>Веселые игры. Первая раскраска А4 с голографической фольгой. Буба. 214х290, 16 стр. Умка</t>
   </si>
   <si>
     <t>892100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83d/14tlnqm7bt5vyu41cbvr1cq263bdapsw.jpg</t>
   </si>
   <si>
     <t>Вот это приключения . Альбом-раскраска с наклейками. Буба. 16 стр.   наклейки. Умка</t>
   </si>
   <si>
     <t>Вот это приключения!. Альбом-раскраска с наклейками. Буба. 16 стр. &amp;#43; наклейки. Умка</t>
   </si>
   <si>
     <t>892101</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/557/e2gp0367ovpi22hixpqkx5h2ga69qsjm.jpg</t>
   </si>
   <si>
     <t>Рок-н-ролл. Ракраска-постер с наклейками. Лол. 212х275 мм. 8 стр. Бумага офсетная. Умка</t>
   </si>
   <si>
     <t>892110</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7e4/xay7icrfoxuhpm3riutun3fz1t0qjx5v.jpg</t>
+  </si>
+  <si>
+    <t>Играем вместе .Альбом-раскраска с наклейками. Лол. 285х215 мм, 16 стр.   наклейки. Умка</t>
+  </si>
+  <si>
+    <t>Играем вместе!.Альбом-раскраска с наклейками. Лол. 285х215 мм, 16 стр. &amp;#43; наклейки. Умка</t>
+  </si>
+  <si>
+    <t>892111</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/53e/u0qf4xk24x9uhi257vuonqjl50g9lnpc.jpg</t>
   </si>
   <si>
     <t>День на ферме. Первая раскраска с блестящими наклейками. Синий трактор. 214х290мм. Умка</t>
   </si>
   <si>
     <t>892126</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c5/2hk925w7exzhtbmh9sktffj8iob9bxtj.jpg</t>
-[...5 lines deleted...]
-    <t>892130</t>
+    <t>http://anytos.ru//upload/iblock/ab3/lsqr18yab5nab9ygfag4p1k8fe1wdm6n.jpg</t>
+  </si>
+  <si>
+    <t>Три кота. Азбука с наклейками.  Наклей и раскрась малый формат . 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Три кота. Азбука с наклейками. &amp;#40;Наклей и раскрась малый формат&amp;#41;. 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>892132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/556/7oxww2x2ayn7859ga4dk7620m0xj9idu.jpg</t>
+  </si>
+  <si>
+    <t>Сказочные единороги. Первая раскраска с фольгой и наклейками. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>892137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/100/luz51794kx8prnphv2ntil2wqx84ns2x.jpg</t>
   </si>
   <si>
     <t>ЛЕСНЫЕ ЖИТЕЛИ. Альбом-раскраска с наклейками. 285х215 мм, 16 стр.   наклейки. Умка</t>
   </si>
   <si>
     <t>ЛЕСНЫЕ ЖИТЕЛИ. Альбом-раскраска с наклейками. 285х215 мм, 16 стр. &amp;#43; наклейки. Умка</t>
   </si>
   <si>
     <t>892150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d69/yadyalrb7n1pi4rk0vrvrgzbe9gowfjf.jpg</t>
   </si>
   <si>
     <t>ТАИНСТВЕННЫЙ МИР. Первая раскраска с блестящими наклейками. 214х290мм. Умка</t>
   </si>
   <si>
     <t>892155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4be/6lbsz9rbjnsduxkj01nmg7luv9u0rfac.jpg</t>
   </si>
   <si>
     <t>На поиски сокровищ. Первая раскраска А4 с голографической фольгой. 214х290мм. 16стр. Умка</t>
   </si>
   <si>
     <t>892156</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/66d/7otrr138pzo3qc96l0n2k7y89lzwooqb.jpg</t>
+  </si>
+  <si>
+    <t>Спортивные машины. Раскраска с фольгой. 214х290 мм. Скрепка. 16 стр.   наклейки. Умка</t>
+  </si>
+  <si>
+    <t>Спортивные машины. Раскраска с фольгой. 214х290 мм. Скрепка. 16 стр. &amp;#43; наклейки. Умка</t>
+  </si>
+  <si>
+    <t>892160</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7e1/issu6j42ugbggt30tmovdll6zcpqwp2k.jpg</t>
   </si>
   <si>
     <t>Дикие животные. Ч рная-преч рная раскраска. 16 наклеек. 200х260 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Дикие животные. Чёрная-пречёрная раскраска. 16 наклеек. 200х260 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>892163</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c82/qussib73srbma3l2z3rx20uqtdcnjab1.jpg</t>
+  </si>
+  <si>
+    <t>Морское королевство. Раскраска. 16 цветных наклеек. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>892164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2aa/fipfhyuedo00501o5jg2msnt56cptunw.jpg</t>
+  </si>
+  <si>
+    <t>Храбрые спасатели. Альбом для творчества с наклейками. Щенячий патруль. 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>892172</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/841/6y5un62tpcifioewsfg3to79hdwr1uze.jpg</t>
   </si>
   <si>
     <t>М.А.Жукова. Букварь.  Раскраска с прописями малый формат . Формат: 145х210мм. 16стр. Умка</t>
   </si>
   <si>
     <t>М.А.Жукова. Букварь. &amp;#40;Раскраска с прописями малый формат&amp;#41;. Формат: 145х210мм. 16стр. Умка</t>
   </si>
   <si>
     <t>893129</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c74/i6e70zq1qznvxxflqxxwxn6d6wztj4le.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7dd/ner0c4r2ner7c1fcmsoyf4c84z4kvntj.jpg</t>
   </si>
   <si>
     <t>Азбука и счет. Барби.  с прописями, А4 . Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Азбука и счет. Барби. &amp;#40;с прописями, А4&amp;#41;. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893133</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5bd/ecv8a6axqvfebub6158ej7dn0ieudsoz.jpg</t>
+  </si>
+  <si>
+    <t>Отважные герои. Суперраскраска-тренаж р 2 в 1. Буба. 205х280 мм. Скрепка. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>Отважные герои. Суперраскраска-тренажёр 2 в 1. Буба. 205х280 мм. Скрепка. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>893137</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/695/p85qw0nvlxxim5fatfd28s5vlmlntnrv.jpg</t>
   </si>
   <si>
     <t>Дружная семья. Буренка Даша. Многоразовые раскраски с прописями. 200х260мм. 12 стр. Умка</t>
   </si>
   <si>
     <t>893138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d31/ulxvr4tg0yy22ricrmufsfwysc08p3zj.jpg</t>
   </si>
   <si>
     <t>Малышарики. Цифры.  Первая раскраска с прописями, А4 . Формат: 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Малышарики. Цифры. &amp;#40;Первая раскраска с прописями, А4&amp;#41;. Формат: 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893146</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/776/bbkscc7xvit89viij7h322edzzvw8353.jpg</t>
   </si>
   <si>
     <t>Сказочный патруль. Азбука и счет.  Раскраска с прописями А4 . 214х290 мм. 16 стр. Умка</t>
@@ -2663,50 +2591,59 @@
   <si>
     <t>Сказочный патруль. Азбука и счет. &amp;#40;Раскраска с прописями А4&amp;#41;. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc4/rv9m218s56r544c6ly7gmufm27s2llbo.jpg</t>
   </si>
   <si>
     <t>Единороги. Раскраска. Сказочная терапия. 200х260 мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893532</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7c/tg6cpwgc7nbto21b36ayq0hhtab115vf.jpg</t>
   </si>
   <si>
     <t>Навстречу приключениям. Раскраска. Пиратская терапия. 200х260 мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893534</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a5/ncjxg4qco3pivj6mfw35r3meyprpz635.jpg</t>
+  </si>
+  <si>
+    <t>Герои Юрского периода. Раскраска. Динотерапия. 200х260 мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893535</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4b1/dfct0do90nqaqlko1ka8080vphle9fv3.jpg</t>
   </si>
   <si>
     <t>Волшебный океан. Раскраска с волшебным блеском.  Первая раскраска с глиттер. лаком . Умка</t>
   </si>
   <si>
     <t>Волшебный океан. Раскраска с волшебным блеском. &amp;#40;Первая раскраска с глиттер. лаком&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea6/l5ih3dc7qmbn9zm7y9g2i3hi0dukei2n.jpg</t>
   </si>
   <si>
     <t>Волшебный океан.  Первая раскраска с пайетками . 200х280мм. 16стр.   пайетки на обл. Умка</t>
   </si>
   <si>
     <t>Волшебный океан. &amp;#40;Первая раскраска с пайетками&amp;#41;. 200х280мм. 16стр. &amp;#43; пайетки на обл. Умка</t>
   </si>
   <si>
     <t>893543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/288/dw8zdfgl1re995g0ay6tam6wgps86t54.jpg</t>
@@ -2720,248 +2657,338 @@
   <si>
     <t>893551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1e/8q0hfb2rty7f0p8mvhr38htk7kni4p46.jpg</t>
   </si>
   <si>
     <t>Веселая ферма. Синий трактор.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Веселая ферма. Синий трактор. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893554</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/adf/oknk0okvwf17a80ml0s40et8vpuqvjdb.jpg</t>
   </si>
   <si>
     <t>Веселые машинки..Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893556</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c24/71qi0qjuw95jq46fnxyfqra0e38qr187.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d5f/hlmvhehpf2pif7ttl8fk90klusuy6aq0.jpg</t>
   </si>
   <si>
     <t>Сказочные питомцы. Раскраска. Формат: 215х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ce/q7jeoymqebeukg8f6u4ezppt4zhvlopb.jpg</t>
   </si>
   <si>
     <t>Вспыш.  Большая раскраска А3 . Формат: 240х330мм. Объем: 12 стр.  1 1 . обл. 4 4. Умка</t>
   </si>
   <si>
     <t>Вспыш. &amp;#40;Большая раскраска А3&amp;#41;. Формат: 240х330мм. Объем: 12 стр. &amp;#40;1&amp;#43;1&amp;#41;. обл. 4&amp;#43;4. Умка</t>
   </si>
   <si>
     <t>893560</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/59a/17a99o8wlkw69kk81r3fv89j4jw06iie.jpg</t>
+  </si>
+  <si>
+    <t>Единороги и их друзья.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Единороги и их друзья. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893562</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c67/z7prm9g845vxocv7uwmx0pwu5sv7c1a0.jpg</t>
   </si>
   <si>
     <t>Забавные друзья.  Первая раскраска А4 мультяшная . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Забавные друзья. &amp;#40;Первая раскраска А4 мультяшная&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b0/3ygs2u1zpgejn2r94e3c1xvq2t5agemw.jpg</t>
   </si>
   <si>
     <t>Лол..  Первая раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Лол.. &amp;#40;Первая раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893570</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a7/12yjl2c56uuhyccd0erytm5ssckcax00.jpg</t>
   </si>
   <si>
     <t>Лол.  Развивающая раскраска с вырубкой по образцу . Формат: 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Лол. &amp;#40;Развивающая раскраска с вырубкой по образцу&amp;#41;. Формат: 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893572</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f41/o8gbwzw2l27ka24eolyuz1tqxbpsz9dm.jpg</t>
+  </si>
+  <si>
+    <t>Лол.  Супер-раскраска раскраска для маленьких, 32 картинки . 145х210мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>Лол. &amp;#40;Супер-раскраска раскраска для маленьких, 32 картинки&amp;#41;. 145х210мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>893573</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d6b/phffieklyf15wyo6s2v3txkbiqovjytz.jpg</t>
   </si>
   <si>
     <t>Морской бой.  Раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Морской бой. &amp;#40;Раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893578</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e2f/kozi9vocrdw2zs8b4le7ilqtf2qq10o5.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Настоящие спасатели.  Альбом для творчества А5  145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Настоящие спасатели. &amp;#40;Альбом для творчества А5&amp;#41; 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d47/d6mp7n5mo7hh8bjx137w2vpa0j7k2ul8.jpg</t>
+  </si>
+  <si>
+    <t>Русалка  Первая раскраска с пайетками . 200х280мм. 16 стр.   пайетки на обложке. Умка</t>
+  </si>
+  <si>
+    <t>Русалка &amp;#40;Первая раскраска с пайетками&amp;#41;. 200х280мм. 16 стр. &amp;#43; пайетки на обложке. Умка</t>
+  </si>
+  <si>
+    <t>893593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7dc/116xo9kprhh2cjjikhvfs3bre09pfcb6.jpg</t>
+  </si>
+  <si>
+    <t>Супергерои. Черепашки-ниндзя.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Супергерои. Черепашки-ниндзя. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893596</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e7/k6agsrgrc6pbh6fwvuq0hjw32ehfjrkt.jpg</t>
   </si>
   <si>
     <t>Суперпатруль. Щенячий патруль.  Альбом для творчества А4 .Формат: 214х290мм 16 стр. Умка</t>
   </si>
   <si>
     <t>Суперпатруль. Щенячий патруль. &amp;#40;Альбом для творчества А4&amp;#41;.Формат: 214х290мм 16 стр. Умка</t>
   </si>
   <si>
     <t>893597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85c/vu5i6lytc930bs093fvw67wnsyg77lee.jpg</t>
   </si>
   <si>
     <t>Фантастическое путешествие.  Раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Фантастическое путешествие. &amp;#40;Раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64a/s8lb24xt1edlgumsv5exq27x0c72g75g.jpg</t>
   </si>
   <si>
     <t>Щенячий патруль. Альбом для творчества.  Супер-раскраска для маленьких, 32 картинки . Умка</t>
   </si>
   <si>
     <t>Щенячий патруль. Альбом для творчества. &amp;#40;Супер-раскраска для маленьких, 32 картинки&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893605</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/77d/v9d3eadnwck42507ejxj30y2jgk2f0zh.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Найди и покажи. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893607</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/70e/83jv8pp19n36bzgiak2r6c6zy2pmn31s.jpg</t>
   </si>
   <si>
     <t>Фрукты и овощи. Раскраска. Формат: 215х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893609</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d04/apkxxqt4c7jtkvl8tbe2txhlxtrbqurn.jpg</t>
+  </si>
+  <si>
+    <t>Учим цифры. Барби. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893624</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/84c/lvsvd63qtnbxfkl5v55p0uo0z2f1287q.jpg</t>
   </si>
   <si>
     <t>Лучшие друзья. Барбоскины.  Первая раскраска А5 . Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Лучшие друзья. Барбоскины. &amp;#40;Первая раскраска А5&amp;#41;. Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893639</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/521/hc4c2tls592vbrz8tqdidncrlg7co6mw.jpg</t>
   </si>
   <si>
     <t>Дачные приключения. Барбоскины на даче.  Раскраска А4  Формат: 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Дачные приключения. Барбоскины на даче. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b9/vh88q2q7ha2qf9ryz1557ir1s6cn7a9w.jpg</t>
   </si>
   <si>
     <t>Летнее приключение. Барбоскины. Раскраска по образцу. 162х215 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893643</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f4c/gnf384kkgoe10uaqut7fevungixnlc28.jpg</t>
+  </si>
+  <si>
+    <t>Навстречу открытиям. Первая Раскраска А4. Буба. 214х290 мм. 16 стр.. Умка</t>
+  </si>
+  <si>
+    <t>893646</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/850/pd54c1v2h5kxh6kki1x2l9huimo1x64w.jpg</t>
   </si>
   <si>
     <t>Художник Буба. Раскраска по образцу. Буба. 162х215 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ea/m33vvtknvqg2yy6xsg21em7su021hsht.jpg</t>
   </si>
   <si>
     <t>Друзья навсегда  Буба. Суперраскраска 205х280мм. 64стр. Умка</t>
   </si>
   <si>
     <t>Друзья навсегда! Буба. Суперраскраска 205х280мм. 64стр. Умка</t>
   </si>
   <si>
     <t>893651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdd/xel18driyve3x8zkzh5ghnum2zoijame.jpg</t>
   </si>
   <si>
     <t>ВЕС ЛАЯ ИГРА. Бомбическая раскраска. Буба. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>ВЕСЁЛАЯ ИГРА. Бомбическая раскраска. Буба. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893653</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/174/n3yn1r0btuhf0ytwgjz498yjlqmeq2sd.jpg</t>
   </si>
   <si>
     <t>Клевый Буба. Прикольная раскраска. Буба. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893654</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/622/496heatf481nfvyincsy8gjhg1utc5kh.jpg</t>
+  </si>
+  <si>
+    <t>ВЕС ЛЫЕ ДРУЗЬЯ. Первая Раскраска А4 Мультяшная. Буба. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>ВЕСЁЛЫЕ ДРУЗЬЯ. Первая Раскраска А4 Мультяшная. Буба. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893655</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b44/g21lov8fdrsazdaqd2s7zosrxuxd9k6v.jpg</t>
   </si>
   <si>
     <t>Приключения Бубы. Раскраска Комикс, Буба. 200х280 мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/194/nrwxxn0p8c61sa09urxtw2nw6jtq9uvo.jpg</t>
   </si>
   <si>
     <t>Друзья   непоседы. Раскраска с вырубкой в виде героя. Буба. 210х285 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Друзья – непоседы. Раскраска с вырубкой в виде героя. Буба. 210х285 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8a/uo3dkoxuwwwnbckpqfda549biq991mei.jpg</t>
   </si>
   <si>
     <t>Раскраска. Трафареты. Сладкое приключение. Буба. 205х280 мм. 16 стр. Скрепка. Умка</t>
@@ -2981,50 +3008,71 @@
   <si>
     <t>893660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/816/1ktta5fp113hsz52aa6ykworlzzmx34s.jpg</t>
   </si>
   <si>
     <t>Праздник Бубы. Суперраскраска. 3 вида бумаги. Буба. 280х200 мм. Скрепка. 14 стр. Умка</t>
   </si>
   <si>
     <t>893661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a07/foy49nmvn7nhcmn1vzbunt0pfvlyxxgz.jpg</t>
   </si>
   <si>
     <t>Озорные друзья. Буба. Суперкл вая раскраска. 195х275мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Озорные друзья. Буба. Суперклёвая раскраска. 195х275мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893662</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/014/q5ny6bfk2k9mtp2mtg5g6qtsms21g4u5.jpg</t>
+  </si>
+  <si>
+    <t>Вспыш и его друзья.  Мультяшная раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Вспыш и его друзья. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/0bzokzoz990whvm9beq5stqrur4ukxe2.jpg</t>
+  </si>
+  <si>
+    <t>Крутые гонки. Вспыш. Развивающая раскраска с вырубкой в виде персонажа. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893670</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/472/jasaifwqvahcmaplitif99es56cyflxh.jpg</t>
   </si>
   <si>
     <t>Грузовичок Лева.  Супер-раскраска раскраска для маленьких, 32 картинки . 32 стр. Умка</t>
   </si>
   <si>
     <t>Грузовичок Лева. &amp;#40;Супер-раскраска раскраска для маленьких, 32 картинки&amp;#41;. 32 стр. Умка</t>
   </si>
   <si>
     <t>893679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/697/e1e100qfli9798sjvg0i1mb29q2o85cc.jpg</t>
   </si>
   <si>
     <t>Лол.  Мультяшная раскраска А4 . Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Лол. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae8/evwp7q4ngppvyl821fzyxif9rquur6le.jpg</t>
@@ -3101,629 +3149,743 @@
   <si>
     <t>Раскраска-малышка. Яркие милашки. ЛОЛ. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e8/89ulmqrybsx7qdatk7p6at0ibm5r5wgo.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Спортивные девчонки. ЛОЛ. 16 заданий. 145х210мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2d/ibi3l23a991o9d1yh5ls11fxajj32xn0.jpg</t>
   </si>
   <si>
     <t>Нарядные милашки. Раскраска по образцу. Лол. 162х215 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893729</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ec/ggzw1fdn7kc2ds6v8p4js0pzt4pn6si4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b50/bm19mkfez15wq0e07jlzos7hyq4lpkhj.jpg</t>
   </si>
   <si>
     <t>Малышарики. Мои первые знания.  Супер-раскраска раскраска для маленьких, 32 картинки . Умка</t>
   </si>
   <si>
     <t>Малышарики. Мои первые знания. &amp;#40;Супер-раскраска раскраска для маленьких, 32 картинки&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78f/emuz5btgswwdatxfi2iulo7iau54dwbm.jpg</t>
   </si>
   <si>
     <t>Праздник урожая. Маша и Медведь.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Праздник урожая. Маша и Медведь. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/549/5ks2bjf210z8gdvlrpko5bvqj27kosfv.jpg</t>
   </si>
   <si>
     <t>Маша и Медведь.  Супер раскраска А5, 32 картинки . Формат: 145х210мм. 32 стр. Умка</t>
   </si>
   <si>
     <t>Маша и Медведь. &amp;#40;Супер раскраска А5, 32 картинки&amp;#41;. Формат: 145х210мм. 32 стр. Умка</t>
   </si>
   <si>
     <t>893735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/697/yvwsdvdr0u3hz3cs8imieizzaxlyr2mv.jpg</t>
   </si>
   <si>
     <t>Маша и медведь. Супер-раскраска раскраска для маленьких, 64 картинки. Объем: 64 стр. Умка</t>
   </si>
   <si>
     <t>893736</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c2f/gvn4bj1f8fjyu66ansog5fg8juav7nlq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c1/p8aq2qzivu93txa0n513bhz9rr0aoa1g.jpg</t>
   </si>
   <si>
     <t>Ми-Ми-Мишки.  Мультяшная раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Ми-Ми-Мишки. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893741</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/521/u6xh9rng7dosxen6794xecal1bi6fcfm.jpg</t>
-[...5 lines deleted...]
-    <t>893745</t>
+    <t>http://anytos.ru//upload/iblock/256/j2wtsvvxthbn2iwnq31gfrxqps3z6cxv.jpg</t>
+  </si>
+  <si>
+    <t>Ми-Ми-Мишки. Вес лые приключения.  Первая раскраска А5  Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Ми-Ми-Мишки. Весёлые приключения. &amp;#40;Первая раскраска А5&amp;#41; Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/229/9owx8thldrvktmkzl3ngp2dhwik0howv.jpg</t>
   </si>
   <si>
     <t>Вес лые приключения. Раскраска комикс. Ми-ми-мишки. 200х280 мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые приключения. Раскраска комикс. Ми-ми-мишки. 200х280 мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ab/f8qa70o296c5bddebwf4y059eignfcv4.jpg</t>
   </si>
   <si>
     <t>Увлекательные игры. Творческая раскраска. Ми-ми-мишки. 200х280 мм. Скрепка. 14 стр. Умка</t>
   </si>
   <si>
     <t>893748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdd/6qrieowjnl1elo330leohsulwznr6lfv.jpg</t>
   </si>
   <si>
     <t>Игра в космонавтов. Раскраска-домино. Ми-ми-мишки. 210х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893750</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/12d/89l0stngc3n80tq3s6cj0cr8gn70o70w.jpg</t>
+  </si>
+  <si>
+    <t>Пираты против драконов. Первая раскраска А5. 145х210 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893751</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/138/haksgfvzpzfrrcpmtdnfttn0eqntjg2h.jpg</t>
   </si>
   <si>
     <t>Раскраска-комикс. Приключения друзей. МУЛЬТ. 200х280 мм. 16 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893752</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6e5/b42sf56ecb2fz0tmumh7xi08unf5nbl3.jpg</t>
+  </si>
+  <si>
+    <t>Синий трактор. Овощи и фрукты.  Первая раскраска А5  Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Синий трактор. Овощи и фрукты. &amp;#40;Первая раскраска А5&amp;#41; Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893764</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/21c/btr58n16y0odchv32psh5y4qbx3y0mk1.jpg</t>
   </si>
   <si>
     <t>Синий трактор.  Развивающая раскраска с вырубкой в виде персонажа. Малого формата . Умка</t>
   </si>
   <si>
     <t>Синий трактор. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа. Малого формата&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75b/arq4kijvn3a3o9rzal4apv5y9wwsm17v.jpg</t>
   </si>
   <si>
     <t>Где жереб нок? Синий трактор.  Мультяшная раскраска А4 . Формат: 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Где жеребёнок? Синий трактор. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893766</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13e/2w2zq2380gt63grz2r4nfe8i255y0zfr.jpg</t>
   </si>
   <si>
     <t>Друзья Синего Трактора. Раскраска по образцу. Синий трактор. 162х215 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893769</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/667/9ockpny338dqe9zvekprmxqrotf1nz78.jpg</t>
+  </si>
+  <si>
+    <t>Хорошо в деревне  Первая раскраска А4 с голографической фольгой. Синий трактор. Умка</t>
+  </si>
+  <si>
+    <t>Хорошо в деревне! Первая раскраска А4 с голографической фольгой. Синий трактор. Умка</t>
+  </si>
+  <si>
+    <t>893776</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1b/y9rfzogvbs8jgvyv06vp0yfl35pn4twp.jpg</t>
   </si>
   <si>
     <t>День на ферме. Раскраска для детского сада. СИНИЙ ТРАКТОР. 214х290мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893777</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5e3/6s3h3rxb2erjo7q7qm61s63ixds5sy9a.jpg</t>
+  </si>
+  <si>
+    <t>Веселое путешествие. Раскраска на изи. СИНИЙ ТРАКТОР. 214х290мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893778</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fc9/b8p3egbj6alt2z7cqoje5nv1w0jis76k.jpg</t>
   </si>
   <si>
     <t>Занимательный квест. Бомбическая раскраска. СИНИЙ ТРАКТОР. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c4/34vhwoj7wnx1huh0wr5mfuostir5osdo.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с заданием. 1 метр. Синий Трактор. Напольная в рулоне. 1000х500мм. Умка</t>
   </si>
   <si>
     <t>893781</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/561/d16c9hyi8umsr52lhnr2uqdo2wg79chi.jpg</t>
   </si>
   <si>
     <t>Книга-раскраска. Сказочный патруль. Новые истории.  Первая раскраска с фольгой . Умка</t>
   </si>
   <si>
     <t>Книга-раскраска. Сказочный патруль. Новые истории. &amp;#40;Первая раскраска с фольгой&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a74/lxogpvh9l9az58sfre86kywpl72jeptw.jpg</t>
   </si>
   <si>
     <t>Приключения Винни-Пуха. Союзмультфильм. Сказка-Раскраска. Первая раскраска. 16 стр. Умка</t>
   </si>
   <si>
     <t>893808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f6/lgionyy6fp8ian3jeatzzfegukxx8o13.jpg</t>
   </si>
   <si>
     <t>Три кота. Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893812</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5f4/33wcblm9cbofax235bymqw9htu54h51r.jpg</t>
+  </si>
+  <si>
+    <t>Три кота.  Раскраска в папке А4 . Формат: листы 205х280мм 16 листов. Умка</t>
+  </si>
+  <si>
+    <t>Три кота. &amp;#40;Раскраска в папке А4&amp;#41;. Формат: листы 205х280мм 16 листов. Умка</t>
+  </si>
+  <si>
+    <t>893813</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0d3/u8au2b6xzgn053se73e28jmz42mafb5p.jpg</t>
   </si>
   <si>
     <t>Военная техника. Раскраска. Формат: 215х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5c/b0vg4i8icg6pei0wya3ooptvljy1i4hh.jpg</t>
   </si>
   <si>
     <t>Военная техника. Первая раскраска малый формат. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c74/123e4cuxo3m6we3o5u784kit42coaixq.jpg</t>
   </si>
   <si>
     <t>Воздушный бой. Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893824</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f07/1ugubt6t80a4um6tiduqzio0x1redb59.jpg</t>
+  </si>
+  <si>
+    <t>Военная техника.  Первая раскраска с фольгой . Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Военная техника. &amp;#40;Первая раскраска с фольгой&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbf/e4m5xsslzm3zf8s1w8u7s0xrdgs2fte5.jpg</t>
+  </si>
+  <si>
+    <t>Вирусы и бактерии.  Раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Вирусы и бактерии. &amp;#40;Раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893828</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f46/83go8b9jdq8fr2hli0i1fru97993j554.jpg</t>
   </si>
   <si>
     <t>Феи и драконы.  Раскраска А4  Формат: 214х290 мм. Объем: 16 стр Умка</t>
   </si>
   <si>
     <t>Феи и драконы. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290 мм. Объем: 16 стр Умка</t>
   </si>
   <si>
     <t>893834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5e/ishx2ony345qrr92uuhtg712ehqis2e5.jpg</t>
   </si>
   <si>
     <t>Волшебный единорог.  Первая раскраска А5  Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Волшебный единорог. &amp;#40;Первая раскраска А5&amp;#41; Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893835</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e86/fvlcrfqpzg61u9v1yaoeei6mwmpjgrx4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/77f/4u5aeello1y1tosdut73efpb2kzzce1f.jpg</t>
   </si>
   <si>
     <t>Волшебные животные.  Первая раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Волшебные животные. &amp;#40;Первая раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893839</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/324/so9mu8x315bptiv5hloh6ouaagn4kcyq.jpg</t>
   </si>
   <si>
     <t>На ферме. Раскраска с окошками. 197х220мм, 10 стр., бумага картон. Умка</t>
   </si>
   <si>
     <t>893840</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a9/gnull6zq21yxwwvkrzsc02lgbu9e79ue.jpg</t>
   </si>
   <si>
     <t>Веселые машинки. Раскраска для детского сада. 214х290мм, 8 стр., бумага офсетная. Умка</t>
   </si>
   <si>
     <t>893842</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/71a/4h7ogjw3b6icxhsyb2zgdami72qe3g4z.jpg</t>
+  </si>
+  <si>
+    <t>Забавные монстрики. Первая Раскраска А4. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893844</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a95/70rn5yyem8owai36abroiknnnwecs9m5.jpg</t>
+  </si>
+  <si>
+    <t>Русалки и единороги. Первая Раскраска А4. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893846</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9e0/yc756c6ha427izf5dvkrryliye7mvcqp.jpg</t>
   </si>
   <si>
     <t>Пираты на острове Драконов. Первая раскраска А4. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893847</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d91/ipfb8nzygfkjpz2o25gcp7bbi7i45p8m.jpg</t>
+  </si>
+  <si>
+    <t>Настоящая вампирская. Топ-модель. Раскраска с пайетками. 200х280 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893850</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ed6/85vxjgmdaa2tfj89wnap0hw7ieigempe.jpg</t>
   </si>
   <si>
     <t>Такие разные Монстрики. Креативная раскраска. Монстрики. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e40/3s2iudiyutrzgvavc15xh23ik1sc7khr.jpg</t>
   </si>
   <si>
     <t>Чудо пони. Первая Раскраска А4 Мультяшная. 214х290 мм. 16 стр.. Умка</t>
   </si>
   <si>
     <t>893864</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/edb/peomv8rjvwlmx4xr8r1f08jde9ulb0gd.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3dd/fl4hrclobaof0uvwy92j1bbdezy41lsy.jpg</t>
   </si>
   <si>
     <t>Феи и драконы. Первая Раскраска А4 Мультяшная. 214х290 мм. 16 стр.. Умка</t>
   </si>
   <si>
     <t>893867</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74f/508um105a6o3vbzvgii2ba5jz4xl5fwg.jpg</t>
   </si>
   <si>
     <t>Привет, я Монстрик . Давай дружить? Раскраска перевертыш А4 2 в 1. 214х290мм. 16стр. Умка</t>
   </si>
   <si>
     <t>Привет, я Монстрик!. Давай дружить? Раскраска перевертыш А4 2 в 1. 214х290мм. 16стр. Умка</t>
   </si>
   <si>
     <t>893872</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ab/4r030h24xjoxa52ult24liqavcj8luqi.jpg</t>
   </si>
   <si>
     <t>Забота о питомцах. Первая Раскраска А4. 214х290 мм. 16 стр.. Умка</t>
   </si>
   <si>
     <t>893877</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c13/6n4n9npj2qe1i6hixjv9san9aqor312o.jpg</t>
   </si>
   <si>
     <t>Парк Юрского периода. Первая Раскраска А4. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893879</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15b/1her7dqw62f4cc9qa1chxjk2hy9i37eg.jpg</t>
   </si>
   <si>
     <t>Дружные котята. Раскраска для детского сада. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>893881</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d95/4srxyeg47izsveqeb1kn11gepz0jud41.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6fd/leyei8nm4x8jyeunjtea19bp2bjastmm.jpg</t>
   </si>
   <si>
     <t>Тайны вампирского замка. Блестящая раскраска. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/c0qb622sg5n5o9o5xfne9tppei0ryk7h.jpg</t>
   </si>
   <si>
     <t>На неведомых планетах. Блестящая раскраска. Лол. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893887</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa9/69ibhwi5vywxe16hlnt2x7z1hv3flvds.jpg</t>
   </si>
   <si>
     <t>Удивительные котята. Первая Раскраска А4 Мультяшная. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893888</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/265/bl8gs4q99zh4w78x2uz2rxtmmtg935kg.jpg</t>
+  </si>
+  <si>
+    <t>Команда монстриков. Черно-белая раскраска. Первая Раскраска А4. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893889</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1a8/i8evkz3z3zu7fib56ykkq17i03yg2nyl.jpg</t>
   </si>
   <si>
     <t>Древний мир. Первая раскраска А4. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2a/uxqigbh81092ehk9glnha04jbcp9or7x.jpg</t>
   </si>
   <si>
     <t>Милые подружки. Блестящая раскраска. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02e/r53hwh6802no81urc9zl7saxz9bbwad5.jpg</t>
   </si>
   <si>
     <t>Вирусы и бактреии. Суперраскраска А4. 205х280мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>893893</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac4/ojcuv73yr05m44c07p1jlt58wk2h64o8.jpg</t>
   </si>
   <si>
     <t>Пираты. Первая раскраска по номерам малого формата. 145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893903</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2db/35ukndxezhnr4gt1exlrh6c1491tn8gx.jpg</t>
+  </si>
+  <si>
+    <t>Тропические животные. Первая раскраска А4 с голографической фольгой. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893904</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/52e/sn53kl450lad5dokjj2v6k7xwhu2y6up.jpg</t>
   </si>
   <si>
     <t>Школа волшебства. Мультяшная раскраска. 214х290 мм, 16 стр. 1 1 Умка</t>
   </si>
   <si>
     <t>Школа волшебства. Мультяшная раскраска. 214х290 мм, 16 стр. 1&amp;#43;1 Умка</t>
   </si>
   <si>
     <t>893907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/2hekwtjn7unyddm5l8ulzjqj06qj9vyk.jpg</t>
   </si>
   <si>
     <t>Волшебные единороги. Раскраска для детского сада. 8 стр. Умка</t>
   </si>
   <si>
     <t>893911</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c60/3ajvfseuzz1w7qv7sn1fthri64lkcimi.jpg</t>
   </si>
   <si>
     <t>Вес лые пони. Раскраска для детского сада. 8 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые пони. Раскраска для детского сада. 8 стр. Умка</t>
   </si>
   <si>
     <t>893912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a9/kigrb5mvwe9l2n90mkifo0lrvl5tygr5.jpg</t>
   </si>
   <si>
     <t>ВЕСЕЛАЯ АЗБУКА. Раскраска для детского сада. 8 стр. Умка</t>
   </si>
   <si>
     <t>893913</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/034/ejoc47fxdatwt0z24vfh2x08ouxn1o6c.jpg</t>
+  </si>
+  <si>
+    <t>Жители Амонии. Первая раскраска А5. Монстрики. 145х210 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893918</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4b9/q86gp30cl7tbb47oumxeij6yi3pp0ep3.jpg</t>
   </si>
   <si>
     <t>Амонники-озорники. Книга-раскраска. Первая раскраска с фольгой. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/576/pcr9lbain68dvdvwanbwdgtc28w3qz9m.jpg</t>
   </si>
   <si>
     <t>Волшебные приключения. Бомбическая раскраска. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893921</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/933/0u34u14trprvpw7inetg35l52l0rnjlq.jpg</t>
+  </si>
+  <si>
+    <t>РУСАЛОЧКИ. Раскраска на изи. 214х290мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893922</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/39f/gbr1fymzvl506nsws9dkiczrtnmwvzjw.jpg</t>
   </si>
   <si>
     <t>Морские животные. Зеркальная раскраска. 145х190 мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/2kzdvfv1yv8np3fk1lp0fw3t1pzl4a8i.jpg</t>
   </si>
   <si>
     <t>В лесу. Зеркальная раскраска. 145х190мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/167/zfh3o38otetyoazfx4an5954rjamy3f1.jpg</t>
   </si>
   <si>
     <t>На ферме. Зеркальная раскраска. 145х190 мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0d/52hyyqpjwrokz2km45idkcdjkko82ix3.jpg</t>
   </si>
   <si>
     <t>Транспорт. Зеркальная раскраска 145х190 мм 8 стр. Умка</t>
   </si>
   <si>
     <t>893927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb0/4cx5a8acunzgp1bezfbol7igum1guk7p.jpg</t>
   </si>
   <si>
     <t>Современные автомобили. Раскраска для детского сада. 214х290мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893928</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b47/5lkxl1yct2s0fqqilm1c3inrkjova09w.jpg</t>
+  </si>
+  <si>
+    <t>Спортивные машины. Раскраска с фольгой. 214х290 мм, 16 стр. 1 1 Умка</t>
+  </si>
+  <si>
+    <t>Спортивные машины. Раскраска с фольгой. 214х290 мм, 16 стр. 1&amp;#43;1 Умка</t>
+  </si>
+  <si>
+    <t>893930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/918/2nr1cmanwv83wbfmjrqbj2oogklb3ad1.jpg</t>
+  </si>
+  <si>
+    <t>Жизнь динозавров. Раскраска, 214х290 мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893936</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/242/z9hnon0pframjs2m2ds1r25fjgtif5zq.jpg</t>
+  </si>
+  <si>
+    <t>Остров Драконов. Раскраска.214х290мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893938</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e4/e4tww0nd2uu9gpqadpoxi5sbtt6a4erw.jpg</t>
   </si>
   <si>
     <t>Дикие животные. Раскраска Квест по цвету. 240х240 мм Скрепка. 24 стр. Умка</t>
   </si>
   <si>
     <t>893941</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81f/4ayf0107zj50k5k06010vqschlsj03xc.jpg</t>
   </si>
   <si>
     <t>У лукоморья дуб зел ный. Раскраска любимые стихи. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>У лукоморья дуб зелёный. Раскраска любимые стихи. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f7/qa6o6amn6c0gzd7v4tsx2c8t2bwrbbep.jpg</t>
   </si>
   <si>
     <t>Питомцы.Раскраски малышам. 200х260 мм, 8 стр. Умка</t>
@@ -3782,57 +3944,57 @@
   <si>
     <t>Не раскрашивай эти картинки! Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74a/pgmpa5qdopm94vdc1umm101t92pw94ol.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Крошки единороги. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893958</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d1/tpnx13jlwr9lcosrovm69ceikiuubj7e.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Морские единороги. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893960</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/22b/m522e6m7dqsjx2m1d377w8cypjsitmik.jpg</t>
-[...5 lines deleted...]
-    <t>893962</t>
+    <t>http://anytos.ru//upload/iblock/4cc/49cs7jxcw9r80t7unpt0yci9od93pcs0.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска-малышка. Пиратское приключение. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
+  </si>
+  <si>
+    <t>893961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0e/sl10g7osh99ngfysnk6l73p3jqmubemf.jpg</t>
   </si>
   <si>
     <t>Книга-раскраска. Друзья морских единорогов. 214х290 мм. 16 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e9/q3ajgdjgb3ahl2yxdh9x2nvb99mp4430.jpg</t>
   </si>
   <si>
     <t>Вес лые друзья. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые друзья. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/330/ivuy3lticiao06iqp0sltvjk7bhs7i0d.jpg</t>
   </si>
@@ -3959,50 +4121,59 @@
   <si>
     <t>893989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/23xq7lxrs1l9s00r0kq8bct79qg4akkx.jpg</t>
   </si>
   <si>
     <t>Стильные подружки. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>893990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/067/udftml17hy4v3z8bw0jwj611kr5uxiic.jpg</t>
   </si>
   <si>
     <t>Вес лые амонники. Раскраска на ИЗИ. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые амонники. Раскраска на ИЗИ. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893991</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f35/e1pom76fzp9liy42mtnlr6tb9ogt71c4.jpg</t>
+  </si>
+  <si>
+    <t>Амонники-детективы. Раскраска. 145х210мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893992</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/149/xp4sonit2v3h2yl0snla3b4ibjezm7hs.jpg</t>
   </si>
   <si>
     <t>Ателье Лалы. Раскраски и аппликации. 145х210мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893993</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83c/bcdhpqqys4spokryys3b417xk1ayz7p9.jpg</t>
   </si>
   <si>
     <t>Звезда автогонок. Раскраска на ИЗИ. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893995</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dda/gx27ykpr0fr8em8bkly3c7v7xeylwo1y.jpg</t>
   </si>
   <si>
     <t>Вкусные милашки. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>893996</t>
@@ -4097,167 +4268,236 @@
   <si>
     <t>http://anytos.ru//upload/iblock/992/itjmzw47lylnwf8vfiqpn7mfhxrqzp2g.jpg</t>
   </si>
   <si>
     <t>Скорость и мощь. Творческий альбом  quot; 3 вида бумаги quot;. 200х280мм. Скрепка. 14 стр. Умка</t>
   </si>
   <si>
     <t>Скорость и мощь. Творческий альбом &amp;quot; 3 вида бумаги&amp;quot;. 200х280мм. Скрепка. 14 стр. Умка</t>
   </si>
   <si>
     <t>894023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d63/5jawe4vyg1a2nvw1j0aoa5syyv9wff6d.jpg</t>
   </si>
   <si>
     <t>Щенячий патруль.  Альбом для творчества . Формат: 240х330мм. Объем: 12 стр. Умка</t>
   </si>
   <si>
     <t>Щенячий патруль. &amp;#40;Альбом для творчества&amp;#41;. Формат: 240х330мм. Объем: 12 стр. Умка</t>
   </si>
   <si>
     <t>894035</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/29d/7yvcym71lf3t98732edgqsm1np3ohzr9.jpg</t>
+  </si>
+  <si>
+    <t>Щенки-спасатели. Щенячий патруль.  Альбом для творчества .Формат: 214х290мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Щенки-спасатели. Щенячий патруль. &amp;#40;Альбом для творчества&amp;#41;.Формат: 214х290мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fe/o815g9ud2jycuavmkrr7y6rx1siul7rc.jpg</t>
+  </si>
+  <si>
+    <t>Азбука. Трафареты. Лесная магия. Энчантималс. 205х280 мм. 16 стр. Скрепка. Умка</t>
+  </si>
+  <si>
+    <t>894044</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/329/u7fll857qpdx4j46t5xzihn1qytlq6ev.jpg</t>
   </si>
   <si>
     <t>Веселые подружки. Раскраска перев ртыш А4 2 в 1. Энчантималс. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Веселые подружки. Раскраска перевёртыш А4 2 в 1. Энчантималс. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3b/m2u23muchnmnbl7ltl6mgrro6w8ans5b.jpg</t>
   </si>
   <si>
     <t>Учим буквы, цифры и формы Альбом-раскрасок А4. Энчентималс. 285х210мм, 64 стр. Умка</t>
   </si>
   <si>
     <t>894050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f44/avw3x7uqsn7279xvi9h30fa1hizyvr3u.jpg</t>
   </si>
   <si>
     <t>Набор для детского творчества, БУБА раскраска пластилином MultiArt</t>
   </si>
   <si>
     <t>894053</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multiart/"&gt;MULTIART&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/45e/kl540nhtnw65kdhgj9n433yltag3wuxf.jpg</t>
+  </si>
+  <si>
+    <t>Грузовичок Л ва.  Раскраска по номерам, А5 . Формат: 145х210мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Грузовичок Лёва. &amp;#40;Раскраска по номерам, А5&amp;#41;. Формат: 145х210мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894062</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6c9/4j2wwel21tw9ai9rhro7ywgvc6dm2oas.jpg</t>
   </si>
   <si>
     <t>Домашние животные.  Раскраска по номерам, А5 . Малый формат. 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Домашние животные. &amp;#40;Раскраска по номерам, А5&amp;#41;. Малый формат. 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894063</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1ad/58ko7lo559ijg8orarom3fgwg03wmtle.jpg</t>
+  </si>
+  <si>
+    <t>Маленькие герои Черепашки.  Раскраска по номерам, А4 . Формат: 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Маленькие герои Черепашки. &amp;#40;Раскраска по номерам, А4&amp;#41;. Формат: 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894064</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9f8/zhwx38egs4hb6upqdkvny0wbywphiw0o.jpg</t>
   </si>
   <si>
     <t>Маленькие модницы. Лол.  Раскраска по номерам А4 . Формат: 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Маленькие модницы. Лол. &amp;#40;Раскраска по номерам А4&amp;#41;. Формат: 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894065</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/593/y36t25uhq1akovp2myndhte30ekk3p51.jpg</t>
+  </si>
+  <si>
+    <t>Синий трактор.  Раскраска по номерам, А4 . Формат: 214х290 мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Синий трактор. &amp;#40;Раскраска по номерам, А4&amp;#41;. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894066</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e66/04dinwlwe3m7oa2qk5ui9nf7ttdb05hp.jpg</t>
   </si>
   <si>
     <t>Барбоскины  Раскраска по номерам А5 . Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Барбоскины &amp;#40;Раскраска по номерам А5&amp;#41;. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>894071</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/01b/o2lint6bb7d1l3tqi04ud7roc58t4cd9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6b4/wu2kmwfhf1cerog74x02u3yqc26vxf6v.jpg</t>
   </si>
   <si>
     <t>Акуленок.  Раскраска по номерам А4 . Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Акуленок. &amp;#40;Раскраска по номерам А4&amp;#41;. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>894079</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b5b/zbwytwjxmhmoo0z7hqe0omqhdtjom3xm.jpg</t>
+  </si>
+  <si>
+    <t>Лео и Тиг. Играем вместе.  Раскраска по номерам А5 . Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Лео и Тиг. Играем вместе. &amp;#40;Раскраска по номерам А5&amp;#41;. Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894082</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bb0/rwjaesld7zkhuzp4n5zoo3j9dcd5a8r7.jpg</t>
   </si>
   <si>
     <t>Лол.  Раскраска по номерам А5 . Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Лол. &amp;#40;Раскраска по номерам А5&amp;#41;. Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>894083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fd/jbbmx7kswhbrefrkgr46qheujiiye06p.jpg</t>
   </si>
   <si>
     <t>ЛОЛ. Учим буквы с прописями.  Раскраска по номерам А5 . Формат: 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>ЛОЛ. Учим буквы с прописями. &amp;#40;Раскраска по номерам А5&amp;#41;. Формат: 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894084</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/606/c3z16mdxf2odx3pisct06jkilf66w2x5.jpg</t>
+  </si>
+  <si>
+    <t>Учим буквы. Лол.  Раскраска по номерам с прописями, А4 . Формат: 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Учим буквы. Лол. &amp;#40;Раскраска по номерам с прописями, А4&amp;#41;. Формат: 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894085</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7e3/4rs71xo2vv4ekrhcfxxdmya04bdw2a21.jpg</t>
   </si>
   <si>
     <t>Маша и Медведь. Трудно быть маленьким.  Раскраска по номерам А5 . 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Маша и Медведь. Трудно быть маленьким. &amp;#40;Раскраска по номерам А5&amp;#41;. 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894086</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6a/brnx7ytwr51dxt33mlwhuxfleck1womp.jpg</t>
   </si>
   <si>
     <t>До новых встреч. Маша и Медведь.  Раскраска по номерам, А4 . 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>До новых встреч. Маша и Медведь. &amp;#40;Раскраска по номерам, А4&amp;#41;. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894087</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8db/e9c9iykc0p6uy4fw4oavlsa1kq8dbgcf.jpg</t>
@@ -4322,68 +4562,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4b7/3zbsnykpx7wvxc3o66eq7nfi0bnvttkv.jpg</t>
   </si>
   <si>
     <t>Коврик-водная многоразовая раскраска BONDIBON, ВЕСЕЛЫЙ СЧЕТ, световые эффекты, 39х29 см.</t>
   </si>
   <si>
     <t>Если вы давно ищете раскраску для ребенка, которая не пачкается, то у нас есть идеальное решение! Многоразовая тканевая водная раскраска &amp;quot;Веселый счет&amp;quot; из серии &amp;quot;Baby You&amp;quot; от Bondibon. Она представлена в виде коврика и имеет в наборе фонарик и ручки для воды. Главное ее достоинство - она не позволит запачкаться детям, так как краски у этой раскраски не растекаются. Водная раскраска послужит увлекательным занятием для юных начинающих художников, даже для тех, кто еще совсем не умеет рисовать. Достаточно наполнить ручку водой и просто провести по раскраске, как по волшебству, картинка начнет проявляться различными цветами. После высыхания картинка опять становится бесцветной, и юный художник вновь может творить. А если направить свет фонарика на коврик, порисовать, не касаясь его и после этого поместить коврик в темноту, изображенный узор начнет светиться. Все детали раскраски очень яркие, а сам коврик достаточно прочен для многоразового использования. Рисовать можно как одному, так и дружной компанией.</t>
   </si>
   <si>
     <t>904168</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/042/39dwg8m4ht82y4ma1ik4gnyckmpzp3md.jpg</t>
   </si>
   <si>
     <t>Коврик-водная многоразовая раскраска BONDIBON, ПОДВОДНЫЙ МИР, световые эффекты, 39х29 см.</t>
   </si>
   <si>
     <t>Если вы давно ищете раскраску для ребенка, которая не пачкается, то у нас есть идеальное решение! Многоразовая тканевая водная раскраска &amp;quot;Подводный мир&amp;quot; из серии &amp;quot;Baby You&amp;quot; от Bondibon. Она представлена в виде коврика и имеет в наборе фонарик и ручки для воды. Главное ее достоинство - она не позволит запачкаться детям, так как краски у этой раскраски не растекаются. Водная раскраска послужит увлекательным занятием для юных начинающих художников, даже для тех, кто еще совсем не умеет рисовать. Достаточно наполнить ручку водой и просто провести по раскраске, как по волшебству, картинка начнет проявляться различными цветами. После высыхания картинка опять становится бесцветной, и юный художник вновь может творить. А если направить свет фонарика на коврик, порисовать, не касаясь его и после этого поместить коврик в темноту, изображенный узор начнет светиться. Все детали раскраски очень яркие, а сам коврик достаточно прочен для многоразового использования. Рисовать можно как одному, так и дружной компанией.</t>
   </si>
   <si>
     <t>904169</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/42f/k2ie805vdnt9m8jq46e3pbrnge7a8jz5.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a67/lr6cmndygxtlxd7fwl8k0ksxu4tb3zoy.jpg</t>
   </si>
   <si>
     <t>Картонный игровой развивающий Домик-раскраска  quot;Для маленькой принцессы quot; высота 130 см, BRAUBERG KIDS, 880363</t>
   </si>
   <si>
     <t>Картонный развивающий домик-раскраска &amp;quot;Для маленькой принцессы&amp;quot; BRAUBERG KIDS - большой домик для юных художников! В процессе раскрашивания ребенок познакомится с русским алфавитом, счетом, планетами, а также улучшит навыки рисования. Домик-раскраска изготовлен из 100&amp;#37; безопасного, экологически чистого материала - гофрированного картона. Состоит из 7 деталей: 4-х стен, крыши, трубы и флюгера, которые очень просто собираются и крепятся между собой без клея и ножниц. Все стороны домика разные по дизайну, толстый контур у рисунков поможет малышу аккуратно их раскрасить любыми фломастерами, красками, карандашами, восковыми мелками. Полянка вокруг домика не даст испачкать ковер или пол красками. Все края домика имеют закругленную форму и безопасны для ребенка.В крыше имеются отверстия в виде звезд и месяцев. При внутренней подсветке ночником происходит проекция звездного неба на потолок комнаты. В дизайне домика изображены буквы, цифры, цвета, планеты солнечной системы, головоломки, раскраска по номерам, лабиринты и многое другое.Домик можно использовать и как личное пространство для ребёнка, и как раскраску, и как развивающую игрушку, и как предмет интерьера комнаты.Внутренние размеры домика: 95х75х104 см, внешние размеры домика: 123х103х130 см.Домик-раскраска сертифицирован и безопасен для детей.Домик-раскраска из картона – счастье для маленьких художников и любителей ярких красок! Он станет отличным решением для подарка на Новый год или день рождения, отличный вариант подарка в детский сад. Он универсален для детей любого возраста от 3-х лет и для мальчиков, и для девочек.Дом &amp;#40;детский вигвам или шалаш&amp;#41; для малышей станет не только игрушечным местом, но и инструментом для развития у ребенка моторики, воображения и фантазии, усидчивости и раскрытия его творческого потенциала.</t>
   </si>
   <si>
     <t>930910</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/961/3wquwnl5hgpd7893m71pvkc6v70e5awz.jpg</t>
   </si>
   <si>
     <t>Бесконечное веселье . Водная раскраска. Буба 200х250 мм., 8 стр. Умка</t>
   </si>
   <si>
     <t>Бесконечное веселье!. Водная раскраска. Буба 200х250 мм., 8 стр. Умка</t>
   </si>
   <si>
     <t>933043</t>
@@ -4544,117 +4766,108 @@
   <si>
     <t>935816</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/544/t61sofwu9hj3lm9zzawdbqpdrorbf37v.jpg</t>
   </si>
   <si>
     <t>Веселые девчонки. Лол.  Наклей и раскрась, А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Веселые девчонки. Лол. &amp;#40;Наклей и раскрась, А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>935822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca5/yb2t1co5efexazw2p6u792cqiwttytf1.jpg</t>
   </si>
   <si>
     <t>Волшебная дружба. Первая раскраска А4 с фольгой и наклейками. Энчантималс. 214х290мм Умка</t>
   </si>
   <si>
     <t>935827</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9e1/76wsh51a7fwuowqozualrynptm1bcfks.jpg</t>
+  </si>
+  <si>
+    <t>ЛОЛ  Раскраска с наклейками А5 . Формат: 145х210 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>ЛОЛ &amp;#40;Раскраска с наклейками А5&amp;#41;. Формат: 145х210 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>935848</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e22/7aremkgfxcdj76h5172oroqw2np1y0c8.jpg</t>
   </si>
   <si>
     <t>Майнкрафт. Новые приключения. Раскраска 10 в 1 с наклейками. 215х285 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>935854</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/99d/4mle350gdtp2if6bdwyqllewsbehq0fx.jpg</t>
+  </si>
+  <si>
+    <t>Ми-ми-мишки. Раскраски с наклейками. Формат: 214х290мм Объем: 16 стр. 4стр. стикер. Умка</t>
+  </si>
+  <si>
+    <t>935858</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ed9/fdfecarij5hh99ifz7byekyzm430du08.jpg</t>
   </si>
   <si>
     <t>Прогулка по зоопарку. IQ раскраски с наклейками. Синий трактор. 200х200 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>935869</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3a5/fqjxdnexlct1ybje1eiwzzh48y0b8d4m.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c15/0c2m9iluh27tg3rr2k9ltpk4pa6jnnj7.jpg</t>
   </si>
   <si>
     <t>Супергерои. Черепашки-ниндзя.  Наклей и раскрась. Малый формат . 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Супергерои. Черепашки-ниндзя. &amp;#40;Наклей и раскрась. Малый формат&amp;#41;. 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>935886</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4a8/ssqz3yfafe7jufrufsrpl24mxubd197x.jpg</t>
-[...17 lines deleted...]
-    <t>935890</t>
+    <t>http://anytos.ru//upload/iblock/d1f/ja6m3cmdz2rcau0y7ap908tqlco080mk.jpg</t>
+  </si>
+  <si>
+    <t>Азбука с прописями. Три кота и море приключений. Раскраска. 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>936409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33e/9sc371xnpg7c4x5qaftf4tcq4x2xmdi0.jpg</t>
   </si>
   <si>
     <t>Азбука. Маленькие Герои Черепашки.  Раскраска с прописями малый формат . 145х210мм. Умка</t>
   </si>
   <si>
     <t>Азбука. Маленькие Герои Черепашки. &amp;#40;Раскраска с прописями малый формат&amp;#41;. 145х210мм. Умка</t>
   </si>
   <si>
     <t>936411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a82/6901kcmv8jm73i2973csd2cp1r6lom2l.jpg</t>
   </si>
   <si>
     <t>Азбука. Маша и Медведь.  Раскраска с прописями, малый формат . 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Азбука. Маша и Медведь. &amp;#40;Раскраска с прописями, малый формат&amp;#41;. 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>936412</t>
   </si>
@@ -4688,131 +4901,110 @@
   <si>
     <t>936416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e1/grkzeu33ylhw0eoxglpt33d8e5ut5db7.jpg</t>
   </si>
   <si>
     <t>Удивительная игра. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>936423</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/966/uxjdyr4wd32ypqp2sjzpf285vagko81v.jpg</t>
   </si>
   <si>
     <t>Барбоскины.  Раскраска по номерам . Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Барбоскины. &amp;#40;Раскраска по номерам&amp;#41;. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>936610</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2e/vsgtv7dletfqb3oinia0ptgcatjgcxzr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b04/zj8cnqq3091lgk8rba2ha1db4t54b7ab.jpg</t>
   </si>
   <si>
     <t>Синий трактор.  Раскраска по номерам А5 . Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Синий трактор. &amp;#40;Раскраска по номерам А5&amp;#41;. Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>936617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/136/t8pq0ukl4ebw6uzt8jpe7kje48ncql6w.jpg</t>
   </si>
   <si>
     <t>Снежная магия. Раскраска соедини по цифрам. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>936619</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/s7naeacno00wld1lijillfiu208t82h0.jpg</t>
   </si>
   <si>
     <t>Такие вот истории.Рисуем по клеточкам,линиям,точкам.СуперраскраскаА4.Оранжевая корова.Умка</t>
   </si>
   <si>
     <t>936621</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a4/voed8v2xaqw8rb8ud0mu7nniy32f0yw7.jpg</t>
   </si>
   <si>
     <t>Ужасно милые монстрики. Раскраска соедини по цифрам. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>936622</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/862/02nku7v0rxe4pkoywjldx3vrzweh674h.jpg</t>
-[...8 lines deleted...]
-    <t>937097</t>
+    <t>http://anytos.ru//upload/iblock/f7e/nbbic47717aa3h16cbmsugppk8ihu45q.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль.  Раскраска по номерам с азбукой. А5. Альбом для творчества . 16стр. Умка</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. &amp;#40;Раскраска по номерам с азбукой. А5. Альбом для творчества&amp;#41;. 16стр. Умка</t>
+  </si>
+  <si>
+    <t>936624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e67/ocgtdh7krzgdfomj7xnw522g9nvlbgjq.jpg</t>
   </si>
   <si>
     <t>Аниматроники наступают. Не Злая раскраска КВЕСТ. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a61/uutiesej865rjvqgazc691mxgswogds7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a5/cl13nasgr749blojf709x97tqsumirrm.jpg</t>
   </si>
   <si>
     <t>Ауди. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cb/aqwvv798n12s7amyn6m7cpnwroh9z91c.jpg</t>
   </si>
   <si>
     <t>Барби. Лучшие подружки. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937103</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c26/p8xg9lfjobqps301tepof7y6978x7oqh.jpg</t>
   </si>
   <si>
     <t>Барбоскины. Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937105</t>
@@ -4829,50 +5021,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b6f/9bjb2e49sfli1652nhp1am4p8awudl51.jpg</t>
   </si>
   <si>
     <t>Битва начинается . Раскраска загадка. 140х200мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Битва начинается!. Раскраска загадка. 140х200мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937107</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08a/usx6010ze50c90gnkothu5ixniye4cws.jpg</t>
   </si>
   <si>
     <t>Блестящие красавицы. Лол.  Первая раскраска с вырубкой в обл. и глиттер. наклейками . Умка</t>
   </si>
   <si>
     <t>Блестящие красавицы. Лол. &amp;#40;Первая раскраска с вырубкой в обл. и глиттер. наклейками&amp;#41;. Умка</t>
   </si>
   <si>
     <t>937109</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4e5/t12t51rzqvpwwbtbuc5gy1vd9j63x9mi.jpg</t>
+  </si>
+  <si>
+    <t>Блистательные топ-модели. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937110</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/166/qfyhrwfr3d6aht18s7nec93hrhmt1wmn.jpg</t>
   </si>
   <si>
     <t>БМВ. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937111</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/473/pllarf4g4a74r7dvrr0h3qazris5c4it.jpg</t>
   </si>
   <si>
     <t>БМВ. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/877/3us7m35w9n9ccpnpbya2uxp1o9sjb5o4.jpg</t>
   </si>
   <si>
     <t>Боевые корабли и подводные лодки. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937115</t>
@@ -4910,155 +5111,188 @@
   <si>
     <t>Быстрее! Ярче! Сильнее! Экораскраска. 200х200 мм. Скрепка. 8 стр., крафт-бумага. Умка</t>
   </si>
   <si>
     <t>937119</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/940/6tyjbfjcncycv0hcck43as307bwp89qm.jpg</t>
   </si>
   <si>
     <t>В гостях у Лалы. Первая раскраска А4 мультяшная. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c9/5a0ht44q8xi0fofdq71vdxs8e9ijfzbq.jpg</t>
   </si>
   <si>
     <t>В поисках базы. Найди и покажи. Раскраска с развивающими заданиями. 16 стр. Умка</t>
   </si>
   <si>
     <t>937124</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cbf/e73r5ostu7nim2br30pj46jz23r0b4s3.jpg</t>
+  </si>
+  <si>
+    <t>Верные подруги. Снежные истории.  Первая раскраска А5 . Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Верные подруги. Снежные истории. &amp;#40;Первая раскраска А5&amp;#41;. Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937126</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5a1/a6oth6oq9pt3pey1n6qcwez6lnhg32qy.jpg</t>
   </si>
   <si>
     <t>Веселые затеи. Раскраска с развивающими заданиями. Найди и покажи. Лол. 16 стр. Умка</t>
   </si>
   <si>
     <t>937129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ade/w9bb0kcs3ffkl9htxub9dw3qr23wqklm.jpg</t>
   </si>
   <si>
     <t>Вес лые игры. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые игры. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937132</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/893/n1qt6r1eiwk60c5j15xcuuo4lyspnaxt.jpg</t>
+  </si>
+  <si>
+    <t>Вес лые панды. Зеркальная раскраска. 145х190 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>Весёлые панды. Зеркальная раскраска. 145х190 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937135</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e4e/nkh7qi58dkdm38tf0667phg1im31w9oo.jpg</t>
   </si>
   <si>
     <t>Вес лые подружки. Крутой мир Аниме. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые подружки. Крутой мир Аниме. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f4/3uck702xbr0fof3aq0ecd6rsujm9ycjp.jpg</t>
   </si>
   <si>
     <t>Веселые подружки. Лол.  Первая раскраска с вырубкой в обложке и глиттер. наклейками . Умка</t>
   </si>
   <si>
     <t>Веселые подружки. Лол. &amp;#40;Первая раскраска с вырубкой в обложке и глиттер. наклейками&amp;#41;. Умка</t>
   </si>
   <si>
     <t>937137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8b/qedknq2g6xswo09hp7ik970xdup4pwbn.jpg</t>
   </si>
   <si>
     <t>Вес лые черепашки. Черепашки. Раскраска для детского сада. 214х290мм. Скрепка. 8стр. Умка</t>
   </si>
   <si>
     <t>Весёлые черепашки. Черепашки. Раскраска для детского сада. 214х290мм. Скрепка. 8стр. Умка</t>
   </si>
   <si>
     <t>937138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62b/yiztnesz71bk2lnj8lkmwayszcj28bg3.jpg</t>
   </si>
   <si>
     <t>Виртуальная реальность. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937141</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/da1/jrdluxus21em5wbz59oaf5xa6b051a5f.jpg</t>
+  </si>
+  <si>
+    <t>Внедорожники. Раскраска. 145х210 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dec/3ugqd2hvz8hokll1v8l15d99ddggseec.jpg</t>
+  </si>
+  <si>
+    <t>Волшебное авокадо. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937146</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b58/rmxyffalnw9q1t3uzjij95t6ghx0cua1.jpg</t>
   </si>
   <si>
     <t>Волшебное путешествие. Раскраска. 210х285 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937147</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/751/yknt18poktcz9qz299m8inmtaf2ot3on.jpg</t>
   </si>
   <si>
     <t>ВОЛШЕБНЫЕ ЕДИНОРОГИ. Многоразовые раскраски с развивающими заданиями. 200х260 мм. Умка</t>
   </si>
   <si>
     <t>937148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5a/yhyx112fh0bjh73xd557urynbdy9ccw8.jpg</t>
   </si>
   <si>
     <t>Волшебные котята. Раскраска для детского сада 3 . 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Волшебные котята. Раскраска для детского сада 3&amp;#43;. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937150</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cdb/03wle0ry4r3ugmd7e2s80nln6a7gdcqg.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/53d/g0m8c6c6mep5n1pyjkt51bb0tdag7v3n.jpg</t>
   </si>
   <si>
     <t>Волшебные питомцы.Раскраска малого формата. 145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f80/vpyjfj77na9kmyhbb0mrf9ckkgqez26h.jpg</t>
   </si>
   <si>
     <t>Времена года. Раскраска с развивающими заданиями. Найди и покажи. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad6/a3lcdpxf247xshitgp1h0lcxqiw158zu.jpg</t>
   </si>
   <si>
     <t>Вспыш и его друзья.  Первая раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Вспыш и его друзья. &amp;#40;Первая раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
@@ -5102,89 +5336,122 @@
   <si>
     <t>Гигантозавр &amp;#40;Развивающая раскраска с фигурной вырубкой. Альбом для творчества&amp;#41; 16стр. Умка</t>
   </si>
   <si>
     <t>937164</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b2/n18h6xx8qnp67tlqymsqn0okjbb2p3ex.jpg</t>
   </si>
   <si>
     <t>Гонки монстр-траков. Крейзи-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f22/ooiahjifsfmq3salvan1btre9eim1x7n.jpg</t>
   </si>
   <si>
     <t>Дар красной панды. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937169</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/41b/dttd4rnxuiz62abt5o9vgqu0l9atfazx.jpg</t>
+  </si>
+  <si>
+    <t>Девочки-принцессы. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937170</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a8d/1dewo2ziww8sdgwoxdpt310zrwk36v0v.jpg</t>
   </si>
   <si>
     <t>День рождения корги. Раскраска для детского сада. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937172</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b29/8bm6wjjkqohyhgg15vpgqxqr0s18fg72.jpg</t>
+  </si>
+  <si>
+    <t>Джипы. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fc/deabmojttit7b41p1smrwz63amungral.jpg</t>
+  </si>
+  <si>
+    <t>Добро пожаловать в Монстросити . Раскраска. 145х210мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Добро пожаловать в Монстросити!. Раскраска. 145х210мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937180</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cda/4g7emhqm60snft5d5d8hntsa79v7tuj4.jpg</t>
   </si>
   <si>
     <t>Домашние животные. Раскраска для детского сада. 2 . 214х290мм, 8 стр., бумага офсет. Умка</t>
   </si>
   <si>
     <t>Домашние животные. Раскраска для детского сада. 2&amp;#43;. 214х290мм, 8 стр., бумага офсет. Умка</t>
   </si>
   <si>
     <t>937185</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f61/ieeaq30sgm5jn4w4xziuk5kzloyapw2v.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/430/xjdrs6x1dwitl3w2u0z3ph41r9pdom27.jpg</t>
   </si>
   <si>
     <t>Единороги и компания. Первая Раскраска А4 Мультяшная. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937197</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/94e/79a7tqopvlzwyp0ghxtltgoz22ifciv4.jpg</t>
+  </si>
+  <si>
+    <t>Единороги. Раскраска Квест по цвету. 240х240 мм, 24 стр. 4 0 Умка</t>
+  </si>
+  <si>
+    <t>Единороги. Раскраска Квест по цвету. 240х240 мм, 24 стр. 4&amp;#43;0 Умка</t>
+  </si>
+  <si>
+    <t>937198</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bd8/ru1px398ka1m8bb1zzlu43j8k164sw98.jpg</t>
   </si>
   <si>
     <t>Забавные истории. Буба. Первая раскраска А5. 145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04e/uo46t229en0w2zy00jrwacghq7sfnn5d.jpg</t>
   </si>
   <si>
     <t>Забавные малыши. Раскрась дорисуй. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2d/t5i8b671pame3s4wudpw0b3c9yfem2fl.jpg</t>
   </si>
   <si>
     <t>Забавные монстрики. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937207</t>
@@ -5198,182 +5465,200 @@
   <si>
     <t>Забавные питомцы. Раскраска для детского сада 3&amp;#43; 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/042/bpf5kpyn9lcyjgvgowduf4nw7rnv4guz.jpg</t>
   </si>
   <si>
     <t>Загадочная вечеринка. Раскраска Лабиринт 16 картинок.195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a1/3whq6i300yan2hbs7lhxee3qx78dlnfg.jpg</t>
   </si>
   <si>
     <t>Загадочный лес. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937212</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f25/hlcec3p33pk3pndyw8um2mfwjxbi34v9.jpg</t>
+  </si>
+  <si>
+    <t>Знакомьтесь - монстрики . Эко Крафт раскраска. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>Знакомьтесь - монстрики!. Эко Крафт раскраска. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937217</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/75a/9zul6uipir3b8il0cquerup80gv2zg2r.jpg</t>
   </si>
   <si>
     <t>Зоопарк. Раскраска для детского сада. 2 . 214х290мм, 8 стр., бумага офсетная. Умка</t>
   </si>
   <si>
     <t>Зоопарк. Раскраска для детского сада. 2&amp;#43;. 214х290мм, 8 стр., бумага офсетная. Умка</t>
   </si>
   <si>
     <t>937218</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b5b/gxic2kdrwaqnszwa1nckuycvtq1sf2nl.jpg</t>
-[...5 lines deleted...]
-    <t>937220</t>
+    <t>http://anytos.ru//upload/iblock/b27/plz2egmttkfgjo7isgymvt4ne3v20mfu.jpg</t>
+  </si>
+  <si>
+    <t>Зоопарк. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c50/qbqyq7gwy4nl2pzv5hszwa02cl4mixg4.jpg</t>
   </si>
   <si>
     <t>Истории о динозаврах. Активити ходилка-раскраска. Гигантозавр. 210х285 мм. 14 стр. Умка</t>
   </si>
   <si>
     <t>937225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f18/okzrzfysyd29d7szc3h0i7xwbmbx9lz2.jpg</t>
   </si>
   <si>
     <t>Кавайные малыши. Раскраска. 214х290 мм. 16 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937227</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d0e/n3nya1812kzk8w453yoml67bn21dtugb.jpg</t>
+  </si>
+  <si>
+    <t>Каникулы в стиле аниме. Раскраска. 145х210мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937228</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/11e/b40y0506c9cbwg0ai7tp1wysurx8o278.jpg</t>
   </si>
   <si>
     <t>Королевский бал. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937233</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d95/oqmqkbjv3bgb01bleyp6jwvsuuq9cpg4.jpg</t>
   </si>
   <si>
     <t>Космическая академия. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/187/brzijjorxm12xqq3a160nq9zl88lfwyx.jpg</t>
   </si>
   <si>
     <t>Космические гости. Раскраска для детского сада 3  214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Космические гости. Раскраска для детского сада 3&amp;#43; 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937235</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92d/c8xxkes23u9t2qn305j5eikqm8t6vvcx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/067/3m3x9rnvpdr0fwij8m6c201828x4yiad.jpg</t>
   </si>
   <si>
     <t>Ламбордгини. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b75/3aeoqv0c32q8i7k0npira6bghwtvc7sw.jpg</t>
   </si>
   <si>
     <t>Ледяная история. Найди и покажи. Раскраска с развивающими заданиями. 16 стр. Умка</t>
   </si>
   <si>
     <t>937246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7f/votx25fynap15ueczww3ckonqgbpeq6g.jpg</t>
   </si>
   <si>
     <t>Лексус. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937247</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a64/nda0g3divgeo6hcs5td6vrplljy7w822.jpg</t>
-[...8 lines deleted...]
-    <t>937256</t>
+    <t>http://anytos.ru//upload/iblock/af5/qwvhetosvfqfdccxjnrrk229slhdx7vk.jpg</t>
+  </si>
+  <si>
+    <t>Лесные животные. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b17/9n5658fnd4clhw8lzz9y5ghf9mray1bl.jpg</t>
   </si>
   <si>
     <t>Лол.  Альбом наклеек малый формат . Формат: 145х210 мм. Объем: 4 стр. наклеек. Умка</t>
   </si>
   <si>
     <t>Лол. &amp;#40;Альбом наклеек малый формат&amp;#41;. Формат: 145х210 мм. Объем: 4 стр. наклеек. Умка</t>
   </si>
   <si>
     <t>937258</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/078/bl4avvc8j9dgceeq4rs63fxeblzhplpb.jpg</t>
+  </si>
+  <si>
+    <t>Лол.  Большая раскраска А3 . Формат: 240х330мм. Объем: 12 стр.  1 1 . Обл. 4 4. Умка</t>
+  </si>
+  <si>
+    <t>Лол. &amp;#40;Большая раскраска А3&amp;#41;. Формат: 240х330мм. Объем: 12 стр. &amp;#40;1&amp;#43;1&amp;#41;. Обл. 4&amp;#43;4. Умка</t>
+  </si>
+  <si>
+    <t>937260</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1c/8wy94rq0b1l81n8a1m1lwqz6ac3m7t22.jpg</t>
   </si>
   <si>
     <t>ЛОЛ.  Супер-раскраска. Раскраска для маленьких, 64 картинки . 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>ЛОЛ. &amp;#40;Супер-раскраска. Раскраска для маленьких, 64 картинки&amp;#41;. 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>937262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6a/b2bzh9hyuva2w1ybpy54w3gfgehhs6k5.jpg</t>
   </si>
   <si>
     <t>Лучшие друзья.Союзмультфильм.Раскраска для детского сада.214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/229/iqconipu7ji522w7r3ic4q9t6tf3x8s8.jpg</t>
   </si>
   <si>
     <t>Мазерати. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
@@ -5438,138 +5723,123 @@
   <si>
     <t>Милые котята. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f6/29uo1n9dozjaddzgg3a3f9zc3n3t7uyj.jpg</t>
   </si>
   <si>
     <t>Милые кошки. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aaf/nwet5f3u53ng2mttyfg3vklg7e1rsco0.jpg</t>
   </si>
   <si>
     <t>Милые питомцы. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937297</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/870/mjywm33p5mfkz558rejigf71zpf5571z.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd6/schqof9u7se5wstchcxlzwcw74emxuex.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Простая раскраска для маленьких, 64 картинки . 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Простая раскраска для маленьких, 64 картинки&amp;#41;. 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>937306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/320/kz8svkhju4rc204v9wr6fzelhg9zxbs0.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Развивающая раскраска с вырубкой в виде персонажа и наклейками . Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа и наклейками&amp;#41;. Умка</t>
   </si>
   <si>
     <t>937307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b6/y69wrxlxvuh42a419s32xnhi6wgdt673.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Развивающая раскраска с вырубкой в виде персонажа . 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа&amp;#41;. 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43a/ujr3r1av2kn9j4jhsvur90yg0b8cglgq.jpg</t>
   </si>
   <si>
     <t>Мир героев. Зеркальная раскраска. Мой мир. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937310</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ff4/22mvhb2qrvkxhwus70o1zr6dqaurup6e.jpg</t>
+  </si>
+  <si>
+    <t>Мир монстриков . Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937314</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/44b/gr8zag9ounlzndsmkk8njzgrwyyj63yw.jpg</t>
   </si>
   <si>
     <t>Мир робота Фредди. HORROR. Не раскашивай эту раскраску  214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Мир робота Фредди. HORROR. Не раскашивай эту раскраску! 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937315</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e6d/d9cp33spvi974dqztcjtp061sma757dc.jpg</t>
-[...17 lines deleted...]
-    <t>937318</t>
+    <t>http://anytos.ru//upload/iblock/3cf/0nhzvzgr10tt692s7sz8zqao1rnuz3ua.jpg</t>
+  </si>
+  <si>
+    <t>Модные малышки. 100 наклеек с фигурной вырубкой. Лол. 260х150 мм. 4 стр. наклеек. Умка</t>
+  </si>
+  <si>
+    <t>937320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c3/16mrfsvlmu6wta94bd910g9kholgh37r.jpg</t>
   </si>
   <si>
     <t>Модные питомцы. Раскраска для детского сада 3  214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Модные питомцы. Раскраска для детского сада 3&amp;#43; 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/802/swp1wedbz4d5iu2fpe39j6xmtwg2e47e.jpg</t>
   </si>
   <si>
     <t>Модные питомцы. Экораскраска. 200х200 мм. Скрепка. 8 стр., крафт-бумага. Умка</t>
   </si>
   <si>
     <t>937322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8de/9dfstgy6hoj60xx70uwke23t3os84xg7.jpg</t>
   </si>
@@ -5588,129 +5858,114 @@
   <si>
     <t>Модный показ. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937324</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8d/r923fgqmjopy2bvlu6jctijlnx68q17z.jpg</t>
   </si>
   <si>
     <t>Мои любимцы. Первая раскраска А5. 145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f69/g0b5e50dn52fz77vvv1m51s7tav4aj4h.jpg</t>
   </si>
   <si>
     <t>Монстрики. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937329</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c8e/ygz41qm23wz7bkf5qjjauht6gmr303nr.jpg</t>
+  </si>
+  <si>
+    <t>Монстроклассная команда. Раскраска. 145х210 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937331</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/091/o8scyyod4y5gz6hq63kv00nnnsa33lsg.jpg</t>
   </si>
   <si>
     <t>Монстроленд. 1 метр раскрасок. 240х280 мм. Раскладушка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/3z84qoldyz5hwtr3pqcpy2y4c7llyh4w.jpg</t>
   </si>
   <si>
     <t>Монстромания. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfe/3wqxngnl8obxei287jnk0vhm0maessn1.jpg</t>
   </si>
   <si>
     <t>Монстр-траки. 64 картинки. Супер-раскраска. 205х280 мм. Скрепка. 64 стр. Умка</t>
   </si>
   <si>
     <t>937334</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc4/trda8l6x5k1ukcp2ajlmycsztkt9yxtw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e2/ve3zsmfwnfjdxb4nk923zoa750ewzhx2.jpg</t>
   </si>
   <si>
     <t>Музыкальный концерт. Лол. Первая раскраска А5. Черно-белая раскраска 145х210мм 16стр. Умка</t>
   </si>
   <si>
     <t>937341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2da/9qaueme5sfsacxbaqowxfk9q8gak0zi2.jpg</t>
   </si>
   <si>
     <t>Мульт.  Альбом наклеек малого формата с фигурной вырубкой . 260х155мм. 4стр. наклеек. Умка</t>
   </si>
   <si>
     <t>Мульт. &amp;#40;Альбом наклеек малого формата с фигурной вырубкой&amp;#41;. 260х155мм. 4стр. наклеек. Умка</t>
   </si>
   <si>
     <t>937345</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/679/cxdpx28i4zjrlfswqca5v3xrd93qz42u.jpg</t>
-[...20 lines deleted...]
-    <t>937350</t>
+    <t>http://anytos.ru//upload/iblock/cd3/tr90ducegfqgjr0wao7o5s9gdgg4nklz.jpg</t>
+  </si>
+  <si>
+    <t>Навстречу приключениям. Альбом-раскрасок А4. Буба. 285х210мм, 64 стр. Умка</t>
+  </si>
+  <si>
+    <t>937356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/371/jq4uuxipsrbrq2aee17w2zlp3hu7hnh6.jpg</t>
   </si>
   <si>
     <t>Навстречу приключениям. Эко Крафт раскраска. 145х210мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c48/jpgvfsnazwaxvwrqbsbnsu15wvjilav8.jpg</t>
   </si>
   <si>
     <t>Неудержимая команда. Раскраска Лабиринт 16 картинок.195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba7/dg23mqt37uyon97pobadxpc15o1dzbdw.jpg</t>
   </si>
   <si>
     <t>Новые приключения робокопов. Раскрась дорисуй. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
@@ -5756,134 +6011,125 @@
   <si>
     <t>937379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5f/c4dj3g3gtb6lgneswclvpa7xfbh01h3b.jpg</t>
   </si>
   <si>
     <t>Пещерные истории. Кейв Клаб. Альбом 150 наклеек. 155х205мм, 6 стр. Умка</t>
   </si>
   <si>
     <t>937381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b40/hxc80tf33lsjkkonxx0iev7nisjezo1o.jpg</t>
   </si>
   <si>
     <t>Пещерные люди. CAVE CLUB.  Альбом наклеек малый формат . 145х210мм. 4 стр. наклеек. Умка</t>
   </si>
   <si>
     <t>Пещерные люди. CAVE CLUB. &amp;#40;Альбом наклеек малый формат&amp;#41;. 145х210мм. 4 стр. наклеек. Умка</t>
   </si>
   <si>
     <t>937382</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c7b/7yje0nm8x9ot5gb074far4pncq9n2ped.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e4/lf7h8s20w8mlfollj0hl0b3x25dlj0cr.jpg</t>
   </si>
   <si>
     <t>Пираты против драконов: перемирие. Первая Раскраска А4 Мультяшная. 16 стр. Умка</t>
   </si>
   <si>
     <t>937384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afa/a65kocfrsl3qyanru8uhfo4x0jd1nghj.jpg</t>
   </si>
   <si>
     <t>Пираты.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Пираты. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/268/sd1ey2rl9ypk7d5qjn9e44kll39sfm02.jpg</t>
   </si>
   <si>
     <t>Праздник озорства  Оранжевая корова.  Большая раскраска А3 . 240х330мм. 12 стр. Умка</t>
   </si>
   <si>
     <t>Праздник озорства! Оранжевая корова. &amp;#40;Большая раскраска А3&amp;#41;. 240х330мм. 12 стр. Умка</t>
   </si>
   <si>
     <t>937389</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b73/8wzo5yi8y88bz1fct5ro2ihuqnz84zdk.jpg</t>
+  </si>
+  <si>
+    <t>Привидения. Первая раскраска А4. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937390</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f0/7nbb92sdqpl4im4awxc8s52mcsyamv15.jpg</t>
   </si>
   <si>
     <t>Приключения ждут  MINECRAFT. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Приключения ждут! MINECRAFT. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/elwt7q3gpwlf3s0da8agdwg1zqyhmeh3.jpg</t>
   </si>
   <si>
     <t>Принцессы.  Первая раскраска малый формат . Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Принцессы. &amp;#40;Первая раскраска малый формат&amp;#41;. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937394</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/928/ai8df79xo3fop3urgezme7lb7k7vnqxt.jpg</t>
   </si>
   <si>
     <t>Принцессы. 64 картинки. Супер-раскраска. 205х280 мм. Скрепка. 64 стр. Умка</t>
   </si>
   <si>
     <t>937395</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c4f/4ruk0eu98wu6zu11r2xjr1ys37j974a8.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eaf/hv9d9o6vcuiqu0it0xq2maiekcnapbio.jpg</t>
   </si>
   <si>
     <t>Путь героев. Супер-раскраска 64 картинки. 205х280мм. Скрепка. 64 стр. Умка</t>
   </si>
   <si>
     <t>937399</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/384/ajvc9qwbcgcvda4gha5ehr0mfrrqi89n.jpg</t>
   </si>
   <si>
     <t>Пушистые друзья. Первая раскраска А4. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c6/okv07hjybkhm569uwtefwtnw6j9rzm7l.jpg</t>
   </si>
   <si>
     <t>Раскраска. Скетч-блокнот. Вес лые друзья. Буба. 148х210 мм 32 стр. Умка</t>
   </si>
   <si>
     <t>Раскраска. Скетч-блокнот. Весёлые друзья. Буба. 148х210 мм 32 стр. Умка</t>
@@ -5909,488 +6155,548 @@
   <si>
     <t>Раскраска-малышка. Драконы. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e95/4bvyy7ub7ue9q1oui4352ty2mhc6ad8x.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Забавная игра. Ми-ми-мишки. 16 заданий. 145х210мм 8стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff5/2rsi0u1spm8wf4qux57x5j0zdgzgjumv.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Малышки пони. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937409</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ac3/vu6f16sui0b27tbrcpmtvfns61pk8szc.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска-малышка. Машинки-друзья. Синий Трактор. 16 заданий. 145х210 мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937410</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/379/zvew6z757oixsv36lmywx3m7emycuknk.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Стильные девчонки. ЛОЛ. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937412</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/933/jsl22kku3j6qu8uoq9fp7dy1zua60l7n.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/935/74hcabkdxyloaokzrv4xkv2z5wxdqtk2.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Фруктовое веселье. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937414</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9d/gr1uy531rkcynpsut56i1pnpnj3q31fj.jpg</t>
   </si>
   <si>
     <t>Робокар Поли. Спасатели вперед   Раскраска по номерам А5 . Формат: 145х210мм. 16стр. Умка</t>
   </si>
   <si>
     <t>Робокар Поли. Спасатели вперед! &amp;#40;Раскраска по номерам А5&amp;#41;. Формат: 145х210мм. 16стр. Умка</t>
   </si>
   <si>
     <t>937418</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65e/if221zmbn9ciiw7ot0clyb1jwmnniovc.jpg</t>
   </si>
   <si>
     <t>Российские танки . Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf2/xszdq134ygg1st7ngfzqmnvsvm4bf40i.jpg</t>
   </si>
   <si>
     <t>Русалочки.  Первая Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Русалочки. &amp;#40;Первая Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937422</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/406/jx567c49ay1uyap0pja5oav39ndvgfjf.jpg</t>
+  </si>
+  <si>
+    <t>Синий трактор  Супер-раскраска раскраска для маленьких, 64 картинки . 205х280 мм. Умка</t>
+  </si>
+  <si>
+    <t>Синий трактор &amp;#40;Супер-раскраска раскраска для маленьких, 64 картинки&amp;#41;. 205х280 мм. Умка</t>
+  </si>
+  <si>
+    <t>937425</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ed2/86e4g769nzwuwdtevrpq2px1xr0ua2h2.jpg</t>
   </si>
   <si>
     <t>Синий трактор.  Развивающая раскраска с вырубкой в виде персонажа . 210х285мм. 16стр. Умка</t>
   </si>
   <si>
     <t>Синий трактор. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа&amp;#41;. 210х285мм. 16стр. Умка</t>
   </si>
   <si>
     <t>937430</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c5d/c359pfqmlclacbmlfgqgm3w152bjyz2v.jpg</t>
-[...8 lines deleted...]
-    <t>937437</t>
+    <t>http://anytos.ru//upload/iblock/079/1kp06br310c1cfwuyj1pjp7ege36z1t7.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль.  Активити ходилка-раскраска . Формат: 210х285мм. Объем: 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. &amp;#40;Активити ходилка-раскраска&amp;#41;. Формат: 210х285мм. Объем: 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>937435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7d/8a49x02tzkx5kpjmt1xp2r45uvlxw669.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль.  Развивающая раскраска с вырубкой в виде персонажа . 210х285мм. Умка</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа&amp;#41;. 210х285мм. Умка</t>
+  </si>
+  <si>
+    <t>937438</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/498/8njcbf35jicf0j5hy829hu0oteihtvh5.jpg</t>
   </si>
   <si>
     <t>Смешные котята. Зеркальная раскраска. 145х190 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/724/aw2a6rhdvfoxrtpe8l19vtjq4r8zhubj.jpg</t>
   </si>
   <si>
     <t>Снежное волшебство. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/369/p43n0sqsqixmw0vokotblu4hbsptgmn5.jpg</t>
   </si>
   <si>
     <t>Союзмультфильм. В Простоквашино. Первая раскраска малый формат. 145х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937443</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/156/jd3765fz1rb5ft56q11bd9uhr32b9q7f.jpg</t>
   </si>
   <si>
     <t>Союзмультфильм. Домашние животные в Простоквашино. Раскраска. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937445</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/902/7y13gtz4pztlkcx9b2u79nxrftvgtiw9.jpg</t>
   </si>
   <si>
     <t>Стильные красотки. Раскраска загадка. 140х200мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937449</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8bb/7kdoy31g9p9g99gfrw9b43nsd6tc8zg7.jpg</t>
-[...5 lines deleted...]
-    <t>937450</t>
+    <t>http://anytos.ru//upload/iblock/478/d5yccyeyi9571uxrjgxj2z39x6ekjw0q.jpg</t>
+  </si>
+  <si>
+    <t>Стихи. А. Барто. Первая раскраска малый формат. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/493/pjx1yjlc3ft23qvam4vfgh1jyfr42ewq.jpg</t>
+  </si>
+  <si>
+    <t>Страшные истории. Раскраска квест. 214х290 мм 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937452</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e6/4t63uedgu82dyf13cbnkqx61egaxcux9.jpg</t>
   </si>
   <si>
     <t>Супергонки. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937453</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b1c/ct23ehmvqvgavswpv3uc8r1eki23oiw3.jpg</t>
+  </si>
+  <si>
+    <t>Суперкоманда. Щенячий патруль. Раскраска. 210х285 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937454</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/333/gk4pzf96nmjppfls5cmyln1hw4307g3v.jpg</t>
   </si>
   <si>
     <t>Таинственные амонники. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937457</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fb4/qfdzmda5ukq9n8hik5mmtjvl9csrtv7m.jpg</t>
+  </si>
+  <si>
+    <t>Таинственные карты. Раскраска. 145х210 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937458</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/44f/y5t88e0kb3pv6tay56k8ls02ekcj6swq.jpg</t>
   </si>
   <si>
     <t>Тайны волшебства. Милые пони. Раскраска для детского сада 2 . 214х290 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>Тайны волшебства. Милые пони. Раскраска для детского сада 2&amp;#43;. 214х290 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937459</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/094/2u8uxvpy1g0xv39wwozwbnoa32cu1vw7.jpg</t>
+  </si>
+  <si>
+    <t>Тайны роботов. Раскраска загадка. 140х200мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937460</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/de6/0upa48wkahysdkrio56ixyupcm8t15bp.jpg</t>
   </si>
   <si>
     <t>Такой разный транспорт. Раскраска для детского сада. 214х290мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>937461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/215/lroak1jg5hkf6s6qbg92mzu3xb5ha44u.jpg</t>
   </si>
   <si>
     <t>Транспорт. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e8/qobmfk1lfwsyws0ul7zqrk9leotb2js9.jpg</t>
   </si>
   <si>
     <t>Три кота.  Первая раскраска А5 . Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Три кота. &amp;#40;Первая раскраска А5&amp;#41;. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937467</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/866/zz377948s7tr1n3nwdceqr5igesy8w4d.jpg</t>
+  </si>
+  <si>
+    <t>Три кота.  Развивающая раскраска с вырубкой в виде персонажа . 210х285мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Три кота. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа&amp;#41;. 210х285мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937468</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/263/oxbjgmimnkmfx33pe787f7ajuky5a602.jpg</t>
   </si>
   <si>
     <t>Три кота.  Развивающая раскраска с вырубкой в виде персонажа. Малого формата . 16стр. Умка</t>
   </si>
   <si>
     <t>Три кота. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа. Малого формата&amp;#41;. 16стр. Умка</t>
   </si>
   <si>
     <t>937469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cf/dgv8whu7xomj7ar35ep9szi20xtv866q.jpg</t>
   </si>
   <si>
     <t>Уточки-модницы. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f3/tlo3g7jnaqqi0umsvs2rtaojyg596zn6.jpg</t>
   </si>
   <si>
     <t>Фантастические питомцы. Раскраска Лабиринт 16 картинок. 195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/867/4cv0zfzeoic73dg46bh34psmnxian6cq.jpg</t>
   </si>
   <si>
     <t>Ферма. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91d/zy6895yx8qlh9z4yjzpmc8bs57ibidt3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d47/fjdlpcjog2e5jh1g5b69y420xtg86oi8.jpg</t>
   </si>
   <si>
     <t>Фрукты и овощи. Простая раскраска для маленьких, 64 картинки. Формат: 205х280мм. Умка</t>
   </si>
   <si>
     <t>937486</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85c/3r8sezo0ri26w72x1yiehedqk6e55rtc.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/67b/xxfsyz2k581p4f7fqaw4embmj7pq5dh9.jpg</t>
   </si>
   <si>
     <t>Юрский период. Первая раскраска А5.145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937500</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75c/5zs82bii5kaq3yyiqd3ol6cvpiza3tj9.jpg</t>
   </si>
   <si>
     <t>Ягуар. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/429/j4hdtrda3kmws95ptle48i21w9hwe7ii.jpg</t>
   </si>
   <si>
     <t>Яркие малютки. Лол.  Первая раскраска с фольгой . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Яркие малютки. Лол. &amp;#40;Первая раскраска с фольгой&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937502</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/36d/18m6bf727lh7yrynkuv3ezjvg236k1xo.jpg</t>
+  </si>
+  <si>
+    <t>Цифры и формы. Лол. Многоразовые раскраски с прописями. 200х260 мм. 12 стр. Умка</t>
+  </si>
+  <si>
+    <t>938184</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30c/cqip4ncxe4pmpnomblw4h2dm1h6e2pfb.jpg</t>
+  </si>
+  <si>
+    <t>Боевые мутанты. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>938196</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a62/43ba3gwzr8zagczyfz3yffscv2epfrx4.jpg</t>
   </si>
   <si>
     <t>Бои мегароботов. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка.</t>
   </si>
   <si>
     <t>938197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d91/p4gk6uiktbvuyy82lwbk24y1a1jc7phz.jpg</t>
   </si>
   <si>
     <t>Веселые игры. Суперраскраска А4. Лол. 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>938202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9c/mjr6sovv24bwlu9d7snt4kx4nkmva7wa.jpg</t>
   </si>
   <si>
     <t>Военная техника. Эко-раскраска. 200х200 мм, Крафт-бумага. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>938203</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/45b/i0rlre5gbwi1l5h9f37gatru8u5ijwvt.jpg</t>
-[...5 lines deleted...]
-    <t>938207</t>
+    <t>http://anytos.ru//upload/iblock/4a5/mv5qrfo06lqp0yqdk7b8js33le5x1ynq.jpg</t>
+  </si>
+  <si>
+    <t>Вселенная монстриков. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка.</t>
+  </si>
+  <si>
+    <t>938205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0dd/9n0c0ootkvsen07yat0pwx4us92oqdmb.jpg</t>
+  </si>
+  <si>
+    <t>Гена ищет друзей. Союзмультфильм. Эко-раскраска. 200х200 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>938206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bf/xxg8olefw7c2din9jl4cqggbfpl35foy.jpg</t>
   </si>
   <si>
     <t>Джипы. Эко-раскраска. 200х200 мм, Крафт-бумага. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>938208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a3/yvc03t2e4d549izo210s0o2vcabagns2.jpg</t>
   </si>
   <si>
     <t>Забавные динозаврики. Анти-раскраска. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>938209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/151/cp284ztiy1wxaa1xuoy8m1p4o30okxj6.jpg</t>
   </si>
   <si>
     <t>Загадочная игра. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>938210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18b/81a9vzquucybxunud41i3fv5g72uqnbn.jpg</t>
   </si>
   <si>
     <t>Команда мечты. Щенячий Патруль. Раскраска на изи. 214х290 мм. Скрепка. 16 стр. Умка.</t>
   </si>
   <si>
     <t>938212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a96/mqgnscoi8ju32wxutalnkh6h0ui3bu4e.jpg</t>
   </si>
   <si>
     <t>Легенда о воине. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>938214</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c10/cee244wvj8r0tsh448vj5w54i2adcd99.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/00b/4830d06tw6lcf304dlx10tuvs4wb9w34.jpg</t>
   </si>
   <si>
     <t>Монстроклассная школа. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>938219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7d/ztct1x4m80jx2v1lzxfmfvjt11pz7kvi.jpg</t>
   </si>
   <si>
     <t>На сцене черепашки . Эко-раскраска. 200х200 мм, Крафт-бумага. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>На сцене черепашки!. Эко-раскраска. 200х200 мм, Крафт-бумага. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>938220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b23/xu8yyy9f7s90bcgi8260pt1cq4jjppj9.jpg</t>
   </si>
   <si>
     <t>НА ФЕРМЕ. Эко-раскраска 200х200 мм. Крафт-бумага. 8 стр. 2 2 Умка</t>
   </si>
   <si>
     <t>НА ФЕРМЕ. Эко-раскраска 200х200 мм. Крафт-бумага. 8 стр. 2&amp;#43;2 Умка</t>
   </si>
   <si>
     <t>938221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e50/q9zmdazpoken3rqno97e56ic9f0s40ux.jpg</t>
   </si>
   <si>
     <t>Незабываемое приключение. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка.</t>
   </si>
   <si>
     <t>938223</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/66b/1hjeinlrx8rbwvor3cgmkx4dzwuuw78b.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cfc/6z1jbia3b811wl3jvkw33oti78zzshf3.jpg</t>
   </si>
   <si>
     <t>Феррари. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>938228</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acb/1a0aod0yxuyfbopojz4oru7wtlg8r4r8.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Щенячий патруль. Щенки в джунглях</t>
   </si>
   <si>
     <t>Очень большая раскраска «Щенячий патруль. Щенки в джунглях» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет:• Развить творческие способности, фантазию и усидчивость• Рисовать прямо на полу с друзьями и родителями• Использовать всевозможные сочетания цветов• Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>939230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c4/esxyb2hkqkgayleg2bra87jr2wmgaa28.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Щенячий патруль. Веселые щенки</t>
@@ -6401,146 +6707,179 @@
   <si>
     <t>939231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81b/bky8atcxhtgq1jn4qy7r4um9n2ulbk9u.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Суперраскраска с любимыми героями. Чебурашка. Хочу ушастика </t>
   </si>
   <si>
     <t>Каждому маленькому художнику нужна суперраскраска! Потому что раскрашивать – это невероятно интересно! На каждой странице ребёнка ждут увлекательные сюжеты, любимые герои, много элементов для раскрашивания. Ведь раскраска – это не только возможность весело и с пользой провести время, но и отличная подготовка руки к письму, развитие творческих возможностей и фантазии</t>
   </si>
   <si>
     <t>939232</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/356/fg7r4etksizncn6sdorx5e4t8lo8h6zk.jpg</t>
   </si>
   <si>
     <t>Моя самая первая раскраска. Веселый праздник. Развивающая книга</t>
   </si>
   <si>
     <t>939233</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/00c/ecykfp7ecyqftxmraerpomuvcdojpw7i.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска СУПЕР-ПУПЕР РАСКРАСКА МОДНЫЕ ДЕВЧОНКИ, 218х275 мм, 64 стр., PROF-PRESS, 3406-3</t>
+  </si>
+  <si>
+    <t>Представляем новинку в серии &amp;quot;Супер-пупер-раскраска!&amp;quot; Это сборник качественных иллюстраций современных художников. Раскраска &amp;quot;Модные девчонки&amp;quot; содержит иллюстрации девушек в самых разнообразных нарядах. Книжка-раскраска научит юного начинающего художника хорошо разбираться в цветах и поможет пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.</t>
+  </si>
+  <si>
+    <t>939834</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/prof-press/"&gt;Проф-Пресс&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cc9/v216xx8r7lujw0wbalvrrun0v040t4rw.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска СУПЕРРАСКРАСКА ВОЛШЕБНЫЕ ЛОШАДКИ, 200х280 мм, 64 стр., PROF-PRESS, 9846-4</t>
   </si>
   <si>
     <t>Книжка-раскраска ДЛЯ ФАНАТОВ АССОРТИ – идеальный подарок для маленьких любителей рисования. Внутри так много картинок, что любой малыш найдет для себя что-то интересное! Книжка-раскраска научит маленького начинающего художника хорошо разбираться в цветах и поможет пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Дизайн ассорти без возможности выбора.</t>
   </si>
   <si>
     <t>939837</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/prof-press/"&gt;Проф-Пресс&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c62/122kv400s8ti645eyi174huro02y9ei9.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска ТВОРЧЕСКАЯ С НАКЛЕЙКАМИ, ДЛЯ ДЕВОЧЕК, 210х275 мм, 16 стр., PROF-PRESS, 0991-7</t>
   </si>
   <si>
     <t>Новая серия раскрасок с наклейками обязательно понравится всем детям! Раскрашивать милых персонажей, различные узоры, надписи и дополнять странички яркими наклейками – это здорово и интересно. Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Дизайн – ассорти без возможности выбора.</t>
   </si>
   <si>
     <t>939841</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d1/x2u8mgd6ydpc5fhlgp1mdat1pb11q9fo.jpg</t>
   </si>
   <si>
     <t>Модницы. Первая раскраска с блестящими наклейками. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>942712</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8af/6dcmimk02s7ocatk2c86vo9dx0ghskq3.jpg</t>
   </si>
   <si>
     <t>В мире машинок. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8стр. Умка</t>
   </si>
   <si>
     <t>942867</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d9d/fbhrer7vvfz7wlu3y9lgrvn83t630fvb.jpg</t>
+  </si>
+  <si>
+    <t>Мой мир. Отважные герои. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942868</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b5c/7wt7rbrapcbo2aikuy9ski356lrzcmrm.jpg</t>
   </si>
   <si>
     <t>Озорные монстрики. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8стр. Умка</t>
   </si>
   <si>
     <t>942869</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c1/vp201eap63a2fy16bb3ecdrntcnvpglg.jpg</t>
   </si>
   <si>
     <t>Бентли. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/687/rsbnjxcmr1b9018nkwj955bqdkr5vavt.jpg</t>
   </si>
   <si>
     <t>Бентли. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>942923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aca/l3gwv67zp9l7ef2ric0gvuj3uuhgmlie.jpg</t>
   </si>
   <si>
     <t>Божественная кара. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>942925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/872/x6ba6kjb4mqi1eg15ir7f6xm86k86f1b.jpg</t>
   </si>
   <si>
     <t>Бугатти. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942926</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d2d/gkgou89drlco0ysvgtxt3f1xfx6cwsh3.jpg</t>
+  </si>
+  <si>
+    <t>Вихревое джитсу. Раскраска. 145х210мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942930</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/38c/p4hea25320o17r3nzj679r49o1rkr6u4.jpg</t>
   </si>
   <si>
     <t>Волшебные животные.  Мультяшная раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Волшебные животные. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>942932</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0aa/vum0tdvlh0gxncr9ku8bc9ykv2uriy0i.jpg</t>
   </si>
   <si>
     <t>ГЕЛЕНДВАГЕН. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/188/7o84c23pzgqeeej6mzml0j1y0oyj024w.jpg</t>
   </si>
   <si>
     <t>Герои галактики. Раскраска Бомбическая. 214х290 мм. 16 стр. Умка</t>
@@ -6566,125 +6905,146 @@
   <si>
     <t>Давай знакомиться. Приключения друзей. Раскраска перевертыш А4 2 в 1. Гигантозавр. Умка</t>
   </si>
   <si>
     <t>942940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cf/2ohek97f2rhu4bjg7bf2qg6a32vh9hej.jpg</t>
   </si>
   <si>
     <t>Драконы и викинги. Раскраска-малышка. 16 заданий. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/175/j8dtmmggesu75vz5foeon80stc2kknen.jpg</t>
   </si>
   <si>
     <t>Ежик Скай спешит на помощь. Раскраска-малышка. 16 заданий. 145х210мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>942944</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ae/ya3vz5a0q2oaz9dk79i3cqgdzzjxg6ta.jpg</t>
-[...5 lines deleted...]
-    <t>942948</t>
+    <t>http://anytos.ru//upload/iblock/3ad/hwhec4ss5hu3i985xwgpvby6wute9oy1.jpg</t>
+  </si>
+  <si>
+    <t>Жители леса. Раскраска квест по цвету. 240х240 мм, 24 стр. 4 0 Умка</t>
+  </si>
+  <si>
+    <t>Жители леса. Раскраска квест по цвету. 240х240 мм, 24 стр. 4&amp;#43;0 Умка</t>
+  </si>
+  <si>
+    <t>942945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb7/bprsuyt7qxib2sbypzjcr67m7lhu2hgw.jpg</t>
   </si>
   <si>
     <t>Игры монстриков. Раскраска  Найди и покажи  с развивающими заданиями. 16 стр. Умка</t>
   </si>
   <si>
     <t>Игры монстриков. Раскраска «Найди и покажи» с развивающими заданиями. 16 стр. Умка</t>
   </si>
   <si>
     <t>942950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e4/rl5b3qko0orvgvw2hc8ehbdbt1r638jz.jpg</t>
   </si>
   <si>
     <t>Кавайные девочки. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/efa/pm58vm20vpd5zog1i8cr1xshwuuz5i9i.jpg</t>
   </si>
   <si>
     <t>Королевство Луны. Чудо- раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942955</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/630/zitofcwh74w4t96embu2w7c75wso6gae.jpg</t>
   </si>
   <si>
     <t>Космическая битва. Раскраска Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>942956</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/432/efpp2dun91y1abb8grobed2a2f32c0ia.jpg</t>
-[...5 lines deleted...]
-    <t>942959</t>
+    <t>http://anytos.ru//upload/iblock/27d/b3cvgahwc7bhpa9enm893i8x1m0kcrx3.jpg</t>
+  </si>
+  <si>
+    <t>Лунные воительницы. Как рисовать мангу. Раскраска Аниме. 210х290мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942961</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f23/mjij2ftx9ve56etfss1vswk40lfmtvdk.jpg</t>
+  </si>
+  <si>
+    <t>Лучшие друзья. Раскраска. 145х210мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1a/zfstbqnzlv3568e9bygcxth2v1rt2ci0.jpg</t>
   </si>
   <si>
     <t>Магия льда. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942963</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46f/3k3gu5p0qkvrf394hsy1y4enqjbxegf6.jpg</t>
   </si>
   <si>
     <t>Магия элементов. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942964</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d5b/lm242jbw3xo85q42wtw6p1f99na0t0hm.jpg</t>
+  </si>
+  <si>
+    <t>Майбах. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942965</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/900/oc54laj5cpidqawrmai3ukmzxke5uwai.jpg</t>
   </si>
   <si>
     <t>Майбах. Раскраска-малышка. 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/490/ru8jfalsu28e70t9ql3udxhyleez1qdb.jpg</t>
   </si>
   <si>
     <t>Мамы и малыши. Раскраска с развивающими заданиями. Найди и покажи. 214х290мм 16стр. Умка</t>
   </si>
   <si>
     <t>942968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec6/2ux7d4a05eguey8tylrqtbs2qwpupl0n.jpg</t>
   </si>
   <si>
     <t>Маша и Медведь. Большое путешествие. Эко Крафт раскраска.145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942970</t>
@@ -6758,164 +7118,209 @@
   <si>
     <t>Ниндзя-динозавры. Раскраска-малышка. 16 заданий. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>942982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b49/z191uxyluz6631rwbtqk7gb30kjai6r4.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Кешин пикник. Ми-ми-мишки. 16 заданий. 145х210мм 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>942994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e3/vtnujfyce1c3n3spphb2vs56pcrmlpxn.jpg</t>
   </si>
   <si>
     <t>Сейлор Мун. Лунные воительницы. Раскраска-малышка. 16 заданий. 145х210мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>942997</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f6b/qz0z33efse8kghc9ls10v5n5eagl9bq7.jpg</t>
+  </si>
+  <si>
+    <t>Семейка Вампиров. Первая раскраска А5. 145х210 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942998</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/415/zffy49zfcdtsluv948xcbhw1fkdwjywm.jpg</t>
   </si>
   <si>
     <t>Супер-грузовики. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>943004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c73/vj4yvbgjaag092h9h17cfm6t0nh8li67.jpg</t>
   </si>
   <si>
     <t>СУПЕРДЕВОЧКИ. Бомбическая раскраска. Лол 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>943005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e4/a6l3xahq4glpzx23owi0lozlmiwpt7ia.jpg</t>
   </si>
   <si>
     <t>Суровые испытания. Раскраска-малышка. 16 заданий. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>943006</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/121/hxzrnewcvebjrso10wvpideklcqt5agn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/205/s2pt0tm5f9dwnndz52ubau2l6whlfl1x.jpg</t>
   </si>
   <si>
     <t>Феррари. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>943012</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0fb/pus0jx0s91mx8z9k4l1gz941tuj3tah8.jpg</t>
+  </si>
+  <si>
+    <t>Холодная страна. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>943014</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3bc/1n44chloj214vuovk0t87zex60sadcfz.jpg</t>
   </si>
   <si>
     <t>Храбрые стражи. Супер-раскраска. 64 картинки. 205х280 мм. Скрепка. 64 стр. Умка</t>
   </si>
   <si>
     <t>943015</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d20/n39wou3q1esv3cpyjfc16aw98ucrcak9.jpg</t>
+  </si>
+  <si>
+    <t>Чемпионские гонки. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>943019</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e66/h36ghodk8lp7o1uiq5ynb55p7yo1612w.jpg</t>
   </si>
   <si>
     <t>Русалочка спешит на бал. Раскраска соедини по цифрам. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>943022</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af2/iw9lyg9g7x2p25bt84f1bgigsj7tzjs0.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска А4 эконом, В ГОРОДЕ МАШИН, 195х276 мм, 16 стр., PROF-PRESS, 8346-0</t>
   </si>
   <si>
     <t>В книжке-раскраске А4 дети найдут множество интересных сюжетов и забавных картинок для раскрашивания. Дайте ребёнку цветные карандаши или краски, и он с удовольствием и пользой проведёт время! Книжка-раскраска научит маленького начинающего художника хорошо разбираться в цветах и поможет пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Ассорти - без возможности выбора.</t>
   </si>
   <si>
     <t>943724</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a6a/9eyoas774970flza3rbxlduacgzdauai.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска ВИММЕЛЬБУХ, ЖИВОТНЫЙ МИР, 235х330 мм, 16 стр., PROF-PRESS, 4066-8</t>
+  </si>
+  <si>
+    <t>Если обычные раскраски уже не интересны ребёнку, подарите ему книги серии &amp;quot;Раскраска-виммельбух&amp;quot;. Насыщенные деталями иллюстрации с большим количеством интересных героев надолго увлекут маленького художника. Теперь скучать не придётся! Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Дизайн ассорти - без возможности выбора.</t>
+  </si>
+  <si>
+    <t>943731</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/154/edgj0v5oclwv1kbuegv5bbzr9mrf79k4.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска С СИЯЮЩИМИ НАКЛЕЙКАМИ, ЩЕНОЧКИ, 196х240 мм, 16 стр., PROF-PRESS, 0113-3</t>
   </si>
   <si>
     <t>Серия раскрасок &amp;quot;Раскраска с сияющими наклейками&amp;quot; удивит маленьких любителей рисования. Внутри так много красивых и милых картинок, которые не оставят равнодушным ни одного малыша: котики, милые зверушки, щеночки и пони! Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Дизайн ассорти - без возможности выбора.</t>
   </si>
   <si>
     <t>943736</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c62/9oonxwbsa2bwhbdfy55nroh0xzkmrtib.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска СУПЕРРАСКРАСКА КРУТЫЕ МАШИНКИ И РОБОТЫ, 200х280 мм, 64 стр., PROF-PRESS, 1209-2</t>
   </si>
   <si>
     <t>&amp;quot;Супер Раскраска&amp;quot; PROF-PRESS - идеальный подарок для маленьких любителей рисования. Внутри так много картинок, что любой малыш найдёт для себя что-то интересное! Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Дизайн – ассорти без возможности выбора.</t>
   </si>
   <si>
     <t>943737</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/os8ndz20i1ih1nuwsd2k085nvcz7c74g.png</t>
   </si>
   <si>
     <t>Умные раскраски. Леди-Баг и Супер-Кот. Чудесный талисман</t>
   </si>
   <si>
     <t>945646</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/995/yjemp03hrk6854utv0vrpvnb30hvwj9g.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска Маленький художник, АВТОГОНКИ, 195х250 мм, 16 страниц, BRIGHT KIDS, Р-3498</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска научит маленького художника хорошо разбираться в цветах, пополнит его словарный запас. Раскраска способствует развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Ребёнку предстоит раскрасить элементы с широкими контурами, проявив фантазию. Забавные изображения порадуют юного художника и помогут ему сделать первые шаги на пути к большому искусству. Работа с книжкой-раскраской прекрасно развивает воображение и аккуратность.Ассорти из 10 дизайнов без возможности выбора.</t>
+  </si>
+  <si>
+    <t>945918</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/936/bizyknevlaohy1mc6p43dcpez5cpvyd4.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Чебурашка. Твой лучший друг</t>
   </si>
   <si>
     <t>Очень большая раскраска «Чебурашка. Твой верный друг» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>945999</t>
   </si>
   <si>
     <t>&lt;a href="/brands/cheburashka/"&gt;Чебурашка&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39f/fiq4iak8fz8u7t09n3ozgyvhwvb48wme.png</t>
   </si>
   <si>
     <t>Раскраски-наклейки. Чебурашка. Любимый ушастик</t>
   </si>
   <si>
     <t>946530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e4/ughku1coe1o33ewfoj2oyhikjewb8p4v.png</t>
@@ -6965,173 +7370,122 @@
   <si>
     <t>Добро пожаловать в увлекательный мир крошек L.O.L. Surprise! Ребенка ждут увлекательные игры, раскраски и творческие задания. Раскраски с изображением любимых героев способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.С помощью прозрачных страничек-обводилок ребенок научится рисовать стильных девчонок ЛОЛ и создавать аппликации. А из магнитов можно собирать удивительные композиции на магнитной доске или на холодильнике. Подружек LOL можно нарядить на свой вкус: подбирать платья, обувь и украшения. Много магнитных деталей для бесконечных экспериментов!</t>
   </si>
   <si>
     <t>949442</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e2/gxgdtfyfj91akb9zbyshvgpzj3x2hxm3.jpeg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Коты Эрмитажа. Коты в музее</t>
   </si>
   <si>
     <t>Очень большая раскраска «Коты Эрмитажа. Коты в музее» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет:• Развить творческие способности, фантазию и усидчивость• Рисовать прямо на полу с друзьями и родителями• Использовать всевозможные сочетания цветов• Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>949443</t>
   </si>
   <si>
     <t>&lt;a href="/brands/koti-ermitazha/"&gt;Коты Эрмитажа&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/437/tjsd8iazg2d7qfjxeltm5yhlhqv5g7gu.jpeg</t>
-[...2 lines deleted...]
-    <t>Макси-раскраски. Ми-ми-мишки. Развивающая книга</t>
+    <t>http://anytos.ru//upload/iblock/7a9/u90bwyoa493w23a182d4xcalqi7d9jwp.jpeg</t>
+  </si>
+  <si>
+    <t>Макси-раскраски. Наши маленькие друзья. Развивающая книга</t>
   </si>
   <si>
     <t>Каждому маленькому художнику нужна большая раскраска! Ведь раскрашивать так интересно! На страницах альбома ребенка ждут увлекательные сюжеты, любимые герои, множество элементов для раскрашивания. Раскраска – это не только возможность весело провести время, но и подготовка руки к письму, развитие творческих способностей и фантазии</t>
   </si>
   <si>
-    <t>949444</t>
-[...7 lines deleted...]
-  <si>
     <t>949445</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/982/p238f41vu0uwlyzv2tz42k9pr2e4w75v.jpeg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/80e/3aq2a0taiwlpibbnt7zp55tgfouulr8y.jpeg</t>
   </si>
   <si>
     <t>Макси-раскраски. Машинки. Развивающая книга</t>
   </si>
   <si>
     <t>949450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/512/u0frsqs1ez96uy50lnpkihpr19m9uu5o.jpeg</t>
   </si>
   <si>
     <t>Картины-раскраски в рамке. Коты Эрмитажа. Хвостатая гвардия</t>
   </si>
   <si>
     <t>949452</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/319/ml8dijkazgl29dvuisn1d3yr4p7d3d3y.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e4d/xpny64gyv1mxva6a22y1r20r9dp27b2c.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Барби quot;, 8стр., с наклейками</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Барби&amp;quot;, 8стр., с наклейками</t>
   </si>
   <si>
     <t>967748</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90f/20zxk7p77ucimicblau9yyel32cvwn22.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Наклей и раскрась. Барби quot;, 16стр. с наклейками</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Наклей и раскрась. Барби&amp;quot;, 16стр. с наклейками</t>
   </si>
   <si>
     <t>967753</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2aa/4plkyf8ykia289eq1q03o06r51iv5eeg.jpg</t>
   </si>
   <si>
     <t>Раскраска A4, Мульти-Пульти  quot;Чебурашка quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска A4, Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>968996</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/afe/xuniywbihpk9mg1wmlteqeg4kczd3w04.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Раскрась по образцу. Выпуск 1 quot;, 8 стр.</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Раскрась по образцу. Выпуск 1&amp;quot;, 8 стр.</t>
   </si>
   <si>
     <t>969013</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbd/jd0xtqukuo5ef9tnjo710r3kt6wbe00a.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Раскрась по образцу. Выпуск 2 quot;, 8 стр.</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Раскрась по образцу. Выпуск 2&amp;quot;, 8 стр.</t>
   </si>
   <si>
     <t>969014</t>
@@ -7139,62 +7493,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fc4/704stz0knber0rai03a97f14ayz2x2rv.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Рисуем пальчиками. Выпуск 1 quot;, 8 стр.</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Рисуем пальчиками. Выпуск 1&amp;quot;, 8 стр.</t>
   </si>
   <si>
     <t>969030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/883/z2pa1ssw7gpvswbadea8yrmazfw0rwz1.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Рисуем пальчиками. Выпуск 2 quot;, 8 стр.</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Рисуем пальчиками. Выпуск 2&amp;quot;, 8 стр.</t>
   </si>
   <si>
     <t>969031</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/872/u0n1gvdok04nvv6vtmth2z3gvqkl1i8m.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f7c/yxh0ax3x40vqm8w8bjb8o2u3cl5mkmg3.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска  quot;ЛИЦЕНЗИОННЫЕ СЮЖЕТЫ quot;, АССОРТИ, 210х290 мм, 16 страниц,  quot;УМКА quot;</t>
   </si>
   <si>
     <t>Книжка-раскраска &amp;quot;УМКА&amp;quot; поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. При раскрашивании развивается мелкая моторика и кисть руки, что напрямую связано с развитием мышления малыша, а также с успешностью освоения им навыков письма.Варианты дизайнов ассорти. Без возможности выбора.</t>
   </si>
   <si>
     <t>972020</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb6/5dpjmq2hekj0o079p0q0zrehqhmii0kl.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска  quot;ПОПУЛЯРНЫЕ СЮЖЕТЫ quot; АССОРТИ, 145х210 мм, 16 страниц,  quot;УМКА quot;</t>
   </si>
   <si>
     <t>972021</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/442/0eaulf48av71i08susrv3vlf32acx0cx.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска  quot;ПОПУЛЯРНЫЕ СЮЖЕТЫ quot; АССОРТИ, 214х290 мм, 16 страниц,  quot;УМКА quot;</t>
@@ -7271,141 +7613,144 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ab4/5h9nqmb0soqes1zya2xfgvx0ha79u3yk.jpg</t>
   </si>
   <si>
     <t>Книжка с наклейками фигурн. Каляка-Маляка КРУПНЫЕ НАКЛЕЙКИ КТО ГДЕ ЖИВЕТ 8 стр   2 л. с наклей. от 1 года</t>
   </si>
   <si>
     <t>Раскраска наклейками Каляка-Маляка развивает мелкую моторику и прекрасно влияет на психо-эмоциональное состояние ребенка. Малыш научится сопоставлять цвета, формы и размеры и получит удовольствие от процесса! Формат раскраски А4, содержит 8 наклеек.</t>
   </si>
   <si>
     <t>975366</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/1rmjk87oq868e99snoc8w69gxxamfx3p.jpg</t>
   </si>
   <si>
     <t>Книжка с наклейками фигурн. Каляка-Маляка КРУПНЫЕ НАКЛЕЙКИ МАМЫ И МАЛЫШИ 8 стр   2 л. с наклей. от 1 года</t>
   </si>
   <si>
     <t>Раскраска наклейками Каляка-Маляка развивает мелкую моторику и прекрасно влияет на психо-эмоциональное состояние ребенка. Малыш научится сопоставлять цвета, формы и размеры и получит удовольствие от процесса! Формат раскраски А4, содержит 13 наклеек.</t>
   </si>
   <si>
     <t>975367</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e43/buisote1jinw8klpao0gwf4bd4x6srv3.jpg</t>
-[...14 lines deleted...]
-    <t>Раскраска детская Каляка-Маляка ЖИВОТНЫЕ с цв. контуром А4 205х290 мм скреп. 6 л. от 1 года универс.</t>
+    <t>http://anytos.ru//upload/iblock/589/5k0d55nnal3v7ep8d1xq1awsq1zh6jdt.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка  ЖИВОТНЫЕ с цв. фоном А4 205х290 мм скреп. 6 л. от 2 лет универс.</t>
+  </si>
+  <si>
+    <t>Раскраски предназначены для детей дошкольного возраста старше 2 лет. Уровень сложности картинок соответствует способностям ребенка от 2 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 160 г/м2.</t>
+  </si>
+  <si>
+    <t>975455</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb1/0ew2z9ol07oq4w6ydb2fl22p0sybt6ec.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка ВРЕМЕНА ГОДА с цв. контуром А4 205х290 мм скреп. 6 л. от 1 года универс.</t>
   </si>
   <si>
     <t>Раскраски предназначены для детей дошкольного возраста старше 1 года. Уровень сложности картинок соответствует способностям ребенка от 1 года. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 100 г/м2.</t>
   </si>
   <si>
-    <t>975459</t>
+    <t>975457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c03/nlsimblhkm8i01y5wujg0tqx9k5ifwq3.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка ЖИВОТНЫЕ И СТРАНЫ с загадками А4 205х290 мм скреп. 8 л. от 2 лет универс.</t>
+  </si>
+  <si>
+    <t>Раскраски предназначены для детей дошкольного возраста старше 2 лет. Уровень сложности картинок соответствует способностям ребенка от 2 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 100 г/м2.</t>
+  </si>
+  <si>
+    <t>975458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/123/xln3ogmu0kzuebf4jx5vfx8oph4j866a.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка ЖИВОТНЫЕ со стихами А4 205х290 мм скреп. 8 л. от 2 лет универс.</t>
+  </si>
+  <si>
+    <t>975460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/802/ctyum9gjazoeikw9o035fhe7zduhocgf.jpg</t>
   </si>
   <si>
     <t>Раскраска детская Каляка-Маляка ИГРУШКИ со стихами А4 205х290 мм скреп. 8 л. от 2 лет универс.</t>
   </si>
   <si>
-    <t>Раскраски предназначены для детей дошкольного возраста старше 2 лет. Уровень сложности картинок соответствует способностям ребенка от 2 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 100 г/м2.</t>
-[...1 lines deleted...]
-  <si>
     <t>975461</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2a1/h01m6ms9t9jjbzgq2kgglxr4ybslan9w.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка ЛЕСНЫЕ ЖИТЕЛИ с загадками А4 205х290 мм скреп. 8 л. от 2 лет универс.</t>
+  </si>
+  <si>
+    <t>975462</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/605/dfrvg1xwajsi5y6cneyvttvesj2g7r1b.jpg</t>
   </si>
   <si>
     <t>Раскраска детская Каляка-Маляка НА ПРОГУЛКЕ со стихами А4 205х290 мм скреп. 8 л. от 2 лет универс.</t>
   </si>
   <si>
     <t>975463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3a/wgbjqpsw7n3shql40vuw32l4coy8iaxn.jpg</t>
   </si>
   <si>
     <t>Раскраска детская Каляка-Маляка ОТКРЫТКИ с цв. фоном А4 205х290 мм скреп. 6 л. от 2 лет универс.</t>
   </si>
   <si>
-    <t>Раскраски предназначены для детей дошкольного возраста старше 2 лет. Уровень сложности картинок соответствует способностям ребенка от 2 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 160 г/м2.</t>
-[...1 lines deleted...]
-  <si>
     <t>975464</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/292/yu8901tbc9o0iegsrie6qmtmespk3goe.jpg</t>
-[...32 lines deleted...]
-    <t>981868</t>
+    <t>http://anytos.ru//upload/iblock/60e/n1dmjqh4kyo9kq4qvzhlemdxpopvmrc0.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-Раскраска  quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ quot;, КОМПЛЕКТ 15 шт., 140х200 мм, 16 стр., PROF-PRESS</t>
+  </si>
+  <si>
+    <t>В наборе книжек-раскрасок формата А5 &amp;quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ&amp;quot; представлено много интересных и увлекательных сюжетов. Дайте малышу цветные карандаши, краски или фломастеры, и он с удовольствием и пользой проведёт время! Комплект книжек-раскрасок из 15 штук с сюжетами ассорти. В наборе представлены:- раскраски с общими развивающими сюжетами - Сказки &amp;#40;с кратким описанием и изображением последовательности истории&amp;#41;, Азбука, Овощи и фрукты, Профессии, Правила дорожного движения; - самые популярные сюжеты для мальчиков и девочек - Животные, Принцессы, Машинки и т.д.Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 15 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
+  </si>
+  <si>
+    <t>975727</t>
+  </si>
+  <si>
+    <t>18</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41a/jaff04ajapn4spgrjvfiq1ytuvsd8wq2.jpg</t>
   </si>
   <si>
     <t>Раскраска водная 200 250 ТРИ СОВЫ  quot;Раскрась водой. Первые игрушки quot;, 8стр.</t>
   </si>
   <si>
     <t>Раскраска водная 200*250 ТРИ СОВЫ &amp;quot;Раскрась водой. Первые игрушки&amp;quot;, 8стр.</t>
   </si>
   <si>
     <t>981869</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed2/hgh5llppfamwbg0siy1il2a5ulao0axz.jpg</t>
   </si>
   <si>
     <t>Раскраска водная 200 250 ТРИ СОВЫ  quot;Раскрась водой. Русалочки quot;, 8стр.</t>
   </si>
   <si>
     <t>Раскраска водная 200*250 ТРИ СОВЫ &amp;quot;Раскрась водой. Русалочки&amp;quot;, 8стр.</t>
   </si>
   <si>
     <t>981871</t>
   </si>
@@ -7424,206 +7769,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/23d/xiop32lr6keargey3w09mnyxjwhidpt5.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Антистресс. Вокруг света quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Антистресс. Вокруг света&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0b/1hkknp1jxvt9hy0gf8awfn156v9zmdtk.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Антистресс. Девушка-загадка quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Антистресс. Девушка-загадка&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983799</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff9/3xabp1xxgeheo7rfemx7qrtwcl0mlaz5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/982/hxfnygcac0ozro0stx3ac2p16yhx8rs3.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Антистресс. Мир кошек quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Антистресс. Мир кошек&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983801</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a15/8uxop5wv8mqw5sdpq8gbx2bjm768i174.jpg</t>
-[...82 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fac/59cmz9lmgf09v9h5vvsw0t3nvjwxkhnh.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Дикие животные quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Дикие животные&amp;quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>983815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/052/2jkmsssyl6xu70b3mn2yh1tacffhkewq.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Динозавры и драконы quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Динозавры и драконы&amp;quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>983816</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17b/uxnxzlkd3kv6650rra01ns2s1jw5ai5h.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Для творчества и вдохновения. Animal city quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Для творчества и вдохновения. Animal city&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983817</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/907/5epnu9dor297dv82hkz3pzl9cavsq8bn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c41/uoc7wxm83s8nbuim7zneb5p10q93e8ho.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Для творчества и вдохновения. Дружная семейка quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Для творчества и вдохновения. Дружная семейка&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983819</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b47/htkv17hb1cp4dwk9g9u2i9zw0pkumigy.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Для творчества и вдохновения. Пушистые истории quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Для творчества и вдохновения. Пушистые истории&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983820</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb1/e36upb5jqtlbgbdwnu3kr1lubq41nkdx.jpg</t>
@@ -7652,74 +7889,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/53e/gxts4vfrbk47sictbgb0d5at6166m1vw.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Мамы и малыши quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Мамы и малыши&amp;quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>983834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a1/lx192bf61suqc154ti7j3ahyd65mj92i.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Остров сокровищ quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Остров сокровищ&amp;quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>983839</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/980/lc1r5f0dspes4pgt9lyt9ept5rw9o96m.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c6/hgijji0fzjrupbyn0lzxivvv3bdpikpc.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Страна единорожек quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Страна единорожек&amp;quot;, 16стр., цветной фон</t>
   </si>
   <si>
     <t>983848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/818/f1sj9lu1rpv7zzrau6b0ngrcjed7tsqs.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ  quot;Удивительные существа quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Удивительные существа&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983851</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/981/0ckecv2e9u21bv180yr02qg5ddwg7cub.jpg</t>
@@ -7748,113 +7961,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8b3/o9vn9800o1gvv7oxyjn0e7kxnuqsbm8c.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Для малышей. Выпуск 1 quot;, 8стр., цветной фон</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Для малышей. Выпуск 1&amp;quot;, 8стр., цветной фон</t>
   </si>
   <si>
     <t>983858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82e/6mje75hem8s9p6xejz57lj0g0u38xj90.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Для малышей. Выпуск 2 quot;, 8стр., цветной фон</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Для малышей. Выпуск 2&amp;quot;, 8стр., цветной фон</t>
   </si>
   <si>
     <t>983859</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85f/lsgf3s0oec70pd1gy9ruycwc6q0dztdj.jpg</t>
-[...8 lines deleted...]
-    <t>983860</t>
+    <t>http://anytos.ru//upload/iblock/c6f/8nrz1xqhv4gd7j77ui7mmb73s8xtumyj.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Посмотри и раскрась. Выпуск  1 quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Посмотри и раскрась. Выпуск №1&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/87down2wxrqi3w88yxq78qosymit7xg4.jpg</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ  quot;Посмотри и раскрась. Выпуск  3 quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Посмотри и раскрась. Выпуск №3&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>983866</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/475/vqnctjranakw8z2ygi5i2g0tplglw9lb.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ  quot;Герои сказок quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Герои сказок&amp;quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>983881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0b/dkg3nc0sobbwhikqrvuyxqjn9g2rk6rv.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ  quot;Для стильных девочек quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Для стильных девочек&amp;quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>983882</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/243/7euorafnp7pxnpfwwklo23hgvluu5534.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bed/2e1evyeqbc39sobdqrlu9bjh41mr02tx.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ  quot;Принцесса и ее друзья quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Принцесса и ее друзья&amp;quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>983884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfb/ydhs3k2nio50da9gs79ha0ho0rimn5la.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ  quot;Транспорт quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Транспорт&amp;quot;, на склейке, 40стр.</t>
   </si>
   <si>
     <t>983885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e44/y192o0k2n6bz93iz98oa6e8fr8ilnxdi.jpg</t>
@@ -7895,434 +8093,359 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aa3/68x1aivcdbuhirko36bsdesfmc54ei1j.jpg</t>
   </si>
   <si>
     <t>Раскраска пластилином А5 ТРИ СОВЫ  quot;Выпуск  2 quot;, 8стр.</t>
   </si>
   <si>
     <t>Раскраска пластилином А5 ТРИ СОВЫ &amp;quot;Выпуск №2&amp;quot;, 8стр.</t>
   </si>
   <si>
     <t>983892</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd2/sot3gwbis7670t19a5ckrsdehdb7xgyw.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Царевны. Время чудес</t>
   </si>
   <si>
     <t>Очень большая раскраска «Царевны. Время чудес» ? подарок для всех, кто любит рисовать и раскрашивать! А также для поклонниц мультфильма &amp;quot;Царевны&amp;quot;. Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>985952</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0ea/0q93wn03lqah8fd7mwbekxrlxjbqq8m9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a5c/cjtmwvcnmquvuoan3imzr4wqcrmtvwzf.jpg</t>
   </si>
   <si>
     <t>Раскраска  quot;МАКСИ-РАСКРАСКА quot;, АССОРТИ, 340х485 мм, 20 стр., внутренний блок 100 г м2, PROF-PRESS</t>
   </si>
   <si>
     <t>Новые MAXI-раскраски вызовут восторг у каждого ребёнка своим нестандартным форматом и крупными изображениями любимых героев. А благодаря перфорированным листам и твёрдой основе раскраска очень удобна в использовании. Дизайн ассорти. Без возможности выбора.</t>
   </si>
   <si>
     <t>994583</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/712/fik93l8lftdlmhk0fgkibetdbz8azvd4.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска водная  quot;МОЯ ПЕРВАЯ ВОДНАЯ РАСКРАСКА quot;, АССОРТИ, 195х195 мм, 12 стр., PROF-PRESS</t>
+  </si>
+  <si>
+    <t>Вашему маленькому художнику уже хочется взять в руки кисть, но пока сложно справиться с рисованием самостоятельно? Серия &amp;quot;Моя первая водная раскраска&amp;quot; наверняка понравится ему, ведь это полезное и увлекательное занятие. Потребуются только кисть и вода! Краски не понадобятся, ведь узор с разнообразными и яркими оттенками заранее нанесён на рисунки по уникальной технологии.Дизайн ассорти. Без возможности выбора.</t>
+  </si>
+  <si>
+    <t>994599</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e55/b519yeez0iq0k9b14u8sv6kmx917hutd.jpg</t>
   </si>
   <si>
     <t>Раскраски-антистресс  quot;MyArt. Мой коуч сказал quot;, КОМПЛЕКТ 2 шт., 200х230 мм., 48 стр., PROF-PRESS</t>
   </si>
   <si>
     <t>Раскраски-антистресс призваны помочь вам настроиться на позитив и отвлечься от проблем. А как известно, природа и котики - это лучшие антидепрессанты на все времена. Раскрашивайте, наполняйтесь ресурсом и заряжайтесь энергией для счастья здесь и сейчас. Данные раскраски помогут провести свободное время в атмосфере творчества и станут прекрасным развлечением даже для тех, кто совершенно не умеет рисовать. Мелкие детали рисунков предназначены для снятия накопившегося стресса и усталости.</t>
   </si>
   <si>
     <t>995047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88f/rr72dbri9valfkvvzt5pq6ermteypsxm.jpg</t>
   </si>
   <si>
     <t>Раскраски  quot;Для девочек quot;, КОМПЛЕКТ 12 шт., А5, 140х200 мм, 16 стр., ПП</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 12 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
   </si>
   <si>
     <t>995048</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/042/arr36vrune9xd0tnbmdmcf36jzzo1s96.jpg</t>
   </si>
   <si>
     <t>Раскраски  quot;Для мальчиков quot;, КОМПЛЕКТ 10 шт, А5, 140х200 мм, 16 стр., ПП</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 10 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
   </si>
   <si>
     <t>995049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/353/invvi68qatdwe613t0y8ohrgtvgphwcz.jpg</t>
   </si>
   <si>
     <t>Раскраски  quot;МАЛЕНЬКИЙ ХУДОЖНИК quot;, КОМПЛЕКТ 15 шт, А4, 195х250 мм, 16 стр., ПП</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 15 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
   </si>
   <si>
     <t>995050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e2/hi8w81lppeie6eakjo77kvtcvzx4dnsj.jpg</t>
   </si>
   <si>
     <t>Раскраски водные  quot;МОЯ ПЕРВАЯ ВОДНАЯ РАСКРАСКА quot;, КОМПЛЕКТ 5 шт., 195х195 мм, 12 стр., ПП</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления, а также усидчивости и внимательности. Краски не понадобятся, ведь узор с разнообразными и яркими оттенками заранее нанесен на рисунки по уникальной технологии. Приготовьте воду и кисточку. Раскрашивайте картинку водой в рамках контура, каждый раз при смене цвета промывайте кисть. Получите в результате яркие рисунки!</t>
   </si>
   <si>
     <t>995277</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c65/98lljza3kmbjsspbvrsqfkxy85j6bhnf.jpg</t>
   </si>
   <si>
     <t>Раскраска для девочки  quot;ЕДИНОРОГ quot;, 242х300 мм, 80 стр., PROF-PRESS, 38849</t>
   </si>
   <si>
     <t>Книжка-раскраска для девочки &amp;quot;ЕДИНОРОГ&amp;quot; – идеальный подарок для маленьких любителей единорогов. Внутри так много картинок, что любой малыш найдет для себя что-то интересное! Книжка-раскраска научит маленького начинающего художника хорошо разбираться в цветах и поможет развить воображение. Раскраски способствуют развитию мелкой моторики, образного мышления, а также усидчивости и внимательности.</t>
   </si>
   <si>
     <t>995365</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/352/e3enuu1su8ajhzc10ortnbx3bzri6gwo.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска для девочки  quot;КОТЯТА quot;, 242х300 мм, 80 стр., PROF-PRESS, 38825</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска для девочки &amp;quot;КОТЯТА&amp;quot; – идеальный подарок для маленьких любителей котиков. Внутри так много картинок, что любой малыш найдет для себя что-то интересное! Книжка-раскраска научит маленького начинающего художника хорошо разбираться в цветах и поможет развить воображение. Раскраски способствуют развитию мелкой моторики, образного мышления, а также усидчивости и внимательности.</t>
+  </si>
+  <si>
+    <t>995366</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b87/m8imgrhollgeb9nffam2r9nnyvhre116.jpg</t>
   </si>
   <si>
     <t>Поколение героев. Супер-пупер раскраска. 195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Супер-пупер раскраска «Поколение героев» ТМ «УМка» станет отличным подарком для юных художников: - тщательно прорисованные картинки для раскрашивания, - увлекательные суперзадания, - короткие сюжетные тексты, - аниме-персонажи. Супер-пупер раскраска о приключениях любимых аниме-героев подарит ребёнку отличное настроение. Эта занимательная раскраска не только скрасит его досуг, но и поможет ему потренировать руку к письму. Он с удовольствием будет раскрашивать картинки с чётким контуром и выполнять увлекательные задания. Игровые занятия с раскраской ТМ «УМка» способствуют развитию: - мелкой моторики, - творческого мышления, - внимания, - усидчивости. Объём: 16 стр. Формат: 195 x 255 мм. Материал: офсетная бумага. Рекомендовано детям младшего школьного возраста.</t>
   </si>
   <si>
     <t>997346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/200/0oxufaofnni1hzy9sr9b4dnfbo2ry0ne.jpg</t>
   </si>
   <si>
     <t>Стильные питомцы. Супер-пупер раскраска. 195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Супер-пупер раскраска «Стильные питомцы» ТМ «УМка» станет отличным подарком для юных художников: - тщательно прорисованные картинки для раскрашивания, - увлекательные суперзадания, - короткие сюжетные тексты, - милые персонажи. Супер-пупер раскраска о модных домашних животных подарит ребёнку отличное настроение. Эта занимательная раскраска не только скрасит его досуг, но и поможет ему потренировать руку к письму. Он с удовольствием будет раскрашивать картинки с чётким контуром и выполнять увлекательные задания. Игровые занятия с раскраской ТМ «УМка» способствуют развитию: - мелкой моторики, - творческого мышления, - внимания, - усидчивости. Объём: 16 стр. Формат: 195 x 255 мм. Материал: офсетная бумага. Рекомендовано детям старшего дошкольного возраста.</t>
   </si>
   <si>
     <t>997347</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a38/2okjb3e5udq2g2bs5m58843m3pf791pt.jpg</t>
   </si>
   <si>
     <t>Морское приключение. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Чудо-раскраска «Морское приключение» ТМ «УМка» приглашает детей порисовать: - тщательно прорисованные картинки для раскрашивания, - разнообразные и интересные иллюстрации, - любимые герои, - короткие сюжетные тексты к рисункам. На каждой страничке этой чудо-раскраски ребёнка ждёт встреча с принцессой подводного царства и её друзьями. Раскрашивая их, маленький художник не только отлично проведёт время, но и разовьёт воображение, потренирует внимание, научится аккуратности и, конечно же, подготовит руку к письму. Благодаря удобному формату раскраску можно взять с собой в путешествие. Игровые занятия с раскраской ТМ «УМка» способствуют развитию: - моторики, - внимания, - фантазии и воображения, - усидчивости. Объём: 8 стр. Формат: 214 x 290 мм &amp;#40;А4&amp;#41;. Материал: офсетная бумага. Рекомендовано детям старшего дошкольного возраста.</t>
   </si>
   <si>
     <t>997348</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99e/ft7fa2hpsr9g9at8436ux55ehejdobz5.jpg</t>
   </si>
   <si>
     <t>Раскраски  quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ quot;, КОМПЛЕКТ 20 шт., А4, 195х275 мм, 8 стр., ПП</t>
   </si>
   <si>
     <t>В наборе книжек-раскрасок формата А4 &amp;quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ&amp;quot; представлено много интересных и увлекательных сюжетов. Дайте малышу цветные карандаши, краски или фломастеры, и он с удовольствием и пользой проведет время! Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 20 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
   </si>
   <si>
     <t>997799</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3e5/v9i2vv43y60zy4ga24uduoqza2bislhh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2da/fkl6xvgxodkeraha6hiejfwkutij1ioa.jpg</t>
   </si>
   <si>
     <t>Раскраски с цветным контуром  quot;ПЕРВАЯ РАСКРАСКА quot;, КОМПЛЕКТ 6 шт., А4, 210х290 мм, 8 стр., УМКА</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска с цветным контуром отлично подойдет даже тем малышам, которые совсем недавно научились держать карандаш. Крупные детали, широкий контур и яркие цвета помогут развить творческие способности.</t>
   </si>
   <si>
     <t>998543</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/120/d9ebcthizekgemq0esscpcxxr8bfdsfo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1de/bkrmjcm7569qqkdrd74hq6v8vp7ym9cp.jpg</t>
   </si>
   <si>
     <t>Раскраски  quot;Для девочек quot;, КОМПЛЕКТ 10 шт., А4, 214х290 мм, 16 стр., лицензия, УМКА</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разобраться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Комплект состоит из 10 раскрасок разных сюжетов без возможности выбора сюжетов. В наборе представлены самые популярные сюжеты для девочек.Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета.</t>
   </si>
   <si>
     <t>999076</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c3/d6snk1t8451fh16vsn19e9hsewj8tdgg.jpg</t>
   </si>
   <si>
     <t>Раскраска с наклейками А4, 8стр., ТРИ СОВЫ  quot;Love is... quot;</t>
   </si>
   <si>
     <t>Раскраска с наклейками А4, 8стр., ТРИ СОВЫ &amp;quot;Love is...&amp;quot;</t>
   </si>
   <si>
     <t>1001711</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77b/3wsvgrxs4a1jfqhaq1uc2yqtwfh7dke9.jpg</t>
   </si>
   <si>
     <t>Раскраска с наклейками А4, 8стр., ТРИ СОВЫ  quot;Турбозавры quot;</t>
   </si>
   <si>
     <t>Раскраска с наклейками А4, 8стр., ТРИ СОВЫ &amp;quot;Турбозавры&amp;quot;</t>
   </si>
   <si>
     <t>1001716</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/503/sjt6dskdyhkr3446swvibdeoc4wqxbqj.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7cf/qruujjs4pvoupjij8uwvso2s6r3hux7e.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Вкусная раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Вкусная раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1002984</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f14/zl1bqzk52v4hgllvmsghrjfzzh89ik1u.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/354/hup5jr84yjq9je663yey03hrgfzs0s1h.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Для мальчика quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Для мальчика&amp;quot;</t>
   </si>
   <si>
     <t>1002987</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/427/56uyjbs03ioxclnuqlrolkrze73j6zzz.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Любимая раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Любимая раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1002989</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5f9/bwz4un1bmar1kuuvnx6sz6qy9hp1dnx8.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Любимые животные quot;</t>
+  </si>
+  <si>
+    <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Любимые животные&amp;quot;</t>
+  </si>
+  <si>
+    <t>1002990</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f9/0jkjqzxsx7dt10jzue40e20s2gnletp0.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Сказочная раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Сказочная раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1002991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a74/qoiq24ggxkittphu03qsfqqjgrqchzmd.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Для девочек quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Для девочек&amp;quot;</t>
   </si>
   <si>
     <t>1002992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd6/pdxyi2q1u90605b9vj0y1wf7dmso1c7b.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Для мальчиков quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Для мальчиков&amp;quot;</t>
   </si>
   <si>
     <t>1002993</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba5/hg2gl6676zxllug608hg73y026lfth4f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/293/lh561vb9pt3mubnwv7uu49rddifo4e3z.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Классная раскраска. Геройчики quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Классная раскраска. Геройчики&amp;quot;</t>
   </si>
   <si>
     <t>1002995</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94d/diu4nlr0vk4n1siladhwwf0f2g97vq22.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/441/ekofw8p5jvro6z6jwxvq1av7e0r6gl8p.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Классная раскраска. Турбозавры quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Классная раскраска. Турбозавры&amp;quot;</t>
   </si>
   <si>
     <t>1002998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a25/972voab4i889t4wbjx83v3hf44r60xk8.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Любимая раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Любимая раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1003001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d4/v4nq828g5dxdwm4i8535im2ol41fa72r.jpg</t>
@@ -8435,62 +8558,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d21/eaeoeoi7cvv3w4hk408irauoehrebrc9.jpg</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240 285мм, 16 стр., ТРИ СОВЫ  quot;Царевны quot;</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240*285мм, 16 стр., ТРИ СОВЫ &amp;quot;Царевны&amp;quot;</t>
   </si>
   <si>
     <t>1003020</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c7/jdrpvnn5e9ndhqsezqid84hpixa4isq3.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ  quot;В стиле Minecraft quot;</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ &amp;quot;В стиле Minecraft&amp;quot;</t>
   </si>
   <si>
     <t>1003021</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/607/89zqvnh9hq69k17cwl0e5uooalxuhphr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f4/tqrv0uyh0fxup7ow3gndyhepkn1akczg.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ  quot;Ми-ми-мишки quot;</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ &amp;quot;Ми-ми-мишки&amp;quot;</t>
   </si>
   <si>
     <t>1003023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/550/rs4r0yte2pczq4ujkwdsx4rqagr1dzwu.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ  quot;Сказочный патруль quot;</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ &amp;quot;Сказочный патруль&amp;quot;</t>
   </si>
   <si>
     <t>1003024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e4/id28zl8ncm714l4vykh9x2cb8zv1kyl5.jpg</t>
@@ -8519,126 +8630,114 @@
   <si>
     <t>http://anytos.ru//upload/iblock/693/tmao3kkw760xic0410n84hszzcfryzy0.jpg</t>
   </si>
   <si>
     <t>Раскраска пальчиковая с цв. фоном 190 190, 8 стр., ТРИ СОВЫ  quot;Рисуем пальчиками. Выпуск  1 quot;</t>
   </si>
   <si>
     <t>Раскраска пальчиковая с цв. фоном 190*190, 8 стр., ТРИ СОВЫ &amp;quot;Рисуем пальчиками. Выпуск №1&amp;quot;</t>
   </si>
   <si>
     <t>1003029</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87f/kullkflclau7s4zi8lvhvie6td9h3fmt.jpg</t>
   </si>
   <si>
     <t>Раскраска пальчиковая с цв. фоном 190 190, 8 стр., ТРИ СОВЫ  quot;Рисуем пальчиками. Выпуск  2 quot;</t>
   </si>
   <si>
     <t>Раскраска пальчиковая с цв. фоном 190*190, 8 стр., ТРИ СОВЫ &amp;quot;Рисуем пальчиками. Выпуск №2&amp;quot;</t>
   </si>
   <si>
     <t>1003030</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c2f/0nqlqvax94qsbz8ul8255r96k19w39np.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска-эскиз АРТформат ГОРОДА 10 листов А4 акварельная бумага, 200 гр, в папке</t>
+  </si>
+  <si>
+    <t>1007359</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/30f/r9sq59czhatnhd3l6nd5ejvs812ojloh.jpg</t>
   </si>
   <si>
     <t>Раскраска-эскиз АРТформат ПОРТРЕТЫ 10 листов А4 акварельная бумага, 200 гр, в папке</t>
   </si>
   <si>
     <t>1007360</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a19/6xql0dslwa3vje5yhh3msc8kw3ku70l8.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска по номерам Каляка-Маляка НОВОГОДНЯЯ А4 210х297 мм скреп. 8 л. от 3 лет универс.</t>
+  </si>
+  <si>
+    <t>1007361</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/68a/508tfiq8q454b0nrj528g8nmeub9f9v1.jpg</t>
   </si>
   <si>
     <t>Раскраска многоразовая водная с маркером, лицензия, АССОРТИ, А5, 140х210 мм, 12 стр., гребень, CENTRUM</t>
   </si>
   <si>
     <t>Водная раскраска CENTRUM с маркером. Легкие и разнообразные иллюстрации словно по волшебству оживают, наполняясь цветом. Достаточно маркера и воды. Извлеките из маркера специальный резервуар и наполните его водой. Для удобства в раскраске имеется подробная инструкция. Не обязательно соблюдать контурные границы, краска не растечется. Рисуйте любым способом, но помните, что после полного высыхания иллюстрация снова приобретет первоначальный вид и цвет исчезнет. Не рекомендуется рисовать на всех или нескольких страницах одновременно, необходимо дождаться полного высыхания и переходить к следующей иллюстрации. Маркер для воды имеет двухсторонний наконечник, одинаковый с обеих сторон. В случае деформации извлеките наконечник и поместите его обратно нужной стороной.</t>
   </si>
   <si>
     <t>1014195</t>
   </si>
   <si>
     <t>&lt;a href="/brands/centrum/"&gt;CENTRUM&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3fd/rs381ie7xu3icglq9sxjkzf4af714r1q.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e2b/29izj9q36fp5ba61w03hawgls7e73s63.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска  quot;Любимые сказки  1 quot;, КОМПЛЕКТ 10 шт., 16 стр., 210х290 мм, HATBER</t>
   </si>
   <si>
     <t>Серия раскрасок HATBER посвящена самым любимым детским сказкам. Ребенок может читать историю или слушать, как ее читает взрослый, и параллельно раскрашивать иллюстрации к ней. Замечательные картинки понравятся малышу, и он с удовольствием будет с ними работать.Комплект из 10 книжек. В каждой книжке 16 страниц. Размер книжки – 210х290 мм.</t>
   </si>
   <si>
     <t>1014429</t>
   </si>
   <si>
     <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e0/3valbcssi7a2gayto23ie0ecnd7l997k.jpg</t>
   </si>
   <si>
     <t>Книжка-раскраска  quot;Любимые сказки  2 quot;, КОМПЛЕКТ 10 шт., 16 стр, 210х290 мм, HATBER</t>
   </si>
   <si>
     <t>1014430</t>
-  </si>
-[...13 lines deleted...]
-    <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98b/x54q1v1y0p1qd1zonutpdeysramiydjb.jpg</t>
   </si>
   <si>
     <t>Раскраски детские  quot;Сказки детям quot;, КОМПЛЕКТ 4 шт., А4, 16 стр., HATBER</t>
   </si>
   <si>
     <t>Книжки-раскраски серии &amp;quot;Сказки детям&amp;quot; подарят ребёнку возможность самому раскрасить любимую сказку и её героев. Маленький художник будет в восторге. В серию вошли известные русские и зарубежные сказки. Эти книжки с фигурными страницами и чудесными иллюстрациями приятно держать в руках.Комплект из 4 шт. Формат – А4. В каждой книжке 16 страниц.</t>
   </si>
   <si>
     <t>1015212</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -8977,18619 +9076,18968 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J814"/>
+  <dimension ref="A1:M828"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G814" sqref="G814"/>
+      <selection pane="bottomRight" activeCell="G828" sqref="G828"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C6" s="1"/>
+        <v>24</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C18" s="1"/>
+        <v>64</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>65</v>
+      </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C24" s="1"/>
+        <v>84</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>85</v>
+      </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>85</v>
+      </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G26" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F27" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G27" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F28" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G28" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G29" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G30" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C31" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="G33" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="C46" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>156</v>
+      </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>166</v>
+        <v>121</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>120</v>
+        <v>174</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>89</v>
+        <v>176</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>175</v>
+        <v>87</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B81" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>282</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B93" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B98" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>372</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>378</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>378</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B110" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F110" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G110" s="3" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B111" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>393</v>
+        <v>408</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B118" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="C118" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>393</v>
+        <v>408</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>422</v>
+        <v>408</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>387</v>
+        <v>87</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>443</v>
+        <v>87</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>387</v>
+        <v>450</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F130" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G130" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G131" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...18 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>89</v>
+        <v>450</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>89</v>
+        <v>378</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="F134" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C135" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="G134" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>466</v>
+        <v>378</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>466</v>
+        <v>378</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B137" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>466</v>
+        <v>378</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>483</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>466</v>
+        <v>378</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="F139" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="F139" s="3" t="s">
+      <c r="B140" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="G139" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="C140" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="B141" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="C141" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="C141" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="C142" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="F142" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="B143" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="C143" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="F143" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="C143" s="1" t="s">
+      <c r="B144" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="C144" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="F144" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="C144" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="B145" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="C145" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="B146" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="C146" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="F146" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="C147" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="F147" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="C148" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="F148" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="C149" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="F149" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="C150" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>524</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>525</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>528</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>446</v>
+        <v>539</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>446</v>
+        <v>543</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>446</v>
+        <v>547</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>555</v>
+        <v>376</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B161" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="C161" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>573</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C164" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="F164" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C165" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="F165" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="C166" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="C167" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="F167" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="C168" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="F168" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="C168" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="B169" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="C169" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="C169" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="B170" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="C170" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="C171" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="C171" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="C172" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="C172" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="C173" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="C173" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="C174" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="B175" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="C175" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="C176" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="C177" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C178" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C179" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C180" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="F180" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="B181" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="C180" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C182" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="C182" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="F183" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="B184" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="C185" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="C186" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="C186" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="C187" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="C188" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="C189" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="C190" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="C191" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="B192" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="C192" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="B193" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="C193" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="B194" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="F194" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C195" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="B196" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C196" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="C197" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="C198" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F200" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="B202" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="C202" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F202" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="C204" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="B205" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="C207" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="C208" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B209" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C209" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="C210" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="C210" s="1" t="s">
+      <c r="C211" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="F211" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="C212" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="F212" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="C214" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G214" s="3" t="s">
         <v>745</v>
       </c>
-      <c r="C214" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E214" s="3" t="s">
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="F216" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="C217" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="C217" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>501</v>
+        <v>760</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>501</v>
+        <v>764</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>89</v>
+        <v>758</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>89</v>
+        <v>758</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>783</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>466</v>
+        <v>758</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
         <v>784</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>785</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>14</v>
+        <v>758</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>14</v>
+        <v>758</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>14</v>
+        <v>758</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>14</v>
+        <v>758</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>14</v>
+        <v>758</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>466</v>
+        <v>758</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>466</v>
+        <v>758</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>466</v>
+        <v>758</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
         <v>812</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>813</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>814</v>
       </c>
       <c r="F233" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="G233" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="F234" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>820</v>
-      </c>
-[...1 lines deleted...]
-        <v>821</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>822</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
         <v>823</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>824</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>824</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>825</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
         <v>826</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C237" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="F237" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>831</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>832</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
         <v>833</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>860</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
         <v>861</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>862</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>863</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>864</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
         <v>865</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>866</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1178</v>
+        <v>1186</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1183</v>
+        <v>1191</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1185</v>
+        <v>1193</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1186</v>
+        <v>1194</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1187</v>
+        <v>1195</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1306</v>
+        <v>1314</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1307</v>
+        <v>1315</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1308</v>
+        <v>1316</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1308</v>
+        <v>1317</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1309</v>
+        <v>1318</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1310</v>
+        <v>1319</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1311</v>
+        <v>1320</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1316</v>
+        <v>1324</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1319</v>
+        <v>1327</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1320</v>
+        <v>1328</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1321</v>
+        <v>1329</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1321</v>
+        <v>1329</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1322</v>
+        <v>1330</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1323</v>
+        <v>1331</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1324</v>
+        <v>1332</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1324</v>
+        <v>1332</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1325</v>
+        <v>1333</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1326</v>
+        <v>1334</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1327</v>
+        <v>1335</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1327</v>
+        <v>1335</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1328</v>
+        <v>1336</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1329</v>
+        <v>1337</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1331</v>
+        <v>1339</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1332</v>
+        <v>1340</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1336</v>
+        <v>1344</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1336</v>
+        <v>1344</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1337</v>
+        <v>1345</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1338</v>
+        <v>1346</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1339</v>
+        <v>1347</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1339</v>
+        <v>1347</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1340</v>
+        <v>1348</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1341</v>
+        <v>1349</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>1370</v>
+        <v>758</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>1381</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
         <v>1383</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="C402" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1385</v>
       </c>
-      <c r="D402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="F402" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="B403" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="C403" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1388</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="B404" s="1" t="s">
         <v>1390</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="C404" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1391</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="B405" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="C405" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1394</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="B406" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="C406" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1397</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="F406" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="B407" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="C407" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1401</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="F407" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="B408" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="C408" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="F408" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="B409" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="C409" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1408</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="B410" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1412</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="B411" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="C411" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1416</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="B412" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="C412" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1420</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="B413" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="C413" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1423</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="C412" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="D412" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="C414" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1427</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="B415" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="D413" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="C415" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1430</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="F415" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="C416" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1433</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="F416" s="3" t="s">
         <v>1434</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="G416" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="B417" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="C415" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="C417" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1438</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="B418" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="C418" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1442</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="B419" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="F417" s="3" t="s">
+      <c r="C419" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="G417" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1446</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="F419" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="C420" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1450</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="C419" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="B421" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="C421" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1454</v>
       </c>
-      <c r="C420" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="F421" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="B422" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1458</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="B423" s="1" t="s">
         <v>1460</v>
       </c>
-      <c r="C422" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="C423" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1462</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="C423" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="B424" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="C424" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1466</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="B425" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1470</v>
       </c>
-      <c r="C425" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="F425" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1472</v>
-      </c>
-[...1 lines deleted...]
-        <v>1473</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
         <v>1474</v>
       </c>
       <c r="F426" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="G426" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="B427" s="1" t="s">
         <v>1476</v>
-      </c>
-[...1 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>1477</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
         <v>1478</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>1480</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>1475</v>
+        <v>758</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>1475</v>
+        <v>758</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>1475</v>
+        <v>758</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>815</v>
+        <v>87</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>815</v>
+        <v>87</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>815</v>
+        <v>1519</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1513</v>
+        <v>1522</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1514</v>
+        <v>1523</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1516</v>
+        <v>1525</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1516</v>
+        <v>1525</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>1517</v>
+        <v>1526</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
-        <v>1518</v>
+        <v>1527</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="F440" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G440" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1522</v>
+        <v>1531</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="F441" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G444" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>815</v>
+        <v>1549</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F448" s="3" t="s">
         <v>1549</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G448" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>815</v>
+        <v>1549</v>
       </c>
       <c r="G450" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G451" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>815</v>
+        <v>1549</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1591</v>
+        <v>1598</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1593</v>
+        <v>1600</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1595</v>
+        <v>1602</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1603</v>
+        <v>1610</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1608</v>
+        <v>1615</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1608</v>
+        <v>1615</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G470" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G473" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G477" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G478" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1697</v>
+        <v>1704</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1698</v>
+        <v>1705</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1699</v>
+        <v>1706</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1709</v>
+        <v>1719</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1710</v>
+        <v>1720</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1711</v>
+        <v>1721</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1712</v>
+        <v>1722</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1712</v>
+        <v>1723</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1713</v>
+        <v>1724</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1714</v>
+        <v>1725</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1715</v>
+        <v>1726</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1715</v>
+        <v>1726</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1716</v>
+        <v>1727</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1717</v>
+        <v>1728</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1718</v>
+        <v>1729</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1719</v>
+        <v>1729</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1720</v>
+        <v>1730</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1721</v>
+        <v>1731</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1723</v>
+        <v>1733</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1725</v>
+        <v>1735</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1725</v>
+        <v>1735</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1726</v>
+        <v>1736</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G501" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1727</v>
+        <v>1737</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1728</v>
+        <v>1738</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1729</v>
+        <v>1738</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1730</v>
+        <v>1739</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1731</v>
+        <v>1740</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1732</v>
+        <v>1741</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1732</v>
+        <v>1742</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1733</v>
+        <v>1743</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1735</v>
+        <v>1745</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1735</v>
+        <v>1745</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1738</v>
+        <v>1748</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1738</v>
+        <v>1748</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1739</v>
+        <v>1749</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G505" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1740</v>
+        <v>1750</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1741</v>
+        <v>1752</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1742</v>
+        <v>1753</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1743</v>
+        <v>1754</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1745</v>
+        <v>1756</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1746</v>
+        <v>1757</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1747</v>
+        <v>1758</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1748</v>
+        <v>1758</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1750</v>
+        <v>1760</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1751</v>
+        <v>1761</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G509" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1755</v>
+        <v>1765</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1756</v>
+        <v>1766</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G510" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>1757</v>
+        <v>1767</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1758</v>
+        <v>1768</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1758</v>
+        <v>1768</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>1759</v>
+        <v>1769</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G511" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>1760</v>
+        <v>1770</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1761</v>
+        <v>1771</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1761</v>
+        <v>1771</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G512" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>1763</v>
+        <v>1773</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1764</v>
+        <v>1774</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G513" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>1770</v>
+        <v>1778</v>
       </c>
       <c r="F514" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G514" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1773</v>
+        <v>1780</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>1774</v>
+        <v>1781</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>1775</v>
+        <v>1782</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1776</v>
+        <v>1783</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1776</v>
+        <v>1784</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G516" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>1778</v>
+        <v>1786</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1779</v>
+        <v>1787</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G517" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1783</v>
+        <v>1791</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>1784</v>
+        <v>1792</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G518" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
-        <v>1785</v>
+        <v>1793</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1786</v>
+        <v>1794</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G519" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G520" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G521" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A522" s="1" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G522" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1799</v>
+        <v>1807</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G523" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>1803</v>
+        <v>1812</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G524" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
-        <v>1804</v>
+        <v>1813</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G525" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
-        <v>1807</v>
+        <v>1816</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G526" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
-        <v>1811</v>
+        <v>1820</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>1814</v>
+        <v>1823</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G527" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
-        <v>1815</v>
+        <v>1824</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1816</v>
+        <v>1825</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="F528" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G528" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A529" s="1" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1820</v>
+        <v>1828</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1821</v>
+        <v>1828</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G529" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A530" s="1" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>1825</v>
+        <v>1832</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G530" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1827</v>
+        <v>1834</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G531" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>1832</v>
+        <v>1838</v>
       </c>
       <c r="F532" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G532" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1834</v>
+        <v>1840</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="F533" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G533" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="F534" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G534" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="F535" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G535" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="F536" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G536" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="F537" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G537" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
       <c r="F538" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G538" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A539" s="1" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1855</v>
+        <v>1859</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="F539" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G539" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A540" s="1" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="F540" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G540" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
-        <v>1860</v>
+        <v>1866</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1861</v>
+        <v>1867</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1861</v>
+        <v>1868</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>1862</v>
+        <v>1869</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G541" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>1865</v>
+        <v>1872</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G542" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
-        <v>1866</v>
+        <v>1873</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1867</v>
+        <v>1874</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1867</v>
+        <v>1874</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>1868</v>
+        <v>1875</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G543" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1870</v>
+        <v>1877</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1870</v>
+        <v>1878</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>1871</v>
+        <v>1879</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G544" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G545" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
-        <v>1876</v>
+        <v>1883</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1877</v>
+        <v>1884</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1878</v>
+        <v>1884</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
-        <v>1880</v>
+        <v>1886</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1881</v>
+        <v>1887</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G547" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1885</v>
+        <v>1891</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>1886</v>
+        <v>1892</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>1887</v>
+        <v>1893</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>1890</v>
+        <v>1896</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1891</v>
+        <v>1897</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1891</v>
+        <v>1897</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>1892</v>
+        <v>1898</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>1893</v>
+        <v>1899</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1894</v>
+        <v>1900</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1894</v>
+        <v>1900</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>1896</v>
+        <v>1902</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1897</v>
+        <v>1903</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1898</v>
+        <v>1904</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G552" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1901</v>
+        <v>1908</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>1902</v>
+        <v>1909</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>1903</v>
+        <v>1910</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1904</v>
+        <v>1911</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1904</v>
+        <v>1912</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>1905</v>
+        <v>1913</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G554" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G556" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>1914</v>
+        <v>1921</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G557" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G558" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G559" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G560" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>1927</v>
+        <v>1934</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>1928</v>
+        <v>1935</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>1931</v>
+        <v>1938</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>1932</v>
+        <v>1939</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>1937</v>
+        <v>1943</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G563" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>1938</v>
+        <v>1944</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1939</v>
+        <v>1945</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>1939</v>
+        <v>1945</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>1940</v>
+        <v>1946</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G564" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>1941</v>
+        <v>1947</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G565" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>1944</v>
+        <v>1950</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G566" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1948</v>
+        <v>1954</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G569" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G571" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G574" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A575" s="1" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="F575" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G575" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A576" s="1" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G576" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A577" s="1" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="F577" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G577" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A578" s="1" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="F578" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G578" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A579" s="1" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="F579" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G579" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A580" s="1" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="F580" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G580" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A581" s="1" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G581" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A582" s="1" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G582" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A583" s="1" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G583" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A584" s="1" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="F584" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G584" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A585" s="1" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="F585" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G585" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A586" s="1" t="s">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="F586" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G586" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A587" s="1" t="s">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="F587" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G587" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A588" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="F588" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G588" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A589" s="1" t="s">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2021</v>
+        <v>2027</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2021</v>
+        <v>2027</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>2022</v>
+        <v>2028</v>
       </c>
       <c r="F589" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G589" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A590" s="1" t="s">
-        <v>2023</v>
+        <v>2029</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>2024</v>
+        <v>2031</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>2025</v>
+        <v>2032</v>
       </c>
       <c r="F590" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G590" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A591" s="1" t="s">
-        <v>2026</v>
+        <v>2033</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2027</v>
+        <v>2034</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>2028</v>
+        <v>2035</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>2029</v>
+        <v>2036</v>
       </c>
       <c r="F591" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G591" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A592" s="1" t="s">
-        <v>2030</v>
+        <v>2037</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>2031</v>
+        <v>2038</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>2033</v>
+        <v>2039</v>
       </c>
       <c r="F592" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G592" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A593" s="1" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
       <c r="F593" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G593" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A594" s="1" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>2038</v>
+        <v>2044</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>2038</v>
+        <v>2044</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
       <c r="F594" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G594" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A595" s="1" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="F595" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G595" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A596" s="1" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G596" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A597" s="1" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G597" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A598" s="1" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2050</v>
+        <v>2056</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>2051</v>
+        <v>2058</v>
       </c>
       <c r="F598" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G598" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A599" s="1" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>2054</v>
+        <v>2061</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G599" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A600" s="1" t="s">
-        <v>2055</v>
+        <v>2062</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>2056</v>
+        <v>2063</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>2056</v>
+        <v>2064</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>2057</v>
+        <v>2065</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G600" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A601" s="1" t="s">
-        <v>2058</v>
+        <v>2066</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2059</v>
+        <v>2067</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2060</v>
+        <v>2068</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>2061</v>
+        <v>2069</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G601" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A602" s="1" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>2063</v>
+        <v>2072</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>2064</v>
+        <v>2073</v>
       </c>
       <c r="F602" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G602" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A603" s="1" t="s">
-        <v>2065</v>
+        <v>2074</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2066</v>
+        <v>2075</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>2066</v>
+        <v>2076</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>2067</v>
+        <v>2077</v>
       </c>
       <c r="F603" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G603" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A604" s="1" t="s">
-        <v>2068</v>
+        <v>2078</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2069</v>
+        <v>2079</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>2069</v>
+        <v>2080</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>2070</v>
+        <v>2081</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G604" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A605" s="1" t="s">
-        <v>2071</v>
+        <v>2082</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>2072</v>
+        <v>2083</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>2072</v>
+        <v>2083</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>2073</v>
+        <v>2084</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G605" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A606" s="1" t="s">
-        <v>2074</v>
+        <v>2085</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2075</v>
+        <v>2086</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2075</v>
+        <v>2086</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>2076</v>
+        <v>2087</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G606" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A607" s="1" t="s">
-        <v>2077</v>
+        <v>2088</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2078</v>
+        <v>2089</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2078</v>
+        <v>2089</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>2079</v>
+        <v>2090</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G607" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A608" s="1" t="s">
-        <v>2080</v>
+        <v>2091</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>2081</v>
+        <v>2092</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>2081</v>
+        <v>2092</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>2082</v>
+        <v>2093</v>
       </c>
       <c r="F608" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G608" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A609" s="1" t="s">
-        <v>2083</v>
+        <v>2094</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>2085</v>
+        <v>2096</v>
       </c>
       <c r="F609" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G609" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A610" s="1" t="s">
-        <v>2086</v>
+        <v>2097</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>2087</v>
+        <v>2098</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>2087</v>
+        <v>2098</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>2088</v>
+        <v>2099</v>
       </c>
       <c r="F610" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G610" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A611" s="1" t="s">
-        <v>2089</v>
+        <v>2100</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>2090</v>
+        <v>2101</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>2091</v>
+        <v>2101</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>2092</v>
+        <v>2102</v>
       </c>
       <c r="F611" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G611" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A612" s="1" t="s">
-        <v>2093</v>
+        <v>2103</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>2094</v>
+        <v>2104</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>2094</v>
+        <v>2104</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>2095</v>
+        <v>2105</v>
       </c>
       <c r="F612" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G612" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A613" s="1" t="s">
-        <v>2096</v>
+        <v>2106</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>2097</v>
+        <v>2107</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>2098</v>
+        <v>2107</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>2099</v>
+        <v>2108</v>
       </c>
       <c r="F613" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G613" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A614" s="1" t="s">
-        <v>2100</v>
+        <v>2109</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>2101</v>
+        <v>2110</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>2102</v>
+        <v>2110</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
       <c r="F614" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G614" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A615" s="1" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>2106</v>
+        <v>2114</v>
       </c>
       <c r="F615" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G615" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A616" s="1" t="s">
-        <v>2107</v>
+        <v>2115</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>2108</v>
+        <v>2116</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>2108</v>
+        <v>2117</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>2109</v>
+        <v>2118</v>
       </c>
       <c r="F616" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G616" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
-        <v>2110</v>
+        <v>2119</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>2111</v>
+        <v>2120</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2111</v>
+        <v>2120</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>2112</v>
+        <v>2121</v>
       </c>
       <c r="F617" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G617" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
-        <v>2113</v>
+        <v>2122</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2114</v>
+        <v>2123</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2115</v>
+        <v>2123</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="F618" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G618" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A619" s="1" t="s">
-        <v>2117</v>
+        <v>2125</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2118</v>
+        <v>2126</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2119</v>
+        <v>2126</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>2120</v>
+        <v>2127</v>
       </c>
       <c r="F619" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G619" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A620" s="1" t="s">
-        <v>2121</v>
+        <v>2128</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2122</v>
+        <v>2129</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2123</v>
+        <v>2130</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>2124</v>
+        <v>2131</v>
       </c>
       <c r="F620" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G620" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A621" s="1" t="s">
-        <v>2125</v>
+        <v>2132</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>2126</v>
+        <v>2133</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>527</v>
+        <v>2134</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>2127</v>
+        <v>2135</v>
       </c>
       <c r="F621" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>758</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A622" s="1" t="s">
-        <v>2128</v>
+        <v>2136</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>2129</v>
+        <v>2137</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>2130</v>
+        <v>2138</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>2131</v>
+        <v>2139</v>
       </c>
       <c r="F622" s="3" t="s">
-        <v>2132</v>
+        <v>758</v>
       </c>
       <c r="G622" s="3" t="s">
-        <v>2133</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A623" s="1" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2136</v>
+        <v>2141</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="F623" s="3" t="s">
-        <v>2132</v>
+        <v>758</v>
       </c>
       <c r="G623" s="3" t="s">
-        <v>2138</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A624" s="1" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="F624" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G624" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A625" s="1" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>2144</v>
+        <v>2148</v>
       </c>
       <c r="F625" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G625" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A626" s="1" t="s">
-        <v>2145</v>
+        <v>2149</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="F626" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G626" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A627" s="1" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="F627" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G627" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A628" s="1" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>2152</v>
+        <v>2156</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>2152</v>
+        <v>2156</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>2153</v>
+        <v>2157</v>
       </c>
       <c r="F628" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G628" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A629" s="1" t="s">
-        <v>2154</v>
+        <v>2158</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>2155</v>
+        <v>2160</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>2156</v>
+        <v>2161</v>
       </c>
       <c r="F629" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G629" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A630" s="1" t="s">
-        <v>2157</v>
+        <v>2162</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="F630" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G630" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A631" s="1" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="F631" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G631" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A632" s="1" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="F632" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G632" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A633" s="1" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="F633" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G633" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A634" s="1" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E634" s="3" t="s">
-        <v>2173</v>
+        <v>2176</v>
       </c>
       <c r="F634" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G634" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A635" s="1" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>2175</v>
+        <v>2178</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>2175</v>
+        <v>2178</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>2176</v>
+        <v>2179</v>
       </c>
       <c r="F635" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G635" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A636" s="1" t="s">
-        <v>2177</v>
+        <v>2180</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>2178</v>
+        <v>2181</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2178</v>
+        <v>2181</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>2179</v>
+        <v>2182</v>
       </c>
       <c r="F636" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G636" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="637" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A637" s="1" t="s">
-        <v>2180</v>
+        <v>2183</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>2181</v>
+        <v>2184</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>2181</v>
+        <v>2184</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>2182</v>
+        <v>2185</v>
       </c>
       <c r="F637" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G637" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A638" s="1" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>2185</v>
+        <v>2188</v>
       </c>
       <c r="F638" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G638" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A639" s="1" t="s">
-        <v>2186</v>
+        <v>2189</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="F639" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G639" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A640" s="1" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="F640" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G640" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A641" s="1" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="F641" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G641" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A642" s="1" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="F642" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G642" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A643" s="1" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>2200</v>
+        <v>2203</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
       <c r="F643" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G643" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A644" s="1" t="s">
-        <v>2202</v>
+        <v>2205</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G644" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A645" s="1" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G645" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A646" s="1" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G646" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A647" s="1" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2212</v>
+        <v>2217</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="F647" s="3" t="s">
-        <v>815</v>
+        <v>378</v>
       </c>
       <c r="G647" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A648" s="1" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>2215</v>
+        <v>2220</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2215</v>
+        <v>2221</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>815</v>
+        <v>378</v>
       </c>
       <c r="G648" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A649" s="1" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>2219</v>
+        <v>2226</v>
       </c>
       <c r="F649" s="3" t="s">
-        <v>815</v>
+        <v>378</v>
       </c>
       <c r="G649" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A650" s="1" t="s">
-        <v>2220</v>
+        <v>2227</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2221</v>
+        <v>2228</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2221</v>
+        <v>502</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>2222</v>
+        <v>2229</v>
       </c>
       <c r="F650" s="3" t="s">
-        <v>815</v>
-[...5 lines deleted...]
-    <row r="651" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A651" s="1" t="s">
-        <v>2223</v>
+        <v>2230</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2224</v>
+        <v>2231</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>2225</v>
+        <v>2233</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>815</v>
+        <v>2234</v>
       </c>
       <c r="G651" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
-        <v>2226</v>
+        <v>2236</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>2227</v>
+        <v>2237</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>2227</v>
+        <v>2238</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>2228</v>
+        <v>2239</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>815</v>
+        <v>2234</v>
       </c>
       <c r="G652" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A653" s="1" t="s">
-        <v>2229</v>
+        <v>2241</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2230</v>
+        <v>2242</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>2230</v>
+        <v>2243</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>2231</v>
+        <v>2244</v>
       </c>
       <c r="F653" s="3" t="s">
-        <v>815</v>
+        <v>2234</v>
       </c>
       <c r="G653" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A654" s="1" t="s">
-        <v>2232</v>
+        <v>2246</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2233</v>
+        <v>2247</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>2233</v>
+        <v>2247</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2234</v>
+        <v>2248</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G654" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
-        <v>2235</v>
+        <v>2249</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2236</v>
+        <v>2250</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>2236</v>
+        <v>2250</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>2237</v>
+        <v>2251</v>
       </c>
       <c r="F655" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G655" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A656" s="1" t="s">
-        <v>2238</v>
+        <v>2252</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2239</v>
+        <v>2253</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2239</v>
+        <v>2253</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>2240</v>
+        <v>2254</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G656" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A657" s="1" t="s">
-        <v>2241</v>
+        <v>2255</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2242</v>
+        <v>2256</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>2242</v>
+        <v>2256</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>2243</v>
+        <v>2257</v>
       </c>
       <c r="F657" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G657" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A658" s="1" t="s">
-        <v>2244</v>
+        <v>2258</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>2245</v>
+        <v>2259</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>2245</v>
+        <v>2259</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>2246</v>
+        <v>2260</v>
       </c>
       <c r="F658" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G658" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A659" s="1" t="s">
-        <v>2247</v>
+        <v>2261</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2248</v>
+        <v>2262</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>2248</v>
+        <v>2262</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>2249</v>
+        <v>2263</v>
       </c>
       <c r="F659" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G659" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A660" s="1" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>2252</v>
+        <v>2266</v>
       </c>
       <c r="F660" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G660" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A661" s="1" t="s">
-        <v>2253</v>
+        <v>2267</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>2254</v>
+        <v>2268</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>2254</v>
+        <v>2268</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>2255</v>
+        <v>2269</v>
       </c>
       <c r="F661" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G661" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A662" s="1" t="s">
-        <v>2256</v>
+        <v>2270</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2257</v>
+        <v>2271</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>2257</v>
+        <v>2271</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>2258</v>
+        <v>2272</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G662" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A663" s="1" t="s">
-        <v>2259</v>
+        <v>2273</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2260</v>
+        <v>2274</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2260</v>
+        <v>2275</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="F663" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G663" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A664" s="1" t="s">
-        <v>2262</v>
+        <v>2277</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2263</v>
+        <v>2278</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2263</v>
+        <v>2278</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>2264</v>
+        <v>2279</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G664" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A665" s="1" t="s">
-        <v>2265</v>
+        <v>2280</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2266</v>
+        <v>2281</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2266</v>
+        <v>2281</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>2267</v>
+        <v>2282</v>
       </c>
       <c r="F665" s="3" t="s">
-        <v>815</v>
+        <v>758</v>
       </c>
       <c r="G665" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A666" s="1" t="s">
-        <v>2268</v>
+        <v>2283</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2269</v>
+        <v>2284</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>2270</v>
+        <v>2285</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2271</v>
+        <v>2286</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>2132</v>
+        <v>758</v>
       </c>
       <c r="G666" s="3" t="s">
-        <v>2272</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A667" s="1" t="s">
-        <v>2273</v>
+        <v>2287</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2274</v>
+        <v>2288</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2275</v>
+        <v>2288</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>2276</v>
+        <v>2289</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>2132</v>
+        <v>758</v>
       </c>
       <c r="G667" s="3" t="s">
-        <v>2277</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A668" s="1" t="s">
-        <v>2278</v>
+        <v>2290</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2279</v>
+        <v>2291</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2280</v>
+        <v>2291</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>2281</v>
+        <v>2292</v>
       </c>
       <c r="F668" s="3" t="s">
-        <v>2132</v>
+        <v>758</v>
       </c>
       <c r="G668" s="3" t="s">
-        <v>2277</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A669" s="1" t="s">
-        <v>2282</v>
+        <v>2293</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2283</v>
+        <v>2294</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2283</v>
+        <v>2294</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>2284</v>
+        <v>2295</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G669" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A670" s="1" t="s">
-        <v>2285</v>
+        <v>2296</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2286</v>
+        <v>2297</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>2287</v>
+        <v>2298</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>2288</v>
+        <v>2299</v>
       </c>
       <c r="F670" s="3" t="s">
-        <v>2289</v>
+        <v>758</v>
       </c>
       <c r="G670" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A671" s="1" t="s">
-        <v>2290</v>
+        <v>2300</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>2291</v>
+        <v>2301</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>2291</v>
+        <v>2302</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>2292</v>
+        <v>2303</v>
       </c>
       <c r="F671" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G671" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A672" s="1" t="s">
-        <v>2293</v>
+        <v>2304</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2294</v>
+        <v>2305</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>2294</v>
+        <v>2305</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>2295</v>
+        <v>2306</v>
       </c>
       <c r="F672" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G672" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A673" s="1" t="s">
-        <v>2296</v>
+        <v>2307</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2297</v>
+        <v>2308</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>2297</v>
+        <v>2308</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>2298</v>
+        <v>2309</v>
       </c>
       <c r="F673" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G673" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A674" s="1" t="s">
-        <v>2299</v>
+        <v>2310</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>2301</v>
+        <v>2312</v>
       </c>
       <c r="F674" s="3" t="s">
-        <v>2289</v>
+        <v>758</v>
       </c>
       <c r="G674" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A675" s="1" t="s">
-        <v>2302</v>
+        <v>2313</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>2303</v>
+        <v>2314</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>2304</v>
+        <v>2314</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>2305</v>
+        <v>2315</v>
       </c>
       <c r="F675" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G675" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A676" s="1" t="s">
-        <v>2306</v>
+        <v>2316</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>2307</v>
+        <v>2317</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>2308</v>
+        <v>2317</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>2309</v>
+        <v>2318</v>
       </c>
       <c r="F676" s="3" t="s">
-        <v>2310</v>
+        <v>758</v>
       </c>
       <c r="G676" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A677" s="1" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>2312</v>
+        <v>2320</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="F677" s="3" t="s">
-        <v>2315</v>
+        <v>758</v>
       </c>
       <c r="G677" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A678" s="1" t="s">
-        <v>2316</v>
+        <v>2322</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>2317</v>
+        <v>2323</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2318</v>
+        <v>2323</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>2319</v>
+        <v>2324</v>
       </c>
       <c r="F678" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G678" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A679" s="1" t="s">
-        <v>2320</v>
+        <v>2325</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>2321</v>
+        <v>2326</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>2322</v>
+        <v>2327</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G679" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A680" s="1" t="s">
-        <v>2323</v>
+        <v>2328</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>2324</v>
+        <v>2329</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2318</v>
+        <v>2329</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
       <c r="F680" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G680" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A681" s="1" t="s">
-        <v>2326</v>
+        <v>2331</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>2327</v>
+        <v>2332</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2318</v>
+        <v>2332</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="F681" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G681" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A682" s="1" t="s">
-        <v>2329</v>
+        <v>2334</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>2330</v>
+        <v>2335</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2318</v>
+        <v>2335</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>2331</v>
+        <v>2336</v>
       </c>
       <c r="F682" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G682" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A683" s="1" t="s">
-        <v>2332</v>
+        <v>2337</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>2333</v>
+        <v>2338</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2318</v>
+        <v>2338</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>2334</v>
+        <v>2339</v>
       </c>
       <c r="F683" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G683" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A684" s="1" t="s">
-        <v>2335</v>
+        <v>2340</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>2336</v>
+        <v>2341</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2336</v>
+        <v>2341</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>2337</v>
+        <v>2342</v>
       </c>
       <c r="F684" s="3" t="s">
-        <v>2315</v>
+        <v>758</v>
       </c>
       <c r="G684" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A685" s="1" t="s">
-        <v>2338</v>
+        <v>2343</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>2339</v>
+        <v>2344</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2340</v>
+        <v>2344</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="F685" s="3" t="s">
-        <v>387</v>
+        <v>758</v>
       </c>
       <c r="G685" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A686" s="1" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>2343</v>
+        <v>2347</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="F686" s="3" t="s">
-        <v>2346</v>
+        <v>758</v>
       </c>
       <c r="G686" s="3" t="s">
-        <v>2347</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A687" s="1" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="C687" s="1" t="s">
         <v>2350</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E687" s="3" t="s">
         <v>2351</v>
       </c>
       <c r="F687" s="3" t="s">
-        <v>2346</v>
+        <v>758</v>
       </c>
       <c r="G687" s="3" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A688" s="1" t="s">
         <v>2352</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>2353</v>
       </c>
       <c r="C688" s="1" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E688" s="3" t="s">
         <v>2354</v>
       </c>
-      <c r="D688" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E688" s="3" t="s">
+      <c r="F688" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A689" s="1" t="s">
         <v>2355</v>
       </c>
-      <c r="F688" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G688" s="3" t="s">
+      <c r="B689" s="1" t="s">
         <v>2356</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A689" s="1" t="s">
+      <c r="C689" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E689" s="3" t="s">
         <v>2357</v>
       </c>
-      <c r="B689" s="1" t="s">
+      <c r="F689" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G689" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A690" s="1" t="s">
         <v>2358</v>
       </c>
-      <c r="C689" s="1" t="s">
+      <c r="B690" s="1" t="s">
         <v>2359</v>
       </c>
-      <c r="D689" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E689" s="3" t="s">
+      <c r="C690" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E690" s="3" t="s">
         <v>2360</v>
       </c>
-      <c r="F689" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G689" s="3" t="s">
+      <c r="F690" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G690" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A691" s="1" t="s">
         <v>2361</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A690" s="1" t="s">
+      <c r="B691" s="1" t="s">
         <v>2362</v>
       </c>
-      <c r="B690" s="1" t="s">
+      <c r="C691" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E691" s="3" t="s">
         <v>2363</v>
       </c>
-      <c r="C690" s="1" t="s">
+      <c r="F691" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G691" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A692" s="1" t="s">
         <v>2364</v>
       </c>
-      <c r="D690" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E690" s="3" t="s">
+      <c r="B692" s="1" t="s">
         <v>2365</v>
       </c>
-      <c r="F690" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A691" s="1" t="s">
+      <c r="C692" s="1" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E692" s="3" t="s">
         <v>2366</v>
       </c>
-      <c r="B691" s="1" t="s">
+      <c r="F692" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G692" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A693" s="1" t="s">
         <v>2367</v>
       </c>
-      <c r="C691" s="1" t="s">
+      <c r="B693" s="1" t="s">
         <v>2368</v>
       </c>
-      <c r="D691" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E691" s="3" t="s">
+      <c r="C693" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E693" s="3" t="s">
         <v>2369</v>
       </c>
-      <c r="F691" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A692" s="1" t="s">
+      <c r="F693" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G693" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A694" s="1" t="s">
         <v>2370</v>
       </c>
-      <c r="B692" s="1" t="s">
+      <c r="B694" s="1" t="s">
         <v>2371</v>
       </c>
-      <c r="C692" s="1" t="s">
+      <c r="C694" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E694" s="3" t="s">
         <v>2372</v>
       </c>
-      <c r="D692" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E692" s="3" t="s">
+      <c r="F694" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A695" s="1" t="s">
         <v>2373</v>
       </c>
-      <c r="F692" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A693" s="1" t="s">
+      <c r="B695" s="1" t="s">
         <v>2374</v>
       </c>
-      <c r="B693" s="1" t="s">
+      <c r="C695" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E695" s="3" t="s">
         <v>2375</v>
       </c>
-      <c r="C693" s="1" t="s">
+      <c r="F695" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G695" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A696" s="1" t="s">
         <v>2376</v>
       </c>
-      <c r="D693" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E693" s="3" t="s">
+      <c r="B696" s="1" t="s">
         <v>2377</v>
       </c>
-      <c r="F693" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A694" s="1" t="s">
+      <c r="C696" s="1" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E696" s="3" t="s">
         <v>2378</v>
       </c>
-      <c r="B694" s="1" t="s">
+      <c r="F696" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G696" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A697" s="1" t="s">
         <v>2379</v>
       </c>
-      <c r="C694" s="1" t="s">
+      <c r="B697" s="1" t="s">
         <v>2380</v>
       </c>
-      <c r="D694" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E694" s="3" t="s">
+      <c r="C697" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E697" s="3" t="s">
         <v>2381</v>
       </c>
-      <c r="F694" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A695" s="1" t="s">
+      <c r="F697" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G697" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A698" s="1" t="s">
         <v>2382</v>
       </c>
-      <c r="B695" s="1" t="s">
+      <c r="B698" s="1" t="s">
         <v>2383</v>
       </c>
-      <c r="C695" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E695" s="3" t="s">
+      <c r="C698" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E698" s="3" t="s">
         <v>2384</v>
       </c>
-      <c r="F695" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A696" s="1" t="s">
+      <c r="F698" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A699" s="1" t="s">
         <v>2385</v>
       </c>
-      <c r="B696" s="1" t="s">
+      <c r="B699" s="1" t="s">
         <v>2386</v>
       </c>
-      <c r="C696" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E696" s="3" t="s">
+      <c r="C699" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E699" s="3" t="s">
         <v>2387</v>
       </c>
-      <c r="F696" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G696" s="3" t="s">
+      <c r="F699" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G699" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A700" s="1" t="s">
         <v>2388</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A697" s="1" t="s">
+      <c r="B700" s="1" t="s">
         <v>2389</v>
       </c>
-      <c r="B697" s="1" t="s">
+      <c r="C700" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E700" s="3" t="s">
         <v>2390</v>
       </c>
-      <c r="C697" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E697" s="3" t="s">
+      <c r="F700" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G700" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A701" s="1" t="s">
         <v>2391</v>
       </c>
-      <c r="F697" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A698" s="1" t="s">
+      <c r="B701" s="1" t="s">
         <v>2392</v>
       </c>
-      <c r="B698" s="1" t="s">
+      <c r="C701" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E701" s="3" t="s">
         <v>2393</v>
       </c>
-      <c r="C698" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E698" s="3" t="s">
+      <c r="F701" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G701" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A702" s="1" t="s">
         <v>2394</v>
       </c>
-      <c r="F698" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A699" s="1" t="s">
+      <c r="B702" s="1" t="s">
         <v>2395</v>
       </c>
-      <c r="B699" s="1" t="s">
+      <c r="C702" s="1" t="s">
         <v>2396</v>
       </c>
-      <c r="C699" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E699" s="3" t="s">
+      <c r="D702" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E702" s="3" t="s">
         <v>2397</v>
       </c>
-      <c r="F699" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A700" s="1" t="s">
+      <c r="F702" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G702" s="3" t="s">
         <v>2398</v>
       </c>
-      <c r="B700" s="1" t="s">
+    </row>
+    <row r="703" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A703" s="1" t="s">
         <v>2399</v>
       </c>
-      <c r="C700" s="1" t="s">
+      <c r="B703" s="1" t="s">
         <v>2400</v>
       </c>
-      <c r="D700" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E700" s="3" t="s">
+      <c r="C703" s="1" t="s">
         <v>2401</v>
       </c>
-      <c r="F700" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A701" s="1" t="s">
+      <c r="D703" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E703" s="3" t="s">
         <v>2402</v>
       </c>
-      <c r="B701" s="1" t="s">
+      <c r="F703" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G703" s="3" t="s">
         <v>2403</v>
       </c>
-      <c r="C701" s="1" t="s">
+    </row>
+    <row r="704" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A704" s="1" t="s">
         <v>2404</v>
       </c>
-      <c r="D701" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E701" s="3" t="s">
+      <c r="B704" s="1" t="s">
         <v>2405</v>
       </c>
-      <c r="F701" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A702" s="1" t="s">
+      <c r="C704" s="1" t="s">
         <v>2406</v>
       </c>
-      <c r="B702" s="1" t="s">
+      <c r="D704" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E704" s="3" t="s">
         <v>2407</v>
       </c>
-      <c r="C702" s="1" t="s">
+      <c r="F704" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G704" s="3" t="s">
         <v>2408</v>
       </c>
-      <c r="D702" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E702" s="3" t="s">
+    </row>
+    <row r="705" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A705" s="1" t="s">
         <v>2409</v>
       </c>
-      <c r="F702" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A703" s="1" t="s">
+      <c r="B705" s="1" t="s">
         <v>2410</v>
       </c>
-      <c r="B703" s="1" t="s">
+      <c r="C705" s="1" t="s">
         <v>2411</v>
       </c>
-      <c r="C703" s="1" t="s">
+      <c r="D705" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E705" s="3" t="s">
         <v>2412</v>
       </c>
-      <c r="D703" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E703" s="3" t="s">
+      <c r="F705" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G705" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A706" s="1" t="s">
         <v>2413</v>
       </c>
-      <c r="F703" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A704" s="1" t="s">
+      <c r="B706" s="1" t="s">
         <v>2414</v>
       </c>
-      <c r="B704" s="1" t="s">
+      <c r="C706" s="1" t="s">
+        <v>2414</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E706" s="3" t="s">
         <v>2415</v>
       </c>
-      <c r="C704" s="1" t="s">
+      <c r="F706" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G706" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A707" s="1" t="s">
         <v>2416</v>
       </c>
-      <c r="D704" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E704" s="3" t="s">
+      <c r="B707" s="1" t="s">
         <v>2417</v>
       </c>
-      <c r="F704" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A705" s="1" t="s">
+      <c r="C707" s="1" t="s">
         <v>2418</v>
       </c>
-      <c r="B705" s="1" t="s">
+      <c r="D707" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E707" s="3" t="s">
         <v>2419</v>
       </c>
-      <c r="C705" s="1" t="s">
+      <c r="F707" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G707" s="3" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A708" s="1" t="s">
         <v>2420</v>
       </c>
-      <c r="D705" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E705" s="3" t="s">
+      <c r="B708" s="1" t="s">
         <v>2421</v>
       </c>
-      <c r="F705" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A706" s="1" t="s">
+      <c r="C708" s="1" t="s">
         <v>2422</v>
       </c>
-      <c r="B706" s="1" t="s">
+      <c r="D708" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E708" s="3" t="s">
         <v>2423</v>
       </c>
-      <c r="C706" s="1" t="s">
+      <c r="F708" s="3" t="s">
         <v>2424</v>
       </c>
-      <c r="D706" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E706" s="3" t="s">
+      <c r="G708" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A709" s="1" t="s">
         <v>2425</v>
       </c>
-      <c r="F706" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A707" s="1" t="s">
+      <c r="B709" s="1" t="s">
         <v>2426</v>
       </c>
-      <c r="B707" s="1" t="s">
+      <c r="C709" s="1" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E709" s="3" t="s">
         <v>2427</v>
       </c>
-      <c r="C707" s="1" t="s">
+      <c r="F709" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G709" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A710" s="1" t="s">
         <v>2428</v>
       </c>
-      <c r="D707" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E707" s="3" t="s">
+      <c r="B710" s="1" t="s">
         <v>2429</v>
       </c>
-      <c r="F707" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A708" s="1" t="s">
+      <c r="C710" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E710" s="3" t="s">
         <v>2430</v>
       </c>
-      <c r="B708" s="1" t="s">
+      <c r="F710" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G710" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A711" s="1" t="s">
         <v>2431</v>
       </c>
-      <c r="C708" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E708" s="3" t="s">
+      <c r="B711" s="1" t="s">
         <v>2432</v>
       </c>
-      <c r="F708" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A709" s="1" t="s">
+      <c r="C711" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E711" s="3" t="s">
         <v>2433</v>
       </c>
-      <c r="B709" s="1" t="s">
+      <c r="F711" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G711" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A712" s="1" t="s">
         <v>2434</v>
       </c>
-      <c r="C709" s="1" t="s">
+      <c r="B712" s="1" t="s">
         <v>2435</v>
       </c>
-      <c r="D709" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E709" s="3" t="s">
+      <c r="C712" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D712" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E712" s="3" t="s">
         <v>2436</v>
       </c>
-      <c r="F709" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A710" s="1" t="s">
+      <c r="F712" s="3" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G712" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A713" s="1" t="s">
         <v>2437</v>
       </c>
-      <c r="B710" s="1" t="s">
+      <c r="B713" s="1" t="s">
         <v>2438</v>
       </c>
-      <c r="C710" s="1" t="s">
+      <c r="C713" s="1" t="s">
         <v>2439</v>
       </c>
-      <c r="D710" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E710" s="3" t="s">
+      <c r="D713" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E713" s="3" t="s">
         <v>2440</v>
       </c>
-      <c r="F710" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A711" s="1" t="s">
+      <c r="F713" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G713" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A714" s="1" t="s">
         <v>2441</v>
       </c>
-      <c r="B711" s="1" t="s">
+      <c r="B714" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="C711" s="1" t="s">
+      <c r="C714" s="1" t="s">
         <v>2443</v>
       </c>
-      <c r="D711" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E711" s="3" t="s">
+      <c r="D714" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E714" s="3" t="s">
         <v>2444</v>
       </c>
-      <c r="F711" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A712" s="1" t="s">
+      <c r="F714" s="3" t="s">
         <v>2445</v>
       </c>
-      <c r="B712" s="1" t="s">
+      <c r="G714" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A715" s="1" t="s">
         <v>2446</v>
       </c>
-      <c r="C712" s="1" t="s">
+      <c r="B715" s="1" t="s">
         <v>2447</v>
       </c>
-      <c r="D712" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E712" s="3" t="s">
+      <c r="C715" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="F712" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A713" s="1" t="s">
+      <c r="D715" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E715" s="3" t="s">
         <v>2449</v>
       </c>
-      <c r="B713" s="1" t="s">
+      <c r="F715" s="3" t="s">
         <v>2450</v>
       </c>
-      <c r="C713" s="1" t="s">
+      <c r="G715" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A716" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="D713" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E713" s="3" t="s">
+      <c r="B716" s="1" t="s">
         <v>2452</v>
       </c>
-      <c r="F713" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A714" s="1" t="s">
+      <c r="C716" s="1" t="s">
         <v>2453</v>
       </c>
-      <c r="B714" s="1" t="s">
+      <c r="D716" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E716" s="3" t="s">
         <v>2454</v>
       </c>
-      <c r="C714" s="1" t="s">
+      <c r="F716" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G716" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A717" s="1" t="s">
         <v>2455</v>
       </c>
-      <c r="D714" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E714" s="3" t="s">
+      <c r="B717" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="F714" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A715" s="1" t="s">
+      <c r="C717" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E717" s="3" t="s">
         <v>2457</v>
       </c>
-      <c r="B715" s="1" t="s">
+      <c r="F717" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G717" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A718" s="1" t="s">
         <v>2458</v>
       </c>
-      <c r="C715" s="1" t="s">
+      <c r="B718" s="1" t="s">
         <v>2459</v>
       </c>
-      <c r="D715" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E715" s="3" t="s">
+      <c r="C718" s="1" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E718" s="3" t="s">
         <v>2460</v>
       </c>
-      <c r="F715" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A716" s="1" t="s">
+      <c r="F718" s="3" t="s">
+        <v>2450</v>
+      </c>
+      <c r="G718" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A719" s="1" t="s">
         <v>2461</v>
       </c>
-      <c r="B716" s="1" t="s">
+      <c r="B719" s="1" t="s">
         <v>2462</v>
       </c>
-      <c r="C716" s="1" t="s">
+      <c r="C719" s="1" t="s">
         <v>2463</v>
       </c>
-      <c r="D716" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E716" s="3" t="s">
+      <c r="D719" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E719" s="3" t="s">
         <v>2464</v>
       </c>
-      <c r="F716" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A717" s="1" t="s">
+      <c r="F719" s="3" t="s">
         <v>2465</v>
       </c>
-      <c r="B717" s="1" t="s">
+      <c r="G719" s="3" t="s">
         <v>2466</v>
       </c>
-      <c r="C717" s="1" t="s">
+    </row>
+    <row r="720" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A720" s="1" t="s">
         <v>2467</v>
       </c>
-      <c r="D717" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E717" s="3" t="s">
+      <c r="B720" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="F717" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A718" s="1" t="s">
+      <c r="C720" s="1" t="s">
         <v>2469</v>
       </c>
-      <c r="B718" s="1" t="s">
+      <c r="D720" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E720" s="3" t="s">
         <v>2470</v>
       </c>
-      <c r="C718" s="1" t="s">
+      <c r="F720" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G720" s="3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A721" s="1" t="s">
         <v>2471</v>
       </c>
-      <c r="D718" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E718" s="3" t="s">
+      <c r="B721" s="1" t="s">
         <v>2472</v>
       </c>
-      <c r="F718" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A719" s="1" t="s">
+      <c r="C721" s="1" t="s">
         <v>2473</v>
       </c>
-      <c r="B719" s="1" t="s">
+      <c r="D721" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E721" s="3" t="s">
         <v>2474</v>
       </c>
-      <c r="C719" s="1" t="s">
+      <c r="F721" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G721" s="3" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A722" s="1" t="s">
         <v>2475</v>
       </c>
-      <c r="D719" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E719" s="3" t="s">
+      <c r="B722" s="1" t="s">
         <v>2476</v>
       </c>
-      <c r="F719" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A720" s="1" t="s">
+      <c r="C722" s="1" t="s">
         <v>2477</v>
       </c>
-      <c r="B720" s="1" t="s">
+      <c r="D722" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E722" s="3" t="s">
         <v>2478</v>
       </c>
-      <c r="C720" s="1" t="s">
+      <c r="F722" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G722" s="3" t="s">
         <v>2479</v>
       </c>
-      <c r="D720" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E720" s="3" t="s">
+    </row>
+    <row r="723" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A723" s="1" t="s">
         <v>2480</v>
       </c>
-      <c r="F720" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A721" s="1" t="s">
+      <c r="B723" s="1" t="s">
         <v>2481</v>
       </c>
-      <c r="B721" s="1" t="s">
+      <c r="C723" s="1" t="s">
         <v>2482</v>
       </c>
-      <c r="C721" s="1" t="s">
+      <c r="D723" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E723" s="3" t="s">
         <v>2483</v>
       </c>
-      <c r="D721" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E721" s="3" t="s">
+      <c r="F723" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G723" s="3" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A724" s="1" t="s">
         <v>2484</v>
       </c>
-      <c r="F721" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A722" s="1" t="s">
+      <c r="B724" s="1" t="s">
         <v>2485</v>
       </c>
-      <c r="B722" s="1" t="s">
+      <c r="C724" s="1" t="s">
         <v>2486</v>
       </c>
-      <c r="C722" s="1" t="s">
+      <c r="D724" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E724" s="3" t="s">
         <v>2487</v>
       </c>
-      <c r="D722" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E722" s="3" t="s">
+      <c r="F724" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G724" s="3" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A725" s="1" t="s">
         <v>2488</v>
       </c>
-      <c r="F722" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A723" s="1" t="s">
+      <c r="B725" s="1" t="s">
         <v>2489</v>
       </c>
-      <c r="B723" s="1" t="s">
+      <c r="C725" s="1" t="s">
         <v>2490</v>
       </c>
-      <c r="C723" s="1" t="s">
+      <c r="D725" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E725" s="3" t="s">
         <v>2491</v>
       </c>
-      <c r="D723" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E723" s="3" t="s">
+      <c r="F725" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G725" s="3" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A726" s="1" t="s">
         <v>2492</v>
       </c>
-      <c r="F723" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A724" s="1" t="s">
+      <c r="B726" s="1" t="s">
         <v>2493</v>
       </c>
-      <c r="B724" s="1" t="s">
+      <c r="C726" s="1" t="s">
         <v>2494</v>
       </c>
-      <c r="C724" s="1" t="s">
+      <c r="D726" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E726" s="3" t="s">
         <v>2495</v>
       </c>
-      <c r="D724" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E724" s="3" t="s">
+      <c r="F726" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G726" s="3" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A727" s="1" t="s">
         <v>2496</v>
       </c>
-      <c r="F724" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A725" s="1" t="s">
+      <c r="B727" s="1" t="s">
         <v>2497</v>
       </c>
-      <c r="B725" s="1" t="s">
+      <c r="C727" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E727" s="3" t="s">
         <v>2498</v>
       </c>
-      <c r="C725" s="1" t="s">
+      <c r="F727" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G727" s="3" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A728" s="1" t="s">
         <v>2499</v>
       </c>
-      <c r="D725" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E725" s="3" t="s">
+      <c r="B728" s="1" t="s">
         <v>2500</v>
       </c>
-      <c r="F725" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A726" s="1" t="s">
+      <c r="C728" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E728" s="3" t="s">
         <v>2501</v>
       </c>
-      <c r="B726" s="1" t="s">
+      <c r="F728" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G728" s="3" t="s">
         <v>2502</v>
       </c>
-      <c r="C726" s="1" t="s">
+    </row>
+    <row r="729" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A729" s="1" t="s">
         <v>2503</v>
       </c>
-      <c r="D726" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E726" s="3" t="s">
+      <c r="B729" s="1" t="s">
         <v>2504</v>
       </c>
-      <c r="F726" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A727" s="1" t="s">
+      <c r="C729" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E729" s="3" t="s">
         <v>2505</v>
       </c>
-      <c r="B727" s="1" t="s">
+      <c r="F729" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G729" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A730" s="1" t="s">
         <v>2506</v>
       </c>
-      <c r="C727" s="1" t="s">
+      <c r="B730" s="1" t="s">
         <v>2507</v>
       </c>
-      <c r="D727" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E727" s="3" t="s">
+      <c r="C730" s="1" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E730" s="3" t="s">
         <v>2508</v>
       </c>
-      <c r="F727" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A728" s="1" t="s">
+      <c r="F730" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G730" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A731" s="1" t="s">
         <v>2509</v>
       </c>
-      <c r="B728" s="1" t="s">
+      <c r="B731" s="1" t="s">
         <v>2510</v>
       </c>
-      <c r="C728" s="1" t="s">
+      <c r="C731" s="1" t="s">
+        <v>2510</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E731" s="3" t="s">
         <v>2511</v>
       </c>
-      <c r="D728" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E728" s="3" t="s">
+      <c r="F731" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G731" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A732" s="1" t="s">
         <v>2512</v>
       </c>
-      <c r="F728" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A729" s="1" t="s">
+      <c r="B732" s="1" t="s">
         <v>2513</v>
       </c>
-      <c r="B729" s="1" t="s">
+      <c r="C732" s="1" t="s">
         <v>2514</v>
       </c>
-      <c r="C729" s="1" t="s">
+      <c r="D732" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E732" s="3" t="s">
         <v>2515</v>
       </c>
-      <c r="D729" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E729" s="3" t="s">
+      <c r="F732" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G732" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A733" s="1" t="s">
         <v>2516</v>
       </c>
-      <c r="F729" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A730" s="1" t="s">
+      <c r="B733" s="1" t="s">
         <v>2517</v>
       </c>
-      <c r="B730" s="1" t="s">
+      <c r="C733" s="1" t="s">
         <v>2518</v>
       </c>
-      <c r="C730" s="1" t="s">
+      <c r="D733" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E733" s="3" t="s">
         <v>2519</v>
       </c>
-      <c r="D730" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E730" s="3" t="s">
+      <c r="F733" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G733" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A734" s="1" t="s">
         <v>2520</v>
       </c>
-      <c r="F730" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A731" s="1" t="s">
+      <c r="B734" s="1" t="s">
         <v>2521</v>
       </c>
-      <c r="B731" s="1" t="s">
+      <c r="C734" s="1" t="s">
         <v>2522</v>
       </c>
-      <c r="C731" s="1" t="s">
+      <c r="D734" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E734" s="3" t="s">
         <v>2523</v>
       </c>
-      <c r="D731" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E731" s="3" t="s">
+      <c r="F734" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G734" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A735" s="1" t="s">
         <v>2524</v>
       </c>
-      <c r="F731" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A732" s="1" t="s">
+      <c r="B735" s="1" t="s">
         <v>2525</v>
       </c>
-      <c r="B732" s="1" t="s">
+      <c r="C735" s="1" t="s">
         <v>2526</v>
       </c>
-      <c r="C732" s="1" t="s">
+      <c r="D735" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E735" s="3" t="s">
         <v>2527</v>
       </c>
-      <c r="D732" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E732" s="3" t="s">
+      <c r="F735" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G735" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A736" s="1" t="s">
         <v>2528</v>
       </c>
-      <c r="F732" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A733" s="1" t="s">
+      <c r="B736" s="1" t="s">
         <v>2529</v>
       </c>
-      <c r="B733" s="1" t="s">
+      <c r="C736" s="1" t="s">
         <v>2530</v>
       </c>
-      <c r="C733" s="1" t="s">
+      <c r="D736" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E736" s="3" t="s">
         <v>2531</v>
       </c>
-      <c r="D733" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E733" s="3" t="s">
+      <c r="F736" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G736" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A737" s="1" t="s">
         <v>2532</v>
       </c>
-      <c r="F733" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A734" s="1" t="s">
+      <c r="B737" s="1" t="s">
         <v>2533</v>
       </c>
-      <c r="B734" s="1" t="s">
+      <c r="C737" s="1" t="s">
         <v>2534</v>
       </c>
-      <c r="C734" s="1" t="s">
+      <c r="D737" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E737" s="3" t="s">
         <v>2535</v>
       </c>
-      <c r="D734" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E734" s="3" t="s">
+      <c r="F737" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G737" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A738" s="1" t="s">
         <v>2536</v>
       </c>
-      <c r="F734" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A735" s="1" t="s">
+      <c r="B738" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="B735" s="1" t="s">
+      <c r="C738" s="1" t="s">
         <v>2538</v>
       </c>
-      <c r="C735" s="1" t="s">
+      <c r="D738" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E738" s="3" t="s">
         <v>2539</v>
       </c>
-      <c r="D735" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E735" s="3" t="s">
+      <c r="F738" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G738" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A739" s="1" t="s">
         <v>2540</v>
       </c>
-      <c r="F735" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A736" s="1" t="s">
+      <c r="B739" s="1" t="s">
         <v>2541</v>
       </c>
-      <c r="B736" s="1" t="s">
+      <c r="C739" s="1" t="s">
         <v>2542</v>
       </c>
-      <c r="C736" s="1" t="s">
+      <c r="D739" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E739" s="3" t="s">
         <v>2543</v>
       </c>
-      <c r="D736" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E736" s="3" t="s">
+      <c r="F739" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G739" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A740" s="1" t="s">
         <v>2544</v>
       </c>
-      <c r="F736" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A737" s="1" t="s">
+      <c r="B740" s="1" t="s">
         <v>2545</v>
       </c>
-      <c r="B737" s="1" t="s">
+      <c r="C740" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E740" s="3" t="s">
         <v>2546</v>
       </c>
-      <c r="C737" s="1" t="s">
+      <c r="F740" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G740" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A741" s="1" t="s">
         <v>2547</v>
       </c>
-      <c r="D737" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E737" s="3" t="s">
+      <c r="B741" s="1" t="s">
         <v>2548</v>
       </c>
-      <c r="F737" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A738" s="1" t="s">
+      <c r="C741" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E741" s="3" t="s">
         <v>2549</v>
       </c>
-      <c r="B738" s="1" t="s">
+      <c r="F741" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G741" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A742" s="1" t="s">
         <v>2550</v>
       </c>
-      <c r="C738" s="1" t="s">
+      <c r="B742" s="1" t="s">
         <v>2551</v>
       </c>
-      <c r="D738" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E738" s="3" t="s">
+      <c r="C742" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E742" s="3" t="s">
         <v>2552</v>
       </c>
-      <c r="F738" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A739" s="1" t="s">
+      <c r="F742" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G742" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A743" s="1" t="s">
         <v>2553</v>
       </c>
-      <c r="B739" s="1" t="s">
+      <c r="B743" s="1" t="s">
         <v>2554</v>
       </c>
-      <c r="C739" s="1" t="s">
+      <c r="C743" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E743" s="3" t="s">
         <v>2555</v>
       </c>
-      <c r="D739" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E739" s="3" t="s">
+      <c r="F743" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G743" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A744" s="1" t="s">
         <v>2556</v>
       </c>
-      <c r="F739" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A740" s="1" t="s">
+      <c r="B744" s="1" t="s">
         <v>2557</v>
       </c>
-      <c r="B740" s="1" t="s">
+      <c r="C744" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E744" s="3" t="s">
         <v>2558</v>
       </c>
-      <c r="C740" s="1" t="s">
+      <c r="F744" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G744" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A745" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="D740" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E740" s="3" t="s">
+      <c r="B745" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="F740" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A741" s="1" t="s">
+      <c r="C745" s="1" t="s">
         <v>2561</v>
       </c>
-      <c r="B741" s="1" t="s">
+      <c r="D745" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E745" s="3" t="s">
         <v>2562</v>
       </c>
-      <c r="C741" s="1" t="s">
+      <c r="F745" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G745" s="3" t="s">
         <v>2563</v>
       </c>
-      <c r="D741" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E741" s="3" t="s">
+    </row>
+    <row r="746" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A746" s="1" t="s">
         <v>2564</v>
       </c>
-      <c r="F741" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A742" s="1" t="s">
+      <c r="B746" s="1" t="s">
         <v>2565</v>
       </c>
-      <c r="B742" s="1" t="s">
+      <c r="C746" s="1" t="s">
         <v>2566</v>
       </c>
-      <c r="C742" s="1" t="s">
+      <c r="D746" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E746" s="3" t="s">
         <v>2567</v>
       </c>
-      <c r="D742" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E742" s="3" t="s">
+      <c r="F746" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G746" s="3" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A747" s="1" t="s">
         <v>2568</v>
       </c>
-      <c r="F742" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A743" s="1" t="s">
+      <c r="B747" s="1" t="s">
         <v>2569</v>
       </c>
-      <c r="B743" s="1" t="s">
+      <c r="C747" s="1" t="s">
         <v>2570</v>
       </c>
-      <c r="C743" s="1" t="s">
+      <c r="D747" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E747" s="3" t="s">
         <v>2571</v>
       </c>
-      <c r="D743" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E743" s="3" t="s">
+      <c r="F747" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G747" s="3" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A748" s="1" t="s">
         <v>2572</v>
       </c>
-      <c r="F743" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A744" s="1" t="s">
+      <c r="B748" s="1" t="s">
         <v>2573</v>
       </c>
-      <c r="B744" s="1" t="s">
+      <c r="C748" s="1" t="s">
         <v>2574</v>
       </c>
-      <c r="C744" s="1" t="s">
+      <c r="D748" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E748" s="3" t="s">
         <v>2575</v>
       </c>
-      <c r="D744" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E744" s="3" t="s">
+      <c r="F748" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G748" s="3" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A749" s="1" t="s">
         <v>2576</v>
       </c>
-      <c r="F744" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A745" s="1" t="s">
+      <c r="B749" s="1" t="s">
         <v>2577</v>
       </c>
-      <c r="B745" s="1" t="s">
+      <c r="C749" s="1" t="s">
         <v>2578</v>
       </c>
-      <c r="C745" s="1" t="s">
+      <c r="D749" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E749" s="3" t="s">
         <v>2579</v>
       </c>
-      <c r="D745" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E745" s="3" t="s">
+      <c r="F749" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G749" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A750" s="1" t="s">
         <v>2580</v>
       </c>
-      <c r="F745" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A746" s="1" t="s">
+      <c r="B750" s="1" t="s">
         <v>2581</v>
       </c>
-      <c r="B746" s="1" t="s">
+      <c r="C750" s="1" t="s">
         <v>2582</v>
       </c>
-      <c r="C746" s="1" t="s">
+      <c r="D750" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E750" s="3" t="s">
         <v>2583</v>
       </c>
-      <c r="D746" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E746" s="3" t="s">
+      <c r="F750" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G750" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A751" s="1" t="s">
         <v>2584</v>
       </c>
-      <c r="F746" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G746" s="3" t="s">
+      <c r="B751" s="1" t="s">
         <v>2585</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A747" s="1" t="s">
+      <c r="C751" s="1" t="s">
         <v>2586</v>
       </c>
-      <c r="B747" s="1" t="s">
+      <c r="D751" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E751" s="3" t="s">
         <v>2587</v>
       </c>
-      <c r="C747" s="1" t="s">
+      <c r="F751" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G751" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A752" s="1" t="s">
         <v>2588</v>
       </c>
-      <c r="D747" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E747" s="3" t="s">
+      <c r="B752" s="1" t="s">
         <v>2589</v>
       </c>
-      <c r="F747" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A748" s="1" t="s">
+      <c r="C752" s="1" t="s">
         <v>2590</v>
       </c>
-      <c r="B748" s="1" t="s">
+      <c r="D752" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E752" s="3" t="s">
         <v>2591</v>
       </c>
-      <c r="C748" s="1" t="s">
+      <c r="F752" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G752" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A753" s="1" t="s">
         <v>2592</v>
       </c>
-      <c r="D748" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E748" s="3" t="s">
+      <c r="B753" s="1" t="s">
         <v>2593</v>
       </c>
-      <c r="F748" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A749" s="1" t="s">
+      <c r="C753" s="1" t="s">
         <v>2594</v>
       </c>
-      <c r="B749" s="1" t="s">
+      <c r="D753" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E753" s="3" t="s">
         <v>2595</v>
       </c>
-      <c r="C749" s="1" t="s">
+      <c r="F753" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G753" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A754" s="1" t="s">
         <v>2596</v>
       </c>
-      <c r="D749" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E749" s="3" t="s">
+      <c r="B754" s="1" t="s">
         <v>2597</v>
       </c>
-      <c r="F749" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A750" s="1" t="s">
+      <c r="C754" s="1" t="s">
         <v>2598</v>
       </c>
-      <c r="B750" s="1" t="s">
+      <c r="D754" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E754" s="3" t="s">
         <v>2599</v>
       </c>
-      <c r="C750" s="1" t="s">
+      <c r="F754" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G754" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A755" s="1" t="s">
         <v>2600</v>
       </c>
-      <c r="D750" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E750" s="3" t="s">
+      <c r="B755" s="1" t="s">
         <v>2601</v>
       </c>
-      <c r="F750" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A751" s="1" t="s">
+      <c r="C755" s="1" t="s">
         <v>2602</v>
       </c>
-      <c r="B751" s="1" t="s">
+      <c r="D755" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E755" s="3" t="s">
         <v>2603</v>
       </c>
-      <c r="C751" s="1" t="s">
+      <c r="F755" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G755" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A756" s="1" t="s">
         <v>2604</v>
       </c>
-      <c r="D751" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E751" s="3" t="s">
+      <c r="B756" s="1" t="s">
         <v>2605</v>
       </c>
-      <c r="F751" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A752" s="1" t="s">
+      <c r="C756" s="1" t="s">
         <v>2606</v>
       </c>
-      <c r="B752" s="1" t="s">
+      <c r="D756" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E756" s="3" t="s">
         <v>2607</v>
       </c>
-      <c r="C752" s="1" t="s">
+      <c r="F756" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G756" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A757" s="1" t="s">
         <v>2608</v>
       </c>
-      <c r="D752" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E752" s="3" t="s">
+      <c r="B757" s="1" t="s">
         <v>2609</v>
       </c>
-      <c r="F752" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A753" s="1" t="s">
+      <c r="C757" s="1" t="s">
         <v>2610</v>
       </c>
-      <c r="B753" s="1" t="s">
+      <c r="D757" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E757" s="3" t="s">
         <v>2611</v>
       </c>
-      <c r="C753" s="1" t="s">
+      <c r="F757" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G757" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A758" s="1" t="s">
         <v>2612</v>
       </c>
-      <c r="D753" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E753" s="3" t="s">
+      <c r="B758" s="1" t="s">
         <v>2613</v>
       </c>
-      <c r="F753" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A754" s="1" t="s">
+      <c r="C758" s="1" t="s">
         <v>2614</v>
       </c>
-      <c r="B754" s="1" t="s">
+      <c r="D758" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E758" s="3" t="s">
         <v>2615</v>
       </c>
-      <c r="C754" s="1" t="s">
+      <c r="F758" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="759" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A759" s="1" t="s">
         <v>2616</v>
       </c>
-      <c r="D754" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E754" s="3" t="s">
+      <c r="B759" s="1" t="s">
         <v>2617</v>
       </c>
-      <c r="F754" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A755" s="1" t="s">
+      <c r="C759" s="1" t="s">
         <v>2618</v>
       </c>
-      <c r="B755" s="1" t="s">
+      <c r="D759" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E759" s="3" t="s">
         <v>2619</v>
       </c>
-      <c r="C755" s="1" t="s">
+      <c r="F759" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A760" s="1" t="s">
         <v>2620</v>
       </c>
-      <c r="D755" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E755" s="3" t="s">
+      <c r="B760" s="1" t="s">
         <v>2621</v>
       </c>
-      <c r="F755" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A756" s="1" t="s">
+      <c r="C760" s="1" t="s">
         <v>2622</v>
       </c>
-      <c r="B756" s="1" t="s">
+      <c r="D760" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E760" s="3" t="s">
         <v>2623</v>
       </c>
-      <c r="C756" s="1" t="s">
+      <c r="F760" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A761" s="1" t="s">
         <v>2624</v>
       </c>
-      <c r="D756" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E756" s="3" t="s">
+      <c r="B761" s="1" t="s">
         <v>2625</v>
       </c>
-      <c r="F756" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A757" s="1" t="s">
+      <c r="C761" s="1" t="s">
         <v>2626</v>
       </c>
-      <c r="B757" s="1" t="s">
+      <c r="D761" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E761" s="3" t="s">
         <v>2627</v>
       </c>
-      <c r="C757" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E757" s="3" t="s">
+      <c r="F761" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A762" s="1" t="s">
         <v>2628</v>
       </c>
-      <c r="F757" s="3" t="s">
+      <c r="B762" s="1" t="s">
         <v>2629</v>
       </c>
-      <c r="G757" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A758" s="1" t="s">
+      <c r="C762" s="1" t="s">
         <v>2630</v>
       </c>
-      <c r="B758" s="1" t="s">
+      <c r="D762" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E762" s="3" t="s">
         <v>2631</v>
       </c>
-      <c r="C758" s="1" t="s">
+      <c r="F762" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G762" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A763" s="1" t="s">
         <v>2632</v>
       </c>
-      <c r="D758" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E758" s="3" t="s">
+      <c r="B763" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="F758" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A759" s="1" t="s">
+      <c r="C763" s="1" t="s">
         <v>2634</v>
       </c>
-      <c r="B759" s="1" t="s">
+      <c r="D763" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E763" s="3" t="s">
         <v>2635</v>
       </c>
-      <c r="C759" s="1" t="s">
+      <c r="F763" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G763" s="3" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A764" s="1" t="s">
         <v>2636</v>
       </c>
-      <c r="D759" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E759" s="3" t="s">
+      <c r="B764" s="1" t="s">
         <v>2637</v>
       </c>
-      <c r="F759" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A760" s="1" t="s">
+      <c r="C764" s="1" t="s">
         <v>2638</v>
       </c>
-      <c r="B760" s="1" t="s">
+      <c r="D764" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E764" s="3" t="s">
         <v>2639</v>
       </c>
-      <c r="C760" s="1" t="s">
+      <c r="F764" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G764" s="3" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A765" s="1" t="s">
         <v>2640</v>
       </c>
-      <c r="D760" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E760" s="3" t="s">
+      <c r="B765" s="1" t="s">
         <v>2641</v>
       </c>
-      <c r="F760" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G760" s="3" t="s">
+      <c r="C765" s="1" t="s">
         <v>2642</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A761" s="1" t="s">
+      <c r="D765" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E765" s="3" t="s">
         <v>2643</v>
       </c>
-      <c r="B761" s="1" t="s">
+      <c r="F765" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A766" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="C761" s="1" t="s">
+      <c r="B766" s="1" t="s">
         <v>2645</v>
       </c>
-      <c r="D761" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E761" s="3" t="s">
+      <c r="C766" s="1" t="s">
         <v>2646</v>
       </c>
-      <c r="F761" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A762" s="1" t="s">
+      <c r="D766" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E766" s="3" t="s">
         <v>2647</v>
       </c>
-      <c r="B762" s="1" t="s">
+      <c r="F766" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A767" s="1" t="s">
         <v>2648</v>
       </c>
-      <c r="C762" s="1" t="s">
+      <c r="B767" s="1" t="s">
         <v>2649</v>
       </c>
-      <c r="D762" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E762" s="3" t="s">
+      <c r="C767" s="1" t="s">
         <v>2650</v>
       </c>
-      <c r="F762" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A763" s="1" t="s">
+      <c r="D767" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E767" s="3" t="s">
         <v>2651</v>
       </c>
-      <c r="B763" s="1" t="s">
+      <c r="F767" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A768" s="1" t="s">
         <v>2652</v>
       </c>
-      <c r="C763" s="1" t="s">
+      <c r="B768" s="1" t="s">
         <v>2653</v>
       </c>
-      <c r="D763" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E763" s="3" t="s">
+      <c r="C768" s="1" t="s">
         <v>2654</v>
       </c>
-      <c r="F763" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A764" s="1" t="s">
+      <c r="D768" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E768" s="3" t="s">
         <v>2655</v>
       </c>
-      <c r="B764" s="1" t="s">
+      <c r="F768" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A769" s="1" t="s">
         <v>2656</v>
       </c>
-      <c r="C764" s="1" t="s">
+      <c r="B769" s="1" t="s">
         <v>2657</v>
       </c>
-      <c r="D764" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E764" s="3" t="s">
+      <c r="C769" s="1" t="s">
         <v>2658</v>
       </c>
-      <c r="F764" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A765" s="1" t="s">
+      <c r="D769" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E769" s="3" t="s">
         <v>2659</v>
       </c>
-      <c r="B765" s="1" t="s">
+      <c r="F769" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A770" s="1" t="s">
         <v>2660</v>
       </c>
-      <c r="C765" s="1" t="s">
+      <c r="B770" s="1" t="s">
         <v>2661</v>
       </c>
-      <c r="D765" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E765" s="3" t="s">
+      <c r="C770" s="1" t="s">
         <v>2662</v>
       </c>
-      <c r="F765" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A766" s="1" t="s">
+      <c r="D770" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E770" s="3" t="s">
         <v>2663</v>
       </c>
-      <c r="B766" s="1" t="s">
+      <c r="F770" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A771" s="1" t="s">
         <v>2664</v>
       </c>
-      <c r="C766" s="1" t="s">
+      <c r="B771" s="1" t="s">
         <v>2665</v>
       </c>
-      <c r="D766" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E766" s="3" t="s">
+      <c r="C771" s="1" t="s">
         <v>2666</v>
       </c>
-      <c r="F766" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A767" s="1" t="s">
+      <c r="D771" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E771" s="3" t="s">
         <v>2667</v>
       </c>
-      <c r="B767" s="1" t="s">
+      <c r="F771" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A772" s="1" t="s">
         <v>2668</v>
       </c>
-      <c r="C767" s="1" t="s">
+      <c r="B772" s="1" t="s">
         <v>2669</v>
       </c>
-      <c r="D767" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E767" s="3" t="s">
+      <c r="C772" s="1" t="s">
         <v>2670</v>
       </c>
-      <c r="F767" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A768" s="1" t="s">
+      <c r="D772" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E772" s="3" t="s">
         <v>2671</v>
       </c>
-      <c r="B768" s="1" t="s">
+      <c r="F772" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A773" s="1" t="s">
         <v>2672</v>
       </c>
-      <c r="C768" s="1" t="s">
+      <c r="B773" s="1" t="s">
         <v>2673</v>
       </c>
-      <c r="D768" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E768" s="3" t="s">
+      <c r="C773" s="1" t="s">
         <v>2674</v>
       </c>
-      <c r="F768" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A769" s="1" t="s">
+      <c r="D773" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E773" s="3" t="s">
         <v>2675</v>
       </c>
-      <c r="B769" s="1" t="s">
+      <c r="F773" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G773" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A774" s="1" t="s">
         <v>2676</v>
       </c>
-      <c r="C769" s="1" t="s">
+      <c r="B774" s="1" t="s">
         <v>2677</v>
       </c>
-      <c r="D769" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E769" s="3" t="s">
+      <c r="C774" s="1" t="s">
         <v>2678</v>
       </c>
-      <c r="F769" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A770" s="1" t="s">
+      <c r="D774" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E774" s="3" t="s">
         <v>2679</v>
       </c>
-      <c r="B770" s="1" t="s">
+      <c r="F774" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A775" s="1" t="s">
         <v>2680</v>
       </c>
-      <c r="C770" s="1" t="s">
+      <c r="B775" s="1" t="s">
         <v>2681</v>
       </c>
-      <c r="D770" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E770" s="3" t="s">
+      <c r="C775" s="1" t="s">
         <v>2682</v>
       </c>
-      <c r="F770" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G770" s="3" t="s">
+      <c r="D775" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E775" s="3" t="s">
         <v>2683</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A771" s="1" t="s">
+      <c r="F775" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A776" s="1" t="s">
         <v>2684</v>
       </c>
-      <c r="B771" s="1" t="s">
+      <c r="B776" s="1" t="s">
         <v>2685</v>
       </c>
-      <c r="C771" s="1" t="s">
+      <c r="C776" s="1" t="s">
         <v>2686</v>
       </c>
-      <c r="D771" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E771" s="3" t="s">
+      <c r="D776" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E776" s="3" t="s">
         <v>2687</v>
       </c>
-      <c r="F771" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A772" s="1" t="s">
+      <c r="F776" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G776" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A777" s="1" t="s">
         <v>2688</v>
       </c>
-      <c r="B772" s="1" t="s">
+      <c r="B777" s="1" t="s">
         <v>2689</v>
       </c>
-      <c r="C772" s="1" t="s">
+      <c r="C777" s="1" t="s">
         <v>2690</v>
       </c>
-      <c r="D772" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E772" s="3" t="s">
+      <c r="D777" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E777" s="3" t="s">
         <v>2691</v>
       </c>
-      <c r="F772" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G772" s="3" t="s">
+      <c r="F777" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G777" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A778" s="1" t="s">
         <v>2692</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A773" s="1" t="s">
+      <c r="B778" s="1" t="s">
         <v>2693</v>
       </c>
-      <c r="B773" s="1" t="s">
+      <c r="C778" s="1" t="s">
         <v>2694</v>
       </c>
-      <c r="C773" s="1" t="s">
+      <c r="D778" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E778" s="3" t="s">
         <v>2695</v>
       </c>
-      <c r="D773" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E773" s="3" t="s">
+      <c r="F778" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G778" s="3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A779" s="1" t="s">
         <v>2696</v>
       </c>
-      <c r="F773" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G773" s="3" t="s">
+      <c r="B779" s="1" t="s">
         <v>2697</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A774" s="1" t="s">
+      <c r="C779" s="1" t="s">
         <v>2698</v>
       </c>
-      <c r="B774" s="1" t="s">
+      <c r="D779" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E779" s="3" t="s">
         <v>2699</v>
       </c>
-      <c r="C774" s="1" t="s">
+      <c r="F779" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G779" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A780" s="1" t="s">
         <v>2700</v>
       </c>
-      <c r="D774" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E774" s="3" t="s">
+      <c r="B780" s="1" t="s">
         <v>2701</v>
       </c>
-      <c r="F774" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A775" s="1" t="s">
+      <c r="C780" s="1" t="s">
         <v>2702</v>
       </c>
-      <c r="B775" s="1" t="s">
+      <c r="D780" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E780" s="3" t="s">
         <v>2703</v>
       </c>
-      <c r="C775" s="1" t="s">
+      <c r="F780" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G780" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A781" s="1" t="s">
         <v>2704</v>
       </c>
-      <c r="D775" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E775" s="3" t="s">
+      <c r="B781" s="1" t="s">
         <v>2705</v>
       </c>
-      <c r="F775" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A776" s="1" t="s">
+      <c r="C781" s="1" t="s">
         <v>2706</v>
       </c>
-      <c r="B776" s="1" t="s">
+      <c r="D781" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E781" s="3" t="s">
         <v>2707</v>
       </c>
-      <c r="C776" s="1" t="s">
+      <c r="F781" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G781" s="3" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A782" s="1" t="s">
         <v>2708</v>
       </c>
-      <c r="D776" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E776" s="3" t="s">
+      <c r="B782" s="1" t="s">
         <v>2709</v>
       </c>
-      <c r="F776" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A777" s="1" t="s">
+      <c r="C782" s="1" t="s">
         <v>2710</v>
       </c>
-      <c r="B777" s="1" t="s">
+      <c r="D782" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E782" s="3" t="s">
         <v>2711</v>
       </c>
-      <c r="C777" s="1" t="s">
+      <c r="F782" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G782" s="3" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A783" s="1" t="s">
         <v>2712</v>
       </c>
-      <c r="D777" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E777" s="3" t="s">
+      <c r="B783" s="1" t="s">
         <v>2713</v>
       </c>
-      <c r="F777" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A778" s="1" t="s">
+      <c r="C783" s="1" t="s">
         <v>2714</v>
       </c>
-      <c r="B778" s="1" t="s">
+      <c r="D783" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E783" s="3" t="s">
         <v>2715</v>
       </c>
-      <c r="C778" s="1" t="s">
+      <c r="F783" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G783" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A784" s="1" t="s">
         <v>2716</v>
       </c>
-      <c r="D778" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E778" s="3" t="s">
+      <c r="B784" s="1" t="s">
         <v>2717</v>
       </c>
-      <c r="F778" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A779" s="1" t="s">
+      <c r="C784" s="1" t="s">
         <v>2718</v>
       </c>
-      <c r="B779" s="1" t="s">
+      <c r="D784" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E784" s="3" t="s">
         <v>2719</v>
       </c>
-      <c r="C779" s="1" t="s">
+      <c r="F784" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A785" s="1" t="s">
         <v>2720</v>
       </c>
-      <c r="D779" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E779" s="3" t="s">
+      <c r="B785" s="1" t="s">
         <v>2721</v>
       </c>
-      <c r="F779" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A780" s="1" t="s">
+      <c r="C785" s="1" t="s">
         <v>2722</v>
       </c>
-      <c r="B780" s="1" t="s">
+      <c r="D785" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E785" s="3" t="s">
         <v>2723</v>
       </c>
-      <c r="C780" s="1" t="s">
+      <c r="F785" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A786" s="1" t="s">
         <v>2724</v>
       </c>
-      <c r="D780" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E780" s="3" t="s">
+      <c r="B786" s="1" t="s">
         <v>2725</v>
       </c>
-      <c r="F780" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A781" s="1" t="s">
+      <c r="C786" s="1" t="s">
         <v>2726</v>
       </c>
-      <c r="B781" s="1" t="s">
+      <c r="D786" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E786" s="3" t="s">
         <v>2727</v>
       </c>
-      <c r="C781" s="1" t="s">
+      <c r="F786" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G786" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="787" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A787" s="1" t="s">
         <v>2728</v>
       </c>
-      <c r="D781" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E781" s="3" t="s">
+      <c r="B787" s="1" t="s">
         <v>2729</v>
       </c>
-      <c r="F781" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A782" s="1" t="s">
+      <c r="C787" s="1" t="s">
         <v>2730</v>
       </c>
-      <c r="B782" s="1" t="s">
+      <c r="D787" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E787" s="3" t="s">
         <v>2731</v>
       </c>
-      <c r="C782" s="1" t="s">
+      <c r="F787" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G787" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A788" s="1" t="s">
         <v>2732</v>
       </c>
-      <c r="D782" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E782" s="3" t="s">
+      <c r="B788" s="1" t="s">
         <v>2733</v>
       </c>
-      <c r="F782" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A783" s="1" t="s">
+      <c r="C788" s="1" t="s">
         <v>2734</v>
       </c>
-      <c r="B783" s="1" t="s">
+      <c r="D788" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E788" s="3" t="s">
         <v>2735</v>
       </c>
-      <c r="C783" s="1" t="s">
+      <c r="F788" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G788" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A789" s="1" t="s">
         <v>2736</v>
       </c>
-      <c r="D783" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E783" s="3" t="s">
+      <c r="B789" s="1" t="s">
         <v>2737</v>
       </c>
-      <c r="F783" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A784" s="1" t="s">
+      <c r="C789" s="1" t="s">
         <v>2738</v>
       </c>
-      <c r="B784" s="1" t="s">
+      <c r="D789" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E789" s="3" t="s">
         <v>2739</v>
       </c>
-      <c r="C784" s="1" t="s">
+      <c r="F789" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G789" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A790" s="1" t="s">
         <v>2740</v>
       </c>
-      <c r="D784" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E784" s="3" t="s">
+      <c r="B790" s="1" t="s">
         <v>2741</v>
       </c>
-      <c r="F784" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A785" s="1" t="s">
+      <c r="C790" s="1" t="s">
         <v>2742</v>
       </c>
-      <c r="B785" s="1" t="s">
+      <c r="D790" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E790" s="3" t="s">
         <v>2743</v>
       </c>
-      <c r="C785" s="1" t="s">
+      <c r="F790" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G790" s="3" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A791" s="1" t="s">
         <v>2744</v>
       </c>
-      <c r="D785" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E785" s="3" t="s">
+      <c r="B791" s="1" t="s">
         <v>2745</v>
       </c>
-      <c r="F785" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A786" s="1" t="s">
+      <c r="C791" s="1" t="s">
         <v>2746</v>
       </c>
-      <c r="B786" s="1" t="s">
+      <c r="D791" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E791" s="3" t="s">
         <v>2747</v>
       </c>
-      <c r="C786" s="1" t="s">
+      <c r="F791" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G791" s="3" t="s">
         <v>2748</v>
       </c>
-      <c r="D786" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E786" s="3" t="s">
+    </row>
+    <row r="792" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A792" s="1" t="s">
         <v>2749</v>
       </c>
-      <c r="F786" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A787" s="1" t="s">
+      <c r="B792" s="1" t="s">
         <v>2750</v>
       </c>
-      <c r="B787" s="1" t="s">
+      <c r="C792" s="1" t="s">
         <v>2751</v>
       </c>
-      <c r="C787" s="1" t="s">
+      <c r="D792" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E792" s="3" t="s">
         <v>2752</v>
       </c>
-      <c r="D787" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E787" s="3" t="s">
+      <c r="F792" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="G792" s="3" t="s">
         <v>2753</v>
       </c>
-      <c r="F787" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A788" s="1" t="s">
+    </row>
+    <row r="793" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A793" s="1" t="s">
         <v>2754</v>
       </c>
-      <c r="B788" s="1" t="s">
+      <c r="B793" s="1" t="s">
         <v>2755</v>
       </c>
-      <c r="C788" s="1" t="s">
+      <c r="C793" s="1" t="s">
         <v>2756</v>
       </c>
-      <c r="D788" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E788" s="3" t="s">
+      <c r="D793" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E793" s="3" t="s">
         <v>2757</v>
       </c>
-      <c r="F788" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A789" s="1" t="s">
+      <c r="F793" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G793" s="3" t="s">
         <v>2758</v>
       </c>
-      <c r="B789" s="1" t="s">
+    </row>
+    <row r="794" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A794" s="1" t="s">
         <v>2759</v>
       </c>
-      <c r="C789" s="1" t="s">
+      <c r="B794" s="1" t="s">
         <v>2760</v>
       </c>
-      <c r="D789" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E789" s="3" t="s">
+      <c r="C794" s="1" t="s">
         <v>2761</v>
       </c>
-      <c r="F789" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A790" s="1" t="s">
+      <c r="D794" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E794" s="3" t="s">
         <v>2762</v>
       </c>
-      <c r="B790" s="1" t="s">
+      <c r="F794" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G794" s="3" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A795" s="1" t="s">
         <v>2763</v>
       </c>
-      <c r="C790" s="1" t="s">
+      <c r="B795" s="1" t="s">
         <v>2764</v>
       </c>
-      <c r="D790" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E790" s="3" t="s">
+      <c r="C795" s="1" t="s">
         <v>2765</v>
       </c>
-      <c r="F790" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A791" s="1" t="s">
+      <c r="D795" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E795" s="3" t="s">
         <v>2766</v>
       </c>
-      <c r="B791" s="1" t="s">
+      <c r="F795" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G795" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A796" s="1" t="s">
         <v>2767</v>
       </c>
-      <c r="C791" s="1" t="s">
+      <c r="B796" s="1" t="s">
         <v>2768</v>
       </c>
-      <c r="D791" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E791" s="3" t="s">
+      <c r="C796" s="1" t="s">
         <v>2769</v>
       </c>
-      <c r="F791" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A792" s="1" t="s">
+      <c r="D796" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E796" s="3" t="s">
         <v>2770</v>
       </c>
-      <c r="B792" s="1" t="s">
+      <c r="F796" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G796" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A797" s="1" t="s">
         <v>2771</v>
       </c>
-      <c r="C792" s="1" t="s">
+      <c r="B797" s="1" t="s">
         <v>2772</v>
       </c>
-      <c r="D792" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E792" s="3" t="s">
+      <c r="C797" s="1" t="s">
         <v>2773</v>
       </c>
-      <c r="F792" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A793" s="1" t="s">
+      <c r="D797" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E797" s="3" t="s">
         <v>2774</v>
       </c>
-      <c r="B793" s="1" t="s">
+      <c r="F797" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G797" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A798" s="1" t="s">
         <v>2775</v>
       </c>
-      <c r="C793" s="1" t="s">
+      <c r="B798" s="1" t="s">
         <v>2776</v>
       </c>
-      <c r="D793" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E793" s="3" t="s">
+      <c r="C798" s="1" t="s">
         <v>2777</v>
       </c>
-      <c r="F793" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A794" s="1" t="s">
+      <c r="D798" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E798" s="3" t="s">
         <v>2778</v>
       </c>
-      <c r="B794" s="1" t="s">
+      <c r="F798" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G798" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A799" s="1" t="s">
         <v>2779</v>
       </c>
-      <c r="C794" s="1" t="s">
+      <c r="B799" s="1" t="s">
         <v>2780</v>
       </c>
-      <c r="D794" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E794" s="3" t="s">
+      <c r="C799" s="1" t="s">
         <v>2781</v>
       </c>
-      <c r="F794" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A795" s="1" t="s">
+      <c r="D799" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E799" s="3" t="s">
         <v>2782</v>
       </c>
-      <c r="B795" s="1" t="s">
+      <c r="F799" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G799" s="3" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A800" s="1" t="s">
         <v>2783</v>
       </c>
-      <c r="C795" s="1" t="s">
+      <c r="B800" s="1" t="s">
         <v>2784</v>
       </c>
-      <c r="D795" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E795" s="3" t="s">
+      <c r="C800" s="1" t="s">
         <v>2785</v>
       </c>
-      <c r="F795" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A796" s="1" t="s">
+      <c r="D800" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E800" s="3" t="s">
         <v>2786</v>
       </c>
-      <c r="B796" s="1" t="s">
+      <c r="F800" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G800" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A801" s="1" t="s">
         <v>2787</v>
       </c>
-      <c r="C796" s="1" t="s">
+      <c r="B801" s="1" t="s">
         <v>2788</v>
       </c>
-      <c r="D796" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E796" s="3" t="s">
+      <c r="C801" s="1" t="s">
         <v>2789</v>
       </c>
-      <c r="F796" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A797" s="1" t="s">
+      <c r="D801" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E801" s="3" t="s">
         <v>2790</v>
       </c>
-      <c r="B797" s="1" t="s">
+      <c r="F801" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G801" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A802" s="1" t="s">
         <v>2791</v>
       </c>
-      <c r="C797" s="1" t="s">
+      <c r="B802" s="1" t="s">
         <v>2792</v>
       </c>
-      <c r="D797" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E797" s="3" t="s">
+      <c r="C802" s="1" t="s">
         <v>2793</v>
       </c>
-      <c r="F797" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A798" s="1" t="s">
+      <c r="D802" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E802" s="3" t="s">
         <v>2794</v>
       </c>
-      <c r="B798" s="1" t="s">
+      <c r="F802" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G802" s="3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A803" s="1" t="s">
         <v>2795</v>
       </c>
-      <c r="C798" s="1" t="s">
+      <c r="B803" s="1" t="s">
         <v>2796</v>
       </c>
-      <c r="D798" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E798" s="3" t="s">
+      <c r="C803" s="1" t="s">
         <v>2797</v>
       </c>
-      <c r="F798" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A799" s="1" t="s">
+      <c r="D803" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E803" s="3" t="s">
         <v>2798</v>
       </c>
-      <c r="B799" s="1" t="s">
+      <c r="F803" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G803" s="3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A804" s="1" t="s">
         <v>2799</v>
       </c>
-      <c r="C799" s="1" t="s">
+      <c r="B804" s="1" t="s">
         <v>2800</v>
       </c>
-      <c r="D799" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E799" s="3" t="s">
+      <c r="C804" s="1" t="s">
         <v>2801</v>
       </c>
-      <c r="F799" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A800" s="1" t="s">
+      <c r="D804" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E804" s="3" t="s">
         <v>2802</v>
       </c>
-      <c r="B800" s="1" t="s">
+      <c r="F804" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G804" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A805" s="1" t="s">
         <v>2803</v>
       </c>
-      <c r="C800" s="1" t="s">
+      <c r="B805" s="1" t="s">
         <v>2804</v>
       </c>
-      <c r="D800" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E800" s="3" t="s">
+      <c r="C805" s="1" t="s">
         <v>2805</v>
       </c>
-      <c r="F800" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A801" s="1" t="s">
+      <c r="D805" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E805" s="3" t="s">
         <v>2806</v>
       </c>
-      <c r="B801" s="1" t="s">
+      <c r="F805" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G805" s="3" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A806" s="1" t="s">
         <v>2807</v>
       </c>
-      <c r="C801" s="1" t="s">
+      <c r="B806" s="1" t="s">
         <v>2808</v>
       </c>
-      <c r="D801" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E801" s="3" t="s">
+      <c r="C806" s="1" t="s">
         <v>2809</v>
       </c>
-      <c r="F801" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A802" s="1" t="s">
+      <c r="D806" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E806" s="3" t="s">
         <v>2810</v>
       </c>
-      <c r="B802" s="1" t="s">
+      <c r="F806" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G806" s="3" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A807" s="1" t="s">
         <v>2811</v>
       </c>
-      <c r="C802" s="1" t="s">
+      <c r="B807" s="1" t="s">
         <v>2812</v>
       </c>
-      <c r="D802" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E802" s="3" t="s">
+      <c r="C807" s="1" t="s">
         <v>2813</v>
       </c>
-      <c r="F802" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A803" s="1" t="s">
+      <c r="D807" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E807" s="3" t="s">
         <v>2814</v>
       </c>
-      <c r="B803" s="1" t="s">
+      <c r="F807" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G807" s="3" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A808" s="1" t="s">
         <v>2815</v>
       </c>
-      <c r="C803" s="1" t="s">
+      <c r="B808" s="1" t="s">
         <v>2816</v>
       </c>
-      <c r="D803" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E803" s="3" t="s">
+      <c r="C808" s="1" t="s">
         <v>2817</v>
       </c>
-      <c r="F803" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A804" s="1" t="s">
+      <c r="D808" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E808" s="3" t="s">
         <v>2818</v>
       </c>
-      <c r="B804" s="1" t="s">
+      <c r="F808" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G808" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A809" s="1" t="s">
         <v>2819</v>
       </c>
-      <c r="C804" s="1" t="s">
+      <c r="B809" s="1" t="s">
         <v>2820</v>
       </c>
-      <c r="D804" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E804" s="3" t="s">
+      <c r="C809" s="1" t="s">
         <v>2821</v>
       </c>
-      <c r="F804" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A805" s="1" t="s">
+      <c r="D809" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E809" s="3" t="s">
         <v>2822</v>
       </c>
-      <c r="B805" s="1" t="s">
+      <c r="F809" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G809" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A810" s="1" t="s">
         <v>2823</v>
       </c>
-      <c r="C805" s="1" t="s">
+      <c r="B810" s="1" t="s">
         <v>2824</v>
       </c>
-      <c r="D805" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E805" s="3" t="s">
+      <c r="C810" s="1" t="s">
         <v>2825</v>
       </c>
-      <c r="F805" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A806" s="1" t="s">
+      <c r="D810" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E810" s="3" t="s">
         <v>2826</v>
       </c>
-      <c r="B806" s="1" t="s">
+      <c r="F810" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G810" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A811" s="1" t="s">
         <v>2827</v>
       </c>
-      <c r="C806" s="1" t="s">
+      <c r="B811" s="1" t="s">
         <v>2828</v>
       </c>
-      <c r="D806" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E806" s="3" t="s">
+      <c r="C811" s="1" t="s">
         <v>2829</v>
       </c>
-      <c r="F806" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A807" s="1" t="s">
+      <c r="D811" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E811" s="3" t="s">
         <v>2830</v>
       </c>
-      <c r="B807" s="1" t="s">
+      <c r="F811" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G811" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A812" s="1" t="s">
         <v>2831</v>
       </c>
-      <c r="C807" s="1" t="s">
+      <c r="B812" s="1" t="s">
         <v>2832</v>
       </c>
-      <c r="D807" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E807" s="3" t="s">
+      <c r="C812" s="1" t="s">
         <v>2833</v>
       </c>
-      <c r="F807" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A808" s="1" t="s">
+      <c r="D812" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E812" s="3" t="s">
         <v>2834</v>
       </c>
-      <c r="B808" s="1" t="s">
+      <c r="F812" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G812" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A813" s="1" t="s">
         <v>2835</v>
       </c>
-      <c r="C808" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E808" s="3" t="s">
+      <c r="B813" s="1" t="s">
         <v>2836</v>
       </c>
-      <c r="F808" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A809" s="1" t="s">
+      <c r="C813" s="1" t="s">
         <v>2837</v>
       </c>
-      <c r="B809" s="1" t="s">
+      <c r="D813" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E813" s="3" t="s">
         <v>2838</v>
       </c>
-      <c r="C809" s="1" t="s">
+      <c r="F813" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G813" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="814" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A814" s="1" t="s">
         <v>2839</v>
       </c>
-      <c r="D809" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E809" s="3" t="s">
+      <c r="B814" s="1" t="s">
         <v>2840</v>
       </c>
-      <c r="F809" s="3" t="s">
+      <c r="C814" s="1" t="s">
         <v>2841</v>
       </c>
-      <c r="G809" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A810" s="1" t="s">
+      <c r="D814" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E814" s="3" t="s">
         <v>2842</v>
       </c>
-      <c r="B810" s="1" t="s">
+      <c r="F814" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G814" s="3" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A815" s="1" t="s">
         <v>2843</v>
       </c>
-      <c r="C810" s="1" t="s">
+      <c r="B815" s="1" t="s">
         <v>2844</v>
       </c>
-      <c r="D810" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E810" s="3" t="s">
+      <c r="C815" s="1" t="s">
         <v>2845</v>
       </c>
-      <c r="F810" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G810" s="3" t="s">
+      <c r="D815" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E815" s="3" t="s">
         <v>2846</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A811" s="1" t="s">
+      <c r="F815" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G815" s="3" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A816" s="1" t="s">
         <v>2847</v>
       </c>
-      <c r="B811" s="1" t="s">
+      <c r="B816" s="1" t="s">
         <v>2848</v>
       </c>
-      <c r="C811" s="1" t="s">
+      <c r="C816" s="1" t="s">
         <v>2849</v>
       </c>
-      <c r="D811" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E811" s="3" t="s">
+      <c r="D816" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E816" s="3" t="s">
         <v>2850</v>
       </c>
-      <c r="F811" s="3" t="s">
+      <c r="F816" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G816" s="3" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A817" s="1" t="s">
         <v>2851</v>
       </c>
-      <c r="G811" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A812" s="1" t="s">
+      <c r="B817" s="1" t="s">
         <v>2852</v>
       </c>
-      <c r="B812" s="1" t="s">
+      <c r="C817" s="1" t="s">
         <v>2853</v>
       </c>
-      <c r="C812" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E812" s="3" t="s">
+      <c r="D817" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E817" s="3" t="s">
         <v>2854</v>
       </c>
-      <c r="F812" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A813" s="1" t="s">
+      <c r="F817" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G817" s="3" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A818" s="1" t="s">
         <v>2855</v>
       </c>
-      <c r="B813" s="1" t="s">
+      <c r="B818" s="1" t="s">
         <v>2856</v>
       </c>
-      <c r="C813" s="1" t="s">
+      <c r="C818" s="1" t="s">
         <v>2857</v>
       </c>
-      <c r="D813" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E813" s="3" t="s">
+      <c r="D818" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E818" s="3" t="s">
         <v>2858</v>
       </c>
-      <c r="F813" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G813" s="3" t="s">
+      <c r="F818" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G818" s="3" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A819" s="1" t="s">
         <v>2859</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A814" s="1" t="s">
+      <c r="B819" s="1" t="s">
         <v>2860</v>
       </c>
-      <c r="B814" s="1" t="s">
+      <c r="C819" s="1" t="s">
         <v>2861</v>
       </c>
-      <c r="C814" s="1" t="s">
+      <c r="D819" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E819" s="3" t="s">
         <v>2862</v>
       </c>
-      <c r="D814" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E814" s="3" t="s">
+      <c r="F819" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G819" s="3" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A820" s="1" t="s">
         <v>2863</v>
       </c>
-      <c r="F814" s="3" t="s">
-[...3 lines deleted...]
-        <v>382</v>
+      <c r="B820" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C820" s="1" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D820" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E820" s="3" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F820" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G820" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A821" s="1" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B821" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="C821" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="D821" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E821" s="3" t="s">
+        <v>2870</v>
+      </c>
+      <c r="F821" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G821" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A822" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B822" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C822" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="D822" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E822" s="3" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F822" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="G822" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A823" s="1" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B823" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C823" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="D823" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E823" s="3" t="s">
+        <v>2876</v>
+      </c>
+      <c r="F823" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="G823" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A824" s="1" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B824" s="1" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C824" s="1" t="s">
+        <v>2878</v>
+      </c>
+      <c r="D824" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E824" s="3" t="s">
+        <v>2879</v>
+      </c>
+      <c r="F824" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G824" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A825" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="B825" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C825" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D825" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E825" s="3" t="s">
+        <v>2883</v>
+      </c>
+      <c r="F825" s="3" t="s">
+        <v>2884</v>
+      </c>
+      <c r="G825" s="3" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A826" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B826" s="1" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C826" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="D826" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E826" s="3" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F826" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="G826" s="3" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A827" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B827" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C827" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="D827" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E827" s="3" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F827" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="G827" s="3" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A828" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B828" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C828" s="1" t="s">
+        <v>2895</v>
+      </c>
+      <c r="D828" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E828" s="3" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F828" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="G828" s="3" t="s">
+        <v>373</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">