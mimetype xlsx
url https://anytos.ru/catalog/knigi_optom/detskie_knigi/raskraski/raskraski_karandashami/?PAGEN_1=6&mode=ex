--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -12,260 +12,203 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2057">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1746">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/934/cg21x5rxreloe61sxrh4ih65vvr6e3bz.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ВРЕМЕНА ГОДА А4, 4 : РКМ08-ВГ штр.: 4602723058953</t>
   </si>
   <si>
     <t>Раскраски 4&amp;#43; предназначены для детей среднего дошкольного возраста. Уровень сложности картинок соответствует способностям ребенка от 4 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества.</t>
   </si>
   <si>
     <t>Раскраски карандашами, фломастерами</t>
   </si>
   <si>
     <t>109800</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/010/qvzflwjyrsy330j59px7ppxaka0jtkpv.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/601/yei79y501dq4qw33axa5i827exkpco56.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ЗВЕРЯТА А4, 2 : РКМ08-З штр.: 4602723058755</t>
   </si>
   <si>
     <t>109803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/qor1qiy625wrzymrkpatv32l1yhenexj.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ИГРУШКИ А4, 2 : РКМ08-И штр.: 4602723058748</t>
   </si>
   <si>
     <t>Раскраски 2&amp;#43; предназначены для самых маленьких художников:&amp;nbsp;&amp;nbsp;рисунки в раскраске крупные, без мелких деталей&amp;nbsp;&amp;nbsp;большие области для раскрашивания&amp;nbsp;&amp;nbsp;широкий контур, скрывающий погрешности при раскрашивании- понятные, адаптированные для детского восприятия картинки. С помощью этих раскрасок малыши научатся раскрашивать и смогут создать свои самые первые шедевры.</t>
   </si>
   <si>
     <t>109804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/939/smtg661wnbe49ijvqujt4f0w3e15vie1.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка МАЛЕНЬКИЕ МОДНИЦЫ А4, 4 : РКМ08-ММ штр.: 4602723058960</t>
   </si>
   <si>
     <t>109805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b95/of1nyorzr5n0ts7j2jl7zri3ihjrpoyx.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка НА ПРОГУЛКЕ А4, 2 : РКМ08-НП штр.: 4602723058946</t>
   </si>
   <si>
     <t>109806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb9/xnjc6of8sbye6d9zdx56yve8q2w2uw3w.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ПИРАТЫ А4, 5 : РКМ08-ПИ штр.: 4602723059028</t>
   </si>
   <si>
     <t>109807</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/878/c6ughez108i2qi60vmlzr115xld1xy6g.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a78/u7mptx2jcdzy7riczfo3j1c02b2i3nwt.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ПТИЦЫ А4, 4 : РКМ08-ПТ штр.: 4602723058984</t>
   </si>
   <si>
     <t>109810</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/319/3p49tsslah3wz8em9hxz9b7i0fzh2f2i.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/320/wke1r2fmjfe87rsfmurz1nfa9ag5gy0q.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка ЛЮБИМЫЕ СКАЗКИ А4, 4 : РКМ08-ЛС штр.: 4602723058977</t>
   </si>
   <si>
     <t>109880</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e90/9109c81f283wc6zfn8nl7m5ydes91zdg.jpg</t>
   </si>
   <si>
     <t>Раскраска Каляка-Маляка МОРСКИЕ ЖИТЕЛИ от 3 лет. РКМ08-МЖ</t>
   </si>
   <si>
     <t>Пополнение серии черно-белых раскрасок Каляка-Маляка® новинками: «Лесные жители» и «Морские жители». Основные преимущества раскрасок Каляка-Маляка®: - Простые, эстетически красивые рисунки - Уровень сложности точно соответствует дошкольному возрасту - Сюжеты рисунков помогают развивать воображение и кругозор ребенка. Новые серии помогут малышу познакомиться с лесными и морскими обитателями, узнать, кто чем питается и как ведет себя в среде обитания. Раскрашивание – важнейшее занятие малыша, оно способствует развитию мелкой моторики, воображения, помогает изучать цвета. Подходят для детей от 3 лет.</t>
   </si>
   <si>
     <t>359354</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f27/o20cht2jbo41j2lxto91qltdp27c07yy.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/977/97706d98ef439928a251c7d0cf94c454/21dde740cf5353e02faf6633a00487d6.jpg</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. Бархатная раскраска и аппликация 2 в 1</t>
   </si>
   <si>
     <t>578240</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dbf/dbf7e58650cafd4e63bc0cb3c5ec6b1a/11020cec8cc5c3eb9de9dd1ad10bf05d.jpg</t>
-[...8 lines deleted...]
-    <t>578244</t>
+    <t>http://anytos.ru//upload/iblock/629/629f5a9fc96da369316ef13daec585b6/9fe5bbf1afe23f50810a6d70426fac5c.jpg</t>
+  </si>
+  <si>
+    <t>578241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d5/1d5717b4e4059fe7cd3652a34b97fc70/dd211c6ce7070918d5ad815671932b26.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор для творчества BONDIBON. Большу-у-ущая раскраска </t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. Большу-у-ущая раскраска!</t>
   </si>
   <si>
     <t>578245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3f/f3fd78f7bbeb60b83ce2e1fb374e4f58/a93ea8db8c8e260d97c451d522d745ec.jpg</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. Веер</t>
   </si>
   <si>
     <t>578246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/095/095a67d5d2a65feb30c482a0c6473181/e22201b38379aba51ee8226591a2c12e.jpg</t>
   </si>
@@ -381,62 +324,50 @@
     <t>707039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/332/dos7awg368nnnol64ah203xg820stw5e.jpg</t>
   </si>
   <si>
     <t>Раскраска А4  quot;Фауна quot; 8л с примером</t>
   </si>
   <si>
     <t>Раскраска А4 &amp;quot;Фауна&amp;quot; 8л, с цветным примером. 4 темы - подводный мир, дикие животные, домашние животные, птицы.&lt;br /&gt;
  Бумага - офсет, плотность 100 гр/м2</t>
   </si>
   <si>
     <t>707040</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7a/wvo7dupadolg2mubqu259jm9m41ebxju.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 3D</t>
   </si>
   <si>
     <t>707041</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b7a/kiuulnomdi51n36jhvspebkujzutn07h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a4a/a4ez2bcjbgaaux1y7qret5up3qnrkcuv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Раскраска с карандашами  комплект 2 раскраски  10 18см  10 цв.карандашей   4 вида </t>
   </si>
   <si>
     <t>Раскраска с карандашами .В комплекте: 2 раскраски &amp;#40;10*18см&amp;#41;&amp;#43;10 цветных карандашей. Размер в собранном виде 11,5*19*2см.Тип бумаги офсет, плотность не менее 80г/м2. Количество листов 30 , в каждой раскраске.Упаковка - п/э.</t>
   </si>
   <si>
     <t>707046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/842/qhy79xo1o3vtutb79bk3ahisuzn3477z.jpg</t>
   </si>
   <si>
     <t>Раскраска волшебная  quot;Животные quot; 8 картинок А4   кисточка</t>
   </si>
   <si>
     <t>Раскраска с сухими красками, кисточка. 8 рисунков, размером А4. На каждой странице изображена крупная картинка с толстым контуром, для удобства раскрашивания. В верху листа имеется&amp;nbsp;&amp;nbsp;рисунок, а под ним располагаются ячейки с сухими 6ти цв. акварельными красками. Раскрашивать красками просто: берем кисточку и немного воды.</t>
   </si>
   <si>
     <t>707047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/687/74kqbv3xyi63h4xu556xj3aog6lwdhf6.jpg</t>
@@ -515,83 +446,86 @@
   <si>
     <t>Раскраска волшебная  quot;Чудесный сад quot; 21 16см   кисточка   сух.краски</t>
   </si>
   <si>
     <t>707055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/261/3ei9blp0m67kslr2370087k72o40jfto.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, ArtSpace  quot;Единорожки quot;, 16стр.</t>
   </si>
   <si>
     <t>Раскраска с цветным контуром поможет юному художнику сделать картинку красивой и аккуратной. У изображений есть специальные края, которые не дадут краске растечься. У ребёнка с такой раскраской картина получится с первого раза.</t>
   </si>
   <si>
     <t>712971</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/009/7tt4ta3v0mf3pbpdq9hytpfxtjrs5a91.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d03/xomu1q8abjfb2qw4f2l0wv6ukd11vij8.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Очень большая раскраска. Звездный путь</t>
   </si>
   <si>
     <t>Очень большая двустороння раскраска</t>
   </si>
   <si>
     <t>769944</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e8/j3a7j3nvh9nc3zec1c02vihmxpbaz244.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">L.O.L. SURPRISE  Очень большая раскраска. Мы крутые </t>
   </si>
   <si>
     <t>769945</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d77/3n2a6o0yqmuim01lj5awzfvutx5iha3o.jpg</t>
+  </si>
+  <si>
+    <t>Хот Вилс. Жми на газ</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска &amp;quot;Хот Вилс. Жми на газ&amp;quot; - для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска-плакат размером 970 на 680 мм сложена в книгу с яркой обложкой. У книги картонная ручка - раскраску удобно носить. Очень большое поле для раскрашивания, увлекательные сюжеты, а ещё - развивающие упражнения на обороте. Любимые герои помогут развить творческие способности ребенка, фантазию и усидчивость. Такая раскраска - это идеальный вариант для досуга: можно раскрашивать одному, с друзьями или всей семьей. Раскраска отлично подойдет для подарка и как развлечение для детского праздника. Раскрашивайте на полу, на большом столе или повесьте плакат на стену. Будет весело!</t>
+  </si>
+  <si>
+    <t>769947</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7c7/dzu5mn8ivzayre9u1rtbp4dom40v20j6.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. L.O.L. SURPRISE  Классные девчонки</t>
   </si>
   <si>
     <t>Каждому маленькому художнику нужна суперраскраска!Потому что раскрашивать – это невероятно интересно!На каждой странице ребёнка ждут увлекательные сюжеты, любимые герои, много элементов для раскрашивания. Ведь раскраска – это не только возможность весело и с пользой провести время, но и отличная подготовка руки к письму, развитие творческих возможностей и фантазии.</t>
   </si>
   <si>
     <t>769949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/975/rpd2h4e8eii2cov6jfl4rsqfgeantm6i.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. L.O.L. SURPRISE  Чудесные куколки</t>
   </si>
   <si>
     <t>769950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c5/vhq150iqg2as2ox06e3hl28sb1wv8yvt.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Динозавры</t>
@@ -605,147 +539,144 @@
   <si>
     <t>Суперраскраска с любимыми героями. Космос</t>
   </si>
   <si>
     <t>769952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5d/08iod213dq5qgk7va7bis5viwfu4qka2.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Транспорт</t>
   </si>
   <si>
     <t>769953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/758/trlxllkkkbr51ik7fuson5i1tdwk51kt.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Ферма</t>
   </si>
   <si>
     <t>769954</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e39/7z71p4xsk245u5bp24gslr2tkqrbfq4k.jpg</t>
-[...8 lines deleted...]
-    <t>836346</t>
+    <t>http://anytos.ru//upload/iblock/291/1rpcpiarqtg054on7qe1zgzk7eltyu03.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска пластилином Каляка-Маляка В ГОСТЯХ У СКАЗКИ 4 карт. 200х200 мм в папке конверте</t>
+  </si>
+  <si>
+    <t>Раскраска пластилином Каляка-Маляка® «В гостях у сказки» поможет увлечь ребенка в мир творчества. Лепка пластилином способствует не только развитию мелкой моторики рук, но и развитию пространственного воображения.Необычная форма упаковки- в виде конверта, привлечет внимание как детей, так и взрослых. Яркий современный дизайн упаковки и раскраски отличает её от других аналогов на рынке. В раскрасках Каляка-Маляка® представлены одни из самых актуальных тематик, которые будут интересны ребенку. Благодаря крупным деталям и контурам даже самые маленькие творцы смогут справиться с поставленными задачами и воплотить в реальность всю свою фантазию.С обратной стороны упаковки ребенка ждет сюрприз в виде развивающей игры. Раскраски предназначены для детей дошкольного возраста старше 3 лет. Уровень сложности картинок соответствует способностям ребенка от 3 лет.</t>
+  </si>
+  <si>
+    <t>771116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a87/3alm4axcwff8uurjhlr11sfd4vhtgo1t.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска пластилином Каляка-Маляка ЖИТЕЛИ АФРИКИ 4 карт. 200х200 мм в паке конверте</t>
+  </si>
+  <si>
+    <t>Раскраска пластилином Каляка-Маляка® «Жители Африки» поможет увлечь ребенка в мир творчества. Лепка пластилином способствует не только развитию мелкой моторики рук, но и развитию пространственного воображения.Необычная форма упаковки- в виде конверта, привлечет внимание как детей, так и взрослых. Яркий современный дизайн упаковки и раскраски отличает её от других аналогов на рынке. В раскрасках Каляка-Маляка® представлены одни из самых актуальных тематик, которые будут интересны ребенку. Благодаря крупным деталям и контурам даже самые маленькие творцы смогут справиться с поставленными задачами и воплотить в реальность всю свою фантазию.С обратной стороны упаковки ребенка ждет сюрприз в виде развивающей игры. Раскраски предназначены для детей дошкольного возраста старше 3 лет. Уровень сложности картинок соответствует способностям ребенка от 3 лет.</t>
+  </si>
+  <si>
+    <t>771119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dd/4n0ptlhr40cpes153xv24yxdds7zamet.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5, Мульти-Пульти  quot;Кто где живет quot;, 48л., в папке</t>
+  </si>
+  <si>
+    <t>Раскраска Мульти-Пульти &amp;quot;Кто где живет&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 165*235мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
+  </si>
+  <si>
+    <t>836347</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2dd/4n0ptlhr40cpes153xv24yxdds7zamet.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ba9/xxo6ihal3w3uru85og49b43xddcjlido.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, Мульти-Пульти  quot;Принцессы quot;, 48л., в папке</t>
   </si>
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Принцессы&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 165*235мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>836349</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/196/2u79bzo2ef8y0sgk2bjpo52rerm0egv1.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a83/qc6rxiiqbwjv601yncbozi7a30zq7xp4.jpg</t>
   </si>
   <si>
     <t>Fisher Price. Рисуют малыши.  Веселые друзья. Раскраска с объемным бортиком. Развивающая книга</t>
   </si>
   <si>
     <t>Раскраска с объемным бортиком - первые аккуратные рисунки малыша. Бортик по краю изображения поможет не выходить за границы раскрашиваемого рисунка. Цветные элементы картинки подскажут, какой карандаш нужно взять. Отрежьте картинку по пунктирной линии, раскрасьте, и вот он - шедевр!</t>
   </si>
   <si>
     <t>837340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ed/co7yme35oy0nc30kfj4qrewy01sfqp11.jpg</t>
   </si>
   <si>
     <t>Fisher Price. Рисуют малыши. Мои приключения. Раскраска с объемным бортиком. Развивающая книга</t>
   </si>
   <si>
     <t>837342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/731/tw4yxdcs1uvka79ou7493w06y974gulb.jpg</t>
   </si>
   <si>
     <t>Fisher Price. Рисуют малыши. Растем вместе. Раскраска с объемным бортиком. Развивающая книга</t>
   </si>
   <si>
     <t>837343</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b06/57st7ccaa0dhi410imdd4eoi0hcryf15.jpg</t>
-[...2 lines deleted...]
-    <t>Яркие раскраски. Игры и приключения</t>
+    <t>http://anytos.ru//upload/iblock/e1b/duj49ajbsbd0e3aifr35eadn3f3q7b2p.jpg</t>
+  </si>
+  <si>
+    <t>Яркие раскраски. Милые друзья</t>
   </si>
   <si>
     <t>Яркие, веселые раскраски для самых маленьких.</t>
   </si>
   <si>
-    <t>837351</t>
+    <t>837352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f98/5hf3o2415d6kyy2jd6vsveta238x1yuw.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. На земле и в воздухе</t>
   </si>
   <si>
     <t>837353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a6/4cu214ini33afmc8zjzb2oj5cnuu1xuu.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. Обо всем на свете</t>
   </si>
   <si>
     <t>837354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/351/un45q4x929fn43t5cy3l8c9dq2raaja4.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. Полезные машины</t>
   </si>
@@ -851,62 +782,50 @@
   <si>
     <t>Веселые раскраски. Принцессы</t>
   </si>
   <si>
     <t>837875</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/940/ykwndklzdx0lq7dxvspb0evv60zylzl6.jpg</t>
   </si>
   <si>
     <t>Веселые раскраски. Сказки</t>
   </si>
   <si>
     <t>837876</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff7/oaqr3lqvssfzmo9s0wjcpmk849j8xn2w.jpg</t>
   </si>
   <si>
     <t>Веселые раскраски. Транспорт</t>
   </si>
   <si>
     <t>837877</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aef/tkgbwc3owwafhx2fhdjzzexcolt23kll.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e6/vhgi7ulej4xujqypg70qsot4y9qach1j.jpg</t>
   </si>
   <si>
     <t>Малышарики. Очень большая раскраска. Парк аттракционов. Развивающая книга</t>
   </si>
   <si>
     <t>Малышарики зовут играть и рисовать. Открой! Разверни! Твори! Очень большое поле для раскрашивания, увлекательные задания по сюжету раскраски, а ещё развивающие упражнения на обороте. Всё это «Очень большая раскраска»!</t>
   </si>
   <si>
     <t>837880</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/511/8ab2ra9jy8pg2zcsequ5iu1bkirojteu.jpg</t>
   </si>
   <si>
     <t>Малышарики. Очень большая раскраска. Приключения в городе. Развивающая книга</t>
   </si>
   <si>
     <t>837881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11d/nmkeul3gltb4x3tvvlkgj98bkytpbqd7.jpg</t>
   </si>
   <si>
     <t>Малышарики. Очень большая раскраска. Приключения на ферме. Развивающая книга</t>
@@ -932,101 +851,89 @@
   <si>
     <t>Мегараскраска. Мимишки. Пиратская история</t>
   </si>
   <si>
     <t>837884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2e/p7qqaptbqzckjp2azr1k2ddlu3vpad1b.jpg</t>
   </si>
   <si>
     <t>Мегараскраска. Мимишки. Подводная одиссея</t>
   </si>
   <si>
     <t>837885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cc/xxyvpxk6duorb18wldkkcofe6lh5ak0p.jpg</t>
   </si>
   <si>
     <t>Мегараскраска. Сказочная страна</t>
   </si>
   <si>
     <t>837886</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e88/6xr2c105f4703ka0v3b9oj10uwj27zd1.jpg</t>
-[...8 lines deleted...]
-    <t>837887</t>
+    <t>http://anytos.ru//upload/iblock/042/l6ozdjfoe6k81d0elw46i69h79cpsxq1.jpg</t>
+  </si>
+  <si>
+    <t>Ми-ми-мишки. Очень большая раскраска. Удивительные открытия</t>
+  </si>
+  <si>
+    <t>837888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e3/t41y1iy68lsaej6aj2lykt2nete0g7yb.jpg</t>
   </si>
   <si>
     <t>Миньоны. Очень большая раскраска. Обратно в школу</t>
   </si>
   <si>
     <t>837890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/577/v2jjjchfj4jlwydemq7pmi3btu0o4ls2.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Вещи, которые создают люди</t>
   </si>
   <si>
     <t>&amp;quot;Одним из любимых развлечений детей является раскрашивание картинок в книгах- раскрасках. Это интересное занятие не только развивает художественные навыки, но и формирует такие качества, как терпение и старание. Серия «Моя первая раскраска» состоит из 10 альбомов, которые предлагают различные картинки для раскрашивания и способствуют развитию творческих способностей ребенка.&amp;quot;</t>
   </si>
   <si>
     <t>837891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/210/1rtfngy42zpsgqp034liesdbti6i7k9h.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Дикие животные</t>
   </si>
   <si>
     <t>837892</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b7f/w3jjkx0zl7b6rr66qw2egpjmew399pu9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3ea/2b33r8xmgicosvyizyysq7hhhqiu3xdm.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Игры</t>
   </si>
   <si>
     <t>837895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b05/5ji8w4ql43bezhxyb6pns2g3stqy0g7m.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Милые дети</t>
   </si>
   <si>
     <t>837896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b62/oo6n55v6kj8ma4ljdeswm766sp3zkpxs.jpg</t>
   </si>
   <si>
     <t>Моя первая раскраска со стикерами. Правила безопасности</t>
   </si>
   <si>
     <t>837897</t>
@@ -1061,98 +968,62 @@
   <si>
     <t>837901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af0/zrh2vfu8h3plykkt9gxpg2cmn7lhrel5.jpg</t>
   </si>
   <si>
     <t>Моя самая первая раскраска. Цирк. Развивающая книга</t>
   </si>
   <si>
     <t>837902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/461/nuq6o4k1rcbry0qo7hnq6o7igdtafkn9.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. L.O.L. surprise. Маленькие модницы</t>
   </si>
   <si>
     <t>Очень большая раскраска «L.O.L. Surprise! Маленькие модницы» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>837907</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a49/dctx9ng8oh7xbsmqiyl8svazmatbdias.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b8b/3el6j0t3zkrtzo2odl7gg1f2yg6vbttp.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Мир Юрского периода. Большие динозавры</t>
   </si>
   <si>
     <t>Очень большая раскраска «Мир Юрского периода. Большие динозавры» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>837910</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bf7/43kc7xxh5dyafeg3a7gzfvyyql3pkgj3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fa/v0tt0w8sy9xfo7te5puclo2g771kvxf9.jpg</t>
   </si>
   <si>
     <t>Пиксельная раскраска. Волшебный сад</t>
   </si>
   <si>
     <t>Пиксельные раскраски - полезное и увлекательное занятие! Все картинки разложены по цветам на клеточки-пиксели. Раскрашивая клетки по образцу, ребенок сможет своими рукам создать красивую картинку. Заданный контур поможет маленькому художнику не сбиться, отсчитывая нужное число клеточек. Такие раскраски отлично тренируют внимание и мелкую моторику, учат концентрироваться на задании и действовать по образцу.</t>
   </si>
   <si>
     <t>837912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ad/rnkqf63sc5t4bywel0nu0jgrn5v6tqjj.jpg</t>
   </si>
   <si>
     <t>Пиксельная раскраска. Дикие животные</t>
   </si>
   <si>
     <t>837913</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9af/oxhcfcl30h3y5zzq7xxanumtcrn5ec39.jpg</t>
   </si>
   <si>
     <t>Пиксельная раскраска. Домашние животные</t>
@@ -1187,62 +1058,50 @@
   <si>
     <t>837917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47e/c5fcnlzujy82si3ckftst8ze7skyadx6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Раскраска с магнитным листом. Хот Вилс. Вперед, к победе </t>
   </si>
   <si>
     <t>Раскраска &amp;quot;Хот Вилс. Вперед, к победе!&amp;quot; с магнитным конструктором из 14-ти деталей. Ребенка ждут увлекательные игры, раскраски и творческие задания. Раскраски Hot Wheels с изображением любимых героев способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. С помощью прозрачных страничек-обводилок ребенок научится рисовать машинки и создавать аппликации. А из магнитов можно собирать удивительные композиции на магнитной доске или на холодильнике и устроить крутые гонки. Много магнитных деталей для бесконечных экспериментов!</t>
   </si>
   <si>
     <t>837919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06c/98dhk52nnr1cyixgmra6e0aq908wx5v9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Сказочный патруль. Очень большая раскраска. Кафе  Лукоморье </t>
   </si>
   <si>
     <t>837920</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/57e/94vv9848uj82mpw2vzg5fowwmcgcy6ut.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/71a/5ajgqe1lioygbbk5ddxnbdapfozl1d44.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с любимыми героями. Энчантималс. Загадочная страна</t>
   </si>
   <si>
     <t>Каждому маленькому художнику нужна суперраскраска, ведь раскрашивать невероятно интересно! На каждой странице суперраскраски «Энчантималс. Загадочная страна» ребенка ждут увлекательные сюжеты, любимые героини и множество элементов для раскрашивания. Детская раскраска поможет весело и полезно провести время, подготовить руку к письму, развить творческие навыки, аккуратность и фантазию.</t>
   </si>
   <si>
     <t>837924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86e/0xr5ap3m5lvw6gz95t8b909u5h1vgcou.jpg</t>
   </si>
   <si>
     <t>Фикси-раскраски с фикси-играми. Веселые приключения. Раскраска</t>
   </si>
   <si>
     <t>Играй и раскрашивай вместе со смешариками и фиксиками! Веселые приключения героев любимых мультфильмов подарят тебе немало забавных и увлекательных минут, помогут провести время не только весело, но и с пользой!</t>
   </si>
   <si>
     <t>837925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c2/6r07tj1bpbm57xr6pj2r0p3qiul2ls0t.jpg</t>
@@ -1283,351 +1142,312 @@
   <si>
     <t>http://anytos.ru//upload/iblock/76a/3nshaa1f4901kkwk7aasxy3n0nb3yhw8.jpg</t>
   </si>
   <si>
     <t>Щенячий патруль. Очень большая раскраска. Щенки на ферме</t>
   </si>
   <si>
     <t>Очень большая раскраска &amp;quot;Щенячий патруль. Щенки на ферме&amp;quot; - для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска-плакат размером 970 на 680 мм сложена в книгу с яркой обложкой. У книги картонная ручка - раскраску удобно носить. Очень большое поле для раскрашивания, увлекательные сюжеты, а ещё - развивающие упражнения на обороте. Любимые герои помогут развить творческие способности ребенка, фантазию и усидчивость. Такая раскраска - это идеальный вариант для досуга: можно раскрашивать одному, с друзьями или всей семьей. Раскраска отлично подойдет для подарка и как развлечение для детского праздника. Раскрашивайте на полу, на большом столе или повесьте плакат на стену. Будет весело!</t>
   </si>
   <si>
     <t>837930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/733/slt6yg34glpiqd5bnbns0dyohx96raqr.jpg</t>
   </si>
   <si>
     <t>Энчантималс. Очень большая раскраска. Лесные волшебницы</t>
   </si>
   <si>
     <t>Очень большая раскраска &amp;quot;Энчантималс. Лесные волшебницы&amp;quot; - для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска-плакат размером 970 на 680 мм сложена в книгу с яркой обложкой. У книги картонная ручка - раскраску удобно носить. Очень большое поле для раскрашивания, увлекательные сюжеты, а ещё - развивающие упражнения на обороте. Любимые герои помогут развить творческие способности ребенка, фантазию и усидчивость. Такая раскраска - это идеальный вариант для досуга: можно раскрашивать одному, с друзьями или всей семьей. Раскраска отлично подойдет для подарка и как развлечение для детского праздника. Раскрашивайте на полу, на большом столе или повесьте плакат на стену. Будет весело!</t>
   </si>
   <si>
     <t>837931</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92c/ph7casi9mv6ldn4ynhmj06wbcjwd8lb5.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c8b/8kqkdrndpxkxptpen54t111nc047f7jq.jpg</t>
   </si>
   <si>
     <t>Яркие раскраски. Принцессы и рыцари. Раскрась по цифрам</t>
   </si>
   <si>
     <t>837934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a6/a7tuw1217dn2mtp033btrplu7ebtywkl.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, Мульти-Пульти  quot;Сказочные животные quot;, 48л., в папке</t>
   </si>
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Сказочные животные&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 165*235мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>843206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/606/mwu1f5z0zo2okwn9r4zbeq4zkqw4gx8b.jpg</t>
   </si>
   <si>
     <t>Раскраска А4 Мульти-Пульти  quot;Сказки quot;, 48л., в папке</t>
   </si>
   <si>
     <t>Раскраска Мульти-Пульти &amp;quot;Сказки&amp;quot; - незаменимый помощник в творческом развитии ребенка. Блок раскраски имеет формат 210*290мм, 48 листов и выполнен на отдельных листах плотностью 100 г/м2, что соответствует техническому регламенту ТР ТС 007/2011 &amp;quot;О безопасности продукции, предназначенной для детей и подростков&amp;quot;. Листы упакованы в картонную папку. Благодаря отдельным листам раскрашивать сюжеты и персонажей станет гораздо удобнее. Также можно отдельные листы взять с собой в дорогу, в гости или распределить листы с разными сюжетами среди нескольких детей, будь то дома, в детском саду или начальных классах. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребенка. Без возрастных ограничений.</t>
   </si>
   <si>
     <t>851309</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/831/3m4oqw9bgz428nc3zra1rtaqardgr4cq.jpg</t>
-[...8 lines deleted...]
-    <t>852877</t>
+    <t>http://anytos.ru//upload/iblock/cfe/giiektjwmimu4s707aqu1mk71ui70qtw.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 Мульти-Пульти  quot;Долина Единорогов quot;, 16стр., с наклейками</t>
+  </si>
+  <si>
+    <t>Раскраска с наклейками от бренда «Мульти-Пульти» – незаменимый помощник в творческом развитии ребёнка. Раскраска имеет размер 210*290 мм и содержит 16 сюжетов на тему &amp;quot;Единороги&amp;quot;, а также блок уникальных наклеек, которые можно использовать в процессе раскрашивания. Часть картинок содержит контуры и точки, которые нужно обвести или соединить по порядку перед раскрашиванием, что добавляет интереса в творческий процесс и делает его еще более увлекательным. Внутренний блок – офсетная бумага плотностью 100 г/кв. м., соответствуюет техническому регламенту о безопасности детей и подростков. Раскрашивание развивает мелкую моторику, воображение, способствует формированию цветового восприятия ребёнка. Товар не имеет возрастных ограничений.</t>
+  </si>
+  <si>
+    <t>852878</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cfe/giiektjwmimu4s707aqu1mk71ui70qtw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4b1/dfct0do90nqaqlko1ka8080vphle9fv3.jpg</t>
   </si>
   <si>
     <t>Волшебный океан. Раскраска с волшебным блеском.  Первая раскраска с глиттер. лаком . Умка</t>
   </si>
   <si>
     <t>Волшебный океан. Раскраска с волшебным блеском. &amp;#40;Первая раскраска с глиттер. лаком&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893542</t>
   </si>
   <si>
     <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea6/l5ih3dc7qmbn9zm7y9g2i3hi0dukei2n.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/288/dw8zdfgl1re995g0ay6tam6wgps86t54.jpg</t>
   </si>
   <si>
     <t>Маша и Медведь. В гостях у сказки.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Маша и Медведь. В гостях у сказки. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893551</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c1e/8q0hfb2rty7f0p8mvhr38htk7kni4p46.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/adf/oknk0okvwf17a80ml0s40et8vpuqvjdb.jpg</t>
   </si>
   <si>
     <t>Веселые машинки..Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893556</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c24/71qi0qjuw95jq46fnxyfqra0e38qr187.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d5f/hlmvhehpf2pif7ttl8fk90klusuy6aq0.jpg</t>
   </si>
   <si>
     <t>Сказочные питомцы. Раскраска. Формат: 215х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ce/q7jeoymqebeukg8f6u4ezppt4zhvlopb.jpg</t>
   </si>
   <si>
     <t>Вспыш.  Большая раскраска А3 . Формат: 240х330мм. Объем: 12 стр.  1 1 . обл. 4 4. Умка</t>
   </si>
   <si>
     <t>Вспыш. &amp;#40;Большая раскраска А3&amp;#41;. Формат: 240х330мм. Объем: 12 стр. &amp;#40;1&amp;#43;1&amp;#41;. обл. 4&amp;#43;4. Умка</t>
   </si>
   <si>
     <t>893560</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/59a/17a99o8wlkw69kk81r3fv89j4jw06iie.jpg</t>
+  </si>
+  <si>
+    <t>Единороги и их друзья.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Единороги и их друзья. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893562</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c67/z7prm9g845vxocv7uwmx0pwu5sv7c1a0.jpg</t>
   </si>
   <si>
     <t>Забавные друзья.  Первая раскраска А4 мультяшная . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Забавные друзья. &amp;#40;Первая раскраска А4 мультяшная&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b0/3ygs2u1zpgejn2r94e3c1xvq2t5agemw.jpg</t>
   </si>
   <si>
     <t>Лол..  Первая раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Лол.. &amp;#40;Первая раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893570</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a7/12yjl2c56uuhyccd0erytm5ssckcax00.jpg</t>
   </si>
   <si>
     <t>Лол.  Развивающая раскраска с вырубкой по образцу . Формат: 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Лол. &amp;#40;Развивающая раскраска с вырубкой по образцу&amp;#41;. Формат: 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893572</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f41/o8gbwzw2l27ka24eolyuz1tqxbpsz9dm.jpg</t>
+  </si>
+  <si>
+    <t>Лол.  Супер-раскраска раскраска для маленьких, 32 картинки . 145х210мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>Лол. &amp;#40;Супер-раскраска раскраска для маленьких, 32 картинки&amp;#41;. 145х210мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>893573</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d6b/phffieklyf15wyo6s2v3txkbiqovjytz.jpg</t>
   </si>
   <si>
     <t>Морской бой.  Раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Морской бой. &amp;#40;Раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893578</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6e7/k6agsrgrc6pbh6fwvuq0hjw32ehfjrkt.jpg</t>
-[...20 lines deleted...]
-    <t>893598</t>
+    <t>http://anytos.ru//upload/iblock/e2f/kozi9vocrdw2zs8b4le7ilqtf2qq10o5.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Настоящие спасатели.  Альбом для творчества А5  145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Настоящие спасатели. &amp;#40;Альбом для творчества А5&amp;#41; 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7dc/116xo9kprhh2cjjikhvfs3bre09pfcb6.jpg</t>
+  </si>
+  <si>
+    <t>Супергерои. Черепашки-ниндзя.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Супергерои. Черепашки-ниндзя. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64a/s8lb24xt1edlgumsv5exq27x0c72g75g.jpg</t>
   </si>
   <si>
     <t>Щенячий патруль. Альбом для творчества.  Супер-раскраска для маленьких, 32 картинки . Умка</t>
   </si>
   <si>
     <t>Щенячий патруль. Альбом для творчества. &amp;#40;Супер-раскраска для маленьких, 32 картинки&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893605</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/70e/83jv8pp19n36bzgiak2r6c6zy2pmn31s.jpg</t>
-[...5 lines deleted...]
-    <t>893609</t>
+    <t>http://anytos.ru//upload/iblock/d04/apkxxqt4c7jtkvl8tbe2txhlxtrbqurn.jpg</t>
+  </si>
+  <si>
+    <t>Учим цифры. Барби. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/84c/lvsvd63qtnbxfkl5v55p0uo0z2f1287q.jpg</t>
   </si>
   <si>
     <t>Лучшие друзья. Барбоскины.  Первая раскраска А5 . Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Лучшие друзья. Барбоскины. &amp;#40;Первая раскраска А5&amp;#41;. Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893639</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/521/hc4c2tls592vbrz8tqdidncrlg7co6mw.jpg</t>
   </si>
   <si>
     <t>Дачные приключения. Барбоскины на даче.  Раскраска А4  Формат: 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Дачные приключения. Барбоскины на даче. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b9/vh88q2q7ha2qf9ryz1557ir1s6cn7a9w.jpg</t>
   </si>
   <si>
     <t>Летнее приключение. Барбоскины. Раскраска по образцу. 162х215 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893643</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/850/pd54c1v2h5kxh6kki1x2l9huimo1x64w.jpg</t>
-[...5 lines deleted...]
-    <t>893647</t>
+    <t>http://anytos.ru//upload/iblock/f4c/gnf384kkgoe10uaqut7fevungixnlc28.jpg</t>
+  </si>
+  <si>
+    <t>Навстречу открытиям. Первая Раскраска А4. Буба. 214х290 мм. 16 стр.. Умка</t>
+  </si>
+  <si>
+    <t>893646</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ea/m33vvtknvqg2yy6xsg21em7su021hsht.jpg</t>
   </si>
   <si>
     <t>Друзья навсегда  Буба. Суперраскраска 205х280мм. 64стр. Умка</t>
   </si>
   <si>
     <t>Друзья навсегда! Буба. Суперраскраска 205х280мм. 64стр. Умка</t>
   </si>
   <si>
     <t>893651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdd/xel18driyve3x8zkzh5ghnum2zoijame.jpg</t>
   </si>
   <si>
     <t>ВЕС ЛАЯ ИГРА. Бомбическая раскраска. Буба. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>ВЕСЁЛАЯ ИГРА. Бомбическая раскраска. Буба. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893653</t>
   </si>
@@ -1682,104 +1502,116 @@
   <si>
     <t>893660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/816/1ktta5fp113hsz52aa6ykworlzzmx34s.jpg</t>
   </si>
   <si>
     <t>Праздник Бубы. Суперраскраска. 3 вида бумаги. Буба. 280х200 мм. Скрепка. 14 стр. Умка</t>
   </si>
   <si>
     <t>893661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a07/foy49nmvn7nhcmn1vzbunt0pfvlyxxgz.jpg</t>
   </si>
   <si>
     <t>Озорные друзья. Буба. Суперкл вая раскраска. 195х275мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Озорные друзья. Буба. Суперклёвая раскраска. 195х275мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893662</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/014/q5ny6bfk2k9mtp2mtg5g6qtsms21g4u5.jpg</t>
+  </si>
+  <si>
+    <t>Вспыш и его друзья.  Мультяшная раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Вспыш и его друзья. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/0bzokzoz990whvm9beq5stqrur4ukxe2.jpg</t>
+  </si>
+  <si>
+    <t>Крутые гонки. Вспыш. Развивающая раскраска с вырубкой в виде персонажа. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893670</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/472/jasaifwqvahcmaplitif99es56cyflxh.jpg</t>
   </si>
   <si>
     <t>Грузовичок Лева.  Супер-раскраска раскраска для маленьких, 32 картинки . 32 стр. Умка</t>
   </si>
   <si>
     <t>Грузовичок Лева. &amp;#40;Супер-раскраска раскраска для маленьких, 32 картинки&amp;#41;. 32 стр. Умка</t>
   </si>
   <si>
     <t>893679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/697/e1e100qfli9798sjvg0i1mb29q2o85cc.jpg</t>
   </si>
   <si>
     <t>Лол.  Мультяшная раскраска А4 . Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Лол. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae8/evwp7q4ngppvyl821fzyxif9rquur6le.jpg</t>
   </si>
   <si>
     <t>Веселые подружки. Лол.  Раскраска с ручкой . Формат: 210х285 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Веселые подружки. Лол. &amp;#40;Раскраска с ручкой&amp;#41;. Формат: 210х285 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893711</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d41/vbgbhwh887mftc455xpx71bfra6fw23w.jpg</t>
   </si>
   <si>
     <t>Модные милашки. Лол. Альбом-раскрасок А4. 285х210мм, 64 стр. Умка</t>
   </si>
   <si>
     <t>893714</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b5c/xhdp6ndt2nglos3ead1qyodg1pjx0tnz.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ab/vy6m64bhln4zwugdmrzplzi3kyefiaoe.jpg</t>
   </si>
   <si>
     <t>Истории на ночь. Лол. Первая черно-белая раскраска А4. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893720</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/05k395f4rfduvskgbu38x67j7goauk84.jpg</t>
   </si>
   <si>
     <t>Летняя вечеринка. Раскраска по образцу. Лол. 162х215 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893722</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5b/lw90hk2krpc2cwx3beh84oz2ec102zpx.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с заданием. ЛОЛ. Напольная в рулоне. 1000х500 мм. 2 стр. Умка</t>
   </si>
   <si>
     <t>893723</t>
@@ -1802,135 +1634,117 @@
   <si>
     <t>Раскраска-малышка. Яркие милашки. ЛОЛ. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e8/89ulmqrybsx7qdatk7p6at0ibm5r5wgo.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Спортивные девчонки. ЛОЛ. 16 заданий. 145х210мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2d/ibi3l23a991o9d1yh5ls11fxajj32xn0.jpg</t>
   </si>
   <si>
     <t>Нарядные милашки. Раскраска по образцу. Лол. 162х215 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893729</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ec/ggzw1fdn7kc2ds6v8p4js0pzt4pn6si4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b50/bm19mkfez15wq0e07jlzos7hyq4lpkhj.jpg</t>
   </si>
   <si>
     <t>Малышарики. Мои первые знания.  Супер-раскраска раскраска для маленьких, 32 картинки . Умка</t>
   </si>
   <si>
     <t>Малышарики. Мои первые знания. &amp;#40;Супер-раскраска раскраска для маленьких, 32 картинки&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78f/emuz5btgswwdatxfi2iulo7iau54dwbm.jpg</t>
   </si>
   <si>
     <t>Праздник урожая. Маша и Медведь.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Праздник урожая. Маша и Медведь. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/549/5ks2bjf210z8gdvlrpko5bvqj27kosfv.jpg</t>
   </si>
   <si>
     <t>Маша и Медведь.  Супер раскраска А5, 32 картинки . Формат: 145х210мм. 32 стр. Умка</t>
   </si>
   <si>
     <t>Маша и Медведь. &amp;#40;Супер раскраска А5, 32 картинки&amp;#41;. Формат: 145х210мм. 32 стр. Умка</t>
   </si>
   <si>
     <t>893735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/697/yvwsdvdr0u3hz3cs8imieizzaxlyr2mv.jpg</t>
   </si>
   <si>
     <t>Маша и медведь. Супер-раскраска раскраска для маленьких, 64 картинки. Объем: 64 стр. Умка</t>
   </si>
   <si>
     <t>893736</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c2f/gvn4bj1f8fjyu66ansog5fg8juav7nlq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c1/p8aq2qzivu93txa0n513bhz9rr0aoa1g.jpg</t>
   </si>
   <si>
     <t>Ми-Ми-Мишки.  Мультяшная раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Ми-Ми-Мишки. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893741</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/521/u6xh9rng7dosxen6794xecal1bi6fcfm.jpg</t>
-[...5 lines deleted...]
-    <t>893745</t>
+    <t>http://anytos.ru//upload/iblock/256/j2wtsvvxthbn2iwnq31gfrxqps3z6cxv.jpg</t>
+  </si>
+  <si>
+    <t>Ми-Ми-Мишки. Вес лые приключения.  Первая раскраска А5  Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Ми-Ми-Мишки. Весёлые приключения. &amp;#40;Первая раскраска А5&amp;#41; Формат: 145х210мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/229/9owx8thldrvktmkzl3ngp2dhwik0howv.jpg</t>
   </si>
   <si>
     <t>Вес лые приключения. Раскраска комикс. Ми-ми-мишки. 200х280 мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые приключения. Раскраска комикс. Ми-ми-мишки. 200х280 мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ab/f8qa70o296c5bddebwf4y059eignfcv4.jpg</t>
   </si>
   <si>
     <t>Увлекательные игры. Творческая раскраска. Ми-ми-мишки. 200х280 мм. Скрепка. 14 стр. Умка</t>
   </si>
   <si>
     <t>893748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdd/6qrieowjnl1elo330leohsulwznr6lfv.jpg</t>
   </si>
@@ -1940,257 +1754,260 @@
   <si>
     <t>893750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/138/haksgfvzpzfrrcpmtdnfttn0eqntjg2h.jpg</t>
   </si>
   <si>
     <t>Раскраска-комикс. Приключения друзей. МУЛЬТ. 200х280 мм. 16 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893752</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21c/btr58n16y0odchv32psh5y4qbx3y0mk1.jpg</t>
   </si>
   <si>
     <t>Синий трактор.  Развивающая раскраска с вырубкой в виде персонажа. Малого формата . Умка</t>
   </si>
   <si>
     <t>Синий трактор. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа. Малого формата&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893765</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/75b/arq4kijvn3a3o9rzal4apv5y9wwsm17v.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/13e/2w2zq2380gt63grz2r4nfe8i255y0zfr.jpg</t>
   </si>
   <si>
     <t>Друзья Синего Трактора. Раскраска по образцу. Синий трактор. 162х215 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893769</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/667/9ockpny338dqe9zvekprmxqrotf1nz78.jpg</t>
+  </si>
+  <si>
+    <t>Хорошо в деревне  Первая раскраска А4 с голографической фольгой. Синий трактор. Умка</t>
+  </si>
+  <si>
+    <t>Хорошо в деревне! Первая раскраска А4 с голографической фольгой. Синий трактор. Умка</t>
+  </si>
+  <si>
+    <t>893776</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1b/y9rfzogvbs8jgvyv06vp0yfl35pn4twp.jpg</t>
   </si>
   <si>
     <t>День на ферме. Раскраска для детского сада. СИНИЙ ТРАКТОР. 214х290мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893777</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5e3/6s3h3rxb2erjo7q7qm61s63ixds5sy9a.jpg</t>
+  </si>
+  <si>
+    <t>Веселое путешествие. Раскраска на изи. СИНИЙ ТРАКТОР. 214х290мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893778</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fc9/b8p3egbj6alt2z7cqoje5nv1w0jis76k.jpg</t>
   </si>
   <si>
     <t>Занимательный квест. Бомбическая раскраска. СИНИЙ ТРАКТОР. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c4/34vhwoj7wnx1huh0wr5mfuostir5osdo.jpg</t>
   </si>
   <si>
     <t>Суперраскраска с заданием. 1 метр. Синий Трактор. Напольная в рулоне. 1000х500мм. Умка</t>
   </si>
   <si>
     <t>893781</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/103/0xm804b224tm1l5s0dw0tg27bz5cyag9.jpg</t>
+  </si>
+  <si>
+    <t>Кто жив т на ферме? Синий трактор.Раскраски и аппликации. 145х210мм. Скрепка. 16стр. Умка</t>
+  </si>
+  <si>
+    <t>Кто живёт на ферме? Синий трактор.Раскраски и аппликации. 145х210мм. Скрепка. 16стр. Умка</t>
+  </si>
+  <si>
+    <t>893786</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/561/d16c9hyi8umsr52lhnr2uqdo2wg79chi.jpg</t>
   </si>
   <si>
     <t>Книга-раскраска. Сказочный патруль. Новые истории.  Первая раскраска с фольгой . Умка</t>
   </si>
   <si>
     <t>Книга-раскраска. Сказочный патруль. Новые истории. &amp;#40;Первая раскраска с фольгой&amp;#41;. Умка</t>
   </si>
   <si>
     <t>893792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a74/lxogpvh9l9az58sfre86kywpl72jeptw.jpg</t>
   </si>
   <si>
     <t>Приключения Винни-Пуха. Союзмультфильм. Сказка-Раскраска. Первая раскраска. 16 стр. Умка</t>
   </si>
   <si>
     <t>893808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f6/lgionyy6fp8ian3jeatzzfegukxx8o13.jpg</t>
   </si>
   <si>
     <t>Три кота. Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d3/u8au2b6xzgn053se73e28jmz42mafb5p.jpg</t>
   </si>
   <si>
     <t>Военная техника. Раскраска. Формат: 215х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893822</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d5c/b0vg4i8icg6pei0wya3ooptvljy1i4hh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c74/123e4cuxo3m6we3o5u784kit42coaixq.jpg</t>
   </si>
   <si>
     <t>Воздушный бой. Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893824</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dbf/e4m5xsslzm3zf8s1w8u7s0xrdgs2fte5.jpg</t>
+  </si>
+  <si>
+    <t>Вирусы и бактерии.  Раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Вирусы и бактерии. &amp;#40;Раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893828</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f46/83go8b9jdq8fr2hli0i1fru97993j554.jpg</t>
   </si>
   <si>
     <t>Феи и драконы.  Раскраска А4  Формат: 214х290 мм. Объем: 16 стр Умка</t>
   </si>
   <si>
     <t>Феи и драконы. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290 мм. Объем: 16 стр Умка</t>
   </si>
   <si>
     <t>893834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5e/ishx2ony345qrr92uuhtg712ehqis2e5.jpg</t>
   </si>
   <si>
     <t>Волшебный единорог.  Первая раскраска А5  Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Волшебный единорог. &amp;#40;Первая раскраска А5&amp;#41; Формат: 145х210мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893835</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e86/fvlcrfqpzg61u9v1yaoeei6mwmpjgrx4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/77f/4u5aeello1y1tosdut73efpb2kzzce1f.jpg</t>
   </si>
   <si>
     <t>Волшебные животные.  Первая раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Волшебные животные. &amp;#40;Первая раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>893839</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/324/so9mu8x315bptiv5hloh6ouaagn4kcyq.jpg</t>
   </si>
   <si>
     <t>На ферме. Раскраска с окошками. 197х220мм, 10 стр., бумага картон. Умка</t>
   </si>
   <si>
     <t>893840</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a9/gnull6zq21yxwwvkrzsc02lgbu9e79ue.jpg</t>
-[...5 lines deleted...]
-    <t>893842</t>
+    <t>http://anytos.ru//upload/iblock/a95/70rn5yyem8owai36abroiknnnwecs9m5.jpg</t>
+  </si>
+  <si>
+    <t>Русалки и единороги. Первая Раскраска А4. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e0/yc756c6ha427izf5dvkrryliye7mvcqp.jpg</t>
   </si>
   <si>
     <t>Пираты на острове Драконов. Первая раскраска А4. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed6/85vxjgmdaa2tfj89wnap0hw7ieigempe.jpg</t>
   </si>
   <si>
     <t>Такие разные Монстрики. Креативная раскраска. Монстрики. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e40/3s2iudiyutrzgvavc15xh23ik1sc7khr.jpg</t>
   </si>
   <si>
     <t>Чудо пони. Первая Раскраска А4 Мультяшная. 214х290 мм. 16 стр.. Умка</t>
   </si>
   <si>
     <t>893864</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/edb/peomv8rjvwlmx4xr8r1f08jde9ulb0gd.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3dd/fl4hrclobaof0uvwy92j1bbdezy41lsy.jpg</t>
   </si>
   <si>
     <t>Феи и драконы. Первая Раскраска А4 Мультяшная. 214х290 мм. 16 стр.. Умка</t>
   </si>
   <si>
     <t>893867</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74f/508um105a6o3vbzvgii2ba5jz4xl5fwg.jpg</t>
   </si>
   <si>
     <t>Привет, я Монстрик . Давай дружить? Раскраска перевертыш А4 2 в 1. 214х290мм. 16стр. Умка</t>
   </si>
   <si>
     <t>Привет, я Монстрик!. Давай дружить? Раскраска перевертыш А4 2 в 1. 214х290мм. 16стр. Умка</t>
   </si>
   <si>
     <t>893872</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ab/4r030h24xjoxa52ult24liqavcj8luqi.jpg</t>
   </si>
   <si>
     <t>Забота о питомцах. Первая Раскраска А4. 214х290 мм. 16 стр.. Умка</t>
@@ -2204,59 +2021,50 @@
   <si>
     <t>Парк Юрского периода. Первая Раскраска А4. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893879</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15b/1her7dqw62f4cc9qa1chxjk2hy9i37eg.jpg</t>
   </si>
   <si>
     <t>Дружные котята. Раскраска для детского сада. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>893881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d95/4srxyeg47izsveqeb1kn11gepz0jud41.jpg</t>
   </si>
   <si>
     <t>Тайны микробов. Суперраскраска малого формата. 145х210мм. 32 стр. Умка</t>
   </si>
   <si>
     <t>893882</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d02/80p1y7xlfwv5j03y6tkyooysvll79edq.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6fd/leyei8nm4x8jyeunjtea19bp2bjastmm.jpg</t>
   </si>
   <si>
     <t>Тайны вампирского замка. Блестящая раскраска. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/c0qb622sg5n5o9o5xfne9tppei0ryk7h.jpg</t>
   </si>
   <si>
     <t>На неведомых планетах. Блестящая раскраска. Лол. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893887</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa9/69ibhwi5vywxe16hlnt2x7z1hv3flvds.jpg</t>
   </si>
   <si>
     <t>Удивительные котята. Первая Раскраска А4 Мультяшная. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893888</t>
@@ -2267,164 +2075,161 @@
   <si>
     <t>Древний мир. Первая раскраска А4. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2a/uxqigbh81092ehk9glnha04jbcp9or7x.jpg</t>
   </si>
   <si>
     <t>Милые подружки. Блестящая раскраска. 214х290 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02e/r53hwh6802no81urc9zl7saxz9bbwad5.jpg</t>
   </si>
   <si>
     <t>Вирусы и бактреии. Суперраскраска А4. 205х280мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>893893</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac4/ojcuv73yr05m44c07p1jlt58wk2h64o8.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/52e/sn53kl450lad5dokjj2v6k7xwhu2y6up.jpg</t>
   </si>
   <si>
     <t>Школа волшебства. Мультяшная раскраска. 214х290 мм, 16 стр. 1 1 Умка</t>
   </si>
   <si>
     <t>Школа волшебства. Мультяшная раскраска. 214х290 мм, 16 стр. 1&amp;#43;1 Умка</t>
   </si>
   <si>
     <t>893907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/2hekwtjn7unyddm5l8ulzjqj06qj9vyk.jpg</t>
   </si>
   <si>
     <t>Волшебные единороги. Раскраска для детского сада. 8 стр. Умка</t>
   </si>
   <si>
     <t>893911</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c60/3ajvfseuzz1w7qv7sn1fthri64lkcimi.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4b9/q86gp30cl7tbb47oumxeij6yi3pp0ep3.jpg</t>
   </si>
   <si>
     <t>Амонники-озорники. Книга-раскраска. Первая раскраска с фольгой. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>893919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/576/pcr9lbain68dvdvwanbwdgtc28w3qz9m.jpg</t>
   </si>
   <si>
     <t>Волшебные приключения. Бомбическая раскраска. 214х290мм, 16 стр. Умка</t>
   </si>
   <si>
     <t>893921</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/933/0u34u14trprvpw7inetg35l52l0rnjlq.jpg</t>
+  </si>
+  <si>
+    <t>РУСАЛОЧКИ. Раскраска на изи. 214х290мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893922</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/39f/gbr1fymzvl506nsws9dkiczrtnmwvzjw.jpg</t>
   </si>
   <si>
     <t>Морские животные. Зеркальная раскраска. 145х190 мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/2kzdvfv1yv8np3fk1lp0fw3t1pzl4a8i.jpg</t>
   </si>
   <si>
     <t>В лесу. Зеркальная раскраска. 145х190мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/167/zfh3o38otetyoazfx4an5954rjamy3f1.jpg</t>
   </si>
   <si>
     <t>На ферме. Зеркальная раскраска. 145х190 мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0d/52hyyqpjwrokz2km45idkcdjkko82ix3.jpg</t>
   </si>
   <si>
     <t>Транспорт. Зеркальная раскраска 145х190 мм 8 стр. Умка</t>
   </si>
   <si>
     <t>893927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb0/4cx5a8acunzgp1bezfbol7igum1guk7p.jpg</t>
   </si>
   <si>
     <t>Современные автомобили. Раскраска для детского сада. 214х290мм, 8 стр. Умка</t>
   </si>
   <si>
     <t>893928</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/918/2nr1cmanwv83wbfmjrqbj2oogklb3ad1.jpg</t>
+  </si>
+  <si>
+    <t>Жизнь динозавров. Раскраска, 214х290 мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893936</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/242/z9hnon0pframjs2m2ds1r25fjgtif5zq.jpg</t>
+  </si>
+  <si>
+    <t>Остров Драконов. Раскраска.214х290мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>893938</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e4/e4tww0nd2uu9gpqadpoxi5sbtt6a4erw.jpg</t>
   </si>
   <si>
     <t>Дикие животные. Раскраска Квест по цвету. 240х240 мм Скрепка. 24 стр. Умка</t>
   </si>
   <si>
     <t>893941</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81f/4ayf0107zj50k5k06010vqschlsj03xc.jpg</t>
   </si>
   <si>
     <t>У лукоморья дуб зел ный. Раскраска любимые стихи. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>У лукоморья дуб зелёный. Раскраска любимые стихи. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f7/qa6o6amn6c0gzd7v4tsx2c8t2bwrbbep.jpg</t>
   </si>
   <si>
     <t>Питомцы.Раскраски малышам. 200х260 мм, 8 стр. Умка</t>
@@ -2483,50 +2288,59 @@
   <si>
     <t>Не раскрашивай эти картинки! Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74a/pgmpa5qdopm94vdc1umm101t92pw94ol.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Крошки единороги. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893958</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d1/tpnx13jlwr9lcosrovm69ceikiuubj7e.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Морские единороги. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893960</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4cc/49cs7jxcw9r80t7unpt0yci9od93pcs0.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска-малышка. Пиратское приключение. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
+  </si>
+  <si>
+    <t>893961</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/22b/m522e6m7dqsjx2m1d377w8cypjsitmik.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Чудная семейка. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0e/sl10g7osh99ngfysnk6l73p3jqmubemf.jpg</t>
   </si>
   <si>
     <t>Книга-раскраска. Друзья морских единорогов. 214х290 мм. 16 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>893966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e9/q3ajgdjgb3ahl2yxdh9x2nvb99mp4430.jpg</t>
   </si>
   <si>
     <t>Вес лые друзья. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые друзья. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
@@ -2639,114 +2453,105 @@
   <si>
     <t>Русалочки. Эко-раскраска крафт-бумага. 190х285мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/386/o9zfmv9mewhnz974jzhsm87z6w0jwtb6.jpg</t>
   </si>
   <si>
     <t>Легендарные гонки. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893987</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40d/v6owpux0ofeimqel29fi1p1031tyaujx.jpg</t>
   </si>
   <si>
     <t>Изучаем основы. Как рисовать Аниме. А4 210х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893989</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fb2/23xq7lxrs1l9s00r0kq8bct79qg4akkx.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/067/udftml17hy4v3z8bw0jwj611kr5uxiic.jpg</t>
   </si>
   <si>
     <t>Вес лые амонники. Раскраска на ИЗИ. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые амонники. Раскраска на ИЗИ. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/149/xp4sonit2v3h2yl0snla3b4ibjezm7hs.jpg</t>
   </si>
   <si>
     <t>Ателье Лалы. Раскраски и аппликации. 145х210мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893993</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83c/bcdhpqqys4spokryys3b417xk1ayz7p9.jpg</t>
   </si>
   <si>
     <t>Звезда автогонок. Раскраска на ИЗИ. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>893995</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dda/gx27ykpr0fr8em8bkly3c7v7xeylwo1y.jpg</t>
   </si>
   <si>
     <t>Вкусные милашки. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>893996</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a9/3yjarh2wfpz85hhsy9bvfmgfb2rn5pvi.jpg</t>
   </si>
   <si>
     <t>День рождения принцессы. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>893999</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/285/kum897q3aq35a3fj3p6uml0qohmp5xuu.jpg</t>
-[...5 lines deleted...]
-    <t>894004</t>
+    <t>http://anytos.ru//upload/iblock/eac/7ho2g3zcu9nko96p6c7ehcihl5xmtxah.jpg</t>
+  </si>
+  <si>
+    <t>Тайна единорогов. Блестящая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d5/lfd44n90ow3fynoi40g7vso2dqf7i5h8.jpg</t>
   </si>
   <si>
     <t>Сказочная страна. Альбом раскрасок. 64 картинки. 285х210 мм. Скрепка. 64 стр. Умка</t>
   </si>
   <si>
     <t>894005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d52/08h3xxu9i6hubfiuijfap2j6xnubqq44.jpg</t>
   </si>
   <si>
     <t>Детектив Стив. Раскраска-детектив. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>894011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22e/40f9rghh4idy1kaclwg49p88lag1iqso.jpg</t>
   </si>
   <si>
     <t>Крутые приключения. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
@@ -2774,197 +2579,122 @@
   <si>
     <t>894018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/505/snfl47pe4nqsq43c0t3o7h75ihrz3vzx.jpg</t>
   </si>
   <si>
     <t>Обучающий альбом перев ртыш 2 в 1, Hot Wheels, Учим цифры. Учим формы. 16 стр Умка</t>
   </si>
   <si>
     <t>Обучающий альбом перевёртыш 2 в 1, Hot Wheels, Учим цифры. Учим формы. 16 стр Умка</t>
   </si>
   <si>
     <t>894020</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ec/r9le0ge44rdhsjzqyrqtnpt4kpv48lu7.jpg</t>
   </si>
   <si>
     <t>Крутые машины. Хот Вилс. Альбом для творчества. Раскраска с вырубкой мал.формата. Умка</t>
   </si>
   <si>
     <t>894021</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/992/itjmzw47lylnwf8vfiqpn7mfhxrqzp2g.jpg</t>
-[...32 lines deleted...]
-    <t>894047</t>
+    <t>http://anytos.ru//upload/iblock/7fe/o815g9ud2jycuavmkrr7y6rx1siul7rc.jpg</t>
+  </si>
+  <si>
+    <t>Азбука. Трафареты. Лесная магия. Энчантималс. 205х280 мм. 16 стр. Скрепка. Умка</t>
+  </si>
+  <si>
+    <t>894044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3b/m2u23muchnmnbl7ltl6mgrro6w8ans5b.jpg</t>
   </si>
   <si>
     <t>Учим буквы, цифры и формы Альбом-раскрасок А4. Энчентималс. 285х210мм, 64 стр. Умка</t>
   </si>
   <si>
     <t>894050</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/146/sn8e52r8kzvalba7q8qv7c28tvb8l1d3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a67/lr6cmndygxtlxd7fwl8k0ksxu4tb3zoy.jpg</t>
   </si>
   <si>
     <t>Картонный игровой развивающий Домик-раскраска  quot;Для маленькой принцессы quot; высота 130 см, BRAUBERG KIDS, 880363</t>
   </si>
   <si>
     <t>Картонный развивающий домик-раскраска &amp;quot;Для маленькой принцессы&amp;quot; BRAUBERG KIDS - большой домик для юных художников! В процессе раскрашивания ребенок познакомится с русским алфавитом, счетом, планетами, а также улучшит навыки рисования. Домик-раскраска изготовлен из 100&amp;#37; безопасного, экологически чистого материала - гофрированного картона. Состоит из 7 деталей: 4-х стен, крыши, трубы и флюгера, которые очень просто собираются и крепятся между собой без клея и ножниц. Все стороны домика разные по дизайну, толстый контур у рисунков поможет малышу аккуратно их раскрасить любыми фломастерами, красками, карандашами, восковыми мелками. Полянка вокруг домика не даст испачкать ковер или пол красками. Все края домика имеют закругленную форму и безопасны для ребенка.В крыше имеются отверстия в виде звезд и месяцев. При внутренней подсветке ночником происходит проекция звездного неба на потолок комнаты. В дизайне домика изображены буквы, цифры, цвета, планеты солнечной системы, головоломки, раскраска по номерам, лабиринты и многое другое.Домик можно использовать и как личное пространство для ребёнка, и как раскраску, и как развивающую игрушку, и как предмет интерьера комнаты.Внутренние размеры домика: 95х75х104 см, внешние размеры домика: 123х103х130 см.Домик-раскраска сертифицирован и безопасен для детей.Домик-раскраска из картона – счастье для маленьких художников и любителей ярких красок! Он станет отличным решением для подарка на Новый год или день рождения, отличный вариант подарка в детский сад. Он универсален для детей любого возраста от 3-х лет и для мальчиков, и для девочек.Дом &amp;#40;детский вигвам или шалаш&amp;#41; для малышей станет не только игрушечным местом, но и инструментом для развития у ребенка моторики, воображения и фантазии, усидчивости и раскрытия его творческого потенциала.</t>
   </si>
   <si>
     <t>930910</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/862/02nku7v0rxe4pkoywjldx3vrzweh674h.jpg</t>
   </si>
   <si>
     <t>Азбука. Супер-раскраска.  Простая раскраска для маленьких, 64 картинки . 205х280 мм. Умка</t>
   </si>
   <si>
     <t>Азбука. Супер-раскраска. &amp;#40;Простая раскраска для маленьких, 64 картинки&amp;#41;. 205х280 мм. Умка</t>
   </si>
   <si>
     <t>937097</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e67/ocgtdh7krzgdfomj7xnw522g9nvlbgjq.jpg</t>
   </si>
   <si>
     <t>Аниматроники наступают. Не Злая раскраска КВЕСТ. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a61/uutiesej865rjvqgazc691mxgswogds7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a5/cl13nasgr749blojf709x97tqsumirrm.jpg</t>
   </si>
   <si>
     <t>Ауди. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937102</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2cb/aqwvv798n12s7amyn6m7cpnwroh9z91c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c26/p8xg9lfjobqps301tepof7y6978x7oqh.jpg</t>
   </si>
   <si>
     <t>Барбоскины. Раскраска А4. Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937105</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/598/1f1tysyx5df271gw37dzbg029n5bwogo.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/08a/usx6010ze50c90gnkothu5ixniye4cws.jpg</t>
   </si>
   <si>
     <t>Блестящие красавицы. Лол.  Первая раскраска с вырубкой в обл. и глиттер. наклейками . Умка</t>
   </si>
   <si>
     <t>Блестящие красавицы. Лол. &amp;#40;Первая раскраска с вырубкой в обл. и глиттер. наклейками&amp;#41;. Умка</t>
   </si>
   <si>
     <t>937109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/166/qfyhrwfr3d6aht18s7nec93hrhmt1wmn.jpg</t>
   </si>
   <si>
     <t>БМВ. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937111</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/473/pllarf4g4a74r7dvrr0h3qazris5c4it.jpg</t>
   </si>
   <si>
     <t>БМВ. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
@@ -2972,710 +2702,551 @@
   <si>
     <t>937113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/877/3us7m35w9n9ccpnpbya2uxp1o9sjb5o4.jpg</t>
   </si>
   <si>
     <t>Боевые корабли и подводные лодки. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be0/s1veo53dc2loqwe1tjtqw057exmytusq.jpg</t>
   </si>
   <si>
     <t>Буба. Повеселимся  IQ раскраски с наклейками. 200х200 мм. 8 стр.   наклейки. Умка</t>
   </si>
   <si>
     <t>Буба. Повеселимся! IQ раскраски с наклейками. 200х200 мм. 8 стр. &amp;#43; наклейки. Умка</t>
   </si>
   <si>
     <t>937117</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ed7/33hvy6sgzxwmboicx95j4ahslx7eahmo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2a6/5g98h474qci8jza2aw6p4rs41iasmacz.jpg</t>
   </si>
   <si>
     <t>Быстрее  Ярче  Сильнее  Экораскраска. 200х200 мм. Скрепка. 8 стр., крафт-бумага. Умка</t>
   </si>
   <si>
     <t>Быстрее! Ярче! Сильнее! Экораскраска. 200х200 мм. Скрепка. 8 стр., крафт-бумага. Умка</t>
   </si>
   <si>
     <t>937119</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/940/6tyjbfjcncycv0hcck43as307bwp89qm.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c9/5a0ht44q8xi0fofdq71vdxs8e9ijfzbq.jpg</t>
   </si>
   <si>
     <t>В поисках базы. Найди и покажи. Раскраска с развивающими заданиями. 16 стр. Умка</t>
   </si>
   <si>
     <t>937124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a1/a6oth6oq9pt3pey1n6qcwez6lnhg32qy.jpg</t>
   </si>
   <si>
     <t>Веселые затеи. Раскраска с развивающими заданиями. Найди и покажи. Лол. 16 стр. Умка</t>
   </si>
   <si>
     <t>937129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ade/w9bb0kcs3ffkl9htxub9dw3qr23wqklm.jpg</t>
   </si>
   <si>
     <t>Вес лые игры. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Весёлые игры. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937132</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e4e/nkh7qi58dkdm38tf0667phg1im31w9oo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2f4/3uck702xbr0fof3aq0ecd6rsujm9ycjp.jpg</t>
   </si>
   <si>
     <t>Веселые подружки. Лол.  Первая раскраска с вырубкой в обложке и глиттер. наклейками . Умка</t>
   </si>
   <si>
     <t>Веселые подружки. Лол. &amp;#40;Первая раскраска с вырубкой в обложке и глиттер. наклейками&amp;#41;. Умка</t>
   </si>
   <si>
     <t>937137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8b/qedknq2g6xswo09hp7ik970xdup4pwbn.jpg</t>
   </si>
   <si>
     <t>Вес лые черепашки. Черепашки. Раскраска для детского сада. 214х290мм. Скрепка. 8стр. Умка</t>
   </si>
   <si>
     <t>Весёлые черепашки. Черепашки. Раскраска для детского сада. 214х290мм. Скрепка. 8стр. Умка</t>
   </si>
   <si>
     <t>937138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62b/yiztnesz71bk2lnj8lkmwayszcj28bg3.jpg</t>
   </si>
   <si>
     <t>Виртуальная реальность. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937141</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dec/3ugqd2hvz8hokll1v8l15d99ddggseec.jpg</t>
+  </si>
+  <si>
+    <t>Волшебное авокадо. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937146</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b58/rmxyffalnw9q1t3uzjij95t6ghx0cua1.jpg</t>
   </si>
   <si>
     <t>Волшебное путешествие. Раскраска. 210х285 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937147</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/751/yknt18poktcz9qz299m8inmtaf2ot3on.jpg</t>
   </si>
   <si>
     <t>ВОЛШЕБНЫЕ ЕДИНОРОГИ. Многоразовые раскраски с развивающими заданиями. 200х260 мм. Умка</t>
   </si>
   <si>
     <t>937148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5a/yhyx112fh0bjh73xd557urynbdy9ccw8.jpg</t>
   </si>
   <si>
     <t>Волшебные котята. Раскраска для детского сада 3 . 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Волшебные котята. Раскраска для детского сада 3&amp;#43;. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937150</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cdb/03wle0ry4r3ugmd7e2s80nln6a7gdcqg.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/53d/g0m8c6c6mep5n1pyjkt51bb0tdag7v3n.jpg</t>
   </si>
   <si>
     <t>Волшебные питомцы.Раскраска малого формата. 145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f80/vpyjfj77na9kmyhbb0mrf9ckkgqez26h.jpg</t>
   </si>
   <si>
     <t>Времена года. Раскраска с развивающими заданиями. Найди и покажи. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937156</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad6/a3lcdpxf247xshitgp1h0lcxqiw158zu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8c6/k0hs8mbhiott3zbx5z7cuf2sb8vmekyv.jpg</t>
   </si>
   <si>
     <t>Вспыш и его друзья. Вспыш. Экораскраска. 200х200 мм. Скрепка. 8 стр., крафт-бумага. Умка</t>
   </si>
   <si>
     <t>937160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cf/yemphc0wr3251s9ibcdiy5tgyzl03rx9.jpg</t>
   </si>
   <si>
     <t>Гаубицы. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937161</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d3/fiv22y0jemjdfm8j0h413js24pqt27cd.jpg</t>
   </si>
   <si>
     <t>Гелендваген. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/543/7t4telviib1zupf1qfsrykfeunlfs3uu.jpg</t>
   </si>
   <si>
     <t>Гигантозавр  Развивающая раскраска с фигурной вырубкой. Альбом для творчества  16стр. Умка</t>
   </si>
   <si>
     <t>Гигантозавр &amp;#40;Развивающая раскраска с фигурной вырубкой. Альбом для творчества&amp;#41; 16стр. Умка</t>
   </si>
   <si>
     <t>937164</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b2/n18h6xx8qnp67tlqymsqn0okjbb2p3ex.jpg</t>
   </si>
   <si>
     <t>Гонки монстр-траков. Крейзи-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937165</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f22/ooiahjifsfmq3salvan1btre9eim1x7n.jpg</t>
-[...14 lines deleted...]
-    <t>937172</t>
+    <t>http://anytos.ru//upload/iblock/41b/dttd4rnxuiz62abt5o9vgqu0l9atfazx.jpg</t>
+  </si>
+  <si>
+    <t>Девочки-принцессы. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cda/4g7emhqm60snft5d5d8hntsa79v7tuj4.jpg</t>
   </si>
   <si>
     <t>Домашние животные. Раскраска для детского сада. 2 . 214х290мм, 8 стр., бумага офсет. Умка</t>
   </si>
   <si>
     <t>Домашние животные. Раскраска для детского сада. 2&amp;#43;. 214х290мм, 8 стр., бумага офсет. Умка</t>
   </si>
   <si>
     <t>937185</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f61/ieeaq30sgm5jn4w4xziuk5kzloyapw2v.jpg</t>
-[...14 lines deleted...]
-    <t>937197</t>
+    <t>http://anytos.ru//upload/iblock/94e/79a7tqopvlzwyp0ghxtltgoz22ifciv4.jpg</t>
+  </si>
+  <si>
+    <t>Единороги. Раскраска Квест по цвету. 240х240 мм, 24 стр. 4 0 Умка</t>
+  </si>
+  <si>
+    <t>Единороги. Раскраска Квест по цвету. 240х240 мм, 24 стр. 4&amp;#43;0 Умка</t>
+  </si>
+  <si>
+    <t>937198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/429/96kw8g14ylg4yce8udu5pzpxqzqlphvr.jpg</t>
+  </si>
+  <si>
+    <t>Животные. Дополни картинку, 35 наклеек. Формат: 160х215мм. Объем: 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd8/ru1px398ka1m8bb1zzlu43j8k164sw98.jpg</t>
   </si>
   <si>
     <t>Забавные истории. Буба. Первая раскраска А5. 145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04e/uo46t229en0w2zy00jrwacghq7sfnn5d.jpg</t>
   </si>
   <si>
     <t>Забавные малыши. Раскрась дорисуй. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2d/t5i8b671pame3s4wudpw0b3c9yfem2fl.jpg</t>
   </si>
   <si>
     <t>Забавные монстрики. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c96/t1xog331prg6alt2y1pmjb4vo85582pn.jpg</t>
   </si>
   <si>
     <t>Забавные питомцы. Раскраска для детского сада 3  214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Забавные питомцы. Раскраска для детского сада 3&amp;#43; 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/042/bpf5kpyn9lcyjgvgowduf4nw7rnv4guz.jpg</t>
   </si>
   <si>
     <t>Загадочная вечеринка. Раскраска Лабиринт 16 картинок.195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937209</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ca4/add0rvg4k6pgkhmh6nr4xyyklknq2is9.jpg</t>
+  </si>
+  <si>
+    <t>Загадочные лисы. Раскраска Квест по цвету. 240х240мм. Скрепка. 24 стр. Умка</t>
+  </si>
+  <si>
+    <t>937211</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0a1/3whq6i300yan2hbs7lhxee3qx78dlnfg.jpg</t>
   </si>
   <si>
     <t>Загадочный лес. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937212</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/75a/9zul6uipir3b8il0cquerup80gv2zg2r.jpg</t>
-[...17 lines deleted...]
-    <t>937220</t>
+    <t>http://anytos.ru//upload/iblock/f25/hlcec3p33pk3pndyw8um2mfwjxbi34v9.jpg</t>
+  </si>
+  <si>
+    <t>Знакомьтесь - монстрики . Эко Крафт раскраска. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>Знакомьтесь - монстрики!. Эко Крафт раскраска. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c50/qbqyq7gwy4nl2pzv5hszwa02cl4mixg4.jpg</t>
   </si>
   <si>
     <t>Истории о динозаврах. Активити ходилка-раскраска. Гигантозавр. 210х285 мм. 14 стр. Умка</t>
   </si>
   <si>
     <t>937225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f18/okzrzfysyd29d7szc3h0i7xwbmbx9lz2.jpg</t>
   </si>
   <si>
     <t>Кавайные малыши. Раскраска. 214х290 мм. 16 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937227</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/11e/b40y0506c9cbwg0ai7tp1wysurx8o278.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/067/3m3x9rnvpdr0fwij8m6c201828x4yiad.jpg</t>
   </si>
   <si>
     <t>Ламбордгини. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b75/3aeoqv0c32q8i7k0npira6bghwtvc7sw.jpg</t>
   </si>
   <si>
     <t>Ледяная история. Найди и покажи. Раскраска с развивающими заданиями. 16 стр. Умка</t>
   </si>
   <si>
     <t>937246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7f/votx25fynap15ueczww3ckonqgbpeq6g.jpg</t>
   </si>
   <si>
     <t>Лексус. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937247</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a64/nda0g3divgeo6hcs5td6vrplljy7w822.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c6a/b2bzh9hyuva2w1ybpy54w3gfgehhs6k5.jpg</t>
   </si>
   <si>
     <t>Лучшие друзья.Союзмультфильм.Раскраска для детского сада.214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/229/iqconipu7ji522w7r3ic4q9t6tf3x8s8.jpg</t>
   </si>
   <si>
     <t>Мазерати. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937277</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa6/wrjas03vq1dkx91ol1f2p3sw5ccmenpl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f2f/occq4jqf56u9epfl0gltvg32iz5ebvt2.jpg</t>
   </si>
   <si>
     <t>Мерседес. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937289</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5a6/7dwya1fd71ojowun4qzo9i080hny2mvz.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0c9/coub209s23go89w8zw9hem21y35bbt55.jpg</t>
   </si>
   <si>
     <t>Милые котики. Раскраска для детского сада 3  214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Милые котики. Раскраска для детского сада 3&amp;#43; 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e0/333t5ohufq2ylq2pjek8cuetxcjza5uj.jpg</t>
   </si>
   <si>
     <t>Милые котята. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f6/29uo1n9dozjaddzgg3a3f9zc3n3t7uyj.jpg</t>
   </si>
   <si>
     <t>Милые кошки. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937296</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aaf/nwet5f3u53ng2mttyfg3vklg7e1rsco0.jpg</t>
-[...17 lines deleted...]
-    <t>937301</t>
+    <t>http://anytos.ru//upload/iblock/ee0/5n79snk7roysh513du7j80ytx6jka0dj.jpg</t>
+  </si>
+  <si>
+    <t>Ми-Ми-Мишки.  Первая раскраска с пайетками . 200х280мм. 16стр.   пайетки на обложке. Умка</t>
+  </si>
+  <si>
+    <t>Ми-Ми-Мишки. &amp;#40;Первая раскраска с пайетками&amp;#41;. 200х280мм. 16стр. &amp;#43; пайетки на обложке. Умка</t>
+  </si>
+  <si>
+    <t>937305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd6/schqof9u7se5wstchcxlzwcw74emxuex.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Простая раскраска для маленьких, 64 картинки . 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Простая раскраска для маленьких, 64 картинки&amp;#41;. 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>937306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/320/kz8svkhju4rc204v9wr6fzelhg9zxbs0.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Развивающая раскраска с вырубкой в виде персонажа и наклейками . Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа и наклейками&amp;#41;. Умка</t>
   </si>
   <si>
     <t>937307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b6/y69wrxlxvuh42a419s32xnhi6wgdt673.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Развивающая раскраска с вырубкой в виде персонажа . 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа&amp;#41;. 210х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43a/ujr3r1av2kn9j4jhsvur90yg0b8cglgq.jpg</t>
   </si>
   <si>
     <t>Мир героев. Зеркальная раскраска. Мой мир. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937310</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ff4/22mvhb2qrvkxhwus70o1zr6dqaurup6e.jpg</t>
+  </si>
+  <si>
+    <t>Мир монстриков . Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>937314</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/44b/gr8zag9ounlzndsmkk8njzgrwyyj63yw.jpg</t>
   </si>
   <si>
     <t>Мир робота Фредди. HORROR. Не раскашивай эту раскраску  214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Мир робота Фредди. HORROR. Не раскашивай эту раскраску! 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937315</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e6d/d9cp33spvi974dqztcjtp061sma757dc.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/59e/wxvkz0zeze5absqa5lxzw14397pufrt0.jpg</t>
   </si>
   <si>
     <t>Модные куклы. ЛОЛ.  Первая раскраска с голографической фольгой . 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Модные куклы. ЛОЛ. &amp;#40;Первая раскраска с голографической фольгой&amp;#41;. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937318</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3cf/0nhzvzgr10tt692s7sz8zqao1rnuz3ua.jpg</t>
+  </si>
+  <si>
+    <t>Модные малышки. 100 наклеек с фигурной вырубкой. Лол. 260х150 мм. 4 стр. наклеек. Умка</t>
+  </si>
+  <si>
+    <t>937320</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c3/16mrfsvlmu6wta94bd910g9kholgh37r.jpg</t>
   </si>
   <si>
     <t>Модные питомцы. Раскраска для детского сада 3  214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>Модные питомцы. Раскраска для детского сада 3&amp;#43; 214х290 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/802/swp1wedbz4d5iu2fpe39j6xmtwg2e47e.jpg</t>
   </si>
   <si>
     <t>Модные питомцы. Экораскраска. 200х200 мм. Скрепка. 8 стр., крафт-бумага. Умка</t>
   </si>
   <si>
     <t>937322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8de/9dfstgy6hoj60xx70uwke23t3os84xg7.jpg</t>
   </si>
   <si>
     <t>Модные подружки. Лол.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
@@ -3719,179 +3290,119 @@
   <si>
     <t>Монстроленд. 1 метр раскрасок. 240х280 мм. Раскладушка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/3z84qoldyz5hwtr3pqcpy2y4c7llyh4w.jpg</t>
   </si>
   <si>
     <t>Монстромания. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfe/3wqxngnl8obxei287jnk0vhm0maessn1.jpg</t>
   </si>
   <si>
     <t>Монстр-траки. 64 картинки. Супер-раскраска. 205х280 мм. Скрепка. 64 стр. Умка</t>
   </si>
   <si>
     <t>937334</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc4/trda8l6x5k1ukcp2ajlmycsztkt9yxtw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e2/ve3zsmfwnfjdxb4nk923zoa750ewzhx2.jpg</t>
   </si>
   <si>
     <t>Музыкальный концерт. Лол. Первая раскраска А5. Черно-белая раскраска 145х210мм 16стр. Умка</t>
   </si>
   <si>
     <t>937341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2da/9qaueme5sfsacxbaqowxfk9q8gak0zi2.jpg</t>
   </si>
   <si>
     <t>Мульт.  Альбом наклеек малого формата с фигурной вырубкой . 260х155мм. 4стр. наклеек. Умка</t>
   </si>
   <si>
     <t>Мульт. &amp;#40;Альбом наклеек малого формата с фигурной вырубкой&amp;#41;. 260х155мм. 4стр. наклеек. Умка</t>
   </si>
   <si>
     <t>937345</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/679/cxdpx28i4zjrlfswqca5v3xrd93qz42u.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c48/jpgvfsnazwaxvwrqbsbnsu15wvjilav8.jpg</t>
   </si>
   <si>
     <t>Неудержимая команда. Раскраска Лабиринт 16 картинок.195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba7/dg23mqt37uyon97pobadxpc15o1dzbdw.jpg</t>
   </si>
   <si>
     <t>Новые приключения робокопов. Раскрась дорисуй. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937365</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b71/ofaitudnp39grciazggfze9p2ap6ekzr.jpg</t>
   </si>
   <si>
     <t>Один день на ферме. Синий трактор. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937368</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e6e/65bgbop00wx8dx490vgnnep8ve24sa2y.jpg</t>
-[...17 lines deleted...]
-    <t>937377</t>
+    <t>http://anytos.ru//upload/iblock/c43/4qt3lt4j7kmc7g8895z42gypqs95kpjk.jpg</t>
+  </si>
+  <si>
+    <t>Оранжевая корова. Союзмультфильм.  Развивающая раскраска с вырубкой и наклейками . Умка</t>
+  </si>
+  <si>
+    <t>Оранжевая корова. Союзмультфильм. &amp;#40;Развивающая раскраска с вырубкой и наклейками&amp;#41;. Умка</t>
+  </si>
+  <si>
+    <t>937374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85c/nrhozubotjd0lh5sedrd2dz967qzhlet.jpg</t>
   </si>
   <si>
     <t>Очаровательные малышки. Лол. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937379</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f5f/c4dj3g3gtb6lgneswclvpa7xfbh01h3b.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b40/hxc80tf33lsjkkonxx0iev7nisjezo1o.jpg</t>
   </si>
   <si>
     <t>Пещерные люди. CAVE CLUB.  Альбом наклеек малый формат . 145х210мм. 4 стр. наклеек. Умка</t>
   </si>
   <si>
     <t>Пещерные люди. CAVE CLUB. &amp;#40;Альбом наклеек малый формат&amp;#41;. 145х210мм. 4 стр. наклеек. Умка</t>
   </si>
   <si>
     <t>937382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7b/7yje0nm8x9ot5gb074far4pncq9n2ped.jpg</t>
   </si>
   <si>
     <t>Пираты против драконов. Активити ходилка-раскраска. 210х285 мм. 12 стр. Умка</t>
   </si>
   <si>
     <t>937383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e4/lf7h8s20w8mlfollj0hl0b3x25dlj0cr.jpg</t>
   </si>
   <si>
     <t>Пираты против драконов: перемирие. Первая Раскраска А4 Мультяшная. 16 стр. Умка</t>
@@ -3902,101 +3413,83 @@
   <si>
     <t>http://anytos.ru//upload/iblock/afa/a65kocfrsl3qyanru8uhfo4x0jd1nghj.jpg</t>
   </si>
   <si>
     <t>Пираты.  Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Пираты. &amp;#40;Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/268/sd1ey2rl9ypk7d5qjn9e44kll39sfm02.jpg</t>
   </si>
   <si>
     <t>Праздник озорства  Оранжевая корова.  Большая раскраска А3 . 240х330мм. 12 стр. Умка</t>
   </si>
   <si>
     <t>Праздник озорства! Оранжевая корова. &amp;#40;Большая раскраска А3&amp;#41;. 240х330мм. 12 стр. Умка</t>
   </si>
   <si>
     <t>937389</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b73/8wzo5yi8y88bz1fct5ro2ihuqnz84zdk.jpg</t>
+  </si>
+  <si>
+    <t>Привидения. Первая раскраска А4. 214х290 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937390</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f0/7nbb92sdqpl4im4awxc8s52mcsyamv15.jpg</t>
   </si>
   <si>
     <t>Приключения ждут  MINECRAFT. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Приключения ждут! MINECRAFT. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/elwt7q3gpwlf3s0da8agdwg1zqyhmeh3.jpg</t>
   </si>
   <si>
     <t>Принцессы.  Первая раскраска малый формат . Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Принцессы. &amp;#40;Первая раскраска малый формат&amp;#41;. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937394</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/928/ai8df79xo3fop3urgezme7lb7k7vnqxt.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/384/ajvc9qwbcgcvda4gha5ehr0mfrrqi89n.jpg</t>
   </si>
   <si>
     <t>Пушистые друзья. Первая раскраска А4. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c6/okv07hjybkhm569uwtefwtnw6j9rzm7l.jpg</t>
   </si>
   <si>
     <t>Раскраска. Скетч-блокнот. Вес лые друзья. Буба. 148х210 мм 32 стр. Умка</t>
   </si>
   <si>
     <t>Раскраска. Скетч-блокнот. Весёлые друзья. Буба. 148х210 мм 32 стр. Умка</t>
   </si>
   <si>
     <t>937404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4aa/3rr1e2kki7v9dgl4pajt9p7l9eubrikm.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Вес лые русалочки. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
@@ -4022,296 +3515,230 @@
   <si>
     <t>Раскраска-малышка. Забавная игра. Ми-ми-мишки. 16 заданий. 145х210мм 8стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff5/2rsi0u1spm8wf4qux57x5j0zdgzgjumv.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Малышки пони. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/379/zvew6z757oixsv36lmywx3m7emycuknk.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Стильные девчонки. ЛОЛ. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937412</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/933/jsl22kku3j6qu8uoq9fp7dy1zua60l7n.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/935/74hcabkdxyloaokzrv4xkv2z5wxdqtk2.jpg</t>
   </si>
   <si>
     <t>Раскраска-малышка. Фруктовое веселье. 16 заданий. 145х210 мм. 8 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>937414</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9d/gr1uy531rkcynpsut56i1pnpnj3q31fj.jpg</t>
   </si>
   <si>
     <t>Робокар Поли. Спасатели вперед   Раскраска по номерам А5 . Формат: 145х210мм. 16стр. Умка</t>
   </si>
   <si>
     <t>Робокар Поли. Спасатели вперед! &amp;#40;Раскраска по номерам А5&amp;#41;. Формат: 145х210мм. 16стр. Умка</t>
   </si>
   <si>
     <t>937418</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/65e/if221zmbn9ciiw7ot0clyb1jwmnniovc.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bf2/xszdq134ygg1st7ngfzqmnvsvm4bf40i.jpg</t>
   </si>
   <si>
     <t>Русалочки.  Первая Раскраска А4  Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>Русалочки. &amp;#40;Первая Раскраска А4&amp;#41; Формат: 214х290мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>937422</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/406/jx567c49ay1uyap0pja5oav39ndvgfjf.jpg</t>
+  </si>
+  <si>
+    <t>Синий трактор  Супер-раскраска раскраска для маленьких, 64 картинки . 205х280 мм. Умка</t>
+  </si>
+  <si>
+    <t>Синий трактор &amp;#40;Супер-раскраска раскраска для маленьких, 64 картинки&amp;#41;. 205х280 мм. Умка</t>
+  </si>
+  <si>
+    <t>937425</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ed2/86e4g769nzwuwdtevrpq2px1xr0ua2h2.jpg</t>
   </si>
   <si>
     <t>Синий трактор.  Развивающая раскраска с вырубкой в виде персонажа . 210х285мм. 16стр. Умка</t>
   </si>
   <si>
     <t>Синий трактор. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа&amp;#41;. 210х285мм. 16стр. Умка</t>
   </si>
   <si>
     <t>937430</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c5d/c359pfqmlclacbmlfgqgm3w152bjyz2v.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/498/8njcbf35jicf0j5hy829hu0oteihtvh5.jpg</t>
   </si>
   <si>
     <t>Смешные котята. Зеркальная раскраска. 145х190 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/724/aw2a6rhdvfoxrtpe8l19vtjq4r8zhubj.jpg</t>
   </si>
   <si>
     <t>Снежное волшебство. Раскраска Малышка 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937442</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/369/p43n0sqsqixmw0vokotblu4hbsptgmn5.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/156/jd3765fz1rb5ft56q11bd9uhr32b9q7f.jpg</t>
   </si>
   <si>
     <t>Союзмультфильм. Домашние животные в Простоквашино. Раскраска. 214х290мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937445</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/902/7y13gtz4pztlkcx9b2u79nxrftvgtiw9.jpg</t>
-[...23 lines deleted...]
-    <t>937453</t>
+    <t>http://anytos.ru//upload/iblock/493/pjx1yjlc3ft23qvam4vfgh1jyfr42ewq.jpg</t>
+  </si>
+  <si>
+    <t>Страшные истории. Раскраска квест. 214х290 мм 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1c/ct23ehmvqvgavswpv3uc8r1eki23oiw3.jpg</t>
+  </si>
+  <si>
+    <t>Суперкоманда. Щенячий патруль. Раскраска. 210х285 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937454</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/333/gk4pzf96nmjppfls5cmyln1hw4307g3v.jpg</t>
   </si>
   <si>
     <t>Таинственные амонники. Чудо раскраска. 214х290мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937457</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/44f/y5t88e0kb3pv6tay56k8ls02ekcj6swq.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/215/lroak1jg5hkf6s6qbg92mzu3xb5ha44u.jpg</t>
   </si>
   <si>
     <t>Транспорт. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>937464</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e8/qobmfk1lfwsyws0ul7zqrk9leotb2js9.jpg</t>
-[...8 lines deleted...]
-    <t>937467</t>
+    <t>http://anytos.ru//upload/iblock/866/zz377948s7tr1n3nwdceqr5igesy8w4d.jpg</t>
+  </si>
+  <si>
+    <t>Три кота.  Развивающая раскраска с вырубкой в виде персонажа . 210х285мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Три кота. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа&amp;#41;. 210х285мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937468</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/263/oxbjgmimnkmfx33pe787f7ajuky5a602.jpg</t>
   </si>
   <si>
     <t>Три кота.  Развивающая раскраска с вырубкой в виде персонажа. Малого формата . 16стр. Умка</t>
   </si>
   <si>
     <t>Три кота. &amp;#40;Развивающая раскраска с вырубкой в виде персонажа. Малого формата&amp;#41;. 16стр. Умка</t>
   </si>
   <si>
     <t>937469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cf/dgv8whu7xomj7ar35ep9szi20xtv866q.jpg</t>
   </si>
   <si>
     <t>Уточки-модницы. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f3/tlo3g7jnaqqi0umsvs2rtaojyg596zn6.jpg</t>
   </si>
   <si>
     <t>Фантастические питомцы. Раскраска Лабиринт 16 картинок. 195х255мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>937478</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/867/4cv0zfzeoic73dg46bh34psmnxian6cq.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d47/fjdlpcjog2e5jh1g5b69y420xtg86oi8.jpg</t>
   </si>
   <si>
     <t>Фрукты и овощи. Простая раскраска для маленьких, 64 картинки. Формат: 205х280мм. Умка</t>
   </si>
   <si>
     <t>937486</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3f3/wb92dg5vzjijim1ff5idm4xt609dgb2n.jpg</t>
+  </si>
+  <si>
+    <t>Хеардорабль. Топ-модель . Раскраска с пайетками. 200х280 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>937487</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/85c/3r8sezo0ri26w72x1yiehedqk6e55rtc.jpg</t>
   </si>
   <si>
     <t>Чудеса рядом. Супер-раскраска 64 картинки. 205х280мм. Скрепка. 64 стр. Умка</t>
   </si>
   <si>
     <t>937493</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67b/xxfsyz2k581p4f7fqaw4embmj7pq5dh9.jpg</t>
   </si>
   <si>
     <t>Юрский период. Первая раскраска А5.145х210 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>937500</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75c/5zs82bii5kaq3yyiqd3ol6cvpiza3tj9.jpg</t>
   </si>
   <si>
     <t>Ягуар. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>937501</t>
@@ -4334,86 +3761,77 @@
   <si>
     <t>Бои мегароботов. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка.</t>
   </si>
   <si>
     <t>938197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d91/p4gk6uiktbvuyy82lwbk24y1a1jc7phz.jpg</t>
   </si>
   <si>
     <t>Веселые игры. Суперраскраска А4. Лол. 205х280 мм. 64 стр. Умка</t>
   </si>
   <si>
     <t>938202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9c/mjr6sovv24bwlu9d7snt4kx4nkmva7wa.jpg</t>
   </si>
   <si>
     <t>Военная техника. Эко-раскраска. 200х200 мм, Крафт-бумага. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>938203</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/45b/i0rlre5gbwi1l5h9f37gatru8u5ijwvt.jpg</t>
-[...5 lines deleted...]
-    <t>938207</t>
+    <t>http://anytos.ru//upload/iblock/4a5/mv5qrfo06lqp0yqdk7b8js33le5x1ynq.jpg</t>
+  </si>
+  <si>
+    <t>Вселенная монстриков. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка.</t>
+  </si>
+  <si>
+    <t>938205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bf/xxg8olefw7c2din9jl4cqggbfpl35foy.jpg</t>
   </si>
   <si>
     <t>Джипы. Эко-раскраска. 200х200 мм, Крафт-бумага. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>938208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a3/yvc03t2e4d549izo210s0o2vcabagns2.jpg</t>
   </si>
   <si>
     <t>Забавные динозаврики. Анти-раскраска. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>938209</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/151/cp284ztiy1wxaa1xuoy8m1p4o30okxj6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/18b/81a9vzquucybxunud41i3fv5g72uqnbn.jpg</t>
   </si>
   <si>
     <t>Команда мечты. Щенячий Патруль. Раскраска на изи. 214х290 мм. Скрепка. 16 стр. Умка.</t>
   </si>
   <si>
     <t>938212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a96/mqgnscoi8ju32wxutalnkh6h0ui3bu4e.jpg</t>
   </si>
   <si>
     <t>Легенда о воине. Раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>938214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c10/cee244wvj8r0tsh448vj5w54i2adcd99.jpg</t>
   </si>
   <si>
     <t>Ми-Ми-Мишки.  Супер-раскраска раскраска для маленьких, 32 картинки  32 стр. Умка</t>
   </si>
   <si>
     <t>Ми-Ми-Мишки. &amp;#40;Супер-раскраска раскраска для маленьких, 32 картинки&amp;#41; 32 стр. Умка</t>
@@ -4442,59 +3860,50 @@
   <si>
     <t>938220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b23/xu8yyy9f7s90bcgi8260pt1cq4jjppj9.jpg</t>
   </si>
   <si>
     <t>НА ФЕРМЕ. Эко-раскраска 200х200 мм. Крафт-бумага. 8 стр. 2 2 Умка</t>
   </si>
   <si>
     <t>НА ФЕРМЕ. Эко-раскраска 200х200 мм. Крафт-бумага. 8 стр. 2&amp;#43;2 Умка</t>
   </si>
   <si>
     <t>938221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e50/q9zmdazpoken3rqno97e56ic9f0s40ux.jpg</t>
   </si>
   <si>
     <t>Незабываемое приключение. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка.</t>
   </si>
   <si>
     <t>938223</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/66b/1hjeinlrx8rbwvor3cgmkx4dzwuuw78b.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cfc/6z1jbia3b811wl3jvkw33oti78zzshf3.jpg</t>
   </si>
   <si>
     <t>Феррари. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>938228</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acb/1a0aod0yxuyfbopojz4oru7wtlg8r4r8.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Щенячий патруль. Щенки в джунглях</t>
   </si>
   <si>
     <t>Очень большая раскраска «Щенячий патруль. Щенки в джунглях» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет:• Развить творческие способности, фантазию и усидчивость• Рисовать прямо на полу с друзьями и родителями• Использовать всевозможные сочетания цветов• Повесить большой плакат с рисунком на стену</t>
   </si>
   <si>
     <t>939230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c4/esxyb2hkqkgayleg2bra87jr2wmgaa28.jpg</t>
   </si>
   <si>
     <t>Очень большая раскраска. Щенячий патруль. Веселые щенки</t>
@@ -4505,1731 +3914,1389 @@
   <si>
     <t>939231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81b/bky8atcxhtgq1jn4qy7r4um9n2ulbk9u.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Суперраскраска с любимыми героями. Чебурашка. Хочу ушастика </t>
   </si>
   <si>
     <t>Каждому маленькому художнику нужна суперраскраска! Потому что раскрашивать – это невероятно интересно! На каждой странице ребёнка ждут увлекательные сюжеты, любимые герои, много элементов для раскрашивания. Ведь раскраска – это не только возможность весело и с пользой провести время, но и отличная подготовка руки к письму, развитие творческих возможностей и фантазии</t>
   </si>
   <si>
     <t>939232</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/356/fg7r4etksizncn6sdorx5e4t8lo8h6zk.jpg</t>
   </si>
   <si>
     <t>Моя самая первая раскраска. Веселый праздник. Развивающая книга</t>
   </si>
   <si>
     <t>939233</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/00c/ecykfp7ecyqftxmraerpomuvcdojpw7i.jpg</t>
-[...8 lines deleted...]
-    <t>939834</t>
+    <t>http://anytos.ru//upload/iblock/30c/51o2b0ifojg2o1cpde9g1o4fiv4fptv4.jpg</t>
+  </si>
+  <si>
+    <t>Картонный игровой развивающий Домик-раскраска  quot;Сказочный quot;, высота 130 см, BRAUBERG Kids, 880364</t>
+  </si>
+  <si>
+    <t>Картонный развивающий домик-раскраска &amp;quot;СКАЗОЧНЫЙ&amp;quot; BRAUBERG KIDS – большой домик для юных художников! В процессе раскрашивания ребенок познакомится с русским алфавитом, счетом, а также улучшит навыки рисования. Домик-раскраска изготовлен из 100&amp;#37; безопасного, экологически чистого материала – гофрированного картона. Состоит из 7 деталей: 4 стен, крыши, трубы и флюгера, которые очень просто собираются и крепятся между собой без клея и ножниц. Все стороны домика разные по дизайну. Толстый контур рисунков поможет малышу аккуратно их раскрасить любыми фломастерами, красками, карандашами, восковыми мелками. Полянка вокруг домика не даст испачкать ковер или пол красками. Все края домика имеют закругленную форму и безопасны для ребенка.В крыше имеются отверстия в виде звезд и месяцев. При внутренней подсветке ночником происходит проекция звездного неба на потолок комнаты. В дизайне домика задействованы буквы, цифры, цвета, добрые персонажи и многое другое.Домик можно использовать и как личное пространство для ребёнка, и как раскраску, и как развивающую игрушку, и как предмет интерьера.Внутренние размеры домика: 95х75х104 см, внешние размеры домика: 123х103х130 см.Домик-раскраска сертифицирован и безопасен для детей.Домик-раскраска из картона – счастье для маленьких художников и любителей ярких красок! Он станет отличным решением для подарка на Новый год или день рождения, отличный вариант подарка в детский сад. Он универсален для детей любого возраста от 3-х лет и для мальчиков, и для девочек.Дом &amp;#40;детский вигвам или шалаш&amp;#41; для малышей станет не только игрушечным местом, но и инструментом для развития у ребенка моторики, воображения и фантазии, усидчивости и раскрытия его творческого потенциала.</t>
+  </si>
+  <si>
+    <t>939829</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c1/vp201eap63a2fy16bb3ecdrntcnvpglg.jpg</t>
+  </si>
+  <si>
+    <t>Бентли. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942922</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/687/rsbnjxcmr1b9018nkwj955bqdkr5vavt.jpg</t>
+  </si>
+  <si>
+    <t>Бентли. Раскраска Малышка 16 заданий. 145х210 мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aca/l3gwv67zp9l7ef2ric0gvuj3uuhgmlie.jpg</t>
+  </si>
+  <si>
+    <t>Божественная кара. Бомбическая раскраска. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942925</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/872/x6ba6kjb4mqi1eg15ir7f6xm86k86f1b.jpg</t>
+  </si>
+  <si>
+    <t>Бугатти. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942926</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38c/p4hea25320o17r3nzj679r49o1rkr6u4.jpg</t>
+  </si>
+  <si>
+    <t>Волшебные животные.  Мультяшная раскраска А4 . Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Волшебные животные. &amp;#40;Мультяшная раскраска А4&amp;#41;. Формат: 214х290мм. Объем: 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942932</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0aa/vum0tdvlh0gxncr9ku8bc9ykv2uriy0i.jpg</t>
+  </si>
+  <si>
+    <t>ГЕЛЕНДВАГЕН. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942934</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/887/aiv5p95ozv3fbx5uz3wbg78n3086ad4m.jpg</t>
+  </si>
+  <si>
+    <t>Геройчики. Вес лое знакомство. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>Геройчики. Весёлое знакомство. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942937</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da0/iv4yli7qi2a83d40z4prjhlmgb9sblri.jpg</t>
+  </si>
+  <si>
+    <t>Давай знакомиться. Приключения друзей. Раскраска перевертыш А4 2 в 1. Гигантозавр. Умка</t>
+  </si>
+  <si>
+    <t>942940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6cf/2ohek97f2rhu4bjg7bf2qg6a32vh9hej.jpg</t>
+  </si>
+  <si>
+    <t>Драконы и викинги. Раскраска-малышка. 16 заданий. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942942</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/175/j8dtmmggesu75vz5foeon80stc2kknen.jpg</t>
+  </si>
+  <si>
+    <t>Ежик Скай спешит на помощь. Раскраска-малышка. 16 заданий. 145х210мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ad/hwhec4ss5hu3i985xwgpvby6wute9oy1.jpg</t>
+  </si>
+  <si>
+    <t>Жители леса. Раскраска квест по цвету. 240х240 мм, 24 стр. 4 0 Умка</t>
+  </si>
+  <si>
+    <t>Жители леса. Раскраска квест по цвету. 240х240 мм, 24 стр. 4&amp;#43;0 Умка</t>
+  </si>
+  <si>
+    <t>942945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb7/bprsuyt7qxib2sbypzjcr67m7lhu2hgw.jpg</t>
+  </si>
+  <si>
+    <t>Игры монстриков. Раскраска  Найди и покажи  с развивающими заданиями. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Игры монстриков. Раскраска «Найди и покажи» с развивающими заданиями. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e4/rl5b3qko0orvgvw2hc8ehbdbt1r638jz.jpg</t>
+  </si>
+  <si>
+    <t>Кавайные девочки. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/630/zitofcwh74w4t96embu2w7c75wso6gae.jpg</t>
+  </si>
+  <si>
+    <t>Космическая битва. Раскраска Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>942956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/432/efpp2dun91y1abb8grobed2a2f32c0ia.jpg</t>
+  </si>
+  <si>
+    <t>Лексус. Раскраска. 210х140 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1a/zfstbqnzlv3568e9bygcxth2v1rt2ci0.jpg</t>
+  </si>
+  <si>
+    <t>Магия льда. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/900/oc54laj5cpidqawrmai3ukmzxke5uwai.jpg</t>
+  </si>
+  <si>
+    <t>Майбах. Раскраска-малышка. 16 заданий. 145х210 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/490/ru8jfalsu28e70t9ql3udxhyleez1qdb.jpg</t>
+  </si>
+  <si>
+    <t>Мамы и малыши. Раскраска с развивающими заданиями. Найди и покажи. 214х290мм 16стр. Умка</t>
+  </si>
+  <si>
+    <t>942968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec6/2ux7d4a05eguey8tylrqtbs2qwpupl0n.jpg</t>
+  </si>
+  <si>
+    <t>Маша и Медведь. Большое путешествие. Эко Крафт раскраска.145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f3/5spb7xt4w45yaczypa03259iegz5b7my.jpg</t>
+  </si>
+  <si>
+    <t>Машинки. Раскраски малышам. 200х260 мм, 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/2ygxvhootzfkd7ayn7vxmy7ju1lc71k3.jpg</t>
+  </si>
+  <si>
+    <t>Машины. Зеркальная раскраска. 145х190мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942972</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e8/7aki3txzf1qytf0o9w1judgbi2kok2tp.jpg</t>
+  </si>
+  <si>
+    <t>Милые пони. Раскраска. Азбука. Прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/xont6lqmt7t30xs3u77ltlky0ghryrpr.jpg</t>
+  </si>
+  <si>
+    <t>Монстр-леди. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3f/qyivx7z051u9jcrlx4de52kiljm7yhhq.jpg</t>
+  </si>
+  <si>
+    <t>Монстроклассные уроки. Раскраска-малышка. 16 заданий. 145х210мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c38/jzj2k93nnymhc6q1v2ofyeja3l7yfy3t.jpg</t>
+  </si>
+  <si>
+    <t>Необыкновенная история. Море приключений. Эко крафт раскраска. 145х210 мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4b/km1s5sk9ut1xsuojbt26ye4n0uasmdvp.jpg</t>
+  </si>
+  <si>
+    <t>Ниндзя-динозавры. Раскраска-малышка. 16 заданий. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b49/z191uxyluz6631rwbtqk7gb30kjai6r4.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска-малышка. Кешин пикник. Ми-ми-мишки. 16 заданий. 145х210мм 8 стр. Скрепка. Умка</t>
+  </si>
+  <si>
+    <t>942994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e3/vtnujfyce1c3n3spphb2vs56pcrmlpxn.jpg</t>
+  </si>
+  <si>
+    <t>Сейлор Мун. Лунные воительницы. Раскраска-малышка. 16 заданий. 145х210мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>942997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/415/zffy49zfcdtsluv948xcbhw1fkdwjywm.jpg</t>
+  </si>
+  <si>
+    <t>Супер-грузовики. Раскраска. 210х140мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>943004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c73/vj4yvbgjaag092h9h17cfm6t0nh8li67.jpg</t>
+  </si>
+  <si>
+    <t>СУПЕРДЕВОЧКИ. Бомбическая раскраска. Лол 214х290мм, 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>943005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e4/a6l3xahq4glpzx23owi0lozlmiwpt7ia.jpg</t>
+  </si>
+  <si>
+    <t>Суровые испытания. Раскраска-малышка. 16 заданий. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>943006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/205/s2pt0tm5f9dwnndz52ubau2l6whlfl1x.jpg</t>
+  </si>
+  <si>
+    <t>Феррари. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>943012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fb/pus0jx0s91mx8z9k4l1gz941tuj3tah8.jpg</t>
+  </si>
+  <si>
+    <t>Холодная страна. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>943014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bc/1n44chloj214vuovk0t87zex60sadcfz.jpg</t>
+  </si>
+  <si>
+    <t>Храбрые стражи. Супер-раскраска. 64 картинки. 205х280 мм. Скрепка. 64 стр. Умка</t>
+  </si>
+  <si>
+    <t>943015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d20/n39wou3q1esv3cpyjfc16aw98ucrcak9.jpg</t>
+  </si>
+  <si>
+    <t>Чемпионские гонки. Раскраская Бомбическая. 214х290 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>943019</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af2/iw9lyg9g7x2p25bt84f1bgigsj7tzjs0.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска А4 эконом, В ГОРОДЕ МАШИН, 195х276 мм, 16 стр., PROF-PRESS, 8346-0</t>
+  </si>
+  <si>
+    <t>В книжке-раскраске А4 дети найдут множество интересных сюжетов и забавных картинок для раскрашивания. Дайте ребёнку цветные карандаши или краски, и он с удовольствием и пользой проведёт время! Книжка-раскраска научит маленького начинающего художника хорошо разбираться в цветах и поможет пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Ассорти - без возможности выбора.</t>
+  </si>
+  <si>
+    <t>943724</t>
   </si>
   <si>
     <t>&lt;a href="/brands/prof-press/"&gt;Проф-Пресс&lt;/a&gt;</t>
   </si>
   <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6a/9eyoas774970flza3rbxlduacgzdauai.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска ВИММЕЛЬБУХ, ЖИВОТНЫЙ МИР, 235х330 мм, 16 стр., PROF-PRESS, 4066-8</t>
+  </si>
+  <si>
+    <t>Если обычные раскраски уже не интересны ребёнку, подарите ему книги серии &amp;quot;Раскраска-виммельбух&amp;quot;. Насыщенные деталями иллюстрации с большим количеством интересных героев надолго увлекут маленького художника. Теперь скучать не придётся! Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Дизайн ассорти - без возможности выбора.</t>
+  </si>
+  <si>
+    <t>943731</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/154/edgj0v5oclwv1kbuegv5bbzr9mrf79k4.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска С СИЯЮЩИМИ НАКЛЕЙКАМИ, ЩЕНОЧКИ, 196х240 мм, 16 стр., PROF-PRESS, 0113-3</t>
+  </si>
+  <si>
+    <t>Серия раскрасок &amp;quot;Раскраска с сияющими наклейками&amp;quot; удивит маленьких любителей рисования. Внутри так много красивых и милых картинок, которые не оставят равнодушным ни одного малыша: котики, милые зверушки, щеночки и пони! Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.Дизайн ассорти - без возможности выбора.</t>
+  </si>
+  <si>
+    <t>943736</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e3/os8ndz20i1ih1nuwsd2k085nvcz7c74g.png</t>
+  </si>
+  <si>
+    <t>Умные раскраски. Леди-Баг и Супер-Кот. Чудесный талисман</t>
+  </si>
+  <si>
+    <t>945646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/995/yjemp03hrk6854utv0vrpvnb30hvwj9g.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска Маленький художник, АВТОГОНКИ, 195х250 мм, 16 страниц, BRIGHT KIDS, Р-3498</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска научит маленького художника хорошо разбираться в цветах, пополнит его словарный запас. Раскраска способствует развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Ребёнку предстоит раскрасить элементы с широкими контурами, проявив фантазию. Забавные изображения порадуют юного художника и помогут ему сделать первые шаги на пути к большому искусству. Работа с книжкой-раскраской прекрасно развивает воображение и аккуратность.Ассорти из 10 дизайнов без возможности выбора.</t>
+  </si>
+  <si>
+    <t>945918</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/936/bizyknevlaohy1mc6p43dcpez5cpvyd4.jpg</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска. Чебурашка. Твой лучший друг</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска «Чебурашка. Твой верный друг» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
+  </si>
+  <si>
+    <t>945999</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/cheburashka/"&gt;Чебурашка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb9/z5hv0j8zsxse3ute5i8hzpj6gz69g7lu.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска с магнитным листом. Хот Вилс. Крутые гонки</t>
+  </si>
+  <si>
+    <t>Раскраска &amp;quot;Хот Вилс. Крутые гонки&amp;quot; с магнитным конструктором из 14-ти деталей. Ребенка ждут увлекательные игры, раскраски и творческие задания. Раскраски Hot Wheels с изображением любимых героев способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. С помощью прозрачных страничек-обводилок ребенок научится рисовать машинки и создавать аппликации. А из магнитов можно собирать удивительные композиции на магнитной доске или на холодильнике и устроить крутые гонки. Много магнитных деталей для бесконечных экспериментов!</t>
+  </si>
+  <si>
+    <t>949441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e71/eyk6t9b43cat7iesdzyhzstkb1u5rum0.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска с магнитным листом. L.O.L. Блистательные подружки</t>
+  </si>
+  <si>
+    <t>Добро пожаловать в увлекательный мир крошек L.O.L. Surprise! Ребенка ждут увлекательные игры, раскраски и творческие задания. Раскраски с изображением любимых героев способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности.С помощью прозрачных страничек-обводилок ребенок научится рисовать стильных девчонок ЛОЛ и создавать аппликации. А из магнитов можно собирать удивительные композиции на магнитной доске или на холодильнике. Подружек LOL можно нарядить на свой вкус: подбирать платья, обувь и украшения. Много магнитных деталей для бесконечных экспериментов!</t>
+  </si>
+  <si>
+    <t>949442</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e2/gxgdtfyfj91akb9zbyshvgpzj3x2hxm3.jpeg</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска. Коты Эрмитажа. Коты в музее</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска «Коты Эрмитажа. Коты в музее» ? подарок для всех, кто любит рисовать и раскрашивать! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет:• Развить творческие способности, фантазию и усидчивость• Рисовать прямо на полу с друзьями и родителями• Использовать всевозможные сочетания цветов• Повесить большой плакат с рисунком на стену</t>
+  </si>
+  <si>
+    <t>949443</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/koti-ermitazha/"&gt;Коты Эрмитажа&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a9/u90bwyoa493w23a182d4xcalqi7d9jwp.jpeg</t>
+  </si>
+  <si>
+    <t>Макси-раскраски. Наши маленькие друзья. Развивающая книга</t>
+  </si>
+  <si>
+    <t>Каждому маленькому художнику нужна большая раскраска! Ведь раскрашивать так интересно! На страницах альбома ребенка ждут увлекательные сюжеты, любимые герои, множество элементов для раскрашивания. Раскраска – это не только возможность весело провести время, но и подготовка руки к письму, развитие творческих способностей и фантазии</t>
+  </si>
+  <si>
+    <t>949445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80e/3aq2a0taiwlpibbnt7zp55tgfouulr8y.jpeg</t>
+  </si>
+  <si>
+    <t>Макси-раскраски. Машинки. Развивающая книга</t>
+  </si>
+  <si>
+    <t>949450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/512/u0frsqs1ez96uy50lnpkihpr19m9uu5o.jpeg</t>
+  </si>
+  <si>
+    <t>Картины-раскраски в рамке. Коты Эрмитажа. Хвостатая гвардия</t>
+  </si>
+  <si>
+    <t>949452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afe/xuniywbihpk9mg1wmlteqeg4kczd3w04.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Раскрась по образцу. Выпуск 1 quot;, 8 стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Раскрась по образцу. Выпуск 1&amp;quot;, 8 стр.</t>
+  </si>
+  <si>
+    <t>969013</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbd/jd0xtqukuo5ef9tnjo710r3kt6wbe00a.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Раскрась по образцу. Выпуск 2 quot;, 8 стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Раскрась по образцу. Выпуск 2&amp;quot;, 8 стр.</t>
+  </si>
+  <si>
+    <t>969014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/yxh0ax3x40vqm8w8bjb8o2u3cl5mkmg3.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска  quot;ЛИЦЕНЗИОННЫЕ СЮЖЕТЫ quot;, АССОРТИ, 210х290 мм, 16 страниц,  quot;УМКА quot;</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска &amp;quot;УМКА&amp;quot; поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. При раскрашивании развивается мелкая моторика и кисть руки, что напрямую связано с развитием мышления малыша, а также с успешностью освоения им навыков письма.Варианты дизайнов ассорти. Без возможности выбора.</t>
+  </si>
+  <si>
+    <t>972020</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb6/5dpjmq2hekj0o079p0q0zrehqhmii0kl.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска  quot;ПОПУЛЯРНЫЕ СЮЖЕТЫ quot; АССОРТИ, 145х210 мм, 16 страниц,  quot;УМКА quot;</t>
+  </si>
+  <si>
+    <t>972021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/442/0eaulf48av71i08susrv3vlf32acx0cx.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска  quot;ПОПУЛЯРНЫЕ СЮЖЕТЫ quot; АССОРТИ, 214х290 мм, 16 страниц,  quot;УМКА quot;</t>
+  </si>
+  <si>
+    <t>972022</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd2/jwjsi0acvwr03pbj14rhulwf9h3k43ia.png</t>
+  </si>
+  <si>
+    <t>Умные раскраски. Чебурашка. Апельсиновые приключения</t>
+  </si>
+  <si>
+    <t>974824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/488/wvox6n2b2wn1zfxizsuix2c3t9cbspjo.png</t>
+  </si>
+  <si>
+    <t>Суперраскраска с любимыми героями. Аниме</t>
+  </si>
+  <si>
+    <t>974825</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd2/h8n1f0ok231fanzjqzox4xz9slds6so6.png</t>
+  </si>
+  <si>
+    <t>Суперраскраска с любимыми героями. Милые котики и их друзья</t>
+  </si>
+  <si>
+    <t>974827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c0/9eyfveboqu16w6et3pr5xe8d43oie0fu.jpg</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска. Драконы и дракончики</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска «Драконы и дракончики» ? подарок для всех, кто любит рисовать и раскрашивать! Идеальный подарок к году дракона! Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
+  </si>
+  <si>
+    <t>974828</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/589/5k0d55nnal3v7ep8d1xq1awsq1zh6jdt.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка  ЖИВОТНЫЕ с цв. фоном А4 205х290 мм скреп. 6 л. от 2 лет универс.</t>
+  </si>
+  <si>
+    <t>Раскраски предназначены для детей дошкольного возраста старше 2 лет. Уровень сложности картинок соответствует способностям ребенка от 2 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 160 г/м2.</t>
+  </si>
+  <si>
+    <t>975455</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e43/buisote1jinw8klpao0gwf4bd4x6srv3.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка ВОЛШЕБНЫЕ ПЕРСОНАЖИ. Единороги А4 210х297 мм скреп. 4 л. от 3 лет для девочек</t>
+  </si>
+  <si>
+    <t>Раскраски предназначены для детей дошкольного возраста старше 3 лет. Уровень сложности картинок соответствует способностям ребенка от 3 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психо-эмоциональное состояние ребенка. Яркая глянцевая обложка привлекает внимание и вдохновляет на творчество. А плотные листы позволяют использовать различные материалы для раскрашивания: карандаши, фломастеры, краски. Формат раскраски - А4.</t>
+  </si>
+  <si>
+    <t>975456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/513/62x4zq607znc288hxg9wtz0gus5mowwu.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка ЖИВОТНЫЕ с цв. контуром А4 205х290 мм скреп. 6 л. от 1 года универс.</t>
+  </si>
+  <si>
+    <t>Раскраски предназначены для детей дошкольного возраста старше 1 года. Уровень сложности картинок соответствует способностям ребенка от 1 года. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 100 г/м2.</t>
+  </si>
+  <si>
+    <t>975459</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/605/dfrvg1xwajsi5y6cneyvttvesj2g7r1b.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска детская Каляка-Маляка НА ПРОГУЛКЕ со стихами А4 205х290 мм скреп. 8 л. от 2 лет универс.</t>
+  </si>
+  <si>
+    <t>Раскраски предназначены для детей дошкольного возраста старше 2 лет. Уровень сложности картинок соответствует способностям ребенка от 2 лет. Интересные герои обязательно понравятся малышам и перенесут их в увлекательный мир творчества. Раскрашивание развивает фантазию, мелкую моторику и прекрасно влияет на психоэмоциональное состояние ребенка. Количество деталей на каждой странице подобрано так, чтобы не перегрузить его в процессе разукрашивания. Формат раскраски - А4, плотность листов 100 г/м2.</t>
+  </si>
+  <si>
+    <t>975463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/60e/n1dmjqh4kyo9kq4qvzhlemdxpopvmrc0.jpg</t>
+  </si>
+  <si>
+    <t>Книжка-Раскраска  quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ quot;, КОМПЛЕКТ 15 шт., 140х200 мм, 16 стр., PROF-PRESS</t>
+  </si>
+  <si>
+    <t>В наборе книжек-раскрасок формата А5 &amp;quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ&amp;quot; представлено много интересных и увлекательных сюжетов. Дайте малышу цветные карандаши, краски или фломастеры, и он с удовольствием и пользой проведёт время! Комплект книжек-раскрасок из 15 штук с сюжетами ассорти. В наборе представлены:- раскраски с общими развивающими сюжетами - Сказки &amp;#40;с кратким описанием и изображением последовательности истории&amp;#41;, Азбука, Овощи и фрукты, Профессии, Правила дорожного движения; - самые популярные сюжеты для мальчиков и девочек - Животные, Принцессы, Машинки и т.д.Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 15 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
+  </si>
+  <si>
+    <t>975727</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fac/59cmz9lmgf09v9h5vvsw0t3nvjwxkhnh.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Дикие животные quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Дикие животные&amp;quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/052/2jkmsssyl6xu70b3mn2yh1tacffhkewq.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Динозавры и драконы quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Динозавры и драконы&amp;quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17b/uxnxzlkd3kv6650rra01ns2s1jw5ai5h.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Для творчества и вдохновения. Animal city quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Для творчества и вдохновения. Animal city&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c41/uoc7wxm83s8nbuim7zneb5p10q93e8ho.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Для творчества и вдохновения. Дружная семейка quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Для творчества и вдохновения. Дружная семейка&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983819</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b47/htkv17hb1cp4dwk9g9u2i9zw0pkumigy.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Для творчества и вдохновения. Пушистые истории quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Для творчества и вдохновения. Пушистые истории&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983820</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb1/e36upb5jqtlbgbdwnu3kr1lubq41nkdx.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Дракончики quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Дракончики&amp;quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983822</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c40/difun6tcdisq0gljw0z3e1vjw727014v.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Кукольный театр quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Кукольный театр&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983832</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53e/gxts4vfrbk47sictbgb0d5at6166m1vw.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Мамы и малыши quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Мамы и малыши&amp;quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983834</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a1/lx192bf61suqc154ti7j3ahyd65mj92i.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Остров сокровищ quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Остров сокровищ&amp;quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983839</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c6/hgijji0fzjrupbyn0lzxivvv3bdpikpc.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Страна единорожек quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Страна единорожек&amp;quot;, 16стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983848</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/818/f1sj9lu1rpv7zzrau6b0ngrcjed7tsqs.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ  quot;Удивительные существа quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А4 ТРИ СОВЫ &amp;quot;Удивительные существа&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983851</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/981/0ckecv2e9u21bv180yr02qg5ddwg7cub.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Вес лый оркестр quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Весёлый оркестр&amp;quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983855</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b3/o9vn9800o1gvv7oxyjn0e7kxnuqsbm8c.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Для малышей. Выпуск 1 quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Для малышей. Выпуск 1&amp;quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82e/6mje75hem8s9p6xejz57lj0g0u38xj90.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Для малышей. Выпуск 2 quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Для малышей. Выпуск 2&amp;quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6f/8nrz1xqhv4gd7j77ui7mmb73s8xtumyj.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Посмотри и раскрась. Выпуск  1 quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Посмотри и раскрась. Выпуск №1&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983865</t>
+  </si>
+  <si>
     <t>16</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc9/v216xx8r7lujw0wbalvrrun0v040t4rw.jpg</t>
-[...8 lines deleted...]
-    <t>939837</t>
+    <t>http://anytos.ru//upload/iblock/fcf/87down2wxrqi3w88yxq78qosymit7xg4.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Посмотри и раскрась. Выпуск  3 quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Посмотри и раскрась. Выпуск №3&amp;quot;, 16стр.</t>
+  </si>
+  <si>
+    <t>983866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcb/g80erdjqdvusv7ya098dy7y6kudr5z22.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ  quot;Рисую пальчиками. Выпуск 1 quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>Раскраска А5 ТРИ СОВЫ &amp;quot;Рисую пальчиками. Выпуск 1&amp;quot;, 8стр., цветной фон</t>
+  </si>
+  <si>
+    <t>983875</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/475/vqnctjranakw8z2ygi5i2g0tplglw9lb.jpg</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ  quot;Герои сказок quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Герои сказок&amp;quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>983881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0b/dkg3nc0sobbwhikqrvuyxqjn9g2rk6rv.jpg</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ  quot;Для стильных девочек quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Для стильных девочек&amp;quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>983882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bed/2e1evyeqbc39sobdqrlu9bjh41mr02tx.jpg</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ  quot;Принцесса и ее друзья quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Принцесса и ее друзья&amp;quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>983884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfb/ydhs3k2nio50da9gs79ha0ho0rimn5la.jpg</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ  quot;Транспорт quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Транспорт&amp;quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>983885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e44/y192o0k2n6bz93iz98oa6e8fr8ilnxdi.jpg</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ  quot;Феи и русалки quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4 ТРИ СОВЫ &amp;quot;Феи и русалки&amp;quot;, на склейке, 40стр.</t>
+  </si>
+  <si>
+    <t>983886</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd2/sot3gwbis7670t19a5ckrsdehdb7xgyw.jpg</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска. Царевны. Время чудес</t>
+  </si>
+  <si>
+    <t>Очень большая раскраска «Царевны. Время чудес» ? подарок для всех, кто любит рисовать и раскрашивать! А также для поклонниц мультфильма &amp;quot;Царевны&amp;quot;. Двусторонняя раскраска размером 970х680 мм сложена в книгу с яркой обложкой. Специальная картонная ручка позволяет носить раскраску с собой. С помощью раскраски ребенок сможет: • Развить творческие способности, фантазию и усидчивость • Рисовать прямо на полу с друзьями и родителями • Использовать всевозможные сочетания цветов • Повесить большой плакат с рисунком на стену</t>
+  </si>
+  <si>
+    <t>985952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88f/rr72dbri9valfkvvzt5pq6ermteypsxm.jpg</t>
+  </si>
+  <si>
+    <t>Раскраски  quot;Для девочек quot;, КОМПЛЕКТ 12 шт., А5, 140х200 мм, 16 стр., ПП</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 12 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
+  </si>
+  <si>
+    <t>995048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/042/arr36vrune9xd0tnbmdmcf36jzzo1s96.jpg</t>
+  </si>
+  <si>
+    <t>Раскраски  quot;Для мальчиков quot;, КОМПЛЕКТ 10 шт, А5, 140х200 мм, 16 стр., ПП</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 10 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
+  </si>
+  <si>
+    <t>995049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/353/invvi68qatdwe613t0y8ohrgtvgphwcz.jpg</t>
+  </si>
+  <si>
+    <t>Раскраски  quot;МАЛЕНЬКИЙ ХУДОЖНИК quot;, КОМПЛЕКТ 15 шт, А4, 195х250 мм, 16 стр., ПП</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 15 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
+  </si>
+  <si>
+    <t>995050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c65/98lljza3kmbjsspbvrsqfkxy85j6bhnf.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска для девочки  quot;ЕДИНОРОГ quot;, 242х300 мм, 80 стр., PROF-PRESS, 38849</t>
+  </si>
+  <si>
+    <t>Книжка-раскраска для девочки &amp;quot;ЕДИНОРОГ&amp;quot; – идеальный подарок для маленьких любителей единорогов. Внутри так много картинок, что любой малыш найдет для себя что-то интересное! Книжка-раскраска научит маленького начинающего художника хорошо разбираться в цветах и поможет развить воображение. Раскраски способствуют развитию мелкой моторики, образного мышления, а также усидчивости и внимательности.</t>
+  </si>
+  <si>
+    <t>995365</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b87/m8imgrhollgeb9nffam2r9nnyvhre116.jpg</t>
+  </si>
+  <si>
+    <t>Поколение героев. Супер-пупер раскраска. 195х255мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Супер-пупер раскраска «Поколение героев» ТМ «УМка» станет отличным подарком для юных художников: - тщательно прорисованные картинки для раскрашивания, - увлекательные суперзадания, - короткие сюжетные тексты, - аниме-персонажи. Супер-пупер раскраска о приключениях любимых аниме-героев подарит ребёнку отличное настроение. Эта занимательная раскраска не только скрасит его досуг, но и поможет ему потренировать руку к письму. Он с удовольствием будет раскрашивать картинки с чётким контуром и выполнять увлекательные задания. Игровые занятия с раскраской ТМ «УМка» способствуют развитию: - мелкой моторики, - творческого мышления, - внимания, - усидчивости. Объём: 16 стр. Формат: 195 x 255 мм. Материал: офсетная бумага. Рекомендовано детям младшего школьного возраста.</t>
+  </si>
+  <si>
+    <t>997346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/200/0oxufaofnni1hzy9sr9b4dnfbo2ry0ne.jpg</t>
+  </si>
+  <si>
+    <t>Стильные питомцы. Супер-пупер раскраска. 195х255мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Супер-пупер раскраска «Стильные питомцы» ТМ «УМка» станет отличным подарком для юных художников: - тщательно прорисованные картинки для раскрашивания, - увлекательные суперзадания, - короткие сюжетные тексты, - милые персонажи. Супер-пупер раскраска о модных домашних животных подарит ребёнку отличное настроение. Эта занимательная раскраска не только скрасит его досуг, но и поможет ему потренировать руку к письму. Он с удовольствием будет раскрашивать картинки с чётким контуром и выполнять увлекательные задания. Игровые занятия с раскраской ТМ «УМка» способствуют развитию: - мелкой моторики, - творческого мышления, - внимания, - усидчивости. Объём: 16 стр. Формат: 195 x 255 мм. Материал: офсетная бумага. Рекомендовано детям старшего дошкольного возраста.</t>
+  </si>
+  <si>
+    <t>997347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a38/2okjb3e5udq2g2bs5m58843m3pf791pt.jpg</t>
+  </si>
+  <si>
+    <t>Морское приключение. Чудо-раскраска. 214х290 мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>Чудо-раскраска «Морское приключение» ТМ «УМка» приглашает детей порисовать: - тщательно прорисованные картинки для раскрашивания, - разнообразные и интересные иллюстрации, - любимые герои, - короткие сюжетные тексты к рисункам. На каждой страничке этой чудо-раскраски ребёнка ждёт встреча с принцессой подводного царства и её друзьями. Раскрашивая их, маленький художник не только отлично проведёт время, но и разовьёт воображение, потренирует внимание, научится аккуратности и, конечно же, подготовит руку к письму. Благодаря удобному формату раскраску можно взять с собой в путешествие. Игровые занятия с раскраской ТМ «УМка» способствуют развитию: - моторики, - внимания, - фантазии и воображения, - усидчивости. Объём: 8 стр. Формат: 214 x 290 мм &amp;#40;А4&amp;#41;. Материал: офсетная бумага. Рекомендовано детям старшего дошкольного возраста.</t>
+  </si>
+  <si>
+    <t>997348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99e/ft7fa2hpsr9g9at8436ux55ehejdobz5.jpg</t>
+  </si>
+  <si>
+    <t>Раскраски  quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ quot;, КОМПЛЕКТ 20 шт., А4, 195х275 мм, 8 стр., ПП</t>
+  </si>
+  <si>
+    <t>В наборе книжек-раскрасок формата А4 &amp;quot;ДЛЯ ДЕВОЧЕК И МАЛЬЧИКОВ&amp;quot; представлено много интересных и увлекательных сюжетов. Дайте малышу цветные карандаши, краски или фломастеры, и он с удовольствием и пользой проведет время! Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета. Раскраски способствуют развитию мелкой моторики, образного мышления и внимательности.Комплект состоит из 20 раскрасок разных сюжетов без возможности выбора сюжетов!</t>
+  </si>
+  <si>
+    <t>997799</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c62/122kv400s8ti645eyi174huro02y9ei9.jpg</t>
-[...1243 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2da/fkl6xvgxodkeraha6hiejfwkutij1ioa.jpg</t>
   </si>
   <si>
     <t>Раскраски с цветным контуром  quot;ПЕРВАЯ РАСКРАСКА quot;, КОМПЛЕКТ 6 шт., А4, 210х290 мм, 8 стр., УМКА</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разбираться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Раскраска с цветным контуром отлично подойдет даже тем малышам, которые совсем недавно научились держать карандаш. Крупные детали, широкий контур и яркие цвета помогут развить творческие способности.</t>
   </si>
   <si>
     <t>998543</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1de/bkrmjcm7569qqkdrd74hq6v8vp7ym9cp.jpg</t>
   </si>
   <si>
     <t>Раскраски  quot;Для девочек quot;, КОМПЛЕКТ 10 шт., А4, 214х290 мм, 16 стр., лицензия, УМКА</t>
   </si>
   <si>
     <t>Книжка-раскраска поможет маленькому начинающему художнику хорошо разобраться в цветах и пополнить словарный запас. Раскраски способствуют развитию мелкой моторики, образного мышления и, разумеется, усидчивости и внимательности. Комплект состоит из 10 раскрасок разных сюжетов без возможности выбора сюжетов. В наборе представлены самые популярные сюжеты для девочек.Раскраска не только займет ребенка и разовьет усидчивость, но и научит малыша применять и комбинировать различные цвета.</t>
   </si>
   <si>
     <t>999076</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7cf/qruujjs4pvoupjij8uwvso2s6r3hux7e.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Вкусная раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Вкусная раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1002984</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f14/zl1bqzk52v4hgllvmsghrjfzzh89ik1u.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/354/hup5jr84yjq9je663yey03hrgfzs0s1h.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Для мальчика quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Для мальчика&amp;quot;</t>
   </si>
   <si>
     <t>1002987</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/427/56uyjbs03ioxclnuqlrolkrze73j6zzz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f9/0jkjqzxsx7dt10jzue40e20s2gnletp0.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ  quot;Сказочная раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 8 стр., ТРИ СОВЫ &amp;quot;Сказочная раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1002991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a74/qoiq24ggxkittphu03qsfqqjgrqchzmd.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Для девочек quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Для девочек&amp;quot;</t>
   </si>
   <si>
     <t>1002992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd6/pdxyi2q1u90605b9vj0y1wf7dmso1c7b.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Для мальчиков quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Для мальчиков&amp;quot;</t>
   </si>
   <si>
     <t>1002993</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba5/hg2gl6676zxllug608hg73y026lfth4f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/293/lh561vb9pt3mubnwv7uu49rddifo4e3z.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Классная раскраска. Геройчики quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Классная раскраска. Геройчики&amp;quot;</t>
   </si>
   <si>
     <t>1002995</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94d/diu4nlr0vk4n1siladhwwf0f2g97vq22.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/441/ekofw8p5jvro6z6jwxvq1av7e0r6gl8p.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Классная раскраска. Турбозавры quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Классная раскраска. Турбозавры&amp;quot;</t>
   </si>
   <si>
     <t>1002998</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/17d/xmej4svjhfrxhxmv0v841m0y2655ruxc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a25/972voab4i889t4wbjx83v3hf44r60xk8.jpg</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ  quot;Любимая раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А4, 16 стр., ТРИ СОВЫ &amp;quot;Любимая раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1003001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d4/v4nq828g5dxdwm4i8535im2ol41fa72r.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, 16 стр., ТРИ СОВЫ  quot;Для девочек quot;</t>
   </si>
   <si>
     <t>Раскраска А5, 16 стр., ТРИ СОВЫ &amp;quot;Для девочек&amp;quot;</t>
   </si>
   <si>
     <t>1003002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edf/ugdza24p2u1iza5wr4hyqsea0ki0hnny.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, 16 стр., ТРИ СОВЫ  quot;Для мальчиков quot;</t>
   </si>
   <si>
     <t>Раскраска А5, 16 стр., ТРИ СОВЫ &amp;quot;Для мальчиков&amp;quot;</t>
   </si>
   <si>
     <t>1003003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aef/bc7qs7jm5ull7mat7ghujg027y0tpv7o.jpg</t>
   </si>
   <si>
     <t>Раскраска А5, 16 стр., ТРИ СОВЫ  quot;Любимая раскраска quot;</t>
   </si>
   <si>
     <t>Раскраска А5, 16 стр., ТРИ СОВЫ &amp;quot;Любимая раскраска&amp;quot;</t>
   </si>
   <si>
     <t>1003004</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4a6/793pgafjl30y5g8semxashrd9dgp30e1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/04c/oug71ix85ynmzcn8moroi88rpt8iablg.jpg</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240 285мм, 16 стр., ТРИ СОВЫ  quot;В стиле Minecraft quot;</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240*285мм, 16 стр., ТРИ СОВЫ &amp;quot;В стиле Minecraft&amp;quot;</t>
   </si>
   <si>
     <t>1003013</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f2/ffvf80zst8zbcro7becan37i9fr916vb.jpg</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240 285мм, 16 стр., ТРИ СОВЫ  quot;Волшебные единороги quot;</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240*285мм, 16 стр., ТРИ СОВЫ &amp;quot;Волшебные единороги&amp;quot;</t>
   </si>
   <si>
     <t>1003014</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b4/dhc0eswunifafg8ap2ng9eywpmh6atdb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e2/h5tnds8y64lsticp1m6n43jkqqclwtud.jpg</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240 285мм, 16 стр., ТРИ СОВЫ  quot;Сказочный патруль quot;</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240*285мм, 16 стр., ТРИ СОВЫ &amp;quot;Сказочный патруль&amp;quot;</t>
   </si>
   <si>
     <t>1003016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b0/nih2u2eckws8we7m7ab4nwz5a7upakxp.jpg</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240 285мм, 16 стр., ТРИ СОВЫ  quot;Тоботы quot;</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240*285мм, 16 стр., ТРИ СОВЫ &amp;quot;Тоботы&amp;quot;</t>
   </si>
   <si>
     <t>1003017</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/fxbfzcdga38ic4r6rcnclijnpp8pfgun.jpg</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240 285мм, 16 стр., ТРИ СОВЫ  quot;Турбозавры quot;</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240*285мм, 16 стр., ТРИ СОВЫ &amp;quot;Турбозавры&amp;quot;</t>
   </si>
   <si>
     <t>1003019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d21/eaeoeoi7cvv3w4hk408irauoehrebrc9.jpg</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240 285мм, 16 стр., ТРИ СОВЫ  quot;Царевны quot;</t>
   </si>
   <si>
     <t>Раскраска-МАКСИ 240*285мм, 16 стр., ТРИ СОВЫ &amp;quot;Царевны&amp;quot;</t>
   </si>
   <si>
     <t>1003020</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8c7/jdrpvnn5e9ndhqsezqid84hpixa4isq3.jpg</t>
-[...8 lines deleted...]
-    <t>1003021</t>
+    <t>http://anytos.ru//upload/iblock/4f4/tqrv0uyh0fxup7ow3gndyhepkn1akczg.jpg</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ  quot;Ми-ми-мишки quot;</t>
+  </si>
+  <si>
+    <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ &amp;quot;Ми-ми-мишки&amp;quot;</t>
+  </si>
+  <si>
+    <t>1003023</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/607/89zqvnh9hq69k17cwl0e5uooalxuhphr.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/550/rs4r0yte2pczq4ujkwdsx4rqagr1dzwu.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ  quot;Сказочный патруль quot;</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ &amp;quot;Сказочный патруль&amp;quot;</t>
   </si>
   <si>
     <t>1003024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e4/id28zl8ncm714l4vykh9x2cb8zv1kyl5.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ  quot;Три кота quot;</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ &amp;quot;Три кота&amp;quot;</t>
   </si>
   <si>
     <t>1003026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edf/o49gqb9xqxd2e26iof7twymn2nt1osas.jpg</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ  quot;Турбозавры quot;</t>
   </si>
   <si>
     <t>Суперраскраска А4, 40 стр., ТРИ СОВЫ &amp;quot;Турбозавры&amp;quot;</t>
   </si>
   <si>
     <t>1003027</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98b/x54q1v1y0p1qd1zonutpdeysramiydjb.jpg</t>
+  </si>
+  <si>
+    <t>Раскраски детские  quot;Сказки детям quot;, КОМПЛЕКТ 4 шт., А4, 16 стр., HATBER</t>
+  </si>
+  <si>
+    <t>Книжки-раскраски серии &amp;quot;Сказки детям&amp;quot; подарят ребёнку возможность самому раскрасить любимую сказку и её героев. Маленький художник будет в восторге. В серию вошли известные русские и зарубежные сказки. Эти книжки с фигурными страницами и чудесными иллюстрациями приятно держать в руках.Комплект из 4 шт. Формат – А4. В каждой книжке 16 страниц.</t>
+  </si>
+  <si>
+    <t>1015212</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -6556,13467 +5623,11452 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J588"/>
+  <dimension ref="A1:M499"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G588" sqref="G588"/>
+      <selection pane="bottomRight" activeCell="G499" sqref="G499"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G5" s="3" t="s">
-[...31 lines deleted...]
-      <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="C13" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>46</v>
+      </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>46</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C15" s="1"/>
-[...8 lines deleted...]
-      </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>136</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>137</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>147</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>147</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...15 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>147</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>147</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>147</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>171</v>
+        <v>157</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>173</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>173</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F52" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B55" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>214</v>
+        <v>147</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="F60" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>224</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>225</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="F63" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>231</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>235</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>254</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>255</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>268</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>274</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="F79" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="B81" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="F81" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="B82" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C82" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="F82" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="B83" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C83" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="F83" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="B84" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="C84" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="F84" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="B85" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="C85" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="B86" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="F86" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="B87" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="C87" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="F87" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="C88" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="B89" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="C89" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="C90" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="F91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>324</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>325</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>327</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>336</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>337</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>338</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="F97" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C99" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F99" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="B103" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="C103" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="C104" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="C105" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="B107" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="C107" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="B108" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="C108" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="B109" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="F109" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="B110" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="F110" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="B111" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>389</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>400</v>
+        <v>416</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>227</v>
+        <v>428</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>227</v>
+        <v>432</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>227</v>
+        <v>436</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>200</v>
+        <v>395</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>200</v>
+        <v>395</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>200</v>
+        <v>395</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>200</v>
+        <v>395</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>500</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>501</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>504</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>506</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>516</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>518</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
         <v>520</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
         <v>523</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C148" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="F148" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="C149" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="F149" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="C150" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="F150" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="F151" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C152" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>538</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="F152" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="B153" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="C153" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="F153" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="C154" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>550</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
         <v>551</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C156" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="F156" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C157" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F157" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C158" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="F158" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="F159" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="B160" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="C160" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="C160" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="F160" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="C161" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="C161" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="F161" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="C162" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="F162" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>579</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>580</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>581</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
         <v>582</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>583</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>585</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
         <v>586</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>587</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>588</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
         <v>589</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
         <v>592</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>593</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>594</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>595</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>596</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>597</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>598</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>599</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>600</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>601</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
         <v>602</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>603</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>605</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
         <v>606</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>607</v>
       </c>
       <c r="C172" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="F172" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="C173" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="F173" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="B175" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="C175" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="C176" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="B177" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="F177" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="B178" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>633</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
         <v>634</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>635</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>636</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
         <v>637</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C181" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C182" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="F182" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="B183" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C183" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="F183" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="B184" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="B185" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="C185" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="C185" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="B186" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>655</v>
       </c>
-      <c r="C186" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="C187" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>658</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="B188" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="C188" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="B189" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="B190" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="B191" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="C191" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="B192" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="C192" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="B193" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="C193" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="C194" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="F194" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="C194" s="1" t="s">
+      <c r="C195" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="F195" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="B196" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C196" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="B197" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C197" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="B198" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="C198" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="C197" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="B199" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="C199" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="F199" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="B200" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="C199" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="B201" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="B202" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="B204" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="B205" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="F205" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="C206" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="F206" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="C207" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="C207" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="C210" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="B211" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="C211" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="B212" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="C212" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="B213" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="F213" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="C216" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="C216" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="B217" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="C217" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="C218" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="C219" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="C220" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="F220" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="C221" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="C220" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="F221" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="C222" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="C221" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="C223" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="C224" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="C225" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>778</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="C227" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="C230" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="F230" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="C231" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="C230" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="F231" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="C232" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="F232" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="C233" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="B234" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="C234" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="F234" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="C235" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="C238" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="F239" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="C240" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="C241" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="C242" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="F242" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="B243" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="C243" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="F243" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="C244" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="F244" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="C245" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="C243" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="F245" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="C246" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="C244" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="F246" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C245" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="C248" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>850</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B249" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="C249" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>853</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="B250" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="C250" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="C249" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="B251" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="C251" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="C250" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C252" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="C251" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="F252" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="G252" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="C252" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="C253" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="C253" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C254" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="C254" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="B255" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="C255" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="B256" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="C256" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="C257" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>881</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="B258" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="C258" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>884</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="C258" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B259" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="C259" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>887</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="B260" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="C260" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="B261" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="F261" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>898</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
         <v>899</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>900</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>901</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
         <v>902</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>903</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>904</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>921</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>922</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
         <v>923</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>924</v>
       </c>
       <c r="C270" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>925</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="F270" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="C271" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>928</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="B272" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="C272" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>932</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="F272" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="C273" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="F273" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="C274" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="B275" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="F274" s="3" t="s">
+      <c r="C275" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>941</v>
       </c>
-      <c r="G274" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="B276" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="F276" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="C277" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="C276" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="F277" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="C278" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="C279" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="C280" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>957</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="C281" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>961</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="B282" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>965</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="C283" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="C284" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>977</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="F286" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C286" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="C287" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>981</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="F287" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="C288" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>984</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="B289" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="C289" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="F289" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="C290" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="B291" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="C290" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="F291" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="B292" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="C292" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>997</v>
       </c>
-      <c r="C291" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="F292" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="B293" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="C293" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="C292" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="F293" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="B294" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="C294" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="F294" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="B295" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="C295" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="B296" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="C296" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1009</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="F296" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="B297" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="C295" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1012</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="F297" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C298" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="B299" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="C299" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="B300" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="C300" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="F300" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C301" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="C302" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1028</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="B303" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1032</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="C304" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="F304" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="C305" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="C306" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="F306" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="B307" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="C307" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1047</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="F307" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="C306" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="B308" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="C308" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="F308" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="C307" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="B309" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="C309" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="C308" s="1" t="s">
+      <c r="F309" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="D308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="B310" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="C310" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1058</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="F310" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="C311" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1061</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F311" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="C312" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="C311" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1065</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="F312" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="C313" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1068</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="F313" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="C313" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="C315" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="F315" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="C315" s="1" t="s">
+      <c r="C316" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="D315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="F316" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1081</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="F317" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1084</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="C319" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="F319" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="C320" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="C319" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="F320" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="C321" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1093</v>
       </c>
-      <c r="C320" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="F321" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1097</v>
       </c>
-      <c r="D321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="F322" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="B323" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="C323" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1100</v>
       </c>
-      <c r="C322" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="F323" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="B324" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="C324" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1103</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="F324" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="B325" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="C325" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="C324" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="F325" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="B326" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C325" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="F326" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="B327" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="C326" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1113</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="F327" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="B328" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="C327" s="1" t="s">
+      <c r="C328" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="D327" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1117</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="F328" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="C328" s="1" t="s">
+      <c r="C329" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1120</v>
       </c>
-      <c r="D328" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="F329" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="C330" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="C329" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="F330" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="B331" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="C331" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="C330" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="F331" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="C332" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1131</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="F332" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="C332" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="D332" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="C333" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1134</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="F333" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="B334" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="C334" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="D333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1138</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="F334" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="B335" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="C335" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="D334" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1142</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="F335" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="B336" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="C335" s="1" t="s">
+      <c r="C336" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="D335" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1145</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="F336" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="B337" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="C336" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="C337" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1149</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="F337" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="C337" s="1" t="s">
+      <c r="B338" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="C338" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1153</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="F338" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="B339" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="F338" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="C339" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1156</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="F339" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="C339" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E339" s="3" t="s">
+      <c r="B340" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="C340" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1159</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="F340" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="C340" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="B341" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="C341" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1162</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="F341" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="B342" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="D341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="C342" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1165</v>
       </c>
-      <c r="F341" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="F342" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="B343" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="C342" s="1" t="s">
+      <c r="C343" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="D342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1168</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="F343" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="B344" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="C343" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="C344" s="1" t="s">
         <v>1171</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1172</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="F344" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="C344" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="B345" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="C345" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1176</v>
       </c>
-      <c r="C345" s="1" t="s">
+      <c r="F345" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="B346" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="C346" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1180</v>
       </c>
-      <c r="C346" s="1" t="s">
+      <c r="F346" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="D346" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="B347" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="F346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A347" s="1" t="s">
+      <c r="C347" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1184</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="F347" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="B348" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="C348" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="F348" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="B349" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="C349" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1190</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="F349" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="B350" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1193</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="F350" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1194</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="B351" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="C351" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1196</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="F351" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="C352" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1199</v>
       </c>
-      <c r="C351" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="F352" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="B353" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C353" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="B354" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="C354" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1205</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="C355" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1209</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="B356" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1213</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="B357" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="C357" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1216</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="C356" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="B358" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="C358" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="C357" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="B359" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="C359" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1222</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="C358" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="B360" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="C360" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1225</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="C359" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="B361" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="C361" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1228</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="C360" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="B362" s="1" t="s">
         <v>1230</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="C362" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1231</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="F362" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="C361" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="B363" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="C363" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="F363" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="C362" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="B364" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="C363" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="F364" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="B365" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="C365" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1241</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="B366" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="C366" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1244</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="C367" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1247</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="F367" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="C368" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="F368" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="C369" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1253</v>
       </c>
-      <c r="C367" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="F369" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="C370" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1256</v>
       </c>
-      <c r="C368" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="F370" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="B371" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="C371" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1259</v>
       </c>
-      <c r="C369" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="F371" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="B372" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="C372" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1262</v>
       </c>
-      <c r="C370" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="F372" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="B373" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1266</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="F373" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="C374" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1269</v>
       </c>
-      <c r="C372" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="F374" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="C375" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="C373" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1273</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="F375" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="C374" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="C376" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1277</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="B377" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="C377" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1280</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="C378" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1283</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="C377" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="C379" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="F379" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="C380" s="1" t="s">
         <v>1290</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1291</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="C381" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1295</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="F381" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="C382" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1298</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1302</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="F383" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="C384" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1305</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="C385" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1308</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="F385" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="C386" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1311</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="B387" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="C387" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1314</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="C388" s="1" t="s">
         <v>1317</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1318</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="C389" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1321</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="F389" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="C390" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="C388" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1325</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1326</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="C391" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1328</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="C392" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1331</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="C393" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1334</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="F393" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1335</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="C392" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="C394" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1338</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="C393" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="B395" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="C395" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1342</v>
       </c>
-      <c r="C394" s="1" t="s">
+      <c r="F395" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="D394" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="B396" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="C396" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1345</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="F396" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="C395" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="B397" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="C397" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1348</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="C396" s="1" t="s">
+      <c r="B398" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="D396" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="C398" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1351</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="F398" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="B399" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="C397" s="1" t="s">
+      <c r="C399" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1354</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="F399" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="B400" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="C400" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1357</v>
       </c>
-      <c r="C398" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="D398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="B401" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="C401" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1360</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="C399" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="B402" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="C402" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1363</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="C400" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="B403" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="C403" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1366</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="C401" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="B404" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="C404" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1369</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="C402" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="B405" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="C405" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1372</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="C403" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="B406" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="C406" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1375</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="C404" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="B407" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="C407" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="C405" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="B408" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="C408" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1381</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="C406" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="B409" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="C409" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1384</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="B410" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="C410" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1387</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="B411" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="C411" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1390</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="C412" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1393</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="C413" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1396</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="F413" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="C414" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1399</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="B415" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="C415" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1402</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="F415" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="C412" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="B416" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="C416" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="F416" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="C413" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="B417" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="C417" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1408</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="C414" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="B418" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="C418" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1411</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="C415" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="B419" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="C419" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1415</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="F419" s="3" t="s">
         <v>1416</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="G419" s="3" t="s">
         <v>1417</v>
       </c>
-      <c r="B417" s="1" t="s">
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="C417" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="B420" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="C420" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1421</v>
       </c>
-      <c r="C418" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="F420" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G420" s="3" t="s">
         <v>1422</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="B421" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="C419" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="C421" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1426</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G421" s="3" t="s">
         <v>1427</v>
       </c>
-      <c r="C420" s="1" t="s">
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="B422" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="C422" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1430</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="B423" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1434</v>
       </c>
-      <c r="C422" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="F423" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="B424" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="C424" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="C423" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1438</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="F424" s="3" t="s">
         <v>1439</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="G424" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="C424" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="B425" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1443</v>
       </c>
-      <c r="C425" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="F425" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
         <v>1447</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>452</v>
+        <v>1448</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>452</v>
+        <v>1453</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F428" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F429" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F430" s="3" t="s">
         <v>1453</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="G430" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>452</v>
+        <v>1468</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>452</v>
+        <v>1468</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1475</v>
+        <v>1481</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1476</v>
+        <v>1482</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>452</v>
+        <v>395</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>452</v>
+        <v>147</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>253</v>
+        <v>1500</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="F440" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="F441" s="3" t="s">
-        <v>1500</v>
+        <v>17</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>1501</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>1500</v>
+        <v>17</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>1506</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>1500</v>
+        <v>17</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>1511</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>452</v>
+        <v>1416</v>
       </c>
       <c r="G444" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>452</v>
+        <v>1468</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F446" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F447" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F448" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F449" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F450" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F451" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F452" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F453" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F454" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F455" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F456" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F457" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F458" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F459" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F460" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F461" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F462" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F463" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1600</v>
+      </c>
+      <c r="F464" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F465" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F466" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F467" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F468" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G468" s="3" t="s">
         <v>1518</v>
       </c>
-      <c r="B446" s="1" t="s">
-[...445 lines deleted...]
-      <c r="E465" s="3" t="s">
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F469" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F470" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F471" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F472" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F473" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F474" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F475" s="3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F476" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F477" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F478" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G478" s="3" t="s">
         <v>1580</v>
       </c>
-      <c r="F465" s="3" t="s">
-[...305 lines deleted...]
-    <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1620</v>
+        <v>1660</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1621</v>
+        <v>1661</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1621</v>
+        <v>1662</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1622</v>
+        <v>1663</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>452</v>
+        <v>1468</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1623</v>
+        <v>1664</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1624</v>
+        <v>1665</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1624</v>
+        <v>1666</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1625</v>
+        <v>1667</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>452</v>
+        <v>1468</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1626</v>
+        <v>1668</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1627</v>
+        <v>1669</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1627</v>
+        <v>1670</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1628</v>
+        <v>1671</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>452</v>
+        <v>1468</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1629</v>
+        <v>1672</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1630</v>
+        <v>1673</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1631</v>
+        <v>1674</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1632</v>
+        <v>1675</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>1500</v>
+        <v>1468</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>1633</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1634</v>
+        <v>1676</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1635</v>
+        <v>1677</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1636</v>
+        <v>1678</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1637</v>
+        <v>1679</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>1500</v>
+        <v>1468</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>1638</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1639</v>
+        <v>1680</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1640</v>
+        <v>1681</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1641</v>
+        <v>1682</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1642</v>
+        <v>1683</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>1500</v>
+        <v>1468</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>1638</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1643</v>
+        <v>1684</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1644</v>
+        <v>1685</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1644</v>
+        <v>1686</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1645</v>
+        <v>1687</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1646</v>
+        <v>1688</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1647</v>
+        <v>1689</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1648</v>
+        <v>1690</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1649</v>
+        <v>1691</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>1650</v>
+        <v>1468</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1651</v>
+        <v>1692</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1652</v>
+        <v>1693</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1653</v>
+        <v>1694</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1654</v>
+        <v>1695</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1655</v>
+        <v>1696</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1656</v>
+        <v>1697</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1657</v>
+        <v>1698</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1658</v>
+        <v>1699</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>1659</v>
+        <v>1468</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1660</v>
+        <v>1700</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1661</v>
+        <v>1701</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1662</v>
+        <v>1702</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1663</v>
+        <v>1703</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>1664</v>
+        <v>1468</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1665</v>
+        <v>1704</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1666</v>
+        <v>1705</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1667</v>
+        <v>1706</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1668</v>
+        <v>1707</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1669</v>
+        <v>1708</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1670</v>
+        <v>1709</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1667</v>
+        <v>1710</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1671</v>
+        <v>1711</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1672</v>
+        <v>1712</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1673</v>
+        <v>1713</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1667</v>
+        <v>1714</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1674</v>
+        <v>1715</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1675</v>
+        <v>1716</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1676</v>
+        <v>1717</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1667</v>
+        <v>1718</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1677</v>
+        <v>1719</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1678</v>
+        <v>1720</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1679</v>
+        <v>1721</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1667</v>
+        <v>1722</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1680</v>
+        <v>1723</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1681</v>
+        <v>1724</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1682</v>
+        <v>1725</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1667</v>
+        <v>1726</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1683</v>
+        <v>1727</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>173</v>
+        <v>1468</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1684</v>
+        <v>1729</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1685</v>
+        <v>1730</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1685</v>
+        <v>1731</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1686</v>
+        <v>1732</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>1664</v>
+        <v>1468</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1687</v>
+        <v>1733</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1688</v>
+        <v>1734</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1689</v>
+        <v>1735</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1690</v>
+        <v>1736</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>200</v>
+        <v>1468</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>1691</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1692</v>
+        <v>1737</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1693</v>
+        <v>1738</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1694</v>
+        <v>1739</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1695</v>
+        <v>1740</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>1696</v>
+        <v>1468</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>1638</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1697</v>
+        <v>1741</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1698</v>
+        <v>1742</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1699</v>
+        <v>1743</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1700</v>
+        <v>1744</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>1696</v>
+        <v>1745</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>1638</v>
-[...2046 lines deleted...]
-        <v>2036</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">