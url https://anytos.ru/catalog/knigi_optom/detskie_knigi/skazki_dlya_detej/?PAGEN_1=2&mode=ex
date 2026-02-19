--- v0 (2025-10-03)
+++ v1 (2026-02-19)
@@ -12,244 +12,181 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0ab/qhbat8gjw70vurznnk6va9n288f86r79.jpg</t>
-[...5 lines deleted...]
-    <t>Любимая детская сказка «Волшебник из страны Оз», в пересказе, в подарочной книге с уникальным оформлением и невероятно красивыми иллюстрациями приведет в восторг ребёнка, а также станет украшением домашней библиотеки. Книга в оригинальном пухлом переплете с приятными гладкими страницами подарит эстетическое удовольствие и приятные тактильные ощущения детям и их родителям! Восхитительные иллюстрации всемирно известной сербской художницы Аны Григорева можно рассматривать бесконечно, погружаясь в сказочные миры. Книга «Волшебник страны Оз» - замечательный подарок ребёнку на день рождения или на новый год. В подарочной серии «Любимые сказки» представлены книги с красивыми обложками и изумительными картинками, в них собраны лучшие детские сказки, оригинальные и в современном пересказе, которые помогают ребёнку познавать окружающий мир, учат добру, искренности и любви. Автор Баум Лаймен Фрэнк, пересказ С. Курчубич Ружич, перевод Н.Аникин, иллюстрации А. Григорева.</t>
+    <t>http://anytos.ru//upload/iblock/8d9/qdcq5fyipthp7hnj7pjgvwk7482psm0f.jpg</t>
+  </si>
+  <si>
+    <t>Любимые сказки. Гримм Я. и В. Сказки. Развивающая книга</t>
+  </si>
+  <si>
+    <t>Любимые детские сказки братьев Гримм в подарочной книге с уникальным оформлением и красивыми иллюстрациями приведут в восторг ребёнка, а также станут украшением домашней библиотеки. Книга в оригинальном пухлом переплете с приятными гладкими страницами подарит эстетическое удовольствие и приятные тактильные ощущения детям и их родителям! Красочные иллюстрации можно рассматривать бесконечно, погружаясь в сказочные миры. В книге представлены сказки братьев Гримм: «Бременские музыканты», &amp;quot;Принц-лягушка, «Рапунцель», &amp;quot;Сказка о рыбаке и его жене&amp;quot;, «Горшочек вари», Сапожник и эльфы&amp;quot;. Сказки для детей братьев Гримм – замечательный подарок ребёнку на день рождения или на новый год. В подарочной серии «Любимые сказки» представлены книги с красивыми обложками и яркими картинками, в них собраны лучшие детские сказки, которые помогают ребёнку познавать окружающий мир, учат добру, искренности и любви. Авторы Братья Вильгельм и Якоб Гримм, перевод Н.Аникин, иллюстрации А.Григорева.</t>
   </si>
   <si>
     <t>Сказки для детей</t>
   </si>
   <si>
-    <t>769956</t>
+    <t>769957</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8d9/qdcq5fyipthp7hnj7pjgvwk7482psm0f.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/465/ywtuhg1r6u48oq1d2r3f1viibp0ia12d.jpg</t>
   </si>
   <si>
     <t>Любимые сказки. Сказки о животных. Развивающая книга</t>
   </si>
   <si>
     <t>Самые известные сказки о животных в подарочной книге с уникальным оформлением и яркими иллюстрациями приведут в восторг ребёнка, а также станут украшением домашней библиотеки. Книга в оригинальном пухлом переплете, с приятными гладкими страницами подарит радость и приятные тактильные ощущения ребёнку и родителям! Красочные иллюстрации можно рассматривать бесконечно, погружаясь в сказочный мир животных. В детской книге юный читатель найдёт добрые и поучительные истории &amp;quot;Бемби&amp;quot;, &amp;quot;Домик в рукавичке&amp;quot;,&amp;nbsp;&amp;nbsp;&amp;quot;Гадкий утёнок&amp;quot;, &amp;quot;Два упрямых козлика&amp;quot;, &amp;quot;Быстрая работа&amp;quot;, &amp;quot;Кума Лиса&amp;quot;. Подарочная книга «Сказки о животных» в великолепном оформлении станет замечательным подарком для ребенка на день рождения или на новый год. В подарочной серии «Любимые сказки» представлены книги с красивыми обложками и яркими картинками, в них собраны лучшие детские сказки, которые помогают ребёнку познавать окружающий мир, учат добру, искренности и любви. Перевод и пересказ Наталия Полянская, иллюстрации Стелияна Донева, Кирил Танев, Спас Спасов.</t>
   </si>
   <si>
     <t>769962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/759/q1lzlauq1gbkxlbwj0kpsvrxu7bvr4hw.jpg</t>
   </si>
   <si>
     <t>Любимые сказки. Сказки о рыцарях. Развивающая книга</t>
   </si>
   <si>
     <t>Самые известные сказки и легенды Европы о рыцарях в подарочной книге с уникальным оформлением и невероятно красивыми иллюстрациями приведут в восторг ребёнка, а также станут украшением домашней библиотеки. Книга в оригинальном пухлом переплете, с приятными гладкими страницами подарит радость и приятные тактильные ощущения ребёнку и родителям! В книге представлены сказки &amp;quot;Каменное сердце&amp;quot;, &amp;quot;Как Изольда стала женой Тристана&amp;quot;, &amp;quot;Чёрный бык Норроуэйский&amp;quot;, &amp;quot;Джек – Победитель Великанов&amp;quot;, &amp;quot;Рыцарь Роланд&amp;quot;, &amp;quot;Конь рыцаря Рабогани&amp;quot; Восхитительные иллюстрации можно рассматривать бесконечно. Увлекательные сказки про рыцарей – это колдовство, любовь, коварство и самоотверженность одновременно! Подарочная книга «Сказки о рыцарях» в великолепном оформлении станет замечательным подарком для ребенка. В подарочной серии «Любимые сказки» представлены книги с красивыми обложками и изумительными картинками, в них собраны лучшие детские сказки, которые учат добру, искренности и любви. Автор – коллектив авторов, иллюстрации Александр Крутик.</t>
   </si>
   <si>
     <t>769963</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f6e/u7h9zetez2jyskeorgw50x1628axvfel.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/673/wwrxw6byfqffo6eu3zxq6nahht3uqdpj.jpeg</t>
   </si>
   <si>
     <t>Бандл Баба-Яга против   сб. м ф  DVD   книга Волшебный сундук сказок</t>
   </si>
   <si>
     <t>Бандл Баба-Яга против! &amp;#40;сб. м/ф&amp;#41; DVD &amp;#43; книга Волшебный сундук сказок</t>
   </si>
   <si>
     <t>837358</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c4/bic203vuqdvwlrpw1kk7ed9gd638qvoq.jpg</t>
   </si>
   <si>
     <t>Волшебные лошадки. Искорка   морская лошадка. Развивающая книга</t>
   </si>
   <si>
     <t>У морской лошадки Искорки много друзей в коралловом рифе, где она живет. Но она всегда очень хотела познакомиться с другими морскими лошадками, такими же, как она сама. Однажды Искорка отправилась в путешествие по океану. Но никто из его обитателей никогда не видел морских лошадок. Только когда Искорка останавливается, чтобы помочь рыбке- клоуну, ее приключения принимают неожиданный оборот</t>
   </si>
   <si>
     <t>837649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d0/u1xcwq0xjq73utweaolqt8vt984kz879.jpg</t>
   </si>
   <si>
     <t>Волшебные лошадки. Лошадка для феи. Развивающая книга</t>
   </si>
   <si>
     <t>В долине фей приближается время Праздника середины лета. Все волшебные лошадки с нетерпением ждут - кого из них выберет королева фей, кто повезет ее золотую карету. Как и все, маленькая лошадка Паутинка хочет, чтобы выбрали именно ее. Но она почти не верит в это, ведь она больше любит играть и веселиться, чем заботиться о своей красоте. Что окажется важнее - красота или доброе&amp;nbsp;&amp;nbsp;сердце. Какой выбор сделает королева?</t>
   </si>
   <si>
     <t>837650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b39/r5ozj591xlt2xgcom9hagcx6n9m1weea.jpg</t>
   </si>
   <si>
     <t>Волшебные лошадки. Пегас и русалочка. Развивающая книга</t>
   </si>
   <si>
     <t>Пегас по имени Лунный Свет - летающая лошадка, которая живет у океана. Вместе с друзьями он любит летать и играть среди облаков над пляжем. Однажды ночью Лунный Свет встречает на морском берегу маленькую русалочку, которой нужна его помощь. Но чтобы спасти русалочку, Лунный Свет должен сделать то, чего он никогда раньше не делал. Сможет ли он бросить вызов огромному и опасному морю?</t>
   </si>
   <si>
     <t>837651</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/acf/nec90p79hca5lvlnaerpm7puwmrfkzqm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/320/3kdjtup22i0jerj8jw4mtcq1c1kt2huw.jpg</t>
   </si>
   <si>
     <t>Играем с карточками. Любимые сказки</t>
   </si>
   <si>
     <t>Развивающая книга «Играем с карточками. Любимые сказки» состоит из 8 заданий для тренировки речи и воображения. Ребенок будет выполнять увлекательные задания с помощью 48 бумажных карточек, на которых изображены герои детских сказок и фишки для игр-бродилок. Карточки легко разрезаются по пунктирным линиям. Вместе с героями книги малыш будет угадывать персонажа по описанию, составлять пары героев и раскрашивать картинки, проходить лабиринты и придумывать свою сказку по картинке. Когда все задания будут выполнены, предложите ребенку придумать новые игры с карточками. Веселые игры научат малыша рассказывать истории, сравнивать и рассуждать, помогут развить речь и воображение.</t>
   </si>
   <si>
     <t>837660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/601/uxrm34bwsmvtkf01wwpxub50hp0d63bz.jpg</t>
   </si>
   <si>
     <t>Играем с карточками. Сказки</t>
   </si>
   <si>
     <t>На каждой странице этих ярких книжек малыша ждут раскраски, игровые задания и игры с карточками. Книги серии тренируют память, развивают внимание и мышление, учат сравнивать, готовят к чтению и счету. С ними ребенок проведет время весело и с пользой.</t>
   </si>
   <si>
     <t>837661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/173/ww7jr0qbr4cfjtkwuoxzma4b9nfvfv8n.jpg</t>
@@ -287,933 +224,438 @@
   <si>
     <t>http://anytos.ru//upload/iblock/933/c0qtb14648pl7kl0lf1cgn6j571y0wfj.jpg</t>
   </si>
   <si>
     <t>Расскажи сказку. Про медвежонка</t>
   </si>
   <si>
     <t>Забавная книжка-игрушка – это отличный способ занять малыша. Раскрой книгу и познакомься с главным героем и его друзьями. Для этого достаточно вставить руку в специальное отверстия с задней стороны обложки и медвежонок оживет! Книжка с веселыми и яркими иллюстрациями обязательно порадует каждого ребенка. А игрушка на руку увлечет маленького читателя и он в игровой форме получит новые знания и навыки. Такая необычная книга из серии &amp;quot;Расскажи сказку&amp;quot; с мягкой игрушкой подарит много приятных мгновений детям и их родителям. Малыш сможет не только познакомиться и поиграть с очаровательными животными, но и рассказать свою историю посредством игрушки, устроив маленькое представление. Такая игра способствует развитию фантазии, воображения и эмоционального интеллекта; знакомит ребенка с окружающим миром, развивает мелкую моторику и координацию движений, тренирует память и внимание и прививает любовь к чтению. Читайте сказку или рассказывайте свою историю и познавайте мир вместе. Кукольный театр у вас дома!</t>
   </si>
   <si>
     <t>837665</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60f/5xd75ubdcmezqsznhor19s56e1id2x2i.jpg</t>
   </si>
   <si>
     <t>Сказки о животных. День рождения мишки Толи и другие лесные истории Развивающая книга</t>
   </si>
   <si>
     <t>В этой серии собраны веселые сказки о самых разных животных: хитрых лисах, отважных мышках, добрых щенках, милых пони и даже волшебных единорогах! Удивительные приключения и поучительные истории, рассказы об озорных проделках и хороших поступках понравятся и детям, и взрослым!</t>
   </si>
   <si>
     <t>837666</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32e/hrxe3ca2fjk2cssyis4808djemf6ycr0.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/471/squ0hquon80fl50z52z6qr2oxkoxrjuw.jpg</t>
   </si>
   <si>
     <t>Сказочная энциклопедия. Прекрасные танцовщицы Развивающая книга</t>
   </si>
   <si>
     <t>Танец – удивительная страна музыки и движения. Хочешь побывать в разных уголках земного шара и узнать, какие танцы там любят? Тогда торопись! Уже слышны первые аккорды, а это значит, что наше путешествие начинается! Прекрасные танцовщицы со всего света приглашают тебя в волшебный мир танца. В книге есть клапаны, разворачивающиеся в панорамные картинки. Твердый переплет с рельефным тиснением и золотой фольгой</t>
   </si>
   <si>
     <t>837673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1f/vwwb3uz6b1uqmb7huya48g3dsv0wh3w7.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Брошюра с вырубкой в виде персонажа, А4 . 205х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Брошюра с вырубкой в виде персонажа, А4&amp;#41;. 205х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894319</t>
   </si>
   <si>
     <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e64/e9qlnv6d1mghd7w38oprn5dskcvozfu4.jpg</t>
   </si>
   <si>
     <t>100 любимых сказок и стихов. 100 Сказок.197х255 мм. 96стр. офсет бумага, тв.переплет. Умка</t>
   </si>
   <si>
     <t>894336</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/746/vrt3x9csgpe4jtdikl78vhynlkjg2f53.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d5c/01vkiqjy45jvty2wag2d85qxwi0bmint.jpg</t>
   </si>
   <si>
     <t>Сказки леса. В.В. Бианки. Большая книга сказок. 240х320мм, 48 стр., мел. бумага. Умка</t>
   </si>
   <si>
     <t>894344</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c9/6uefjnad5p4ct5fw01ojotr1ra6zukgd.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e6/f2skzom7bztu9aaz8oatedfs5p14m1fq.jpg</t>
   </si>
   <si>
     <t>50 сказок, потешек и загадок для самых маленьких. 50 сказок. 165х215 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>894382</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/54a/mqme01km5l3a8iz7x7t37mw89r74ec92.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d1c/dw8bninoutmnodygv08nwzceuvku2yds.jpg</t>
   </si>
   <si>
     <t>50 стихов о животных. 50 сказок. 165х215 мм. 48 стр. тв. переплет. Умка</t>
   </si>
   <si>
     <t>894387</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c2/uezk2nlmnq2ejdgff4em6d38o7wle8n8.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/210/aljew3o9r5t9ak9q4224cemt4dund1op.jpg</t>
   </si>
   <si>
     <t>Аленушкины сказки. Д.Н. Мамин-Сибиряк. Любимая классика. 144 стр., 197х255 мм. Умка</t>
   </si>
   <si>
     <t>894409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/056/hw0rhrx0bfwz10s6ln5pvsd80aravfmy.jpg</t>
   </si>
   <si>
     <t>Три медведя. Теремок. Русские народные сказки. Книжка-перевертыш 2 в 1. 197х255мм. Умка</t>
   </si>
   <si>
     <t>894429</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6b/79ysnfvvq5zyifpn63a28na38xxslxvy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dff/i282vgepkuvq9bx1g2ulqid4g1q7hobu.jpg</t>
   </si>
   <si>
     <t>Рассказы о природе. Н. И. Сладков, В. В. Чаплина. 5 сказок. 32 стр. Умка</t>
   </si>
   <si>
     <t>894434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a35/f8tl3jnmirfv2wqavkcfz02ilgrzdnnp.jpg</t>
   </si>
   <si>
     <t>Огненный бог Марранов Александр Волков. Любимая классика. 197х255. тв. переплет. Умка</t>
   </si>
   <si>
     <t>894438</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/425/eleuboshaisixsgiy0odcy3ejilw0r31.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e6d/nfug93fqzhu08psraynze8ha3gyg8rag.jpg</t>
   </si>
   <si>
     <t>Сказки о животных. А.Н. Толстой. Лучшее для малышей. 197х260. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>894456</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/73f/415qafy2x9d2cjd7cbbsob9p411h1jyi.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/28a/zceam572r3cbvlr0v6qilk00f9sl6i5s.jpg</t>
   </si>
   <si>
     <t>Любимые писатели. Сказка о рыбаке и рыбке. Пушкин А. С.. 197х260. Скрепка. 32 стр. Умка</t>
   </si>
   <si>
     <t>894462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eba/x14cvkd9c8hjo8z7rwgziclxjq16e4nn.jpg</t>
   </si>
   <si>
     <t>100 стихов для девочек. Э. Мошковская, И. Токмакова, В. А. Степанов и др. 197х255 мм Умка</t>
   </si>
   <si>
     <t>894472</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/23e/n9n80tldlsuo6nt0urbk7otqw1496w3s.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/38c/056p5ndu6w0uhr322lq4uekg6ixsi4up.jpg</t>
   </si>
   <si>
     <t>Дюймовочка. Г. Х. Андерсен. Любимые писатели. 197х260 мм, Скрепка. 32 стр. Умка</t>
   </si>
   <si>
     <t>894476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c64/787f7mlfnays80g5lopsjdkhzb97hcln.jpg</t>
   </si>
   <si>
     <t>Сказки о  жике и Медвежонке. С.Г.Козлов. Любимые писатели. 197х260мм, 32стр. Умка</t>
   </si>
   <si>
     <t>Сказки о Ёжике и Медвежонке. С.Г.Козлов. Любимые писатели. 197х260мм, 32стр. Умка</t>
   </si>
   <si>
     <t>894477</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/157/rb8gpo8qi5aqewybk8y9biarz833vrkz.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/326/j0fnyeazv1u37s1owolhkwmzdrdpqdxw.jpg</t>
   </si>
   <si>
     <t>Сказки малышам. А. Афанасьев, А. Толстой. Читаем сами с крупными буквами. 64 стр. Умка</t>
   </si>
   <si>
     <t>894479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/wycplk11hqhqklm7xkbraaws0zp7uo2q.jpg</t>
   </si>
   <si>
     <t>Русалочка. Г. Х. Андерсен. Любимые писатели. 197х260 мм. Скрепка. 32 стр. Умка</t>
   </si>
   <si>
     <t>894481</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbb/kr0lu3b0v6ecn646n4yxz6l3kuh62m83.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/74e/e90a3dqcddra6mlyps58awttxs0fezza.jpg</t>
   </si>
   <si>
     <t>100 стихов и сказок Чуковского.  Серия: 100 сказок . 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>100 стихов и сказок Чуковского. &amp;#40;Серия: 100 сказок&amp;#41;. 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>894498</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/83f/yqv95ek4s4x7bw642v5wivgqwl2k3pav.jpg</t>
+  </si>
+  <si>
+    <t>Сказки. К.Чуковский. Книжка-малышка. Формат: 110х165 мм. Объем: 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>894499</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bef/1eiohyzw9g1gk2u7enmajrhqrtl7t9fr.jpg</t>
   </si>
   <si>
     <t>Доктор Айболит. Корней Чуковский Золотая классика. 197х255мм, 96 стр., офсет бумага Умка</t>
   </si>
   <si>
     <t>894503</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c4/rocxsbv2ircvod9rr8lwcxqudsluxaqu.jpg</t>
-[...2 lines deleted...]
-    <t>Волшебные сказки. Дюймовочка. Развивающая книга</t>
+    <t>http://anytos.ru//upload/iblock/d12/vp09xxzwlqzos5uctktz28mtjrn8suvp.jpg</t>
+  </si>
+  <si>
+    <t>Волшебные сказки. Маша и Медведь. Развивающая книга</t>
   </si>
   <si>
     <t>Лучшие сказки, вошедшие в золотой фонд детской литературы, прекрасные иллюстрации, выполненные в лучших традициях и прекрасное полиграфическое исполнение</t>
   </si>
   <si>
-    <t>905911</t>
-[...7 lines deleted...]
-  <si>
     <t>905912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e9/mtfkp9qpv827wb3uj88it4fy3e3qm3dz.jpg</t>
   </si>
   <si>
     <t>Волшебные сказки. Ослиная шкура. Развивающая книга</t>
   </si>
   <si>
     <t>905913</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ffd/loxwg045mmu5c791aqezlkwfec1wmrtk.jpg</t>
-[...98 lines deleted...]
-    <t>936755</t>
+    <t>http://anytos.ru//upload/iblock/4a0/qvnnfozwll275berw5tojtyq7gdtvrg6.jpg</t>
+  </si>
+  <si>
+    <t>50 добрых стихов и сказок. Книжка-малышка.110х165 мм. 48 стр., тв. переплет. Умка</t>
+  </si>
+  <si>
+    <t>936734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cf/0k48mxy2qkl0dvl7z6vwnk47wuervrku.jpg</t>
+  </si>
+  <si>
+    <t>К.Чуковский. Сказки.  Книжка-малышка . Твердый переплет. 110х165мм. 48стр. Умка</t>
+  </si>
+  <si>
+    <t>К.Чуковский. Сказки. &amp;#40;Книжка-малышка&amp;#41;. Твердый переплет. 110х165мм. 48стр. Умка</t>
+  </si>
+  <si>
+    <t>936759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e9/355xau4dslz2ivzc6ocqs2jbq578f09g.jpg</t>
   </si>
   <si>
     <t>Как муравьишка домой спешил. Бианки В.В. Лучшее для малышей. 197х260мм Скрепка 16стр. Умка</t>
   </si>
   <si>
     <t>936760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f92/ynsdic7tm8rt4vqvpymjlr58q7kd1as4.jpg</t>
   </si>
   <si>
     <t>Карандаш и Самоделкин на Марсе. В. Ю. Постников. Любимая классика.7БЦ. 176 стр. Умка</t>
   </si>
   <si>
     <t>936762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86f/gl1pscz5efzzj7ujbek8r23pfesthx4y.jpg</t>
   </si>
   <si>
     <t>Колобок. Три порос нка. Сказка-раскраска малышам. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Колобок. Три поросёнка. Сказка-раскраска малышам. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>936766</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb1/dxv7hh06xxbub5oyqqablghqcxrp0vj0.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/836/8tmdeh8wovf7yyfdrjqglwl14ac5tlo3.jpg</t>
   </si>
   <si>
     <t>Лучшие сказки. Братья Гримм. Школьная библиотека. 140х210 мм. 64 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>936775</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49f/i2mlu3arnj7j2fqu3dlj62fuq6c7k1bw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd8/rpe6mo652dtm6lpzci6fhrjq5q43s4bo.jpg</t>
   </si>
   <si>
     <t>Любимые сказки. А. С. Пушкин. Школьная библиотека. 140х210 мм. 64 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>936777</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/712/u44tgp7tetdww6fzy7b4an0r4ba1j4xf.jpg</t>
   </si>
   <si>
     <t>Любимые сказки. Первая раскраска малый формат. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>936782</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a9/5gno4c1t6ec8a0pdlj0th4hdsrnb14w1.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9aa/f84b8qolvmjn5tsl4fds1k27anbv16rp.jpg</t>
   </si>
   <si>
     <t>С ма и Л лик в поисках математики. И. Гурина. Любимая классика. 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>Сёма и Лёлик в поисках математики. И. Гурина. Любимая классика. 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>936813</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/448/s1icfcrzgd6p3ynpuqasbkofw78dkwcq.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/810/194f6346wc7rzo9page1kjmu9us1iktl.jpg</t>
   </si>
   <si>
     <t>Сказки и стихи малышам.  Серия: Детская библиотека . 165х215мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Сказки и стихи малышам. &amp;#40;Серия: Детская библиотека&amp;#41;. 165х215мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>936826</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec9/4xb53cgt7ryt758vfigyff7216rgg4di.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/234/622zj8ktbd98x9pokkkorwapd85g3bt0.jpg</t>
   </si>
   <si>
     <t>Сказки. Водная раскраска . 200х250 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>936837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a62/nplq1eo0kzcf72yxw1i7cexpw1086co8.jpg</t>
   </si>
   <si>
     <t>Сказки. Водная раскраска. Раскрась водой. 200х250 мм. КБС. 8 стр. Умка</t>
   </si>
   <si>
     <t>936838</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d5c/etrj0knyid90vlkjxu937eskqnfvud9d.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e31/7svrn5hn8gia1z8ocz09anr74hchp2e4.jpg</t>
   </si>
   <si>
     <t>Телефон. К. И. Чуковский. Сказки малышам. 145х195мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>936845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f1/jlgd7nljb9s2hiuhb674ab92i2f0gjl0.jpg</t>
   </si>
   <si>
     <t>Телефон. К.Чуковский. Любимые писатели. 197х260 мм, скрепка, 32 стр. Умка</t>
   </si>
   <si>
     <t>936846</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4eb/bdyout9w5tsz7inuula9uuk2pe1uad28.jpg</t>
+  </si>
+  <si>
+    <t>Теремок. Афанасьев А. Н. Сказки малышам. 145х195 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>936847</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/932/3c8b00gjzxeyr7extqz7r989b41mk5tl.jpg</t>
   </si>
   <si>
     <t>Три медведя. Л. Толстой. Книжка с глазками. Формат: А5 160х220мм. Объем: 8 страниц. Умка</t>
   </si>
   <si>
     <t>936848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85f/h8c322gee5rqxqdt8oxoj848x0udty8d.jpg</t>
   </si>
   <si>
     <t>Аленушкины сказки. Д.Н.Мамин-Сибиряк. Золотые сказки. 197х255мм 64стр., тв.переплет. Умка</t>
   </si>
   <si>
     <t>938245</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b99/detkowhqa7zm2pytybe8yzgrr4qjdstl.jpg</t>
-[...43 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/049/wjcfqaewahpzy9nr5ubt7kphpsptr3re.jpg</t>
   </si>
   <si>
     <t>Сказки для малышей. К.Чуковский. Золотая коллекция. Тв. переплет. 198х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>943041</t>
-  </si>
-[...19 lines deleted...]
-    <t>943045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1540,2675 +982,1353 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J115"/>
+  <dimension ref="A1:M57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G115" sqref="G115"/>
+      <selection pane="bottomRight" activeCell="G57" sqref="G57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="F27" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="B28" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="F28" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="B29" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="C29" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="F28" s="3" t="s">
+      <c r="F29" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="G28" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B30" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="F30" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="B31" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="B32" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F32" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B33" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C33" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="F33" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="B34" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="C34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="F34" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="B37" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="B38" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="B39" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C39" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="F39" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="B40" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C40" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C42" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F42" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="F43" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="B44" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="F44" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="B45" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="F45" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C46" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C47" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="F48" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="F49" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="F50" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="F51" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="F53" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="F55" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>109</v>
+        <v>78</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
-[...1333 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">