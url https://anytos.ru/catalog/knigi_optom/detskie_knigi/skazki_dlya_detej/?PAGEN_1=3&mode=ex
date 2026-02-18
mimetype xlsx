--- v0 (2026-01-02)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -260,867 +260,402 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c1f/vwwb3uz6b1uqmb7huya48g3dsv0wh3w7.jpg</t>
   </si>
   <si>
     <t>Ми-ми-мишки.  Брошюра с вырубкой в виде персонажа, А4 . 205х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Ми-ми-мишки. &amp;#40;Брошюра с вырубкой в виде персонажа, А4&amp;#41;. 205х285мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894319</t>
   </si>
   <si>
     <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e64/e9qlnv6d1mghd7w38oprn5dskcvozfu4.jpg</t>
   </si>
   <si>
     <t>100 любимых сказок и стихов. 100 Сказок.197х255 мм. 96стр. офсет бумага, тв.переплет. Умка</t>
   </si>
   <si>
     <t>894336</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/746/vrt3x9csgpe4jtdikl78vhynlkjg2f53.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d5c/01vkiqjy45jvty2wag2d85qxwi0bmint.jpg</t>
   </si>
   <si>
     <t>Сказки леса. В.В. Бианки. Большая книга сказок. 240х320мм, 48 стр., мел. бумага. Умка</t>
   </si>
   <si>
     <t>894344</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c9/6uefjnad5p4ct5fw01ojotr1ra6zukgd.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e6/f2skzom7bztu9aaz8oatedfs5p14m1fq.jpg</t>
   </si>
   <si>
     <t>50 сказок, потешек и загадок для самых маленьких. 50 сказок. 165х215 мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>894382</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/54a/mqme01km5l3a8iz7x7t37mw89r74ec92.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d1c/dw8bninoutmnodygv08nwzceuvku2yds.jpg</t>
   </si>
   <si>
     <t>50 стихов о животных. 50 сказок. 165х215 мм. 48 стр. тв. переплет. Умка</t>
   </si>
   <si>
     <t>894387</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c2/uezk2nlmnq2ejdgff4em6d38o7wle8n8.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/210/aljew3o9r5t9ak9q4224cemt4dund1op.jpg</t>
   </si>
   <si>
     <t>Аленушкины сказки. Д.Н. Мамин-Сибиряк. Любимая классика. 144 стр., 197х255 мм. Умка</t>
   </si>
   <si>
     <t>894409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/056/hw0rhrx0bfwz10s6ln5pvsd80aravfmy.jpg</t>
   </si>
   <si>
     <t>Три медведя. Теремок. Русские народные сказки. Книжка-перевертыш 2 в 1. 197х255мм. Умка</t>
   </si>
   <si>
     <t>894429</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6b/79ysnfvvq5zyifpn63a28na38xxslxvy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dff/i282vgepkuvq9bx1g2ulqid4g1q7hobu.jpg</t>
   </si>
   <si>
     <t>Рассказы о природе. Н. И. Сладков, В. В. Чаплина. 5 сказок. 32 стр. Умка</t>
   </si>
   <si>
     <t>894434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a35/f8tl3jnmirfv2wqavkcfz02ilgrzdnnp.jpg</t>
   </si>
   <si>
     <t>Огненный бог Марранов Александр Волков. Любимая классика. 197х255. тв. переплет. Умка</t>
   </si>
   <si>
     <t>894438</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/425/eleuboshaisixsgiy0odcy3ejilw0r31.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e6d/nfug93fqzhu08psraynze8ha3gyg8rag.jpg</t>
   </si>
   <si>
     <t>Сказки о животных. А.Н. Толстой. Лучшее для малышей. 197х260. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>894456</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/73f/415qafy2x9d2cjd7cbbsob9p411h1jyi.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/28a/zceam572r3cbvlr0v6qilk00f9sl6i5s.jpg</t>
   </si>
   <si>
     <t>Любимые писатели. Сказка о рыбаке и рыбке. Пушкин А. С.. 197х260. Скрепка. 32 стр. Умка</t>
   </si>
   <si>
     <t>894462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eba/x14cvkd9c8hjo8z7rwgziclxjq16e4nn.jpg</t>
   </si>
   <si>
     <t>100 стихов для девочек. Э. Мошковская, И. Токмакова, В. А. Степанов и др. 197х255 мм Умка</t>
   </si>
   <si>
     <t>894472</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/23e/n9n80tldlsuo6nt0urbk7otqw1496w3s.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/38c/056p5ndu6w0uhr322lq4uekg6ixsi4up.jpg</t>
   </si>
   <si>
     <t>Дюймовочка. Г. Х. Андерсен. Любимые писатели. 197х260 мм, Скрепка. 32 стр. Умка</t>
   </si>
   <si>
     <t>894476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c64/787f7mlfnays80g5lopsjdkhzb97hcln.jpg</t>
   </si>
   <si>
     <t>Сказки о  жике и Медвежонке. С.Г.Козлов. Любимые писатели. 197х260мм, 32стр. Умка</t>
   </si>
   <si>
     <t>Сказки о Ёжике и Медвежонке. С.Г.Козлов. Любимые писатели. 197х260мм, 32стр. Умка</t>
   </si>
   <si>
     <t>894477</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/157/rb8gpo8qi5aqewybk8y9biarz833vrkz.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/326/j0fnyeazv1u37s1owolhkwmzdrdpqdxw.jpg</t>
   </si>
   <si>
     <t>Сказки малышам. А. Афанасьев, А. Толстой. Читаем сами с крупными буквами. 64 стр. Умка</t>
   </si>
   <si>
     <t>894479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/wycplk11hqhqklm7xkbraaws0zp7uo2q.jpg</t>
   </si>
   <si>
     <t>Русалочка. Г. Х. Андерсен. Любимые писатели. 197х260 мм. Скрепка. 32 стр. Умка</t>
   </si>
   <si>
     <t>894481</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbb/kr0lu3b0v6ecn646n4yxz6l3kuh62m83.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/74e/e90a3dqcddra6mlyps58awttxs0fezza.jpg</t>
   </si>
   <si>
     <t>100 стихов и сказок Чуковского.  Серия: 100 сказок . 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>100 стихов и сказок Чуковского. &amp;#40;Серия: 100 сказок&amp;#41;. 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>894498</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/83f/yqv95ek4s4x7bw642v5wivgqwl2k3pav.jpg</t>
+  </si>
+  <si>
+    <t>Сказки. К.Чуковский. Книжка-малышка. Формат: 110х165 мм. Объем: 48 стр. Умка</t>
+  </si>
+  <si>
+    <t>894499</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bef/1eiohyzw9g1gk2u7enmajrhqrtl7t9fr.jpg</t>
   </si>
   <si>
     <t>Доктор Айболит. Корней Чуковский Золотая классика. 197х255мм, 96 стр., офсет бумага Умка</t>
   </si>
   <si>
     <t>894503</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d12/vp09xxzwlqzos5uctktz28mtjrn8suvp.jpg</t>
   </si>
   <si>
     <t>Волшебные сказки. Маша и Медведь. Развивающая книга</t>
   </si>
   <si>
     <t>Лучшие сказки, вошедшие в золотой фонд детской литературы, прекрасные иллюстрации, выполненные в лучших традициях и прекрасное полиграфическое исполнение</t>
   </si>
   <si>
     <t>905912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e9/mtfkp9qpv827wb3uj88it4fy3e3qm3dz.jpg</t>
   </si>
   <si>
     <t>Волшебные сказки. Ослиная шкура. Развивающая книга</t>
   </si>
   <si>
     <t>905913</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a6e/vkrs9c8nmik2f74b6bla7boetapxk2x8.jpg</t>
-[...89 lines deleted...]
-    <t>936755</t>
+    <t>http://anytos.ru//upload/iblock/4a0/qvnnfozwll275berw5tojtyq7gdtvrg6.jpg</t>
+  </si>
+  <si>
+    <t>50 добрых стихов и сказок. Книжка-малышка.110х165 мм. 48 стр., тв. переплет. Умка</t>
+  </si>
+  <si>
+    <t>936734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cf/0k48mxy2qkl0dvl7z6vwnk47wuervrku.jpg</t>
+  </si>
+  <si>
+    <t>К.Чуковский. Сказки.  Книжка-малышка . Твердый переплет. 110х165мм. 48стр. Умка</t>
+  </si>
+  <si>
+    <t>К.Чуковский. Сказки. &amp;#40;Книжка-малышка&amp;#41;. Твердый переплет. 110х165мм. 48стр. Умка</t>
+  </si>
+  <si>
+    <t>936759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e9/355xau4dslz2ivzc6ocqs2jbq578f09g.jpg</t>
   </si>
   <si>
     <t>Как муравьишка домой спешил. Бианки В.В. Лучшее для малышей. 197х260мм Скрепка 16стр. Умка</t>
   </si>
   <si>
     <t>936760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f92/ynsdic7tm8rt4vqvpymjlr58q7kd1as4.jpg</t>
   </si>
   <si>
     <t>Карандаш и Самоделкин на Марсе. В. Ю. Постников. Любимая классика.7БЦ. 176 стр. Умка</t>
   </si>
   <si>
     <t>936762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86f/gl1pscz5efzzj7ujbek8r23pfesthx4y.jpg</t>
   </si>
   <si>
     <t>Колобок. Три порос нка. Сказка-раскраска малышам. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>Колобок. Три поросёнка. Сказка-раскраска малышам. 214х290мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>936766</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb1/dxv7hh06xxbub5oyqqablghqcxrp0vj0.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/836/8tmdeh8wovf7yyfdrjqglwl14ac5tlo3.jpg</t>
   </si>
   <si>
     <t>Лучшие сказки. Братья Гримм. Школьная библиотека. 140х210 мм. 64 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>936775</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49f/i2mlu3arnj7j2fqu3dlj62fuq6c7k1bw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd8/rpe6mo652dtm6lpzci6fhrjq5q43s4bo.jpg</t>
   </si>
   <si>
     <t>Любимые сказки. А. С. Пушкин. Школьная библиотека. 140х210 мм. 64 стр. Скрепка. Умка</t>
   </si>
   <si>
     <t>936777</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/712/u44tgp7tetdww6fzy7b4an0r4ba1j4xf.jpg</t>
   </si>
   <si>
     <t>Любимые сказки. Первая раскраска малый формат. Формат: 145х210 мм. Объем: 16 стр. Умка</t>
   </si>
   <si>
     <t>936782</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a9/5gno4c1t6ec8a0pdlj0th4hdsrnb14w1.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9aa/f84b8qolvmjn5tsl4fds1k27anbv16rp.jpg</t>
   </si>
   <si>
     <t>С ма и Л лик в поисках математики. И. Гурина. Любимая классика. 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>Сёма и Лёлик в поисках математики. И. Гурина. Любимая классика. 197х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>936813</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/448/s1icfcrzgd6p3ynpuqasbkofw78dkwcq.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/810/194f6346wc7rzo9page1kjmu9us1iktl.jpg</t>
   </si>
   <si>
     <t>Сказки и стихи малышам.  Серия: Детская библиотека . 165х215мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>Сказки и стихи малышам. &amp;#40;Серия: Детская библиотека&amp;#41;. 165х215мм. 48 стр. Умка</t>
   </si>
   <si>
     <t>936826</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec9/4xb53cgt7ryt758vfigyff7216rgg4di.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/234/622zj8ktbd98x9pokkkorwapd85g3bt0.jpg</t>
   </si>
   <si>
     <t>Сказки. Водная раскраска . 200х250 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>936837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a62/nplq1eo0kzcf72yxw1i7cexpw1086co8.jpg</t>
   </si>
   <si>
     <t>Сказки. Водная раскраска. Раскрась водой. 200х250 мм. КБС. 8 стр. Умка</t>
   </si>
   <si>
     <t>936838</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d5c/etrj0knyid90vlkjxu937eskqnfvud9d.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e31/7svrn5hn8gia1z8ocz09anr74hchp2e4.jpg</t>
   </si>
   <si>
     <t>Телефон. К. И. Чуковский. Сказки малышам. 145х195мм. Скрепка. 16 стр. Умка</t>
   </si>
   <si>
     <t>936845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f1/jlgd7nljb9s2hiuhb674ab92i2f0gjl0.jpg</t>
   </si>
   <si>
     <t>Телефон. К.Чуковский. Любимые писатели. 197х260 мм, скрепка, 32 стр. Умка</t>
   </si>
   <si>
     <t>936846</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4eb/bdyout9w5tsz7inuula9uuk2pe1uad28.jpg</t>
+  </si>
+  <si>
+    <t>Теремок. Афанасьев А. Н. Сказки малышам. 145х195 мм. Скрепка. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>936847</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/932/3c8b00gjzxeyr7extqz7r989b41mk5tl.jpg</t>
   </si>
   <si>
     <t>Три медведя. Л. Толстой. Книжка с глазками. Формат: А5 160х220мм. Объем: 8 страниц. Умка</t>
   </si>
   <si>
     <t>936848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85f/h8c322gee5rqxqdt8oxoj848x0udty8d.jpg</t>
   </si>
   <si>
     <t>Аленушкины сказки. Д.Н.Мамин-Сибиряк. Золотые сказки. 197х255мм 64стр., тв.переплет. Умка</t>
   </si>
   <si>
     <t>938245</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b99/detkowhqa7zm2pytybe8yzgrr4qjdstl.jpg</t>
-[...61 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/049/wjcfqaewahpzy9nr5ubt7kphpsptr3re.jpg</t>
   </si>
   <si>
     <t>Сказки для малышей. К.Чуковский. Золотая коллекция. Тв. переплет. 198х255мм. 96 стр. Умка</t>
   </si>
   <si>
     <t>943041</t>
-  </si>
-[...19 lines deleted...]
-    <t>943045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1447,57 +982,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M105"/>
+  <dimension ref="A1:M57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G105" sqref="G105"/>
+      <selection pane="bottomRight" activeCell="G57" sqref="G57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1909,669 +1444,669 @@
       </c>
       <c r="C20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>93</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B38" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>148</v>
-      </c>
-[...10 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>154</v>
-      </c>
-[...10 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>167</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C49" s="1" t="s">
@@ -2668,1235 +2203,131 @@
       </c>
       <c r="C53" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>187</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>18</v>
-[...1102 lines deleted...]
-      <c r="G105" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>