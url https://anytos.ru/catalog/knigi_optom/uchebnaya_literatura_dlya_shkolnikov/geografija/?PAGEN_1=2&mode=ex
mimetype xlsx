--- v0 (2026-01-07)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -83,62 +83,50 @@
   <si>
     <t>География</t>
   </si>
   <si>
     <t>368743</t>
   </si>
   <si>
     <t>&lt;a href="/brands/globen/"&gt;Globen&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a8/zs102g54qb4yu3a9dcnjttmrbliqzdo4.jpg</t>
   </si>
   <si>
     <t>Карта Мира для детей ЖИВОТНЫЙ  И РАСТИТЕЛЬНЫЙ МИР ЗЕМЛИ 1:55 млн. 59 42 см  капсульная ламинация . НК031</t>
   </si>
   <si>
     <t>Карта Мира для детей ЖИВОТНЫЙ&amp;nbsp;&amp;nbsp;И РАСТИТЕЛЬНЫЙ МИР ЗЕМЛИ 1:55 млн. 59*42 см &amp;#40;капсульная ламинация&amp;#41;</t>
   </si>
   <si>
     <t>368746</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff0/tvbf8kcs7fgxgwfn5rmyfk1qee2zzl1l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e03/e03d52131b600a9607ce82eb15cebc78/12e3142bd449e2ba31904b62196dba18.jpg</t>
   </si>
   <si>
     <t>Настенная карта Мир политическая  1:25млн.,1,43х1,02м.</t>
   </si>
   <si>
     <t>Настенная карта Мир политическая&amp;nbsp;&amp;nbsp;1:25млн.,1,43х1,02м.</t>
   </si>
   <si>
     <t>378656</t>
   </si>
   <si>
     <t>&lt;a href="/brands/atlas-print/"&gt;Атлас Принт&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/027/027ee01ea67caf6d0776c1183a904a1f.jpeg</t>
   </si>
   <si>
     <t>Карта  quot;Россия quot; политико-административная Globen, 1:8,5млн., 1010 700мм, интерактивная, европодвес</t>
   </si>
   <si>
     <t>Политико-административная карта Российской Федерации Globen необычное интерактивное учебное пособие для детей младшего и среднего школьного возраста.&amp;nbsp;&amp;nbsp;Достаточно просто скачать бесплатное приложение IQ Map на смартфон или планшет, чтобы простая карта превратилась в &amp;quot;живую&amp;quot;. Навести камеру смартфона на карту, подождать несколько секунд до появления эффекта AR-технологий. Такая карта, использующая AR-технологии, поможет ребенку намного быстрее и лучше усвоить новую информацию, научит ориентироваться на карте, привьет интерес к новым знаниям. Без использования приложения карта Мира является серьезным учебным пособием. Выполнена с точным соблюдением масштаба, принятых условных картографических обозначений. Таблица условных обозначений вынесена в отдельный список. Каждая область и республика окрашены в определенный цвет. Отмечены крупные города, границы областей и республик, сеть дорог, а также наименования рек, озер, морей. Надписи четкие, хорошо читаются. В нижней части карты расшифровка числовых обозначений, изображения флагов и гербов областей, округов и республик.</t>
   </si>
   <si>
     <t>433010</t>
@@ -149,60 +137,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a3f/a3f3e069dda789c9482c8fb93645cd4d/37c39e2d33f40f10f7aacd4385af98e3.jpg</t>
   </si>
   <si>
     <t>Карта  quot;Россия quot; политико-административная Globen, 1:5,5млн., 1570 1070мм, интерактивная, с ламинацией</t>
   </si>
   <si>
     <t>557263</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c41/c413f7c167e17a8653b159c52a8a0507/71ab11a0450441b45fc1e4175e981a84.jpg</t>
   </si>
   <si>
     <t>Карта  quot;Россия quot; физическая Globen, 1:7,5млн., 1160 800мм, интерактивная, с ламинацией, европодвес</t>
   </si>
   <si>
     <t>Интерактивная физическая карта Российской Федерации Globen - новое современное учебное пособие с элементами дополненной реальности для изучения географии и окружающего мира. Достаточно просто скачать бесплатное приложение IQ Map на смартфон или планшет, чтобы простая карта превратилась в &amp;quot;живую&amp;quot;. Навести камеру смартфона на карту, подождать несколько секунд до появления эффекта AR-технологий. Такая карта, использующая AR-технологии, поможет ребенку намного быстрее и лучше усвоить новую информацию, научит ориентироваться на карте, привьет интерес к новым знаниям. Без использования приложения карта Мира является серьезным учебным пособием. Выполнена с точным соблюдением масштаба, принятых условных картографических обозначений. Таблица условных обозначений вынесена в отдельный список. Классическая цветовая гамма изображения общегеографической карты. Кроме географических объектов на карте отмечены города, границы областей и республик, сеть дорог. В нижней части карты расшифровка числовых обозначений и дополнительная информация.</t>
   </si>
   <si>
     <t>557265</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/237/237bba4bd2f33e69ccbc3b8ac7ce153e.jpg</t>
-[...8 lines deleted...]
-    <t>&lt;a href="/brands/agt-geocentr/"&gt;АГТ Геоцентр&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/4bb/4bbfb47bbad08f07db01642b427f359c.jpg</t>
+  </si>
+  <si>
+    <t>Настенная карта РФ политико-административная 1:3млн.,3,0х1,6м.</t>
+  </si>
+  <si>
+    <t>619207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e4/stleqtp7wfcwxlxlem5k6etuy9youfoz.jpg</t>
   </si>
   <si>
     <t>Карта настенная  quot;Россия. Политико-административная карта quot;, М-1:4 000 000, размер 197х127 см, ламинированная, 653, 312</t>
   </si>
   <si>
     <t>Карта отличается полнотой содержания. Применено совмещение тематического содержания карты и пластического изображения рельефа, составленного по данным космической съемки. Предназначена для работы в офисах и кабинетах.</t>
   </si>
   <si>
     <t>630984</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dmb/"&gt;DMB&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/674/hocmqa7l6ccq9d5o7yke0grq1jgvwv53.jpg</t>
   </si>
   <si>
     <t>Карта мира политическая 101х70 см, 1:32М, с ламинацией, интерактивная, в тубусе, BRAUBERG, 112382</t>
   </si>
   <si>
     <t>На политической карте мира BRAUBERG отображается современное политико-административное устройство мира: названия государств и их столицы, крупнейшие города и границы стран. Ниже расположены государственные флаги. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Начните свое путешествие в другие страны, наведя смартфон на государственные флаги. Помимо общих сведений о государствах, будут даны интересные факты о жителях, их обычаях и традициях. Возможности приложения на этом не заканчиваются: оно проведет пользователя по удивительным местам, поведает о растительном и животном мире, о первооткрывателях и космодромах, а также покажет достопримечательности. Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут вам в изучении мира.Настенная карта мира с масштабом 1:32 000 000 обладает размером 101х70 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
@@ -236,50 +221,59 @@
   <si>
     <t>На географической карте мира BRAUBERG отображаются названия континентов, океанов и морей, рек, гор, течений и т. д. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globe!Отправьтесь в путешествие по самым удивительным местам мира, узнайте о его политическом устройстве, о населяющих мир животных и растениях. Рассмотрите главные мировые достопримечательности или запустите ракету в космос!Скачайте приложение IQ Globe на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут вам в изучении мира.Настенная физическая карта мира с масштабом 1:29 000 000 обладает размером 101х66 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>693083</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/327/pnuv6ecrk4phcdcu8bwleoy6lewbdeji.jpg</t>
   </si>
   <si>
     <t>Карта России политико-административная 101х70 см, 1:8,5М, интерактивная, в тубусе, BRAUBERG, 112396</t>
   </si>
   <si>
     <t>На политико-административной карте России BRAUBERG отображается современное политико-административное устройство Российской Федерации: названия регионов, их границы, административные центры, крупнейшие географические объекты и т. д. Узнать больше информации о России стало возможно благодаря приложению IQ Globen, способному превратить строгую карту в интерактивную энциклопедию!Любознательные помощники Ариша, Тема и Митя с четвероногими друзьями Астором и Ириской проведут пользователя по удивительным уголкам страны, познакомят с ее жителями и обитателями. Юные исследователи также поведают о ландшафте и политико-административном устройстве России, главных достопримечательностях и национальных богатствах, народах, населяющих страну, и животных, которых можно повстречать на ее просторах. Каждый объект теперь можно увеличить и рассмотреть на экране гаджета.Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту России и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут вам в изучении.Настенная карта России с масштабом 1:8 500 000 обладает размером 101х70 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
   <si>
     <t>693084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28c/uzfgxv6oraih517by5ryoyo8gyi1mr0n.jpg</t>
   </si>
   <si>
+    <t>Карта  quot;Звездное небо и планеты quot; 101х69 см, с ламинацией, интерактивная, в тубусе, BRAUBERG, 112371</t>
+  </si>
+  <si>
+    <t>На карте звездного неба и планет BRAUBERG можно рассмотреть солнечную систему, далекие галактики и созвездия. Окунитесь в волшебный мир вместе с интерактивной картой &amp;quot;Звездное небо и планеты&amp;quot; BRAUBERG благодаря приложению IQ Globen!Отправьтесь в путешествие в открытый космос и изучите бескрайние просторы галактик!Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту звездного неба и наведите камеру на любой космический объект. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут Вам в освоении космоса.Настенная карта звездного неба и планет с масштабом 1:47 000 000 обладает размером 101х69 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в тубусе.</t>
+  </si>
+  <si>
+    <t>708857</t>
+  </si>
+  <si>
     <t>Карта  quot;Звездное небо и планеты quot; 101х69 см, с ламинацией, интерактивная, европодвес, BRAUBERG, 112370</t>
   </si>
   <si>
     <t>На карте звездного неба и планет BRAUBERG можно рассмотреть солнечную систему, далекие галактики и созвездия. Окунитесь в волшебный мир вместе с интерактивной картой &amp;quot;Звездное небо и планеты&amp;quot; BRAUBERG благодаря приложению IQ Globen!Отправьтесь в путешествие в открытый космос и изучите бескрайние просторы галактик.Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту звездного неба и наведите камеру на любой космический объект. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут Вам в освоении космоса.Настенная карта звездного неба и планет с масштабом 1:47 000 000 обладает размером 101х69 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>708858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aea/erlj7f8xkjz3dsxvmlyu7dhc1pk058nd.jpg</t>
   </si>
   <si>
     <t>Карта мира физическая  quot;Полушария quot; 101х69 см, 1:37М, интерактивная, европодвес, BRAUBERG, 112375</t>
   </si>
   <si>
     <t>На физической карте мира &amp;quot;Полушария&amp;quot; BRAUBERG можно рассмотреть материки, моря и океаны, высочайшие вершины мира. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Отправьтесь в путешествие по самым удивительным местам мира, узнайте о политическом устройстве стран, о населяющих мир животных и растениях. Рассмотрите главные мировые достопримечательности или запустите ракету в космос! А также многое другое.Приложение можно скачать на IOS и Android. Настенная физическая карта мира с масштабом 1:37 000 000 обладает размером 101х69 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>708860</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48e/ia2hkg0iikca7jl9rj1iv9gij57bbm4d.jpg</t>
@@ -311,150 +305,105 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dde/vmxei88uxx34d2h2zk6o3g9fau2tacuz.jpg</t>
   </si>
   <si>
     <t>Карта мира политическая 117х80 см, 1:28М, с ламинацией, интерактивная, европодвес, BRAUBERG, 112384</t>
   </si>
   <si>
     <t>На политической карте мира BRAUBERG отображается современное политико-административное устройство мира: названия государств и их столицы, крупнейшие города и границы стран. Ниже расположены государственные флаги. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Начните свое путешествие в другие страны, наведя смартфон на государственные флаги. Помимо общих сведений о государствах, будут даны интересные факты о жителях, их обычаях и традициях. Возможности приложения на этом не заканчиваются: оно проведет пользователя по удивительным местам, поведает о растительном и животном мире, о первооткрывателях и космодромах, а также покажет достопримечательности. Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут в изучении мира.Настенная карта мира с масштабом 1:28 000 000 обладает размером 117х80 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>829295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffc/q7dtmxjii81het18z0cur4o9o4djednm.jpg</t>
   </si>
   <si>
     <t>Карта России физическая 116х80 см, 1:7,5М, с ламинацией, интерактивная, европодвес, BRAUBERG, 112393</t>
   </si>
   <si>
     <t>На физической карте России BRAUBERG отображаются названия рек и морей, городов и областей, гор и вулканов. Узнать больше информации о России стало возможно благодаря приложению IQ Globen, способному превратить строгую карту в интерактивную энциклопедию!Любознательные помощники Ариша, Тема и Митя с четвероногими друзьями Астором и Ириской проведут пользователя по удивительным уголкам страны, познакомят с ее жителями и обитателями. Юные исследователи также поведают о ландшафте и политико-административном устройстве России, главных достопримечательностях и национальных богатствах, народах, населяющих страну, и животных, которых можно повстречать на ее просторах. Каждый объект теперь можно увеличить и рассмотреть на экране гаджета.Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту России и наведите камеру. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут в изучении.Настенная карта России с масштабом 1:7 500 000 обладает размером 116х80 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>829297</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6ff/5ik34aw2355gz63upuhi7mzll4d6mk3y.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>Карта мира политическая 117х80 см, 1:28М, с ламинацией, интерактивная, в тубусе, BRAUBERG, 112385</t>
   </si>
   <si>
     <t>На политической карте мира BRAUBERG отображается современное политико-административное устройство мира: названия государств и их столицы, крупнейшие города и границы стран. Внизу карты расположены государственные флаги. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Начните свое путешествие в другие страны, наведя смартфон на государственные флаги. Помимо общих сведений о государствах, вам будут представлены интересные факты о жителях разных стран, их обычаях и традициях. Возможности приложения на этом не заканчиваются: оно вам поведает о растительном и животном мире каждого континента, расскажет о первооткрывателях материков и островов, а также продемонстрирует известные достопримечательности. Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут в изучении мира.Настенная карта мира с масштабом 1:28 000 000 обладает размером 117х80 см. Выполнена из ламинированного картона плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
   <si>
     <t>995264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61e/84jdo6taov600lqnz27jqtnwd051phqs.jpg</t>
   </si>
   <si>
     <t>Карта мира физическая 120х78 см, 1:25М, с ламинацией, интерактивная, в тубусе, BRAUBERG, 112380</t>
   </si>
   <si>
     <t>На географической карте мира BRAUBERG отображаются названия континентов, океанов и морей, рек, гор, течений и т. д. Отправьтесь в волшебное путешествие вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Посетите самые удивительные места нашей планеты, узнайте о политическом устройстве разных стран, о населяющих планету животных и растениях. Рассмотрите главные мировые достопримечательности или запустите ракету в космос!Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут в изучении нового.Настенная физическая карта мира с масштабом 1:25 000 000 обладает размером 120х78 см. Выполнена из ламинированного картона плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
   <si>
     <t>995265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/hjfak2n0l3oxidh9jnvob9b4a2kavw5h.jpg</t>
   </si>
   <si>
     <t>Карта мира политическая 157х107 см, 1:21,5М, с ламинацией, интерактивная, в тубусе, BRAUBERG, 112390</t>
   </si>
   <si>
     <t>На политической карте мира BRAUBERG отображается современное политико-административное устройство мира: названия государств и их столицы, крупнейшие города и границы стран. Ниже расположены государственные флаги. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Начните свое путешествие в другие страны, наведя смартфон на государственные флаги. Помимо общих сведений о государствах, будут даны интересные факты о жителях, их обычаях и традициях. Возможности приложения на этом не заканчиваются: оно проведет пользователя по удивительным местам, поведает о растительном и животном мире, о первооткрывателях и космодромах, а также покажет достопримечательности. Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут в изучении мира.Настенная карта мира с масштабом 1:21 500 000 обладает размером 157х107 см. Выполнена из ламинированного картона плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
   <si>
     <t>996816</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/779/j28nu31elivq26rin1n58jd8x25vktvg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/213/zrt0gloixzxuosgqn89eq4hv7l2xchck.jpg</t>
   </si>
   <si>
     <t>Карта мира физическая 120х78 см, 1:25М, с ламинацией, интерактивная, европодвес, BRAUBERG, 112379</t>
   </si>
   <si>
     <t>На географической карте мира BRAUBERG отображаются названия континентов, океанов и морей, рек, гор, течений и т. д. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Отправьтесь в путешествие по самым удивительным местам мира, узнайте о его политическом устройстве, о населяющих мир животных и растениях. Рассмотрите главные мировые достопримечательности или запустите ракету в космос!Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут в изучении мира.Настенная физическая карта мира с масштабом 1:25 000 000 обладает размером 120х78 см. Выполнена из ламинированной бумаги плотностью 170 г/м2. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>997066</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba3/ovoesvff9ee9xrjitqxy8tgrsec5p2w2.jpg</t>
   </si>
   <si>
     <t>Карта мира физическая 199х134 см, 1:15,5М, с ламинацией, интерактивная, в тубусе, BRAUBERG, 112389</t>
   </si>
   <si>
     <t>На географической карте мира BRAUBERG отображаются названия континентов, океанов и морей, рек, гор, течений и т. д. Окунитесь в волшебный мир вместе с интерактивной картой мира BRAUBERG благодаря приложению IQ Globen!Отправьтесь в путешествие по самым удивительным местам мира, узнайте о его политическом устройстве, о населяющих мир животных и растениях. Рассмотрите главные мировые достопримечательности или запустите ракету в космос!Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту мира и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут в изучении мира.Настенная физическая карта мира с масштабом 1:15 500 000 обладает размером 199х134 см. Выполнена из ламинированного картона плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
   <si>
     <t>997067</t>
-  </si>
-[...10 lines deleted...]
-    <t>999052</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e8/95mkv03p20rvs4aj3r0mpo3lrbfvdp3q.jpg</t>
   </si>
   <si>
     <t>Карта России политико-административная 157х107см, 1:5,5М, в тубусе, интерактивная, BRAUBERG, 112400</t>
   </si>
   <si>
     <t>На политико-административной карте России BRAUBERG отображается современное политико-административное устройство Российской Федерации: названия регионов, их границы, административные центры, крупнейшие географические объекты и т. д. Узнать больше информации о России стало возможно благодаря приложению IQ Globen, способному превратить строгую карту в интерактивную энциклопедию!Любознательные помощники Ариша, Тема и Митя с четвероногими друзьями Астором и Ириской проведут пользователя по удивительным уголкам страны, познакомят с ее жителями и обитателями. Юные исследователи также поведают о ландшафте и политико-административном устройстве России, главных достопримечательностях и национальных богатствах, народах, населяющих страну, и животных, которых можно повстречать на ее просторах. Каждый объект теперь можно увеличить и рассмотреть на экране гаджета.Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту России и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут вам в изучении России.Настенная карта России с масштабом 1:5 500 000 обладает размером 157х107 см. Выполнена из ламинированного картона плотностью 170 г/м2. Поставляется в тубусе.</t>
   </si>
   <si>
     <t>999053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e2/gtmvad7dl1h0lcuc7d85jqdgwdi1wb38.jpg</t>
   </si>
   <si>
     <t>Карта России политико-административная 157х107см, 1:5,5М, интерактивная, европодвес, BRAUBERG, 112397</t>
   </si>
   <si>
     <t>На политико-административной карте России BRAUBERG отображается современное политико-административное устройство Российской Федерации: названия регионов, их границы, административные центры, крупнейшие географические объекты и т. д. Узнать больше информации о России стало возможно благодаря приложению IQ Globen, способному превратить строгую карту в интерактивную энциклопедию!Любознательные помощники Ариша, Тема и Митя с четвероногими друзьями Астором и Ириской проведут пользователя по удивительным уголкам страны, познакомят с ее жителями и обитателями. Юные исследователи также поведают о ландшафте и политико-административном устройстве России, главных достопримечательностях и национальных богатствах, народах, населяющих страну, и животных, которых можно повстречать на ее просторах. Каждый объект теперь можно увеличить и рассмотреть на экране гаджета.Скачайте приложение IQ Globen на IOS или Android, в главном меню выберите &amp;quot;Карты&amp;quot;, откройте карту России и наведите камеру на один из материков. Эффект дополненной реальности не заставит себя ждать. Герои приложения помогут вам в изучении России.Настенная карта России с масштабом 1:5 500 000 обладает размером 157х107 см. Выполнена из ламинированного картона плотностью 170 г/м2. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>999054</t>
   </si>
@@ -841,57 +790,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M36"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G36" sqref="G36"/>
+      <selection pane="bottomRight" activeCell="G32" sqref="G32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -967,743 +916,651 @@
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="F14" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="F18" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="F20" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G20" s="3" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="B25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>18</v>
-[...90 lines deleted...]
-      <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>