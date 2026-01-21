--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -12,100 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="319">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/847/rq00sddzfzci30xabflfxoi6sin13ixu.jpg</t>
+  </si>
+  <si>
+    <t>Бахилы КОМПЛЕКТ 100 штук  50 пар  в упаковке, ПРОЧНЫЕ, 39х15 см, 36 мкм, 4,5 г, ПНД, ЛАЙМА, 103425</t>
+  </si>
+  <si>
+    <t>Одноразовые бахилы – это экономичный и удобный способ соблюдения чистоты в общественных местах и промышленных зданиях. С их помощью предотвращается распространение уличной грязи, поддерживаются оптимальные санитарно-гигиенические условия помещений. Особо прочные бахилы имеют плотность материала от 30 до 65 мкм – чем больше значение мкм и вес бахил, тем они плотнее и, соответственно, крепче. Они обладают высокой устойчивостью к износу и большой толщиной плёнки.Летом, при сухой погоде, предпочтительнее бахилы класса &amp;quot;Эконом&amp;quot; и &amp;quot;Стандарт&amp;quot;. Сезон дождей, снегопада, слякоти требует использования прочных моделей.Полиэтиленовые бахилы – незаменимый расходный материал для помещений, требующих соблюдения особых условий чистоты. Благодаря одноразовым гладким бахилам исключается распространение грязи в условиях производств, лечебно-профилактических учреждений, на объектах пищевой промышленности, в лабораторных корпусах и научно-исследовательских центрах.Гладкие бахилы удобны в использовании – они легко надеваются и снимаются, плотно сидят на различных моделях обуви, способны растягиваться до 45 размера.Использовать одноразовые бахилы просто и удобно – надежная резинка плотно фиксирует защитный чехол на ноге, податливый и пластичный материал хорошо сидит даже на массивной обуви большого размера. Полиэтиленовые бахилы не скатываются и не рвутся во время носки – их возможно носить даже на обуви с каблуком.</t>
+  </si>
+  <si>
+    <t>Одноразовая одежда</t>
+  </si>
+  <si>
+    <t>389176</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/450/dtibezq3cd1zibt3qdyds7n3ha6z3bxx.jpg</t>
   </si>
   <si>
     <t>Бахилы КОМПЛЕКТ 100 штук  50 пар  в упаковке, СТАНДАРТ , 39х15 см, 26 мкм, 3,5 г, ПНД, ЛАЙМА, 103424</t>
   </si>
   <si>
     <t>Одноразовые бахилы – это экономичный и удобный способ соблюдения чистоты в общественных местах и промышленных зданиях. С их помощью предотвращается распространение уличной грязи, поддерживаются оптимальные санитарно-гигиенические условия помещений. Гладкие полиэтиленовые бахилы высокой прочности. Изготавливаются из качественного материала без добавления примесей – это позволяет добиться высокой плотности бахил &amp;#40;26 мкм&amp;#41;. При весе в 3 г бахилы имеют высокую устойчивость к износу, они не боятся растягивания и подойдут для большой обуви. Полиэтиленовые бахилы – незаменимый расходный материал для помещений, требующих соблюдения особых условий чистоты. Благодаря одноразовым гладким бахилам исключается распространение грязи в условиях производств, лечебно-профилактических учреждений, на объектах пищевой промышленности, в лабораторных корпусах и научно-исследовательских центрах.Гладкие бахилы удобны в использовании – они легко надеваются и снимаются, плотно сидят на различных моделях обуви, способны растягиваться до 45 размера. Использовать одноразовые бахилы просто и удобно – надежная резинка плотно фиксирует защитный чехол на ноге, податливый и пластичный материал хорошо сидит даже на массивной обуви большого размера. Полиэтиленовые бахилы не скатываются и не рвутся во время носки – их возможно носить даже на обуви с каблуком.</t>
   </si>
   <si>
-    <t>Одноразовая одежда</t>
-[...1 lines deleted...]
-  <si>
     <t>389177</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/175/5zitqcrprlq5yr0wkzpmou2vgegcsike.jpg</t>
   </si>
   <si>
     <t>Бахилы КОМПЛЕКТ 100 штук  50 пар  в упаковке, ЭКОНОМ, размер 39х15 см, 20 мкм, 2,5 г, ПНД, ЛАЙМА, 103423</t>
   </si>
   <si>
     <t>Одноразовые бахилы – это экономичный и удобный способ соблюдения чистоты в общественных местах и промышленных зданиях. С их помощью предотвращается распространение уличной грязи, поддерживаются оптимальные санитарно-гигиенические условия помещений. Бахилы – стандартный атрибут любого медицинского и фармацевтического учреждения, косметологических кабинетов, пищевых предприятий, особо чистых производств, лабораторий и других помещений. Среди многообразия современных моделей наибольшей популярностью пользуются тонкие бахилы. Они, как и особо прочные бахилы, плотно сидят на обуви и препятствуют распространению уличной пыли в заведениях. Бахилы класса «Эконом» производятся из гладкой полиэтиленовой пленки низкого давления. Эти бахилы обладают хорошими показателями плотности &amp;#40;20 мкм&amp;#41; и весом 2,2 г, надежностью и низкой стоимостью. Бахилы из полиэтилена изготавливаются в синем цвете и универсальном размере 40х14 см. Поставляются в комплекте по 100 штук &amp;#40;50 пар&amp;#41;.</t>
   </si>
   <si>
     <t>389178</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/9b9jk8rr1uzok4wuj63e0zpty1dggv42.jpg</t>
   </si>
   <si>
     <t>Бахилы КОМПЛЕКТ 100 штук  50 пар , ДВОЙНЫЕ  со стелькой , 39х14 см, 40 мкм, 4 г, ПНД, ЛАЙМА, 630720</t>
   </si>
   <si>
     <t>Бахилы ЛАЙМА – стандартный атрибут любого медицинского и фармацевтического учреждения, косметологических кабинетов, пищевых предприятий, особо чистых производств, лабораторий и других помещений. Одноразовые бахилы бело-синие с двойным дном обладают хорошими показателями плотности &amp;#40;40 мкм&amp;#41; и весом 4 г, а также надежностью. Бахилы из гладкой полиэтиленовой пленки низкого давления — прекрасное средство защиты полов и помещений от уличной грязи и пыли, т.к. они плотно сидят на обуви. Обладают универсальным размером 40х14 см. Поставляются в комплекте по 100 штук &amp;#40;50 пар&amp;#41;.</t>
   </si>
   <si>
     <t>617053</t>
@@ -158,134 +179,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fc0/c79ybicraxyq8wmyeoxmoqny3zk8rjld.jpg</t>
   </si>
   <si>
     <t>Фартуки полиэтиленовые, КОМПЛЕКТ 100 шт., одноразовые, СТАНДАРТ, размер 68 см х 110 см, плотность 12 мкм, ЛАЙМА, 610850</t>
   </si>
   <si>
     <t>Одноразовые фартуки LAIMA предназначены для использования на производствах, в пищевой промышленности и предприятиях общественного питания, в продовольственной торговле для соблюдения санитарно-гигиенических норм защиты продукции и производственной одежды. Одноразовые фартуки, освобождают работников от необходимости осуществлять частую стирку, сушку и глажку спецодежды.Предназначены для непродолжительного использования &amp;#40;в течение нескольких часов&amp;#41;. Они прочные и водонепроницаемые. К тому же полиэтиленовые фартуки термопластичны, что позволяет им сохранять свои свойства при температурных воздействиях. Они не требуют специальной утилизации после использования. Фартуки из полиэтилена гипоаллергенны, благодаря чему подходят даже тем, кто страдает от аллергических реакций.Фартуки изготовлены из полиэтилена плотностью 12 мкм. Имеют оптимальную толщину для комфортной работы. Размер - 68х110 см. Цвет - белый. Поставляются в пакете в количестве 100 штук..Преимущества:- отлично защищают от намокания и загрязнения;- оптимальная прочность;- простые в применении;- фирменная упаковка.</t>
   </si>
   <si>
     <t>629764</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Фартуки полиэтиленовые, КОМПЛЕКТ 100 шт., одноразовые, ЭКСТРА, размер 68 см х 110 см, плотность 16 мкм, ЛАЙМА, 610851</t>
   </si>
   <si>
     <t>Одноразовые фартуки LAIMA предназначены для использования на производствах, в пищевой промышленности и предприятиях общественного питания, в продовольственной торговле для соблюдения санитарно-гигиенических норм защиты продукции и производственной одежды. Одноразовые фартуки, освобождают работников от необходимости осуществлять частую стирку, сушку и глажку спецодежды.Предназначены для непродолжительного использования &amp;#40;в течение нескольких часов&amp;#41;. Они прочные и водонепроницаемые. К тому же полиэтиленовые фартуки термопластичны, что позволяет им сохранять свои свойства при температурных воздействиях. Они не требуют специальной утилизации после использования. Фартуки из полиэтилена гипоаллергенны, благодаря чему подходят даже тем, кто страдает от аллергических реакций.Фартуки изготовлены из полиэтилена плотностью 16 мкм. Имеют оптимальную толщину для комфортной работы. Размер - 68х110 см. Цвет - белый. Поставляются в пакете в количестве 100 штук.Преимущества:- отлично защищают от намокания и загрязнения;- оптимальная прочность;- простые в применении;- фирменная упаковка.</t>
   </si>
   <si>
     <t>629765</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fb1/one8yhpeiamqrbmyai411gvsc0eb3skw.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e37/t7gzdca6kuuoi3ineo84biovsddx4p52.jpg</t>
   </si>
   <si>
     <t>Тарелка одноразовая Комус d 210мм, белая, ПП, 50шт уп</t>
   </si>
   <si>
     <t>Тарелка одноразовая Комус d 210мм, белая, ПП, 50шт/уп</t>
   </si>
   <si>
     <t>881313</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/478/ijynuvahes1h63gdz3olmbmjzk22lal7.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/556/gms5y70r1rfedfbn522g9uq3cwp6i2um.jpg</t>
   </si>
   <si>
     <t>Держатель диспенсер контейнер корзина для пакетов, мешков, бахил APPLE, белый, LAIMA, 608368</t>
   </si>
   <si>
     <t>Держатель диспенсер контейнер корзина для пакетов — это вместительное пластиковое приспособление для компактного и упорядоченного хранения бытовых пакетов, салфеток, тряпок, туалетной бумаги, бумажных полотенец, бахил, одноразовых тряпок и салфеток и т.д. Возможна установка на столе либо крепление к любой вертикальной поверхности: стене, дверце шкафчика при помощи саморезов. Также можно крепить при помощи двухстороннего скотча &amp;#40;крепление в комплект не входит&amp;#41;. Корзинка поставляется в разобранном виде с прочными защелками. Сборка очень простая – достаточно согнуть в местах сгиба и защелкнуть защелки.Материал изделия гибкий, не подвержен растрескиванию на сгибах. Не имеет запаха и не требователен в уходе.</t>
   </si>
   <si>
     <t>943606</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/zt3zg7s8f2nv64g8pio09ds2q2hpes2l.jpg</t>
   </si>
   <si>
     <t>Держатель диспенсер контейнер корзина для пакетов, мешков, бахил APPLE, графит, LAIMA, 608367</t>
   </si>
   <si>
     <t>943607</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8b/nz2g250i34slrngqv5b50a2rfl4cczsy.jpg</t>
   </si>
   <si>
     <t>Тапочки одноразовые  quot;Антикризисные quot; закрытые КОМПЛЕКТ 25 пар спанбонд, р. 37-42, белые, SMZ</t>
@@ -428,80 +380,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/edf/t7b7nvrjyqz1n04tr9r2jstjc0krr4nz.jpg</t>
   </si>
   <si>
     <t>Простыня белая рулонная с перфорацией 100 шт., 80х200 см, спанбонд 12 г м2, LAIMA UNIVERSAL, 631141</t>
   </si>
   <si>
     <t>Нестерильные одноразовые простыни LAIMA Professional с перфорацией. Изготовлены из нетканого материала спанбонд. Подходят для установки в держатели рулонных простыней для кушеток и столов. Одноразовые простыни обеспечивают личную гигиену и комфорт во время проведения процедур в косметологических, массажных кабинетах, SPA-салонах.- В одном рулоне 100 штук. - Размер одной простыни – 80х200 см.- Материал – спанбонд.- Плотность материала – 12 г/м2.- Цвет – белый.</t>
   </si>
   <si>
     <t>975150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e94/p34ygl86wucagb5xw1tktjcvlk0tejz1.jpg</t>
   </si>
   <si>
     <t>Простыня голубая рулонная с перфорацией 100 шт., 70х200 см, спанбонд 12 г м2, LAIMA UNIVERSAL, 631139</t>
   </si>
   <si>
     <t>Нестерильные одноразовые простыни LAIMA Professional с перфорацией. Изготовлены из нетканого материала спанбонд. Подходят для установки в держатели рулонных простыней для кушеток и столов. Одноразовые простыни обеспечивают личную гигиену и комфорт во время проведения процедур в косметологических, массажных кабинетах, SPA-салонах.- В одном рулоне 100 штук. - Размер одной простыни – 70х200 см.- Материал – спанбонд.- Плотность материала – 12 г/м2.- Цвет – голубой.</t>
   </si>
   <si>
     <t>975151</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74d/srlwrwlw65ncszg6ev5aw2dvyu1k9zc9.jpg</t>
-[...8 lines deleted...]
-    <t>975680</t>
+    <t>http://anytos.ru//upload/iblock/a6e/24yees00khqkkcqrv62dgi4kcipkjps8.jpg</t>
+  </si>
+  <si>
+    <t>Бахилы MERIDIAN ПРОЧНЫЕ 3,8 грамма, зеленые, КОМПЛЕКТ 100 штук  50 пар , 40х15 см, ПНД</t>
+  </si>
+  <si>
+    <t>Незаменимы для средней длительности защиты помещения от загрязнений и опасных микроорганизмов, которые могут находится на подошве обуви. Бахилы класса &amp;quot;прочные&amp;quot; – лучшее решение по соотношению &amp;quot;цена - качество&amp;quot;! Бахилы одноразовые ПРОЧНЫЕ изготовлены из полиэтилена низкого давления &amp;#40;первичное сырье&amp;#41; толщиной 24 мкм. В упаковке – 100 штук / 50 пар.Бахилы одноразовые зеленого цвета с одинарной резинкой, однослойные. Изделие широко применяется в медицинских учреждениях &amp;#40;ЛПУ, ветеринария, лаборатории&amp;#41;, на пищевых и непищевых производствах, в развлекательных, спортивных, образовательных учреждениях, а также в отелях, ресторанах и салонах красоты. Вес одной пары – 3,8 г. Отклонения от указанных параметров &amp;#43;/- 10&amp;#37;.</t>
+  </si>
+  <si>
+    <t>975681</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meridian/"&gt;Meridian&lt;/a&gt;</t>
   </si>
   <si>
-    <t>4</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/31c/vfktii0gpjat0avt24id7t94czbdyt5m.jpg</t>
   </si>
   <si>
     <t>Бахилы MERIDIAN ПРОЧНЫЕ 3,8 грамма, синие, КОМПЛЕКТ 100 штук  50 пар , 40х15 см, ПНД</t>
   </si>
   <si>
     <t>Незаменимы для средней длительности защиты помещения от загрязнений и опасных микроорганизмов, которые могут находится на подошве обуви. Бахилы класса &amp;quot;прочные&amp;quot; – лучшее решение по соотношению &amp;quot;цена - качество&amp;quot;! Бахилы одноразовые ПРОЧНЫЕ изготовлены из полиэтилена низкого давления &amp;#40;первичное сырье&amp;#41; толщиной 24 мкм. В упаковке – 100 штук / 50 пар.Бахилы одноразовые синего цвета с одинарной резинкой, однослойные.Изделие широко применяется в медицинских учреждениях &amp;#40;ЛПУ, ветеринария, лаборатории&amp;#41;, на пищевых и непищевых производствах, в развлекательных, спортивных, образовательных учреждениях, а также в отелях, ресторанах и салонах красоты. Вес одной пары - 3,8 г. Отклонения от указанных параметров &amp;#43;/- 10&amp;#37;.</t>
   </si>
   <si>
     <t>975682</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e89/5yytz0dg12j7kmg06ygm3j4kqjb9qaxg.jpg</t>
   </si>
   <si>
     <t>Бахилы MERIDIAN СТАНДАРТ 2,3 грамма, зеленые, КОМПЛЕКТ 100 штук  50 пар , 40х15 см, ПНД</t>
   </si>
   <si>
     <t>Незаменимы для средней длительности защиты помещения от загрязнений и опасных микроорганизмов, которые могут находится на подошве обуви. Бахилы класса &amp;quot;стандарт&amp;quot; – лучшее решение по соотношению &amp;quot;цена - качество&amp;quot;! Бахилы одноразовые СТАНДАРТ изготовлены из полиэтилена низкого давления &amp;#40;первичное сырье&amp;#41; толщиной 14 мкм. В упаковке – 100 штук / 50 пар.Бахилы одноразовые зеленого цвета с одинарной резинкой, однослойные. Изделие широко применяется в медицинских учреждениях &amp;#40;ЛПУ, ветеринария, лаборатории&amp;#41;, на пищевых и непищевых производствах, в развлекательных, спортивных, образовательных учреждениях, а также в отелях, ресторанах и салонах красоты. Вес одной пары – 2,3 г. Отклонения от указанных параметров &amp;#43;/- 10&amp;#37;.</t>
   </si>
   <si>
     <t>975684</t>
   </si>
   <si>
     <t>Бахилы MERIDIAN СТАНДАРТ 2,3 грамма, синие, КОМПЛЕКТ 100 штук  50 пар , 40х15 см, ПНД</t>
@@ -542,50 +479,56 @@
   <si>
     <t>975694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cf/b9rh84s27i0rnksssaegspd53drkd34g.jpg</t>
   </si>
   <si>
     <t>Халат одноразовый голубой на кнопках КОМПЛЕКТ 10 шт., XL, 110 см, резинка, 20 г м2, СНАБЛАЙН</t>
   </si>
   <si>
     <t>975695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/b2nsi1306q9sddg91lvxl7m4wqs8d5ve.jpg</t>
   </si>
   <si>
     <t>Халат одноразовый голубой на кнопках КОМПЛЕКТ 10 шт., XL, 110 см, резинка, 25 г м2, СНАБЛАЙН</t>
   </si>
   <si>
     <t>Халат СНАБЛАЙН из нетканого материала с кнопочной застежкой и рукавами на резинке – защитная одежда для работников, подвергающихся риску химического или биологического воздействия, брызгам и испарениям. Комфортный в эксплуатации, прочный одноразовый халат изготовлен из воздухопроницаемого спанбонда плотностью 25 г/м2. Рукава на резинке препятствуют попаданию загрязнений на кожу рук и одежду.Одноразовый халат является важным средством специальной защиты для сотрудников медицинских учреждений, салонов красоты, пищевых предприятий, лабораторий, клининговых служб и складов.</t>
   </si>
   <si>
     <t>975696</t>
   </si>
   <si>
+    <t>Халат одноразовый голубой на кнопках КОМПЛЕКТ 10 шт., XXL, 110 см, резинка, 25 г м2, СНАБЛАЙН</t>
+  </si>
+  <si>
+    <t>975698</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ddd/5ab7q3j7z2tki18pdqkjdqbeo955brai.jpg</t>
   </si>
   <si>
     <t>Халат одноразовый голубой на липучке КОМПЛЕКТ 10 шт., XL, 110 см, резинка, 20 г м2, СНАБЛАЙН</t>
   </si>
   <si>
     <t>975699</t>
   </si>
   <si>
     <t>Халат одноразовый голубой на липучке КОМПЛЕКТ 10 шт., XXL, 110 см, резинка, 20 г м2 СНАБЛАЙН</t>
   </si>
   <si>
     <t>975700</t>
   </si>
   <si>
     <t>Халат одноразовый белый на кнопках КОМПЛЕКТ 10 шт., XXL, 110 см, резинка, 25 г м2, СНАБЛАЙН</t>
   </si>
   <si>
     <t>979427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e24/yjzkxflaf8thdgbqle3pe7g6e0za42p2.jpg</t>
   </si>
   <si>
     <t>Бахилы одноразовые OfficeClean  quot;Стандарт quot; 20мкм, 2,8г, ПНД, 100  первичный, размер 40 13,5см, пара</t>
@@ -596,234 +539,117 @@
   <si>
     <t>982968</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba2/v9hnits3wfdpkgx7kbblzbhfojsvsqym.jpg</t>
   </si>
   <si>
     <t>Бахилы одноразовые OfficeClean  quot;Эконом quot; 10мкм, 1,8г, ПНД, 100  первичный, размер 40 13см, пара</t>
   </si>
   <si>
     <t>Бахилы одноразовые OfficeClean &amp;quot;Эконом&amp;quot; 10мкм, 1,8г, ПНД, 100&amp;#37; первичный, размер 40*13см, пара</t>
   </si>
   <si>
     <t>982971</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fc/mh119v0oiq123t2qnggs5l9764u4n1f1.jpg</t>
-[...44 lines deleted...]
-    <t>989657</t>
+    <t>http://anytos.ru//upload/iblock/401/7z47w4idadci4f6731e18tjdk1mp431n.jpg</t>
+  </si>
+  <si>
+    <t>Нарукавники одноразовый белый НАРБ-3 50 пар  уп</t>
+  </si>
+  <si>
+    <t>Нарукавники одноразовый белый НАРБ-3 50 пар/ уп</t>
+  </si>
+  <si>
+    <t>989806</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/364/1u2d5rc4kgzqp96bfn4e7mhbnv0xdzih.jpg</t>
+  </si>
+  <si>
+    <t>Тапочки одноразовые МахрКлассикПлюс 160г м2 белые закр.мыс ЭВА3,5 100пар уп</t>
+  </si>
+  <si>
+    <t>Тапочки одноразовые МахрКлассикПлюс 160г/м2 белые закр.мыс ЭВА3,5 100пар/уп</t>
+  </si>
+  <si>
+    <t>989846</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/438/79lh1ujmqlygn6a4r9fmmo0s03u1yym8.jpg</t>
+  </si>
+  <si>
+    <t>Бахилы КОМПЛЕКТ 100 шт.  50 пар  в упаковке, СТАНДАРТ, размер 40х14 см, 2,8 г, ПНД, LAIMA, 104979</t>
+  </si>
+  <si>
+    <t>Одноразовые бахилы ЛАЙМА – это экономичный и удобный способ соблюдения чистоты в общественных местах и промышленных зданиях. С их помощью предотвращается распространение уличной грязи, поддерживаются оптимальные санитарно-гигиенические условия помещений. Бахилы – стандартный атрибут любого медицинского и фармацевтического учреждения, косметологических кабинетов, пищевых предприятий, особо чистых производств, лабораторий и других помещений. Среди многообразия современных моделей наибольшей популярностью пользуются тонкие бахилы. Они, как и особо прочные бахилы, плотно сидят на обуви и препятствуют распространению уличной пыли в заведениях. Бахилы класса «Стандарт» производятся из гладкой полиэтиленовой пленки низкого давления. Эти бахилы обладают хорошими показателями плотности &amp;#40;22 мкм&amp;#41; и весом 2,8 г, надежностью и низкой стоимостью. Бахилы из полиэтилена изготавливаются в синем цвете и универсальном размере 40х14 см. Поставляются в комплекте по 100 штук &amp;#40;50 пар&amp;#41;.</t>
+  </si>
+  <si>
+    <t>999331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21e/ikx57j6dubt14zjpz18u8txn0uo3ufm2.jpg</t>
+  </si>
+  <si>
+    <t>Бахилы КОМПЛЕКТ 100 штук  50 пар , ДЕТСКИЕ, размер 30х12 см, 2 г, ПНД, оранжевые, LAIMA, 104983</t>
+  </si>
+  <si>
+    <t>Для детей, как нельзя лучше, подойдет эта удобная модель. Одноразовые бахилы изготовлены из полиэтилена плотностью 20 мкм, длина изделия 30 см. Легко и надежно фиксируется на обуви. Обеспечивают полную защиту от грязи и пыли при самом интенсивном ношении. Детские одноразовые бахилы из полиэтилена низкого давления рекомендуется купить для поддержания надлежащего уровня чистоты и гигиены в школах и детских садах, поликлиниках и стационарах, кинотеатрах и развлекательных центрах. Детские бахилы отлично подходят:• для детского сада,• начальной школы,• детской поликлиники,• развивающих центров,• бассейнов, где среди посетителей много детей.Бахилы стандартных размеров не всегда хорошо садятся на детскую обувь, их приходится укорачивать или завязывать на концах. Приобретая специальные одноразовые бахилы для детей, вы гарантируете маленьким пациентам поликлиник и воспитанникам дошкольных учреждений удобство и комфорт, а главное – полную безопасность. Неудобные бахилы больших размеров могут стать причиной падения и травмы ребенка.</t>
+  </si>
+  <si>
+    <t>999332</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9a5/nfhiok709gak9ekgf8j77myn3nwimqvl.jpg</t>
-[...131 lines deleted...]
-    <t>999332</t>
+    <t>http://anytos.ru//upload/iblock/1ea/ujrr7vrkondem84yon8lcsoc04zmwkn7.jpg</t>
+  </si>
+  <si>
+    <t>Бахилы КОМПЛЕКТ 100 штук  50 пар , ОСОБО ПРОЧНЫЕ, размер 40х14 см, 55 мкм, 6 г, ПНД, LAIMA, 104980</t>
+  </si>
+  <si>
+    <t>Бахилы ОСОБО ПРОЧНЫЕ с двойной резинкой изготовлены из полиэтилена плотностью 55 мкм, вес пары - 6 г, размер - 40х14 см. Данный вид бахил подойдет для длительного и интенсивного ношения, а также для использования в плохую, ненастную погоду &amp;#40;снег, дождь&amp;#41;. Одноразовые особо прочные бахилы - удобные, влагостойкие, легкие в использовании. Они не заменимы в учреждениях и компаниях, где внимательно относятся к чистоте, гигиене и безопасности сотрудников и посетителей.Гладкие бахилы удобны в использовании – они легко надеваются и снимаются, плотно сидят на различных моделях обуви. Использовать одноразовые бахилы просто и удобно – надежная резинка плотно фиксирует защитный чехол на ноге, податливый и пластичный материал хорошо сидит даже на массивной обуви большого размера. Полиэтиленовые бахилы не скатываются и не рвутся во время носки – их возможно носить даже на обуви с каблуком.</t>
+  </si>
+  <si>
+    <t>999333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be0/l8xxiyu3pd31dz07bhz4u3lcieldefaj.jpg</t>
   </si>
   <si>
     <t>Бахилы КОМПЛЕКТ 30 штук  15 пар , СВЕРХПРОЧНЫЕ, двойная резинка, 40х14 см, 100 мкм, 10 г, LAIMA, 104981</t>
   </si>
   <si>
     <t>Бахилы СВЕРХПРОЧНЫЕ – самые крепкие одноразовые изделия премиум-класса длиной 40 см, весом 10 г, плотностью 100 мкм. Из-за высокой плотности данные бахилы предназначены для длительного использования. Это бахилы с максимальной толщиной и износостойкостью. Бахилы СВЕРХПРОЧНЫЕ – это бахилы с максимально высокими функциональными качествами. Они необходимы в том случае, когда расстояния в учреждении огромные, или когда посетителям общественного места приходится много ходить Эти бахилы с успехом используются везде, где предъявляются особенные требования к чистоте и стерильности. Это медицинские заведения, производства, прежде всего – на предприятиях пищевой и фармацевтической промышленности, а также в различных лабораториях и институтах.Бахилы двухслойные: - основа: цвет синий, толщина двух слоев 30 мкм*; - подложка: цвет синий;- толщина бахилы в области подошвы 100 мкм*; - подошва двухслойная.Материал – полиэтилен низкого давления и полиэтилен высокого давления В верхнюю часть бахилы вварена двойная резинка На торцах бахилы расположены два дополнительных шва для более надежной фиксации резинки</t>
   </si>
   <si>
     <t>999334</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/kcwdayhhkpoigfjc575630u550qolje4.jpg</t>
   </si>
   <si>
     <t>Бахилы КОМПЛЕКТ 50 штук  25 пар , ДВОЙНЫЕ  со стелькой , 40х14 см, 80 мкм, 6,5 г, ПНД, LAIMA, 104982</t>
   </si>
   <si>
     <t>Одноразовые бахилы ЛАЙМА с двойной резинкой и двойным дном изготавливаются из полиэтилена, усиленного модифицированными добавками. В области подошвы используется двойной слой материала, придающий эффект антискольжения и повышающий прочность изделия. Бахилы – стандартный атрибут любого медицинского и фармацевтического учреждения, косметологических кабинетов, пищевых предприятий, особо чистых производств, лабораторий и других помещений. Бахилы плотно сидят на обуви и препятствуют распространению уличной пыли в заведениях. Производятся из гладкой полиэтиленовой пленки низкого давления. Эти бахилы обладают хорошими показателями плотности &amp;#40;80 мкм&amp;#41; и весом 6,5 г, надежностью и низкой стоимостью. Бахилы из полиэтилена изготавливаются в бело-синем цвете и универсальном размере 40х14 см. Поставляются в комплекте по 50 штук &amp;#40;25 пар&amp;#41;.</t>
   </si>
@@ -1339,1810 +1165,1508 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J80"/>
+  <dimension ref="A1:M64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G80" sqref="G80"/>
+      <selection pane="bottomRight" activeCell="G64" sqref="G64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...15 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="G17" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B23" s="1" t="s">
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="B34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="F23" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B24" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...240 lines deleted...]
-      </c>
       <c r="G34" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>142</v>
+        <v>98</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="F36" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="F38" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="B39" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="C39" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="F39" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="C40" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B40" s="1" t="s">
+      <c r="C41" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F42" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="G42" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B42" s="1" t="s">
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="B43" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="F43" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G43" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="B44" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>117</v>
+        <v>182</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>110</v>
+        <v>185</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>114</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>187</v>
+        <v>17</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>187</v>
+        <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G54" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...75 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F58" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...63 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G58" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>222</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>222</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>222</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>14</v>
+        <v>222</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>14</v>
+        <v>222</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>210</v>
-[...367 lines deleted...]
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">