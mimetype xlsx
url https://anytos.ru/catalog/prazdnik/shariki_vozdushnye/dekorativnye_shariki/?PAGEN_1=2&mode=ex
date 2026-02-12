--- v0 (2025-11-13)
+++ v1 (2026-02-12)
@@ -12,106 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="497">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/208/208c5178728196d45d66a3c0bddecc43/a757efe2c2ffe493f57a2ec3f24d6990.jpg</t>
   </si>
   <si>
     <t>10 quot; 25см Пастель Декоратор ассорти 100шт</t>
   </si>
   <si>
     <t>Воздушные шары из натурального латекса. Ассорти из 14 цветов воздушных шаров двух типов - пастель и декоратор. Ассорти цветов собрано в случайном соотношении, исключая воздушные шары темных цветов, а также белый цвет и прозрачные воздушные шары. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа пастель характеризуются нежными, пастельными цветами, они непрозрачны и имеют мягкий блик. Воздушные шары типа декоратор характеризуются обширной цветовой палитрой и в зависимости от цвета бывают полупрозрачными и матовыми. Воздушные шары пастель и декоратор в ассорти предназначены для оформления и продажи в розницу.</t>
   </si>
   <si>
     <t>Декоративные шарики</t>
   </si>
   <si>
     <t>553741</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/00b/00b22200b7814783ff2139e2bff1241b/c3527acad6dd5fa21be73d72f3c0c8a8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a37/a37e5fff97a1cbacf1cb68d478c328ad/fb715e6177d4f180aa494a7a823af366.jpg</t>
   </si>
   <si>
     <t>11 quot; 28см Хром PLATINUM Blue 25шт</t>
   </si>
   <si>
     <t>553745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c3/6c37f434543e89c4a75148bae43df55a/9bc750f3527902bed2606cbc75d29e2c.jpg</t>
   </si>
   <si>
     <t>11 quot; 28см Хром PLATINUM Gold 25шт</t>
   </si>
   <si>
     <t>553746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76b/76b75907fe6077b91953c26cb5254d78/24b965956b7b83d683a3a8e39c8fff0a.jpg</t>
   </si>
   <si>
     <t>11 quot; 28см Хром PLATINUM Green 25шт</t>
   </si>
   <si>
     <t>553747</t>
@@ -206,86 +203,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ffa/ffa989b009ed84c78dce70d3c963c9d1/48577a70d6bc5fbc1dd4e20cc14cd288.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Декоратор JADE GREEN 054 100шт</t>
   </si>
   <si>
     <t>Одноцветные воздушные шары из натурального латекса одного типа - декоратор. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти воздушные шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа декоратор цвета JADE GREEN 054 являются матовыми и имеют мягкий блик. Воздушные шары 12/30см Декоратор предназначены для оформления и продажи в розницу, а также идеально подходят для рекламной печати на воздушных шарах.</t>
   </si>
   <si>
     <t>553757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/134/1347c3cd461bab7dd3f99d895828c962/94048d279292f79eebf006210f77b2f9.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Декоратор KIWI 993 100шт</t>
   </si>
   <si>
     <t>Одноцветные воздушные шары из натурального латекса одного типа - декоратор. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти воздушные шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа декоратор цвета KIWI являются полупрозрачными и имеют выраженный блик. Воздушные шары 12/30см Декоратор предназначены для оформления и продажи в розницу, а также идеально подходят для рекламной печати на воздушных шарах.</t>
   </si>
   <si>
     <t>553758</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5d2/5d247119189b865a91b318e0b0f4adfe/60d5e969b0090c7446e79c203f1b25c8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fed/fed2c28572a261366c8b06b4bd6de7f1/d0c373ebc073c6a75916fb5bb500b823.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Декоратор ROYAL BLUE 044 100шт</t>
   </si>
   <si>
     <t>Одноцветные воздушные шары из натурального латекса одного типа - декоратор. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти воздушные шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа декоратор цвета ROYAL BLUE 044 являются матовыми и имеют мягкий блик. Воздушные шары 12/30см Декоратор предназначены для оформления и продажи в розницу, а также идеально подходят для рекламной печати на воздушных шарах.</t>
   </si>
   <si>
     <t>553760</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f1/0f130dad82ce59192cfb6b18e72eb82e/14288f8fc9a7ae4879dc98151e6c6c3d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/028/02857712a0828bfcee22b8a599cffe5a/2d82a712b79c39a820bad08afb748429.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Декоратор ассорти 100шт</t>
   </si>
   <si>
     <t>Воздушные шары из натурального латекса. Ассорти из 18 цветов воздушных шаров одного типа - декоратор. Ассорти цветов собрано в случайном соотношении, исключая воздушные шары темных цветов, а также белый цвет и прозрачные воздушные шары. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа декоратор характеризуются обширной цветовой палитрой и в зависимости от цвета бывают полупрозрачными и матовыми. Воздушные шары декоратор в ассорти предназначены для оформления и продажи в розницу.</t>
   </si>
   <si>
     <t>553762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c7/4c7ab45c9e9eaf0ee7d05583b67efc1a/24200a2e441e29c2f18657b0b4f933b3.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Кристалл Bubble ассорти 100шт</t>
   </si>
   <si>
     <t>Ассорти полупрозрачных воздушных шаров с разноцветными оттенками. Декор в виде мыльных пузырей на вашем празднике. Размер шаров - 12 дюймов.</t>
   </si>
   <si>
     <t>553763</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/8b977bfa0769d1cc44e44c5d6d28c461/970d19604230edb5048f369ea19c2c44.jpg</t>
@@ -584,50 +557,62 @@
   <si>
     <t>Новый оттенок воздушных шаров - перламутровое розовое золото. Такие шары будут стильно смотрется как в букете, так и по отдельности.</t>
   </si>
   <si>
     <t>553808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd3/dd35d8eaf7da588a5ed67e9c6f3434b3/0537c773df66a323535cd40907b8ea8d.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Перламутр VIOLET 076 100шт</t>
   </si>
   <si>
     <t>553809</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/489/4892b74526993094aea67a0826262653/d017d691faecab7a912580630a5c6ccf.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Перламутр WHITE 072 100шт</t>
   </si>
   <si>
     <t>553810</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/077/077c47ec504bc77bdc564e1c5de1854b/4a58735f09897a85cbc934f23dac6fb5.jpg</t>
+  </si>
+  <si>
+    <t>12 quot; 30см Упаковка с хедером Х64 Пастель Декоратор ассорти 10шт</t>
+  </si>
+  <si>
+    <t>Воздушные шары из натурального латекса. Ассорти цветов воздушных шаров двух типов - пастель и декоратор. Ассорти цветов собрано в случайном соотношении, исключая воздушные шары темных цветов, а также белый цвет и прозрачные воздушные шары. Воздушные шары представлены в упаковке под фирменным хедером Патибум. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа пастель характеризуются нежными, пастельными цветами, они непрозрачны и имеют мягкий блик. Воздушные шары типа декоратор характеризуются обширной цветовой палитрой и в зависимости от цвета бывают полупрозрачными и матовыми. Воздушные шары пастель и декоратор в ассорти предназначены для оформления и продажи в розницу.</t>
+  </si>
+  <si>
+    <t>553811</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/317/3177abac2b2705a9a3d3cdfb104b42ab/c1b47a45650debdc4914d145f4caa0cf.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Упаковка с хедером Х65 Металлик и перламутр ассорти 10шт</t>
   </si>
   <si>
     <t>Воздушные шары из натурального латекса. Ассорти из воздушных шаров двух типов - металлик и перламутр. Ассорти цветов собрано в случайном соотношении, исключая воздушные шары металлик темных цветов и серебрянного цвета, а также цвета воздушных шаров перламут: белый, персиковый и слоновая кость. Воздушные шары представлены в упаковке под фирменным хедером Патибум. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа металлик характеризуются ярко выраженным металлическим блеском, они непрозрачны и имеют активный блик. Воздушные шары типа перламутр характеризуются более нежными, чем у металлика, цветами воздушных шаров и имеют более мягкий, рассеянный блик. Воздушные шары металлик и перламутр в ассорти предназначены для оформления и продажи в розницу.</t>
   </si>
   <si>
     <t>553812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/daa/daaf4bba196f1ce0394dbaf72f7714a7/635136044b18e567b9353f7e68c69ab6.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Шар LINKING Декоратор PINK 50шт</t>
   </si>
   <si>
     <t>Одноцветные воздушные шары линкинги из натурального латекса одного типа - декоратор. Линкинги - это воздушные шары с двумя хвостиками - у горловины и на макушке шара. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти воздушные шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа декоратор цвета PINK 052 являются матовыми и имеют мягкий блик. Воздушные шары линкинги декоратор предназначены для оформления воздушными шарами.</t>
   </si>
   <si>
     <t>553817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ad/3ade2fdab5e81a6820c42a84fc7917e1/058a9762041da5068f65f8835064e2c1.jpg</t>
@@ -851,98 +836,80 @@
   <si>
     <t>5 quot; 13см Металлик MEXICAN PINK 637 100шт</t>
   </si>
   <si>
     <t>553873</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b09/b093e5981153354d4ee433ac182b9bac/22f8390190eeb3603bbec19cb3a19989.jpg</t>
   </si>
   <si>
     <t>5 quot; 13см Металлик SILVER 026 100шт</t>
   </si>
   <si>
     <t>553877</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/613/613cd258db5dc33b0acec4528202343d/412f8fc04bb979e8dc381caeab2fc8d5.jpg</t>
   </si>
   <si>
     <t>5 quot; 13см Металлик и перламутр ассорти 100шт</t>
   </si>
   <si>
     <t>553879</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc0/bc022d5c55434b6382c23a6ab0d318ed/85dd987b26fec395d1ff0eea33737e49.jpg</t>
-[...2 lines deleted...]
-    <t>5 quot; 13см Пастель DARK BLUE 003 100шт</t>
+    <t>http://anytos.ru//upload/iblock/b74/b74f1a84ed9212b0f1df6e157d8c0035/c22ee59920eebaa962b3056e38d4210c.jpg</t>
+  </si>
+  <si>
+    <t>5 quot; 13см Пастель DARK GREEN 009 100шт</t>
   </si>
   <si>
     <t>Одноцветные воздушные шары из натурального латекса одного типа - пастель. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти воздушные шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа пастель характеризуются нежными, пастельными цветами, они непрозрачны и имеют мягкий блик. Такие воздушные шары предназначены для оформления воздушными шарами.</t>
   </si>
   <si>
-    <t>553880</t>
-[...7 lines deleted...]
-  <si>
     <t>553881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d9/5d9fefcf0a15033e493645657209cb0a/d61bd42ce1cfcf40fb8a2ed4574c222c.jpg</t>
   </si>
   <si>
     <t>5 quot; 13см Пастель LIGHT BLUE 002 100шт</t>
   </si>
   <si>
     <t>553882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ad/9adf0843269e656ffcff638f0ff7af92/827475227ab6809ea010ef57ce6ea156.jpg</t>
   </si>
   <si>
     <t>5 quot; 13см Пастель LIGHT GREEN 008 100шт</t>
   </si>
   <si>
     <t>553883</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0bf/0bf34529c7e0d88df826033f06741522/d20ed07cd717e5502d6d6a7ec20b291c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc7/bc71fbafa9496c64b8fc782c949ab1f4/6b905b0229d036b819e6d6ce33f16bed.jpg</t>
   </si>
   <si>
     <t>5 quot; 13см Пастель PINK 007 100шт</t>
   </si>
   <si>
     <t>553886</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11e/11e3e60e6bff94ba15286e9a012d6407/92adb09b075bc93e2bd2842b5a8104af.jpg</t>
   </si>
   <si>
     <t>5 quot; 13см Пастель RED 006 100шт</t>
   </si>
   <si>
     <t>553887</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/036/036e14baa2158d34c46af7e87f915646/c386f6ef9517aadbe0c7a0779b81a76e.jpg</t>
   </si>
   <si>
     <t>5 quot; 13см Пастель WHITE 004 100шт</t>
   </si>
   <si>
     <t>553888</t>
@@ -1017,53 +984,50 @@
     <t>553907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a5/1a5d4b9ee63636c79280684154b30654/d4cca3b1de0afe3e62c80a3570b5861e.jpg</t>
   </si>
   <si>
     <t>9 quot; 23см Пастель ассорти 100шт</t>
   </si>
   <si>
     <t>553910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46b/46b01cafea45f335f578dcfd64b349b8/b644c4eb06d6db09b53484932041752d.jpg</t>
   </si>
   <si>
     <t>9 quot; 23см Пастель Декоратор ассорти 100шт</t>
   </si>
   <si>
     <t>553911</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b9/9b9e0fa0db760d64c39fb00c8b8d7af0/ac4b2f8fc1bd08a90f2874e0e31bc78f.jpg</t>
   </si>
   <si>
     <t>9 quot; 23см Упаковка с хедером Х63 Пастель Декоратор ассорти 10шт</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воздушные шары из натурального латекса. Ассорти цветов воздушных шаров двух типов - пастель и декоратор. Ассорти цветов собрано в случайном соотношении, исключая воздушные шары темных цветов, а также белый цвет и прозрачные воздушные шары. Воздушные шары представлены в упаковке под фирменным хедером Патибум. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа пастель характеризуются нежными, пастельными цветами, они непрозрачны и имеют мягкий блик. Воздушные шары типа декоратор характеризуются обширной цветовой палитрой и в зависимости от цвета бывают полупрозрачными и матовыми. Воздушные шары пастель и декоратор в ассорти предназначены для оформления и продажи в розницу.</t>
   </si>
   <si>
     <t>553912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/502/502ebbb135acc511461c7c3b45f28f39/e0597ce177e40cb17b48c4cf4e8f04ea.jpg</t>
   </si>
   <si>
     <t>Упаковка с хедером Х07 Панчболл с рис 5шт</t>
   </si>
   <si>
     <t>Панч болы - воздушные шары - игрушки. Такие воздушные шары на макушке имеют резинку, благодаря которой ими можно играть как раскидайчиками. Воздушные шары представлены в упаковке под фирменным хедером Патибум. Воздушные шары панч болы предназначены для розничной продажи и могут продаваться как в надутом, так и в не надутов виде. Эти воздушные шары могут надуваться как воздухом, так и гелием.</t>
   </si>
   <si>
     <t>553915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e6/8e6f65698e2b1e7c34a4a2fac458c08d/cd5f5872e38fc179fbe94d1668071bfa.jpg</t>
   </si>
   <si>
     <t>12 quot; 30см Декоратор TRANSPARENT наполнение круги конфетти фольга золото серебро 2шт</t>
   </si>
   <si>
     <t>Невероятно красивые воздушные шары с фольгированными конфетти в удобном формате для розничных магазинов!</t>
   </si>
@@ -1909,2871 +1873,2803 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I137"/>
+  <dimension ref="A1:L133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G137" sqref="G137"/>
+      <selection pane="bottomRight" activeCell="G133" sqref="G133"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>37</v>
+      </c>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="F27" s="3" t="s">
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F28" s="3" t="s">
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...433 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...792 lines deleted...]
-      </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>105</v>
+        <v>327</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>164</v>
+        <v>331</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>10</v>
+        <v>335</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>357</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>357</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F100" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...15 lines deleted...]
-    <row r="101" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G100" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>357</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B129" s="1" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="B133" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>13</v>
-[...91 lines deleted...]
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">