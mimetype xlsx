--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1582">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1578">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/50d/50d176e92d90c450e1170d8366284123/f5efa3a5dc4ae7c1ccab2e076a9518f8.jpg</t>
   </si>
   <si>
     <t>Фигура Снеговик Олаф 63см X 63см</t>
   </si>
   <si>
     <t>Фольгированная фигура в виде всем известного персонажа мультфильма Холодное сердце снеговика Олафа. Веселый снеговик украсит любой детский праздник. Такой фольгированный шар будет точно пользоваться популярностью у детей, поэтому вы можете продавать подобный товар в розницу. Шар сделан из миларовой пленки.</t>
   </si>
   <si>
     <t>Фигуры большие</t>
   </si>
   <si>
     <t>554820</t>
@@ -164,77 +173,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9a3/9a333b954e80b9ad45704848da44f224/3548e7903aa19110f3e1c9192ef6702f.jpg</t>
   </si>
   <si>
     <t>Фигура Арбуз долька 48 см Х 67 см шар фольгированный</t>
   </si>
   <si>
     <t>Любителям лета, тепла, яркого солнца и арбузов обязательно понравится вот такой необычный шарик в форме арбузной дольки!</t>
   </si>
   <si>
     <t>554837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbd/bbd7872fce0ada6242ab158972ca6e8c/0b3500784c6428eed3cf6cefe95b4192.jpg</t>
   </si>
   <si>
     <t>Фигура Астронавт 84 см Х 58 см шар фольгированный</t>
   </si>
   <si>
     <t>Воздушный шар астронавт для космических вечеринок! Обратите внимание на размер шарика - почти метр в высоту!</t>
   </si>
   <si>
     <t>554839</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4cf/4cfea74c8e6e8d8bf2c44c39c8805c10/1fa061475007af97b8cb7d96d5999072.jpg</t>
-[...2 lines deleted...]
-    <t>Фигура Белль 64 см Х 81 см</t>
+    <t>http://anytos.ru//upload/iblock/039/0398bb9bd6cf695c9dc6178cd7cf068c/fc62cc543110b36229c6316329facbbf.jpg</t>
+  </si>
+  <si>
+    <t>Фигура Большая Панда 83 см Х 56 см фольгированный шар</t>
   </si>
   <si>
     <t>Объемная фигура обозначенной формы, большого размера. Надувать такие воздушные шары следует только гелием. Эти фольгированные воздушные шары имеют встроенный клапан, который облегчает надувание воздушного шара. Материал воздушного шара - тонкая миларовая пленка, она позволяет таким воздушным шарам не сдуваться и держать форму от одной недели до месяца.</t>
   </si>
   <si>
-    <t>554846</t>
-[...16 lines deleted...]
-  <si>
     <t>554850</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dfa/dfa210a07617f930da9aa6f2c44bbea3/c1fce56101ca2d5d79cac89e18e19336.jpg</t>
   </si>
   <si>
     <t>Фигура буквы С Днем рождения GOLD 40 см шар фольгированный</t>
   </si>
   <si>
     <t>Воздушная гирлянда в форме поздравительной надписи золотого цвета. Эффектный и стильный декор для вашего праздника. В набор входит 13 букв и один восклицательный знак высотой 40 см.</t>
   </si>
   <si>
     <t>554854</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7a/b7a18df313737dfeafc63b890a1d0ab3/f5cdfe3c92aefec84f65227c849ea823.jpg</t>
   </si>
   <si>
     <t>Фигура буквы С Днем рождения Rose Gold 40 см шар фольгированный</t>
   </si>
   <si>
     <t>Нежно-розовая воздушная надпись для эффектного и стильного декора вашего праздника. В набор входит 13 букв и один восклицательный знак высотой 40 см.</t>
   </si>
   <si>
     <t>554855</t>
@@ -629,50 +620,62 @@
   <si>
     <t>Воздушный шарик лама почти метр в высоту - идеальный шарик для идеального праздника!</t>
   </si>
   <si>
     <t>554923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e73/e73150e0d2ae282c120847a3736466f6/474fbe327119edea9569e2672452f948.jpg</t>
   </si>
   <si>
     <t>Фигура Ленивец 90 см Х 92 см фольгированный шар</t>
   </si>
   <si>
     <t>554925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d5/1d56dd423e7404de5213396331a840fd/80c6cd45175fc2ab0f285c300adb5a5f.jpg</t>
   </si>
   <si>
     <t>Фигура Лошадь коричневая 75 см X 107 см фольгированный шар</t>
   </si>
   <si>
     <t>554927</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6ac/6ac995262945940494d3bff0b9294d68/bfc8e58ec2ceb7d944727825f2d887d7.jpg</t>
+  </si>
+  <si>
+    <t>Фигура Малыш 67 см X 46 см фольгированный шар</t>
+  </si>
+  <si>
+    <t>Рождение сына - волнительное событие, которое хочется отметить на все 100! Для такого случая не забудте купить милого малыша, который обязательно порадует новоиспеченных родителей!</t>
+  </si>
+  <si>
+    <t>554931</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6ed/6ed7817fa62a523a75e2b92e9a21b7d3/1f192e5bc6d4855bbe36ed6899961019.jpg</t>
   </si>
   <si>
     <t>Фигура Малышка 67 см X 46 см фольгированный шар</t>
   </si>
   <si>
     <t>Очень милая малышка станет отличным подарком на первый день рождения вашей принцессы. А еще такой шарик - отличный вариант для подарка новоиспеченным родителям дочки.</t>
   </si>
   <si>
     <t>554932</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35d/35dd3311232ef2477027b7ef34d5eec3/7b1851f60f382757887fa7bc9d26736b.jpg</t>
   </si>
   <si>
     <t>Фигура Микки танцующий 55 см X 78 см</t>
   </si>
   <si>
     <t>Микки Маус - любимец всех детей и взрослых! Такая фольгированная фигура отлично впишется в интерьер, если вы устраиваете вечеринку в стиле Микки Мауса или Диснея. Также подобные шары очень популярны для продажи в розницу в парках, на ярмарках и фестивалях. Шар изготовлен из милара и имеет яркий рисунок. Фигура надувается гелием.</t>
   </si>
   <si>
     <t>554934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b8/4b8b8d95d5e8b373523eff36eb94c0f1/90b6d9e12a102c7792ddbf0462090ede.jpg</t>
@@ -1166,65 +1169,89 @@
   <si>
     <t>555025</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/081/081b07851ef8ead17894a1370c282f9d/c9653bd84297817115b2241a6570d32c.jpg</t>
   </si>
   <si>
     <t>Фигура Фламинго голография 60 см Х 100 см шар фольгированный</t>
   </si>
   <si>
     <t>Яркая воздушная фигура фламинго с голографией. Обратите внимание на размер - высота шарика - метр!</t>
   </si>
   <si>
     <t>555026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b3/5b36d67c9441e7b4e3c7acb67c8bfeea/35880815b8fcbbb3d28943890dc78726.jpg</t>
   </si>
   <si>
     <t>Фигура Шампанское 83 см X 43 см фольгированный шар</t>
   </si>
   <si>
     <t>555034</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b03/b03a84005117a747f1b392b36de7043a/af59af6fa13b8dbee4bd582607c8dacf.jpg</t>
+  </si>
+  <si>
+    <t>Фигура Щенячий Патруль Гонщик 58 см Х 78 см</t>
+  </si>
+  <si>
+    <t>Воздушный персонаж любимого мультика обязательно понравится маленьким гостям праздника. Чейз спешит на день рождения!</t>
+  </si>
+  <si>
+    <t>555035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc2/m2euljxq4jtkllip32j6h6qztbi3d652.jpg</t>
+  </si>
+  <si>
+    <t>Круг Принцессы С Днем Рождения 18 quot; 45см.</t>
+  </si>
+  <si>
+    <t>Нежный воздушный шарик с любимыми принцессами. Отлично подойдет для оформления детского праздника и вечеринки в честь настоящей принцессы.</t>
+  </si>
+  <si>
+    <t>946951</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/anagram/"&gt;Анаграм&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3b8/wqfgh2rggxkqqyzkndwh0xg4ncuztfan.jpg</t>
   </si>
   <si>
     <t>Подушка Щенячий патруль 18 quot; 45см.</t>
   </si>
   <si>
     <t>Воздушный шарик в форме &amp;quot;подушки&amp;quot; с любимыми героями мультика &amp;quot;Щенячий патруль&amp;quot;.&amp;nbsp;&amp;nbsp;Маленьким гостям обязательно понравится!</t>
   </si>
   <si>
     <t>946956</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/anagram/"&gt;Анаграм&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f85/5y9pljyasehurnzcg3txx882q0aewbk7.jpg</t>
   </si>
   <si>
     <t>Подушка Щенячий Патруль С Днем рождения 18 quot; 45см.</t>
   </si>
   <si>
     <t>Яркий воздушный шарик с поздравлением и любимыми героями мультика &amp;quot;Щенячий патруль&amp;quot;.</t>
   </si>
   <si>
     <t>946957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c4/d8d4na05gb491xgktw01roh5kbu5e1h9.jpg</t>
   </si>
   <si>
     <t>Звезда 135 Бриз 19 quot; 50см.</t>
   </si>
   <si>
     <t>Звезда-шар притягательного цвета морской волны для украшения интерьеров, фотозон, кенди-баров, создания воздушных композиций. Красивый фигурный шарик органично сочетается с другими шарами-фигурами аналогичного цвета, а также может использоваться для дополнения декора из латексных шаров. Изготовлен из прочной и тонкой майларовой пленки. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>946958</t>
   </si>
   <si>
     <t>&lt;a href="/brands/agura/"&gt;Agura&lt;/a&gt;</t>
@@ -1412,62 +1439,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c5b/3qgu8xs70j2maa8i83l6uwrgjbokon9c.jpg</t>
   </si>
   <si>
     <t>Звезда 722 Орхидея 19 quot; 50см.</t>
   </si>
   <si>
     <t>Красивый фольгированный шарик в форме звезды из прочной майларовой пленки. Надувается через встроенный обратный клапан. Шар украсит фотозону, кенди-бар, сцену, может использоваться для создания воздушных композиций. Надувается через встроенный обратный клапан, хорошо держит форму и не сдувается в течение нескольких дней. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>946975</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f34/271yjzr51c4olghk9o4wi5wyg59uhky6.jpg</t>
   </si>
   <si>
     <t>Звезда 746 Пыльная Роза 19 quot; 50см.</t>
   </si>
   <si>
     <t>Звезда 746 Пыльная Роза 19&amp;quot;/50см</t>
   </si>
   <si>
     <t>946976</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e1b/gauvc9stuzct25w7d7idn97z4czv3ha8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/588/pl7mpgqtbfypkxndq12b8648rq25wuhg.jpg</t>
   </si>
   <si>
     <t>Звезда Составная 3D Голубая 41 105 см.</t>
   </si>
   <si>
     <t>Большой составной шар в форме 3D звезды украсит дом, офис, банкетный зал. Шар состоит из 12 конусообразных элементов, на каждом из которых предусмотрен встроенный клапан для надувания воздухом и хвост для соединения. Шарик сделан из прочной глянцевой фольги нежно - голубого цвета. 3D звезда универсальна и подходит для торжеств различной тематики: дни рождения, выпускные, свадьбы. Звезда эффектно смотрится в композициях. Размер: 41”/105 см.</t>
   </si>
   <si>
     <t>946978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f5/1bo4jkzu2v2cwbgi701vaptygkxh0afg.jpg</t>
   </si>
   <si>
     <t>Звезда Составная 3D Золото 41 105 см.</t>
   </si>
   <si>
     <t>Составной шар-3D в форме звезды из 12 отдельных элементов.&amp;nbsp;&amp;nbsp;Сделан из прочной фольги золотого цвета, без надписей и рисунков. Для объединения конусообразных деталей используются хвосты, имеющиеся на концах элементов. Поверхность звезды глянцевая, хорошо отражает свет. Большие размеры делает ее универсальной и удобной для декорирования помещений, создания воздушных конструкций. Подходит для многоразового использования, так как для ее надувания используется встроенный клапан. Размер: 41”/105 см.</t>
   </si>
   <si>
     <t>946979</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ae/a61334cdbl9244avxz0mcvlpaxir57br.jpg</t>
@@ -1644,59 +1659,50 @@
     <t>http://anytos.ru//upload/iblock/de0/2pktlh2gkbyt2s7p6htr3a7i17eua0ml.jpg</t>
   </si>
   <si>
     <t>Звезда BLACK 18 quot; 45см.</t>
   </si>
   <si>
     <t>Черная фольгированная звезда будет отлично смотреться на любом торжестве, начиная от Дня Рождения и заканчивая тематическим праздником. А еще черный цвет - это классика, которая сочетается асболютно со всеми другими цветами. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947000</t>
   </si>
   <si>
     <t>&lt;a href="/brands/flexmetal-s.l./"&gt;Flexmetal S.L.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/509/5xeyh9o7hxwewywpo4neudoguc4r96ta.jpg</t>
   </si>
   <si>
     <t>Звезда BLUE 18 quot; 45см.</t>
   </si>
   <si>
     <t>Фольгированные воздушные шары без рисунка. Предназначены для использования в оформлении воздушными шарами и для создания композиций. Эти фольгированные воздушные шары рекомендуется надувать гелием, они имеют встроенный клапан, который облегчает надувание воздушного шара. Материал воздушного шара - тонкая миларовая пленка, она позволяет таким воздушным шарам не сдуваться и держать форму от одной недели до месяца. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947001</t>
-  </si>
-[...7 lines deleted...]
-    <t>947002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22b/bngw4yvxdz4ib2l5qhhmaisyzhq2u1ol.jpg</t>
   </si>
   <si>
     <t>Звезда GREEN 18 quot; 45см.</t>
   </si>
   <si>
     <t>947003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/545/qo11psbcpctdqrl0y6saw8rjhxhqt3u5.jpg</t>
   </si>
   <si>
     <t>Звезда LILAC 18 quot; 45см.</t>
   </si>
   <si>
     <t>Удивить гостей и придать празднику особую торжественность можно с помощью фольгированного воздушного шара-звезды благородного лилового цвета. А еще это отличный оттенок для оформления дня рождения девочки. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a43/4w2bcgn7e4r0w2p6khkq4b1dojaw8y89.jpg</t>
   </si>
@@ -1974,62 +1980,50 @@
   <si>
     <t>947029</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/424/zn4sm6wi0eo7770fpzvk8m28s11hvkgj.jpg</t>
   </si>
   <si>
     <t>Круг И-176 Тачки 18 quot; 45см.</t>
   </si>
   <si>
     <t>947030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45e/y6i3ahze1dqud243d2hllfrpyuubzbji.jpg</t>
   </si>
   <si>
     <t>Круг И-348 Горошек Красный 18 quot; 45см.</t>
   </si>
   <si>
     <t>Яркий горох - это классика оформления любого праздника. А еще можно сделать торжество в тематике &amp;quot;Ретро&amp;quot; - фольгированный шарик в горошек будет просто незаменим! Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947031</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f3/v2ndwtpd2qw7mtdytnhvqp4feb218my1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eeb/f2wz9o0067km9ty9nr8v0hag94v28aae.jpg</t>
   </si>
   <si>
     <t>Круг И-450 Куклы подружки LOL Гламур 18 quot; 45см.</t>
   </si>
   <si>
     <t>Круглый воздушный шарик с любимыми куколками LOL &amp;#40;лол&amp;#41;. Диаметр шара - 45 сантиметров. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947033</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6e/pctncjsmdlqf263qvc5ntma2q0a6tuik.jpg</t>
   </si>
   <si>
     <t>Круг И-451 Куклы подружки LOL Рок 18 quot; 45см.</t>
   </si>
   <si>
     <t>Яркие воздушные шары куклы LOL &amp;#40;лол&amp;#41; в стиле рок! Забавная надпись, стильные цвета и любимые персонажи - что еще нужно для хорошего украшения праздника? Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/378/lb50x7o1ew75frvewxq4ndougnyn32md.jpg</t>
@@ -2130,50 +2124,53 @@
   <si>
     <t>http://anytos.ru//upload/iblock/429/e7u6l3k3655gqj73m5uvigeg1bqgfj7l.jpg</t>
   </si>
   <si>
     <t>Месяц SILVER 30 quot; 76см.</t>
   </si>
   <si>
     <t>947044</t>
   </si>
   <si>
     <t>Микро Круг RED 4 quot; 10см.</t>
   </si>
   <si>
     <t>Фольгированные воздушные шары без рисунка. Предназначены для использования в оформлении воздушными шарами и для создания композиций. Эти фольгированные воздушные шары рекомендуется надувать воздухом, они крепятся на зажимы для воздушных шаров и палочку. При запаивании необходимо использовать специальный запайщик для воздушных шаров. Материал воздушного шара - тонкая миларовая пленка.</t>
   </si>
   <si>
     <t>947045</t>
   </si>
   <si>
     <t>Мини Звезда BLUE 9 quot; 23см.</t>
   </si>
   <si>
     <t>947046</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/afa/tybowqkcky6soonsv5x76ue9vio3xsh2.jpg</t>
+  </si>
+  <si>
     <t>Мини Звезда GOLD 9 quot; 23см.</t>
   </si>
   <si>
     <t>947047</t>
   </si>
   <si>
     <t>Мини Звезда PURPLE 9 quot; 23см.</t>
   </si>
   <si>
     <t>947048</t>
   </si>
   <si>
     <t>Мини Звезда RED 9 quot; 23см.</t>
   </si>
   <si>
     <t>947049</t>
   </si>
   <si>
     <t>Мини Звезда SILVER 9 quot; 23см.</t>
   </si>
   <si>
     <t>947050</t>
   </si>
   <si>
     <t>Мини Звезда VIOLET 9 quot; 23см.</t>
@@ -2532,62 +2529,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f2d/vp4sprgl07vojcp3xrnofw1xv5e49zi7.jpg</t>
   </si>
   <si>
     <t>Фигура гр.2 И-235 Фигура Ракета Красная 30 quot; 76см.</t>
   </si>
   <si>
     <t>Фольгированный шарик-фигура в форме ракеты для детской вечеринки, тематического праздника или дня рождения.&amp;nbsp;&amp;nbsp;Материал шарика – тонкая майларовая пленка, которая не пропускает воздух и предотвращает сдувание воздушной фигуры в течение более чем двух недель. Шар из фольги оснащен встроенным клапаном для быстрого надувания. Для накачивания рекомендуется использовать гелий.&amp;nbsp;&amp;nbsp;Размер: 76 см или 30 дюймов. Вес – 17 гр.</t>
   </si>
   <si>
     <t>947085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a5e/nkub86dvw9mxa63x480bwvie99d6v60k.jpg</t>
   </si>
   <si>
     <t>Фигура гр.2 И-238 Фигура Дракон Зеленый 36 quot; 92см.</t>
   </si>
   <si>
     <t>Воздушная фигура из фольги в форме дракона. Надувной шар зеленого цвета похож на доброго и милого героя, который обязательно понравится маленьким гостям. Его можно надуть воздухом или накачать гелием, используя специально предусмотренный в конструкции клапан. Материал изготовления – майларовая пленка, благодаря которой шарик держит форму от двух недель до одного месяца.&amp;nbsp;&amp;nbsp;Размер: 36 дюймов или 92 см. Вес: 17 гр.</t>
   </si>
   <si>
     <t>947086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b25/njhh4eyvb5jmfhqjb25prjtjq60rjm0a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/77e/e7pchdxm95lrkcng1h075f7vcqn1ufaf.jpg</t>
   </si>
   <si>
     <t>Фигура гр.2 И-241 Фигура Джойстик 27 quot; 69см.</t>
   </si>
   <si>
     <t>Воздушный шарик-фигура из фольги в форме джойстика от приставки для оформления интерьера на тематической вечеринке или дне рождения. Фигурный шар надувается через встроенный клапан, который надежно удерживает внутри фольгированной фигуры воздух или гелий. Материал изготовления – тонкая майларовая пленка.&amp;nbsp;&amp;nbsp;Шарик-джойстик с нарисованными кнопками и надписью «Level up» окрашен в черный цвет. Размер: 27&amp;quot;/69см.Вес: 17 гр.</t>
   </si>
   <si>
     <t>947088</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/1gh0q0j0a1npxwhhbwti0yhqus5ql8xt.jpg</t>
   </si>
   <si>
     <t>Фигура гр.2 И-510 Фигура Кит Для Мальчика голубой 34 quot; 86см.</t>
   </si>
   <si>
     <t>Надувной шарик голубого цвета в форме кита с фонтанчиком на голове из фольгированного материала, устойчивого к повышенной влажности и температуре. Воздушный шар выполнен в светлых оттенках и органично сочетается с декором и аксессуарами белого, голубого, кремового и других пастельных оттенков. Шар-фигура предназначен для декорирования интерьера, создания уличных конструкций.&amp;nbsp;&amp;nbsp;Размер: 34&amp;quot;/86см. Вес: 17 гр.</t>
   </si>
   <si>
     <t>947089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75e/sxajuv3drtt9zf38iwrlz0ihci6e8fhd.jpg</t>
@@ -2931,62 +2916,50 @@
   <si>
     <t>Мини Фигура Нота Двойная 17 quot; 43см.</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик черного цвета в форме двойной музыкальной ноты. Надувной шар-фигуру можно использовать для оформления интерьера в музыкальной школе, развивающем классе, актовом зале в детском саду, на различных концертах и праздничных мероприятиях. Для изготовления используется майларовая пленка – тонкий и прочный материал на синтетической основе. Размер: 17&amp;quot;/43см.</t>
   </si>
   <si>
     <t>947128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2d/xi01e03032azhwj0rv2enw8cuwyt2u27.jpg</t>
   </si>
   <si>
     <t>Мини-Фигура Три кота Карамелька 12 quot; 30см, 5 штук в упаковке</t>
   </si>
   <si>
     <t>Фольгированный воздушный шар мини-фигура «Карамелька». Милая кошечка из мультфильма «Три кота» в нарядном красном платье и с бантом создаст праздничную атмосферу на любом торжестве. Использовать шарик можно для оформления интерьера, фотозоны, сцены в детском саду, игрового уголка в развлекательном центре. Прочный шар из фольги надувается воздухом. Размер: 12&amp;quot;/30см.</t>
   </si>
   <si>
     <t>947129</t>
   </si>
   <si>
     <t>&lt;a href="/brands/falali/"&gt;Falali&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/202/wpb9wl2vb5dfq4pm3dgzoxn1qftqkmjj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f3e/m2k368b84zz22em4hfzm8jtlrx9lm390.jpg</t>
   </si>
   <si>
     <t>Круг Маша и Медведь 18 quot; 45см.</t>
   </si>
   <si>
     <t>Яркий воздушный шар с двухсторонним рисунком. На каждой стороне изображен герой мультфильма &amp;quot;Маша и Медведь&amp;quot;.</t>
   </si>
   <si>
     <t>947131</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/258/mip96cbf5ros4lk6x32xwsqzia7e614f.jpg</t>
   </si>
   <si>
     <t>Волна KIWI в горошек 14 quot; 36см.</t>
   </si>
   <si>
     <t>Фольгированная волна приятного зеленого цвета с рисунком &amp;quot;горошек&amp;quot;. Отлично подойдет для оформления любого торжества, особенно красиво будет смотреться на ретро-вечеринке.</t>
   </si>
   <si>
     <t>947132</t>
   </si>
   <si>
     <t>&lt;a href="/brands/conver/"&gt;Conver&lt;/a&gt;</t>
@@ -3930,84 +3903,99 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a8f/lpzn7fe154g70p3jgu9p9v37n0lq83hk.jpg</t>
   </si>
   <si>
     <t>Шар-сфера PURPLE 18 quot; 45cм.</t>
   </si>
   <si>
     <t>Воздушный пузырь насыщенного пурпурного цвета с металлическим оттенком.</t>
   </si>
   <si>
     <t>947222</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e4/4hd6p9qmsjxlwh8784c1q668hrme3wm5.jpg</t>
   </si>
   <si>
     <t>Шар-сфера SILVER 18 quot; 45cм.</t>
   </si>
   <si>
     <t>Воздушная сфера стильного серебряного цвета. Размер шарика - 45 сантиметров!</t>
   </si>
   <si>
     <t>947223</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/66f/546oendpb1vqpa4t8e1yqjcyhq813g0f.jpg</t>
+  </si>
+  <si>
+    <t>Воздушный шарик Мини Фигура Лист кленовый 25х26см.</t>
+  </si>
+  <si>
+    <t>Воздушный шарик их фольгированного материала в форме кленового листа. Оригинальный надувной аксессуар подойдет для оформления интерьера на 1 сентября, празднику осени в школе, саду или лицее. Для надувания шара предназначен специальный встроенный клапан, расположенный в нижней части. Шар-фигура хорошо сочетается с другими надувными аксессуарами, гирляндами, флажками. Для фиксации используется ленточка или палочка с держателем. Размер: 25х26см. Шар на 1 сентября, шар на день знаний, нарик на 1 сентября</t>
+  </si>
+  <si>
+    <t>960009</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/eut/"&gt;ЕУТ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/795/vcewsdy1pzhws0v08zixj7x0tzcjwfug.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Овечка 90х56см.</t>
   </si>
   <si>
     <t>Милая, забавная розовая овечка очаровательна в своих серебристых кудряшках, а травинка во рту придает ей еще больше привлекательности. Шар-фигура украсит тематическую вечеринку, будет к месту о время интересной игры, развлечет и порадует детей на дне рождении, дополнит декор помещения на утреннике в детском саду. Овечка сделана из фольги, надувается через клапан, может использоваться несколько раз. Размер: 92х56 см. Производитель – Агура.</t>
   </si>
   <si>
     <t>960011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27f/qcqgd8nieofcvk04hlw85j39kjs5lvb4.jpg</t>
   </si>
   <si>
     <t>Воздушный шарик Звезда Составная 3D Серебро 41 105 см.</t>
   </si>
   <si>
     <t>3D звезда серебряного цвета составной конструкции. Состоит из 12 элементов, каждый из которых сделан из прочной фольги, имеет свой встроенный клапан и хвост для завязывания при составлении объемной фигуры. Одноцветный шарик, без дополнительных рисунков и надписей. Звезда подходит для украшения помещения, создания фотозоны, декорирования в составе композиций. Возможно многократное использование. Размер: 41”/105 см. Производитель – Агура</t>
   </si>
   <si>
     <t>960012</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7ce/dza0bxwg39kwf8m9jldqexmi9yd3hah6.jpg</t>
-[...8 lines deleted...]
-    <t>960014</t>
+    <t>http://anytos.ru//upload/iblock/715/cxkyf63758eibvhp53omdd11osr1scki.jpg</t>
+  </si>
+  <si>
+    <t>Воздушный шарик Мини-Фигура Три кота Компот 14 quot; 36см, 5 штук в упаковке</t>
+  </si>
+  <si>
+    <t>Мини-фигура из фольги в форме кота Компота из мультфильма «Три кота». Полосатый рыжий котенок в бирюзовой ночной рубашке станет оригинальным надувным аксессуаром на детском празднике, концерте, развлекательных мероприятиях. Изготовлен шарик из тонкой майларовой пленки, которая отличается высокой прочностью. Шар можно использовать многократно. Размер: 14&amp;quot;/36см.</t>
+  </si>
+  <si>
+    <t>960015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ee/mkznq0rb3qcnpzps9jfk3caavuba64ch.jpg</t>
   </si>
   <si>
     <t>Воздушный шарик Мини-Фигура Три кота Коржик 13 quot; 33см, 5 штук в упаковке</t>
   </si>
   <si>
     <t>Воздушный шарик-фигура в форме озорного котенка Коржика из мультсериала «Три кота». Оригинальный фольгированный шар порадует детей и поможет красиво оформить интерьер или фотозону на детском мероприятии – дне рождения, тематической вечеринке, выпускном или утреннике в детском саду. Шарик из фольги хорошо держит форму и не сдувается до месяца. Для надувания в нижней части фигуры предусмотрен встроенный клапан. Размер: 13&amp;quot;/33см.</t>
   </si>
   <si>
     <t>960016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/129/82r5rzccmm6rerz4sph6akxhdge9xo2x.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Джамбо  МУЗ Холодное сердце 71см.</t>
   </si>
   <si>
     <t>Фольгированные воздушные шары больших размеров с яркими дизайнами со встроенными музыкальными синтезаторами. Музыкальные воздушные шары играют тематическую мелодию при нажатии на указанное место на шаре. При этом сам воздушный шар увеличивает громкость звука. Надувать такие воздушные шары следует только helium. Эти фольгированные воздушные шары имеют встроенный клапан, который облегчает надувание воздушного шара. Материал воздушного шара - тонкая миларовая пленка, она позволяет таким воздушным шарам не сдуваться и держать форму от одной недели до месяца.</t>
   </si>
   <si>
     <t>960017</t>
   </si>
@@ -4074,65 +4062,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/115/ovwmp2z8a864o0za3wj7mrf373zuang8.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Круг 1 Сентября 18 quot; 45см.</t>
   </si>
   <si>
     <t>Идельное офомление ко Дню знаний. Шар на 1 сентября, шар на день знаний</t>
   </si>
   <si>
     <t>960027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71c/8htptq3hggxs257yn6zw6gzmphgxr38s.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Звезда  quot;Мистик Гранатовый quot; 19 quot; 50см.</t>
   </si>
   <si>
     <t>Воздушный шар-фигура от Агура из матовой фольги в форме звезды гранатового цвета. Шар может использоваться для оформления фотозоны, домашнего или офисного интерьера, для декорирования уличных конструкций, в качестве дополнения к подарку на дне рождения или другом торжестве. Прочная майларовая пленка не дает шарику сдуваться в течение нескольких дней. Надувается шарик через встроенный клапан. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>960028</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3eb/9geuwdrg2bdiriz9o7emggkqexlyxqld.jpg</t>
+  </si>
+  <si>
+    <t>Фигурный воздушный шарик Блоки Персонаж Девочка 2 стор 70см X 100см.</t>
+  </si>
+  <si>
+    <t>Надувная фигурка «Персонаж Девочка» станет запоминающимся украшением или подарком к празднику. Придется по душе как взрослым, так и детям. Необычная и объемная, она сразу приковывает к себе внимание. Сделана из качественной фольги с ярким принтом. Отличный подарок на день рождения или любой детский праздник.</t>
+  </si>
+  <si>
+    <t>960030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/785/666fm4ap707kcgtphmac016l4cs5hc2x.jpg</t>
+  </si>
+  <si>
+    <t>Воздушный шарик Круг  quot;С Днем Рождения quot; Чебурашка 18 quot; 45см.</t>
+  </si>
+  <si>
+    <t>Круг СДР Чебурашка 18&amp;quot;/45см</t>
+  </si>
+  <si>
+    <t>960031</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/grabo/"&gt;GRABO&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/112/jofdkyik8o2t64r2eeb0ttt1ih2ke62z.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Чебурашка 46 quot; 117см.</t>
   </si>
   <si>
     <t>Фигура Чебурашка 46&amp;quot;/117см</t>
   </si>
   <si>
     <t>960032</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/grabo/"&gt;GRABO&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8ac/etjtcybofdi2u3q00t3x1qa39bdvuhh3.jpg</t>
   </si>
   <si>
     <t>Звезда LIME GREEN 18 quot; 45см.</t>
   </si>
   <si>
     <t>Любителям ярких цветов обязательно понравится фольгированная звезда лаймово-зеленого цвета. Сочный оттенок будет отлично смотреться как в композициях, так и обособленным украшением. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>977823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17c/j0rx5yes3ci1k5mxg71n1wmsny4e5wjr.jpg</t>
   </si>
   <si>
     <t>Круг 958 Моей Любимой маме  18 quot; 45см.</t>
   </si>
   <si>
     <t>Шар - круг из фольги с надписью «Моей любимой маме» для украшения интерьера, дополнения подарка, создания воздушных композиций. Воздушный шарик порадует любимую маму на день рождения, день матери, 8 марта. Изготовлен из прочной фольги с полиэтиленовым напылением, что позволяет хорошо держать форму и не сдуваться от недели до месяца. Надувается через встроенный обратный клапан. Размер: 18&amp;quot;/45см. Воздушные шары из коллекций: шары маме, шары на 8 марта, шары ко дню матери, шары на день матери</t>
   </si>
   <si>
     <t>977825</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/293/k1hbtadqzpdgocitu4g00jbk50ni27rn.jpg</t>
@@ -4221,216 +4233,192 @@
   <si>
     <t>http://anytos.ru//upload/iblock/09d/cxln2tff8z8bzhp7cmp6lrbqhvagy5fb.jpg</t>
   </si>
   <si>
     <t>Фигура Малыш на облаках 65х60см.</t>
   </si>
   <si>
     <t>Фигурный фольгированный шарик - малыш в пижаме на облаках для оформления фотозоны, интерьера или кенди-бара на гендер пати, дне рождении, украшении комнаты новорожденного при выписке из роддома. Красивый воздушный шар из майларовой пленки нежных оттенков надувается через встроенный обратный клапан. Может использоваться многократно. Размер: 65х60см. Воздушные шары из коллекций: шары на рождение, шар на рождения, шары на выписку, шары для мальчика</t>
   </si>
   <si>
     <t>977834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecc/yr8jnd11yi4nhc5xerxxnn4m9ojpl620.jpg</t>
   </si>
   <si>
     <t>Фигура Мрачная Девочка 70х100см.</t>
   </si>
   <si>
     <t>Шарик - фигура «Мрачная девочка» с главной героиней сериала Wednesday &amp;#40;Уэнсдей&amp;#41;. Надувной шар доставит удовольствие фанатам и станет украшением интерьера на вечеринке по поводу Хэллоуина, нового года, тематического праздника. Шарик оснащен встроенным обратным клапаном для легкого надувания. Можно накачать воздухом или helium. Размер: 70х100см. Воздушные шары из коллекций: Шары на хэллоуин, шары для девочки</t>
   </si>
   <si>
     <t>977835</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/eut/"&gt;ЕУТ&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/ecd/mvs9bqo41gg9u839j17z71ep20aera7p.jpg</t>
+  </si>
+  <si>
+    <t>Фигура Пиксельный герой 33 quot; 84 см.</t>
+  </si>
+  <si>
+    <t>Фольгированная фигура «Пиксельный герой» в виде шагающего персонажа Стивас киркой из Minecraft для фанатов компьютерной игры. Фигурный шарик украсит комнату именинника, фотозону, станет оригинальным атрибутом тематической вечеринки. Шар изготовлен из майларовой пленки, отличающейся прочностью. Она не дает шару - фигуре сдуваться более двух недель. Размер: 33&amp;quot;/84 см. Воздушные шары из коллекций: шары для ребенка, шары Майнкрафт, шары Minecraft, шары фигуры</t>
+  </si>
+  <si>
+    <t>977836</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c4a/5aqw10u02d2eerpr40jzuv01rhu62lev.jpg</t>
   </si>
   <si>
     <t>Фигура Рука Вещь Мрачной Девочки 23 quot; 58см.</t>
   </si>
   <si>
     <t>Фигурный шарик «рука вещь» для поклонников сериала Wednesday &amp;#40;Уэнсдей&amp;#41;. Шар - фигура поможет создать мрачную атмосферу на вечеринке по поводу Хэллоуина, украсит фотозону или тематических интерьер в комнате подростка. Шарик изготовлен из майларовой пленки, которая не дает ему сдуваться в течение нескольких недель. Надувать можно воздухом или helium через встроенный обратный клапан. Размер: 23&amp;quot;/58см. Воздушные шары из коллекций: шар фигура, шары на хэллоуин</t>
   </si>
   <si>
     <t>977837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/4zx4oapfspsmc7tlom4umo9k6urr823m.jpg</t>
   </si>
   <si>
     <t>Фигура Три кота Компот 34см X 86см.</t>
   </si>
   <si>
     <t>Фигурный надувной шарик кот по имени Компот. Сказочный герой популярного мультсериала понравится как мальчикам, так и девочкам. Фольгированный шар-фигура легко надувается при помощи специального клапана. Для накачивания можно использовать helium или обычный воздух. Забавный герой мультика «Три кота» органично смотрится в сочетании с другими персонажами из сериала. Размер воздушного шара составляет 34х86 см. Вес: 43 гр.</t>
   </si>
   <si>
     <t>977838</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56b/76729cm5w5xp6jfrr8ngx4uj24c4y8et.jpg</t>
   </si>
   <si>
     <t>Фигура Три кота Коржик 34см X 86см.</t>
   </si>
   <si>
     <t>Надувной герой мультипликационного сериала для детей «Три кота» - Коржик. Воздушный шарик сделан из тонкой фольги, препятствующей быстрому сдуванию фигуры и способствующей продолжительному сохранению формы. Шар-фигура окрашен в яркие краски, которые не выгорают на солнце и не стираются в процессе эксплуатации. Использовать воздушный аксессуар можно многократно. Размер: 34*86 см. Вес: 43 гр.</t>
   </si>
   <si>
     <t>977839</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6be/yl472wg1vxpq4oyebfpicqgwa3etbb8d.jpg</t>
+  </si>
+  <si>
+    <t>Фигура Чебурашка сидячая 56х44см.</t>
+  </si>
+  <si>
+    <t>Фигурный шарик в виде сидящего Чебурашки с большим апельсином. Яркий и оригинальный воздушный шар порадует фанатов сказочного персонажа и вызовет восторг у маленьких гостей на дне рождения, вечеринке, выпускном в детском саду. Шарик - фигуру можно сочетать с латексными и фольгированными шариками аналогичной тематики. Для изготовления использована тонкая фольга с полиэтиленовым напылением. Размер: 56х44см. Воздушные шары из коллекций: Шар фигура, шары на день рождения, шары для ребенка</t>
+  </si>
+  <si>
+    <t>977840</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d4a/uyty4x8e1aj635keoydko2dauhkfpx03.jpg</t>
   </si>
   <si>
     <t>Звезда 184 Темно-фиолетовый 19 quot; 50см</t>
   </si>
   <si>
     <t>Фигурный шарик темно-фиолетового цвета без рисунка для оформления фотозоны, украшения интерьера, создания букетов из шаров на праздниках в школе, детском саду, офисе. Изготовлен из высокопрочной металлизированной пленки. Шар-звезду из фольги можно сдуть и использовать повторно. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>999449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b84/gobo12qvckfdos45xc4isacp84da6oa1.jpg</t>
   </si>
   <si>
     <t>Звезда 207 Графит 19 quot; 50см</t>
   </si>
   <si>
     <t>Фольгированный воздушный шар звезда от бренда Agura. Надувной шар-фигура в форме звезды графитового цвета без рисунка предназначен для оформления домашних и офисных интерьеров, фотозон, кенди-баров. Для изготовления используется майларовая пленка, устойчивая к механическим повреждениям. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>999450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a63/9y3ui301973sb876lku3m8sw0u0j96zz.jpg</t>
   </si>
   <si>
     <t>Звезда 214 Сапфир 19 quot; 50см</t>
   </si>
   <si>
     <t>Объемный шар звезда из фольги без рисунка. Шарик-фигура цвета сапфир предназначен для оформления праздничных интерьеров, фотозон, сцен, создания воздушных фонтанов, организации конкурсов. Изготовлен из тонкой фольгированной полиэфирной пленки, которая не дает шару быстро сдуваться. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>999451</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/558/myugrma5lo8x1mipbmvw2od0o5steuov.jpg</t>
   </si>
   <si>
     <t>Круг 528 С днем рождения  Звезды 18 quot; 45см</t>
   </si>
   <si>
     <t>Круглый фольгированный шарик с поздравительной надписью «С днем рождения» и разноцветными звездами. Шар станет оригинальным дополнением к подарку, украшением интерьера, фотозоны на детском или взрослом празднике. Шарик-круг изготовлен из майларовой пленки, хорошо сохраняющей форму. Размер: 18&amp;quot;/45см. Шар на день рождения, шары на день рождения</t>
   </si>
   <si>
     <t>999452</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2cd/jpy3xb04sv6zh0y5k88r23y841akr1tf.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e60/hl762fvg0yi4ojnc3ro1rmr3hkxcy14m.jpg</t>
   </si>
   <si>
     <t>Круг 696 Самый лучший учитель в мире 18 quot; 45см</t>
   </si>
   <si>
     <t>Круглый шар из фольги с надписью «Лучший учитель в мире» для поздравления преподавателей на День учителя, первый или последний звонок, выпускной. Оригинальный шарик-круг черного цвета контрастно смотрится на фото и видео, сочетается с другими праздничными аксессуарами – латексными шарами, гирляндами. Размер: 18&amp;quot;/45см. Шары на день учителя. шары на 1 сентября, шары на выпускной , шары школьные</t>
   </si>
   <si>
     <t>999455</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ebb/5sig50lcwqe9ls9ijuwv79czynfeyf7q.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/345/8wftwniktcoaphu8hc5eioi4tlox7v0n.jpg</t>
   </si>
   <si>
     <t>Круг 788 Ты Лапочка  18 quot; 45см</t>
   </si>
   <si>
     <t>Круглый белый шарик из фольги с надписью «Ты лапочка» и улыбающимся котом. Оригинальный фигурный шар для интерьера, создания акцентов в фотозоне или дополнения к подарку на дне рождения девочки, детской пижамной вечеринке. Изготовлен из тонкой майларовой пленки, длительно не сдувается и хорошо держит форму. Размер: 18&amp;quot;/45см. Шар на день рождения, шары на день рождения</t>
   </si>
   <si>
     <t>999457</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8b/jo2zl3e08hbwtyzbeq7ropr1pbql93k6.jpg</t>
   </si>
   <si>
     <t>Круг 986 С днем рождения, красотка  18 quot; 45см</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик из фольгированной пленки белого цвета с принтом в виде двух красных сердец и надписью «С днем рождения, красотка». Стильный шар дополнит подарок для любимой, жены, подруги или коллеги, украсит интерьер или дополнит фотозону на дне рождения, юбилее, вечеринке. Размер: 18&amp;quot;/45см. Шар на день рождения, шары на день рождения</t>
   </si>
   <si>
     <t>999458</t>
-  </si>
-[...7 lines deleted...]
-    <t>999459</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/269/7ba4ykavajehcyg121grye2glqdmsmwu.jpg</t>
   </si>
   <si>
     <t>Фигурный шарик из фольги Лампочка, учение   свет  54х71 см</t>
   </si>
   <si>
     <t>Фигурный шарик из фольги Лампочка, учение – свет! 54х71 см</t>
   </si>
   <si>
     <t>999460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89d/d8h4tjazv4rivost6tpsigc46dfdcu12.jpg</t>
   </si>
   <si>
     <t>Фигурный шарик из фольги Малышка на облаках 65х60см</t>
   </si>
   <si>
     <t>Шар - фигура – «Малышка на облаках» с изображением новорожденной девочки в розовой пижаме с бантиком на голове. Красивый шарик нежных оттенков подойдет для оформления фотозоны или детской комнаты новорожденной, создания воздушных композиций на гендер пати. Прочный фигурный шар из майларовой пленки хорошо держит форму и не сдувается в течение нескольких недель. Размер: 65х60см.Воздушные шары из коллекций: шары на рождение, шар на рождения, шары на выписку, шары для девочки</t>
   </si>
   <si>
     <t>999461</t>
   </si>
@@ -5129,9185 +5117,9128 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I413"/>
+  <dimension ref="A1:L410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G413" sqref="G413"/>
+      <selection pane="bottomRight" activeCell="G410" sqref="G410"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>127</v>
+        <v>55</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C38" s="1"/>
+        <v>140</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="C41" s="1"/>
+        <v>149</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="C42" s="1"/>
+        <v>152</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>159</v>
+        <v>55</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C52" s="1"/>
+        <v>189</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>197</v>
+        <v>55</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="C56" s="1"/>
+        <v>203</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="C62" s="1"/>
+        <v>224</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>225</v>
+      </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>224</v>
+        <v>55</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>52</v>
+        <v>247</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>246</v>
+        <v>55</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>52</v>
+        <v>254</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>280</v>
+        <v>55</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>291</v>
+        <v>55</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>52</v>
+        <v>302</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>301</v>
+        <v>55</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>52</v>
+        <v>309</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>316</v>
+        <v>55</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>52</v>
+        <v>324</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>335</v>
+        <v>55</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>52</v>
+        <v>346</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>345</v>
+        <v>55</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>52</v>
+        <v>356</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>379</v>
+        <v>55</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F110" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B110" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G110" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F113" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="B113" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G113" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B123" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...545 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="B162" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="F162" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="G162" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...97 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="B188" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...19 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="B190" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...42 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="B191" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...36 lines deleted...]
-      <c r="C156" s="1" t="s">
+      <c r="B192" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...13 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="B193" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C206" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="B157" s="1" t="s">
-[...249 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="C207" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="B168" s="1" t="s">
-[...525 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="F207" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="B191" s="1" t="s">
-[...381 lines deleted...]
-      </c>
       <c r="G207" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>540</v>
+        <v>765</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>577</v>
+        <v>767</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="F209" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="B209" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G209" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>766</v>
+        <v>563</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>768</v>
+        <v>579</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>770</v>
+        <v>570</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>561</v>
+        <v>778</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>577</v>
+        <v>780</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>568</v>
+        <v>782</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>539</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="F254" s="3" t="s">
         <v>539</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>539</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>534</v>
+        <v>966</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>534</v>
-[...5 lines deleted...]
-    <row r="260" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
+        <v>974</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="308" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F336" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F339" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="340" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F340" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="341" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F341" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F342" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="343" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F343" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="344" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F344" s="3" t="s">
         <v>966</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...407 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="G344" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="345" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F345" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="346" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F346" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F347" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...1491 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="G347" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F348" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F350" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F351" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="352" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F352" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="353" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F353" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="354" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F354" s="3" t="s">
         <v>1300</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...251 lines deleted...]
-      </c>
       <c r="G354" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="355" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>534</v>
+        <v>1357</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="356" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1352</v>
+        <v>1361</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>397</v>
+        <v>1357</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="357" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1353</v>
+        <v>1362</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1356</v>
+        <v>1365</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>1357</v>
+        <v>544</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="358" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>539</v>
+        <v>406</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="359" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1362</v>
+        <v>1370</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1364</v>
+        <v>1372</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>397</v>
+        <v>544</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="361" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="F361" s="3" t="s">
         <v>539</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="362" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1374</v>
+        <v>1382</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="363" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1381</v>
+        <v>1389</v>
       </c>
       <c r="F363" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="364" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="365" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="367" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="368" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F368" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="369" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F369" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="370" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F370" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="G363" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F364" s="3" t="s">
+      <c r="G370" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="371" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F371" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="G364" s="3" t="s">
-[...159 lines deleted...]
-      </c>
       <c r="G371" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="372" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>397</v>
+        <v>1300</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="373" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="374" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="375" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="376" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="377" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1447</v>
+        <v>1454</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="381" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1451</v>
+        <v>1458</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="382" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>397</v>
+        <v>544</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="383" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1459</v>
+        <v>1467</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>397</v>
+        <v>544</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="384" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1465</v>
+        <v>1473</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>397</v>
+        <v>544</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="385" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="390" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1487</v>
+        <v>1495</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1488</v>
+        <v>1496</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="391" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1494</v>
+        <v>1502</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1495</v>
+        <v>1503</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1496</v>
+        <v>1504</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1497</v>
+        <v>1505</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="393" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1498</v>
+        <v>1506</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1499</v>
+        <v>1507</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1500</v>
+        <v>1508</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1501</v>
+        <v>1509</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="394" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1502</v>
+        <v>1510</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1505</v>
+        <v>1513</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="395" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1507</v>
+        <v>1515</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1508</v>
+        <v>1516</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1509</v>
+        <v>1517</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="396" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1510</v>
+        <v>1518</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1511</v>
+        <v>1519</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="397" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="398" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1521</v>
+        <v>1529</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="399" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="400" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="401" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="402" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1534</v>
+        <v>1542</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1535</v>
+        <v>1543</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1536</v>
+        <v>1544</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="403" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1540</v>
+        <v>1548</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1541</v>
+        <v>1549</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="404" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1542</v>
+        <v>1550</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1543</v>
+        <v>1551</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="405" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1546</v>
+        <v>1554</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1547</v>
+        <v>1555</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1548</v>
+        <v>1556</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1550</v>
+        <v>1558</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1551</v>
+        <v>1559</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="407" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="408" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>539</v>
-[...5 lines deleted...]
-    <row r="409" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="409" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>539</v>
-[...5 lines deleted...]
-    <row r="410" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="410" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>539</v>
+        <v>1040</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>13</v>
-[...62 lines deleted...]
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">