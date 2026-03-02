--- v1 (2026-01-03)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1578">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1542">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -65,62 +65,50 @@
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/50d/50d176e92d90c450e1170d8366284123/f5efa3a5dc4ae7c1ccab2e076a9518f8.jpg</t>
   </si>
   <si>
     <t>Фигура Снеговик Олаф 63см X 63см</t>
   </si>
   <si>
     <t>Фольгированная фигура в виде всем известного персонажа мультфильма Холодное сердце снеговика Олафа. Веселый снеговик украсит любой детский праздник. Такой фольгированный шар будет точно пользоваться популярностью у детей, поэтому вы можете продавать подобный товар в розницу. Шар сделан из миларовой пленки.</t>
   </si>
   <si>
     <t>Фигуры большие</t>
   </si>
   <si>
     <t>554820</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f5e/f5e0ae60341aa06c6624ccddf6907967/4c5f6df5df755b66728d8e19a38b5da0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b53/b53460632d4d7a4b7020094280094817/e711e7e8cb4c7603e3e346b3fd1aa2ba.jpg</t>
   </si>
   <si>
     <t>Фигура 739 С Днем Рождения Колпачок 18 quot; 45см</t>
   </si>
   <si>
     <t>Очень забавный воздушный шарик в форме одного из главных атрибутов Дня Рождения - праздничного колпачка!</t>
   </si>
   <si>
     <t>554826</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d1/1d1fe48234d20a0523434b6c07fa17d2/ff9cca5d126e391bdd4dbb47bdf5a562.jpg</t>
   </si>
   <si>
     <t>Фигура 740 С Днем Рождения Свеча 36 quot; 91см</t>
   </si>
   <si>
     <t>Такой воздушный шарик в форме праздничной свечи непременно понравится именинику и отлично будет смотреться на Дне Рождении вне зависимости от возраста именинника!</t>
   </si>
   <si>
     <t>554827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98e/98ea640122c98f9cc25169e4cb8e69d1/8cacc0493b7378f58ae56f497eb1b466.jpg</t>
@@ -1245,62 +1233,50 @@
     <t>http://anytos.ru//upload/iblock/2c4/d8d4na05gb491xgktw01roh5kbu5e1h9.jpg</t>
   </si>
   <si>
     <t>Звезда 135 Бриз 19 quot; 50см.</t>
   </si>
   <si>
     <t>Звезда-шар притягательного цвета морской волны для украшения интерьеров, фотозон, кенди-баров, создания воздушных композиций. Красивый фигурный шарик органично сочетается с другими шарами-фигурами аналогичного цвета, а также может использоваться для дополнения декора из латексных шаров. Изготовлен из прочной и тонкой майларовой пленки. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>946958</t>
   </si>
   <si>
     <t>&lt;a href="/brands/agura/"&gt;Agura&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ece/quyoi08kzql9myb12ridfzody1qe8v6t.jpg</t>
   </si>
   <si>
     <t>Звезда 158 Аквамарин 19 quot; 50см.</t>
   </si>
   <si>
     <t>Фольгированный воздушный шарик без надписей и рисунков в форме звезды цвета аквамарин. Шар эффектно украсит фотозону, помещения, уличные конструкции, создаст праздничную атмосферу на дне рождения, вечеринке, мастер-классе, презентации. Шарик-фигура изготовлен из тонкой фольги, которая не дает ему сдуваться до двух недель. Подходит для многократного использования. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>946959</t>
-  </si>
-[...10 lines deleted...]
-    <t>946961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/670/3x62pe8df2ufg3dai87n1w0ojezp23ki.jpg</t>
   </si>
   <si>
     <t>Звезда 295 Лаванда 19 quot; 50см.</t>
   </si>
   <si>
     <t>Шарик-фигура в форме звезды нежного лавандового цвета без рисунка. Шарик можно зафиксировать на специальном держателе или закрепить на нитке. Для надувания предусмотрен встроенный клапан. Эффектный аксессуар предназначен для оформления фотозоны или украшения интерьера на празднике, презентации, мастер-классе. Хорошо сочетается с другими надувными аксессуарами из фольги или латекса пастельных оттенков. Подходит для многократного применения. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>946962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc4/tujsvbx621vs188vdlxvngq9mi3sq4n9.jpg</t>
   </si>
   <si>
     <t>Звезда 301 Фламинго 19 quot; 50см.</t>
   </si>
   <si>
     <t>Шар-фигура в форме звезды нежно розового цвета. Надувается через встроенный клапан. Не сдувается в течение нескольких дней. Шарик можно сочетать с другими праздничными аксессуарами: латексными шарами, гирляндами-растяжками, серпантином, карнавальными костюмами. Используется при оформлении фотозоны или интерьера на взрослом и детском дне рождения, свадьбе, вечеринке. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>946963</t>
   </si>
@@ -2238,122 +2214,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/164/uwqls1075xf2czudv40ffuy1qc1jrr2y.jpg</t>
   </si>
   <si>
     <t>Мини Фигура И-504 Голова, Жираф 26см X 30см.</t>
   </si>
   <si>
     <t>Мини фигура в форме мордочки жирафа. Используется для украшения детских праздников, тематических вечеринок, различных мастер-классов, мероприятий в детском саду и начальной школе. Благодаря прочной майларовой пленке долго не сдувается, хорошо держит форму до двух недель. Для надувания подойдет воздух или гелий. Закрепить шарик можно на специальной палочке или ленточке. Размер: 26х30 см.</t>
   </si>
   <si>
     <t>947057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ff/fymretlh1vis31wzzumcmypu9u8jtgi9.jpg</t>
   </si>
   <si>
     <t>Мини Фигура И-505 Голова, Панда 19см X 24см.</t>
   </si>
   <si>
     <t>Фольгированный воздушный шарик в форме мордочки озорной улыбающейся панды для оформления детского праздника или вечеринки, украшения фотозоны. Надувной аксессуар станет отличным дополнением к основному подарку. Основа шара – тонкая майларовая пленка, очень прочная и долговечная. Изготовлен из экологически безопасных материалов. Накачать шарик можно воздухом. Размер: 19х24 см.</t>
   </si>
   <si>
     <t>947058</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/613/mjypoek727gqcvzcqk5zysg3g86zbwlr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5d1/au61v1q6swdjkro17msh35oh9faut3k4.jpg</t>
   </si>
   <si>
     <t>Мини Фигура И-507 Голова, Овечка 21см X 28см.</t>
   </si>
   <si>
     <t>Надувной шарик-фигура в форме головы овечки. Милая и забавная зверушка-шар станет оригинальным украшением интерьера, позабавит малышей на празднике или детской вечеринке. Можно использовать как украшение интерьера, элемент воздушной композиции. Шар изготовлен из прочной фольгированной пленки. Оснащен встроенным клапаном для быстрого надувания. Размер: 21см X 28см.</t>
   </si>
   <si>
     <t>947060</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39e/2f9qtneuugejb2kvh9tepcw2c9ssemq8.jpg</t>
   </si>
   <si>
     <t>Мини Фигура И-508 Голова, Лиса 21см X 22см.</t>
   </si>
   <si>
     <t>Фольгированный фигурный шар со встроенным клапаном для надувания в форме мордочки лисенка для детского праздника, дня рождения, мероприятий в детском саду, начальной школе или развлекательном центре. Зафиксировать шарик-фигуру удобно на ленточке или специальной палочке с держателем. После применения можно сдуть и использовать повторно. Остается в надутом состоянии до двух недель. Размер: 21см X 22см.</t>
   </si>
   <si>
     <t>947061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9e/0a4y68o9uks6k3uyx342zlmhtzuhtc24.jpg</t>
   </si>
   <si>
     <t>Мини Фигура И-509 Голова, Львенок 23см X 23см.</t>
   </si>
   <si>
     <t>Мини фигура в форме мордочки улыбающегося львенка. Надувной шар для игр и забав с детьми, украшения фотозоны или интерьера, проведения конкурсов, оформления актового зала, уличной конструкции, составления воздушных композиций в сочетании с латексными шариками. Легко надувается при помощи встроенного клапана. Изготовлен из майларовой пленки высокой прочности. Рассчитан на многократное применение. Размер: 23см X 23см.</t>
   </si>
   <si>
     <t>947062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61a/okjtfnya64njhyy47yt2593sxfoyqu02.jpg</t>
   </si>
   <si>
     <t>Мини Фигура И-57 Мороженое Бирюза 13 quot; 33см.</t>
   </si>
   <si>
     <t>Шар-фигура «Мороженое на палочке» бирюзового цвета с шоколадной глазурью и разноцветной посыпкой. Красивый и оригинальный надувной шарик используется для оформления фотозоны, кенди-бара, интерьера в детском саду, кафе, развлекательном центре. Воздушный фигурный шар порадует малышей и создаст веселую атмосферу на празднике. Надуть его можно с помощью встроенного клапана. Размер 13&amp;quot;/33см.</t>
   </si>
   <si>
     <t>947064</t>
   </si>
   <si>
-    <t>Ультра Звезда BLUE 30 quot; 76см.</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f27/2yr2y38len7sg2mrikxci78r0l3il1or.jpg</t>
   </si>
   <si>
     <t>Ультра Звезда PASTEL BABY BLUE 32 quot; 81см.</t>
   </si>
   <si>
     <t>Большая воздушная звезда нежного голубого оттенка. Красивый и эффектный декор для вашего праздника. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f17/uvjaigzpzcs1brhbbobfmqurv01j09s2.jpg</t>
   </si>
   <si>
     <t>Ультра Звезда PASTEL PINK 32 quot; 81см.</t>
   </si>
   <si>
     <t>Большая воздушная звезда нежного розового оттенка. Эффектный декор для вашего праздника. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947068</t>
   </si>
   <si>
     <t>Ультра Звезда RED 30 quot; 76см.</t>
@@ -2841,62 +2793,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d41/6a6ecp72y1j09946berr9hh2dbdx9ztn.jpg</t>
   </si>
   <si>
     <t>Фигура гр.4 И-114 Аист с мальчиком 38см Х 96см.</t>
   </si>
   <si>
     <t>Фольгированный шар-фигура в форме аиста с мальчиком, выполнена в нежно голубых тонах. Объемный воздушный шарик применяют как самостоятельный декор или используют как дополнительное украшение в комнате новорожденного или в качестве инсталляций для фотозоны. Материал – майларовая пленка из фольги со слоем полиэтилена. Надувать гелием или воздухом. Производитель - Flexmetal S.L. Размеры – 38х96 см.</t>
   </si>
   <si>
     <t>947113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52f/dmv4a8q9cpes7d2j2nzu71fc29quz1wz.jpg</t>
   </si>
   <si>
     <t>Фигура гр.4 И-116 Аист с девочкой 38см Х 96см.</t>
   </si>
   <si>
     <t>Надувной шарик-фигура из фольги в розовых оттенках в форме аиста несущего девочку. Шар дополнит аэрокомпозиции на дне рождения и впишется в декор комнаты для новорожденной. Прочная майларовая пленка с полиэтиленовым покрытием не выпускает гелий, хорошо держит форму. Для надувания предусмотрен специальный клапан. Можно использовать повторно. Производитель Flexmetal S.L. Размер шара 38х96 см.</t>
   </si>
   <si>
     <t>947114</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c2b/3dyng27231jboutata1y7p1y4hi705vm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a52/fc0yk05qm3zrr1gbeuuirwh8643t9yms.jpg</t>
   </si>
   <si>
     <t>Круг Три Кота С Днем рождения розовый 18 quot; 45см.</t>
   </si>
   <si>
     <t>Шарик-фигура круглой формы розового цвета с изображением милой кошечки Карамельки из мультфильма «Три кота». На шаре также присутствует надпись «С днем рождения». Красивый и аккуратный надувной аксессуар подойдет для мальчиков и девочек, которые любят смотреть мультики и мечтают, чтобы на их празднике были любимые герои. Материал изготовления – тонкая фольга. Размер: 18&amp;quot;/45см.</t>
   </si>
   <si>
     <t>947125</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92b/v53gwluhl0ek1ui26tdjrl2qei6c0rlc.jpg</t>
   </si>
   <si>
     <t>Круг Три Кота С Днем рождения серебро 18 quot; 45см.</t>
   </si>
   <si>
     <t>Круглый надувной шарик из фольги с надписью «Ура» и героями мультфильма «Три кота». На шаре серебристого&amp;nbsp;&amp;nbsp;цвета нарисованы милые и задорные котята, которые обязательно привлекут внимание малышей и поднимут им настроение. Фигурный шарик можно подарить в качестве подарка, использовать как украшение интерьера или оформление подарочной коробки. Для изготовления надувного аксессуара использован прочный и тонкий фольгированный материал. Размер: 18&amp;quot;/45см.</t>
   </si>
   <si>
     <t>947126</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e9/tuef33npsaghvllvr74uuc1bz1xrtxxy.jpg</t>
@@ -3990,62 +3930,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/129/82r5rzccmm6rerz4sph6akxhdge9xo2x.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Джамбо  МУЗ Холодное сердце 71см.</t>
   </si>
   <si>
     <t>Фольгированные воздушные шары больших размеров с яркими дизайнами со встроенными музыкальными синтезаторами. Музыкальные воздушные шары играют тематическую мелодию при нажатии на указанное место на шаре. При этом сам воздушный шар увеличивает громкость звука. Надувать такие воздушные шары следует только helium. Эти фольгированные воздушные шары имеют встроенный клапан, который облегчает надувание воздушного шара. Материал воздушного шара - тонкая миларовая пленка, она позволяет таким воздушным шарам не сдуваться и держать форму от одной недели до месяца.</t>
   </si>
   <si>
     <t>960017</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/579/e5kzn2zmedn4vbsofos6ih86rxtg1tjw.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Бутылка виски 44см Х 87см.</t>
   </si>
   <si>
     <t>Оригинальный фигурный шарик из золотой и черной фольги в форме бутылки виски размером 44*87 см. Яркая и красочная надувная фигура оснащена надежным встроенным клапаном, облегчающим надувание и препятствующим выпусканию воздуха или гелия. Сохраняет форму продолжительное время, не растягивается. Производитель – компания Ячен Индастриал Груп Ко, ЛТД. Воздушный шарик можно использовать многократно.</t>
   </si>
   <si>
     <t>960018</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbd/3vspid76ruyec0kqtt7j1ezk194ozwyv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6c8/fkrxi4v1o9dhg9gy76v8buzr7s7awj53.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Школьный Рюкзак 28 quot; 71см.</t>
   </si>
   <si>
     <t>Надувная фигура «Школьный рюкзак» - прекрасный подарок для детей. Яркая, необычная, выполненная из высококачественной безопасной фольги. Надувная фигура отлично держит воздух в течение продолжительного периода времени, имеет красивый качественный принт, быстро надувается. Понравится не только детям, но и взрослым. Шары на день знаний, шары на 1 сентября, шары ко дню знаний</t>
   </si>
   <si>
     <t>960024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43e/gxxdowudoi02ggs6f1n8renytmcpygo8.jpg</t>
   </si>
   <si>
     <t>Фигурный воздушный шарик Цифра 1 Первое Сентября 34 86 см.</t>
   </si>
   <si>
     <t>Фольгированный шар в форме цифры один с надписью «1 сентября» и тематическим рисунком. Воздушная надувная фигура используется для украшения школьного класса, создания воздушных композиций на торжественной линейке, оформления фотозон для первоклассников. Изготовлен шарик из прочной майларовой пленки, накачивается воздухом или helium через встроенный клапан в нижней части. Размер: 34&amp;#39;&amp;#39;/86 см. Шар на 1 сентября, шар на день знаний</t>
   </si>
   <si>
     <t>960025</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fab/jbw2g577on1mxgtq3vg81bk20ajwrmc0.jpg</t>
@@ -4149,62 +4077,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/293/k1hbtadqzpdgocitu4g00jbk50ni27rn.jpg</t>
   </si>
   <si>
     <t>Круг И-461 С Днем Рождения Неон 18 quot; 45см 2</t>
   </si>
   <si>
     <t>Очень необычный воздушный шарик с рисунками в неоновом стиле. Отличный декор для летней вечеринки. Поставляется без индивидуальной упаковки. Шар на день рождения, шары на день рождения</t>
   </si>
   <si>
     <t>977826</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de7/qay0973w0mazjyi4s3k9aj9m1cr8b5jk.jpg</t>
   </si>
   <si>
     <t>Круг И-477 Милитари 18 quot; 45см.</t>
   </si>
   <si>
     <t>Оригинальный воздушный шар из фольги производителя Flexmetal S.L. Круглый надувной шарик окрашен в палитре Милитари. Можно накачать его helium или воздухом. При повторном использовании хорошо сохраняет первоначальную форму, не растягивается и не выцветает на солнце. Диаметр – 45 см. Надувной шар Милитари украсит тематическую вечеринку, разнообразит интерьер и станет стильным дополнением к подарку на день рождения или 23 февраля. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>977827</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c1e/0sgvchtv3w3qam9uexbial2x2wxxosgb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/85e/42mh9im07gkd36xdrjdwbvhjrcw5kpmd.jpg</t>
   </si>
   <si>
     <t>Фигура гр.11 И-517 Солнце 73 х 78см.</t>
   </si>
   <si>
     <t>Фигурный шарик «Улыбающееся солнышко с лучиками» желтого цвета. Использовать шар можно для украшения детской комнаты, актового зала в детском саду, интерьера в кафе, детском развлекательном центре, на ярмарке или фестивале. Надувная фигура станет отличным подарком для именинника, интересной игрушкой, атрибутом промоакций или презентаций. Размер: 73 х 78см.</t>
   </si>
   <si>
     <t>977830</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9b/3bxp35vm48ohr7lik8zrf211kthnhc7j.jpg</t>
   </si>
   <si>
     <t>Фигура гр.4 И-417 С Днем рождения Пивная кружка 68см X 65см 2</t>
   </si>
   <si>
     <t>Воздушный шарик для именинников с чувством юмора! Яркая пивная крушка с забавной надписью. Шар на день рождения, шары на день рождения</t>
   </si>
   <si>
     <t>977831</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c1/oqct5lqw9ufxs0okcrbajddseoow53oy.jpg</t>
@@ -4233,96 +4149,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/09d/cxln2tff8z8bzhp7cmp6lrbqhvagy5fb.jpg</t>
   </si>
   <si>
     <t>Фигура Малыш на облаках 65х60см.</t>
   </si>
   <si>
     <t>Фигурный фольгированный шарик - малыш в пижаме на облаках для оформления фотозоны, интерьера или кенди-бара на гендер пати, дне рождении, украшении комнаты новорожденного при выписке из роддома. Красивый воздушный шар из майларовой пленки нежных оттенков надувается через встроенный обратный клапан. Может использоваться многократно. Размер: 65х60см. Воздушные шары из коллекций: шары на рождение, шар на рождения, шары на выписку, шары для мальчика</t>
   </si>
   <si>
     <t>977834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecc/yr8jnd11yi4nhc5xerxxnn4m9ojpl620.jpg</t>
   </si>
   <si>
     <t>Фигура Мрачная Девочка 70х100см.</t>
   </si>
   <si>
     <t>Шарик - фигура «Мрачная девочка» с главной героиней сериала Wednesday &amp;#40;Уэнсдей&amp;#41;. Надувной шар доставит удовольствие фанатам и станет украшением интерьера на вечеринке по поводу Хэллоуина, нового года, тематического праздника. Шарик оснащен встроенным обратным клапаном для легкого надувания. Можно накачать воздухом или helium. Размер: 70х100см. Воздушные шары из коллекций: Шары на хэллоуин, шары для девочки</t>
   </si>
   <si>
     <t>977835</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ecd/mvs9bqo41gg9u839j17z71ep20aera7p.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c4a/5aqw10u02d2eerpr40jzuv01rhu62lev.jpg</t>
   </si>
   <si>
     <t>Фигура Рука Вещь Мрачной Девочки 23 quot; 58см.</t>
   </si>
   <si>
     <t>Фигурный шарик «рука вещь» для поклонников сериала Wednesday &amp;#40;Уэнсдей&amp;#41;. Шар - фигура поможет создать мрачную атмосферу на вечеринке по поводу Хэллоуина, украсит фотозону или тематических интерьер в комнате подростка. Шарик изготовлен из майларовой пленки, которая не дает ему сдуваться в течение нескольких недель. Надувать можно воздухом или helium через встроенный обратный клапан. Размер: 23&amp;quot;/58см. Воздушные шары из коллекций: шар фигура, шары на хэллоуин</t>
   </si>
   <si>
     <t>977837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/4zx4oapfspsmc7tlom4umo9k6urr823m.jpg</t>
   </si>
   <si>
     <t>Фигура Три кота Компот 34см X 86см.</t>
   </si>
   <si>
     <t>Фигурный надувной шарик кот по имени Компот. Сказочный герой популярного мультсериала понравится как мальчикам, так и девочкам. Фольгированный шар-фигура легко надувается при помощи специального клапана. Для накачивания можно использовать helium или обычный воздух. Забавный герой мультика «Три кота» органично смотрится в сочетании с другими персонажами из сериала. Размер воздушного шара составляет 34х86 см. Вес: 43 гр.</t>
   </si>
   <si>
     <t>977838</t>
-  </si>
-[...10 lines deleted...]
-    <t>977839</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6be/yl472wg1vxpq4oyebfpicqgwa3etbb8d.jpg</t>
   </si>
   <si>
     <t>Фигура Чебурашка сидячая 56х44см.</t>
   </si>
   <si>
     <t>Фигурный шарик в виде сидящего Чебурашки с большим апельсином. Яркий и оригинальный воздушный шар порадует фанатов сказочного персонажа и вызовет восторг у маленьких гостей на дне рождения, вечеринке, выпускном в детском саду. Шарик - фигуру можно сочетать с латексными и фольгированными шариками аналогичной тематики. Для изготовления использована тонкая фольга с полиэтиленовым напылением. Размер: 56х44см. Воздушные шары из коллекций: Шар фигура, шары на день рождения, шары для ребенка</t>
   </si>
   <si>
     <t>977840</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4a/uyty4x8e1aj635keoydko2dauhkfpx03.jpg</t>
   </si>
   <si>
     <t>Звезда 184 Темно-фиолетовый 19 quot; 50см</t>
   </si>
   <si>
     <t>Фигурный шарик темно-фиолетового цвета без рисунка для оформления фотозоны, украшения интерьера, создания букетов из шаров на праздниках в школе, детском саду, офисе. Изготовлен из высокопрочной металлизированной пленки. Шар-звезду из фольги можно сдуть и использовать повторно. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>999449</t>
   </si>
@@ -5117,57 +5009,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L410"/>
+  <dimension ref="A1:L400"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G410" sqref="G410"/>
+      <selection pane="bottomRight" activeCell="G400" sqref="G400"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -5444,211 +5336,211 @@
       </c>
       <c r="B16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
@@ -5784,265 +5676,265 @@
       </c>
       <c r="B33" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1"/>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>134</v>
-      </c>
-[...5 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1"/>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>146</v>
-      </c>
-[...5 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
@@ -6077,71 +5969,71 @@
         <v>173</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>177</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="C49" s="1"/>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>187</v>
@@ -6155,90 +6047,90 @@
         <v>188</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>191</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="C53" s="1"/>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>197</v>
-      </c>
-[...5 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
@@ -6253,286 +6145,286 @@
         <v>206</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="C58" s="1"/>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>234</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
@@ -6548,71 +6440,71 @@
       </c>
       <c r="B72" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>259</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>261</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>266</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
@@ -6648,191 +6540,191 @@
       </c>
       <c r="B77" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>278</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>279</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>289</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C82" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B83" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>299</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B85" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
@@ -6848,71 +6740,71 @@
       </c>
       <c r="B87" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C88" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B89" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>321</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>324</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
@@ -6948,151 +6840,151 @@
       </c>
       <c r="B92" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B94" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>339</v>
-      </c>
-[...7 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B95" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B97" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>353</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
@@ -7188,7056 +7080,6829 @@
       </c>
       <c r="B104" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>377</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B106" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>384</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>388</v>
       </c>
       <c r="F107" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G107" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="F108" s="3" t="s">
         <v>389</v>
-      </c>
-[...13 lines deleted...]
-        <v>393</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>394</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>395</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>400</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>401</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F111" s="3" t="s">
         <v>402</v>
-      </c>
-[...13 lines deleted...]
-        <v>406</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>418</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>422</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>423</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>426</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>430</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>442</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>446</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>453</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>454</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>458</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>459</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>460</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>462</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>466</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>467</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>469</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>470</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>474</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>477</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>478</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>482</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>483</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>490</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>491</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>494</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>495</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>498</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>502</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>506</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>507</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>510</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>514</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>515</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>518</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
         <v>519</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>523</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>526</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>527</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>406</v>
+        <v>531</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B144" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F144" s="3" t="s">
         <v>536</v>
-      </c>
-[...10 lines deleted...]
-        <v>539</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>543</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B146" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="C146" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>547</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F146" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B147" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="C147" s="1" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>551</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
         <v>552</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C148" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B149" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="C149" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="C149" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F149" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F150" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B151" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F151" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B152" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C152" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F152" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B153" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="C153" s="1" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
         <v>573</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>576</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
         <v>577</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>580</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
         <v>581</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>584</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
         <v>585</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>588</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>589</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>592</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
         <v>593</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>596</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="B160" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="C160" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F160" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="B161" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="C161" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F161" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>447</v>
+        <v>604</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>607</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
         <v>608</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>609</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>610</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>612</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>614</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>615</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
         <v>616</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>617</v>
       </c>
       <c r="C165" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F165" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B166" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="C166" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="C166" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F166" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B167" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F167" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="C168" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F168" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B169" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>632</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>633</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>636</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
         <v>637</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C171" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F171" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B172" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="C172" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="C172" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F172" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C173" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="C173" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F173" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>650</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>651</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>652</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>654</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
         <v>655</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>656</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>658</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
         <v>659</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>662</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
         <v>663</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>665</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>666</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>667</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>670</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
         <v>671</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>672</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>674</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
         <v>675</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>678</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
         <v>679</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>682</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
         <v>683</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>686</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>687</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C184" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F184" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="C185" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F185" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>695</v>
+        <v>537</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>579</v>
+        <v>691</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>627</v>
+        <v>695</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="C188" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F188" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>703</v>
+        <v>555</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>570</v>
+        <v>706</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>577</v>
+        <v>709</v>
       </c>
       <c r="B193" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>712</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F193" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B194" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>716</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>717</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>720</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>721</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>724</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
         <v>725</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>728</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>729</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>732</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>733</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>736</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
         <v>737</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>740</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>741</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>744</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>745</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>748</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>749</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>752</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>753</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>756</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B205" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F205" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>545</v>
+        <v>562</v>
       </c>
       <c r="B206" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F206" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>703</v>
+        <v>762</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>763</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>622</v>
+        <v>764</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G207" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>563</v>
+        <v>774</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>579</v>
+        <v>776</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>570</v>
+        <v>778</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G212" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G222" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G228" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G229" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G230" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G231" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G233" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G234" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G235" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G236" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G239" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G240" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G241" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G242" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G244" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G245" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G246" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G247" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="G250" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="G251" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>544</v>
+        <v>946</v>
       </c>
       <c r="G252" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="G253" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>539</v>
+        <v>955</v>
       </c>
       <c r="G254" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>539</v>
+        <v>955</v>
       </c>
       <c r="G255" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="B256" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="F256" s="3" t="s">
         <v>955</v>
-      </c>
-[...10 lines deleted...]
-        <v>539</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>539</v>
+        <v>955</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>966</v>
+        <v>955</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="F259" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G259" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G260" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G262" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G264" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G266" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G267" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G268" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>975</v>
+        <v>1020</v>
       </c>
       <c r="G270" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>975</v>
+        <v>1020</v>
       </c>
       <c r="G271" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F272" s="3" t="s">
         <v>1020</v>
-      </c>
-[...13 lines deleted...]
-        <v>975</v>
       </c>
       <c r="G272" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>975</v>
+        <v>1020</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>975</v>
+        <v>1020</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>975</v>
+        <v>1020</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G276" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G278" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G282" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G283" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G284" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G285" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G286" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G287" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G288" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G289" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G291" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G296" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G300" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G301" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G302" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G303" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G304" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G305" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G306" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G307" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G309" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G310" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1179</v>
+        <v>92</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G311" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G312" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G313" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G314" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G315" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G316" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>96</v>
+        <v>1206</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G317" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G318" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G319" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G320" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G321" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G322" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G323" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G324" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G325" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G326" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G327" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G328" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G329" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G331" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G332" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G333" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1040</v>
+        <v>1020</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1040</v>
+        <v>1280</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1040</v>
+        <v>402</v>
       </c>
       <c r="G336" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1040</v>
+        <v>402</v>
       </c>
       <c r="G337" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1040</v>
+        <v>946</v>
       </c>
       <c r="G338" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1289</v>
+        <v>1294</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1040</v>
+        <v>946</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1040</v>
+        <v>389</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1296</v>
+        <v>1301</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1300</v>
+        <v>1020</v>
       </c>
       <c r="G341" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>406</v>
+        <v>531</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="G343" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>966</v>
+        <v>531</v>
       </c>
       <c r="G344" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>966</v>
+        <v>531</v>
       </c>
       <c r="G345" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="G346" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1040</v>
+        <v>1280</v>
       </c>
       <c r="G347" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>539</v>
+        <v>1333</v>
       </c>
       <c r="G348" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>539</v>
+        <v>1333</v>
       </c>
       <c r="G349" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="F350" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="G350" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>539</v>
+        <v>402</v>
       </c>
       <c r="G351" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="G352" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>1300</v>
+        <v>536</v>
       </c>
       <c r="G354" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>1357</v>
+        <v>536</v>
       </c>
       <c r="G355" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>1357</v>
+        <v>402</v>
       </c>
       <c r="G356" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>544</v>
+        <v>402</v>
       </c>
       <c r="G357" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G358" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>544</v>
+        <v>1280</v>
       </c>
       <c r="G359" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>544</v>
+        <v>1280</v>
       </c>
       <c r="G360" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
       <c r="G361" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>544</v>
+        <v>1280</v>
       </c>
       <c r="G362" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>544</v>
+        <v>402</v>
       </c>
       <c r="G363" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G364" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G365" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G366" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1300</v>
+        <v>402</v>
       </c>
       <c r="G367" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>1300</v>
+        <v>402</v>
       </c>
       <c r="G368" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>1300</v>
+        <v>402</v>
       </c>
       <c r="G369" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>539</v>
+        <v>402</v>
       </c>
       <c r="G370" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>539</v>
+        <v>402</v>
       </c>
       <c r="G371" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>1300</v>
+        <v>536</v>
       </c>
       <c r="G372" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G373" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G374" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G375" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G376" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G377" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G378" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G379" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G380" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>406</v>
+        <v>536</v>
       </c>
       <c r="G381" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G382" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G383" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G384" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G385" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G386" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G387" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G388" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G389" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G390" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G391" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G392" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G393" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G394" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G395" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G396" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G397" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="G398" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="G399" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>544</v>
+        <v>1020</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>16</v>
-[...222 lines deleted...]
-      <c r="G410" s="3" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>