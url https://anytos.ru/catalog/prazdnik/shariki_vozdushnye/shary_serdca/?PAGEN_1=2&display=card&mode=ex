--- v0 (2025-11-13)
+++ v1 (2026-02-12)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/536/53616a1ce2c15d454a71f88b43f25d0c/6f50a04254c80954d3332557411c877f.jpg</t>
   </si>
   <si>
     <t>10 quot; 25см Сердце Декоратор  шелк  рис ассорти 3х цветное 50шт</t>
   </si>
   <si>
     <t>Воздушные шары в форме объемной фигуры сердца из натурального латекса. Ассорти из 3 цветов воздушных шаров одного типа - декоратор с печатью методом шелкографии на одной стороне воздушного шара. Ассорти цветов составлено из воздушных шаров вишневого, пурпурного и розового цветов, ассорти собрано в случайном соотношении. Воздушные шары производства Латекс Оксидентл характеризуются эластичным латексом, равномерным окрасом шара и высоким качеством. Эти воздушные шары удобны оформителям в работе благодаря хвостику, который растягивается до 20см. Воздушные шары типа декоратор характеризуются обширной цветовой палитрой и в зависимости от цвета бывают полупрозрачными и матовыми. Такие воздушные шары предназначены для оформления и продажи в розницу.</t>
   </si>
   <si>
     <t>Шары Сердца</t>
   </si>
   <si>
     <t>555568</t>
@@ -209,62 +218,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4c5/k4cw77it1t3fnyeugxkhymszzfuf1yjm.jpg</t>
   </si>
   <si>
     <t>Сердце 148 Мистик Пудра 19 quot; 50см.</t>
   </si>
   <si>
     <t>Шарик-фигура из майларовой пленки в форме сердца белого цвета для оформления интерьеров и украшения фотозон, уличных конструкций, создания композиций из воздушных аксессуаров. Универсальный надувной шар-сердце эффектно смотрится в сочетании с разноцветными шариками при составлении аэрокомпозиций. Для надувания предусмотрен специальный встроенный клапан. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>947369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f2/m64zi0x65qhis5vz4ds0ebcuerou0x38.jpg</t>
   </si>
   <si>
     <t>Сердце 155 Мистик Тон 19 quot; 50см.</t>
   </si>
   <si>
     <t>Фольгированный шарик-сердце из коллекции «Мистик» пудрового цвета&amp;nbsp;&amp;nbsp;органично сочетается с надувными шарами из латекса и фольги контрастных цветов – черного, золотого, серебристого. На поверхности шара нет рисунков и надписей, при необходимости надписи модно нанести маркером или использовать специальные стикеры-наклейки. Шарик-фигуру можно использовать для украшения интерьеров и фотозон, уличных конструкций, создания аэрокомпозиций. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>947370</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b2b/93radvbp17aqlli8vo4qsrzah5n61uf5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/387/dzl23omwpqpxtwasrrpuzciaxd6jwr6w.jpg</t>
   </si>
   <si>
     <t>Сердце 168 Мистик Фламинго 19 quot; 50см.</t>
   </si>
   <si>
     <t>Фольгированный надувной шарик-сердце нежно розового цвета без рисунка. Воздушный шар для создания красивых праздничных декораций или оформления интерьеров, может использоваться как дополнение к основному подарку на дне рождении, юбилее, свадьбе, Дне Святого Валентина. Фигурный шарик станет ярким акцентом воздушной композиции из надувных аксессуаров розового, красного или белого цвета. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>947372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c90/hoi5dujvu8j1al6t7dvvztpj6eyuwv6s.jpg</t>
   </si>
   <si>
     <t>Сердце 175 Мистик Тиффани 19 quot; 50см.</t>
   </si>
   <si>
     <t>Фольгированный шар-фигура в форме сердца цвета тиффани без рисунка и надписей. Шарик станет оригинальным элементом праздничного оформления интерьера или фотозоны, может использоваться как элемент воздушной композиции. Подойдет как для детского, так и для взрослого праздника, вечеринки, презентации. Надувается через встроенный клапан в нижней части. Может использоваться многократно. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>947373</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e79/5te5dsgckxvro7yk6ca97kxdv94w1g98.jpg</t>
@@ -401,62 +398,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d26/n0sapvqsvd7s64ygqv7i0951sx8hyhy6.jpg</t>
   </si>
   <si>
     <t>Сердце 752 Мистик Фисташка 19 quot; 50см.</t>
   </si>
   <si>
     <t>Шарик-фигура фисташкового цвета из фольги без рисунка. На поверхности можно сделать надписи или рисунки маркерами, индивидуализировав надувной аксессуар в соответствии с тематическим событием. Воздушный шар эффектно смотрится в интерьерах и на фото, может использоваться как дополнение к основному подарку или букету цветов. Рассчитан на многократное применение. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>947389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/591/ogq1es9mlg9kslxtnnz5kcgkkpnqk170.jpg</t>
   </si>
   <si>
     <t>Сердце 769 Мистик Абрикос 19 quot; 50см.</t>
   </si>
   <si>
     <t>Фольгированный воздушный шарик в форме сердца абрикосового цвета без рисунков и надписей. Для накачивания может использоваться как Helium, так и воздух. Надувается при помощи встроенного клапана. Предназначен для декорирования праздничных интерьеров, организации фотозон и оригинальных аэрокомпозиций. Дополнит подарочную коробку или букет цветов на дне рождении, юбилее, свадьбе, вечеринке. Размер: 19&amp;quot;/50см.</t>
   </si>
   <si>
     <t>947390</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/450/kgwsxyer4npjxnftsrnhk1w2dv1cnu7g.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b14/chjbhdr6pdgld7g5v59zhgcrpu2otk41.jpg</t>
   </si>
   <si>
     <t>Сердце BLUE 18 quot; 45см.</t>
   </si>
   <si>
     <t>Фольгированные воздушные шары без рисунка. Предназначены для использования в оформлении воздушными шарами и для создания композиций. Эти фольгированные воздушные шары рекомендуется надувать гелием, они имеют встроенный клапан, который облегчает надувание воздушного шара. Материал воздушного шара - тонкая миларовая пленка, она позволяет таким воздушным шарам не сдуваться и держать форму от одной недели до месяца.</t>
   </si>
   <si>
     <t>947392</t>
   </si>
   <si>
     <t>&lt;a href="/brands/flexmetal-s.l./"&gt;Flexmetal S.L.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/379/14js5lmucx40rv31alzjpltyiaxwi2m7.jpg</t>
   </si>
   <si>
     <t>Сердце GOLD 18 quot; 45см.</t>
   </si>
   <si>
     <t>947393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb5/b05da76emndr3rempn6cud3jq4p1fsgz.jpg</t>
@@ -530,62 +515,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9a9/bmygcd3udf3efuas8s1hug2fnkbr2zkb.jpg</t>
   </si>
   <si>
     <t>Сердце градиент BLUE 18 quot; 45см.</t>
   </si>
   <si>
     <t>Нежное небо с легкими облаками – такой образ возникает при виде шарика-сердца с окраской, переходящей от пастельного голубого до белого цвета. Благодаря форме и цветовой гамме, эти шарики популярны при выписке из роддома мальчиков, в оформлении свадебных торжеств и различных мероприятий в элегантном стиле. Фольгированный шарик из прочной миларовой пленки обладает высокой прочностью и герметичностью швов. Благодаря этому, он не сдувается на протяжении 10-15 дней и прекрасно держит форму. Возможно наполнение гелием либо воздухом. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b07/p7dgwjsj1li8iixzebsb2bxa409aawfu.jpg</t>
   </si>
   <si>
     <t>Сердце градиент PINK 18 quot; 45см.</t>
   </si>
   <si>
     <t>Благодаря нежному переходу пастельного розового оттенка в белый, возникает образ сладкого зефира или маршмеллоу. Фольгированный шарик в виде сердца прекрасно впишется в интерьерную композицию при украшении различных торжеств,&amp;nbsp;&amp;nbsp;свадьбы, зала роддома при выписке новорожденной девочки. Шарик-сердце изготовлен из тонкого, но прочного материала – миларовой пленки с нанесением сверхтонкого металлического слоя. Швы герметичны, благодаря чему не происходит утечка воздуха или гелия, и шар держит изначальную форму не менее 2 недель. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947403</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a47/x0scrz69c0s73x6k29yxbl9eoxb31wot.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/01c/rrudohoyjrvbhd12qurufmpms8i007vn.jpg</t>
   </si>
   <si>
     <t>Сердце И-449 Куклы подружки LOL 18 quot; 45см.</t>
   </si>
   <si>
     <t>Яркий воздушный шарик куклы LOL &amp;#40;лол&amp;#41; в форме сердца. Идеальное дополнение к подарку на детский день рождения. Поставляется без индивидуальной упаковки.</t>
   </si>
   <si>
     <t>947406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d2/01woa2nj3kckbe7eopukaho13ljaalzq.jpg</t>
   </si>
   <si>
     <t>Сердце И-600 Моя Любовь 18 quot; 45см.</t>
   </si>
   <si>
     <t>Шарик в форме сердца белого цвета с надписью «You are my love» и изображениями сердечек. Красивый декоративный надувной аксессуар из тонкой майларовой пленки позволит разнообразить воздушную композицию и станет оригинальным декором фотозоны, коробки с подарком, уличной конструкции. Шар-фигуру можно подарить на день рождения, юбилей, свадьбу, День всех влюбленных, 8 марта. Размер: 18&amp;quot;/45см.</t>
   </si>
   <si>
     <t>947407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d5/gdov7071qf2f4yd84t0bv6gla0ffg50k.jpg</t>
@@ -771,62 +744,50 @@
     <t>947428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eba/4rhucr97b9h7991xsv67dmafkt81jmog.jpg</t>
   </si>
   <si>
     <t>Сердце 63 Клубника 18 quot; 45см.</t>
   </si>
   <si>
     <t>Яркий и красивый воздушный шарик-клубничка в форме сердца обязательно пригодится при оформлении вашего праздника.</t>
   </si>
   <si>
     <t>947429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/475/1ykfww2vbccxwuu03u1ppc7i47s2yxwp.jpg</t>
   </si>
   <si>
     <t>Сердце 71 Радужное 18 quot; 45см., 5 штук</t>
   </si>
   <si>
     <t>Красивое и стильное воздушное сердце с радужным градиентом. Размер шарика - 45 сантиметров.</t>
   </si>
   <si>
     <t>947430</t>
-  </si>
-[...10 lines deleted...]
-    <t>960063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf0/2znvahg7110o2orvc942a5o1a606z7bx.jpg</t>
   </si>
   <si>
     <t>Мини Сердце PURPLE 9 quot; 23см.</t>
   </si>
   <si>
     <t>Фольгированные воздушные шары без рисунка. Предназначены для использования в оформлении воздушными шарами и для создания композиций. Эти фольгированные воздушные шары рекомендуется надувать воздухом, они крепятся на зажимы для воздушных шаров и палочку. При запаивании необходимо использовать специальный запайщик для воздушных шаров. Материал воздушного шара - тонкая миларовая пленка.</t>
   </si>
   <si>
     <t>977845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b12/xr2d8ciqerw8s6ozn07o5o3aj9n017yk.jpg</t>
   </si>
   <si>
     <t>Сердце 083 Красный Глянец 19 quot; 45 см.</t>
   </si>
   <si>
     <t>Ярко красный шар в форме сердца с глянцевым оттенком поможет продемонстрировать чувства и подойдет для создания романтичной обстановки на свидании. Он выполнен из металлизированной пленки, на которую нанесен тонкий слой нейлона, что гарантирует декору прочность и хорошее сохранение формы. Надуть такой шар можно гелием, а также воздухом. Для окрашивания использованы безопасные и экологичные материалы, устойчивые к выгоранию или выцветанию в течение продолжительного времени.</t>
   </si>
   <si>
     <t>977848</t>
   </si>
@@ -1321,1839 +1282,1759 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:L76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G80" sqref="G80"/>
+      <selection pane="bottomRight" activeCell="G76" sqref="G76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B35" s="1" t="s">
-[...307 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="B65" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...607 lines deleted...]
-      </c>
       <c r="B75" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>13</v>
-[...91 lines deleted...]
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">