--- v0 (2026-01-09)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="784">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -152,125 +152,182 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3b7/kdm43idpw9c3eezxartqct4hnero4tfw.jpg</t>
   </si>
   <si>
     <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 6 см, СВЕТЛОЕ ЗОЛОТО  глянец, матовый, глиттер , 590866</t>
   </si>
   <si>
     <t>Набор поможет преобразить интерьер, наполнить его сладостной атмосферой наступающих зимних праздников. Елочные шары - непременный атрибут Нового года. Цвет &amp;quot;светлое золото&amp;quot; в сочетании с отделкой разной фактуры создадут праздничное настроение. Однотонные шары с различной фактурой создадут уютную гармоничную атмосферу наступающих праздников.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе одного цвета.</t>
   </si>
   <si>
     <t>459323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a29/n7taxbda2odyz0vcw2zca9ktqsiokdk3.jpg</t>
   </si>
   <si>
     <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 6 см, СЕРЕБРИСТЫЕ  глянец, матовый, глиттер , 590868</t>
   </si>
   <si>
     <t>Елочные шары - традиционное новогоднее украшение для елки и интерьера Вашего дома. Элегантный серебристый цвет в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Все шары изготовлены из высококачественного пластика. Однотонные шары с различной фактурой создадут уютную гармоничную атмосферу наступающих праздников.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе одного цвета.</t>
   </si>
   <si>
     <t>459324</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/12b/iwrpvoi88sya4qt3n5p0z4fa82jwnh9b.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 6 см, СИНИЕ  глянец, матовый, глиттер , 590864</t>
+  </si>
+  <si>
+    <t>Елочные шары - непременный атрибут Нового Года. Набор станет ярким украшением новогодней ели и интерьера дома. Насыщенный синий цвет в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Праздник Нового года является любимым и долгожданным праздником, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с различной фактурой создадут особую атмосферу волшебства и уюта.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе – одного цвета.</t>
+  </si>
+  <si>
+    <t>459325</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4dc/3o0qi00a831jgo329wyw9zn48ga2xhgh.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные ЗОЛОТАЯ СКАЗКА, набор 6 штук, пластик, 6 см, темное золото  глянец, матовый, глиттер , 590867</t>
+  </si>
+  <si>
+    <t>Елочные шары - непременный атрибут Нового года. Набор станет ярким украшением новогодней ели и интерьера дома. Насыщенный цвет темного золота в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Однотонные шары с различной фактурой создадут уютную гармоничную атмосферу наступающих праздников.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе одного цвета.</t>
+  </si>
+  <si>
+    <t>459326</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e96/hz06fdoyeksrk32tqbd2dc3yjgtikwln.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 8 см, КРАСНЫЕ  глянец, матовый, глиттер , 590873</t>
+  </si>
+  <si>
+    <t>Елочные шары всегда приковывают взгляд своей красотой. Глянцевая и матовая фактуры хорошо сочетаются между собой и контрастно смотрятся на фоне еловой хвои. Немаловажен тот факт, что пластиковые шары не бьются, поэтому прослужат не один год. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Праздник Нового года является любимым и долгожданным праздником, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с различной фактурой создадут особую атмосферу волшебства и уюта.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.се шары в наборе – одного цвета.</t>
+  </si>
+  <si>
+    <t>459328</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d3c/80wjilvh9mk78edvi8ecl1ple8gtmwau.jpg</t>
   </si>
   <si>
     <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 8 см, СЕРЕБРИСТЫЕ  глянец, матовый, глиттер , 590876</t>
   </si>
   <si>
     <t>Елочные шары - непременный атрибут Нового года и Рождества. Набор станет ярким украшением хвойного дерева и интерьера дома. Изящный серебристый цвет в сочетании с отделкой разной фактуры создадут праздничную и уютную атмосферу всеми любимого праздника. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Праздник Нового года является любимым и долгожданным праздником, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с различной фактурой создадут особую атмосферу волшебства и уюта.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.се шары в наборе – одного цвета.</t>
   </si>
   <si>
     <t>459330</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/181/4u9k03z50hi7320tjo6imzeh2nov49zu.jpg</t>
   </si>
   <si>
     <t>Шары елочные ЗОЛОТАЯ СКАЗКА, набор 6 штук, пластик, 8 см, СИНИЕ  глянец, матовый, глиттер , 590872</t>
   </si>
   <si>
     <t>Сочетание глянцевых, блестящих и матовых шаров будет выглядеть на елочке необыкновенно и изысканно, создавая атмосферу ожидания волшебства. Такое украшение будет подчеркивать красоту хвои и создавать ощущение праздника. Однотонные шары с различной фактурой создадут уютную гармоничную атмосферу наступающих праздников.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе одного цвета.</t>
   </si>
   <si>
     <t>459331</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/88f/xbpsl3zv02gr4hryqlwvjwo44ho0t7g1.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 8 см, ТЕМНОЕ ЗОЛОТО  глянец, матовый, глиттер , 590875</t>
+  </si>
+  <si>
+    <t>Набор станет ярким украшением новогодней ели и интерьера дома. Богатый цвет &amp;quot;темное золото&amp;quot; - это классика в ее лучшем проявлении. Набор елочных шаров в оттенках драгоценного металла подарит ощущение роскоши в прекрасные зимние вечера. Однотонные шары с различной фактурой создадут уютную гармоничную атмосферу наступающих праздников.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе одного цвета.</t>
+  </si>
+  <si>
+    <t>459332</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c8/jww930rwnrnsjqi5hl3iqhka76yk5n3y.jpg</t>
   </si>
   <si>
     <t>Шары елочные с узором ЗОЛОТАЯ СКАЗКА, НАБОР 4 шт., пластик, 6 см,  quot;ГЖЕЛЬ quot;, 591130</t>
   </si>
   <si>
     <t>Елочные шары - непременный атрибут Нового года. Набор станет ярким украшением для новогодней ели и интерьера дома. Насыщенные цвета в сочетании с рисунком ручной работы и отделкой глиттером создадут праздничную атмосферу всеми любимого праздника. Вспоминая о Новом годе, у большинства людей в голове вырисовывается одна и та же картина: теплый дом, в котором обязательно стоит лесная красавица, наряженная поражающими воображение своей яркостью и блеском шариками и дождиком.Новогодние шары — символ чудесного праздника. Они не только способны создать неповторимый образ елочки, но и стать ярким акцентом стильной композиции. Еще одна счастливая возможность елочных шаров — выступать в роли эксклюзивных подарков.Покрытие шаров - матовое.</t>
   </si>
   <si>
     <t>459340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a0/v5fjee9n40jcash22rsz12hazdba3gid.jpg</t>
   </si>
   <si>
     <t>Шары елочные с узором ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 8 см, СЕРЕБРИСТЫЕ, 3 глянцевых, 3 матовых, 590884</t>
   </si>
   <si>
     <t>Елочные шары составили готовое решение стильного и оригинального наряда для новогодней елки: сочетание цветов в матовом и глянцевом вариантах поверхностей. Союз изысканного блеска и приглушенных тонов смотрится потрясающе эффектно, выигрышно и дорого. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Праздник Нового года является любимым и долгожданным праздником, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с различной фактурой создадут особую атмосферу волшебства и уюта.Фактура: 3 глянцевых и 3 матовых шара.Все шары в наборе – одного цвета.</t>
   </si>
   <si>
     <t>459346</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6a/t2uhu8z8r8zo3mu6nts5fk3q8takmk6q.jpg</t>
   </si>
   <si>
     <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 штук, пластик, 6 см, БИРЮЗОВЫЕ  глянец, матовый, глиттер , 590871</t>
   </si>
   <si>
     <t>Новогодние шары будут таинственно мерцать в густой еловой зелени, оттеняя и дополняя великолепие убранства праздничного дерева. Нежный бирюзовый цвет в сочетании с отделкой разной фактуры создадут атмосферу волшебного ожидания Нового года. Однотонные шары с различной фактурой создадут уютную гармоничную атмосферу наступающих праздников.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе одного цвета.</t>
   </si>
   <si>
     <t>565882</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/93d/23y8dajz8au9btos3vt2f6c1lojhh5s2.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 шт., пластик, 8 см, с золотистым рисунком, цвет золотистый, 590890</t>
+  </si>
+  <si>
+    <t>Елочные шары - непременный атрибут Нового года. Набор станет ярким украшением для новогодней ели и интерьера дома. Насыщенный цвет в сочетании с рисунком ручной работы создадут праздничную и уютную атмосферу всеми любимого праздника. Вспоминая о Новом годе, у большинства людей в голове вырисовывается одна и та же картина: теплый дом, в котором обязательно стоит лесная красавица, наряженная поражающими воображение своей яркостью и блеском шариками и дождиком.Новогодние шары — символ чудесного праздника. Они не только способны создать неповторимый образ елочки, но и стать ярким акцентом стильной композиции. Еще одна счастливая возможность елочных шаров — выступать в роли эксклюзивных подарков.Все шары в наборе одного цвета с узором.</t>
+  </si>
+  <si>
+    <t>600243</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fc9/ffit2r2ld8x83pu9ekhuvs74egk0heo7.jpg</t>
   </si>
   <si>
     <t>Шары елочные ЗОЛОТАЯ СКАЗКА, НАБОР 6 шт., пластик, 8 см, с серебристым рисунком, цвет синий, 590892</t>
   </si>
   <si>
-    <t>Елочные шары - непременный атрибут Нового года. Набор станет ярким украшением для новогодней ели и интерьера дома. Насыщенный цвет в сочетании с рисунком ручной работы создадут праздничную и уютную атмосферу всеми любимого праздника. Вспоминая о Новом годе, у большинства людей в голове вырисовывается одна и та же картина: теплый дом, в котором обязательно стоит лесная красавица, наряженная поражающими воображение своей яркостью и блеском шариками и дождиком.Новогодние шары — символ чудесного праздника. Они не только способны создать неповторимый образ елочки, но и стать ярким акцентом стильной композиции. Еще одна счастливая возможность елочных шаров — выступать в роли эксклюзивных подарков.Все шары в наборе одного цвета с узором.</t>
-[...1 lines deleted...]
-  <si>
     <t>600244</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/168/0492qmvc0snd0qsqzbu9et5h808smsnv.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя  quot;Шар прозрачный quot; 3шт d-8см</t>
   </si>
   <si>
     <t>Подвеска новогодняя &amp;quot;Шар прозрачный&amp;quot; 3шт d-8см</t>
   </si>
   <si>
     <t>704141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/165/8h2z69w44k7783r2rff7fr91an8uxq1f.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя  quot;Шар прозрачный quot; 6шт d-6см</t>
   </si>
   <si>
     <t>Подвеска новогодняя &amp;quot;Шар прозрачный&amp;quot; 6шт d-6см</t>
   </si>
   <si>
     <t>704142</t>
@@ -296,81 +353,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9de/ey9xa12fmn0oijni5dbu8n6pijibbsgt.jpg</t>
   </si>
   <si>
     <t>704146</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee9/1gwg9o0qvvrs7s5692mbulk5c9cibmvu.jpg</t>
   </si>
   <si>
     <t>704147</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f3/b9pe6bno7tistmexkxuo2pkcl0c56geg.jpg</t>
   </si>
   <si>
     <t>704148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb4/mpt9qkk14rs0jjcn93qrijb153vyl1wa.jpg</t>
   </si>
   <si>
     <t>704149</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/549/cb5lajd2z1bn09l4l00t7vmvdnvc5jdc.jpg</t>
+  </si>
+  <si>
+    <t>Подвеска новогодняя  quot;Шар quot; объемная</t>
+  </si>
+  <si>
+    <t>Подвеска новогодняя &amp;quot;Шар&amp;quot; объемная</t>
+  </si>
+  <si>
+    <t>704155</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0b0/y6uwon6lucija2wqrlwy0fwwpss3qdnr.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя  quot;Шар quot; с бусинками 3 шт уп d-7см цвет ассорти</t>
   </si>
   <si>
     <t>Подвеска новогодняя &amp;quot;Шар&amp;quot; с бусинками 3 шт/уп d-7см цвет ассорти</t>
   </si>
   <si>
     <t>704157</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/261/dyyhf2wt99t5k3d6hvgggk7tfzf78mz6.jpg</t>
   </si>
   <si>
     <t>Набор шаров НГ Трио фэнтези, 3 штуки,D 8см, L8 W8 H23,5см, красный 722946</t>
   </si>
   <si>
     <t>903858</t>
   </si>
   <si>
     <t>&lt;a href="/brands/remeco-collection/"&gt;Remeco Collection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/018/w2nba541m5tjijppkhfdfm3r36k470hi.jpg</t>
-[...5 lines deleted...]
-    <t>903866</t>
+    <t>http://anytos.ru//upload/iblock/e0b/fmpko45sb1z9qh8uxb19hkzr6dz2y3vj.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 16 шт, 6 см,  quot;Русская Зима quot;, пластик, цвет: красный белый, ЗОЛОТАЯ СКАЗКА, 591984</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 16 шаров диаметром 6 см: 3 шара красного цвета с рисунком и с глянцевым эффектом,9 матовых шаров красного цвета с рисунком, 2 матовых шара белого цвета с рисунком, 2 прозрачных шара с рисунком и внутри шара – белые шарики из пенопласта, а также 16 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в бумажную коробку серебристого цвета с крышкой из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>954776</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea3/mr6lho2uyyetc2wlebu4y2yu7gbq2e9w.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 16 шт, 6 см,  quot;Русская Зима quot;, пластик, цвет: синий белый, ЗОЛОТАЯ СКАЗКА, 591985</t>
   </si>
   <si>
     <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 16 шаров диаметром 6 см:3 шара синего цвета с рисунком и с глянцевым эффектом,9 матовых шаров синего цвета с рисунком, 2 матовых шара белого цвета с рисунком, 2 прозрачных шара с рисунком и внутри шара – белые шарики из пенопласта,а также 16 нитей из полиэстера серебристого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в бумажную коробку серебристого цвета с крышкой из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>954777</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e60/26ayqfjb54hria6xyo4w5kcrdt07dque.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 4 шт, 8 см,  quot;Yin-Yang quot;, пластик, цвет: черный золотистый, ЗОЛОТАЯ СКАЗКА, 591995</t>
   </si>
   <si>
     <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 4 шара диаметром 8 см:2 матовых шара золотистого цвета с узором из блёсток, 2 матовых шара чёрного цвета с узором из блёсток, а также 4 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в бумажную коробку чёрного цвета с крышкой из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>954779</t>
   </si>
@@ -389,284 +461,380 @@
   <si>
     <t>http://anytos.ru//upload/iblock/31f/2yfd31qvr51zfswojzj6zulibb645yf3.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 9 шт, 8 см,  quot;Русская Зима quot;, пластик, цвет: синий белый, ЗОЛОТАЯ СКАЗКА, 591987</t>
   </si>
   <si>
     <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 9 шаров диаметром 8 см:3 шара с глянцевым эффектом синего цвета и рисунком белого цвета, 3 матовых шара синего цвета с рисунком белого цвета, 3 матовых шара белого цвета с рисунком синего цвета, а также 9 нитей из полиэстера серебристого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в бумажную коробку серебристого цвета с крышкой из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>954787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a3/ekmw6p40atvtgkm2r2iwfa9ivw8fosrb.jpg</t>
   </si>
   <si>
     <t>Шары новогодние  лочные  quot;Champagne quot; 55 предметов, кремовое серебро золото, ЗОЛОТАЯ СКАЗКА, 591719</t>
   </si>
   <si>
     <t>Наборы украшений для ели ЗОЛОТАЯ СКАЗКА позволят с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Наборы упакованы в элегантную подарочную коробку. Набор декоративных украшений для новогодней ели разной формы: сферической формы, в форме шишки, пятиконечной звезды. В комплекте: 3 шт. украшения в форме шишки кремово-серебристого цвета &amp;#40;6,5 см&amp;#41;;3 шт. украшения в форме шишки розово-золотистого цвета &amp;#40;6,5 см&amp;#41;;1 шт. украшение в форме пятиконечной звезды кремово-серебристого цвета с блёстками &amp;#40;20 см&amp;#41;;5 шт. глянцевых шаров розово-золотистого цвета &amp;#40;6 см&amp;#41;;5 шт. шаров кремово-золотистого цвета c жемчужным оттенком &amp;#40;6 см&amp;#41;;5 шт. матовых шаров кремово-золотистого цвета &amp;#40;6 см&amp;#41;; 5 шт. шаров розово-золотистого цвета &amp;#40;6 см&amp;#41;; 3 шт. шаров розово-золотистого цвета &amp;#40;4 см&amp;#41;; 3 шт. глянцевых шара розово-золотистого цвета &amp;#40;4 см&amp;#41;; 3 шт. шара розово-золотистого цвета с блёстками &amp;#40;4 см&amp;#41;; 3 шт. матовых шара кремово-золотистого цвета &amp;#40;4 см&amp;#41;; 4 шт. глянцевых шара розово-золотистого цвета &amp;#40;3 см&amp;#41;; 4 шт. матовых шара кремово-золотистого цвета &amp;#40;3 см&amp;#41;; 4 шт. пластиковых шара розово-золотистого цвета с блёстками &amp;#40;3 см&amp;#41;; 4 шт. пластиковых глянцевых шара кремового-золотистого цвета &amp;#40;3 см&amp;#41;; нитки из полиэстера для подвешивания шаров золотистого цвета 27 шт. длиной 30 см каждая.В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из набора могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с пластиковой крышкой и крафтовым наполнителем на дне коробки, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>954788</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/906/dmhn33q9h0ryfgy7t9ehbp9zatd1c4wx.jpg</t>
+  </si>
+  <si>
+    <t>Шары новогодние  лочные  quot;Red   Gold Luxury quot; 70 предметов, красный золото, ЗОЛОТАЯ СКАЗКА, 591714</t>
+  </si>
+  <si>
+    <t>Наборы украшений для ели ЗОЛОТАЯ СКАЗКА позволят с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Наборы упакованы в элегантную подарочную коробку. Набор украшений для ели включает в себя 70 предметов разной формы: сферической формы, в форме звезды, снежинки, сердца, пятиконечной звезды.В наборе: 3 шт. матовых шара золотистого цвета &amp;#40;6 см&amp;#41;; 3 шт. матовых шара красного цвета &amp;#40;6 см&amp;#41;; 3 шт. шара красного цвета с блёстками &amp;#40;6 см&amp;#41;; 2 шт. глянцевых шара красного цвета &amp;#40;8 см&amp;#41;; 1 шт. матовый шар золотистого цвета &amp;#40;8 см&amp;#41;; 12 шт. снежинки красного цвета с блёстками &amp;#40;6 см&amp;#41;; 12 шт. снежинки золотистого цвета с блёстками &amp;#40;6 см&amp;#41;; 3 шт. матовых шара красного цвета &amp;#40;4 см&amp;#41;; 3 шт. матовых украшения в форме пятиконечной звезды золотистого цвета &amp;#40;5 см&amp;#41;; 2 шт. глянцевое украшение в форме сердца красного цвета &amp;#40;4 см&amp;#41;; 1 шт. матовое украшение в форме сердца золотистого цвета &amp;#40;4 см&amp;#41;;6 шт. глянцевых шара красного цвета &amp;#40;3 см&amp;#41;;6 шт. глянцевых шара золотистого цвета &amp;#40;3 см&amp;#41;; 6 шт. матовых шара красного цвета &amp;#40;3 см&amp;#41;; 6 шт. матовых шара золотистого цвета &amp;#40;3 см&amp;#41;; 1 шт. глянцевое украшение на верхушку ели в форме пятиконечной звезды золотисто-красного цвета &amp;#40;15 см&amp;#41;; нитки из полиэстера для подвешивания шаров золотистого цвета 36 шт. длиной 30 см каждая.В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из набора могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с пластиковой крышкой и крафтовым наполнителем на дне коробки, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>954790</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/42a/l9ve3xkfn3s1mk0gq6v8s87pi0cbp00w.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 24 шт., 5 см  quot;Eden Colors quot;, пластик, цвет: серебристый жемчужный, ЗОЛОТАЯ СКАЗКА, 591977</t>
   </si>
   <si>
     <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 24 шара диаметром 5 см:6 прозрачных шаров серебристого цвета, 6 шаров серебристого цвета с жемчужным оттенком, 6 шаров белого цвета с жемчужным оттенком, 6 шаров серебристого цвета с глянцевым эффектом, а также 24 нити из полиэстера серебристого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в прозрачную коробку их ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>959674</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ed/yrxme2tfba4qaquasy9f5djzqy3lhtmw.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 8 шт., 8 см,  quot;Eden Colors quot;, пластик, цвет: золотистый жемчужный, ЗОЛОТАЯ СКАЗКА, 591980</t>
   </si>
   <si>
     <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 8 шаров диаметром 8 см: 2 прозрачных шара золотистого цвета,2 матовых шара золотистого цвета, 2 шара белого цвета с жемчужным оттенком, 2 шара золотистого цвета с глянцевым эффектом, а также 8 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров.В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в прозрачную коробку из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>959676</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdb/zi6mo91sy3cvl7uzttm73d2e1z5529n9.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 8 шт., 8 см,  quot;Eden Colors quot;, пластик, цвет: золотистый черный, ЗОЛОТАЯ СКАЗКА, 591983</t>
   </si>
   <si>
     <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 8 шаров диаметром 8 см:2 прозрачных шара золотистого цвета, 2 матовых шара чёрного цвета, 2 матовых шара золотистого цвета, 2 шара чёрного цвета с глянцевым эффектом, а также 8 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров.В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в прозрачную коробку их ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>959677</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3b3/jzxrh3aqh6ias6hp1byfqynqnuqwgzdf.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 8 шт., 8 см,  quot;Eden Colors quot;, пластик, цвет: красный жемчужный, ЗОЛОТАЯ СКАЗКА, 591982</t>
+  </si>
+  <si>
+    <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 8 шаров диаметром 8 см: 2 прозрачных шара красного цвета, 2 шара красного цвета с жемчужным эффектом, 2 шара белого цвета с жемчужным оттенком, 2 шара красного цвета с глянцевым эффектом, а также 8 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров.В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в прозрачную коробку их ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>959678</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/01f/4lz6oy9f4o8rxjvgckzcn8xvfs00inzf.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 24 шт., 5 см,  quot;Eden Colors quot;, пластик, цвет: золотистый черный, ЗОЛОТАЯ СКАЗКА, 591979</t>
   </si>
   <si>
     <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 24 шара диаметром 5 см: 6 прозрачных шаров золотистого цвета,6 шаров матового чёрного цвета, 6 шаров матового золотистого цвета, 6 шаров чёрного цвета с глянцевым эффектом, а также 24 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в прозрачную коробку их ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>960227</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/109/osa2f7ly3qnoabka5hp6p47rcts636ws.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из полистирола, 6 штук, розовый 5см 90777</t>
   </si>
   <si>
     <t>962384</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/892/c4qbzigfxp5e8vu04ev1wts1r7f8m1rf.jpg</t>
-[...8 lines deleted...]
-    <t>962489</t>
+    <t>http://anytos.ru//upload/iblock/52a/aea0ogax392wxux7umdnlhwr1b7uqq5y.jpg</t>
+  </si>
+  <si>
+    <t>Набор шаров новогодних золотых елочных Шелк, бархат, люрекс 8см, НУ-6995</t>
+  </si>
+  <si>
+    <t>962492</t>
   </si>
   <si>
     <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/318/dur0wqwqlxsojvgf5cgp8iub6na7n4sg.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/284/2yvpszuy3tvyj2y16doh3h5wc73lnk33.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных Шары разноцветные в асс 6 шт 6см 90782</t>
   </si>
   <si>
     <t>962497</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1ea/y04emzdr6ndk3cj2mfp28mej684494tz.jpg</t>
+  </si>
+  <si>
+    <t>Набор шаров подвесных Шары разноцветные в асс, 6 шт 6см 90781</t>
+  </si>
+  <si>
+    <t>962498</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/053/xpv03jbva15rcploy3pssr0ujj0ooqoo.jpg</t>
+  </si>
+  <si>
+    <t>Набор шаров подвесных Шары фиолет с пайтками, 6 шт 5x5x5см 91067</t>
+  </si>
+  <si>
+    <t>962499</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc3/8m6g4n2f9zuzpwetdy3207qexhucd3th.jpg</t>
+  </si>
+  <si>
+    <t>Шары новогодние  лочные  quot;Elegant Pink quot; 77 предметов, розовый белый, ЗОЛОТАЯ СКАЗКА, 591715</t>
+  </si>
+  <si>
+    <t>Наборы украшений для ели ЗОЛОТАЯ СКАЗКА позволят с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Наборы упакованы в элегантную подарочную коробку. Набор декоративных украшений для новогодней ели разной формы: сферической формы, в форме ели, снежинки, домика, пятиконечной звезды.В наборе:2 шт. глянцевых украшения в форме домика нежно-розового цвета &amp;#40;8,2х4,5х5 см&amp;#41;;5 шт. украшений в форме снежинок бледно-розового цвета с блёстками &amp;#40;6 см&amp;#41;;5 шт. украшений в форме снежинок белого цвета с блёстками &amp;#40;6 см&amp;#41;; 3 шт. глянцевых шара нежно-розового цвета &amp;#40;4 см&amp;#41;; 3 шт. шара бледно-розового цвета с жемчужным оттенком &amp;#40;4 см&amp;#41;; 3 шт. глянцевых шара бледно-розового цвета &amp;#40;4 см&amp;#41;; 3 шт. шара белого цвета с блёстками &amp;#40;4 см&amp;#41;; 5 шт. шара бледно-розового цвета с жемчужным оттенком &amp;#40;6 см&amp;#41;; 5 шт. матовых шара бледно-розового цвета &amp;#40;6 см&amp;#41;; 5 шт. глянцевых шара нежно-розового цвета &amp;#40;6 см&amp;#41;; 5 шт. матовых шара нежно-розового цвета &amp;#40;6 см&amp;#41;; 2 шт. матовых украшения в форме ели бледно-розового цвета &amp;#40;6 см&amp;#41;; 2 шт. глянцевых украшения в форме ели нежно-розового цвета &amp;#40;6 см&amp;#41;; 4 шт. матовое украшение в форме шестиконечной звезды бледно-розового цвета &amp;#40;7 см&amp;#41;; 4 шт. матовых шара нежно-розового цвета &amp;#40;3 см&amp;#41;; 4 шт. шара нежно-розового цвета с жемчужным оттенком &amp;#40;3 см&amp;#41;; 4 шт. шара бледно-розового цвета &amp;#40;3 см&amp;#41;; 4 шт. шара бледно-розового цвета &amp;#40;3 см&amp;#41;; 8 шт. шара белого цвета с блёстками &amp;#40;3 см&amp;#41;; 1 шт. пластиковое украшение на верхушку ели в форме пятиконечной звезды бледно-розового цвета c блёстками &amp;#40;20 см&amp;#41;; нитки из полиэстера для подвешивания шаров серебристого цвета 35 шт. длиной 30 см каждая.В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из набора могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с пластиковой крышкой и крафтовым наполнителем на дне коробки, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>995010</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ddc/3n9hr4krt5jddejty7nuh2plvel296ri.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 24 штуки, 5 см,  quot;Eden Colors quot;, пластик, цвет: золотистый жемчужный, ЗОЛОТАЯ СКАЗКА, 591976</t>
   </si>
   <si>
     <t>Ёлочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте 24 шара диаметром 5 см:6 прозрачных шаров золотистого цвета,6 матовых шаров золотистого цвета, 6 шаров белого цвета с жемчужным оттенком,6 шаров золотистого цвета с глянцевым эффектом,а также 24 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Упакованы в прозрачную коробку их ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>995259</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a09/uzwwdyuvyfajsblsv0net91pt53lxx76.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 12 шт., 6 см,  quot;Frost Forest quot;, пластик, бирюзовый золото, ЗОЛОТАЯ СКАЗКА, 592176</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:3 шара золотого цвета с S-образными выемками с глянцевым эффектом &amp;#40;диаметром 6 см&amp;#41;,3 шара с объемным узором золотого цвета с глянцевым эффектом &amp;#40;диаметром 6 см&amp;#41;,3 шара синего цвета с золотым рисунком с глянцевым эффектом &amp;#40;диаметром 6 см&amp;#41;,3 шара бирюзового и белого цвета с золотым рисунком с матовым эффектом &amp;#40;диаметром 6 см&amp;#41;,а также 12 нитей из полиэстера золотого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Шары могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с пластиковой крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>998501</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f8a/er8z5z8ecn9dgo711eaht9hbpuaj02ug.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 24 шт., 6 см,  quot;Fine Gold quot;, пластик, золотистые, туба, ЗОЛОТАЯ СКАЗКА, 592170</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:6 шаров золотистого цвета диаметром 6 см с S-образными выемками с глянцевым эффектом,6 шаров золотистого цвета диаметром 6 см с матовым эффектом, с золотистым рисунком с эффектом &amp;quot;глиттер&amp;quot;,6 шаров золотистого цвета диаметром 6 см с глянцевым эффектом в виде диско-шара,6 шаров золотистого цвета диаметром 6 см с глянцевым эффектом, с золотистым рисунком с эффектом &amp;quot;глиттер&amp;quot;,а также 24 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Весь комплект упакован в прозрачный тубус из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998502</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/619/mourazl31dj6wqr3948eoayjo589cg44.jpg</t>
-[...8 lines deleted...]
-    <t>998504</t>
+    <t>http://anytos.ru//upload/iblock/072/m48sh38892imwci6u1i191ntzsfyg978.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 24 шт., 6 см,  quot;Trio quot;, пластик, СЕРЕБРИСТЫЕ  глянец, матовый, глиттер , ЗОЛОТАЯ СКАЗКА, 592161</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год является любимым и долгожданным праздником, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с различной фактурой создадут особую атмосферу волшебства и уюта.Фактура: 8 глянцевых шаров, 8 матовых и 8 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе – серебристого цвета.</t>
+  </si>
+  <si>
+    <t>998505</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f30/3s1wadkyyjabbmena0ohk8es1rvj7f0m.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 24 шт., 6 см,  quot;Trio quot;, пластик, СИНИЕ  глянец, матовый, глиттер , ЗОЛОТАЯ СКАЗКА, 592160</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год является любимым и долгожданным праздником, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с различной фактурой создадут особую атмосферу волшебства и уюта.Фактура: 8 глянцевых шаров, 8 матовых и 8 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе – синего цвета.</t>
+  </si>
+  <si>
+    <t>998506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5e/kh1sm2mi5du8aczy3ay3j94hyk07bj0m.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 3шт, 8,5см  quot;Звезды с усами quot;, красный белый, пластик, ЗОЛОТАЯ СКАЗКА, 592172</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте: 3 ёлочных украшения в виде звезды с усами красного и белого цветов. Размер - 8,5 см. Также в комплекте 3 нити из полиэстера золотистого цвета длиной 30 см для подвешивания украшения. Игрушки имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира.Набор упакован в картонную коробку с пластиковой крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>998507</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/def/emih0sc36l9ci0bl2e5krj5a9c3lsv8k.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 6 шт., 6 см,  quot;Peacock quot;, пластик, бирюзовый золото, ЗОЛОТАЯ СКАЗКА, 592179</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:3 шара белого цвета диаметром 6 см с золотистым рисунком с матовым эффектом,3 шара бирюзового цвета диаметром 6 см с золотистым рисунком с глянцевым эффектом, а также 6 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Шары могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.Набор упакован в картонную коробку с крышкой из ПВХ, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>998508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44f/qvpz24xi9usl3ofxldkzbnbv8kl8hwu5.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 6 шт., 6 см,  quot;Powder Blue quot;, бирюзовый золото, пластик, ЗОЛОТАЯ СКАЗКА, 592178</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:3 шара золотистого цвета диаметром 6 см с объемным узором с матовым эффектом,3 шара бирюзового цвета диаметром 6 см с золотистым рисунком с глянцевым эффектом, а также 6 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. Шары имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с пластиковой крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a03/g3hsjk1d89tzpesu2tkcpd9mvc2fwchp.jpg</t>
   </si>
   <si>
     <t>Шары  лочные 6 шт., 6 см,  quot;Trio quot;, пластик, БЕЛЫЕ  глянец, матовый, глиттер , ЗОЛОТАЯ СКАЗКА, 592159</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год является любимым и долгожданным праздником, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с различной фактурой создадут особую атмосферу волшебства и уюта.Фактура: 2 глянцевых шара, 2 матовых и 2 с покрытием &amp;quot;глиттер&amp;quot;.Все шары в наборе – белого цвета.</t>
   </si>
   <si>
     <t>998510</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/773/rafloom9kp42bxgb0srw69gubghjj4mr.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 9 шт., 6 см,  quot;Polaris quot;, пластик, бирюзовый золото, ЗОЛОТАЯ СКАЗКА, 592177</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:2 шара бирюзового цвета диаметром 6 см с золотистым рисунком с глянцевым эффектом,2 шара золотистого цвета диаметром 6 см с бисером с глянцевым эффектом,2 шара синего цвета диаметром 6 см с золотистым рисунком с матовым полупрозрачным эффектом,3 шара золотистого цвета диаметром 6 см с S-образными выемками с глянцевым эффектом, а также 9 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. Шары имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с пластиковой крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>998511</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ba3/flm77il8i5z5xy7ovdjvtiiggbaphpyc.jpg</t>
   </si>
   <si>
     <t>Шары  лочные НАБОР 132 предмета  quot;Red Green quot;, красный зеленый белый, пластик, ЗОЛОТАЯ СКАЗКА, 592180</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:4 украшения зеленого и красного цвета в виде носочков с глянцевым эффектом и эффектом &amp;quot;глиттер&amp;quot; &amp;#40;размер 9,5 см&amp;#41;,2 украшения зеленого и красного цвета в виде домиков с глянцевым эффектом и эффектом &amp;quot;глиттер&amp;quot; &amp;#40;размер 7 см&amp;#41;,6 шаров белого и красного цветов с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметр 6 см&amp;#41;,4 шара красного цвета с зеленым рисунком с глянцевым эффектом &amp;#40;диаметр 6 см&amp;#41;,4 украшения зеленого и красного цветов в виде варежек с глянцевым эффектом и эффектом &amp;quot;глиттер&amp;quot; &amp;#40;размер 7,5 см&amp;#41;,14 украшений красного и белого цветов в виде снежинок с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;размер 7 см&amp;#41;,2 шара белого и красного цветов с узорными вырубками с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметр 6 см&amp;#41;,8 шаров красного цвета в виде диско-шара с глянцевым эффектом &amp;#40;диаметр 3 см&amp;#41;,8 шаров зеленого цвета с глянцевым эффектом &amp;#40;диаметр 3 см&amp;#41;,8 шаров белого цвета с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметр 3 см&amp;#41;,8 шаров красного цвета с глянцевым эффектом &amp;#40;диаметр 3 см&amp;#41;,4 шара красного цвета с объемным узором с глянцевым эффектом &amp;#40;диаметр 3 см&amp;#41;,4 шара зеленого цвета с глянцевым эффектом &amp;#40;диаметр 6 см&amp;#41;,4 шара зеленого цвета с глянцевым эффектом &amp;#40;диаметр 4 см&amp;#41;,4 шара красного цвета с глянцевым эффектом &amp;#40;диаметр 4 см&amp;#41;,8 шаров белого цвета с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметр 4 см&amp;#41;,8 шаров красного цвета с объемным узором с глянцевым эффектом &amp;#40;диаметр 4 см&amp;#41;,6 украшений в виде шишек зеленого, белого и красного цветов &amp;#40;размер 6х4 см&amp;#41;,25 украшений в виде сосулек зеленого, белого и красного цветов &amp;#40;размер 12 см&amp;#41;,1 украшение на верхушку ели в форме пятиконечной звезды красного цвета с глянцевым эффектом &amp;#40;размер 15 см&amp;#41;,а также 132 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. Ёлочные игрушки имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Весь комплект упакован в прозрачный ПВХ-короб с секциями. В верхней части короба есть ручка из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/202/kd0l14bdqoulszu7ek2tn1ne7guinb4s.jpg</t>
   </si>
   <si>
     <t>Шары  лочные НАБОР 24 шт., 6 см,  quot;Red Gold quot;, пластик, красные золото, туба, ЗОЛОТАЯ СКАЗКА, 592169</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:6 шаров золотистого цвета диаметром 6 см с S-образными выемками с глянцевым эффектом,6 шаров красного цвета диаметром 6 см с золотистым рисунком с матовым эффектом,6 шаров золотистого цвета диаметром 6 см с глянцевым эффектом,6 шаров красного цвета диаметром 6 см с золотистым рисунком с глянцевым эффектом, а также 24 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Шары могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Весь комплект упакован в прозрачный тубус из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/925/zjtjltetnbopr8h9x15wxqbnjtjgoth1.jpg</t>
   </si>
   <si>
     <t>Шары  лочные НАБОР 40 шт., 8 см 4 см,  quot;Red White quot;, красные белые, пластик, ЗОЛОТАЯ СКАЗКА, 592167</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В комплекте:2 шара белого цвета с красным рисунком &amp;#40;звездочка&amp;#41; из пенопласта &amp;#40;диаметром 8 см&amp;#41;,2 шара белого красного цвета с белым рисунком &amp;#40;снежинки&amp;#41; из пенопласта &amp;#40;диаметром 8 см&amp;#41;,2 шара белого цвета из пенопласта с красными блестками &amp;#40;диаметром 8 см&amp;#41;,1 шар красного цвета из пластика с глянцевым эффектом &amp;#40;диаметром 8 см&amp;#41;,1 шар красного цвета из пластика с матовым эффектом &amp;#40;диаметром 8 см&amp;#41;,8 шаров красного цвета из пластика с глянцевым эффектом &amp;#40;диаметром 4 см&amp;#41;,8 шаров красного цвета из пластика с матовым эффектом &amp;#40;диаметром 4 см&amp;#41;,16 шаров белого цвета из пластика с матовым эффектом &amp;#40;диаметром 4 см&amp;#41;,а также 40 нитей из полиэстера золотого цвета длиной 30 см для подвешивания шаров. Украшения имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с ПВХ-крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998515</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0b/djmjet9wegmilurelni0s0lg6imu2kvs.jpg</t>
   </si>
   <si>
     <t>Шары  лочные НАБОР 44 предмета,  quot;Aurora quot;, бирюзовый золото, пластик, ЗОЛОТАЯ СКАЗКА, 592173</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:2 шара белого цвета с матовым эффектом &amp;#40;диаметром 6 см&amp;#41;,2 шара темно-синего цвета с матовым эффектом и с золотистым рисунком &amp;#40;диаметром 6 см&amp;#41;,2 шара золотистого цвета с матовым эффектом &amp;#40;диаметром 6 см&amp;#41;,2 украшения в форме сосулек темно-синего цвета с глянцевым эффектом &amp;#40;высотой 16 см&amp;#41;,2 украшения в форме сосулек золотистого цвета с глянцевым эффектом &amp;#40;высотой 16 см&amp;#41;,4 украшения в форме звездочек золотистого цвета с глянцевым эффектом &amp;#40;размер 4 см&amp;#41;,4 шара синего цвета с глянцевым эффектом &amp;#40;диаметром 3 см&amp;#41;,4 шара темно-синего цвета, полупрозрачные &amp;#40;диаметром 3 см&amp;#41;,4 шара белого цвета, с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметром 3 см&amp;#41;,4 шара золотистого цвета, с глянцевым эффектом &amp;#40;диаметром 3 см&amp;#41;,3 украшения золотистого цвета, с глянцевым эффектом &amp;#40;диаметром 4 см&amp;#41;,6 украшений золотистого, темно-синего и голубого цветов с глянцевым эффектом &amp;#40;диаметром 5 см&amp;#41;,1 пластиковое украшение на верхушку ели в форме пятиконечной звезды золотистого и белого цветов с глянцевым и &amp;quot;глиттер&amp;quot;-эффектом &amp;#40;размером 16 см&amp;#41;,а также 44 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. Ёлочные игрушки имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Весь комплект упакован упакован в картонную коробку с крышкой из ПВХ. Набор дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998516</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4bc/b3ijmuwm8bwfzyx84gyh8mgxjmy50ue9.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные НАБОР 53 предмета,  quot;Gold Wine quot;, бордовый золото, пластик, ЗОЛОТАЯ СКАЗКА, 592182</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:4 шара бордового цвета с рисунком с глянцевым эффектом &amp;#40;диаметр 6 см&amp;#41;,2 шара золотистого цвета с рисунком с матовым эффектом &amp;#40;диаметр 6 см&amp;#41;,2 шара золотистого цвета с рисунком с глянцевым эффектом &amp;#40;диаметр 6 см&amp;#41;,2 украшения в виде поезда бордового и золотистого цветов с глянцевым эффектом &amp;#40;размер 6х8 см&amp;#41;,6 украшений в виде снежинок золотистого и бордового цветов с глянцевым и &amp;quot;глиттер&amp;quot;-эффектом &amp;#40;диаметр 8 см&amp;#41;,3 украшения в виде щелкунчика бордового и золотистого цветов &amp;#40;размер 12,5х4 см&amp;#41;, 2 украшения в виде домика бордового и золотистого цветов с матовым эффектом &amp;#40;размер 6,5х4,5 см&amp;#41;,4 шара золотистого цвета с глянцевым эффектом &amp;#40;диаметр 3 см&amp;#41;,5 шаров бордового цвета с матовым эффектом &amp;#40;диаметр 3 см&amp;#41;,4 украшения в виде звездочек золотистого цвета с глянцевым эффектом &amp;#40;диаметр 3,5 см&amp;#41;,6 украшений в виде звездочек золотистого цвета с глянцевым и &amp;quot;глиттер&amp;quot;-эффектом &amp;#40;размер 4х4,5 см&amp;#41;,10 украшений в виде сосулек золотистого и бордового цветов с &amp;quot;глиттер&amp;quot;-эффектом &amp;#40;размер 4х4,5 см&amp;#41;,2 украшения в виде звездочек бордового цвета с глянцевым эффектом &amp;#40;диаметр 6,5 см&amp;#41;,1 шт. бусы елочные золотистого цвета с глянцевым эффектом &amp;#40;длина 1,6 м&amp;#41;, а также 53 нити из полиэстера золотистого цвета длиной 30 см для подвешивания украшений. Ёлочные игрушки имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с крышкой из ПВХ, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>998518</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae9/z75rksknb5riumygphqsd2w3uun4svqe.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные НАБОР 55 предметов,  quot;Polar Light quot;, бирюзовый золото, пластик, ЗОЛОТАЯ СКАЗКА, 592175</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:7 украшений в виде снежинок золотого цвета с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметром 8 см&amp;#41;,7 украшений в виде снежинок белого цвета с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметром 8 см&amp;#41;,2 украшения в виде колпака бирюзового цвета с золотым рисунком &amp;#40;размер 8 см&amp;#41;,4 шара белого цвета с матовым эффектом &amp;#40;диаметром 4 см&amp;#41;,4 шара синего цвета с глянцевым эффектом &amp;#40;диаметром 4 см&amp;#41;,2 шара бирюзового цвета с глянцевым эффектом &amp;#40;диаметром 4 см&amp;#41;,2 шара бирюзового цвета с матовым эффектом &amp;#40;диаметром 4 см&amp;#41;,4 шара золотого цвета с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметром 4 см&amp;#41;,2 шара синего цвета с глянцевым эффектом с белым рисунком &amp;#40;диаметром 8 см&amp;#41;,2 шара золотого цвета с глянцевым эффектом с объемным узором &amp;#40;диаметром 8 см&amp;#41;,2 шара синего цвета с матовым с белым рисунком &amp;#40;диаметром 8 см&amp;#41;,2 шара золотого цвета с S-образными выемками с глянцевым эффектом &amp;#40;диаметром 8 см&amp;#41;,8 украшений в виде кристаллов синего и бирюзового цвета &amp;#40;размер 12 см&amp;#41;,8 украшений в форме ромба бирюзового и золотого цвета &amp;#40;размер 5 см&amp;#41;,а также 56 нитей из полиэстера золотого цвета длиной 30 см для подвешивания шаров. Игрушки имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с пластиковой крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>998519</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/32f/0q63ys8ezxixu3fljxld8edez41sgvzs.jpg</t>
   </si>
   <si>
     <t>Шары  лочные НАБОР 56 предметов,  quot;Magic Box quot;, бирюзовый золото, пластик, ЗОЛОТАЯ СКАЗКА, 592174</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:4 шара голубого цвета с глянцевым эффектом и с золотистым рисунком &amp;#40;диаметром 6 см&amp;#41;,8 шаров золотистого цвета с матовым эффектом &amp;#40;диаметром 3 см&amp;#41;,8 шаров голубого цвета с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметром 3 см&amp;#41;,8 шаров голубого цвета с глянцевым эффектом &amp;#40;диаметром 3 см&amp;#41;,8 шаров белого цвета с матовым эффектом &amp;#40;диаметром 3 см&amp;#41;,2 шара золотистого цвета с глянцевым эффектом с блёстками и бисером &amp;#40;диаметром 6 см&amp;#41;,2 шара белого цвета S-образными выемками с матовым эффектом &amp;#40;диаметром 6 см&amp;#41;,4 игрушки синего цвета с белым рисунком с глянцевым эффектом &amp;#40;размером 5 см&amp;#41;,4 игрушки синего цвета в форме сердечек с белым рисунком с глянцевым эффектом &amp;#40;размером 5 см&amp;#41;,4 игрушки золотистого цвета с глянцевым эффектом &amp;#40;размером 4 см&amp;#41;,4 игрушки золотистого цвета в форме маршмеллоу с матовым эффектом &amp;#40;размером 4 см&amp;#41;,а также 56 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. Ёлочные игрушки имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с крышкой из ПВХ, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998520</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e4/i208tny2lubudyozo67y2sxb4wri098f.jpg</t>
   </si>
   <si>
     <t>Шары  лочные НАБОР 73 предмета,  quot;Fairy House quot;, красный зеленый белый, пластик, ЗОЛОТАЯ СКАЗКА, 592181</t>
   </si>
   <si>
     <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА - непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. В наборе:2 шара красного цвета с объемным узором с глянцевым эффектом &amp;#40;диаметр 6 см&amp;#41;,2 шара белого цвета с зеленым и красным рисунком с матовым эффектом &amp;#40;диаметр 6 см&amp;#41;,2 шара зеленого цвета с объемным узором с глянцевым эффектом &amp;#40;диаметр 6 см&amp;#41;,2 шара красного цвета с зеленым и белым рисунком с глянцевым эффектом &amp;#40;диаметр 6 см&amp;#41;,1 украшение красного цвета в виде поезда с глянцевым эффектом &amp;#40;размер 8х5,8х3,3 см&amp;#41;,3 украшения красного и зеленого цветов в виде звезды с глянцевым эффектом &amp;#40;размер 6,5 см&amp;#41;,12 украшений красного, зеленого и белого цветов в виде сосулек с глянцевым, матовым и &amp;quot;глиттер&amp;quot;-эффектами &amp;#40;размер 9 см&amp;#41;,3 украшения зеленого и красного цветов в виде сапог с глянцевым и &amp;quot;глиттер&amp;quot;-эффектами &amp;#40;размер 7х5 см&amp;#41;, 6 шаров белого цвета с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;диаметр 3 см&amp;#41;,2 шара зеленого цвета с глянцевым эффектом &amp;#40;диаметр 3 см&amp;#41;,9 шаров красного цвета с глянцевым, матовым и &amp;quot;глиттер&amp;quot;-эффектами &amp;#40;диаметр 3 см&amp;#41;,2 шара зеленого цвета с глянцевым эффектом &amp;#40;диаметр 3 см&amp;#41;,6 украшений зеленого цвета в виде звездочек с глянцевым эффектом &amp;#40;размер 3 см&amp;#41;,12 украшений белого, красного и зеленого цветов в виде снежинок с эффектом &amp;quot;глиттер&amp;quot; &amp;#40;размер 3 см&amp;#41;,6 украшений зеленого цвета в виде шишек с глянцевым эффектом &amp;#40;размер 3 см&amp;#41;,5 украшений белого цвета в виде сердечек с глянцевым эффектом &amp;#40;размер 3 см&amp;#41;,а также 73 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. Игрушки имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку в виде домика с крышкой из ПВХ, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>998521</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/432/gks0ycud4ip7ro84m5v20ca2yaso7n6e.jpg</t>
@@ -707,1707 +875,672 @@
   <si>
     <t>&lt;a href="/brands/winter-deco/"&gt;Winter Deco&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a31/bfsnbfcwhybpzmxjr9pcgq4a0gtpwbdx.jpg</t>
   </si>
   <si>
     <t>Пластиковый шар Sonder 20 см, красный, глянцевый</t>
   </si>
   <si>
     <t>Пластиковый шар Sonder 20 см красный глянцевый</t>
   </si>
   <si>
     <t>1003209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1cd/i1zfzr5a1vojxk9a1soikr9mh1pbryj2.jpg</t>
   </si>
   <si>
     <t>Набор шаров НГ синих елочных шаров 3 см, 12 штук, НУ-5356</t>
   </si>
   <si>
     <t>1003580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c61/sputhgtoiuq2e5jvjfcgu38edtjhi9ey.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c43/azb5l688wshiw1kxkf3uel1fck26igy1.jpg</t>
   </si>
   <si>
     <t>Набор шаров Шары золотые с красным, набор 4 штуки, 6х6х6см 90647</t>
   </si>
   <si>
     <t>1003598</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/69b/xfvlq1w99o2l3rwi4geaoytppp4gtnju.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8d4/kcw920z02qva2w0o5edt8uygnoloa9cm.jpg</t>
   </si>
   <si>
     <t>Набор шаров елочных 12 штук, Чудеса, 4 см, серебряный с узором НУ-5623</t>
   </si>
   <si>
     <t>1003603</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bb4/ddfcyihvlmjnxf5znw1y4y97q0j271h3.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ac/yf8k0yl1ufetql4o8i95htj1vp8n2crc.jpg</t>
   </si>
   <si>
     <t>Набор шаров новогодн матовых елочных Серебряный бархат 6см  6 штук  НУ-6986</t>
   </si>
   <si>
     <t>Набор шаров новогодн матовых елочных Серебряный бархат 6см &amp;#40;6 штук&amp;#41; НУ-6986</t>
   </si>
   <si>
     <t>1003613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8f/2d8drrabel7nkadh6cf3k8rh34l99s9y.jpg</t>
   </si>
   <si>
     <t>Набор шаров новогодних матовых елочных Красный бархат 6см  6 штук  НУ-6949</t>
   </si>
   <si>
     <t>Набор шаров новогодних матовых елочных Красный бархат 6см &amp;#40;6 штук&amp;#41; НУ-6949</t>
   </si>
   <si>
     <t>1003615</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/404/qj2dnv7l679x7ew02b8896hfnefgdeia.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор шаров подвесных Новогодние цвета, стекло, набор 12 штук, 4x4x4см. 88041  НГ </t>
   </si>
   <si>
     <t>Набор шаров подвесных Новогодние цвета, стекло, набор 12 штук, 4x4x4см. 88041 &amp;#40;НГ&amp;#41;</t>
   </si>
   <si>
     <t>1003622</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc4/6n8cqhvqjrohqg2gj7bf3rp9twqhdqz4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор шаров подвесных Розовые оттенки стекло, набор 12 штук, 4x4x4см, 88040  НГ </t>
   </si>
   <si>
     <t>Набор шаров подвесных Розовые оттенки стекло, набор 12 штук, 4x4x4см, 88040 &amp;#40;НГ&amp;#41;</t>
   </si>
   <si>
     <t>1003623</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d4/99palnehh4o5fy8q09v3v6x3p53n5tnf.jpg</t>
-[...52 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6d5/zbulcma4rbp30mqtgoaxicxxuxozgynp.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из полистирола, набор 6 штук, 6x6x6см, арт.92703</t>
   </si>
   <si>
     <t>1003642</t>
   </si>
   <si>
     <t>&lt;a href="/brands/vremya-chudes/"&gt;Время Чудес&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e15/oitnx8i2ng696524nykp0ch94cvn6gxs.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c9d/5zrvb1qdt7gchybzlrr8z5a5eqdfcgxx.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из полистирола, набор 6 штук, 6x6x6см, арт.92706</t>
   </si>
   <si>
     <t>1003645</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/730/fwjxjem2j1fwgbp1ia5htmpqpd995scx.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из полистирола, набор 6 штук, 6x6x6см, арт.92707</t>
   </si>
   <si>
     <t>1003646</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fd/c13a05oo6pmw5cj42z6301mf5b41uphf.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из полистирола,набор 46 штук, 23,6x11,8x27,5см 91363</t>
   </si>
   <si>
     <t>1003649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3dc/ne45jlieypxdrzum845cgjd9m7lc5y56.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из стекла, набор 24 штуки, 2,5x2,5x2,5см, арт.92654</t>
   </si>
   <si>
     <t>1003653</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbb/nu6a2ijwybg4r3nx434fsp4c1wtjxokj.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d8a/xdrbxaa1umf7x5e0tuvr6i5fex91qzmc.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из стекла, набор 24 штуки, 2,5x2,5x2,5см, арт.92657</t>
   </si>
   <si>
     <t>1003655</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fdd/wbn2cs1pph7tecdxdmhyjqefj9vc00p1.jpg</t>
   </si>
   <si>
     <t>Набор шаров подвесных из стекла, набор 4 штуки, 6х6х6см, арт.93197</t>
   </si>
   <si>
     <t>1003656</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/922/qy3ozzm85ry5opoi2m2aoskljllthc04.jpg</t>
-[...26 lines deleted...]
-    <t>1003664</t>
+    <t>http://anytos.ru//upload/iblock/c5d/qwza1pntgvmfzmbg3vdbucwtyypukqjv.jpg</t>
+  </si>
+  <si>
+    <t>Шар елочный Домик на берегу 2, 80 мм., в подарочной коробке, НГ, КУ-80-244041</t>
+  </si>
+  <si>
+    <t>1003681</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kolomeev/"&gt;Коломеев&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac9/ozo0e3lv7onvwwa28p1pvnm5uqqv9wdh.jpg</t>
+  </si>
+  <si>
+    <t>Шар елочный подвесной - Шар Классический c новогод пожеланием внутри. 90713</t>
+  </si>
+  <si>
+    <t>1003701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36b/i8jdjcbfjavfht5qfihsvk85p6na0ysi.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 30 шт., 4 см,  quot;Solid Color quot;, пластик, ЗЕЛЕНЫЕ, глянец, ЗОЛОТАЯ СКАЗКА, 592500</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с глянцевой фактурой создадут уютную гармоничную атмосферу наступающих праздников.Материал – пластик. Комплект – 30 шаров диаметром 4 см. Упакованы в ПВХ-бокс, а также в дополнительный картонный короб.</t>
+  </si>
+  <si>
+    <t>1012129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f97/aa30yf31nay84btqa581wju4t8k2iuu3.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 30 шт., 4 см,  quot;Solid Color quot;, пластик, ЗОЛОТО, глянец, ЗОЛОТАЯ СКАЗКА, 592497</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с глянцевой фактурой создадут уютную гармоничную атмосферу наступающих праздников.Материал – пластик. Комплект - 30 шаров диаметром 4 см. Упакованы в ПВХ-бокс, а также в дополнительный картонный короб.</t>
+  </si>
+  <si>
+    <t>1012130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7c/yjq34so76hhgrgizcf0byltf0yczy64m.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 30 шт., 4 см,  quot;Solid Color quot;, пластик, КРАСНЫЕ, глянец, ЗОЛОТАЯ СКАЗКА, 592496</t>
+  </si>
+  <si>
+    <t>1012131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/483/rycyz0b6wok5m2y4a7q1th1v0gf4qbxd.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 30 шт., 4 см,  quot;Solid Color quot;, пластик, ЛИЛОВЫЕ, глянец, ЗОЛОТАЯ СКАЗКА, 592499</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с глянцевой фактурой создадут уютную гармоничную атмосферу наступающих праздников.Материал - пластик. Комплект – 30 шаров диаметром 4 см. Упакованы в ПВХ-бокс, а также в дополнительный картонный короб.</t>
+  </si>
+  <si>
+    <t>1012132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/971/q62g49yjm86zzau7cmrzt60pj1lsu3rg.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 30 шт., 4 см,  quot;Solid Color quot;, пластик, СЕРЕБРО, глянец, ЗОЛОТАЯ СКАЗКА, 592498</t>
+  </si>
+  <si>
+    <t>1012133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fcb/j1q8uu61gszdtqpobvgyttzn7x47yq4s.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 30 шт., 4 см,  quot;Solid Color quot;, пластик, СИНИЕ, глянец, ЗОЛОТАЯ СКАЗКА, 592495</t>
+  </si>
+  <si>
+    <t>1012134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0a/oi408t0pdy724zz7lhav6v29j416k7rm.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 32 шт., 2,5 см,  quot;Tender Shine quot;, пластик, золотистые, глянец, ЗОЛОТАЯ СКАЗКА, 592502</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с глянцевой фактурой создадут уютную гармоничную атмосферу наступающих праздников.Материал – пластик. Комплект – 32 шара диаметром 2,5 см. Упакованы в ПВХ-бокс, а также в дополнительный картонный короб</t>
+  </si>
+  <si>
+    <t>1012135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c6/3mps7s6c7bru9n1unz5wnh2nwshj35g1.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 32 шт., 2,5 см,  quot;Tender Shine quot;, пластик, розовые, глянец, ЗОЛОТАЯ СКАЗКА, 592503</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Приближение новогодних праздников всегда способствует повышению настроения и приливу сил. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить красавицу-ель по-особенному, стильно и со вкусом. Однотонные шары с глянцевой фактурой создадут уютную гармоничную атмосферу наступающих праздников.Материал – пластик. Комплект – 32 шара диаметром 2,5 см. Упакованы в ПВХ-бокс, а также в дополнительный картонный короб.</t>
+  </si>
+  <si>
+    <t>1012136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c80/oq0wkw7wgydndu8qidhjaaxs6563xwn5.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 32 шт., 2,5 см,  quot;Tender Shine quot;, пластик, серебристые, глянец, ЗОЛОТАЯ СКАЗКА, 592501</t>
+  </si>
+  <si>
+    <t>1012137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67d/1c6mxytyn3o21c6puvgavdu038azsr92.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные 6 шт., 8 см,  quot;Burgundy Charm quot;, пластик, софт-тач, бургунди, ЗОЛОТАЯ СКАЗКА, 592453</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. В наборе: 6 шаров цвета бургунди диаметром 8 см с эффектом софт-тач и золотистыми рисунком.Также 6 нитей из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. В верхней части декоративные украшения имеют петлю для подвешивания. Шары могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Весь комплект упакован в прозрачный ПВХ-бокс.</t>
+  </si>
+  <si>
+    <t>1012138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfa/fdcsh9e9jzc9sep0gf9wz34r4bcxbcrf.jpg</t>
+  </si>
+  <si>
+    <t>Шары  лочные 8 см,  quot;Charming Winter quot;, пластик, АССОРТИ 3 дизайна, с подсветкой, ЗОЛОТАЯ СКАЗКА, 592478</t>
+  </si>
+  <si>
+    <t>Елочные шары ЗОЛОТАЯ СКАЗКА – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Шары представлены с наполнением в 3 дизайнах. Диаметр – 8 см. Внутри шаров находится светодиод. Работают от 3 кнопочных батареек &amp;quot;таблеток&amp;quot; типа LR44 в колпачке-подвесе &amp;#40;входят в комплект&amp;#41;, включаются/отключаются нажатием сверху. Батарейки можно заменить, открутив колпачок.В верхней части металлического колпачка находится пластиковый крючок, через который продевается веревочка. Каждый шар имеет индивидуальный бумажный хэнгтег, далее по 6 шаров упакованы в полипропиленовый пакет. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e0/qvi3jlmk2rbyk4qzyw6o895mnc0j7jjh.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные НАБОР 35 предметов  quot;Зефирки quot;, пластик, софт-тач, молочный, ЗОЛОТАЯ СКАЗКА, 592588</t>
+  </si>
+  <si>
+    <t>Набор украшений для ели ЗОЛОТАЯ СКАЗКА позволит с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Упакован в элегантную подарочную коробку. Набор украшений для ели включает в себя 35 предметов разной формы.Однотонные украшения с софт-тач фактурой создадут уютную гармоничную атмосферу наступающих праздников.Материал – пластик. Размер предметов от 4 до 8 см.В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из набора могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Упакован в ПВХ-бокс, а также в дополнительный картонный короб.</t>
+  </si>
+  <si>
+    <t>1012141</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6cf/18t8x7zz5lynivrnec31hdhygnp2jgxk.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные НАБОР 42 предмета  quot;Red and White Shine quot;, пластик, красный белый, ЗОЛОТАЯ СКАЗКА, 592589</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового Года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. • В комплекте:- 2 шара белого цвета с матовым эффектом и красным рисунком &amp;#40;диаметром 6 см&amp;#41;,- 4 шара красного цвета с глянцевым эффектом и белым рисунком &amp;#40;диаметром 6 см&amp;#41;,- 2 шара красного цвета с глянцевым эффектом &amp;#40;диаметром 6 см&amp;#41;,- 2 украшения в форме ели красного цвета с глянцевым эффектом &amp;#40;размером 7х5 см&amp;#41;,- 2 украшения в форме машинки красного цвета с глянцевым эффектом &amp;#40;размером 6х3х4 см&amp;#41;,- 6 украшений в форме звезды красного цвета с глянцевым эффектом &amp;#40;3,5х1,8 см&amp;#41;,- 2 шара белого цвета с глянцевым эффектом и объемными узорами &amp;#40;диаметром 6 см&amp;#41;,- 4 шара красного цвета с глянцевым эффектом &amp;#40;диаметром 3 см&amp;#41;,- 4 шара белого цвета с эффектом глиттер &amp;#40;диаметром 3 см&amp;#41;,- 4 шара красного цвета с эффектом глиттер &amp;#40;диаметром 3 см&amp;#41;,- 10 шаров белого цвета с глянцевым эффектом и объемными узорами &amp;#40;диаметром 3 см&amp;#41;,а также 42 нити из полиэстера золотистого цвета длиной 30 см для подвешивания шаров. Украшения имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с ПВХ-крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>1012143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62c/1qqm12g0xi4wbkm39ze9mj25k51n3mo7.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные НАБОР 50 предметов  quot;Новогодний Блеск quot;, пластик, серебристый, ЗОЛОТАЯ СКАЗКА, 592594</t>
+  </si>
+  <si>
+    <t>Елочные шары – непременный атрибут Нового Года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Насыщенные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. • В наборе:- 4 шара серебристого цвета с матовым эффектом &amp;#40;диаметром 4 см&amp;#41;,- 8 шаров белого цвета с эффектом глиттер &amp;#40;диаметром 4 см&amp;#41;,- 6 шаров серебристого цвета с эффектом глиттер &amp;#40;диаметром 4 см&amp;#41;,- 4 шара серебристого цвета с глянцевым эффектом &amp;#40;диаметром 4 см&amp;#41;,- 4 шара белого цвета с матовым эффектом и серебристым рисунком &amp;#40;диаметром 4 см&amp;#41;,- 8 шаров белого цвета с матовым эффектом &amp;#40;диаметром 4 см&amp;#41;,- 16 шаров серебристого цвета с глянцевым эффектом и рисунком &amp;#40;диаметром 4 см&amp;#41;.Набор упакован в ПВХ-бокс, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>1012146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3a/5cwh3v2kk8q9yd1hgmkdp9cp1zo7p81l.jpg</t>
+  </si>
+  <si>
+    <t>Шары елочные НАБОР 54 предмета  quot;Burgundy Style quot;, пластик, бордо, ЗОЛОТАЯ СКАЗКА, 592591</t>
+  </si>
+  <si>
+    <t>Наборы украшений для ели ЗОЛОТАЯ СКАЗКА позволят с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Наборы упакованы в элегантную подарочную коробку. • В комплекте:- 2 украшения цвета бордо в форме цветка с глиттером &amp;#40;размером 24 см&amp;#41;,- 3 шара цвета бордо с глянцевым эффектом и объемным рисунком &amp;#40;диаметром 8 см&amp;#41;,- 5 шаров цвета бордо с матовым эффектом &amp;#40;диаметром 3 см&amp;#41;,- 5 шаров цвета бордо с жемчужным эффектом &amp;#40;диаметром 3 см&amp;#41;,- 3 шара цвета бордо с глянцевым эффектом и рисунком &amp;#40;диаметром 6 см&amp;#41;,- 2 украшения в форме &amp;quot;звезды&amp;quot; цвета бордо с глиттером &amp;#40;размером 8х8 см&amp;#41;,- 2 украшения в форме &amp;quot; шишки&amp;quot; цвета бордо с глиттером &amp;#40;размером 6х4 см&amp;#41;,- 2 украшения в форме &amp;quot;ели&amp;quot; цвета бордо с глиттером &amp;#40; размером 7х5 см&amp;#41;,- 4 шара цвета бордо с глиттером &amp;#40;диаметром 5 см&amp;#41;,- 3 шара цвета бордо с глиттером &amp;#40;диаметром 4 см&amp;#41;,- 3 шара цвета бордо с глянцевым эффектом &amp;#40;диаметром 5 см&amp;#41;,- 3 шара цвета бордо с глянцевым эффектом &amp;#40;диаметром 4 см&amp;#41;,- 5 шаров цвета бордо с глянцевым эффектом &amp;#40;диаметром 3 см&amp;#41;.- 3 шара цвета бордо с жемчужным эффектом &amp;#40;диаметром 6 см&amp;#41;,- 3 шара цвета бордо с жемчужным эффектом &amp;#40;диаметром 4 см&amp;#41;,- 3 шара цвета бордо с матовым эффектом &amp;#40;диаметром 5 см&amp;#41;,- 3 шара цвета бордо с матовым эффектом &amp;#40;диаметром 4 см&amp;#41;.Украшения имеют петлю для подвешивания в верхней части. Их можно использовать для украшения новогодней ели или в качестве новогоднего сувенира. Набор упакован в картонную коробку с ПВХ-крышкой, дополнительно упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>1012148</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e41/bffmofmv4mg918fai7qehnnltdj7rgut.jpg</t>
+  </si>
+  <si>
+    <t>Пластиковый шар Sonder 20 см, синий, глянцевый</t>
+  </si>
+  <si>
+    <t>Пластиковый шар Sonder 20 см синий глянцевый</t>
+  </si>
+  <si>
+    <t>1013432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2b/j8c4uxj3zukhcx3xwny9a3890aupcpok.jpg</t>
+  </si>
+  <si>
+    <t>Пластиковый шар Sonder 20 см, серебряный, глянцевый</t>
+  </si>
+  <si>
+    <t>Пластиковый шар Sonder 20 см серебряный глянцевый</t>
+  </si>
+  <si>
+    <t>1013433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6a/oyjv7c5h9l3x6fxb6e7hc4z48u713bzr.jpg</t>
+  </si>
+  <si>
+    <t>Шар ErichKrause Decor Лайм 8см</t>
+  </si>
+  <si>
+    <t>1013633</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fc/ckeel78z1eqb9zp716zmcuc9lymm0dbc.jpg</t>
+  </si>
+  <si>
+    <t>Шар ErichKrause Decor Сапфир 8см</t>
+  </si>
+  <si>
+    <t>1013634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf5/6116czkan5izbixo1n026lstbmv2nzn7.jpg</t>
+  </si>
+  <si>
+    <t>Шар ErichKrause Decor Турмалин 8см</t>
+  </si>
+  <si>
+    <t>1013635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/s3z94ywphfr7g5oqimbyktwknjvfccrj.jpg</t>
+  </si>
+  <si>
+    <t>Шар ErichKrause Decor Изумруд 10см</t>
+  </si>
+  <si>
+    <t>1013636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/371/so265o36bieb6qvtndtcnl04ksacpwm3.jpg</t>
+  </si>
+  <si>
+    <t>Шар ErichKrause Decor Диско 8см</t>
+  </si>
+  <si>
+    <t>1013637</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efd/qolwagvbh4aznm3pe5zj02figtcr8t1x.jpg</t>
+  </si>
+  <si>
+    <t>Шар ErichKrause Decor Рождественский вечер 7см, стекло</t>
+  </si>
+  <si>
+    <t>1013638</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f8/sxb06o4j1m8nt5dl4ld50n7mpzeqp2uv.jpg</t>
+  </si>
+  <si>
+    <t>Шар ErichKrause Decor Рождественское утро 7см, стекло</t>
+  </si>
+  <si>
+    <t>1013639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/o9wrmfelezpck3y03wich645thx6la8x.png</t>
+  </si>
+  <si>
+    <t>Набор шаров Жемчужный из стекла, 4 штуки, 6х6х6см арт.90655</t>
+  </si>
+  <si>
+    <t>1016275</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d11/9tnxhcu7yf0qlmrgsgjqndg6bzh7avn1.png</t>
+  </si>
+  <si>
+    <t>Набор шаров Красный, Золотой 24 штуки, 6x30x20см 6x30x20см арт.96256</t>
+  </si>
+  <si>
+    <t>1016276</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c10/pqc29at50oumd078g6trgcng65dai05s.png</t>
+  </si>
+  <si>
+    <t>Набор шаров елочных 24 штуки, Новогоднее настроение, 3 см, красный, НУ-5618</t>
+  </si>
+  <si>
+    <t>1016296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c3/hmifc48589lrpyh8yoyuox2b2knk2dli.png</t>
+  </si>
+  <si>
+    <t>Набор шаров из 12 штук, Шар, D 4 см, L9,5 W9,5 H10,5 см, 753586</t>
+  </si>
+  <si>
+    <t>1016298</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e3/btujk16gpuchm0miv6g0du1rkruhslgn.png</t>
+  </si>
+  <si>
+    <t>Набор шаров из полистирола, 20 штук 4х4х4см арт.95124</t>
+  </si>
+  <si>
+    <t>1016302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03f/yuxgsl2y07i1yqcr23q2hgkbw6xsz6r6.png</t>
+  </si>
+  <si>
+    <t>Набор шаров из стекла из 24 штук 2,5x2,5x2,5см арт.92658</t>
+  </si>
+  <si>
+    <t>1016306</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91e/tj6oqr1m58nb2kwnukgdt35lb3eqyvpt.png</t>
+  </si>
+  <si>
+    <t>Набор шаров из стекла, набор 20 штук 3x3x3см арт.95414</t>
+  </si>
+  <si>
+    <t>1016307</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c23/jihrd1etie7mvnb97snnqc57pkg84961.png</t>
+  </si>
+  <si>
+    <t>Набор шаров из стекла, набор из 4 штук 6х6х6см арт.93200</t>
+  </si>
+  <si>
+    <t>1016308</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/272/piqpub4fh7f7plqc755rqq3p0t6m3uas.png</t>
+  </si>
+  <si>
+    <t>Набор шаров полистирол Синий, Серебро 24 шт. 6x30x20см арт.96259</t>
+  </si>
+  <si>
+    <t>1016312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6e/u2kazpt1d9cj7ss5u6mo9gshmj086ggm.png</t>
+  </si>
+  <si>
+    <t>Шар 150мм, с глиттером лакированный  синий , 4963751</t>
+  </si>
+  <si>
+    <t>Шар 150мм, с глиттером лакированный &amp;#40;синий&amp;#41;, 4963751</t>
+  </si>
+  <si>
+    <t>1016362</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bigdecor/"&gt;BigDecor&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc5/erjubbijlo4adlnd137w3ldiyowjqsua.jpg</t>
-[...727 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1fb/kx80zxog7gaaf1mo6ihnizua7ulr40kg.png</t>
   </si>
   <si>
     <t>Шар 150мм, с глиттером лакированный  золотой , 4963861</t>
   </si>
   <si>
     <t>Шар 150мм, с глиттером лакированный &amp;#40;золотой&amp;#41;, 4963861</t>
   </si>
   <si>
     <t>1016364</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/27a/qk6d1qjkgto8g3o58h030s99wvjsb17i.png</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/73a/nw6qr2irt38vah66vdsoefk07oi3257b.png</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный  бирюзовый , 50895191</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный &amp;#40;бирюзовый&amp;#41;, 50895191</t>
   </si>
   <si>
     <t>1016367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68c/suwz89te5z9aq0cx61lttmyvc5e6xrkv.png</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный  золотой, 4798761</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный &amp;#40;золотой, 4798761</t>
   </si>
   <si>
     <t>1016368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fad/toqddlsskpvyulmbuet5yxagbv2hyuq8.png</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный  красный , 4798541</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный &amp;#40;красный&amp;#41;, 4798541</t>
   </si>
   <si>
     <t>1016369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c0/94k75f85ri31v0wj8d5c4p7usi5l0w3n.png</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный  синий , 4798651</t>
   </si>
   <si>
     <t>Шар 200мм, с глиттером лакированный &amp;#40;синий&amp;#41;, 4798651</t>
   </si>
   <si>
     <t>1016370</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0b/2v8mn7bysuly8eafr0kdxs8pblg7d7bp.png</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/948/31hpvw43jkjlm0mdaup0ihyqjcaq1x9s.png</t>
   </si>
   <si>
     <t>Шар 150мм, с глиттером лакированный  красный , 4963641</t>
   </si>
   <si>
     <t>Шар 150мм, с глиттером лакированный &amp;#40;красный&amp;#41;, 4963641</t>
   </si>
   <si>
     <t>1016375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/928/4242pfwvr48d42a8i9xv2kdpjb3mpvt0.png</t>
   </si>
   <si>
     <t>Шар 150мм, с глиттером лакированный  серебряный , 4963971</t>
   </si>
   <si>
     <t>Шар 150мм, с глиттером лакированный &amp;#40;серебряный&amp;#41;, 4963971</t>
   </si>
   <si>
     <t>1016376</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0b/2ck7ukb34q5medcwfh435q8v83ebhf6j.png</t>
-[...256 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/01b/aqgz45iyyaz9i92utiljyakwms1nrurk.png</t>
   </si>
   <si>
     <t>Шар Новогоднее подвесное украшение из стекла   8х8х8см арт.95616</t>
   </si>
   <si>
     <t>Шар Новогоднее подвесное украшение из стекла / 8х8х8см арт.95616</t>
   </si>
   <si>
     <t>1016399</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/680/5h31mxdz1h9r1hy0rv22y71t2ihxn4vq.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/10b/8d9is1ovmw4uffihjtn8ozef5xc9p807.png</t>
   </si>
   <si>
     <t>Шар Пейзаж 1. 100 мм., в подарочной упаковке. КУ-100-192163</t>
   </si>
   <si>
     <t>1016401</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e67/lthdcommbu8i2c00ewalgmmz0ca0m7en.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/07e/73k0nq7sxjgeq329du2zq2iglmhsfk5e.png</t>
   </si>
   <si>
     <t>Шар Русская зима 2. 65 мм., в подарочной упаковке. КУ-65-214190</t>
   </si>
   <si>
     <t>1016403</t>
-  </si>
-[...139 lines deleted...]
-    <t>1016417</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2734,57 +1867,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M220"/>
+  <dimension ref="A1:M133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F220" sqref="F220"/>
+      <selection pane="bottomRight" activeCell="G133" sqref="G133"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3001,4708 +2134,2800 @@
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="3" t="s">
+      <c r="F19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>114</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="F33" s="3" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>129</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>130</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>132</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>137</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>141</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>23</v>
+        <v>180</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>186</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F50" s="3" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="C58" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>223</v>
+        <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F59" s="3" t="s">
-        <v>223</v>
+        <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="F60" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G60" s="3" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F62" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F63" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>149</v>
+        <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>149</v>
+        <v>279</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>144</v>
+        <v>279</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>144</v>
+        <v>176</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>144</v>
+        <v>176</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>144</v>
+        <v>176</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>299</v>
+        <v>176</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>299</v>
+        <v>176</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>144</v>
+        <v>176</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>315</v>
+        <v>328</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>144</v>
+        <v>176</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>318</v>
+        <v>331</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>320</v>
+        <v>333</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>144</v>
+        <v>334</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>321</v>
+        <v>335</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>144</v>
+        <v>176</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>325</v>
+        <v>339</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>325</v>
+        <v>340</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>326</v>
+        <v>341</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>327</v>
+        <v>342</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>328</v>
+        <v>343</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>341</v>
+        <v>355</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>342</v>
+        <v>356</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>347</v>
+        <v>360</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>349</v>
+        <v>362</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>18</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="F101" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G101" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>369</v>
+        <v>382</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>373</v>
+        <v>388</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>375</v>
+        <v>390</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>378</v>
+        <v>394</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>379</v>
+        <v>395</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>379</v>
+        <v>396</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="F105" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="G105" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>381</v>
+        <v>398</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>382</v>
+        <v>399</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>382</v>
+        <v>400</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>383</v>
+        <v>401</v>
       </c>
       <c r="F106" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="G106" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>384</v>
+        <v>402</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="F107" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="G107" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>387</v>
+        <v>406</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F108" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="G108" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>390</v>
+        <v>409</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>391</v>
+        <v>410</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>23</v>
+        <v>405</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>394</v>
+        <v>412</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>395</v>
+        <v>413</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>392</v>
+        <v>413</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>396</v>
+        <v>414</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>23</v>
+        <v>405</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>397</v>
+        <v>415</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>398</v>
+        <v>416</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>399</v>
+        <v>416</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>400</v>
+        <v>417</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>23</v>
+        <v>405</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>401</v>
+        <v>418</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>402</v>
+        <v>419</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>403</v>
+        <v>419</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>23</v>
+        <v>405</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>50</v>
+        <v>421</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F113" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B113" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G113" s="3" t="s">
-        <v>186</v>
+        <v>421</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>409</v>
+        <v>425</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>410</v>
+        <v>426</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>411</v>
+        <v>426</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>413</v>
+        <v>428</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>414</v>
+        <v>429</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>418</v>
+        <v>432</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>223</v>
+        <v>180</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="G117" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>428</v>
+        <v>176</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>429</v>
+        <v>440</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>430</v>
+        <v>441</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>430</v>
+        <v>441</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>431</v>
+        <v>442</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>428</v>
+        <v>176</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>432</v>
+        <v>443</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>428</v>
+        <v>176</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>428</v>
+        <v>176</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>428</v>
+        <v>176</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>428</v>
+        <v>456</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>428</v>
+        <v>456</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>447</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>449</v>
+        <v>463</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>450</v>
+        <v>464</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>428</v>
+        <v>456</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>447</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>451</v>
+        <v>465</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>452</v>
+        <v>466</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>452</v>
+        <v>467</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>453</v>
+        <v>468</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>144</v>
+        <v>456</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>454</v>
+        <v>469</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>455</v>
+        <v>470</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="F127" s="3" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>457</v>
+        <v>473</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>458</v>
+        <v>474</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
       <c r="F128" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G128" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>460</v>
+        <v>477</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>461</v>
+        <v>478</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>461</v>
+        <v>479</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>462</v>
+        <v>480</v>
       </c>
       <c r="F129" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G129" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>463</v>
+        <v>481</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>464</v>
+        <v>482</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>464</v>
+        <v>483</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>465</v>
+        <v>484</v>
       </c>
       <c r="F130" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G130" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>466</v>
+        <v>485</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>467</v>
+        <v>487</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>468</v>
+        <v>488</v>
       </c>
       <c r="F131" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G131" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>469</v>
+        <v>489</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>470</v>
+        <v>490</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>471</v>
+        <v>490</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>472</v>
+        <v>491</v>
       </c>
       <c r="F132" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="G132" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>473</v>
+        <v>492</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>474</v>
+        <v>493</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>475</v>
+        <v>493</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>18</v>
-[...1942 lines deleted...]
-      <c r="F220" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="G133" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>