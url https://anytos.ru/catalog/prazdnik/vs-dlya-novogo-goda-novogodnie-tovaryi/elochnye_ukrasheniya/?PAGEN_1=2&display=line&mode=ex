--- v0 (2025-11-29)
+++ v1 (2026-03-18)
@@ -12,124 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1062">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="714">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/822/8229bef55b8798957a6086a8db6f18bf/ecdc2a0061fb4d621518302a04c6e638.jpg</t>
   </si>
   <si>
     <t>Набор для творчества Bondibon  quot; лочные украшения с бл стками quot;, ВВ2078</t>
   </si>
   <si>
     <t>Набор для творчества-создание ёлочных украшений своими руками. Состав набора10шт.  бумажных подвесок с клеевой поверхностью для декорирования блёстками 4шт. бутылочки с блёстками 20шт.страз 10шт.разноцветных ленточек инструкция.  Выбираем бумажную фигурку из набора. По контурам каждой содержится несколько наклеек. Аккуратно снимаем одну из них. Выбираем по цвету блёстки, которыми будем декорировать данный участок фигурки. Посыпаем блёстками, остаток блёсток ссыпаем обратно в бутылочку. Декорируйте всю фигурку блёстками. Но это ещё не всё Найдите в наборе вторую половинку Вашей фигурки. Декорируйте её аналогичным споособом. Склейте две половинки между собой. Клей в набор не входит. Не забудьте вставить между ними ленточку. Ваше новогоднее украшение готово.</t>
   </si>
   <si>
     <t>Елочные украшения</t>
   </si>
   <si>
     <t>338539</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/123/1230857300ab425c425a4954fe29b63d/c557c5c3887c9534561664c7fb14687f.jpg</t>
   </si>
   <si>
     <t>Набор для творчества Bondibon  quot; лочные украшения quot; Снежинка</t>
   </si>
   <si>
     <t>Набор для творчества – создание оригинального подарка своими руками. В комплекте есть всё необходимое для росписи керамической фигурки: сама фигурка и 3 разноцветные краски с кисточкой.</t>
   </si>
   <si>
     <t>341721</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7bd/7bdf26483c9bf0366731ee9694561e3d/737d3ece5e5d2fb16b9b6568f62771f7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f47/f474bf170fa54c45c8750901636fa60f/39a67e7c033ee61ae59400f4ed99c62e.jpg</t>
   </si>
   <si>
     <t>Набор для творчества Bondibon- лочные украшения- Дед Мороз на карте Шапка Д.Мороза  ВВ2170</t>
   </si>
   <si>
     <t>346636</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d5/9d522bda9903943dc4c7ee4b3f9bef13/1ef2a893da9f256a2c3d05c220adba2a.jpg</t>
   </si>
   <si>
     <t>Набор для творчества Bondibon- лочные украшения- Снежинка 7.5 1.6 8.6cm на карте  лочка  ВВ2171</t>
   </si>
   <si>
     <t>346637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1c/e1c2e454220d57e942df92baa47639c9/25e5296d89e8383d92ff77f07ecf35f5.jpg</t>
   </si>
   <si>
     <t>Набор для творчества  BONDIBON.  quot; лочные украшения  со стразами и наклейками quot;  лочка. ВВ3735</t>
   </si>
   <si>
     <t>Набор для творчества&amp;nbsp;&amp;nbsp;BONDIBON. &amp;quot;Ёлочные украшения&amp;nbsp;&amp;nbsp;со стразами и наклейками&amp;quot; Ёлочка.</t>
@@ -152,60 +149,75 @@
   <si>
     <t>&lt;a href="/brands/veselyj-horovod/"&gt;Веселый хоровод&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/457/ye8wwst2esqzs65j2ra312b4hrqswm20.jpg</t>
   </si>
   <si>
     <t>Украшения елочные ЗОЛОТАЯ СКАЗКА  quot;Птичка quot;, НАБОР 2 шт., пластик, 11 см, цвет синий с серебристыми крыльями, 590894</t>
   </si>
   <si>
     <t>Набор елочных украшений станет ярким элементом декора для новогодней ели и интерьера дома. Насыщенный цвет в сочетании с отделкой глиттером и оригинальным дизайном украшений создадут уютную атмосферу всеми любимого праздника. Новогодних праздников с нетерпением ждут не только дети, но и взрослые. Именно во время наступления зимы начинает веять сказочным ожиданием рождественских чудес и необыкновенных историй. Самым главным украшением дома к Новому году является ёлка. Для каждого человека такое занятие всегда происходит по-детски волнительно и весело. Многие верят, что игрушки являются прямым отражением стиля и даже статуса.Украшения выполнены в виде птичек и крепятся на новогоднюю ель посредством удобной клипсы.</t>
   </si>
   <si>
     <t>423801</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b9/rgve7d5nma636b0htg9g3tabj3wwrfy8.jpg</t>
-[...8 lines deleted...]
-    <t>459309</t>
+    <t>http://anytos.ru//upload/iblock/a06/a06c83b1664866ab57fc5c56fb775938/2e255edd92ee59fddf9d12a9e86cf26a.jpg</t>
+  </si>
+  <si>
+    <t>Украшения елочные ЗОЛОТАЯ СКАЗКА  quot;Шишки quot;, НАБОР 4 шт., пластик, 9 см, цвет золотистый, 590898</t>
+  </si>
+  <si>
+    <t>Набор елочных украшений станет ярким элементом декора для новогодней ели и интерьера дома. Золотистый цвет в сочетании с оригинальным дизайном украшений создадут уютную атмосферу всеми любимого праздника.</t>
+  </si>
+  <si>
+    <t>423805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/959/zzzy1i6aey82qghnedtuloqhrnpvcjab.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное подвесное  quot;Снежинка золотистая quot; ЗОЛОТАЯ СКАЗКА, НАБОР 4 шт, 13 см, глиттер, 591132</t>
+  </si>
+  <si>
+    <t>Набор елочных украшений станет ярким элементом декора для новогодней ели и интерьера дома. Золотистый цвет в сочетании с оригинальным дизайном украшений создадут уютную атмосферу всеми любимого праздника. Новогодних праздников с нетерпением ждут не только дети, но и взрослые. Именно во время наступления зимы начинает веять сказочным ожиданием рождественских чудес и необыкновенных историй. Самым главным украшением дома к Новому году является ёлка. Для каждого человека такое занятие всегда происходит по-детски волнительно и весело. Многие верят, что игрушки являются прямым отражением стиля и даже статуса.Елочные украшения выполнены в форме снежинок. Фактура: глиттер.</t>
+  </si>
+  <si>
+    <t>423812</t>
+  </si>
+  <si>
+    <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff9/9f4d8zipu1f7r4330yo6fysfaozjqxgw.jpg</t>
   </si>
   <si>
     <t>Набор украшений для ели ЗОЛОТАЯ СКАЗКА, 39 предметов, золотистый цвет, 591128</t>
   </si>
   <si>
     <t>Подарочный набор украшений для ели позволит с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Набор упакован в пластиковый кейс с удобными ручками. Ожидание Нового года – это ожидание зимнего волшебства и той поры, когда каждый верит в чудеса вне зависимости от возраста. Взрослые и дети радуются первому снегу, особенно запоминаются вечерние посиделки в метель, тем более вызывает восторг игры в снежки и лепка снеговика. Елочные изделия, выполненные в золотом цвете, станут яркой деталью на вечнозеленом дереве. Существует поверье, что золото притягивает богатство и процветание, по этой причине драгоценный металл был олицетворением божества у многих древних народов. В набор входят: - 12 шаров с текстурированным покрытием &amp;#40;6 - с глянцевым, 6 - с матовым&amp;#41;; - 8 шаров с текстурированным покрытием и декором &amp;#40;4 - с глянцевым, 4 - с матовым&amp;#41;; - 2 украшения в форме лука &amp;#40;1 глянцевое, 1 матовое&amp;#41;; - 2 - в форме звезды &amp;#40;1 глянцевое, 1 матовое&amp;#41;; - 2 - в форме шишки &amp;#40;1 глянцевое; 1 матовое&amp;#41;; - 9 - в форме спирали &amp;#40;3 - глянцевые, 3 - матовые, 3 - с глиттером&amp;#41;; - 2 снежинки;- 2 мишуры.</t>
   </si>
   <si>
     <t>459310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ade/p5uwkkrgm0vzy94fqa0krcfpj8vk7iff.jpg</t>
   </si>
   <si>
     <t>Набор украшений для ели ЗОЛОТАЯ СКАЗКА, 43 предмета, цвет золото   перламутр, 591129</t>
   </si>
   <si>
     <t>Подарочный набор украшений для ели позволит с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Набор упакован в элегантную подарочную коробку. Ожидание Нового года – это ожидание зимнего волшебства и той поры, когда каждый верит в чудеса вне зависимости от возраста. Взрослые и дети радуются первому снегу, особенно запоминаются вечерние посиделки в метель, тем более вызывает восторг игры в снежки и лепка снеговика. Елочные изделия, выполненные в золотом и перламутровом цветах, станут яркой деталью на вечнозеленом дереве.В набор входят: - 20 шаров, 5 см &amp;#40;5 глянцевых, 10 матовых и 5 перламутровых&amp;#41;; - 12 шаров, 4 см &amp;#40;4 глянцевых, 4 матовых, 4 перламутровых&amp;#41;; - 4 перламутровые сосульки с декором; - 6 украшений в форме звезды &amp;#40;3 глянцевых, 3 матовых&amp;#41;; - 1 наконечник на ель в форме звезды.</t>
   </si>
   <si>
     <t>459311</t>
   </si>
@@ -344,62 +356,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/55a/3un35ul1lmh73gfyx1fgi8qnuq0xi7ip.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя  quot;Подарок quot; 3шт принт клетка</t>
   </si>
   <si>
     <t>Подвеска новогодняя &amp;quot;Подарок&amp;quot; 3шт принт клетка</t>
   </si>
   <si>
     <t>704087</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93c/29ao9ve885gq5iczhdultk37lbh1p71z.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя  quot;Санта quot; 2шт уп цвет, ассорти</t>
   </si>
   <si>
     <t>Подвеска новогодняя &amp;quot;Санта&amp;quot; 2шт/уп цвет ассорти</t>
   </si>
   <si>
     <t>704089</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ee2/79o3ajar9durcgmdjdcfbn16kv3trgjb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/23a/sklu4na83cm1jlt6p0n7dwi5zm4cgf0k.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя  quot;Снежинка quot; объемная 3шт</t>
   </si>
   <si>
     <t>Подвеска новогодняя &amp;quot;Снежинка&amp;quot; объемная 3шт</t>
   </si>
   <si>
     <t>704099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8e/8cscof7w2gtrk1ae4yrjmp1rnhawkrwx.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя  quot;Солнышко quot; объемная</t>
   </si>
   <si>
     <t>Подвеска новогодняя &amp;quot;Солнышко&amp;quot; объемная</t>
   </si>
   <si>
     <t>704101</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b02/zyf1wgoc55brzci6k3c44kgpt9vit32x.jpg</t>
@@ -441,2810 +441,1766 @@
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/616/leiq2ivmve4gt28i38qu48sscyzqsr0g.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя дерев.  quot;Ассорти quot; 3D красная</t>
   </si>
   <si>
     <t>Подвеска новогодняя дерев. &amp;quot;Ассорти&amp;quot; 3D красная</t>
   </si>
   <si>
     <t>704116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6d/pb58j9oft0a323wz6zy9x2421er00hoh.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя деревян.  quot;Домик quot; с подсветкой</t>
   </si>
   <si>
     <t>Подвеска новогодняя деревян. &amp;quot;Домик&amp;quot; с подсветкой</t>
   </si>
   <si>
     <t>704117</t>
-  </si>
-[...10 lines deleted...]
-    <t>704128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/141/po28swd5qc79218o2mydsan9z0b87r13.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя дерев.  quot;Фигурки quot; 10шт</t>
   </si>
   <si>
     <t>Фигурки используются для декорирования и придания новогоднего настроения.&lt;br /&gt;
  Упаковка - картонная коробка с прозрачной крышкой, размер 13*2*15 см. Материал: дерево, металл, текстиль.</t>
   </si>
   <si>
     <t>704138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d9/dcojeteeftjvj43fo9lg1nm1ogyn12ki.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Подвеска новогодняя дерев.  quot;Фигурки quot; 12шт уп  набор </t>
   </si>
   <si>
     <t>Фигурки используются для декорирования и придания новогоднего настроения.&lt;br /&gt;
  Упаковка - картонная коробка с прозрачной крышкой, размер 16,5*2*13,5 см. Материал: дерево, металл, текстиль.</t>
   </si>
   <si>
     <t>704139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/918/igk9gkpbfabc2vcht48vyye9a422pbd0.jpg</t>
   </si>
   <si>
     <t>Подвеска новогодняя дерев.  quot;Фигурки quot; 12шт</t>
   </si>
   <si>
     <t>Фигурки используются для декорирования и придания новогоднего настроения.&lt;br /&gt;
  Упаковка - картонная коробка с прозрачной крышкой, размер 18*3*17 см. Материал: дерево, металл, текстиль.</t>
   </si>
   <si>
     <t>704140</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d56/9t4fhbn53b7q1e3qw8j8wbqstur7t4o2.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Желуди quot; 3 шт, 9х8 см, пластик, цвет: красный золотистый, ЗОЛОТАЯ СКАЗКА, 591998</t>
+  </si>
+  <si>
+    <t>Украшение ёлочное &amp;quot;Желуди&amp;quot; – идеальное решение для создания неповторимой атмосферы праздника. Эти красивые украшения придадут вашей ели особое очарование. В комплекте:3 декоративных украшения в форме жёлудя размером 9x8 см красного и золотистого цветов с глянцевым эффектом и белым рисунком; нитки из полиэстера длиной 30 см для подвешивания шаров золотистого цвета &amp;#40;3 шт.&amp;#41;. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Упакованы в прозрачную коробку из ПВХ.</t>
+  </si>
+  <si>
+    <t>954770</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8dd/41xfzqj3o2qtaxicyzmdhlkkw2lbw64v.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Желуди quot; 3 шт, 9х8 см, пластик, цвет: темно-синий серебро, ЗОЛОТАЯ СКАЗКА, 591997</t>
   </si>
   <si>
     <t>Украшение ёлочное &amp;quot;Желуди&amp;quot; – идеальное решение для создания неповторимой атмосферы праздника. Эти красивые украшения придадут вашей ели особое очарование. В комплекте:3 декоративных украшения в форме жёлудя размером 9x8 см тёмно-синего и серебристого цветов с глянцевым эффектом и белым рисунком; нитки из полиэстера длиной 30 см для подвешивания шаров золотистого цвета &amp;#40;3 шт.&amp;#41;. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Упакованы в прозрачную коробку из ПВХ.</t>
   </si>
   <si>
     <t>954771</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9f/ibftav69qgyoxfbgbdktdafcvbm3o0xa.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Звезды с усами quot;, 4 шт, 8,5х7,5 см, пластик, золотистые, ЗОЛОТАЯ СКАЗКА,592000</t>
   </si>
   <si>
     <t>Оригинальным решением украсить новогоднюю ель станут фигурные елочные игрушки. Украшения выполненные в форме звезды имеют петлю для подвешивания изделия. В комплекте 4 декоративных украшения размером 8,5x7,5 см золотистого цвета с рисунком, нитки из полиэстера для подвешивания шаров золотистого цвета 4 шт. длиной 30 см. каждая. В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Упакованы в прозрачную коробку их ПВХ.</t>
   </si>
   <si>
     <t>954772</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/42f/f6eufbl3dtk6f4nf7n3twbc6x0l3yn2s.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1bf/55466iwxq0za8ddp6x9073drh6xxv775.jpg</t>
   </si>
   <si>
     <t>Набор елочных украшений  quot;Фигуристка quot;, 6 шт., дерево, цвет: красный белый, ЗОЛОТАЯ СКАЗКА, 592003</t>
   </si>
   <si>
     <t>Набор изящных елочных украшений станет прекрасным дополнением к вашему новогоднему декору. Новогодних праздников с нетерпением ждут не только дети, но и взрослые. Именно с наступлением зимы начинает веять сказочным ожиданием рождественских чудес и необыкновенных историй. Самым главным украшением дома к Новому году является ёлка. Многие верят, что елочные игрушки являются прямым отражением стиля и даже статуса. Вот почему важно отдавать предпочтение ёлочным украшениям высокого качества.Набор состоит из 6 деревянных украшений: 1 шт. рождественская шапочка, украшенная блестками и орнаментом в виде снежинок из золотой фольги с белой плюшевой нижней окантовкой и белым помпоном из плюша; 1 шт. красный свитер украшен блёстками и орнаментом в виде снежинок из золотой фольги, с белой меховой окантовкой низа, верха и рукавов; 2 шт. серебристые коньки, украшенные блестками и орнаментом в виде снежинок из золотой фольги с розово-золотистыми лезвиями, меховой окантовкой верха и шнурками для обуви из шнуровочного шнура;2 шт. серебристые вязаные варежки, украшенные блестками и орнаментом в виде снежинок из золотой фольги с золотыми лезвиями и меховой окантовкой сверху. У каждого украшения есть шнурок для подвешивания.Набор упакован в полипропиленовый пакет с бумажным хедером и европодвесом. Декоративные украшения из набора могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.</t>
   </si>
   <si>
     <t>961412</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/689/k88n8b9hp0eu3kgel6s0zsgezqz02jkp.jpg</t>
+  </si>
+  <si>
+    <t>Новогоднее подвесное украшение 11 см,  quot;Змейка на удачу quot; со скретч-слоем и предсказаниями, 92088</t>
+  </si>
+  <si>
+    <t>Новогоднее подвесное украшение картонное украшение &amp;quot;Змейка на удачу&amp;quot; с предсказанием на предстоящий год. Такая змейка станет удачным дополнением основного подарка и красивым елочным украшением &amp;#40;игрушка имеет петельку для подвешивания&amp;#41;.На оборотной стороне каждой змейки спрятаны таинственные предсказания, которые помогут вам заглянуть в будущее. Просто сотрите защитный слой, и вы узнаете, что готовит вам грядущий год! Будет ли он успешным и полным новых возможностей? Все станет ясно, стоит только открыть предсказание.</t>
+  </si>
+  <si>
+    <t>997822</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/489/sc3l577lgcoggsc18bhp497lsp2eervr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, КОМПЛЕКТ 12 шт., 5x5 см, европодвес, 3 цвета ассорти, ЗОЛОТАЯ СКАЗКА, 592153</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Серебристые, красные и золотистые бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона. Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 12 бантиков. Поставляются в 3 цветах: золотистый, серебристый, красный. В промежуточной упаковке представлено 3 цвета. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998491</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/992/iyw0b0c1elqp9wah2vrhc6h5beyjifvj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, КОМПЛЕКТ 24 шт., 5х5 см, золотистые, ЗОЛОТАЯ СКАЗКА, 592154</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Золотистые бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона.Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому и офису нотку роскоши и изысканности.В наборе 24 бантика золотистого цвета. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998492</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6a/y0wn523r78ylj0czchuy75qgievako75.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, КОМПЛЕКТ 24 шт., 5х5 см, красные, ЗОЛОТАЯ СКАЗКА, 592155</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Красные бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона.Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В наборе 24 бантика красного цвета. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998493</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/492/69l3194a5g03v561xr9zwh7m7xh8aklw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, КОМПЛЕКТ 24 шт., 5х5 см, серебристые, ЗОЛОТАЯ СКАЗКА, 592156</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Серебристые бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона.Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В наборе 24 бантика серебристого цвета. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998494</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, НАБОР 36 шт.  3 цвета по 12 шт. , 5x5 см, ЗОЛОТАЯ СКАЗКА, 592152</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Серебристые, красные и золотистые бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона. Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В наборе 36 бантиков - 3 цвета по 12 штук. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998495</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4cc/ynn6xqsfthpcdf3bkm8q27pi8cg8x695.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Варежки quot;, 1 пара, 10 см, полиэстер, пакет с европодвесом, ЗОЛОТАЯ СКАЗКА, 592150</t>
   </si>
   <si>
     <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде пары пушистых варежек. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и теплоты. Украшения, выполненные в виде пары мягких варежек, придадут вашей елке неповторимый и сказочный вид. Каждая варежка украшена изящной снежинкой, которая переливается и искрится, создавая атмосферу зимней сказки. Украшение в виде варежек будут чудесно смотреться на ветвях вашей елки, напоминая о зимних забавах и добавляя тепла и очарования в любой интерьер дома или офиса.В наборе 1 пара варежек. Размер украшений - 10 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
   </si>
   <si>
     <t>998496</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/909/7npk0jzabv0vtlbqopelbhaco2gbxxal.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9bd/r46vpk5evmlfuk9k7t2u0c3z09an8qge.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Снежинки акриловые quot;, 5 шт., 15 см, пакет с европодвесом, ЗОЛОТАЯ СКАЗКА, 59214, 592148</t>
   </si>
   <si>
     <t>Оригинальным решением украсить новогоднюю ель станут елочные игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде снежинок. Эти изысканные и элегантные украшения станут настоящей жемчужиной вашего праздничного декора. Изготовленные из акрила, снежинки излучают мягкое сияние, создавая атмосферу зимней сказки. Их прозрачная структура и идеальная огранка отражают свет и создают завораживающую игру бликов, наполняя ваш дом волшебством и создавая праздничное настроение.Эти уникальные украшения станут идеальным дополнением к любому стилю оформления елки - от классического до современного. Украшения легко крепятся к ветвям за подвязочные веревочки, которые уже идут в комплекте. В наборе 5 снежинок. Размер украшений - 15 см. Материал - акрил. Упакованы в полипропиленовый прозрачный пакет с европодвесом.</t>
   </si>
   <si>
     <t>998498</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ff/xkju8zw4s2nr6y6a29lq6tlyaamnh0zz.jpg</t>
-[...80 lines deleted...]
-    <t>1003894</t>
+    <t>http://anytos.ru//upload/iblock/fef/eife0r0ockl89ril7y3wfshrv8nhoger.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка Новогодняя Змейка, L5,5 W5 H11 см, 813278</t>
+  </si>
+  <si>
+    <t>1003895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb5/tdj6nmrtmew3k7ukyhhd5sd0xa1ersbg.jpg</t>
   </si>
   <si>
     <t>Игрушка Новогодняя Мишка, L4,5 W4,5 H8,5 см, 719818</t>
   </si>
   <si>
     <t>1003897</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49e/3l6y7aw6qr6j08v95xm2uriuvqg6ovz4.jpg</t>
-[...17 lines deleted...]
-    <t>1003911</t>
+    <t>http://anytos.ru//upload/iblock/be3/tb2ayjd99s0t07oyh4cf070xtx2ypjr8.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка подвесная Кисточка золото 4,7x4,7x11,5см. 91193</t>
+  </si>
+  <si>
+    <t>1004036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35b/hot7rdjcbl00gbahgc1ynmhe0ej0fe7x.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка подвесная Снежинка серебристая 13x11x1см 91006</t>
+  </si>
+  <si>
+    <t>1004044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5de/atu63i735fcbeoralbp24wpe0idk83eo.jpg</t>
+  </si>
+  <si>
+    <t>Набор Украшение НГ подвесных сосульки акрил Ледяная сказка 12 штук, 13см. НУ-9900</t>
+  </si>
+  <si>
+    <t>1004055</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb0/258x2e3h9ys61520xotehwyu5ci94e18.jpg</t>
+  </si>
+  <si>
+    <t>Набор игрушек подвесных из полистирола, набор 4 штуки, 4,7х12х4,7см, арт.93294</t>
+  </si>
+  <si>
+    <t>Набор елочных игрушек Magic Time полистирол разноцветное &amp;#40;высота 12 см, 4 штуки в упаковке&amp;#41;. Набор елочных украшений из пластика поможет значительно разнообразить декор новогодней елки. Игрушки выполнены в интересной форме шишек. Всего в наборе 4 подвесных украшения - 12 см. Елочные игрушки из пластика легкие и практичные. Их можно использовать для оформления елок даже в детских комнатах, идеально подойдут они для украшения новогодних хвойных красавиц в местах с высокой проходимостью &amp;#40;кафе, ресторанах, торговых центрах, фотостудиях&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1004098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/186/ksqpobqy97s611u8d30phfddxruk9vum.jpg</t>
+  </si>
+  <si>
+    <t>Набор игрушек подвесных из стекла, набор 3 штуки, 2X2X14см, арт.92631</t>
+  </si>
+  <si>
+    <t>1004101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b62/uw83pp0l6nlglnlmln4nh28fknthijnb.jpg</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений  62 мм 55 мм . Набор 8 штук</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений &amp;#40;62 мм*55 мм&amp;#41;. Набор 8 штук. Материал: Дерево &amp;#40;Береза&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004648</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multidom/"&gt;MULTIDOM&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/857/vqwqng374bdedc2tiuv1ua8x6oclrxzt.jpg</t>
+  </si>
+  <si>
+    <t>1004649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/muxrh1qfbwiqiv7y18xh3ytjtl45tydc.jpg</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений  94 мм 80 мм  Набор 6 штук</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений &amp;#40;94 мм*80 мм&amp;#41; Набор 6 штук. Материал: Дерево &amp;#40;Береза&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/969/pdrl78hok6hy2f6ih3r80eu2eym1xuam.jpg</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений  94 мм 80 мм . Набор 6 штук</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений &amp;#40;94 мм*80 мм&amp;#41;. Набор 6 штук. Материал: Дерево &amp;#40;Береза&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ea/hqng4rcokdio520pcdbolwc73egy92u0.jpg</t>
+  </si>
+  <si>
+    <t>1004653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f3/csgqamzlpfjxyl5oqe30lqtilb0r5nbn.jpg</t>
+  </si>
+  <si>
+    <t>1004654</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a04/kwo8oveupdg1etjob208vxsp00pus200.jpg</t>
+  </si>
+  <si>
+    <t>1004655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/29c0nlmovrv4u0boj2x6tkgb9xk23odd.jpg</t>
+  </si>
+  <si>
+    <t>1004656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4b/0z0zx2it2zm3rjhp93d9tn9975w10l2s.jpg</t>
+  </si>
+  <si>
+    <t>1004657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/521/rpze5t91jz08hommh0n5lty6lefp30i0.jpg</t>
+  </si>
+  <si>
+    <t>Елочные украшение 14,5 см  quot;Пушистый ангелочек quot;, полиэстер, белый, ЗОЛОТАЯ СКАЗКА, 592526</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет игрушка ЗОЛОТАЯ СКАЗКА, выполненная в виде волшебного пушистого ангелочка. Елочное украшение представляет собой обаятельного ангелочка, который придаст вашей ёлке неповторимость и очарование. Он легко крепится к ветвям за подвязочную веревочку. Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Размер украшения – 14,5х8,5 см. Материал – акриловое волокно, полиэстер, искусственный хлопок, поливинилхлорид. Цвет – белый.</t>
+  </si>
+  <si>
+    <t>1012103</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/489/md7nnaq4d3jbeyfmmygzzblxp3b2ji6h.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное  1 шт.   quot;Xmas Toys quot; 11,5х9 см, полимерная глина, ассорти 5 дизайнов, ЗОЛОТАЯ СКАЗКА, 592412</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение крепится на зимнюю красавицу за подвязочную веревочку. Эта милая фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочное украшение выполнено в 5 дизайнах &amp;#40;без возможности выбора&amp;#41;: белый мишка, очаровательный снеговик, нарядная елочка, лошадка-качалка и везущая праздничную елку машинка. Вы можете собрать целую коллекцию! Любое из этих украшений придаст Вашей ёлке неповторимость и добавит волшебства в праздник!Игрушки выполнены из полимерной глины, а значит, при падении останутся целыми, что особенно актуально в домах с детьми. • Размер украшений: - елочка – 11,5х9 см,- мишка – 11х11 см, - лошадка – 12х8 см, - машинка – 12х8 см, - снеговик – 13,5х9 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений.</t>
+  </si>
+  <si>
+    <t>1012104</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5f/qzjrd4t1fd82cugvi1k1zy3c2slq6mlw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.   quot;Зимняя нежность quot;, 8 см, ассорти 25 дизайнов, ЗОЛОТАЯ СКАЗКА, 592580</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Пастельные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить елку по-особенному, стильно и со вкусом. Изысканные шары с покрытием из блесток – изящное украшение вашей ели. Изготовленные из пенопласта, легкие и ударопрочные – идеальны для дома, где есть дети и животные! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Диаметр шаров – 8 см. Материал – пенопласт. Поставляется в 25 дизайнах &amp;#40;без возможности выбора&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012106</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/638/lh9xr73hbhxxutyq3f50vj7wcegzo7u5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.   quot;Леденцы quot;, 6,5х13 см, полимерная глина, ассорти 2 дизайна, ЗОЛОТАЯ СКАЗКА, 592407</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение, выполненное в виде леденца, крепится на зимнюю красавицу за подвязочную веревочку. Эта милая фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочное украшение представляет собой рождественский леденец, который придаст Вашей ёлке неповторимость и добавит волшебства в праздник. Игрушка выполнена из полимерной глины, а значит, при падении останется целой, что особенно актуально в домах с детьми! Размер украшения – 6,5х13 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений. Поставляется в 2 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e4/n8rodqboqmktgh98if1um89v571rhcns.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.   quot;Мышка quot;, 6х5х13 см, фетр, хлопок, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592422</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка ЗОЛОТАЯ СКАЗКА. Украшение, выполненное в виде мышки, крепится на елку за подвязочную веревочку. Елочные украшения выполнены в виде очаровательных мышек, каждая из которых тщательно проработана. Вы даже можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей.Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшения - от 6х13, 7х13см, 6,4х13см, 7х13 см. Материал - фланель, фетр. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ff/tpklfssftjl4ewsmf10ky0s9dkfuueoe.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное  1 шт.   quot;Пряник quot;, 12х9 см, полимерная глина, ассорти 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592408</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение, выполненное в виде пряника, крепится на зимнюю красавицу за подвязочную веревочку. Эта милая фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочные украшения выполнены в форме пряничных человечков &amp;#40;девочка и мальчик&amp;#41; и пряника в виде сердечка. Украшение придаст Вашей ёлке неповторимость и добавит волшебства в праздник. Игрушка выполнена из полимерной глины, а значит, при падении останется целой, что особенно актуально в домах с детьми! Размер пряничных человечков – 12х9 см, размер пряничного сердца – 13х10,5 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений. Поставляется в 3 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa1/lhh0g0ainaa3xaohvkqrir90n9l3za50.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное  1 шт.   quot;Пряничный домик quot;, 9х10 см, полимерная глина, ассорти, ЗОЛОТАЯ СКАЗКА, 592409</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение, выполненное в виде пряничного домика, крепится на зимнюю красавицу за подвязочную веревочку. Эта фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочное украшение представляет собой пряничный домик, который придаст Вашей ёлке неповторимость и добавит волшебства в праздник. Игрушка выполнена из полимерной глины, а значит, при падении останется целой, что особенно актуально в домах с детьми! Размер украшения – 9х10 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений. Поставляется в 2 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf6/swhjzjsbf2qyxnfb96s9smi5ww37glpk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.  20х22 см,  quot;Бант с пайетками quot;, полиэстер, ассорти 3 цвета, ЗОЛОТАЯ СКАЗКА, 592482</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде банта. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Большой бант с пайетками является стильным и элегантным элементом декора, который придаст вашей елке уникальность и красоту. Это многофункциональное украшение можно использовать не только для новогодней елки, но и для декора интерьера. Бант легко и надежно фиксируется на ветвях, не соскальзывая и не теряясь. Он добавит дому или офису нотку роскоши и изысканности.Поставляется в 3 цветах &amp;#40;без возможности выбора&amp;#41;: золотистый, серебристый, красный. Размер украшения – 20х22 см. Материал – полиэстер. Упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1012113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df8/j8hht6rp2r3xj3ehbjv814oybm2bxddr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт. ,  quot;Сладости quot;, 8 см, ассорти 25 дизайнов, ЗОЛОТАЯ СКАЗКА, 592581</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка ЗОЛОТАЯ СКАЗКА. Украшение, выполненное в виде сладостей, крепится на зимнюю красавицу за подвязочную веревочку. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить елку по-особенному, стильно и со вкусом. Изысканные игрушки в виде сладостей с покрытием из блесток – изящное украшение вашей ели. Мороженое, конфеты, пончики и кексики разного дизайна – каждая игрушка влюбляет в себя с первого взгляда! Изготовленные из пенопласта, легкие и ударопрочные – идеальны для дома, где есть дети и животные! Эти восхитительные игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшения – от 8 до 15 см. Материал – пенопласт. Поставляется в 25 дизайнах &amp;#40;без возможности выбора&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1f/rz07pv2muz30zep0krf2s1lsfnxj4oy7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное 1 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, ассорти 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592420</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде цветка. Изящный декор крепится на елку посредством проволоки. Декор легко и надежно фиксируется в ветвях, не соскальзывая и не теряясь. Украшение добавит вашему дому или офису нотку роскоши и изысканности.Поставляется в 3 цветах &amp;#40;без возможности выбора&amp;#41;: золотистый, серебристый, красный. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Каждый цветок с цветной бумажной этикеткой.</t>
+  </si>
+  <si>
+    <t>1012115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a33/zqt7m0ro9d9o2hal3gq2pb5sdqmcn4pd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное 16 см,  quot;Принцесса quot;, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592608</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде сказочных принцесс. Эти милые фигурки уникального дизайна станут прекрасным дополнением к вашему новогоднему декору и добавят волшебства в праздник. Елочные украшения выполнены в виде девочек и принцесс в разных костюмах – каждое украшение тщательно проработано. Дизайн каждой красавицы отличается милыми деталями. Вы можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшений – 16х8 см. Материал – полиэстер, пенопласт. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012117</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21d/sl1e1jpnol3b1n4yrdccd9b3mdwng84x.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 20х22 см,  quot;Бант с пайетками quot;, полиэстер, красный, ЗОЛОТАЯ СКАЗКА, 592480</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде банта. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Красный большой бант является стильным и элегантным элементом декора, который придаст вашей елке уникальность и красоту. Это многофункциональное украшение можно использовать не только для новогодней елки, но и для декора интерьера. Бант легко и надежно фиксируется на ветвях, не соскальзывая и не теряясь. Он добавит дому или офису нотку роскоши и изысканности.Поставляется в 1 цвете: красный. Размер украшения – 20х22 см. Материал – полиэстер. Упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1012119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e5/ujn6kc5v7v7p3gn2q7a3r0lju0kq2mdi.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 20х22 см,  quot;Бант с пайетками quot;, полиэстер, серебро, ЗОЛОТАЯ СКАЗКА, 592481</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде банта. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Серебристый большой бант является стильным и элегантным элементом декора, который придаст вашей елке уникальность и красоту. Это многофункциональное украшение можно использовать не только для новогодней елки, но и для декора интерьера. Бант легко и надежно фиксируется на ветвях, не соскальзывая и не теряясь. Он добавит дому или офису нотку роскоши и изысканности.Поставляется в 1 цвете: серебристый. Размер украшения – 20х22 см. Материал – полиэстер. Упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1012120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/344/9cytk418zzl8zgmcl2ef1jxc4p2ae8no.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 4 шт., 6 см,  quot;Диско-шар quot;, пластик, золотистый, ЗОЛОТАЯ СКАЗКА, 592484</t>
+  </si>
+  <si>
+    <t>Погрузитесь в атмосферу праздника с потрясающим елочным диско-шаром ЗОЛОТАЯ СКАЗКА! Этот уникальный аксессуар для новогоднего декора сочетает в себе яркие цвета и сверкающие отражения, создавая магическую атмосферу в вашем доме. В комплект входит: 4 шара золотистого цвета. Материал – пластик. Диаметр – 6 см. Диско-шар станет ярким акцентом как на елке, так и в любом другом месте вашего дома. Повесьте его на ветку ели, разместите на столе или используйте в качестве центрального элемента декора.Диско-шары упакованы в ПВХ-бокс.</t>
+  </si>
+  <si>
+    <t>1012121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c0/puz7o1evlx6f9gnhh9iouben57qfmwjf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 4 шт., 6 см,  quot;Диско-шар quot;, пластик, серебристый, ЗОЛОТАЯ СКАЗКА, 592485</t>
+  </si>
+  <si>
+    <t>Погрузитесь в атмосферу праздника с потрясающим елочным диско-шаром ЗОЛОТАЯ СКАЗКА! Этот уникальный аксессуар для новогоднего декора сочетает в себе яркие цвета и сверкающие отражения, создавая магическую атмосферу в вашем доме. В комплект входит: 4 шара серебристого цвета. Материал – пластик. Диаметр – 6 см. Диско-шар станет ярким акцентом как на елке, так и в любом другом месте вашего дома. Повесьте его на ветку ели, разместите на столе или используйте в качестве центрального элемента декора.Диско-шары упакованы в ПВХ-бокс.</t>
+  </si>
+  <si>
+    <t>1012122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f7/7zcvj13lp5ivs7rc4qc3s1tgxbz8cndp.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 9 шт., 4 см,  quot;Шишки quot;, пластик, ЗОЛОТАЯ СКАЗКА, 592455</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут фигурные елочные игрушки ЗОЛОТАЯ СКАЗКА. В наборе: 9 ёлочных украшения в форме шишек &amp;#40;3 шт. белого, 3 шт. бирюзового, 3 шт. фиолетового цветов&amp;#41; с эффектом глиттер. Размер – 4 см. Игрушки имеют петлю для подвешивания в верхней части из полиэстера серебристого цвета. Изделия можно использовать для украшения новогодней ели или в качестве новогоднего сувенира.Набор упакован в картонную коробку с пластиковой крышкой.</t>
+  </si>
+  <si>
+    <t>1012123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dc/hk5rh0qc4kitj2243v3kawi5i1bd5hm5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное КОМПЛЕКТ 3 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, золото, ЗОЛОТАЯ СКАЗКА, 592417</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящный декор крепится на елку посредством проволоки. Золотистые цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Украшения легко и надежно фиксируются в ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 3 цветка. Поставляются в 1 цвете: золотистый. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1012124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e1/4eqfynr8g2ueh1lbr1l3x9pd1pbcfrdw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное КОМПЛЕКТ 3 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, красный, ЗОЛОТАЯ СКАЗКА, 592419</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящный декор крепится на елку посредством проволоки. Красные цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Украшения легко и надежно фиксируются в ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 3 цветка. Поставляются в 1 цвете: красный. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1012125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efb/2c5tymilq3qp510jlt4zbvdzv2ybl7ys.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное КОМПЛЕКТ 3 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, серебро, ЗОЛОТАЯ СКАЗКА, 592418</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящный декор крепится на зимнюю красавицу посредством проволоки. Серебристые цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Украшения легко и надежно фиксируются в ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 3 цветка. Поставляются в 1 цвете: серебристый. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1012126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b1/wr5xx6gju292w92db3hipqg44t2miykg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное,  quot;Девочка quot;, 19 см, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592606</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде очаровательных девочек. Эти милые фигурки уникального дизайна станут прекрасным дополнением к вашему новогоднему декору и добавят волшебства в праздник. Елочные украшения выполнены в виде девочек в разных костюмах – каждое украшение тщательно проработано. Дизайн каждой красавицы отличается милыми деталями. Вы можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшений – 19х8 см. Материал – полиэстер, пенопласт. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab0/hkpooquya49ouuy2yifxgs6ovjjw6stj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное, 18 см,  quot;Ангелочек quot;, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592607</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде милых ангелочков. Эти очаровательные фигурки уникального дизайна станут прекрасным дополнением к вашему новогоднему декору и добавят волшебства в праздник. Елочные украшения выполнены в виде девочек в разных костюмах и ангелочков – каждое украшение тщательно проработано. Дизайн каждой игрушки отличается милыми деталями. Вы можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшений – 18х9 см. Материал – полиэстер, пенопласт. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dac/cdiq7293m0covr3t713b4is05v4fxqze.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень 16.5см</t>
+  </si>
+  <si>
+    <t>1013508</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d4/luj4aqditmb0k5hku3d0ekgzaqnbjjyo.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дед Мороз 8см, дерево</t>
+  </si>
+  <si>
+    <t>1013509</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d30/nsn4duwxe5rlwr22l0k7k6hx0sfnw3g5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Сердце 10.5см, дерево</t>
+  </si>
+  <si>
+    <t>1013510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/fy5rlk549z9atb00m2143fbgp0rtptcd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Праздник на носу 10см</t>
+  </si>
+  <si>
+    <t>1013511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d44/81s9shaj2zprk4wheso3jbh1lwidg8gf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Канцелярская мышь 5.5см</t>
+  </si>
+  <si>
+    <t>1013512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d50/r2xjfvj431y07qoqszxrx1a97n7afc21.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 2 украшения Дед Мороз 12см</t>
+  </si>
+  <si>
+    <t>1013513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/658/ab58ua63zgn0bezprhlljh9de07udtwb.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 2 украшения Снеговик 11см</t>
+  </si>
+  <si>
+    <t>1013514</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3c/1d78qlyw47xgznob2y2vruzvnwnw9p5i.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень нос-сердечко 13см, дерево</t>
+  </si>
+  <si>
+    <t>1013516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/167/y4tyf6ta87ihbsh3ow84rgdt6pcjlnjd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Лесной олень 6см</t>
+  </si>
+  <si>
+    <t>1013517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/910/phrnw9jl3lg0letkkwctra0glv2miyoj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Новогодний друг 12см, дерево</t>
+  </si>
+  <si>
+    <t>1013518</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f35/plqk8g0l8ahr9913wcwggmhpskiwu2h9.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Новогодняя коровка 4.5см</t>
+  </si>
+  <si>
+    <t>1013519</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4c/o2ropnf7gv7pi2t26pdtlunpgxpk3xk8.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Праздничная коровка 6см</t>
+  </si>
+  <si>
+    <t>1013520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/875/vxt4mj624htgt2l256ttpdes228vis0n.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Птенчик в шапке 19см, дерево</t>
+  </si>
+  <si>
+    <t>1013521</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cca/cxgi31las1tg8qts4bs3zmb07v72zt8b.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Пряничный наряд 9см</t>
+  </si>
+  <si>
+    <t>1013522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85d/hg62ptjz39ykwetcaf2rlrl3ci5aveqb.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Тигренок с подарком 11см, дерево</t>
+  </si>
+  <si>
+    <t>1013523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c4/c5blc35l7ouznaut01utw54yjw2sdo4e.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снежинка двухслойная 10.5см</t>
+  </si>
+  <si>
+    <t>1013525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85c/2n9lxuk50v48aqrnr9uxvvico58q904q.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Корова на лыжах 7см</t>
+  </si>
+  <si>
+    <t>1013526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fff/hb55gkhxxalbi50dgi0kn2ygch28md7v.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 3 украшения Елочные шары золото 8см</t>
+  </si>
+  <si>
+    <t>1013527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2f/cxyoeniho2cih9fae72a1w3d0v0j3u3d.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка пушистая 12см</t>
+  </si>
+  <si>
+    <t>1013528</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a8/box403wcetpu1tomzmsgi6w1b5fvbgsu.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Пряничный воздушный шар 7см</t>
+  </si>
+  <si>
+    <t>1013529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/864/brkl2td4m8wzz3rsx9hxqoqeo5u95s6n.jpg</t>
+  </si>
+  <si>
+    <t>1013530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b86/e0yf3pvrlxji3781fvvl5w1f9u8xzw5f.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Ключик 20.5см</t>
+  </si>
+  <si>
+    <t>1013531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37a/6wpz1ebd3xqthyp3b5uwcrcyjxpo1rqf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Пряничный ананас 9см</t>
+  </si>
+  <si>
+    <t>1013532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/937/2wjbq8m9yzh73bhmov4hfuci4q3nr1qt.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка хрустальная 12см</t>
+  </si>
+  <si>
+    <t>1013533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/882/0epm7iu5c1dvhuaq14ki7mfsf3cjumtu.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Бабочка экзотическая 13см</t>
+  </si>
+  <si>
+    <t>1013534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c2/ur0yn2ut1gzna5r9epi6grn53ntlb1n9.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Цветок ажурный 12см</t>
+  </si>
+  <si>
+    <t>1013536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/912/0gxhltdxigyfpjy7zf546kcbytusb961.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка звездная 12см</t>
+  </si>
+  <si>
+    <t>1013537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31b/bw4y8fq2017k8kj9olc0ee2ta042ghes.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Коралл оливковый 10см</t>
+  </si>
+  <si>
+    <t>1013538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/018/pg0605ypv1xhmx7tlo6ba7isiz2g623l.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Сияние Востока 14см</t>
+  </si>
+  <si>
+    <t>1013539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc2/ms1ezl7j80rkup6ivvmj3kh0c01cu0qe.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Цветочек 11.5см</t>
+  </si>
+  <si>
+    <t>1013540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/672/4vlfavspgmr1yp3w668aw364bcsvz2z2.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Небесный ангел 19.5см</t>
+  </si>
+  <si>
+    <t>1013541</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/144/n0qwup0zcx6szkju2iskqo13bge50ncr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Рыбка 8см</t>
+  </si>
+  <si>
+    <t>1013542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/507/dqi7j963fa6scx0xpcmoosp9rh517kt1.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Звездная гирлянда 20см</t>
+  </si>
+  <si>
+    <t>1013544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/990/inkpfejftx414p2g4vdbzhkrcjapnr6p.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Бабочка ледяной перламутр 13см</t>
+  </si>
+  <si>
+    <t>1013546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ced/f213ovxrrtktvgqrdt9wbht9n6v1vsw0.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Листочек woodland 14см</t>
+  </si>
+  <si>
+    <t>1013547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45e/1wm6fgb47scu86hndn3aggwsnh924q2c.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Солнечный орнамент 14см</t>
+  </si>
+  <si>
+    <t>1013548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/718/ip40e9ig33kdptep0gfwnox4okpg5bh8.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень янтарный перламутр 15см</t>
+  </si>
+  <si>
+    <t>1013549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7a/4zka1z4ul9styzchdq1mlcx33m8dl5bw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Золотая льдинка 15см</t>
+  </si>
+  <si>
+    <t>1013554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c58/s4ri8hl6cg39tddbgxwm9stu8zu2llz5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Птичка красная 13см</t>
+  </si>
+  <si>
+    <t>1013556</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edb/rdfvaht84q18zso6uhwkwkkx0gdcz9au.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Рождество для двоих 12см</t>
+  </si>
+  <si>
+    <t>1013557</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e1/ip3rpxvxhjqsjk63nuavsq4vobt0zujr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка изысканная 11см</t>
+  </si>
+  <si>
+    <t>1013558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/433/s9y4ighqdjxx2smg8juwitxws0bmzjt4.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Листочек золотой 11см</t>
+  </si>
+  <si>
+    <t>1013559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/6kmuhx7jucvmnhwgo530owqwc3q4ctge.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лазурный пируэт 15см</t>
+  </si>
+  <si>
+    <t>1013561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b9/53pu3ttw9j01l15e9xb06ezi3lxfqips.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лама искристая 10см</t>
+  </si>
+  <si>
+    <t>1013563</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/443/taubhiv2qy5vki4cd5a61ta6891iplg7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снежинка лайм 15см</t>
+  </si>
+  <si>
+    <t>1013564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24e/t8uqdszpu5w3eck0db466wsakp7akq7q.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мышка в дымоходе 5.5см</t>
+  </si>
+  <si>
+    <t>1013567</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d5/8fyli32myour5i728o0stcyjgtwhqr4w.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень розовый шелк 18см</t>
+  </si>
+  <si>
+    <t>1013568</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ef/ua1fxhm2gli6x6jug0szz5horjyv03vf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Санта на лыжах 12см</t>
+  </si>
+  <si>
+    <t>1013570</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb8/r2cmncruy772innlh3hw368g33gqysry.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снеговик на коньках 12см</t>
+  </si>
+  <si>
+    <t>1013571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8d/bpq6zusbqafwjlbtcxb9l4a2bw7eabnv.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снежинка морозный узор 13см</t>
+  </si>
+  <si>
+    <t>1013572</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d55/vhgsbl3zo06ilrqrswydcj8yp9hh6evg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Упряжка Деда Мороза 14см</t>
+  </si>
+  <si>
+    <t>1013573</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b42/nwrej8hz24et4krjojb1vwgv1nqg8bfi.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Королевская сова золотая 7см</t>
+  </si>
+  <si>
+    <t>1013574</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a7/96l5hkr0cg7z4ucvy3qbzen2u28tqyic.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин индиго 15.5см</t>
+  </si>
+  <si>
+    <t>1013575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/9le68w0hvf0mwhgbm32m5g5n46tmptql.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Собака Короля золотая 7см</t>
+  </si>
+  <si>
+    <t>1013576</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/190/8mivrkg8wd6xljlzgekueqbbeuqjfzvs.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень золотой перламутр 14см</t>
+  </si>
+  <si>
+    <t>1013577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96d/hdji6yjfasr0zq3vhdzbc9c2pqg9dkbr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень морозный 15см</t>
+  </si>
+  <si>
+    <t>1013578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cc/qo7e6jbxqou8f41tsxdsxyk5vdngeqyn.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень перламутровый 16см</t>
+  </si>
+  <si>
+    <t>1013579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eaf/0dt4e248x84v2lwdzapqowv9kvsjc5ho.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Придворный золотой 7см</t>
+  </si>
+  <si>
+    <t>1013580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb2/k5c880293xnstjkgi4pqz9fqgiafl978.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин северное сияние 15.5см</t>
+  </si>
+  <si>
+    <t>1013581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d9/hzysbo8tszaiw6ep19m3925w9v2yz3kd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Четыре лапы 11см</t>
+  </si>
+  <si>
+    <t>1013582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89c/iytj3jun7tntnciw4zxfhurfn2jdy5xy.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Рождественские коньки 7см</t>
+  </si>
+  <si>
+    <t>1013583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54c/fdecw6nb4so7zsth3gfpy9u6daib9shn.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Медведь полярный 12см</t>
+  </si>
+  <si>
+    <t>1013584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff1/wvxt8ehbt0u3g93d4jfxvjd4kgyu03ug.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Танец балерины 14см</t>
+  </si>
+  <si>
+    <t>1013586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d40/4riszn5qt7p7y1478uxg2f0dypaqt84v.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Совенок нарядный 7.5см</t>
+  </si>
+  <si>
+    <t>1013587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e8/zqpu1qztxcvk22odpzak2p3u8ntbnuh7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин роскошный 17см</t>
+  </si>
+  <si>
+    <t>1013588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/174/y3r8cbfarxodyewfbwtkl4vtauwccex4.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Фея северное сияние 15.5см</t>
+  </si>
+  <si>
+    <t>1013589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78f/ce6se9g47d1ohm8xf098j3yalgta9zdv.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Boy s 10см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Boy&amp;#39;s 10см</t>
+  </si>
+  <si>
+    <t>1013590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27b/jr1m8rdk00fmtelr8hxu9bkq3o86zbw2.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Girl s 10см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Girl&amp;#39;s 10см</t>
+  </si>
+  <si>
+    <t>1013591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9d/7b0poqk9ry513n1nt34nb2bcskb37mc5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Boy s 12см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Boy&amp;#39;s 12см</t>
+  </si>
+  <si>
+    <t>1013592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1f/qk0wsk1yif31b496s5v8nqll0tj0018i.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Girl s 12см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Girl&amp;#39;s 12см</t>
+  </si>
+  <si>
+    <t>1013593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73d/0dpjq45k3du56eiyln5wal1m6jd3oda7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Королевская гвардия 9см</t>
+  </si>
+  <si>
+    <t>1013595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ae/87fw3w9rvqht91kz1ffryn5ocxommc85.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Маска северное сияние 15.5см</t>
+  </si>
+  <si>
+    <t>1013596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86d/1okmznwdwu5s9ud8prpaug2fyl7j7mbe.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Весы медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e34/21s1hmqi5s9htpj2tpmeqe10bdywfpfl.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дева медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8f/galwc5l2d2h03hs76h64pwrdge1nn501.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Козерог медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/190/lkn5ef6fz6zvcsi4ye1jagxv92fnxa9e.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лев медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c3/j73g6g0mi1i8g74zsf81ht1fhka7rzmg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Овен медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c6/7ldux1ev3aroysp5wrv01sct6gnvjssy.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Рак медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fb/osrnb5d88tzjgn19yh67y5xwjopnkvm1.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Рыбы медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/5zpatw4421ckljt9lm04753c8m5c6e2f.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Скорпион медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/793/wuh8ehznkvaxo89w5w7kypkl1ejpm9h3.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Телец медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/adb/rb0sa7t61s50k442cni3vxe2tgb7ilqd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Девочка с золотыми снежками 10.5см</t>
+  </si>
+  <si>
+    <t>1013606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd7/nglfqoxf1q1bgvvlgmtnqu5zn16m2kz0.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мальчик с золотыми снежками 10.5см</t>
+  </si>
+  <si>
+    <t>1013607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5aa/b3293fbi785jlywxlo1ql7acm8rkbybc.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Школа балета 10см</t>
+  </si>
+  <si>
+    <t>1013608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e29/djc8mlypx53uolvkbwj82t3q4b6o4xbs.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин белоснежный 17см</t>
+  </si>
+  <si>
+    <t>1013609</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c14/wxe76p53xb2z3bn9i2dxg2i4cnm19fux.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Ананас 12см, стекло</t>
+  </si>
+  <si>
+    <t>1013610</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cae/0vyzv0xw4367b8nipvt78mzjq0ww6bz5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Карета серебряная 11.5см</t>
+  </si>
+  <si>
+    <t>1013611</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d55/he1b0eezwj0o80oiptbqag69s3ej7rmg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Зебра-чайничек 12см, стекло</t>
+  </si>
+  <si>
+    <t>1013612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c0/0j32u49y2dxky9qr8cc9x1nprre87hlk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Танцующий орангутан 10см</t>
+  </si>
+  <si>
+    <t>1013613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8e/u7r4hiagn4jnaw02g2cpeld03slavq4f.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Уличный фонарь 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cec/0kilkqfb1yeqp07upkkrd7hhxg688h89.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Фляжка в подарок 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab5/hicm05sdpxw6lhdzza5ihwloz6706g01.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Райская птица 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d7/vgu7i9dba4xpqwbn3m536psrkpem38m2.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Черный бриллиант 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc3/cg8508xoerv0t3oz2385hx9bm99z21ne.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Яблочный пирог с мороженым 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013618</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e86/fctme4j0mweymxlpcvjda6g6nk0ii0ud.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Время подарков 10см</t>
+  </si>
+  <si>
+    <t>1013619</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/165/szivkp2rhdnddwqlvtzwvca2bx3760yk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мистер Лось 11см</t>
+  </si>
+  <si>
+    <t>1013620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c49/jl6l22l9zrgcksy0c6tmdmk87bun2mvq.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Желудь ледяного царства 11.5см</t>
+  </si>
+  <si>
+    <t>1013621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b05/ko2lo5w5e4cmnry47q4qpltg16cixlbv.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дед Мороз на коньках 11см</t>
+  </si>
+  <si>
+    <t>1013622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb2/q0bqs3lgf09ec6nze8wy9yxo3m5vs3ml.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лосяша-модница 12см</t>
+  </si>
+  <si>
+    <t>1013623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b24/fyv5bsixrnlxkncuvfmusth8h9gtckzq.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Сова - мотивы Карелии 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ed/tbepxklvxj1m3tkip8c0cyzsrbxrr8l5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Пингвин-хоккеист 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8d/g4x0b9f0d1ydgg842a26sfdbwonk2gbk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лобстер и мандолина 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4e/w2p88r44h9zyzgc3jd169egu1j69r5ep.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лобстер на карнавале 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/510/2qoq5jlcamp410g2ez5c6twsqij2ounw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мистер Капкейк 19см, стекло</t>
+  </si>
+  <si>
+    <t>1013628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc4/m4a2113m6fvx7dcrx7gahqgpa48rbt9n.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Голубь мира 15см</t>
+  </si>
+  <si>
+    <t>1013629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/626/4pwp108p90r4ump39wpqkmfl6xu1eq4q.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Ленивец-почтальон 10см</t>
+  </si>
+  <si>
+    <t>1013631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1f/wjnusbhps76srzdlidha0b6v8k62xoxd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное КОМПЛЕКТ 5 шт.  quot;Цветок с клипсой quot;, диаметр 15 см, ПВХ, золото, ЗОЛОТАЯ СКАЗКА, 592603</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящная пуансеттия крепится на зимнюю красавицу посредством удобной клипсы. Золотистые цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона. Цветы легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 5 цветков. Цвет: золотистый. Диаметр украшения – 15 см. Материал – ПВХ. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1014285</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a56/1tn23q6gscgam4rmc50wxdwc9upe787b.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное Лошадка полипропилен1,5x11,5x8,5см арт.89132</t>
+  </si>
+  <si>
+    <t>1016209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eda/yzs3rpdjcubcz4lufi97y0nbm506xeq1.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное Снежинка полипропилен 1,5x12x12см арт.89130</t>
+  </si>
+  <si>
+    <t>1016210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed5/gu7fgajjb1fsy91qwfmf5pvzaz1e8vee.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное из полиэстера и АБС пластика 8х13х8см 95801</t>
+  </si>
+  <si>
+    <t>1016218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c98/paangnyo22hzkdai6y1rg2oevqklcnwm.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное из фарфора   5,6x4,8x9,7см арт.94960</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное из фарфора / 5,6x4,8x9,7см арт.94960</t>
+  </si>
+  <si>
+    <t>1016228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/567/x7m25n75ahwp57yjxkkifmjth24orsnw.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное со светодиодной подсветкой 8x9x8см. 95545</t>
+  </si>
+  <si>
+    <t>1016234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b44/xec7be5r5961gpqkui8w8ln6na82pxgv.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное со светодиодной подсветкой 8x9x8см.95547</t>
+  </si>
+  <si>
+    <t>1016235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66f/nvi3gj4z1telbjp8i0a9ezydcp0y7m5n.png</t>
+  </si>
+  <si>
+    <t>Игрушка декоративная мягконабивная из полиэстера   15x9x55 см арт.94263</t>
+  </si>
+  <si>
+    <t>Игрушка декоративная мягконабивная из полиэстера / 15x9x55 см арт.94263</t>
+  </si>
+  <si>
+    <t>1016236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a7/eoeztavd1hjnnx3cy4aqah4vqnvcnd3x.png</t>
+  </si>
+  <si>
+    <t>Игрушка елочная Щелкунчик сказочный, h-9см ФУ-526</t>
+  </si>
+  <si>
+    <t>1016237</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kolomeev/"&gt;Коломеев&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ea/olzttnyg355vtj739zs30cy1xgqnzgvy.jpg</t>
-[...2170 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8dc/qvxh2ufi94mx1i32yxv59c9rlsmeq5l7.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных Серебряные желуди из стекла 3х5х3см арт89668</t>
   </si>
   <si>
     <t>1016265</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/918/mqbtuu08416qjpv3ss72on5ttkzb3zln.png</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/740/c0c7dyeqp0jldvk06qhtpt4vtqz9rcz0.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт   7х7х7см арт.95135</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт / 7х7х7см арт.95135</t>
   </si>
   <si>
     <t>1016269</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3e/j33jinwfo0waraim21h2x10l7xmhybke.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт   7х7х7см арт.95136</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт / 7х7х7см арт.95136</t>
   </si>
   <si>
     <t>1016270</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cf5/2b0bnqqvforjqfu1acs1g54skz3xkup2.png</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d61/zj55rjc6k0ojiakfl27880ui8sj3mjwd.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных из стекло из 8 штук 17X11X4,5см арт.92617</t>
   </si>
   <si>
     <t>1016273</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f44/b8af80sdqcbiluuae1zytskv041yqm3o.png</t>
-[...103 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/507/0i34mti11xlg20swnim8l1hjgixmnts7.png</t>
   </si>
   <si>
     <t>Украшение елочное Шахматный конь 1  Символ года  подар.уп.. h-7см.ФУ-293 1</t>
   </si>
   <si>
     <t>Украшение елочное Шахматный конь 1 &amp;#40;Символ года&amp;#41; подар.уп.. h-7см.ФУ-293/1</t>
   </si>
   <si>
     <t>1016348</t>
-  </si>
-[...127 lines deleted...]
-    <t>1016361</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3571,7019 +2527,4701 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J312"/>
+  <dimension ref="A1:M206"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G312" sqref="G312"/>
+      <selection pane="bottomRight" activeCell="G206" sqref="G206"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C8" s="1"/>
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="F11" s="3" t="s">
+      <c r="G11" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="G11" s="3" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F40" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="G40" s="3" t="s">
-[...73 lines deleted...]
-      <c r="A44" s="1" t="s">
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F52" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...196 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F61" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B61" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="C64" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>190</v>
+        <v>233</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>190</v>
+        <v>43</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>236</v>
+        <v>43</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G71" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...64 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...61 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>281</v>
+        <v>297</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>282</v>
+        <v>298</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>283</v>
+        <v>300</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>284</v>
+        <v>302</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>285</v>
+        <v>303</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>267</v>
+        <v>43</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>267</v>
+        <v>43</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>190</v>
+        <v>43</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>294</v>
+        <v>314</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>295</v>
+        <v>315</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>296</v>
+        <v>316</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>297</v>
+        <v>317</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>190</v>
+        <v>43</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>298</v>
+        <v>318</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>299</v>
+        <v>319</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>190</v>
+        <v>43</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G85" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...87 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>315</v>
+        <v>338</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>316</v>
+        <v>340</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>317</v>
+        <v>341</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>190</v>
+        <v>43</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>318</v>
+        <v>342</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>319</v>
+        <v>343</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>320</v>
+        <v>343</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>321</v>
+        <v>344</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>345</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>322</v>
+        <v>346</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>323</v>
+        <v>347</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>324</v>
+        <v>347</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>325</v>
+        <v>348</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>327</v>
+        <v>349</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>328</v>
+        <v>350</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>329</v>
+        <v>350</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>330</v>
+        <v>351</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>331</v>
+        <v>352</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>332</v>
+        <v>353</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>333</v>
+        <v>353</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>334</v>
+        <v>354</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>335</v>
+        <v>355</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>332</v>
+        <v>356</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>333</v>
+        <v>356</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>336</v>
+        <v>357</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>337</v>
+        <v>358</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>332</v>
+        <v>359</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>333</v>
+        <v>359</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>338</v>
+        <v>360</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>339</v>
+        <v>361</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>332</v>
+        <v>362</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>333</v>
+        <v>362</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>340</v>
+        <v>363</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>341</v>
+        <v>364</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>332</v>
+        <v>365</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>333</v>
+        <v>365</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>342</v>
+        <v>366</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>343</v>
+        <v>367</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>332</v>
+        <v>368</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>333</v>
+        <v>368</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>344</v>
+        <v>369</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>345</v>
+        <v>370</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>346</v>
+        <v>371</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>350</v>
+        <v>373</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>351</v>
+        <v>374</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>353</v>
+        <v>375</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>355</v>
+        <v>376</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>356</v>
+        <v>377</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>357</v>
+        <v>377</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>358</v>
+        <v>378</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>361</v>
+        <v>380</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>363</v>
+        <v>381</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>364</v>
+        <v>382</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>367</v>
+        <v>384</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>370</v>
+        <v>386</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>375</v>
+        <v>390</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="C107" s="1" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G171" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G172" s="3" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...22 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G183" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G184" s="3" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...22 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>409</v>
+        <v>345</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>409</v>
+        <v>43</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>409</v>
+        <v>695</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>409</v>
+        <v>175</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="F206" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="G206" s="3" t="s">
-        <v>134</v>
-[...2368 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">