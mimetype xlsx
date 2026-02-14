--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1034">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="700">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -159,50 +159,62 @@
     <t>423796</t>
   </si>
   <si>
     <t>&lt;a href="/brands/veselyj-horovod/"&gt;Веселый хоровод&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/457/ye8wwst2esqzs65j2ra312b4hrqswm20.jpg</t>
   </si>
   <si>
     <t>Украшения елочные ЗОЛОТАЯ СКАЗКА  quot;Птичка quot;, НАБОР 2 шт., пластик, 11 см, цвет синий с серебристыми крыльями, 590894</t>
   </si>
   <si>
     <t>Набор елочных украшений станет ярким элементом декора для новогодней ели и интерьера дома. Насыщенный цвет в сочетании с отделкой глиттером и оригинальным дизайном украшений создадут уютную атмосферу всеми любимого праздника. Новогодних праздников с нетерпением ждут не только дети, но и взрослые. Именно во время наступления зимы начинает веять сказочным ожиданием рождественских чудес и необыкновенных историй. Самым главным украшением дома к Новому году является ёлка. Для каждого человека такое занятие всегда происходит по-детски волнительно и весело. Многие верят, что игрушки являются прямым отражением стиля и даже статуса.Украшения выполнены в виде птичек и крепятся на новогоднюю ель посредством удобной клипсы.</t>
   </si>
   <si>
     <t>423801</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a06/a06c83b1664866ab57fc5c56fb775938/2e255edd92ee59fddf9d12a9e86cf26a.jpg</t>
+  </si>
+  <si>
+    <t>Украшения елочные ЗОЛОТАЯ СКАЗКА  quot;Шишки quot;, НАБОР 4 шт., пластик, 9 см, цвет золотистый, 590898</t>
+  </si>
+  <si>
+    <t>Набор елочных украшений станет ярким элементом декора для новогодней ели и интерьера дома. Золотистый цвет в сочетании с оригинальным дизайном украшений создадут уютную атмосферу всеми любимого праздника.</t>
+  </si>
+  <si>
+    <t>423805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/959/zzzy1i6aey82qghnedtuloqhrnpvcjab.jpg</t>
   </si>
   <si>
     <t>Украшение елочное подвесное  quot;Снежинка золотистая quot; ЗОЛОТАЯ СКАЗКА, НАБОР 4 шт, 13 см, глиттер, 591132</t>
   </si>
   <si>
     <t>Набор елочных украшений станет ярким элементом декора для новогодней ели и интерьера дома. Золотистый цвет в сочетании с оригинальным дизайном украшений создадут уютную атмосферу всеми любимого праздника. Новогодних праздников с нетерпением ждут не только дети, но и взрослые. Именно во время наступления зимы начинает веять сказочным ожиданием рождественских чудес и необыкновенных историй. Самым главным украшением дома к Новому году является ёлка. Для каждого человека такое занятие всегда происходит по-детски волнительно и весело. Многие верят, что игрушки являются прямым отражением стиля и даже статуса.Елочные украшения выполнены в форме снежинок. Фактура: глиттер.</t>
   </si>
   <si>
     <t>423812</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff9/9f4d8zipu1f7r4330yo6fysfaozjqxgw.jpg</t>
   </si>
   <si>
     <t>Набор украшений для ели ЗОЛОТАЯ СКАЗКА, 39 предметов, золотистый цвет, 591128</t>
   </si>
   <si>
     <t>Подарочный набор украшений для ели позволит с легкостью и со вкусом украсить новогоднюю ель в едином стиле. Набор упакован в пластиковый кейс с удобными ручками. Ожидание Нового года – это ожидание зимнего волшебства и той поры, когда каждый верит в чудеса вне зависимости от возраста. Взрослые и дети радуются первому снегу, особенно запоминаются вечерние посиделки в метель, тем более вызывает восторг игры в снежки и лепка снеговика. Елочные изделия, выполненные в золотом цвете, станут яркой деталью на вечнозеленом дереве. Существует поверье, что золото притягивает богатство и процветание, по этой причине драгоценный металл был олицетворением божества у многих древних народов. В набор входят: - 12 шаров с текстурированным покрытием &amp;#40;6 - с глянцевым, 6 - с матовым&amp;#41;; - 8 шаров с текстурированным покрытием и декором &amp;#40;4 - с глянцевым, 4 - с матовым&amp;#41;; - 2 украшения в форме лука &amp;#40;1 глянцевое, 1 матовое&amp;#41;; - 2 - в форме звезды &amp;#40;1 глянцевое, 1 матовое&amp;#41;; - 2 - в форме шишки &amp;#40;1 глянцевое; 1 матовое&amp;#41;; - 9 - в форме спирали &amp;#40;3 - глянцевые, 3 - матовые, 3 - с глиттером&amp;#41;; - 2 снежинки;- 2 мишуры.</t>
   </si>
@@ -445,2721 +457,1707 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d56/9t4fhbn53b7q1e3qw8j8wbqstur7t4o2.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Желуди quot; 3 шт, 9х8 см, пластик, цвет: красный золотистый, ЗОЛОТАЯ СКАЗКА, 591998</t>
   </si>
   <si>
     <t>Украшение ёлочное &amp;quot;Желуди&amp;quot; – идеальное решение для создания неповторимой атмосферы праздника. Эти красивые украшения придадут вашей ели особое очарование. В комплекте:3 декоративных украшения в форме жёлудя размером 9x8 см красного и золотистого цветов с глянцевым эффектом и белым рисунком; нитки из полиэстера длиной 30 см для подвешивания шаров золотистого цвета &amp;#40;3 шт.&amp;#41;. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Упакованы в прозрачную коробку из ПВХ.</t>
   </si>
   <si>
     <t>954770</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8dd/41xfzqj3o2qtaxicyzmdhlkkw2lbw64v.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Желуди quot; 3 шт, 9х8 см, пластик, цвет: темно-синий серебро, ЗОЛОТАЯ СКАЗКА, 591997</t>
   </si>
   <si>
     <t>Украшение ёлочное &amp;quot;Желуди&amp;quot; – идеальное решение для создания неповторимой атмосферы праздника. Эти красивые украшения придадут вашей ели особое очарование. В комплекте:3 декоративных украшения в форме жёлудя размером 9x8 см тёмно-синего и серебристого цветов с глянцевым эффектом и белым рисунком; нитки из полиэстера длиной 30 см для подвешивания шаров золотистого цвета &amp;#40;3 шт.&amp;#41;. В верхней части декоративные украшения имеют петлю для подвешивания. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Упакованы в прозрачную коробку из ПВХ.</t>
   </si>
   <si>
     <t>954771</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b9f/ibftav69qgyoxfbgbdktdafcvbm3o0xa.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Звезды с усами quot;, 4 шт, 8,5х7,5 см, пластик, золотистые, ЗОЛОТАЯ СКАЗКА,592000</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут фигурные елочные игрушки. Украшения выполненные в форме звезды имеют петлю для подвешивания изделия. В комплекте 4 декоративных украшения размером 8,5x7,5 см золотистого цвета с рисунком, нитки из полиэстера для подвешивания шаров золотистого цвета 4 шт. длиной 30 см. каждая. В верхней части декоративные украшения имеют петлю для подвешивания изделия. Декоративные украшения из комплекта могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира. Упакованы в прозрачную коробку их ПВХ.</t>
+  </si>
+  <si>
+    <t>954772</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1bf/55466iwxq0za8ddp6x9073drh6xxv775.jpg</t>
   </si>
   <si>
     <t>Набор елочных украшений  quot;Фигуристка quot;, 6 шт., дерево, цвет: красный белый, ЗОЛОТАЯ СКАЗКА, 592003</t>
   </si>
   <si>
     <t>Набор изящных елочных украшений станет прекрасным дополнением к вашему новогоднему декору. Новогодних праздников с нетерпением ждут не только дети, но и взрослые. Именно с наступлением зимы начинает веять сказочным ожиданием рождественских чудес и необыкновенных историй. Самым главным украшением дома к Новому году является ёлка. Многие верят, что елочные игрушки являются прямым отражением стиля и даже статуса. Вот почему важно отдавать предпочтение ёлочным украшениям высокого качества.Набор состоит из 6 деревянных украшений: 1 шт. рождественская шапочка, украшенная блестками и орнаментом в виде снежинок из золотой фольги с белой плюшевой нижней окантовкой и белым помпоном из плюша; 1 шт. красный свитер украшен блёстками и орнаментом в виде снежинок из золотой фольги, с белой меховой окантовкой низа, верха и рукавов; 2 шт. серебристые коньки, украшенные блестками и орнаментом в виде снежинок из золотой фольги с розово-золотистыми лезвиями, меховой окантовкой верха и шнурками для обуви из шнуровочного шнура;2 шт. серебристые вязаные варежки, украшенные блестками и орнаментом в виде снежинок из золотой фольги с золотыми лезвиями и меховой окантовкой сверху. У каждого украшения есть шнурок для подвешивания.Набор упакован в полипропиленовый пакет с бумажным хедером и европодвесом. Декоративные украшения из набора могут использоваться для украшения новогодней ели или в качестве новогоднего сувенира.</t>
   </si>
   <si>
     <t>961412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/689/k88n8b9hp0eu3kgel6s0zsgezqz02jkp.jpg</t>
   </si>
   <si>
     <t>Новогоднее подвесное украшение 11 см,  quot;Змейка на удачу quot; со скретч-слоем и предсказаниями, 92088</t>
   </si>
   <si>
     <t>Новогоднее подвесное украшение картонное украшение &amp;quot;Змейка на удачу&amp;quot; с предсказанием на предстоящий год. Такая змейка станет удачным дополнением основного подарка и красивым елочным украшением &amp;#40;игрушка имеет петельку для подвешивания&amp;#41;.На оборотной стороне каждой змейки спрятаны таинственные предсказания, которые помогут вам заглянуть в будущее. Просто сотрите защитный слой, и вы узнаете, что готовит вам грядущий год! Будет ли он успешным и полным новых возможностей? Все станет ясно, стоит только открыть предсказание.</t>
   </si>
   <si>
     <t>997822</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/492/69l3194a5g03v561xr9zwh7m7xh8aklw.jpg</t>
-[...8 lines deleted...]
-    <t>998494</t>
+    <t>http://anytos.ru//upload/iblock/489/sc3l577lgcoggsc18bhp497lsp2eervr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, КОМПЛЕКТ 12 шт., 5x5 см, европодвес, 3 цвета ассорти, ЗОЛОТАЯ СКАЗКА, 592153</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Серебристые, красные и золотистые бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона. Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 12 бантиков. Поставляются в 3 цветах: золотистый, серебристый, красный. В промежуточной упаковке представлено 3 цвета. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998491</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/992/iyw0b0c1elqp9wah2vrhc6h5beyjifvj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, КОМПЛЕКТ 24 шт., 5х5 см, золотистые, ЗОЛОТАЯ СКАЗКА, 592154</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Золотистые бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона.Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому и офису нотку роскоши и изысканности.В наборе 24 бантика золотистого цвета. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998492</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e6a/y0wn523r78ylj0czchuy75qgievako75.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, КОМПЛЕКТ 24 шт., 5х5 см, красные, ЗОЛОТАЯ СКАЗКА, 592155</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Красные бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона.Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В наборе 24 бантика красного цвета. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998493</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  quot;Бантики quot;, НАБОР 36 шт.  3 цвета по 12 шт. , 5x5 см, ЗОЛОТАЯ СКАЗКА, 592152</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде бантиков. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Серебристые, красные и золотистые бантики создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона. Бантики легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В наборе 36 бантиков - 3 цвета по 12 штук. Размер украшений - 5x5 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>998495</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4cc/ynn6xqsfthpcdf3bkm8q27pi8cg8x695.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Варежки quot;, 1 пара, 10 см, полиэстер, пакет с европодвесом, ЗОЛОТАЯ СКАЗКА, 592150</t>
   </si>
   <si>
     <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде пары пушистых варежек. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и теплоты. Украшения, выполненные в виде пары мягких варежек, придадут вашей елке неповторимый и сказочный вид. Каждая варежка украшена изящной снежинкой, которая переливается и искрится, создавая атмосферу зимней сказки. Украшение в виде варежек будут чудесно смотреться на ветвях вашей елки, напоминая о зимних забавах и добавляя тепла и очарования в любой интерьер дома или офиса.В наборе 1 пара варежек. Размер украшений - 10 см. Материал - полиэстер. Упакованы в пакет с европодвесом.</t>
   </si>
   <si>
     <t>998496</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/r46vpk5evmlfuk9k7t2u0c3z09an8qge.jpg</t>
   </si>
   <si>
     <t>Украшение  лочное  quot;Снежинки акриловые quot;, 5 шт., 15 см, пакет с европодвесом, ЗОЛОТАЯ СКАЗКА, 59214, 592148</t>
   </si>
   <si>
     <t>Оригинальным решением украсить новогоднюю ель станут елочные игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде снежинок. Эти изысканные и элегантные украшения станут настоящей жемчужиной вашего праздничного декора. Изготовленные из акрила, снежинки излучают мягкое сияние, создавая атмосферу зимней сказки. Их прозрачная структура и идеальная огранка отражают свет и создают завораживающую игру бликов, наполняя ваш дом волшебством и создавая праздничное настроение.Эти уникальные украшения станут идеальным дополнением к любому стилю оформления елки - от классического до современного. Украшения легко крепятся к ветвям за подвязочные веревочки, которые уже идут в комплекте. В наборе 5 снежинок. Размер украшений - 15 см. Материал - акрил. Упакованы в полипропиленовый прозрачный пакет с европодвесом.</t>
   </si>
   <si>
     <t>998498</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d39/ix9e31ray54qbea8c2rj9uz07h9wvsn2.jpg</t>
-[...89 lines deleted...]
-    <t>1003894</t>
+    <t>http://anytos.ru//upload/iblock/fef/eife0r0ockl89ril7y3wfshrv8nhoger.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка Новогодняя Змейка, L5,5 W5 H11 см, 813278</t>
+  </si>
+  <si>
+    <t>1003895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb5/tdj6nmrtmew3k7ukyhhd5sd0xa1ersbg.jpg</t>
   </si>
   <si>
     <t>Игрушка Новогодняя Мишка, L4,5 W4,5 H8,5 см, 719818</t>
   </si>
   <si>
     <t>1003897</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49e/3l6y7aw6qr6j08v95xm2uriuvqg6ovz4.jpg</t>
-[...17 lines deleted...]
-    <t>1003911</t>
+    <t>http://anytos.ru//upload/iblock/be3/tb2ayjd99s0t07oyh4cf070xtx2ypjr8.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка подвесная Кисточка золото 4,7x4,7x11,5см. 91193</t>
+  </si>
+  <si>
+    <t>1004036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35b/hot7rdjcbl00gbahgc1ynmhe0ej0fe7x.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка подвесная Снежинка серебристая 13x11x1см 91006</t>
+  </si>
+  <si>
+    <t>1004044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5de/atu63i735fcbeoralbp24wpe0idk83eo.jpg</t>
+  </si>
+  <si>
+    <t>Набор Украшение НГ подвесных сосульки акрил Ледяная сказка 12 штук, 13см. НУ-9900</t>
+  </si>
+  <si>
+    <t>1004055</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb0/258x2e3h9ys61520xotehwyu5ci94e18.jpg</t>
+  </si>
+  <si>
+    <t>Набор игрушек подвесных из полистирола, набор 4 штуки, 4,7х12х4,7см, арт.93294</t>
+  </si>
+  <si>
+    <t>Набор елочных игрушек Magic Time полистирол разноцветное &amp;#40;высота 12 см, 4 штуки в упаковке&amp;#41;. Набор елочных украшений из пластика поможет значительно разнообразить декор новогодней елки. Игрушки выполнены в интересной форме шишек. Всего в наборе 4 подвесных украшения - 12 см. Елочные игрушки из пластика легкие и практичные. Их можно использовать для оформления елок даже в детских комнатах, идеально подойдут они для украшения новогодних хвойных красавиц в местах с высокой проходимостью &amp;#40;кафе, ресторанах, торговых центрах, фотостудиях&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1004098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/186/ksqpobqy97s611u8d30phfddxruk9vum.jpg</t>
+  </si>
+  <si>
+    <t>Набор игрушек подвесных из стекла, набор 3 штуки, 2X2X14см, арт.92631</t>
+  </si>
+  <si>
+    <t>1004101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b62/uw83pp0l6nlglnlmln4nh28fknthijnb.jpg</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений  62 мм 55 мм . Набор 8 штук</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений &amp;#40;62 мм*55 мм&amp;#41;. Набор 8 штук. Материал: Дерево &amp;#40;Береза&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004648</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multidom/"&gt;MULTIDOM&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/857/vqwqng374bdedc2tiuv1ua8x6oclrxzt.jpg</t>
+  </si>
+  <si>
+    <t>1004649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/muxrh1qfbwiqiv7y18xh3ytjtl45tydc.jpg</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений  94 мм 80 мм  Набор 6 штук</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений &amp;#40;94 мм*80 мм&amp;#41; Набор 6 штук. Материал: Дерево &amp;#40;Береза&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/969/pdrl78hok6hy2f6ih3r80eu2eym1xuam.jpg</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений  94 мм 80 мм . Набор 6 штук</t>
+  </si>
+  <si>
+    <t>Набор деревянных новогодних елочных украшений &amp;#40;94 мм*80 мм&amp;#41;. Набор 6 штук. Материал: Дерево &amp;#40;Береза&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ea/hqng4rcokdio520pcdbolwc73egy92u0.jpg</t>
+  </si>
+  <si>
+    <t>1004653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f3/csgqamzlpfjxyl5oqe30lqtilb0r5nbn.jpg</t>
+  </si>
+  <si>
+    <t>1004654</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a04/kwo8oveupdg1etjob208vxsp00pus200.jpg</t>
+  </si>
+  <si>
+    <t>1004655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/29c0nlmovrv4u0boj2x6tkgb9xk23odd.jpg</t>
+  </si>
+  <si>
+    <t>1004656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4b/0z0zx2it2zm3rjhp93d9tn9975w10l2s.jpg</t>
+  </si>
+  <si>
+    <t>1004657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/521/rpze5t91jz08hommh0n5lty6lefp30i0.jpg</t>
+  </si>
+  <si>
+    <t>Елочные украшение 14,5 см  quot;Пушистый ангелочек quot;, полиэстер, белый, ЗОЛОТАЯ СКАЗКА, 592526</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет игрушка ЗОЛОТАЯ СКАЗКА, выполненная в виде волшебного пушистого ангелочка. Елочное украшение представляет собой обаятельного ангелочка, который придаст вашей ёлке неповторимость и очарование. Он легко крепится к ветвям за подвязочную веревочку. Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Размер украшения – 14,5х8,5 см. Материал – акриловое волокно, полиэстер, искусственный хлопок, поливинилхлорид. Цвет – белый.</t>
+  </si>
+  <si>
+    <t>1012103</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/489/md7nnaq4d3jbeyfmmygzzblxp3b2ji6h.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное  1 шт.   quot;Xmas Toys quot; 11,5х9 см, полимерная глина, ассорти 5 дизайнов, ЗОЛОТАЯ СКАЗКА, 592412</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение крепится на зимнюю красавицу за подвязочную веревочку. Эта милая фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочное украшение выполнено в 5 дизайнах &amp;#40;без возможности выбора&amp;#41;: белый мишка, очаровательный снеговик, нарядная елочка, лошадка-качалка и везущая праздничную елку машинка. Вы можете собрать целую коллекцию! Любое из этих украшений придаст Вашей ёлке неповторимость и добавит волшебства в праздник!Игрушки выполнены из полимерной глины, а значит, при падении останутся целыми, что особенно актуально в домах с детьми. • Размер украшений: - елочка – 11,5х9 см,- мишка – 11х11 см, - лошадка – 12х8 см, - машинка – 12х8 см, - снеговик – 13,5х9 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений.</t>
+  </si>
+  <si>
+    <t>1012104</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5f/qzjrd4t1fd82cugvi1k1zy3c2slq6mlw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.   quot;Зимняя нежность quot;, 8 см, ассорти 25 дизайнов, ЗОЛОТАЯ СКАЗКА, 592580</t>
+  </si>
+  <si>
+    <t>Ёлочные шары ЗОЛОТАЯ СКАЗКА – непременный атрибут Нового года. Они будут отлично смотреться как на зеленой, так и на белой хвое ели. Пастельные цвета в сочетании с отделкой разной фактуры создадут атмосферу праздника и волшебства. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить елку по-особенному, стильно и со вкусом. Изысканные шары с покрытием из блесток – изящное украшение вашей ели. Изготовленные из пенопласта, легкие и ударопрочные – идеальны для дома, где есть дети и животные! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Диаметр шаров – 8 см. Материал – пенопласт. Поставляется в 25 дизайнах &amp;#40;без возможности выбора&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012106</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/638/lh9xr73hbhxxutyq3f50vj7wcegzo7u5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.   quot;Леденцы quot;, 6,5х13 см, полимерная глина, ассорти 2 дизайна, ЗОЛОТАЯ СКАЗКА, 592407</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение, выполненное в виде леденца, крепится на зимнюю красавицу за подвязочную веревочку. Эта милая фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочное украшение представляет собой рождественский леденец, который придаст Вашей ёлке неповторимость и добавит волшебства в праздник. Игрушка выполнена из полимерной глины, а значит, при падении останется целой, что особенно актуально в домах с детьми! Размер украшения – 6,5х13 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений. Поставляется в 2 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e4/n8rodqboqmktgh98if1um89v571rhcns.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.   quot;Мышка quot;, 6х5х13 см, фетр, хлопок, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592422</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка ЗОЛОТАЯ СКАЗКА. Украшение, выполненное в виде мышки, крепится на елку за подвязочную веревочку. Елочные украшения выполнены в виде очаровательных мышек, каждая из которых тщательно проработана. Вы даже можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей.Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшения - от 6х13, 7х13см, 6,4х13см, 7х13 см. Материал - фланель, фетр. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ff/tpklfssftjl4ewsmf10ky0s9dkfuueoe.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное  1 шт.   quot;Пряник quot;, 12х9 см, полимерная глина, ассорти 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592408</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение, выполненное в виде пряника, крепится на зимнюю красавицу за подвязочную веревочку. Эта милая фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочные украшения выполнены в форме пряничных человечков &amp;#40;девочка и мальчик&amp;#41; и пряника в виде сердечка. Украшение придаст Вашей ёлке неповторимость и добавит волшебства в праздник. Игрушка выполнена из полимерной глины, а значит, при падении останется целой, что особенно актуально в домах с детьми! Размер пряничных человечков – 12х9 см, размер пряничного сердца – 13х10,5 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений. Поставляется в 3 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa1/lhh0g0ainaa3xaohvkqrir90n9l3za50.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное  1 шт.   quot;Пряничный домик quot;, 9х10 см, полимерная глина, ассорти, ЗОЛОТАЯ СКАЗКА, 592409</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка. Украшение, выполненное в виде пряничного домика, крепится на зимнюю красавицу за подвязочную веревочку. Эта фигурка станет прекрасным дополнением к Вашему новогоднему декору! Елочное украшение представляет собой пряничный домик, который придаст Вашей ёлке неповторимость и добавит волшебства в праздник. Игрушка выполнена из полимерной глины, а значит, при падении останется целой, что особенно актуально в домах с детьми! Размер украшения – 9х10 см. Материал – полимерная глина. Каждое елочное украшение имеет бумажную этикетку и упаковано в воздушно-пузырчатую плёнку для защиты от повреждений. Поставляется в 2 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf6/swhjzjsbf2qyxnfb96s9smi5ww37glpk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт.  20х22 см,  quot;Бант с пайетками quot;, полиэстер, ассорти 3 цвета, ЗОЛОТАЯ СКАЗКА, 592482</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде банта. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Большой бант с пайетками является стильным и элегантным элементом декора, который придаст вашей елке уникальность и красоту. Это многофункциональное украшение можно использовать не только для новогодней елки, но и для декора интерьера. Бант легко и надежно фиксируется на ветвях, не соскальзывая и не теряясь. Он добавит дому или офису нотку роскоши и изысканности.Поставляется в 3 цветах &amp;#40;без возможности выбора&amp;#41;: золотистый, серебристый, красный. Размер украшения – 20х22 см. Материал – полиэстер. Упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1012113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df8/j8hht6rp2r3xj3ehbjv814oybm2bxddr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное  1 шт. ,  quot;Сладости quot;, 8 см, ассорти 25 дизайнов, ЗОЛОТАЯ СКАЗКА, 592581</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет фигурная елочная игрушка ЗОЛОТАЯ СКАЗКА. Украшение, выполненное в виде сладостей, крепится на зимнюю красавицу за подвязочную веревочку. Новый год как праздник является неотделимой частью жизни, поэтому каждый старается украсить елку по-особенному, стильно и со вкусом. Изысканные игрушки в виде сладостей с покрытием из блесток – изящное украшение вашей ели. Мороженое, конфеты, пончики и кексики разного дизайна – каждая игрушка влюбляет в себя с первого взгляда! Изготовленные из пенопласта, легкие и ударопрочные – идеальны для дома, где есть дети и животные! Эти восхитительные игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшения – от 8 до 15 см. Материал – пенопласт. Поставляется в 25 дизайнах &amp;#40;без возможности выбора&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1f/rz07pv2muz30zep0krf2s1lsfnxj4oy7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное 1 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, ассорти 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592420</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде цветка. Изящный декор крепится на елку посредством проволоки. Декор легко и надежно фиксируется в ветвях, не соскальзывая и не теряясь. Украшение добавит вашему дому или офису нотку роскоши и изысканности.Поставляется в 3 цветах &amp;#40;без возможности выбора&amp;#41;: золотистый, серебристый, красный. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Каждый цветок с цветной бумажной этикеткой.</t>
+  </si>
+  <si>
+    <t>1012115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a33/zqt7m0ro9d9o2hal3gq2pb5sdqmcn4pd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное 16 см,  quot;Принцесса quot;, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592608</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде сказочных принцесс. Эти милые фигурки уникального дизайна станут прекрасным дополнением к вашему новогоднему декору и добавят волшебства в праздник. Елочные украшения выполнены в виде девочек и принцесс в разных костюмах – каждое украшение тщательно проработано. Дизайн каждой красавицы отличается милыми деталями. Вы можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшений – 16х8 см. Материал – полиэстер, пенопласт. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012117</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21d/sl1e1jpnol3b1n4yrdccd9b3mdwng84x.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 20х22 см,  quot;Бант с пайетками quot;, полиэстер, красный, ЗОЛОТАЯ СКАЗКА, 592480</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде банта. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Красный большой бант является стильным и элегантным элементом декора, который придаст вашей елке уникальность и красоту. Это многофункциональное украшение можно использовать не только для новогодней елки, но и для декора интерьера. Бант легко и надежно фиксируется на ветвях, не соскальзывая и не теряясь. Он добавит дому или офису нотку роскоши и изысканности.Поставляется в 1 цвете: красный. Размер украшения – 20х22 см. Материал – полиэстер. Упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1012119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e5/ujn6kc5v7v7p3gn2q7a3r0lju0kq2mdi.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 20х22 см,  quot;Бант с пайетками quot;, полиэстер, серебро, ЗОЛОТАЯ СКАЗКА, 592481</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станет елочное украшение ЗОЛОТАЯ СКАЗКА, выполненное в виде банта. Это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Серебристый большой бант является стильным и элегантным элементом декора, который придаст вашей елке уникальность и красоту. Это многофункциональное украшение можно использовать не только для новогодней елки, но и для декора интерьера. Бант легко и надежно фиксируется на ветвях, не соскальзывая и не теряясь. Он добавит дому или офису нотку роскоши и изысканности.Поставляется в 1 цвете: серебристый. Размер украшения – 20х22 см. Материал – полиэстер. Упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1012120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/344/9cytk418zzl8zgmcl2ef1jxc4p2ae8no.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 4 шт., 6 см,  quot;Диско-шар quot;, пластик, золотистый, ЗОЛОТАЯ СКАЗКА, 592484</t>
+  </si>
+  <si>
+    <t>Погрузитесь в атмосферу праздника с потрясающим елочным диско-шаром ЗОЛОТАЯ СКАЗКА! Этот уникальный аксессуар для новогоднего декора сочетает в себе яркие цвета и сверкающие отражения, создавая магическую атмосферу в вашем доме. В комплект входит: 4 шара золотистого цвета. Материал – пластик. Диаметр – 6 см. Диско-шар станет ярким акцентом как на елке, так и в любом другом месте вашего дома. Повесьте его на ветку ели, разместите на столе или используйте в качестве центрального элемента декора.Диско-шары упакованы в ПВХ-бокс.</t>
+  </si>
+  <si>
+    <t>1012121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c0/puz7o1evlx6f9gnhh9iouben57qfmwjf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 4 шт., 6 см,  quot;Диско-шар quot;, пластик, серебристый, ЗОЛОТАЯ СКАЗКА, 592485</t>
+  </si>
+  <si>
+    <t>Погрузитесь в атмосферу праздника с потрясающим елочным диско-шаром ЗОЛОТАЯ СКАЗКА! Этот уникальный аксессуар для новогоднего декора сочетает в себе яркие цвета и сверкающие отражения, создавая магическую атмосферу в вашем доме. В комплект входит: 4 шара серебристого цвета. Материал – пластик. Диаметр – 6 см. Диско-шар станет ярким акцентом как на елке, так и в любом другом месте вашего дома. Повесьте его на ветку ели, разместите на столе или используйте в качестве центрального элемента декора.Диско-шары упакованы в ПВХ-бокс.</t>
+  </si>
+  <si>
+    <t>1012122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f7/7zcvj13lp5ivs7rc4qc3s1tgxbz8cndp.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное 9 шт., 4 см,  quot;Шишки quot;, пластик, ЗОЛОТАЯ СКАЗКА, 592455</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут фигурные елочные игрушки ЗОЛОТАЯ СКАЗКА. В наборе: 9 ёлочных украшения в форме шишек &amp;#40;3 шт. белого, 3 шт. бирюзового, 3 шт. фиолетового цветов&amp;#41; с эффектом глиттер. Размер – 4 см. Игрушки имеют петлю для подвешивания в верхней части из полиэстера серебристого цвета. Изделия можно использовать для украшения новогодней ели или в качестве новогоднего сувенира.Набор упакован в картонную коробку с пластиковой крышкой.</t>
+  </si>
+  <si>
+    <t>1012123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dc/hk5rh0qc4kitj2243v3kawi5i1bd5hm5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное КОМПЛЕКТ 3 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, золото, ЗОЛОТАЯ СКАЗКА, 592417</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящный декор крепится на елку посредством проволоки. Золотистые цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Украшения легко и надежно фиксируются в ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 3 цветка. Поставляются в 1 цвете: золотистый. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1012124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e1/4eqfynr8g2ueh1lbr1l3x9pd1pbcfrdw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное КОМПЛЕКТ 3 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, красный, ЗОЛОТАЯ СКАЗКА, 592419</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящный декор крепится на елку посредством проволоки. Красные цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Украшения легко и надежно фиксируются в ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 3 цветка. Поставляются в 1 цвете: красный. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1012125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efb/2c5tymilq3qp510jlt4zbvdzv2ybl7ys.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное КОМПЛЕКТ 3 шт.,  quot;Цветок quot;, диаметр 22 см, длина 20 см, серебро, ЗОЛОТАЯ СКАЗКА, 592418</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящный декор крепится на зимнюю красавицу посредством проволоки. Серебристые цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Украшения легко и надежно фиксируются в ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 3 цветка. Поставляются в 1 цвете: серебристый. Диаметр украшения – 22 см, длина – 20 см. Материал – пластик, полиэстер, металл. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1012126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b1/wr5xx6gju292w92db3hipqg44t2miykg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное,  quot;Девочка quot;, 19 см, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592606</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде очаровательных девочек. Эти милые фигурки уникального дизайна станут прекрасным дополнением к вашему новогоднему декору и добавят волшебства в праздник. Елочные украшения выполнены в виде девочек в разных костюмах – каждое украшение тщательно проработано. Дизайн каждой красавицы отличается милыми деталями. Вы можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшений – 19х8 см. Материал – полиэстер, пенопласт. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab0/hkpooquya49ouuy2yifxgs6ovjjw6stj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение елочное, 18 см,  quot;Ангелочек quot;, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592607</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут игрушки ЗОЛОТАЯ СКАЗКА, выполненные в виде милых ангелочков. Эти очаровательные фигурки уникального дизайна станут прекрасным дополнением к вашему новогоднему декору и добавят волшебства в праздник. Елочные украшения выполнены в виде девочек в разных костюмах и ангелочков – каждое украшение тщательно проработано. Дизайн каждой игрушки отличается милыми деталями. Вы можете собрать коллекцию! Также игрушка станет удачным дополнением основного подарка для ваших родных и друзей! Эти игрушки придадут вашей ёлке неповторимость и очарование. Они легко крепятся к ветвям за подвязочные веревочки. Размер украшений – 18х9 см. Материал – полиэстер, пенопласт. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1012128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dac/cdiq7293m0covr3t713b4is05v4fxqze.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень 16.5см</t>
+  </si>
+  <si>
+    <t>1013508</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d4/luj4aqditmb0k5hku3d0ekgzaqnbjjyo.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дед Мороз 8см, дерево</t>
+  </si>
+  <si>
+    <t>1013509</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d30/nsn4duwxe5rlwr22l0k7k6hx0sfnw3g5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Сердце 10.5см, дерево</t>
+  </si>
+  <si>
+    <t>1013510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/fy5rlk549z9atb00m2143fbgp0rtptcd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Праздник на носу 10см</t>
+  </si>
+  <si>
+    <t>1013511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d44/81s9shaj2zprk4wheso3jbh1lwidg8gf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Канцелярская мышь 5.5см</t>
+  </si>
+  <si>
+    <t>1013512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d50/r2xjfvj431y07qoqszxrx1a97n7afc21.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 2 украшения Дед Мороз 12см</t>
+  </si>
+  <si>
+    <t>1013513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/658/ab58ua63zgn0bezprhlljh9de07udtwb.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 2 украшения Снеговик 11см</t>
+  </si>
+  <si>
+    <t>1013514</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3c/1d78qlyw47xgznob2y2vruzvnwnw9p5i.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень нос-сердечко 13см, дерево</t>
+  </si>
+  <si>
+    <t>1013516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/167/y4tyf6ta87ihbsh3ow84rgdt6pcjlnjd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Лесной олень 6см</t>
+  </si>
+  <si>
+    <t>1013517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/910/phrnw9jl3lg0letkkwctra0glv2miyoj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Новогодний друг 12см, дерево</t>
+  </si>
+  <si>
+    <t>1013518</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f35/plqk8g0l8ahr9913wcwggmhpskiwu2h9.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Новогодняя коровка 4.5см</t>
+  </si>
+  <si>
+    <t>1013519</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4c/o2ropnf7gv7pi2t26pdtlunpgxpk3xk8.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Праздничная коровка 6см</t>
+  </si>
+  <si>
+    <t>1013520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/875/vxt4mj624htgt2l256ttpdes228vis0n.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Птенчик в шапке 19см, дерево</t>
+  </si>
+  <si>
+    <t>1013521</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cca/cxgi31las1tg8qts4bs3zmb07v72zt8b.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Пряничный наряд 9см</t>
+  </si>
+  <si>
+    <t>1013522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85d/hg62ptjz39ykwetcaf2rlrl3ci5aveqb.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Тигренок с подарком 11см, дерево</t>
+  </si>
+  <si>
+    <t>1013523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c4/c5blc35l7ouznaut01utw54yjw2sdo4e.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снежинка двухслойная 10.5см</t>
+  </si>
+  <si>
+    <t>1013525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85c/2n9lxuk50v48aqrnr9uxvvico58q904q.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Корова на лыжах 7см</t>
+  </si>
+  <si>
+    <t>1013526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fff/hb55gkhxxalbi50dgi0kn2ygch28md7v.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 3 украшения Елочные шары золото 8см</t>
+  </si>
+  <si>
+    <t>1013527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2f/cxyoeniho2cih9fae72a1w3d0v0j3u3d.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка пушистая 12см</t>
+  </si>
+  <si>
+    <t>1013528</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a8/box403wcetpu1tomzmsgi6w1b5fvbgsu.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Пряничный воздушный шар 7см</t>
+  </si>
+  <si>
+    <t>1013529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/864/brkl2td4m8wzz3rsx9hxqoqeo5u95s6n.jpg</t>
+  </si>
+  <si>
+    <t>1013530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b86/e0yf3pvrlxji3781fvvl5w1f9u8xzw5f.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Ключик 20.5см</t>
+  </si>
+  <si>
+    <t>1013531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37a/6wpz1ebd3xqthyp3b5uwcrcyjxpo1rqf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Пряничный ананас 9см</t>
+  </si>
+  <si>
+    <t>1013532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/937/2wjbq8m9yzh73bhmov4hfuci4q3nr1qt.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка хрустальная 12см</t>
+  </si>
+  <si>
+    <t>1013533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/882/0epm7iu5c1dvhuaq14ki7mfsf3cjumtu.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Бабочка экзотическая 13см</t>
+  </si>
+  <si>
+    <t>1013534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c2/ur0yn2ut1gzna5r9epi6grn53ntlb1n9.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Цветок ажурный 12см</t>
+  </si>
+  <si>
+    <t>1013536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/912/0gxhltdxigyfpjy7zf546kcbytusb961.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка звездная 12см</t>
+  </si>
+  <si>
+    <t>1013537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31b/bw4y8fq2017k8kj9olc0ee2ta042ghes.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Коралл оливковый 10см</t>
+  </si>
+  <si>
+    <t>1013538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/018/pg0605ypv1xhmx7tlo6ba7isiz2g623l.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Сияние Востока 14см</t>
+  </si>
+  <si>
+    <t>1013539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc2/ms1ezl7j80rkup6ivvmj3kh0c01cu0qe.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Цветочек 11.5см</t>
+  </si>
+  <si>
+    <t>1013540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/672/4vlfavspgmr1yp3w668aw364bcsvz2z2.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Небесный ангел 19.5см</t>
+  </si>
+  <si>
+    <t>1013541</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/144/n0qwup0zcx6szkju2iskqo13bge50ncr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Рыбка 8см</t>
+  </si>
+  <si>
+    <t>1013542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/507/dqi7j963fa6scx0xpcmoosp9rh517kt1.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Звездная гирлянда 20см</t>
+  </si>
+  <si>
+    <t>1013544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/990/inkpfejftx414p2g4vdbzhkrcjapnr6p.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Бабочка ледяной перламутр 13см</t>
+  </si>
+  <si>
+    <t>1013546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ced/f213ovxrrtktvgqrdt9wbht9n6v1vsw0.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Листочек woodland 14см</t>
+  </si>
+  <si>
+    <t>1013547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45e/1wm6fgb47scu86hndn3aggwsnh924q2c.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Солнечный орнамент 14см</t>
+  </si>
+  <si>
+    <t>1013548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/718/ip40e9ig33kdptep0gfwnox4okpg5bh8.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень янтарный перламутр 15см</t>
+  </si>
+  <si>
+    <t>1013549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/008/jvmij3g9468xga00meh5afehmwl1000y.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Аленький цветочек 12см</t>
+  </si>
+  <si>
+    <t>1013553</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7a/4zka1z4ul9styzchdq1mlcx33m8dl5bw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Золотая льдинка 15см</t>
+  </si>
+  <si>
+    <t>1013554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c95/2744bba8m3j4xhqo96nnlncj7vs6q18r.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Праздник в лесу 12.5см</t>
+  </si>
+  <si>
+    <t>1013555</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c58/s4ri8hl6cg39tddbgxwm9stu8zu2llz5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Птичка красная 13см</t>
+  </si>
+  <si>
+    <t>1013556</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edb/rdfvaht84q18zso6uhwkwkkx0gdcz9au.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Рождество для двоих 12см</t>
+  </si>
+  <si>
+    <t>1013557</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e1/ip3rpxvxhjqsjk63nuavsq4vobt0zujr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Снежинка изысканная 11см</t>
+  </si>
+  <si>
+    <t>1013558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/433/s9y4ighqdjxx2smg8juwitxws0bmzjt4.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Листочек золотой 11см</t>
+  </si>
+  <si>
+    <t>1013559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/6kmuhx7jucvmnhwgo530owqwc3q4ctge.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лазурный пируэт 15см</t>
+  </si>
+  <si>
+    <t>1013561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b9/53pu3ttw9j01l15e9xb06ezi3lxfqips.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лама искристая 10см</t>
+  </si>
+  <si>
+    <t>1013563</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/443/taubhiv2qy5vki4cd5a61ta6891iplg7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снежинка лайм 15см</t>
+  </si>
+  <si>
+    <t>1013564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24e/t8uqdszpu5w3eck0db466wsakp7akq7q.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мышка в дымоходе 5.5см</t>
+  </si>
+  <si>
+    <t>1013567</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d5/8fyli32myour5i728o0stcyjgtwhqr4w.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень розовый шелк 18см</t>
+  </si>
+  <si>
+    <t>1013568</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ef/ua1fxhm2gli6x6jug0szz5horjyv03vf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Санта на лыжах 12см</t>
+  </si>
+  <si>
+    <t>1013570</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb8/r2cmncruy772innlh3hw368g33gqysry.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снеговик на коньках 12см</t>
+  </si>
+  <si>
+    <t>1013571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8d/bpq6zusbqafwjlbtcxb9l4a2bw7eabnv.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Снежинка морозный узор 13см</t>
+  </si>
+  <si>
+    <t>1013572</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d55/vhgsbl3zo06ilrqrswydcj8yp9hh6evg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Упряжка Деда Мороза 14см</t>
+  </si>
+  <si>
+    <t>1013573</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b42/nwrej8hz24et4krjojb1vwgv1nqg8bfi.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Королевская сова золотая 7см</t>
+  </si>
+  <si>
+    <t>1013574</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a7/96l5hkr0cg7z4ucvy3qbzen2u28tqyic.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин индиго 15.5см</t>
+  </si>
+  <si>
+    <t>1013575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/9le68w0hvf0mwhgbm32m5g5n46tmptql.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Собака Короля золотая 7см</t>
+  </si>
+  <si>
+    <t>1013576</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/190/8mivrkg8wd6xljlzgekueqbbeuqjfzvs.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень золотой перламутр 14см</t>
+  </si>
+  <si>
+    <t>1013577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96d/hdji6yjfasr0zq3vhdzbc9c2pqg9dkbr.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень морозный 15см</t>
+  </si>
+  <si>
+    <t>1013578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cc/qo7e6jbxqou8f41tsxdsxyk5vdngeqyn.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Олень перламутровый 16см</t>
+  </si>
+  <si>
+    <t>1013579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eaf/0dt4e248x84v2lwdzapqowv9kvsjc5ho.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Придворный золотой 7см</t>
+  </si>
+  <si>
+    <t>1013580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb2/k5c880293xnstjkgi4pqz9fqgiafl978.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин северное сияние 15.5см</t>
+  </si>
+  <si>
+    <t>1013581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d9/hzysbo8tszaiw6ep19m3925w9v2yz3kd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Четыре лапы 11см</t>
+  </si>
+  <si>
+    <t>1013582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89c/iytj3jun7tntnciw4zxfhurfn2jdy5xy.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Рождественские коньки 7см</t>
+  </si>
+  <si>
+    <t>1013583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54c/fdecw6nb4so7zsth3gfpy9u6daib9shn.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Медведь полярный 12см</t>
+  </si>
+  <si>
+    <t>1013584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff1/wvxt8ehbt0u3g93d4jfxvjd4kgyu03ug.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Танец балерины 14см</t>
+  </si>
+  <si>
+    <t>1013586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d40/4riszn5qt7p7y1478uxg2f0dypaqt84v.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Совенок нарядный 7.5см</t>
+  </si>
+  <si>
+    <t>1013587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e8/zqpu1qztxcvk22odpzak2p3u8ntbnuh7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин роскошный 17см</t>
+  </si>
+  <si>
+    <t>1013588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/174/y3r8cbfarxodyewfbwtkl4vtauwccex4.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Фея северное сияние 15.5см</t>
+  </si>
+  <si>
+    <t>1013589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78f/ce6se9g47d1ohm8xf098j3yalgta9zdv.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Boy s 10см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Boy&amp;#39;s 10см</t>
+  </si>
+  <si>
+    <t>1013590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27b/jr1m8rdk00fmtelr8hxu9bkq3o86zbw2.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Girl s 10см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дракончик Girl&amp;#39;s 10см</t>
+  </si>
+  <si>
+    <t>1013591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9d/7b0poqk9ry513n1nt34nb2bcskb37mc5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Boy s 12см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Boy&amp;#39;s 12см</t>
+  </si>
+  <si>
+    <t>1013592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1f/qk0wsk1yif31b496s5v8nqll0tj0018i.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Girl s 12см</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Жирафик Girl&amp;#39;s 12см</t>
+  </si>
+  <si>
+    <t>1013593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73d/0dpjq45k3du56eiyln5wal1m6jd3oda7.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Королевская гвардия 9см</t>
+  </si>
+  <si>
+    <t>1013595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ae/87fw3w9rvqht91kz1ffryn5ocxommc85.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Маска северное сияние 15.5см</t>
+  </si>
+  <si>
+    <t>1013596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86d/1okmznwdwu5s9ud8prpaug2fyl7j7mbe.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Весы медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e34/21s1hmqi5s9htpj2tpmeqe10bdywfpfl.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дева медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8f/galwc5l2d2h03hs76h64pwrdge1nn501.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Козерог медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/190/lkn5ef6fz6zvcsi4ye1jagxv92fnxa9e.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лев медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c3/j73g6g0mi1i8g74zsf81ht1fhka7rzmg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Овен медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c6/7ldux1ev3aroysp5wrv01sct6gnvjssy.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Рак медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fb/osrnb5d88tzjgn19yh67y5xwjopnkvm1.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Рыбы медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/5zpatw4421ckljt9lm04753c8m5c6e2f.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Скорпион медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/793/wuh8ehznkvaxo89w5w7kypkl1ejpm9h3.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Телец медальон 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/adb/rb0sa7t61s50k442cni3vxe2tgb7ilqd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Девочка с золотыми снежками 10.5см</t>
+  </si>
+  <si>
+    <t>1013606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd7/nglfqoxf1q1bgvvlgmtnqu5zn16m2kz0.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мальчик с золотыми снежками 10.5см</t>
+  </si>
+  <si>
+    <t>1013607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5aa/b3293fbi785jlywxlo1ql7acm8rkbybc.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Школа балета 10см</t>
+  </si>
+  <si>
+    <t>1013608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e29/djc8mlypx53uolvkbwj82t3q4b6o4xbs.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Павлин белоснежный 17см</t>
+  </si>
+  <si>
+    <t>1013609</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c14/wxe76p53xb2z3bn9i2dxg2i4cnm19fux.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Ананас 12см, стекло</t>
+  </si>
+  <si>
+    <t>1013610</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cae/0vyzv0xw4367b8nipvt78mzjq0ww6bz5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Карета серебряная 11.5см</t>
+  </si>
+  <si>
+    <t>1013611</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d55/he1b0eezwj0o80oiptbqag69s3ej7rmg.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Зебра-чайничек 12см, стекло</t>
+  </si>
+  <si>
+    <t>1013612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c0/0j32u49y2dxky9qr8cc9x1nprre87hlk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Танцующий орангутан 10см</t>
+  </si>
+  <si>
+    <t>1013613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8e/u7r4hiagn4jnaw02g2cpeld03slavq4f.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Уличный фонарь 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cec/0kilkqfb1yeqp07upkkrd7hhxg688h89.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Фляжка в подарок 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab5/hicm05sdpxw6lhdzza5ihwloz6706g01.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Райская птица 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d7/vgu7i9dba4xpqwbn3m536psrkpem38m2.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Черный бриллиант 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc3/cg8508xoerv0t3oz2385hx9bm99z21ne.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Яблочный пирог с мороженым 10см, стекло</t>
+  </si>
+  <si>
+    <t>1013618</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e86/fctme4j0mweymxlpcvjda6g6nk0ii0ud.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Время подарков 10см</t>
+  </si>
+  <si>
+    <t>1013619</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/165/szivkp2rhdnddwqlvtzwvca2bx3760yk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мистер Лось 11см</t>
+  </si>
+  <si>
+    <t>1013620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c49/jl6l22l9zrgcksy0c6tmdmk87bun2mvq.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Желудь ледяного царства 11.5см</t>
+  </si>
+  <si>
+    <t>1013621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b05/ko2lo5w5e4cmnry47q4qpltg16cixlbv.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Дед Мороз на коньках 11см</t>
+  </si>
+  <si>
+    <t>1013622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb2/q0bqs3lgf09ec6nze8wy9yxo3m5vs3ml.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лосяша-модница 12см</t>
+  </si>
+  <si>
+    <t>1013623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b24/fyv5bsixrnlxkncuvfmusth8h9gtckzq.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Сова - мотивы Карелии 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ed/tbepxklvxj1m3tkip8c0cyzsrbxrr8l5.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Пингвин-хоккеист 11см, стекло</t>
+  </si>
+  <si>
+    <t>1013625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8d/g4x0b9f0d1ydgg842a26sfdbwonk2gbk.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лобстер и мандолина 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4e/w2p88r44h9zyzgc3jd169egu1j69r5ep.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Лобстер на карнавале 15см, стекло</t>
+  </si>
+  <si>
+    <t>1013627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/510/2qoq5jlcamp410g2ez5c6twsqij2ounw.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Мистер Капкейк 19см, стекло</t>
+  </si>
+  <si>
+    <t>1013628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc4/m4a2113m6fvx7dcrx7gahqgpa48rbt9n.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Голубь мира 15см</t>
+  </si>
+  <si>
+    <t>1013629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/626/4pwp108p90r4ump39wpqkmfl6xu1eq4q.jpg</t>
+  </si>
+  <si>
+    <t>Украшение ErichKrause Decor Ленивец-почтальон 10см</t>
+  </si>
+  <si>
+    <t>1013631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1f/wjnusbhps76srzdlidha0b6v8k62xoxd.jpg</t>
+  </si>
+  <si>
+    <t>Украшение  лочное КОМПЛЕКТ 5 шт.  quot;Цветок с клипсой quot;, диаметр 15 см, ПВХ, золото, ЗОЛОТАЯ СКАЗКА, 592603</t>
+  </si>
+  <si>
+    <t>Оригинальным решением украсить новогоднюю ель станут елочные украшения ЗОЛОТАЯ СКАЗКА, выполненные в виде цветов. Изящная пуансеттия крепится на зимнюю красавицу посредством удобной клипсы. Золотистые цветы создают элегантную и гармоничную композицию, которая будет великолепно смотреться на вашей елке. Разместите их по всей высоте ели, чтобы создать праздничный ансамбль, который будет радовать вас и ваших гостей на протяжении всего зимнего сезона. Цветы легко и надежно фиксируются на ветвях, не соскальзывая и не теряясь. Они добавят дому или офису нотку роскоши и изысканности.В комплекте 5 цветков. Цвет: золотистый. Диаметр украшения – 15 см. Материал – ПВХ. Упакованы в картонную коробку.</t>
+  </si>
+  <si>
+    <t>1014285</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a56/1tn23q6gscgam4rmc50wxdwc9upe787b.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное Лошадка полипропилен1,5x11,5x8,5см арт.89132</t>
+  </si>
+  <si>
+    <t>1016209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eda/yzs3rpdjcubcz4lufi97y0nbm506xeq1.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное Снежинка полипропилен 1,5x12x12см арт.89130</t>
+  </si>
+  <si>
+    <t>1016210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed5/gu7fgajjb1fsy91qwfmf5pvzaz1e8vee.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное из полиэстера и АБС пластика 8х13х8см 95801</t>
+  </si>
+  <si>
+    <t>1016218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c98/paangnyo22hzkdai6y1rg2oevqklcnwm.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное из фарфора   5,6x4,8x9,7см арт.94960</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное из фарфора / 5,6x4,8x9,7см арт.94960</t>
+  </si>
+  <si>
+    <t>1016228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/567/x7m25n75ahwp57yjxkkifmjth24orsnw.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное со светодиодной подсветкой 8x9x8см. 95545</t>
+  </si>
+  <si>
+    <t>1016234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b44/xec7be5r5961gpqkui8w8ln6na82pxgv.png</t>
+  </si>
+  <si>
+    <t>Игрушка Украшение НГ подвесное со светодиодной подсветкой 8x9x8см.95547</t>
+  </si>
+  <si>
+    <t>1016235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66f/nvi3gj4z1telbjp8i0a9ezydcp0y7m5n.png</t>
+  </si>
+  <si>
+    <t>Игрушка декоративная мягконабивная из полиэстера   15x9x55 см арт.94263</t>
+  </si>
+  <si>
+    <t>Игрушка декоративная мягконабивная из полиэстера / 15x9x55 см арт.94263</t>
+  </si>
+  <si>
+    <t>1016236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a7/eoeztavd1hjnnx3cy4aqah4vqnvcnd3x.png</t>
+  </si>
+  <si>
+    <t>Игрушка елочная Щелкунчик сказочный, h-9см ФУ-526</t>
+  </si>
+  <si>
+    <t>1016237</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kolomeev/"&gt;Коломеев&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ea/olzttnyg355vtj739zs30cy1xgqnzgvy.jpg</t>
-[...2140 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8dc/qvxh2ufi94mx1i32yxv59c9rlsmeq5l7.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных Серебряные желуди из стекла 3х5х3см арт89668</t>
   </si>
   <si>
     <t>1016265</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/918/mqbtuu08416qjpv3ss72on5ttkzb3zln.png</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/740/c0c7dyeqp0jldvk06qhtpt4vtqz9rcz0.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт   7х7х7см арт.95135</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт / 7х7х7см арт.95135</t>
   </si>
   <si>
     <t>1016269</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3e/j33jinwfo0waraim21h2x10l7xmhybke.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт   7х7х7см арт.95136</t>
   </si>
   <si>
     <t>Набор украшений подвесных из полистирола, 4 шт / 7х7х7см арт.95136</t>
   </si>
   <si>
     <t>1016270</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cf5/2b0bnqqvforjqfu1acs1g54skz3xkup2.png</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d61/zj55rjc6k0ojiakfl27880ui8sj3mjwd.png</t>
   </si>
   <si>
     <t>Набор украшений подвесных из стекло из 8 штук 17X11X4,5см арт.92617</t>
   </si>
   <si>
     <t>1016273</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f44/b8af80sdqcbiluuae1zytskv041yqm3o.png</t>
-[...103 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/507/0i34mti11xlg20swnim8l1hjgixmnts7.png</t>
   </si>
   <si>
     <t>Украшение елочное Шахматный конь 1  Символ года  подар.уп.. h-7см.ФУ-293 1</t>
   </si>
   <si>
     <t>Украшение елочное Шахматный конь 1 &amp;#40;Символ года&amp;#41; подар.уп.. h-7см.ФУ-293/1</t>
   </si>
   <si>
     <t>1016348</t>
-  </si>
-[...127 lines deleted...]
-    <t>1016361</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3486,57 +2484,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M303"/>
+  <dimension ref="A1:M203"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G303" sqref="G303"/>
+      <selection pane="bottomRight" activeCell="G203" sqref="G203"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3749,116 +2747,119 @@
       </c>
       <c r="G11" s="3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
@@ -4075,91 +3076,91 @@
       </c>
       <c r="E27" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="F29" s="3" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>130</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>131</v>
@@ -4175,54 +3176,51 @@
       </c>
       <c r="E32" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>42</v>
       </c>
     </row>
@@ -4244,6086 +3242,3888 @@
       </c>
       <c r="F35" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>157</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="F38" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="G38" s="3" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>42</v>
+        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F47" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="F48" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F49" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="F50" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F51" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F54" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F54" s="3" t="s">
+      <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>151</v>
+        <v>213</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>151</v>
+        <v>213</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>218</v>
+        <v>47</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>18</v>
+        <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>18</v>
+        <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>18</v>
+        <v>238</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>207</v>
+        <v>47</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>165</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>18</v>
+        <v>281</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>275</v>
+        <v>289</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>276</v>
+        <v>290</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>279</v>
+        <v>293</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>284</v>
+        <v>300</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>285</v>
+        <v>301</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>295</v>
+        <v>312</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>296</v>
+        <v>313</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>297</v>
+        <v>314</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>298</v>
+        <v>315</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>18</v>
+        <v>281</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>302</v>
+        <v>320</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>306</v>
+        <v>323</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>307</v>
+        <v>324</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>309</v>
+        <v>326</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>305</v>
+        <v>327</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>306</v>
+        <v>327</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>314</v>
+        <v>331</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>316</v>
+        <v>336</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>317</v>
+        <v>336</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>317</v>
+        <v>339</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>322</v>
+        <v>340</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>323</v>
+        <v>341</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>316</v>
+        <v>342</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>317</v>
+        <v>342</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>325</v>
+        <v>344</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>316</v>
+        <v>345</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>326</v>
+        <v>346</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>327</v>
+        <v>347</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>316</v>
+        <v>348</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>317</v>
+        <v>348</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>328</v>
+        <v>349</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>329</v>
+        <v>350</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>330</v>
+        <v>351</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>331</v>
+        <v>351</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>332</v>
+        <v>352</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>334</v>
+        <v>353</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>336</v>
+        <v>354</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>337</v>
+        <v>355</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>338</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>339</v>
+        <v>356</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>340</v>
+        <v>357</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>341</v>
+        <v>357</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>342</v>
+        <v>358</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>343</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>345</v>
+        <v>360</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>347</v>
+        <v>361</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>349</v>
+        <v>363</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>343</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>356</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>361</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>380</v>
+        <v>369</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>361</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>361</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>394</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>395</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>396</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>397</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>399</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>400</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>405</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>408</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>417</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>423</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>426</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>428</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>429</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>432</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>435</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>441</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>447</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>453</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>456</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>459</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>462</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>449</v>
+        <v>464</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>449</v>
+        <v>464</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>18</v>
+        <v>478</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>18</v>
+        <v>238</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>588</v>
+        <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>18</v>
+        <v>238</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>118</v>
+        <v>238</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>18</v>
+        <v>238</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>18</v>
+        <v>238</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>18</v>
+        <v>238</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>18</v>
+        <v>238</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>118</v>
+        <v>238</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>393</v>
+        <v>325</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>393</v>
+        <v>47</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>118</v>
+        <v>42</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>393</v>
+        <v>681</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>393</v>
+        <v>159</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>393</v>
+        <v>681</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>18</v>
-[...2229 lines deleted...]
-      <c r="G303" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>