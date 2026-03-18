--- v0 (2026-01-10)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -89,1142 +89,752 @@
   <si>
     <t>&lt;a href="/brands/snowmen/"&gt;Snowmen&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/296/4r9mqchjomytqj1g9esv7kbkxd0but16.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Роса quot;, 20 ламп, 2 м, многоцветная, на батарейках, 591101</t>
   </si>
   <si>
     <t>Компактная, легкая, но в то же время яркая электрогирлянда, которой можно украсить новогоднюю ель и интерьер небольшого помещения. Особенностью гирлянды типа &amp;quot;Роса&amp;quot; является неповторимая форма светодиодов, похожих на маленькие капли. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений.Зажигание огней в домах и на улицах во время зимних праздников – одна из их главных традиций. Новогодние гирлянды – современная интерпретация свечей, которыми украшались дома раньше.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Гирлянда очень гибкая и может принимать ту форму, которую ей задают. Особенно рекомендуется для тех, у кого под рукой нет розетки. Гирлянда работает от двух батареек CR2032. Батарейки уже включены в комплект.</t>
   </si>
   <si>
     <t>423370</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4f1/ekdpaoool808po8wf5q8jhg0bkx6n3yj.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Сеть quot;, 120 ламп, 1,5х1 м, теплый белый, контроллер, 591104</t>
+  </si>
+  <si>
+    <t>Электрогирлянда типа &amp;quot;Сеть&amp;quot; позволит украсить новогоднюю ель, окно внутри помещения или интерьер и привнести праздничное настроение вместе с теплым белым цветом гирлянды. Контроллер позволяет настроить свечение гирлянды по своему вкусу. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений.Зажигание огней в домах и на улицах во время зимних праздников – одна из их главных традиций. Новогодние гирлянды – современная интерпретация свечей, которыми украшались дома раньше.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.</t>
+  </si>
+  <si>
+    <t>423373</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c73/hxh817129kcv6rq3ghh1fo2qnbe91wf2.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Сеть quot;, 160 ламп, 1,5х1,5 м, многоцветная, контроллер, 591106</t>
   </si>
   <si>
     <t>Электрогирлянда типа &amp;quot;Сеть&amp;quot; позволит украсить новогоднюю ель, окно внутри помещения или интерьер и привнести праздничное настроение вместе с яркими цветами гирлянды. Контроллер позволяет настроить свечение гирлянды по своему вкусу. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений.Зажигание огней в домах и на улицах во время зимних праздников – одна из их главных традиций. Новогодние гирлянды – современная интерпретация свечей, которыми украшались дома раньше.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.</t>
   </si>
   <si>
     <t>423375</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/48f/29abi7x7z6bejl6jh9mc1cshqfg3wy82.jpg</t>
-[...2 lines deleted...]
-    <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Стандарт quot;, 100 ламп, 5 м, многоцветная, контроллер, 591099</t>
+    <t>http://anytos.ru//upload/iblock/762/vr7rgfsmti9kvjk0m1boyae47qg68o4b.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Стандарт quot;, 200 ламп, 10 м, многоцветная, контроллер, 591100</t>
   </si>
   <si>
     <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Тип &amp;quot;Нить&amp;quot; предусматривает последовательное соединение ламп гирлянды в электрическую цепь. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений.Зажигание огней в домах и на улицах во время зимних праздников – одна из их главных традиций. Новогодние гирлянды – современная интерпретация свечей, которыми украшались дома раньше.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Контроллер позволяет настроить свечение гирлянды по своему вкусу. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.</t>
   </si>
   <si>
-    <t>565927</t>
+    <t>565928</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f81/zss9x5gobpk1wu6zw9g03lgk6q4a7wov.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная  quot;Звезды quot; занавес на окно 3х1 м, 138 ламп, теплый белый, ЗОЛОТАЯ СКАЗКА, 591338</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 3 м, длина самой длинной нити со светодиодами - 1 м, длина силового кабеля &amp;#40;кабеля питания&amp;#41; - 3 м. Рабочая часть гирлянды состоит из трех частей и включает 138 светодиодов: первая - включает в себя 48 светодиодов, которые не имеют декоративных колпачков и расположенных вдоль нитей, свисающих вниз. Вторая часть представляет собой 6 светодиодных фигур в форме большой пятиконечной звезды диаметром 18 см, выполненных из пластика, с 10 светодиодами внутри. Третья часть - это 6 светодиодных фигур в виде маленькой пятиконечной звезды диаметром 9 см, выполненных из пластика с 5 светодиодами внутри. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключениями между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - теплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В.Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>717763</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0c/w9d05qz3x01fpfn560jrrlif2245nkho.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная ЗАНАВЕС НА ОКНО, 3х2 м, 306 ламп, теплый белый, ЗОЛОТАЯ СКАЗКА, 591334</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 18 нитей длиной 2 м, на каждой из которых по 17 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина силового кабеля &amp;#40;кабеля питания&amp;#41; составляет 3 м. Количество светодиодов - 306 шт. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключениями между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - теплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>717765</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36a/vzkeul9h9nb7g32t4zf971de8lvb4pee.jpg</t>
+  </si>
+  <si>
+    <t>Удлинитель для электрогирлянд 3 м, прозрачный шнур, пакет, ЗОЛОТАЯ СКАЗКА, 591712</t>
+  </si>
+  <si>
+    <t>Удлинитель для электрогирлянд ЗОЛОТАЯ СКАЗКА - отличное решение, чтобы удлинить систему электрогирлянд. Удлинитель является абсолютно универсальным за счет прозрачного цвета и впишется в любой праздничный интерьер. Электрический удлинитель представляет собой медный провод, помещенный в термическую усадочную трубку из поливинилхлорида, оснащенную штепсельной вилкой с одного конца провода и штепсельной розеткой - с другой. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 230 В и ток силой до 16 А. Длина провода - 3 м. Удлинитель предназначен для подключения электрогирлянд в местах, удалённых от стационарных розеток, и только внутри помещений.</t>
+  </si>
+  <si>
+    <t>717774</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4c/ch7eh5tgtwd1x1casiadf37vc03cb6jb.jpg</t>
+  </si>
+  <si>
+    <t>Удлинитель для электрогирлянд 5 м, прозрачный шнур, пакет, ЗОЛОТАЯ СКАЗКА, 591713</t>
+  </si>
+  <si>
+    <t>Удлинитель для электрогирлянд ЗОЛОТАЯ СКАЗКА - отличное решение, чтобы удлинить систему электрогирлянд. Удлинитель является абсолютно универсальным за счет прозрачного цвета и впишется в любой праздничный интерьер. Электрический удлинитель представляет собой медный провод, помещенный в термическую усадочную трубку из поливинилхлорида, оснащенную штепсельной вилкой с одного конца провода и штепсельной розеткой - с другой. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 230 В и ток силой до 16 А. Длина провода - 5 м. Удлинитель предназначен для подключения электрогирлянд в местах, удалённых от стационарных розеток, и только внутри помещений.</t>
+  </si>
+  <si>
+    <t>717775</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/762/vr7rgfsmti9kvjk0m1boyae47qg68o4b.jpg</t>
-[...65 lines deleted...]
-    <t>898598</t>
+    <t>http://anytos.ru//upload/iblock/80a/d3ka62z8rja4eca0uca6s0rbw68erdx1.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Алмазы LED-DIAMOND-40-3-MC 40 LED 3м 8 режимов, IP20 101530</t>
+  </si>
+  <si>
+    <t>904735</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee4/ikyv1wb303nqea69o67blbvaoyghe7vr.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 1.8х0.5 м, IP20, 48 LED, белый, 8 режимов, 3556829</t>
+  </si>
+  <si>
+    <t>904737</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9c/xg8ur2r1ozx1pz29curv8h0oa15h5rm3.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 1.8х0.5м, IP20, 48 LED, мульти, 8 режимов, 3556828</t>
+  </si>
+  <si>
+    <t>904738</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b8/xucrfkd9tbk3ofmuo9l45i9i2aav0vel.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 3 х 0.5 м, IP20,80 LED, белый, 8 режимов, 3556845</t>
+  </si>
+  <si>
+    <t>904739</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/kljyjsb8ddhxb99gdqdswv0g0q2gyqaq.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки, белый, 200 LED ламп 4мx0,5м провод IP20 5624</t>
+  </si>
+  <si>
+    <t>904755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12b/l5ru082ymuvshhepigd90ei1mdn0rbny.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес комнатная  quot;Звезды quot; 3х0,5 м, 108 LED, мультицветная, 220 V, ЗОЛОТАЯ СКАЗКА, 591356</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес типа &amp;quot;Звезды&amp;quot; – необычный и эффектный вид гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 3 м, длина самой длинной нити со светодиодами - 0,5 м, длина кабеля питания - 3 м.Рабочая часть гирлянды состоит из трех частей и включает 108 светодиодов: первая - включает в себя 30 светодиодов, которые не имеют декоративных колпачков, и расположены вдоль нитей, свисающих вниз. Вторая часть представляет собой 6 светодиодных фигур в форме большой пятиконечной звезды диаметром 14,5 см, выполненных из пластика, с 8-ю светодиодами внутри. Третья часть - это 6 светодиодных фигур в виде маленькой пятиконечной звезды диаметром 9 см, выполненных из пластика с 5-ю светодиодами внутри. В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b8/idkrzc2qmo0ejx1fv5rvb2vemadrufhh.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес комнатная  quot;Звезды quot; 3х0,5 м, 108 LED, теплый белый, 220 V, ЗОЛОТАЯ СКАЗКА, 591354</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес типа &amp;quot;Звезды&amp;quot; ЗОЛОТАЯ СКАЗКА – необычный и эффектный вид гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции электрогирлянды – &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 3 м, длина самой длинной нити со светодиодами – 0,5 м, длина кабеля питания – 3 м.Рабочая часть гирлянды состоит из трех частей и включает 108 светодиодов: первая – включает в себя 30 светодиодов, которые не имеют декоративных колпачков, и расположены вдоль нитей, свисающих вниз. Вторая часть представляет собой 6 светодиодных фигур в форме большой пятиконечной звезды диаметром 14,5 см, выполненных из пластика, с 8 светодиодами внутри. Третья часть – это 6 светодиодных фигур в виде маленькой пятиконечной звезды диаметром 9 см, выполненных из пластика с 5 светодиодами внутри. В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения – 8 шт. Цвет свечения гирлянды – теплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28f/nnm99wme3y481dc05hbezse15jl2ygzx.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес комнатная  quot;Звезды quot; 3х0,5 м, 108 LED, холодный белый, 220 V, ЗОЛОТАЯ СКАЗКА, 591355</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес типа &amp;quot;Звезды&amp;quot; - необычный и эффектный вид гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 3 м, длина самой длинной нити со светодиодами - 0,5 м, длина кабеля питания - 3 м.Рабочая часть гирлянды состоит из трех частей и включает 108 светодиодов: первая - включает в себя 30 светодиодов, которые не имеют декоративных колпачков, и расположены вдоль нитей, свисающих вниз. Вторая часть представляет собой 6 светодиодных фигур в форме большой пятиконечной звезды диаметром 14,5 см, выполненных из пластика, с 8-ю светодиодами внутри. Третья часть - это 6 светодиодных фигур в виде маленькой пятиконечной звезды диаметром 9 см, выполненных из пластика с 5-ю светодиодами внутри. В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c26/hnm3i1fn8z0f38b7eq3h39tk682sv32g.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес комнатная  quot;Штора quot; 3х2 м, 144 LED, теплый белый свет, 220 V, ЗОЛОТАЯ СКАЗКА, 591350</t>
+  </si>
+  <si>
+    <t>Электрогирлянда типа &amp;quot;Штора&amp;quot; - один из самых популярных сейчас видов гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Штора&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей длиной 2 м, на каждой из которых по 12 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина кабеля питания - 3 м. Количество светодиодных ламп - 144 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - теплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/736/nxcp4n6g4kh72drv3lt286sor8fwzelq.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес комнатная  quot;Штора quot; 3х2 м, 144 LED, холодный белый свет, 220 V, ЗОЛОТАЯ СКАЗКА, 591351</t>
+  </si>
+  <si>
+    <t>Электрогирлянда типа &amp;quot;Штора&amp;quot; – один из самых популярных сейчас видов гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Штора&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей длиной 2 м, на каждой из которых по 12 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина кабеля питания - 3 м. Количество светодиодных ламп - 144 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d9/vilks44ynl6zlujau1n1zfvszsr56xbg.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес комнатная  quot;Штора quot; 3х3 м, 196 LED, холодный белый свет, 220 V, ЗОЛОТАЯ СКАЗКА, 591353</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес типа &amp;quot;Штора&amp;quot; - один из самых популярных сейчас видов гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 14 нитей длиной 3 м, на каждой из которых по 14 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина кабеля питания - 3 м. Количество светодиодных ламп - 196 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a1/4miwqej7om3et70qbvpyctsdkctkdiie.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Роса quot; 2 м, 20 LED, холодный белый свет, на батарейках, ЗОЛОТАЯ СКАЗКА, 591932</t>
+  </si>
+  <si>
+    <t>Универсальная модель гирлянды, не зависящая от доступа к сети, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды позволяет использовать её для придания уютного свечения внутри помещения. Электрическая светодиодная гирлянда &amp;quot;Роса&amp;quot; представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2 м. Количество светодиодных ламп - 20 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания. Цвет свечения гирлянды - холодный белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от 2-х батареек типа CR2032.Батарейки уже входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель. Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/202/o3lyb40htwqis5nk81roas3dke3100aj.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Стандарт quot; 10 м, 100 LED, холодный белый свет, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591347</t>
+  </si>
+  <si>
+    <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды создаст уютное свечение внутри помещения. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 10 м. Количество светодиодных ламп - 100 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Конструкцией гирлянды предусмотрено наличие контроллера для того, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Длина кабеля питания - 0,7 м. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/16&amp;#41;.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/775/jua07o14m49egp5fe8iedujrfi4bo4c1.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Стандарт quot; 5 м, 50 LED, мультицветная, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591345</t>
+  </si>
+  <si>
+    <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды создаст уютное свечение внутри помещения. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 5 м. Количество светодиодных ламп - 50 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Конструкцией гирлянды предусмотрено наличие контроллера для того, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Длина кабеля питания - 0,7 м. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/16&amp;#41;.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f78/b962t4ml2e9i3i1ab6kh92fr1yvk4c2o.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Стандарт quot; 5 м, 50 LED, холодный белый свет, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591344</t>
+  </si>
+  <si>
+    <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды создаст уютное свечение внутри помещения. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 5 м. Количество светодиодных ламп - 50 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Конструкцией гирлянды предусмотрено наличие контроллера для того, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Длина кабеля питания - 0,7 м. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/16&amp;#41;.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b97/vsidt15qts1y9jo48uf6rf3eltbqd8sc.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда С Новым Годом  Год быка 92х29см.</t>
+  </si>
+  <si>
+    <t>Цельная картонная гирлянда с надписью «С Новым Годом» и изображением символа 2021 – быка. Яркая декорация подойдет для украшения актового зала, музыкального класса, квартиры, дома или офиса. Декор создаст праздничное настроение и поможет провести праздник в веселой атмосфере. Гирлянда изготовлена из плотного картона, с нанесением на поверхность экологчиных и устойчивых к выгоранию красок.</t>
+  </si>
+  <si>
+    <t>959998</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/prazdnik/"&gt;ПРАЗДНИК&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33a/nz7ro93dz6ho8id1es6nrjj4jhu70to4.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 2.4x0.9м Звездоч, IP20, 186LED,бел, 8 режимов, 4356974</t>
+  </si>
+  <si>
+    <t>973070</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luazon-lighting/"&gt;Luazon Lighting&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06f/uyaa9vq5rpldb9rhiceiz3s2txqqwv4o.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Bubble ball quot; 3м, 30LED, т плый белый, 220V, ЗОЛОТАЯ СКАЗКА, 591364</t>
+  </si>
+  <si>
+    <t>Яркая и красочная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Контроллер позволяет настроить свечение гирлянды по своему вкусу. Лампы украшены разноцветными декоративными колпачками в виде шариков. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений. Длина рабочей части гирлянды составляет 3 м. Количество светодиодов - 30 шт. Расстояние между светодиодами - 10 см. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 220 В.</t>
+  </si>
+  <si>
+    <t>997953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/421/o81sgv7xw42kjwaze7bgm6boupnxxmmq.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Bubble ball quot;, 3 м, 30 LED, мультицветная, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591363</t>
+  </si>
+  <si>
+    <t>Яркая и красочная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Контроллер позволяет настроить свечение гирлянды по своему вкусу. Лампы украшены разноцветными декоративными колпачками в виде шариков. Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для светового декорирования интерьеров домов, административных и развлекательных учреждений. Длина рабочей части гирлянды составляет 3 м. Количество светодиодов - 30 шт. Расстояние между светодиодами - 10 см. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 220 В.</t>
+  </si>
+  <si>
+    <t>997954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/477/4ahanbfj0xn5dxx10c4qtamdt41c9sgz.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Cotton Balls quot; 3м, 15 LED, мультицветная, на батарейках, ЗОЛОТАЯ СКАЗКА, 591729</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 3 м. Количество светодиодных ламп в виде &amp;quot;шариков из хлопчатобумажного материала&amp;quot; - 15 шт. Диаметр шарика - 6 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды - мультицветный. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от 3-х батареек типа AA.Батарейки не входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>997955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f74/g2zv2raf8f2pk3wmz9inijsogk0fom4a.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Бутылочки quot; 3м, 20 LED, т плый белый, USB, ЗОЛОТАЯ СКАЗКА, 592203</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 3 м. Количество светодиодных ламп в виде &amp;quot;стеклянных бутылочек&amp;quot;, внутри которых пенопластовые шарики и елочка из ПВХ, - 20 шт. Размер бутылочки - 5,2х2 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды - тёплый белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от USB разъём.Батарейки не входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>997956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/298/geo4gzf38nrfxy4nloeb5wgjlp58hu89.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Домики дерево quot;, 2м, 10 LED, т плый белый, на батарейках, ЗОЛОТАЯ СКАЗКА, 591728</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2 м. Количество светодиодных ламп в виде &amp;quot;деревянных домиков&amp;quot; - 10 шт. Размер домиков - 3х2,8х4,5 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды - тёплый белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от 3-х батареек типа AA.Батарейки уже входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>997957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/854/0y5p4odqhysqxx5wulntjh1qdvgd12s2.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Шарики quot;, 6м, 40 LED, т плый белый, на батарейках, ЗОЛОТАЯ СКАЗКА, 591730</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 6 м. Количество светодиодных ламп в виде &amp;quot;шариков&amp;quot; - 40 шт. Диаметр шарика - 1,7см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды - тёплый белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от 3-х батареек типа AA.Батарейки не входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>997960</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad5/ze1czzzfhfoije06eyz3j37lz50k21kd.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Стандарт quot; 10 м, 100 LED, мультицветная, 220V, контроллер, ЗОЛОТАЯ СКАЗКА, 591357</t>
+  </si>
+  <si>
+    <t>Самая популярная и универсальная модель электрогирлянды ЗОЛОТАЯ СКАЗКА – ей можно украсить как новогоднюю ель, так и интерьер любого помещения. Тип &amp;quot;Нить&amp;quot; предусматривает последовательное соединение ламп гирлянды в электрическую цепь. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для светового декорирования интерьеров домов, административных и развлекательных учреждений.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Контроллер позволяет настроить свечение гирлянды по своему вкусу &amp;#40;8 режимов свечения&amp;#41;. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.</t>
+  </si>
+  <si>
+    <t>998483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84f/oh40b24j955lvqdsoj15uo2q3xxjfrpk.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда Новогодняя Домики, Олени 185см</t>
+  </si>
+  <si>
+    <t>Оригинальная новогодняя гирлянда-растяжка для создания праздничной атмосферы дома, в школьном классе, группе детского сада. Зафиксировать праздничный аксессуар можно при помощи скотча или скрепок, украсив им стены, окна, лестницы. Гирлянда состоит из отдельных элементов в форме домиков и оленей красного, желтого и зеленого цветов. Вырезные элементы изготовлены из фетра и зафиксированы на прочной полиэстеровой нити. Длина - 185 см.</t>
+  </si>
+  <si>
+    <t>999387</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vodoley/"&gt;Водолей&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e96/ndebv4d2g1dz6u3m3waumrnq908cdflh.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодная занавес из росы Звезды теплый белый USB пульт, 315-846</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодная занавес из росы Звезды теплый белый USB&amp;#43;пульт,315-846</t>
+  </si>
+  <si>
+    <t>1003252</t>
   </si>
   <si>
     <t>&lt;a href="/brands/neon-night/"&gt;Neon-Night&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/12b/l5ru082ymuvshhepigd90ei1mdn0rbny.jpg</t>
-[...152 lines deleted...]
-    <t>962112</t>
+    <t>http://anytos.ru//upload/iblock/63c/4chtvdv5uwdc1jhvn4o21d5xncutomlu.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная 100LED ламп, 1м, 220B, мультицвет, 8 режимов, IP 20,92817</t>
+  </si>
+  <si>
+    <t>1003278</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/96c/spq8fz812wtny02rmrrnfbp480dsi498.jpg</t>
-[...212 lines deleted...]
-    <t>1003278</t>
+    <t>http://anytos.ru//upload/iblock/57c/vp3s2bp0cd93iscp1djeardb29zx5wie.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная 200 ламп, 9м, мультик, зел пров IP20 SW-XMAXIn-0010</t>
+  </si>
+  <si>
+    <t>1003281</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a21/8wmbjyv1k26wrf4rj5ajzklhgs740qxk.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная 200 ламп, 9м, теплый белый, зел пров  IP20 SW-XMAXIn-0008</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная 200 ламп, 9м, теплый белый, зел пров  IP20 SW-XMAXIn-0008</t>
+  </si>
+  <si>
+    <t>1003282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afc/rhbbqzevsx0nea3q1euuunom3fiblyv1.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная 200 ламп, 9м, хол бел, зел пров IP20 SW-XMAXIn-0009</t>
+  </si>
+  <si>
+    <t>1003283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2bf/k2uyvmdoifesd9wwilf981mvgrf8yzig.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная 220LED ламп, 300x200cм, 220B, холодный белый, 8 режимов, IP20, 92813</t>
   </si>
   <si>
     <t>1003285</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d56/coepizu3sv3jwserxks2ghdcq3v19782.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a5e/j5vv14345xv7amptjd3ymry6ikc86bf5.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная 80LED ламп, 300x50 cм, 220 B, теплый белый, 8 режимов, IP44, 92815</t>
   </si>
   <si>
     <t>1003292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c03/ocoxm16irpx0d6ihh23wg1feg1ad14s9.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Feron CL06 линейная 20м  3м 230V разноцветная 32310</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Feron CL06 линейная 20м &amp;#43;3м 230V разноцветная 32310</t>
   </si>
   <si>
     <t>1003293</t>
   </si>
   <si>
     <t>&lt;a href="/brands/feron/"&gt;Feron&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/60c/sdr1gli019lbq2iclf9b0dmq6d00afc0.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b83/hxkenw4u72k42dwf4xz3yuvu0w2acudw.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Feron CL18 занавес 1,5x1,5м 3м,бел, 230V 5000К 32327</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Feron CL18 занавес 1,5x1,5м&amp;#43;3м,бел, 230V 5000К 32327</t>
   </si>
   <si>
     <t>1003296</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92d/f7y9aio4skuarhg2dm1lvk7x7e56t29d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8f2/zht8h8skm6b0i27jx46ccwxlia8zfbxp.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная LED ClipLight 24V, 3 нити по 10 м, Белый 323-315</t>
   </si>
   <si>
     <t>1003303</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d8f/8nsvnfu3bvs8eu5xoequeo87oef1w6sb.jpg</t>
-[...152 lines deleted...]
-    <t>1003399</t>
+    <t>http://anytos.ru//upload/iblock/ea6/b2b1qsya0jpbbk5k85rt8rfzv5w07pg7.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 2.4x0.9м Звездочки, IP20, 186LED,муль, 8 режимов, 4356973</t>
+  </si>
+  <si>
+    <t>1003345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9f/j222qp2vsdrzbkup2ikfoereuunrgrnm.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики 13мм, 20м,черный ПВХ, 200, RGB 303-509-1</t>
   </si>
   <si>
     <t>1003410</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fa/5vsfox5satc72mhcjylpt0exctd4tvje.jpg</t>
-[...124 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d7f/vytsjatgw8dtc6yk7yu5w2o8m20ekxh5.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная ТВИНКЛ 6м, прозрачный, ПВХ, 40LED теплый белый, не соед 303-176</t>
   </si>
   <si>
     <t>1003476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1eb/jpn6xvqsxez73gu7sktrweesn93agh26.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Твинкл 15 метров, 120 LED, 8 режимов, Мульти 303-199</t>
   </si>
   <si>
     <t>1003478</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/806/7yhlu56yoq87kskw1pag98b6yquz0gid.jpg</t>
-[...5 lines deleted...]
-    <t>1003486</t>
+    <t>Гирлянда светодиодная Твинкл Лайт 10 м, темно-зеленый ПВХ,80 LED,белый 303-045</t>
+  </si>
+  <si>
+    <t>1003479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/021/63bwgijup8yq0p5jhbdtnnfz3efbwn6u.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Твинкл Лайт 10м, черный ПВХ, 100, мультиколор 303-139</t>
+  </si>
+  <si>
+    <t>1003481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16b/ev9niliitxuof3pxgx70qfp2thxkvfbp.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Твинкл Лайт 6 метров, прозрач ПВХ, Белый 303-175</t>
   </si>
   <si>
     <t>1003488</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4ed/tgfx98hjxujtmrosaw0ehtj2z3kza7h9.jpg</t>
-[...14 lines deleted...]
-    <t>1003503</t>
+    <t>http://anytos.ru//upload/iblock/120/flw24003mq8y1a4oa586bbmsqaspknf0.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная бахрома хол бел 200LED 2,4x0,6м IP65 SW-XMAXOut-0013</t>
+  </si>
+  <si>
+    <t>1003499</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d8/w1g2y2xiu4e3dkgxlzyt46nveswldgym.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная мультик, 240 LED  2х3м  прозр провод IP20 SW-XMAXIn-0004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная мультик, 240 LED &amp;#40;2х3м&amp;#41; прозр провод IP20 SW-XMAXIn-0004</t>
+  </si>
+  <si>
+    <t>1003520</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c3/ppmducl9sybfoqb81owjgnfo8k1lkzgh.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная на 100LED ламп, 1м, 220 B,хол бел, 8 режимов, IP20, 92819</t>
   </si>
   <si>
     <t>1003522</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/af4/g9s2r6192s1j1y2p228znfpdk42cndvg.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b33/11wqm448howwqjok11et1ayvh1ezb0xu.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная на 2000LED ламп, 20м, 220B, теплый белый, 8 режимов, IP44,93629</t>
   </si>
   <si>
     <t>1003525</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dc2/iefl73j4pa08j062vpy3yg1tp1p91w97.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2dd/u5f9sx7xnh33uwecr3ddprhg0tw7sb1n.jpg</t>
   </si>
   <si>
     <t>Комплект подключения гирлянд постоянным свечением 230В, 4А, IP65 303-500-1</t>
   </si>
   <si>
     <t>1003550</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/316/u00q8yj0n0o6zlpa433w0xiw57s9l304.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f10/k1tt65n3edqmc1ct4g55mkfapg15alac.jpg</t>
   </si>
   <si>
     <t>Шнур питания для гирлянды  quot;Дюраплей quot; 4 А, подкл до 200 м, 230 В 315-001</t>
   </si>
   <si>
     <t>Шнур питания для гирлянды &amp;quot;Дюраплей&amp;quot; 4 А, подкл до 200 м, 230 В 315-001</t>
   </si>
   <si>
     <t>1003555</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1cd/i10hz0kvrjas4012p1qthn8tqo3092fp.jpg</t>
-[...17 lines deleted...]
-    <t>1004122</t>
+    <t>http://anytos.ru//upload/iblock/1d5/t4df6csgen3ajdiulrebc1ipsn75l44e.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда 100 ламп, длина 10,8м, 8 режимов, мультик IP20 SW-XMAXIn-0016</t>
+  </si>
+  <si>
+    <t>1003559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7a/3dmw8nqj6is6df2l7unfjdbs43bmoekd.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда 100 ламп, длина 6м, 8 режимов, мультик, прозр шнур IP20</t>
+  </si>
+  <si>
+    <t>1003562</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/706/8c08n5off1ndmpg1lw4ihdkrefgzc0l5.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда 100 ламп, длина 6м, 8 режимов, теплый белый, прозр шнур IP20</t>
+  </si>
+  <si>
+    <t>1003563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f0/ylvp82dfs4ne1wzalyg865t00suf8m4z.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Диско-шары quot;, 1,5 м,10 LED, т плый белый, батарейки, ЗОЛОТАЯ СКАЗКА, 591731</t>
   </si>
   <si>
     <t>Светодиодная гирлянда ЗОЛОТАЯ СКАЗКА – это яркий, красочный и эффектный спутник любого праздничного события. Мягкий и вместе с тем насыщенный свет этого украшения позволит создать магическую и праздничную атмосферу внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 1,5 м. Форма – &amp;quot;диско-шары&amp;quot;, внутри которых находятся светодиодные лампы 10 шт. Диаметр шара – 4 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания. Цвет свечения гирлянды – теплый белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов – режим свечения один, и он постоянный. Гирлянда работает от 2 батареек типа AA.Батарейки не входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>1012091</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e7/ui0p4fpb0dh37uk8qrer4yii2xzayvw9.jpg</t>
   </si>
   <si>
     <t>Гирлянда-пучки  quot;Bundles quot;, 150 LED, 2,4 м, 10 пучков, т плый белый, USB, ЗОЛОТАЯ СКАЗКА, 592557</t>
   </si>
   <si>
     <t>Светодиодная гирлянда ЗОЛОТАЯ СКАЗКА – это яркий, красочный и эффектный спутник любого праздничного события. Мягкий и вместе с тем насыщенный свет этого украшения позволит создать магическую и праздничную атмосферу внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2,4 м. Светодиодные лампы представлены в виде &amp;quot;пучков со светодиодами на кончиках&amp;quot; – 10 шт &amp;#40; общее количество ламп - 150 ламп/15 ламп на каждом пучке&amp;#41;. Сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды – теплый белый. Гирлянда работает от USB-разъема.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>1014206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f44/hq1su4st66g35oh8cz037ht6cm266qv6.jpg</t>
   </si>
   <si>
     <t>Удлинитель для электрогирлянд 3 м, прозрачный шнур, пакет, ЗОЛОТАЯ СКАЗКА, 592554</t>
   </si>
   <si>
     <t>Удлинитель для электрогирлянд ЗОЛОТАЯ СКАЗКА – отличное решение для увеличения длины гирлянды. Удлинитель универсален за счет прозрачного цвета и впишется в любой праздничный интерьер. Электрический удлинитель представляет собой медный провод, помещенный в термическую усадочную трубку из поливинилхлорида, оснащенную штепсельной вилкой с одного конца провода и штепсельной розеткой – с другой. Тип используемой штепсельной вилки для соединения с источником питания – europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 230 В и ток силой до 16 А. Длина провода – 3 м. Удлинитель предназначен для подключения электрогирлянд в местах, удалённых от стационарных розеток, и только внутри помещений.</t>
   </si>
   <si>
     <t>1014207</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/956/0q2lj5ctpl15lgd33y03v8fqhp943nkm.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-бахрома уличная 25х0,7 м, 400 LED, т плый белый, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 592551</t>
+  </si>
+  <si>
+    <t>Электрогирлянда &amp;quot;Бахрома&amp;quot; – один из самых популярных видов гирлянд сегодня. Мягкий, но насыщенный свет этих украшений помогает создать уютное свечение в помещении. Гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды &amp;quot;Бахрома&amp;quot;. Гирлянда &amp;quot;Бахрома&amp;quot; состоит из горизонтального провода, по всей ширине которого на равном расстоянии друг от друга располагаются вертикальные нити различной длины со светодиодами. Такой тип гирлянды чаще всего используют для декорирования оконных проемов, стен, потолков, витрин, карнизов и прочего. Длина рабочей части гирлянды составляет 25х0,7 м.Длина основного провода рабочей части гирлянды составляет 25х0,7 м, длина кабеля питания – 3 м. Количество светодиодных ламп – 400 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения – 8 шт. Цвет свечения гирлянды – тёплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Электрогирлянда имеет высокую степень влагозащиты и защиты от пыли &amp;#40;IP44&amp;#41;, поэтому допускается использование вне помещений.</t>
+  </si>
+  <si>
+    <t>1014209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ee/0yr3zzwhl1iax4cbtgzyzsf25fztq6fl.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-занавес комнатная  quot;Штора quot; 3х3 м, 300 LED, т плый белый, USB, ЗОЛОТАЯ СКАЗКА, 592556</t>
+  </si>
+  <si>
+    <t>Электрогирлянда типа &amp;quot;Штора&amp;quot; – один из самых популярных видов гирлянд сегодня. Мягкий, но насыщенный свет этих украшений помогает создать уютное свечение в помещении. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды – &amp;quot;Штора&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 10 нитей длиной 3 м, на каждой из которых по 30 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина кабеля питания – 3 м. Количество светодиодных ламп – 300 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения – 8 шт. Цвет свечения гирлянды – теплый белый. Гирлянда работает от USB.Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>1014210</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3d2/9x9wwvcxtk3qx1guqeqgx651r7zzyuxi.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Pastel quot;, 10 м, 120 LED, мультицветная, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 592472</t>
   </si>
   <si>
     <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Тип &amp;quot;Нить&amp;quot; предусматривает последовательное соединение ламп гирлянды в электрическую цепь. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 10 м. Светодиодные лампы &amp;#40;120 шт.&amp;#41;, сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды – мультицветный пастельный. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения – 8 шт.Длина рабочей части гирлянды составляет 10 м. Количество светодиодов – 100 шт. Расстояние между светодиодами – 30 см.Прибор работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 V. Тип используемой штепсельной вилки для соединения с источником питания – europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 220 V.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>1014212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c8/db1jfc7v0lf05dusknjmokpvbybnap76.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Звезды quot;, 2 м, 20 LED, мультицветная, батарейки, ЗОЛОТАЯ СКАЗКА, 592477</t>
   </si>
   <si>
     <t>Светодиодная гирлянда ЗОЛОТАЯ СКАЗКА – это яркий, красочный и эффектный спутник любого праздничного события. Мягкий, но насыщенный свет этих украшений помогает создать уютное свечение в помещении. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2 м. Количество светодиодных ламп в виде &amp;quot;звёзд&amp;quot; – 20 шт. Размер звезды – 2,5 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды – мультицветный. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов – режим свечения один, и он постоянный. Гирлянда работает от 2 батареек типа AA. Батарейки не входят в комплект!</t>
   </si>
   <si>
     <t>1014213</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/428/a4y9w990zt6dzrtx4hfd7c6qyltxjc8d.jpg</t>
@@ -1283,519 +893,162 @@
   <si>
     <t>1016196</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/511/o5y3nqxtr0gpbki8q2jc4c9awcxvffpr.png</t>
   </si>
   <si>
     <t>Гирлянда Рождественская-2 светло зеленая ГР-2</t>
   </si>
   <si>
     <t>1016197</t>
   </si>
   <si>
     <t>&lt;a href="/brands/morozco/"&gt;Morozco&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b25/ez320pkg856gaa9stt8es4bjyifsujov.png</t>
   </si>
   <si>
     <t>Гирлянда Хвоя новогодняя нарядная из ПВХ,заснеж,ягоды 25x25x270см арт.90566</t>
   </si>
   <si>
     <t>1016198</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bad/aahtqe08n7u2y4tod9l75f1paogg1cuh.png</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a85/ykevojn86m3jfg5jusfeafrjw42pchvn.png</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Feron CL02 линейная 2м 1.5м 230V 2700K зел шнур,32283</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Feron CL02 линейная 2м&amp;#43;1.5м 230V 2700K зел шнур,32283</t>
   </si>
   <si>
     <t>1016418</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cdb/4ackx2xklsc601mjwncct98wooyzicpt.png</t>
-[...67 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc3/shvlrbtbdcds5qa2ixusj1amqb9g0qbm.png</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Дюралайт LED,2W,24 LED м,теплый белыйый,25м,121-327-14</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Дюралайт LED,2W,24 LED/м,теплый белыйый,25м,121-327-14</t>
   </si>
   <si>
     <t>1016425</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec8/1o1ydm4avd3bsbpvw6yozrb13auurgze.png</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ce/xmd1ybashnkzsai09ff967ktevqvmj3d.png</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить управл. 20м 200LED ТЕПЛЫЙ БЕЛЫЙ IP65,303-146</t>
   </si>
   <si>
     <t>1016427</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b0/842qtpu65pf0f93dnwpit5e64ey5p8ni.png</t>
-[...52 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ba0/fdvywtuypzfvs39ztvoaokqcr7g1chll.png</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, 303-286</t>
   </si>
   <si>
     <t>1016434</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dd2/4gopnuqt3lqhujeok8dcvzeznwhrdbja.png</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Звезда на елку цвет: RGB, 10 LED, 17 см, 230В, 501-002</t>
+  </si>
+  <si>
+    <t>1016441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/488/z0nvvdammenzd3cj46jlxydy39xgt5gv.png</t>
+  </si>
+  <si>
+    <t>Электрогирлянда 126 LED ламп, размер 300x70cм, теплый белый, 8 реж.арт.93404</t>
+  </si>
+  <si>
+    <t>1016448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3c/sohn2d3vwidcuxq2l1ynmlfjk015z81u.png</t>
+  </si>
+  <si>
+    <t>Электрогирлянда 126 LED ламп, размер 300x70cм, теплый белый, 8 реж.арт.93405</t>
+  </si>
+  <si>
+    <t>1016449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd3/itu0r3g43whp3ckwonyc66lfebzqrsd7.png</t>
+  </si>
+  <si>
+    <t>Электрогирлянда 480 LED ламп, размер 1000х70 cм, белый 1 режим, арт.96304</t>
+  </si>
+  <si>
+    <t>1016454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d36/o13mjbx1d9tbudff3n6owdphq1ufklmq.png</t>
+  </si>
+  <si>
+    <t>Электрогирлянда 600 LED ламп, длина 300 cм, теплый белый, 8 реж., арт.94791</t>
+  </si>
+  <si>
+    <t>1016457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3b/nkstf3w08skrmk1b3v2i9qe5bwa8fgvt.png</t>
+  </si>
+  <si>
+    <t>Электрогирлянда ДОЖДЬ ИЗ РОСЫ 3х3м,300LED,теплый белый,IP20,USB,315-886</t>
+  </si>
+  <si>
+    <t>1016461</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/362/6mkv85lsnyer1k4rkmhiqfvh24ihchtn.png</t>
   </si>
   <si>
-    <t>Гирлянда светодиодная Твинкл 15м,темн-зел ПВХ, 120LED, белый, не соедин, 303-055</t>
-[...238 lines deleted...]
-  <si>
     <t>Электрогирлянда ТВИНКЛ 6м,темн-зелен ПВХ, 40 LED Белые, не соедин,303-025</t>
   </si>
   <si>
     <t>1016462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff7/nk9535j248ir42m0vz31ujjqkh9e9ksb.png</t>
   </si>
   <si>
     <t>Электрогирлянда Твинкл-Лайт 20м,темно-зел ПВХ,160LED, теплый белый, 303-116</t>
   </si>
   <si>
     <t>1016463</t>
-  </si>
-[...16 lines deleted...]
-    <t>1016465</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2122,57 +1375,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M166"/>
+  <dimension ref="A1:M89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G166" sqref="G166"/>
+      <selection pane="bottomRight" activeCell="G89" sqref="G89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2274,62 +1527,62 @@
       </c>
       <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
@@ -2389,3592 +1642,1782 @@
       </c>
       <c r="G11" s="3" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G17" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>23</v>
+        <v>114</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>151</v>
-      </c>
-[...13 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F38" s="3" t="s">
         <v>156</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="F39" s="3" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="F45" s="3" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>110</v>
+        <v>181</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>110</v>
+        <v>156</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>191</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>57</v>
+        <v>118</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>110</v>
+        <v>156</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>195</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>110</v>
+        <v>156</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F51" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>203</v>
+        <v>168</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>18</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>202</v>
+        <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B71" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F71" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>288</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>110</v>
+        <v>289</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>57</v>
+        <v>181</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>18</v>
-[...1769 lines deleted...]
-      <c r="G166" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>