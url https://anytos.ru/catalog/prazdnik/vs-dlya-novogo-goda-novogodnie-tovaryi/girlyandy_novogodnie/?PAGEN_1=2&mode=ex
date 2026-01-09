--- v0 (2025-11-24)
+++ v1 (2026-01-09)
@@ -12,190 +12,214 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="603">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/76e/76e19bdc4e1392dd7391d97bf9be0794/dfaa45600f3476809bb30367419a3ca1.jpg</t>
+  </si>
+  <si>
+    <t>Новогодняя электрогирлянда LED снежинки 36л.синий 2 8ф  в пвх  прозр.провод  5.8м Е80003</t>
+  </si>
+  <si>
+    <t>Новогодняя эл.гирлянда LED снежинки 36л.синий&amp;#40;2/8ф&amp;#41; в пвх &amp;#40;прозр.провод&amp;#41; 5.8м</t>
+  </si>
+  <si>
+    <t>Гирлянды новогодние</t>
+  </si>
+  <si>
+    <t>273642</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/snowmen/"&gt;Snowmen&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/296/4r9mqchjomytqj1g9esv7kbkxd0but16.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Роса quot;, 20 ламп, 2 м, многоцветная, на батарейках, 591101</t>
   </si>
   <si>
     <t>Компактная, легкая, но в то же время яркая электрогирлянда, которой можно украсить новогоднюю ель и интерьер небольшого помещения. Особенностью гирлянды типа &amp;quot;Роса&amp;quot; является неповторимая форма светодиодов, похожих на маленькие капли. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений.Зажигание огней в домах и на улицах во время зимних праздников – одна из их главных традиций. Новогодние гирлянды – современная интерпретация свечей, которыми украшались дома раньше.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Гирлянда очень гибкая и может принимать ту форму, которую ей задают. Особенно рекомендуется для тех, у кого под рукой нет розетки. Гирлянда работает от двух батареек CR2032. Батарейки уже включены в комплект.</t>
   </si>
   <si>
-    <t>Гирлянды новогодние</t>
-[...1 lines deleted...]
-  <si>
     <t>423370</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/194/0cwv7ayxwyoloxw8ct78mwhhut6o31jt.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c73/hxh817129kcv6rq3ghh1fo2qnbe91wf2.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Сеть quot;, 160 ламп, 1,5х1,5 м, многоцветная, контроллер, 591106</t>
   </si>
   <si>
     <t>Электрогирлянда типа &amp;quot;Сеть&amp;quot; позволит украсить новогоднюю ель, окно внутри помещения или интерьер и привнести праздничное настроение вместе с яркими цветами гирлянды. Контроллер позволяет настроить свечение гирлянды по своему вкусу. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений.Зажигание огней в домах и на улицах во время зимних праздников – одна из их главных традиций. Новогодние гирлянды – современная интерпретация свечей, которыми украшались дома раньше.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.</t>
   </si>
   <si>
     <t>423375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48f/29abi7x7z6bejl6jh9mc1cshqfg3wy82.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Стандарт quot;, 100 ламп, 5 м, многоцветная, контроллер, 591099</t>
   </si>
   <si>
     <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Тип &amp;quot;Нить&amp;quot; предусматривает последовательное соединение ламп гирлянды в электрическую цепь. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений.Зажигание огней в домах и на улицах во время зимних праздников – одна из их главных традиций. Новогодние гирлянды – современная интерпретация свечей, которыми украшались дома раньше.Основными достоинствами таких устройств являются:- яркость;- экономный расход электроэнергии;- износостойкость;- пожаробезопасность.Контроллер позволяет настроить свечение гирлянды по своему вкусу. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.</t>
   </si>
   <si>
     <t>565927</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/762/vr7rgfsmti9kvjk0m1boyae47qg68o4b.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Стандарт quot;, 200 ламп, 10 м, многоцветная, контроллер, 591100</t>
   </si>
   <si>
     <t>565928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f81/zss9x5gobpk1wu6zw9g03lgk6q4a7wov.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная  quot;Звезды quot; занавес на окно 3х1 м, 138 ламп, теплый белый, ЗОЛОТАЯ СКАЗКА, 591338</t>
   </si>
   <si>
     <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 3 м, длина самой длинной нити со светодиодами - 1 м, длина силового кабеля &amp;#40;кабеля питания&amp;#41; - 3 м. Рабочая часть гирлянды состоит из трех частей и включает 138 светодиодов: первая - включает в себя 48 светодиодов, которые не имеют декоративных колпачков и расположенных вдоль нитей, свисающих вниз. Вторая часть представляет собой 6 светодиодных фигур в форме большой пятиконечной звезды диаметром 18 см, выполненных из пластика, с 10 светодиодами внутри. Третья часть - это 6 светодиодных фигур в виде маленькой пятиконечной звезды диаметром 9 см, выполненных из пластика с 5 светодиодами внутри. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключениями между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - теплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В.Допускается использование электрогирлянды только внутри помещений.</t>
   </si>
   <si>
     <t>717763</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0c/w9d05qz3x01fpfn560jrrlif2245nkho.jpg</t>
-[...8 lines deleted...]
-    <t>717765</t>
+    <t>http://anytos.ru//upload/iblock/28d/w1ii3wlr2h9r1d85hsjvag47ib125n4z.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная ЗАНАВЕС НА ОКНО, 3х2 м, 306 ламп, холодный белый, ЗОЛОТАЯ СКАЗКА, 591333</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 18 нитей длиной 2 м, на каждой из которых по 17 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина силового кабеля &amp;#40;кабеля питания&amp;#41; составляет 3 м. Количество светодиодов - 306 шт. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключениями между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
+  </si>
+  <si>
+    <t>717766</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36a/vzkeul9h9nb7g32t4zf971de8lvb4pee.jpg</t>
   </si>
   <si>
     <t>Удлинитель для электрогирлянд 3 м, прозрачный шнур, пакет, ЗОЛОТАЯ СКАЗКА, 591712</t>
   </si>
   <si>
     <t>Удлинитель для электрогирлянд ЗОЛОТАЯ СКАЗКА - отличное решение, чтобы удлинить систему электрогирлянд. Удлинитель является абсолютно универсальным за счет прозрачного цвета и впишется в любой праздничный интерьер. Электрический удлинитель представляет собой медный провод, помещенный в термическую усадочную трубку из поливинилхлорида, оснащенную штепсельной вилкой с одного конца провода и штепсельной розеткой - с другой. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 230 В и ток силой до 16 А. Длина провода - 3 м. Удлинитель предназначен для подключения электрогирлянд в местах, удалённых от стационарных розеток, и только внутри помещений.</t>
   </si>
   <si>
     <t>717774</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d57/xn7yzlbari3ac8pk5k2d39rf2j9roefq.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда светодиодная ЗОЛОТАЯ СКАЗКА  quot;Бахрома quot;, 100 ламп, 2х0,5 м, многоцветная, 591270</t>
+  </si>
+  <si>
+    <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Бахрома&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 15 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 2 м, длина самой длинной нити со светодиодами - 0,5 м, длина силового кабеля &amp;#40;кабеля питания&amp;#41; - 1.5 м. Количество светодиодов - 100 шт. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключениями между режимами свечения. Количество режимов - 8 шт. Цвет свечения - многоцветный &amp;#40;RGB&amp;#41;. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/16&amp;#41;. Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>717777</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ab/s4abodava332esghb8462lvu803ev5q0.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Твинкл Лайт 10м, темно-зеленый ПВХ, 80LED, теплый белый 303-046</t>
   </si>
   <si>
     <t>898598</t>
   </si>
   <si>
     <t>&lt;a href="/brands/neon-night/"&gt;Neon-Night&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12b/l5ru082ymuvshhepigd90ei1mdn0rbny.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес комнатная  quot;Звезды quot; 3х0,5 м, 108 LED, мультицветная, 220 V, ЗОЛОТАЯ СКАЗКА, 591356</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес типа &amp;quot;Звезды&amp;quot; – необычный и эффектный вид гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 3 м, длина самой длинной нити со светодиодами - 0,5 м, длина кабеля питания - 3 м.Рабочая часть гирлянды состоит из трех частей и включает 108 светодиодов: первая - включает в себя 30 светодиодов, которые не имеют декоративных колпачков, и расположены вдоль нитей, свисающих вниз. Вторая часть представляет собой 6 светодиодных фигур в форме большой пятиконечной звезды диаметром 14,5 см, выполненных из пластика, с 8-ю светодиодами внутри. Третья часть - это 6 светодиодных фигур в виде маленькой пятиконечной звезды диаметром 9 см, выполненных из пластика с 5-ю светодиодами внутри. В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
   </si>
   <si>
     <t>954794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b8/idkrzc2qmo0ejx1fv5rvb2vemadrufhh.jpg</t>
@@ -248,149 +272,137 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d6a/e803ovz4vavcpcl1ya5kkyhdrz40p0q6.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес комнатная  quot;Штора quot; 3х3 м, 196 LED, теплый белый свет, 220 V, ЗОЛОТАЯ СКАЗКА, 591352</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес типа &amp;quot;Штора&amp;quot; - один из самых популярных сейчас видов гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 14 нитей длиной 3 м, на каждой из которых по 14 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина кабеля питания - 3 м. Количество светодиодных ламп - 196 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - теплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
   </si>
   <si>
     <t>954799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d9/vilks44ynl6zlujau1n1zfvszsr56xbg.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес комнатная  quot;Штора quot; 3х3 м, 196 LED, холодный белый свет, 220 V, ЗОЛОТАЯ СКАЗКА, 591353</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес типа &amp;quot;Штора&amp;quot; - один из самых популярных сейчас видов гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 14 нитей длиной 3 м, на каждой из которых по 14 светодиодов. Длина основного провода рабочей части гирлянды составляет 3 м, длина кабеля питания - 3 м. Количество светодиодных ламп - 196 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
   </si>
   <si>
     <t>954800</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f7a/38km1f50cxim3oc814ve94m88e1wm75u.jpg</t>
-[...8 lines deleted...]
-    <t>954805</t>
+    <t>http://anytos.ru//upload/iblock/8a1/4miwqej7om3et70qbvpyctsdkctkdiie.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Роса quot; 2 м, 20 LED, холодный белый свет, на батарейках, ЗОЛОТАЯ СКАЗКА, 591932</t>
+  </si>
+  <si>
+    <t>Универсальная модель гирлянды, не зависящая от доступа к сети, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды позволяет использовать её для придания уютного свечения внутри помещения. Электрическая светодиодная гирлянда &amp;quot;Роса&amp;quot; представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2 м. Количество светодиодных ламп - 20 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания. Цвет свечения гирлянды - холодный белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от 2-х батареек типа CR2032.Батарейки уже входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель. Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/775/jua07o14m49egp5fe8iedujrfi4bo4c1.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Стандарт quot; 5 м, 50 LED, мультицветная, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591345</t>
   </si>
   <si>
     <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды создаст уютное свечение внутри помещения. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 5 м. Количество светодиодных ламп - 50 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Конструкцией гирлянды предусмотрено наличие контроллера для того, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Длина кабеля питания - 0,7 м. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/16&amp;#41;.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>954807</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/42a/bf5cjytc4yypdx4eii1fc5lf9iw9zb0o.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f78/b962t4ml2e9i3i1ab6kh92fr1yvk4c2o.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Стандарт quot; 5 м, 50 LED, холодный белый свет, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591344</t>
   </si>
   <si>
     <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды создаст уютное свечение внутри помещения. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 5 м. Количество светодиодных ламп - 50 шт. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Конструкцией гирлянды предусмотрено наличие контроллера для того, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - холодный белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Длина кабеля питания - 0,7 м. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/16&amp;#41;.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>954809</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/978/7mztvv3gpk0bbk6ddhbrjh8fts1o5u3t.jpg</t>
+  </si>
+  <si>
+    <t>Электрогирлянда-нить комнатная  quot;Шарики quot; 5 м, 40 LED, теплый белый свет, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591348</t>
+  </si>
+  <si>
+    <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер. Мягкий, но вместе с тем насыщенный свет этой гирлянды позволяет использовать её для создания уютного свечения внутри помещения. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 5 м. Количество светодиодных ламп в виде &amp;quot;шариков&amp;quot; - 40 шт. Диаметр шариков - 1,4 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - теплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Длина прозрачного кабеля питания - 1,5 м. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/16&amp;#41;.Допускается использование только внутри помещений.</t>
+  </si>
+  <si>
+    <t>954811</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b97/vsidt15qts1y9jo48uf6rf3eltbqd8sc.jpg</t>
   </si>
   <si>
     <t>Гирлянда С Новым Годом  Год быка 92х29см.</t>
   </si>
   <si>
     <t>Цельная картонная гирлянда с надписью «С Новым Годом» и изображением символа 2021 – быка. Яркая декорация подойдет для украшения актового зала, музыкального класса, квартиры, дома или офиса. Декор создаст праздничное настроение и поможет провести праздник в веселой атмосфере. Гирлянда изготовлена из плотного картона, с нанесением на поверхность экологчиных и устойчивых к выгоранию красок.</t>
   </si>
   <si>
     <t>959998</t>
   </si>
   <si>
     <t>&lt;a href="/brands/prazdnik/"&gt;ПРАЗДНИК&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0da/ho9ha5oss2w0kkmyb1svt82ti72cdbct.jpg</t>
   </si>
   <si>
     <t>Новогоднее украшение гирлянда Magic Time Серебр звезды НГ 170x1,5x11, 81447</t>
   </si>
   <si>
     <t>962112</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96c/spq8fz812wtny02rmrrnfbp480dsi498.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес комнатная  quot;Звезды, луна quot;, 3х0,8 м,120 LED, т плый белый, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591360</t>
   </si>
   <si>
     <t>Электрогирлянда-занавес типа &amp;quot;Звезды, луна&amp;quot; - необычный и эффектный вид гирлянд. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для создания уютного свечения внутри помещений. Гирлянда электрическая светодиодная ЗОЛОТАЯ СКАЗКА представляет собой светодиоды, соединенные электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Занавес&amp;quot;. Данный тип конструкции предусматривает наличие основного провода рабочей части электрогирлянды без светодиодов, к которому перпендикулярно присоединены 12 нитей разной длины со светодиодами. Длина основного провода рабочей части гирлянды составляет 3 м, длина самой длинной нити со светодиодами - 0,8 м, длина кабеля питания - 3 м.Рабочая часть гирлянды состоит из четырех частей и включает 120 светодиодов: первая - включает в себя 40 светодиодных ламп, которые не имеют декоративных колпачков и расположены вдоль нитей, свисающих вниз. Вторая часть представляет собой 10 светодиодных фигур в форме большой пятиконечной звезды диаметром 16,8 см, выполненных из пластика, с 10-ю светодиодами внутри. Третья часть - это 6 светодиодных фигур в виде маленькой пятиконечной звезды диаметром 9 см, выполненных из пластика с 5-ю светодиодами внутри. Четвертая часть - это 3 светодиодные фигуры в виде луны размером 13,5х18 см.В конструкции гирлянды предусмотрен контроллер, чтобы настроить свечение гирлянды по своему вкусу. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - тёплый белый. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Допускается использование электрогирлянды только внутри помещений.</t>
   </si>
   <si>
     <t>997951</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ed3/16od0j19pls80b36dsqqryqrtjjwa8vz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06f/uyaa9vq5rpldb9rhiceiz3s2txqqwv4o.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Bubble ball quot; 3м, 30LED, т плый белый, 220V, ЗОЛОТАЯ СКАЗКА, 591364</t>
   </si>
   <si>
     <t>Яркая и красочная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Контроллер позволяет настроить свечение гирлянды по своему вкусу. Лампы украшены разноцветными декоративными колпачками в виде шариков. Светодиодные гирлянды – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их как для придания магического и праздничного свечения улицам города и фасадам зданий, так для светового декорирования интерьеров домов, административных и развлекательных учреждений. Длина рабочей части гирлянды составляет 3 м. Количество светодиодов - 30 шт. Расстояние между светодиодами - 10 см. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 220 В.</t>
   </si>
   <si>
     <t>997953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/421/o81sgv7xw42kjwaze7bgm6boupnxxmmq.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Bubble ball quot;, 3 м, 30 LED, мультицветная, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 591363</t>
   </si>
   <si>
     <t>Яркая и красочная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Контроллер позволяет настроить свечение гирлянды по своему вкусу. Лампы украшены разноцветными декоративными колпачками в виде шариков. Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для светового декорирования интерьеров домов, административных и развлекательных учреждений. Длина рабочей части гирлянды составляет 3 м. Количество светодиодов - 30 шт. Расстояние между светодиодами - 10 см. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - мультицветный. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 220 В.</t>
   </si>
   <si>
     <t>997954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/477/4ahanbfj0xn5dxx10c4qtamdt41c9sgz.jpg</t>
@@ -419,59 +431,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/298/geo4gzf38nrfxy4nloeb5wgjlp58hu89.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Домики дерево quot;, 2м, 10 LED, т плый белый, на батарейках, ЗОЛОТАЯ СКАЗКА, 591728</t>
   </si>
   <si>
     <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2 м. Количество светодиодных ламп в виде &amp;quot;деревянных домиков&amp;quot; - 10 шт. Размер домиков - 3х2,8х4,5 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды - тёплый белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от 3-х батареек типа AA.Батарейки уже входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>997957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9df/q3jlowzb0339mgsdi1kijtr01a9v6z7o.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Снежинки quot; 10м, 80 LED, т плый белый, USB, ЗОЛОТАЯ СКАЗКА, 592204</t>
   </si>
   <si>
     <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 10 м. Количество светодиодных ламп в виде &amp;quot;снежинок&amp;quot; - 80 шт. Размер снежикни - 3,5 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - тёплый белый. Гирлянда работает от USB разъём.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>997958</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/993/17dg0esk3kpgbaqydtrnvhgul20351f6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/854/0y5p4odqhysqxx5wulntjh1qdvgd12s2.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Шарики quot;, 6м, 40 LED, т плый белый, на батарейках, ЗОЛОТАЯ СКАЗКА, 591730</t>
   </si>
   <si>
     <t>Светодиодные гирлянды ЗОЛОТАЯ СКАЗКА – это яркие, красочные и эффектные спутники любого праздничного события. Мягкий и вместе с тем насыщенный свет этих украшений позволяет использовать их для придания магического и праздничного свечения внутри помещений Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции - &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 6 м. Количество светодиодных ламп в виде &amp;quot;шариков&amp;quot; - 40 шт. Диаметр шарика - 1,7см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды - тёплый белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов, режим свечения один, и он постоянный. Гирлянда работает от 3-х батареек типа AA.Батарейки не входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>997960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25b/5mowpozxk70im4oi7hwnzkow02o411s9.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить уличная  quot;Роса quot; IP44, 50м, 500LED т плый белый, 220V, контроллер, ЗОЛОТАЯ СКАЗКА, 591362</t>
   </si>
   <si>
     <t>Электрогирлянда уличная ЗОЛОТАЯ СКАЗКА позволит украсить как внутренний интерьер помещения, так и создать праздничную атмосферу вне помещения, например, украсить фасад здания. Гирлянда электрическая светодиодная представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции электрогирлянды - &amp;quot;Роса&amp;quot;. Данный тип конструкции предусматривает, что все светодиоды соединены последовательно, отсутствуют ответвления от основного провода, отсутствуют элементы электрической цепи с параллельным соединением. Длина рабочей части гирлянды составляет 50 м. Количество светодиодов - 500 шт. Расстояние между светодиодами - 10 см. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения - 8 шт. Цвет свечения гирлянды - тёплый белый. Номинальная выходная мощность электрогирлянды - 12 Вт. Гирлянда работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 В. Тип используемой штепсельной вилки для соединения с источником питания - europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 220 В.Электрогирлянда имеет высокую степень влагозащиты и защиты от пыли &amp;#40;IP44&amp;#41;, поэтому допускается использование вне помещений.</t>
   </si>
   <si>
     <t>997962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad5/ze1czzzfhfoije06eyz3j37lz50k21kd.jpg</t>
@@ -1139,159 +1142,87 @@
   <si>
     <t>1003555</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1cd/i10hz0kvrjas4012p1qthn8tqo3092fp.jpg</t>
   </si>
   <si>
     <t>Шнур питания для гирлянды Дюраплей 4А подключение до 200м 230 В 315-000</t>
   </si>
   <si>
     <t>1003556</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd7/nrgq04cy5i2n0vt49kd6svg054xuvd57.jpg</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Свечи 6м, темно-зеленый ПВХ, 30 ТЕПЛЫЙ БЕЛЫЙ 303-084</t>
   </si>
   <si>
     <t>Гирлянда Свечи, предназначенная для размещения в помещении, представляет собой электрический шнур, на котором располагаются яркие светодиоды с наконечниками в виде свечек. Гирлянда великолепно подходит для украшения елей в помещении дома, на даче или в офисе. Расположенные у основания свечек прищепки позволят закрепить Вам гирлянду в необходимом положении. Гирлянда выполнена в виде линии с расположенными на ней 30 светодиодами. Светодиоды более надежны, экономны и не нагреваются. Размер свечи 7 см. Режимы свечения: 1. Постоянное свечение. Технические характеристики: - Температурный режим: от -20 до &amp;#43;40 °C; - Длина гирлянды: 6 м; - Длина шнура: 3 м; - Питание: от сети 220 В. Товар имеет степень защиты IP20 - защита корпуса от проникновения частиц диаметром 12.5 мм и более, без защиты от воды или брызг.</t>
   </si>
   <si>
     <t>1004122</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b9a/t2hvpr4pzewmidy55dp91mvnikqp0a3p.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f0/ylvp82dfs4ne1wzalyg865t00suf8m4z.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Диско-шары quot;, 1,5 м,10 LED, т плый белый, батарейки, ЗОЛОТАЯ СКАЗКА, 591731</t>
   </si>
   <si>
     <t>Светодиодная гирлянда ЗОЛОТАЯ СКАЗКА – это яркий, красочный и эффектный спутник любого праздничного события. Мягкий и вместе с тем насыщенный свет этого украшения позволит создать магическую и праздничную атмосферу внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 1,5 м. Форма – &amp;quot;диско-шары&amp;quot;, внутри которых находятся светодиодные лампы 10 шт. Диаметр шара – 4 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания. Цвет свечения гирлянды – теплый белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов – режим свечения один, и он постоянный. Гирлянда работает от 2 батареек типа AA.Батарейки не входят в комплект! Перед началом работы новой гирлянды необходимо убрать прозрачный предохранитель.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>1012091</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e7/ui0p4fpb0dh37uk8qrer4yii2xzayvw9.jpg</t>
   </si>
   <si>
     <t>Гирлянда-пучки  quot;Bundles quot;, 150 LED, 2,4 м, 10 пучков, т плый белый, USB, ЗОЛОТАЯ СКАЗКА, 592557</t>
   </si>
   <si>
     <t>Светодиодная гирлянда ЗОЛОТАЯ СКАЗКА – это яркий, красочный и эффектный спутник любого праздничного события. Мягкий и вместе с тем насыщенный свет этого украшения позволит создать магическую и праздничную атмосферу внутри помещений. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2,4 м. Светодиодные лампы представлены в виде &amp;quot;пучков со светодиодами на кончиках&amp;quot; – 10 шт &amp;#40; общее количество ламп - 150 ламп/15 ламп на каждом пучке&amp;#41;. Сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды – теплый белый. Гирлянда работает от USB-разъема.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>1014206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f44/hq1su4st66g35oh8cz037ht6cm266qv6.jpg</t>
   </si>
   <si>
     <t>Удлинитель для электрогирлянд 3 м, прозрачный шнур, пакет, ЗОЛОТАЯ СКАЗКА, 592554</t>
   </si>
   <si>
     <t>Удлинитель для электрогирлянд ЗОЛОТАЯ СКАЗКА – отличное решение для увеличения длины гирлянды. Удлинитель универсален за счет прозрачного цвета и впишется в любой праздничный интерьер. Электрический удлинитель представляет собой медный провод, помещенный в термическую усадочную трубку из поливинилхлорида, оснащенную штепсельной вилкой с одного конца провода и штепсельной розеткой – с другой. Тип используемой штепсельной вилки для соединения с источником питания – europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 230 В и ток силой до 16 А. Длина провода – 3 м. Удлинитель предназначен для подключения электрогирлянд в местах, удалённых от стационарных розеток, и только внутри помещений.</t>
   </si>
   <si>
     <t>1014207</t>
   </si>
   <si>
     <t>10</t>
-  </si>
-[...46 lines deleted...]
-    <t>1014211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d2/9x9wwvcxtk3qx1guqeqgx651r7zzyuxi.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Pastel quot;, 10 м, 120 LED, мультицветная, 220 V, контроллер, ЗОЛОТАЯ СКАЗКА, 592472</t>
   </si>
   <si>
     <t>Самая популярная и универсальная модель электрогирлянды, которой можно украсить как новогоднюю ель, так и интерьер любого помещения. Тип &amp;quot;Нить&amp;quot; предусматривает последовательное соединение ламп гирлянды в электрическую цепь. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 10 м. Светодиодные лампы &amp;#40;120 шт.&amp;#41;, сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды – мультицветный пастельный. Конструкцией гирлянды предусмотрено наличие контроллера для принудительного переключения между режимами свечения. Количество режимов свечения – 8 шт.Длина рабочей части гирлянды составляет 10 м. Количество светодиодов – 100 шт. Расстояние между светодиодами – 30 см.Прибор работает от сети. Номинальное напряжение электрической цепи гирлянды составляет 220 V. Тип используемой штепсельной вилки для соединения с источником питания – europlug &amp;#40;CEE 7/4&amp;#41;. Данный тип вилки рассчитан на напряжение до 220 V.Допускается использование только внутри помещений.</t>
   </si>
   <si>
     <t>1014212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c8/db1jfc7v0lf05dusknjmokpvbybnap76.jpg</t>
   </si>
   <si>
     <t>Электрогирлянда-нить комнатная  quot;Звезды quot;, 2 м, 20 LED, мультицветная, батарейки, ЗОЛОТАЯ СКАЗКА, 592477</t>
   </si>
   <si>
     <t>Светодиодная гирлянда ЗОЛОТАЯ СКАЗКА – это яркий, красочный и эффектный спутник любого праздничного события. Мягкий, но насыщенный свет этих украшений помогает создать уютное свечение в помещении. Электрическая светодиодная гирлянда представляет собой светодиоды, соединенные между собой электрическим проводом. Тип конструкции – &amp;quot;Нить&amp;quot;. Длина рабочей части гирлянды составляет 2 м. Количество светодиодных ламп в виде &amp;quot;звёзд&amp;quot; – 20 шт. Размер звезды – 2,5 см. Лампы сделаны на основе технологии LED, которая является более безопасной и эффективной по сравнению с лампой накаливания.Цвет свечения гирлянды – мультицветный. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов – режим свечения один, и он постоянный. Гирлянда работает от 2 батареек типа AA. Батарейки не входят в комплект!</t>
   </si>
   <si>
     <t>1014213</t>
   </si>
@@ -2191,4009 +2122,3860 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J173"/>
+  <dimension ref="A1:M166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G173" sqref="G173"/>
+      <selection pane="bottomRight" activeCell="G166" sqref="G166"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G6" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...53 lines deleted...]
-      <c r="A9" s="1" t="s">
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...80 lines deleted...]
-      <c r="F12" s="3" t="s">
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G36" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G12" s="3" t="s">
-[...338 lines deleted...]
-      <c r="E27" s="3" t="s">
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...275 lines deleted...]
-      <c r="F39" s="3" t="s">
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G111" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G39" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F40" s="3" t="s">
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G112" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G40" s="3" t="s">
-[...42 lines deleted...]
-      <c r="F42" s="3" t="s">
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G113" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G42" s="3" t="s">
-[...234 lines deleted...]
-      <c r="A53" s="1" t="s">
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="F119" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...1531 lines deleted...]
-      </c>
       <c r="G119" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>14</v>
+        <v>202</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>49</v>
+        <v>202</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>442</v>
+        <v>202</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>102</v>
+        <v>202</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>449</v>
+        <v>57</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>449</v>
+        <v>57</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>201</v>
+        <v>57</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>201</v>
+        <v>57</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>201</v>
+        <v>57</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>201</v>
+        <v>57</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>472</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>201</v>
+        <v>57</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>473</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C131" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="F131" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F132" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="C134" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="B135" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="C135" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="B136" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...611 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="C162" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="F163" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="C164" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="C163" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="F164" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B164" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="C165" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F166" s="3" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>20</v>
-[...160 lines deleted...]
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">