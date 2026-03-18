--- v0 (2026-01-09)
+++ v1 (2026-03-18)
@@ -12,240 +12,291 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06e/obns8kz8kzqirvufmuoph39paj3olnzb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> лка новогодняя  h-60см </t>
+  </si>
+  <si>
+    <t>Ёлка новогодняя &amp;#40;h-60см&amp;#41;</t>
+  </si>
+  <si>
+    <t>Искусственные елки, ели, сосны</t>
+  </si>
+  <si>
+    <t>704355</t>
+  </si>
+  <si>
+    <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c08/teukulgua15lu2xmcs26w8hhfmnz2qwq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> лочка новогодняя дерев. на подставке с игрушками h-16см</t>
   </si>
   <si>
     <t>Высота готовой елочки без верхушки 18 см, в наборе украшения для декорирования.&lt;br /&gt;
  Упаковка - картонная коробка с прозрачной крышкой, размер 16,5*4*18,5 см. Материал: дерево, металл.</t>
   </si>
   <si>
-    <t>Искусственные елки, ели, сосны</t>
-[...1 lines deleted...]
-  <si>
     <t>704356</t>
-  </si>
-[...1 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e5/03msknpo6jvc5aav0vxi4c0c54b6gwwu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> лочка новогодняя деревянная на подставке с игрушками</t>
   </si>
   <si>
     <t>Высота готовой елочки без верхушки 19,5 см, в наборе украшения для декорирования.&lt;br /&gt;
  Упаковка - картонная коробка с прозрачной крышкой, размер 16,5*2,5*19,5 см. Материал: дерево, металл.</t>
   </si>
   <si>
     <t>704357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/831/1bwir2gpwutfmpvjbr8ou5z5r08qpzab.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> лка новогодняя  h-30см  с украшениями</t>
   </si>
   <si>
     <t>Ёлка новогодняя &amp;#40;h-30см&amp;#41; с украшениями</t>
   </si>
   <si>
     <t>704359</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b99/gko0n1hh4c2reqfrg6rhck2rzfcshm1z.jpg</t>
   </si>
   <si>
     <t>Ёлка новогодняя &amp;#40;h-30см&amp;#41; с украшениями в п/э.</t>
   </si>
   <si>
     <t>704360</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/84b/wjrtm8bdavxpw3yx903a94uqehlwd266.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> лка новогодняя  h-90см </t>
+  </si>
+  <si>
+    <t>Ёлка новогодняя &amp;#40;h-90см&amp;#41;</t>
+  </si>
+  <si>
+    <t>704361</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/018/7yb952cl6w5qp7desi3qvp77e04iqot8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> лочная юбка декоративная d-90см</t>
   </si>
   <si>
     <t>Ёлочная юбка декоративная d-90см</t>
   </si>
   <si>
     <t>704370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/106/0i2puwho5v351pqd5cbnfdcywxz9g8m6.jpg</t>
   </si>
   <si>
     <t>704371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/467/y9kcgdzo8k7azf0v0gvt6mlqm75e033a.jpg</t>
   </si>
   <si>
     <t>Ель искусственная декоративная ЗОЛОТАЯ СКАЗКА 30 см, ПВХ, красные серебристые украшения, 591322</t>
   </si>
   <si>
     <t>Ель искусственная декоративная ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса, преобразит пространство, а также подарит праздник и новогоднее настроение. В комплект декоративной ели входят красные и серебристые украшения в форме елочных шаров, имитация серебристой гирлянды с декором в виде звезд, а также пластиковая красная звезда, закрепленная на макушке ели. Материал хвои - ПВХ. Тип крепления ветвей – примотка. Данный способ крепления предполагает, что после покупки ели необходимо самостоятельно расправить веточки для того, чтобы ель приобрела нужную форму. Высота ели - 30 см &amp;#40;включая подставку в форме декоративного горшка серебристого цвета&amp;#41;, диаметр нижнего яруса - 25 см.</t>
   </si>
   <si>
     <t>717798</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f95/fu969rzpz0t757bnem4y4qzctiam6jnm.jpg</t>
+  </si>
+  <si>
+    <t>Ель новогодняя искусственная  quot;Velvet Pinewood quot; 120 см, с инеем и шишками, ПВХ, ЗОЛОТАЯ СКАЗКА, 591702</t>
+  </si>
+  <si>
+    <t>Традиция украшать ель является неотъемлемой частью празднования Нового года и Рождества. Елка искусственная ЗОЛОТАЯ СКАЗКА &amp;quot;Velvet Pinewood&amp;quot; украсит собой интерьер и создаст незабываемую атмосферу новогодних праздников дома или в офисе. Ель искусственная напольная представляет собой конструкцию из металлического каркаса и закрепляемых на нем ветвей. Материал хвои - ПВХ. Цвет хвои - зеленый. Кончики иголок декорированы &amp;quot;искусственным инеем&amp;quot;. Также к ветвям ели прикреплены с помощью проволоки 10 натуральных сосновых шишек.Высота ели - 120 см. Диаметр нижнего яруса - 61 см. Количество веток - 62. Тип крепления ветвей к стволу - вставной. Данный тип крепления подразумевает, что ветви и ствол поставляются в разобранном виде. Ель легко и быстро собирается: сначала необходимо закрепить ствол к подставке, а затем вставить ветви в специальные пазы, предусмотренные конструкцией ствольной части ели. После этого необходимо отогнуть крупные ветви от ствола и придать ели более пышную форму, расправляя мелкие ветки. Материал подставки - металл.</t>
+  </si>
+  <si>
+    <t>769988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef7/jrve0noiawspf9cf65ve4ub20qhea3oz.jpg</t>
+  </si>
+  <si>
+    <t>Ель новогодняя искусственная настольная  quot;Snow White quot; 30 см, ПВХ, белая, ЗОЛОТАЯ СКАЗКА, 591708</t>
+  </si>
+  <si>
+    <t>Ключница прямоугольной формы выполненная из натуральной кожи. Закрывается на молнию. Внутри кольцо для ключей диаметром 22 мм на кожаной петле. Отличительная черта - декоративное тиснение &amp;quot;Кошка&amp;quot; и фигурный кант.</t>
+  </si>
+  <si>
+    <t>769991</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f0c/a02qfj1jdtk6tl8w49fwcz0orcnhr5zn.jpg</t>
   </si>
   <si>
     <t>Ель настольная Елка, с декором, серебро L12 W12 H20 см 237279</t>
   </si>
   <si>
     <t>898834</t>
   </si>
   <si>
     <t>&lt;a href="/brands/remeco-collection/"&gt;Remeco Collection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/47c/uihk9ctd3lw21qm5mj6istm0v6xgbt63.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/442/mi09mpqjos4n0f4gijdolxevdeflh6nk.jpg</t>
   </si>
   <si>
     <t>Ель искусственная настольная 45 см, ПВХ, HD-XY2022</t>
   </si>
   <si>
     <t>931963</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c82/vcd4nb49qwpyric909vpc96j3w52x9yz.jpg</t>
+  </si>
+  <si>
+    <t>Ель новогодняя искусственная настольная 25 см заснеженная с шишками, литой ПЭТ ЗОЛОТАЯ СКАЗКА 592010</t>
+  </si>
+  <si>
+    <t>Ель настольная новогодняя ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса, преобразит пространство, а также подарит ощущение праздника и новогоднее настроение. Ель искусственная настольная заснеженная с шишками высотой 25 см представляет собой конструкцию из металлического каркаса и закрепленных к нему ветвей. Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Иголки украшены искусственным белым снегом и декоративными сосновыми шишками размером 3x4 см. Материал подставки – застывший цементный раствор, обёрнутый декоративной холщовой тканью. Тип крепления ветвей к стволу – примотка. Такой тип крепления подразумевает, что ветви уже прикреплены к стволу и после покупки их необходимо самостоятельно расправить, чтобы ель приобрела нужную форму.</t>
+  </si>
+  <si>
+    <t>954861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31f/zmb81lp62he3lx30v6vu76dog0wo1qdt.jpg</t>
+  </si>
+  <si>
+    <t>Ель новогодняя искусственная настольная 34 см с шишками, литой ПЭТ, ЗОЛОТАЯ СКАЗКА, 592012</t>
+  </si>
+  <si>
+    <t>Ель настольная новогодняя ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса, преобразит пространство, а также подарит ощущение праздника и новогоднее настроение. Ель искусственная настольная заснеженная с шишками высотой 34 см представляет собой конструкцию из металлического каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Иголки украшены искусственным белым снегом и декоративными сосновыми шишками размером 3x4 см. Материал подставки – застывший цементный раствор, обёрнутый декоративной холщовой тканью. Высота ели – 34 см. Тип крепления ветвей к стволу – примотка. Такой тип крепления подразумевает, что ветви уже прикреплены к стволу и после покупки их необходимо самостоятельно расправить, чтобы ель приобрела нужную форму.</t>
+  </si>
+  <si>
+    <t>954862</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/172/ojonfay39ebdzxmnvw6ujx6iwqg8ftgv.jpg</t>
   </si>
   <si>
     <t>Ель новогодняя искусственная настольная 50 см заснеженная с шишками, литой ПЭТ ЗОЛОТАЯ СКАЗКА 592011</t>
   </si>
   <si>
     <t>Ель настольная новогодняя ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса, преобразит пространство, а также подарит ощущение праздника и новогоднее настроение. Ель искусственная настольная заснеженная с шишками высотой 50 см представляет собой конструкцию из металлического каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Иголки украшены искусственным белым снегом и декоративными сосновыми шишками размером 3x4 см. Материал подставки – застывший цементный раствор, обёрнутый декоративной холщовой тканью.Тип крепления ветвей к стволу – примотка. Такой тип крепления подразумевает, что ветви уже прикреплены к стволу и после покупки их необходимо самостоятельно расправить, чтобы ель приобрела нужную форму.</t>
   </si>
   <si>
     <t>954863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/041/7i67cjhziqt6jjx05gsjwf0bvmb33fza.jpg</t>
   </si>
   <si>
     <t>Ель новогодняя искусственная  quot;Пушистая quot; 120 см, с инеем и шишками, зеленая, ЗОЛОТАЯ СКАЗКА, 592043</t>
   </si>
   <si>
     <t>Традиция украшать ель является неотъемлемой частью празднования Нового года и Рождества. Ель искусственная ЗОЛОТАЯ СКАЗКА &amp;quot;Пушистая&amp;quot; преобразит интерьер и создаст незабываемую атмосферу праздника дома или в офисе. Ель искусственная напольная представляет собой конструкцию из металлического каркаса и закрепляемых на нем ветвей. Материал хвои - полиэтилентерефталат. Цвет хвои - зеленый. Кончики иголок декорированы &amp;quot;искусственным инеем&amp;quot;. Высота ели - 120 см. Диаметр нижнего яруса - 60 см. Количество веток - 80.Тип крепления ветвей к стволу - вставной. Данный тип крепления подразумевает, что ветви и ствол поставляются в разобранном виде. Ель легко и быстро собирается: сначала необходимо прикрепить ствол к подставке, а затем вставить ветви в специальные пазы, предусмотренные конструкцией ствольной части ели.После этого необходимо отогнуть мелкие ветви от ствола и придать ели более пышную форму. Материал подставки - металл. Шишки в подарок, с помощью проволоки их можно прикрепить к ветвям ели.</t>
   </si>
   <si>
     <t>959687</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/685/axz8v5a5qm9mo22r4i6z3ecqxwfzcsz1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f6e/c7o0lmm0ganvzkf2dmkt79iqm57791hn.jpg</t>
   </si>
   <si>
     <t>Ель новогодняя искусственная  quot;Пушистая quot; 150 см, с инеем и шишками, зеленая, ЗОЛОТАЯ СКАЗКА, 592044</t>
   </si>
   <si>
     <t>Традиция украшать ель является неотъемлемой частью празднования Нового года и Рождества. Ель искусственная ЗОЛОТАЯ СКАЗКА &amp;quot;Пушистая&amp;quot; преобразит интерьер и создаст незабываемую атмосферу праздника дома или в офисе. Ель искусственная напольная представляет собой конструкцию из металлического каркаса и закрепляемых на нем ветвей. Материал хвои - полиэтилентерефталат. Цвет хвои - зеленый. Кончики иголок декорированы &amp;quot;искусственным инеем&amp;quot;. Высота ели - 150 см. Диаметр нижнего яруса - 76 см. Количество веток - 112.Тип крепления ветвей к стволу - вставной. Данный тип крепления подразумевает, что ветви и ствол поставляются в разобранном виде. Ель легко и быстро собирается: сначала необходимо прикрепить ствол к подставке, а затем вставить ветви в специальные пазы, предусмотренные конструкцией ствольной части ели.После этого необходимо отогнуть мелкие ветви от ствола и придать ели более пышную форму. Материал подставки - металл. Шишки в подарок, с помощью проволоки их можно прикрепить к ветвям ели.</t>
   </si>
   <si>
     <t>959689</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/935/llluxdt0oqi42rytrid69q7bd1r9w74w.jpg</t>
   </si>
   <si>
     <t>Ель новогодняя искусственная  quot;Пушистая quot; 180 см, белая, ЗОЛОТАЯ СКАЗКА, 592048</t>
   </si>
   <si>
     <t>Традиция украшать ель является неотъемлемой частью празднования Нового года и Рождества. Ель искусственная ЗОЛОТАЯ СКАЗКА &amp;quot;Пушистая&amp;quot; преобразит интерьер и создаст незабываемую атмосферу праздника дома или в офисе. Ель искусственная напольная представляет собой конструкцию из металлического каркаса и закрепляемых на нем ветвей. Материал хвои - полиэтилентерефталат. Цвет хвои - белый. Высота ели - 180 см. Диаметр нижнего яруса - 93 см. Количество веток - 184.Тип крепления ветвей к стволу - вставной. Данный тип крепления подразумевает, что ветви и ствол поставляются в разобранном виде. Ель легко и быстро собирается: сначала необходимо прикрепить ствол к подставке, а затем вставить ветви в специальные пазы, предусмотренные конструкцией ствольной части ели.После этого необходимо отогнуть мелкие ветви от ствола и придать ели более пышную форму. Материал подставки - металл.</t>
   </si>
   <si>
     <t>959690</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c25/wrptpkteydi6to1r704r5xofyirt2mp6.jpg</t>
@@ -262,681 +313,129 @@
   <si>
     <t>http://anytos.ru//upload/iblock/489/lkmhqtgr58rh9a1l2uakxcksx01xwazo.jpg</t>
   </si>
   <si>
     <t>Ель новогодняя искусственная  quot;Пышная quot; 180 см, с инеем и шишками, зеленая, ЗОЛОТАЯ СКАЗКА, 592051</t>
   </si>
   <si>
     <t>Традиция украшать ель является неотъемлемой частью празднования Нового года и Рождества. Ель искусственная ЗОЛОТАЯ СКАЗКА &amp;quot;Пышная&amp;quot; преобразит интерьер и создаст незабываемую атмосферу праздника дома или в офисе. Ель искусственная напольная представляет собой конструкцию из металлического каркаса и закрепляемых на нем ветвей. Материал хвои - полиэтилентерефталат. Цвет хвои - зеленый. Кончики иголок декорированы &amp;quot;искусственным инеем&amp;quot;. Высота ели - 180 см. Диаметр нижнего яруса - 100 см. Количество веток - 148.Тип крепления ветвей к стволу - вставной. Данный тип крепления подразумевает, что ветви и ствол поставляются в разобранном виде. Ель легко и быстро собирается: сначала необходимо прикрепить ствол к подставке, а затем вставить ветви в специальные пазы, предусмотренные конструкцией ствольной части ели.После этого необходимо отогнуть мелкие ветви от ствола и придать ели более пышную форму. Материал подставки - металл. Шишки в подарок, с помощью проволоки их можно прикрепить к ветвям ели.</t>
   </si>
   <si>
     <t>959693</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac5/5770v8c5tupgikyt3r05tiw6r6ptx71x.jpg</t>
   </si>
   <si>
     <t>Елка с декором, золото L12 W12 H20 см. 237289</t>
   </si>
   <si>
     <t>Елка новогодняя Remeco Collection настольная 20 см с декором. Искусственная елка новогодняя настольная с украшениями из текстильных и полимерных материалов золотого цвета &amp;#40;шары, банты, цветы&amp;#41;, не имеет ствола. Хвоя из ПВХ зеленого цвета с вплетенной золотистой мишурой накручена на металлическую спираль. Подставка - корзина из пластика. Высота 20 см. Упаковка - пакет.</t>
   </si>
   <si>
     <t>1004134</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90e/303cktg523nmt7zwpgzyfrlelktdt035.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/096/xoewdcsj1hhq3pfgutzv4ymcr07rncpy.jpg</t>
   </si>
   <si>
     <t>Елка Аляска 2,40м, E724</t>
   </si>
   <si>
     <t>Новогодняя елка Аляска - изысканное деревце, которое поможет создать праздничное настроение, а вам каждый год не нужно будет покупать живую елку - Аляска прослужит долгие годы за вполне умеренную цену. Иголки этой аккуратной искусственной елочки выполнены из ПВХ материала, хвоинки короткие - 2.5 см. Эта модель точно имитирует живую ель - по цвету и особенностям формы.</t>
   </si>
   <si>
     <t>1004137</t>
   </si>
   <si>
     <t>&lt;a href="/brands/eli-peneri/"&gt;Ели Peneri&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e93/mu64lb7kl19vwmunb4n1mbqf3qa4g8ji.jpg</t>
-[...8 lines deleted...]
-    <t>1004138</t>
+    <t>http://anytos.ru//upload/iblock/bf0/g09xfllrqlgib17a40qd33d6f5zv3089.jpg</t>
+  </si>
+  <si>
+    <t>Елка искусственная Вега голубая заснеженная 1,8м. 1033918</t>
+  </si>
+  <si>
+    <t>1004169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d4/0khqmcc5aa2g5brrewhi63ua3up17lfq.jpg</t>
+  </si>
+  <si>
+    <t>Елка искусственная Метелица 0,3 м  25  1003</t>
+  </si>
+  <si>
+    <t>Елка искусственная Метелица 0,3 м &amp;#40;25&amp;#41; 1003</t>
+  </si>
+  <si>
+    <t>1004180</t>
   </si>
   <si>
     <t>&lt;a href="/brands/morozco/"&gt;Morozco&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/645/cgsiblbi9ndkkl61ksei3uwh3d0tn4mf.jpg</t>
-[...208 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe3/e9bs028rpwtg1zxdc2pz4iutqzwxba6s.jpg</t>
   </si>
   <si>
     <t>Елка искусственная Сибирская 1,8 м ПВХ, зеленая</t>
   </si>
   <si>
     <t>1004182</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/125/hlavz3fee4gibe96x7d6jim3aw25uvya.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/223/aoicelh13cju7m8awkojkgfmx1ddob5m.jpg</t>
   </si>
   <si>
     <t>Елка искусственная Холидей 0,9 м 4109</t>
   </si>
   <si>
     <t>1004186</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b48/a99y3cw9kpz3kx0l53oxtnvd2qptf8gh.jpg</t>
-[...170 lines deleted...]
-    <t>1016166</t>
+    <t>http://anytos.ru//upload/iblock/14f/z0cr1hlwjykmpizxhbbl9x1i9frtlwje.jpg</t>
+  </si>
+  <si>
+    <t>Ель новогодняя искусственная 16 см, с напылением, литой ПЭТ, ассорти, ЗОЛОТАЯ СКАЗКА, 592550</t>
+  </si>
+  <si>
+    <t>Ель настольная новогодняя ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса, преобразит пространство, а также подарит ощущение праздника и новогоднее настроение. Ель искусственная настольная с напылением высотой 16 см представляет собой конструкцию из пластикового каркаса и прикрепленных к нему ветвей. Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Иголки украшены напылением разного цвета: - золотистый глиттер;- зеленый глиттер;- белое напыление;- искусственный белый снег.Материал подставки – застывший цементный раствор, обёрнутый крафтовой бумагой и обвязанный жгутом.</t>
+  </si>
+  <si>
+    <t>1012156</t>
+  </si>
+  <si>
+    <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/408/cxlt521qz1vcfjvkcnl0b5l4i3avbfow.png</t>
   </si>
   <si>
     <t>Елка изделие декоративное, L23 W23 H40 см 718239</t>
   </si>
   <si>
     <t>1016167</t>
-  </si>
-[...169 lines deleted...]
-    <t>1016186</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1263,57 +762,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L87"/>
+  <dimension ref="A1:L32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G87" sqref="G87"/>
+      <selection pane="bottomRight" activeCell="F32" sqref="F32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -1387,1857 +886,616 @@
     <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G11" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="3" t="s">
+      <c r="F12" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="3" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F13" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G16" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>99</v>
+        <v>59</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>102</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="G27" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>16</v>
+        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>90</v>
-[...1230 lines deleted...]
-      <c r="G87" s="3" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>