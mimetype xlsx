--- v0 (2026-01-08)
+++ v1 (2026-03-18)
@@ -12,245 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/93d/93d2e98d1646f730dfe2f92a4850ffbf/a0e1d2e695640a35e1febfe934ec58ae.jpg</t>
-[...5 lines deleted...]
-    <t>Новый год - время волшебства, чудес, подарков и долгожданных встреч. В этот особенный день так хочется окружить себя и близких атмосферой тепла и уюта!Пушистая фигурка&amp;quot;заснеженного&amp;quot; городкане только станетприятным украшением интерьера, нои подарит праздничное настроение иположительные эмоции.Игрушка изготовлена из пенопласта и текстильных материалов.Высота фигурки:25 см.</t>
+    <t>http://anytos.ru//upload/iblock/079/6q67cg67fod0aahj9i61b0zvytvd8wp6.jpg</t>
+  </si>
+  <si>
+    <t>Снежный шар  quot;Sweet Xmas quot; диаметр 45 мм, полистоун стекло, 4 дизайна ассорти, ЗОЛОТАЯ СКАЗКА, 592596</t>
+  </si>
+  <si>
+    <t>Снежный шар &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это идеальный рождественский и новогодний подарок! Одно движение руки – и персонажи внутри шара как будто оживают, попадают в снежную зимнюю сказку. Сувенир представляет собой стеклянный шар со сказочной композицией из фигурок зимних персонажей внутри. Нарядная подставка, выполненная из полистоуна, создаёт ощущение сказки. Стоит только встряхнуть этот чудесный снежный шар, и вы окунетесь в мир новогодних чудес. Диаметр – 4,5 см. Высота – 6,5 см. Состав: полистоун, стекло, вода, пропиленгликоль. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;. Упакованы в красочный дисплей с новогодним дизайном.</t>
   </si>
   <si>
     <t>Новогодние фигуры и новогодние сувениры</t>
   </si>
   <si>
-    <t>580088</t>
-[...44 lines deleted...]
-    <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
+    <t>1012343</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99f/qegdfcrbtz3dq24ngi37slk7uph2kjn0.jpg</t>
+  </si>
+  <si>
+    <t>Снежный шар  quot;Гномики quot; диаметр 45 мм, полистоун стекло, 4 дизайна ассорти, ЗОЛОТАЯ СКАЗКА, 592597</t>
+  </si>
+  <si>
+    <t>Снежный шар &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это идеальный рождественский и новогодний подарок! Одно движение руки – и персонажи внутри шара как будто оживают, попадают в снежную зимнюю сказку. Сувенир представляет собой стеклянный шар со сказочной композицией из милых гномиков внутри. Нарядная подставка выполнена из практичного полистоуна. Стоит только встряхнуть этот чудесный снежный шар, и вы окунетесь в мир новогодних чудес. Диаметр – 4,5 см. Высота – 6,5 см. Состав: полистоун, стекло, вода, пропиленгликоль. Поставляется в 4 дизайнах &amp;#40;без возможности выбора&amp;#41;. Упакованы в красочный дисплей с новогодним дизайном.</t>
+  </si>
+  <si>
+    <t>1012344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a45/jiuyr23w7nxxfe6imq1e3efkt84tmyzx.jpg</t>
+  </si>
+  <si>
+    <t>Снежный шар  quot;Дед Мороз quot; диаметр 65 мм, полистоун стекло, 4 дизайна ассорти, ЗОЛОТАЯ СКАЗКА, 592598</t>
+  </si>
+  <si>
+    <t>Снежный шар &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это идеальный рождественский и новогодний подарок! Одно движение руки – и персонажи внутри шара как будто оживают, попадают в снежную зимнюю сказку. Сувенир представляет собой стеклянный шар со сказочной композицией из фигурок зимних персонажей внутри. Нарядная подставка выполнена из практичного полистоуна. Стоит только встряхнуть этот чудесный снежный шар, и вы окунетесь в мир новогодних чудес. Диаметр – 6,5 см. Высота – 9,5 см. Состав: полистоун, стекло, вода, пропиленгликоль. Поставляется в 2 дизайнах &amp;#40;без возможности выбора&amp;#41;. Упакованы в красочный дисплей с новогодним дизайном.</t>
+  </si>
+  <si>
+    <t>1012345</t>
+  </si>
+  <si>
+    <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f13/505bfq2zv5777iwzgvbdofzjd7kio2pj.jpg</t>
   </si>
   <si>
     <t>Снежный шар с LED-подсветкой  quot;Дед Мороз quot; диаметр 80мм, полистоун стекло, ассорти 2 дизайна, ЗОЛОТАЯ СКАЗКА, 592599</t>
   </si>
   <si>
     <t>Снежный шар &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это идеальный рождественский и новогодний подарок! Одно движение руки – и персонажи внутри шара как будто оживают, попадают в снежную зимнюю сказку. Сувенир представляет собой стеклянный шар, в котором находится фигурка зимнего персонажа и светодиод, работающий от двух кнопочных батареек &amp;quot;таблеток&amp;quot; типа LR44 &amp;#40;в комплект не входят&amp;#41;. Блок для батареек находится в нижней части подставки, выполненной в виде уютного камина и нарядной елки. Стоит только встряхнуть этот чудесный снежный шар, и вы окунетесь в мир новогодних чудес. Диаметр – 8 см. Высота – 10 см. Состав: полистоун, стекло, вода, пропиленгликоль. Поставляется в 2 дизайнах &amp;#40;без возможности выбора&amp;#41;. Упакованы в красочный дисплей с новогодним дизайном.</t>
   </si>
   <si>
     <t>1012346</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>6</t>
-  </si>
-[...79 lines deleted...]
-    <t>1016243</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -577,57 +481,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M16"/>
+  <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F16" sqref="F16"/>
+      <selection pane="bottomRight" activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -671,292 +575,109 @@
       </c>
       <c r="C4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      <c r="A8" s="1" t="s">
         <v>32</v>
-      </c>
-[...179 lines deleted...]
-        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">