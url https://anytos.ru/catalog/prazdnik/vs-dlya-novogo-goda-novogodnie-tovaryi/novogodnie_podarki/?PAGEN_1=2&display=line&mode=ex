--- v0 (2025-11-30)
+++ v1 (2026-01-28)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="884">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="411">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f70/f7013e160aecca86072c7312f9e1ea19/e91726f59d581bee288d2641dee04ada.jpg</t>
   </si>
   <si>
     <t>Набор для творчества  quot; лочные украшения с 3D эффектом quot;</t>
   </si>
   <si>
     <t>С помощью этого набора вы сможете создать свои собственные елочные игрушки! Как же интересно украсить елку не покупными украшениями, а сделанными собственными руками. В этом наборе вы найдете множество картинок, которые сможете превратить в настоящее произведение искусства. Используя металлизированные пленки разнообразных цветов и оттенков, вы окрасите понравившееся изображение в яркие цвета. А соединив обе половинки изображения, вы получите полноценную уникальную игрушку с 3D эффектом! Она станет незабываемым новогодним подарком для ваших друзей и близких.</t>
   </si>
   <si>
     <t>Новогодние подарки</t>
@@ -122,86 +131,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a3b/a3baf488e8a176d0694c16a2e1c96773/d970794d09052ecd02c430aa196e9e0b.jpg</t>
   </si>
   <si>
     <t>Набор для творчества  quot; лочные украшения quot; ВВ1031</t>
   </si>
   <si>
     <t>Набор для творчества &amp;quot;Ёлочные украшения&amp;quot; ВВ1031</t>
   </si>
   <si>
     <t>132641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a3/8a367aa9cfc2b5e8e37a9d6152b4f147/2dacd8e26cd7be031787da3d14c32609.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор для творчества  quot; лочные украшения  со стразами  quot;  2 шарика, круг, сердце </t>
   </si>
   <si>
     <t>Набор для творчества &amp;quot;Ёлочные украшения&amp;nbsp;&amp;nbsp;со стразами &amp;quot; &amp;#40;2 шарика, круг, сердце&amp;#41;</t>
   </si>
   <si>
     <t>132647</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f4e/f4e8f58af6dfea6e5b2d151c626046f3/71cf1b897099e96d25ed5136d4c927d4.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/19f/19f27c01240c1e9429253f17c762dc7b/9240dde3448e1c5e11f22f8bfacd5ab7.jpg</t>
   </si>
   <si>
     <t>Набор для творчества  quot; лочные украшения quot; круг</t>
   </si>
   <si>
     <t>Набор для творчества &amp;quot;Ёлочные украшения&amp;quot; круг</t>
   </si>
   <si>
     <t>132661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bd/7bdfed7818f168a608b1fc130a5589e2/fcf0408c6b2bf821ab4c4e0e29ffe1c5.jpg</t>
   </si>
   <si>
     <t>Компактные развивающие игры под  лку А ТЫ ВНИМАТЕЛЬНЫЙ? Новогодняя серия. ВВ3540</t>
   </si>
   <si>
     <t>А ТЫ ВНИМАТЕЛЬНЫЙ? - набор карточек с забавными сюжетами, которые содержат различные задания. Очень важно развивать у ребёнка внимание, усидчивость и логику. А лучше делать всё это во время увлекательной игры!  Игра отлично тренирует логическое и пространственное мышление, концентрацию внимания, память. В наборе 30 карточек с заданиями и ответами, маркер. Вместе с замечательными мини-играми под ёлку от BONDIBON вы прекрасно проведете свой досуг в новогодние праздники! Красочные и интересные, они помогут провести время празднично и с пользой.</t>
   </si>
   <si>
     <t>401500</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e2/9e2f8c637f4aed010901c93422f16c49/83620bf87f97451a6cb820825de999e6.jpg</t>
@@ -254,152 +227,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/983/983a59640d5f5a5e97b14fb6bf1cec6f/e8d9905d54767615dac608c11bffc249.jpg</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON  quot; лочные украшения со стразами и наклейками quot; Сердечко. ВВ3734</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. На Новый год принято дарить подарки. Подарки, сделанные своими руками, обладают особой ценностью - они дарят праздник не только тому, кто их получает, но и тому, кто их создает. Керамическая фигурка для украшения елочки может быть раскрашена краски и кисть в комплекте и украшена стразами и наклейками, подарит радость творчества и простор фантазии. Готовая фигурка станет замечательным подарком и украшением новогоднего интерьера.</t>
   </si>
   <si>
     <t>401561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd4/bd443a416ca158deb5114a2952384008/5ba2e4b8c4b11a30b7f4a0e4f5bec31f.jpg</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON  quot; лочные украшения из дерева quot; Снежинки 5шт. ВВ3730</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON. На Новый год принято дарить подарки. Подарки, сделанные своими руками, обладают особой ценностью - они дарят праздник не только тому, кто их получает, но и тому, кто их создает. Дерево - один из самых приятных материалов для творческой деятельности. Оригинальная деревянная снежинка может быть раскрашена в самые разные цвета краски и кисть в комплекте, подарит радость творчества и простор фантазии. Готовые фигурки станут замечательным подарком и украшением новогоднего интерьера.</t>
   </si>
   <si>
     <t>401562</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad4/ad4459f8553baee5a620a1d0ce39b79e/b8b343b9dc1feac3b7b1f7cfe50b8622.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8d6/8d6bc2dfaab96ce904b60457e1e4cedc/7480c7f9b86193f36f5cbc0db4abe7b9.jpg</t>
   </si>
   <si>
     <t>Набор для творчества BONDIBON Новогодний коллаж 3D своими руками. Дед Мороз, Снегурочка, Мышонок. ВВ3427</t>
   </si>
   <si>
     <t xml:space="preserve">Набор для творчества – создание оригинального подарка своими руками. Состав набора: заготовки из картона, разноцветные пайетки, двойной скотч. Соединив все элементы коллажа при помощи двойного скотча, вы получите новогодний коллаж. Осталось только украсить его разноцветными пайетками как нравится. </t>
   </si>
   <si>
     <t>401566</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4ef/4ef4cdffb2d27c6b7a21c1a18a0846a6/8eb19a9b81ac0667187a97d47b695c71.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3fa/3faff9455c9e531d2a4a84a1175ed352/067bcb7274d9e34dbd3d12a6009f2797.jpg</t>
   </si>
   <si>
     <t>Компактные развивающие игры под  лку ЛОГИКА МАЛЫШАМ. Новогодняя серия</t>
   </si>
   <si>
     <t>Компактные развивающие игры под ёлку ЛОГИКА МАЛЫШАМ. Новогодняя серия</t>
   </si>
   <si>
     <t>577898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/452/452916837e30ec3a3fdfc9699233bcab/3a1c14c821767e87739b4da2dc60a91f.jpg</t>
   </si>
   <si>
     <t>Компактные развивающие игры под  лку ЛОГИЧЕСКИЕ ЗАДАЧКИ. Новогодняя серия</t>
   </si>
   <si>
     <t>Компактные развивающие игры под ёлку ЛОГИЧЕСКИЕ ЗАДАЧКИ. Новогодняя серия</t>
   </si>
   <si>
     <t>577899</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c3/1c304a5d344edf188ac495a5eee9a4a2/93806f6700d928ece677a96f7f31e895.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2b8/2b846309d5b5e7f5bdbb595800d5a012/772fdaa471c9736b9d5189cf44217a76.jpg</t>
   </si>
   <si>
     <t>Компактные развивающие игры под  лку малышам СНЕЖНЫЙ МИР. Новогодняя серия</t>
   </si>
   <si>
     <t>Компактные развивающие игры под ёлку малышам СНЕЖНЫЙ МИР. Новогодняя серия</t>
   </si>
   <si>
     <t>577901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae5/ae56f596197a78d309b9b5f8e173f41b/9069cbc1977a8f02c366415bc0e8aea6.jpg</t>
   </si>
   <si>
     <t>Компактные развивающие игры под  лку НАЙДИ 5 ОТЛИЧИЙ  Новогодняя серия</t>
   </si>
   <si>
     <t>Компактные развивающие игры под ёлку НАЙДИ 5 ОТЛИЧИЙ! Новогодняя серия</t>
   </si>
   <si>
     <t>577902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/221/2210d636671750872bf95de19376efa8/abf1493e3c5a28bc13ad72cc5fd54b67.jpg</t>
@@ -614,2100 +521,774 @@
   <si>
     <t>http://anytos.ru//upload/iblock/116/mjhv0odmur69kwo0jlhhqt2fpc6yucqk.jpg</t>
   </si>
   <si>
     <t>Новогодний набор BONDIBON. Деревянная  лочка 3D с игрушками, высота 17,5см.</t>
   </si>
   <si>
     <t>Вам нужна новогодняя поделка для школы и для детского сада? Хотите создать дома праздничную атмосферу? Обратите внимание на новогодний набор для творчества деревянная ЕЛОЧКА 3D на ножках с игрушками от Bondibon. Увлекательный процесс создания красивых новогодних сувениров своими руками поможет детям развить мелкую моторику, зрительное восприятие, внимание, аккуратность, творческие способности, эстетический вкус, эмоциональный интеллект и проявить талант дизайнера. Работать с деревянным конструктором просто и очень интересно. Соедините три части каркаса и украсьте елочку милыми миниатюрными игрушками. Осталось только поставить красочную сборную модель на видное место, например, на стол, и радоваться результату! ЕЛОЧКА 3D от Бондибон, выполненная из качественных экологичных материалов – оригинальный подарок к Новому году для мамы, папы, бабушки и дедушки. В набор входят: 3 части каркаса для ёлочки, украшения. Высота дерева – 17,5 см Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>959112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af6/5c0a3d3z6188ma977pvzglgo7hso3yaa.jpg</t>
   </si>
   <si>
     <t>Новогодний набор BONDIBON. Деревянная  лочка 3D с игрушками, высота 19,5см.</t>
   </si>
   <si>
     <t>Вам нужна новогодняя поделка для школы или для детского сада? Идея для украшения комнаты к празднику? Обратите внимание на новогодний набор для творчества деревянная ЕЛОЧКА 3D с игрушками от Bondibon. Увлекательный процесс создания красивых новогодних сувениров своими руками поможет детям развить мелкую моторику, зрительное восприятие, внимание, аккуратность, творческие способности, эстетический вкус, эмоциональный интеллект и проявить талант дизайнера. Работать с деревянным конструктором просто и очень интересно. Соедините две части каркаса и установите елочку на подставку. Украсьте ее милыми миниатюрными игрушками. Осталось только поставить сборную модель на видное место, например, на стол, и радоваться результату! ЕЛОЧКА 3D от Бондибон, выполненная из качественных экологичных материалов – оригинальный подарок к Новому году для мамы, папы, бабушки и дедушки. В набор входят: 2 части каркаса для ёлочки, подставка, украшения. Высота дерева – 19,5 см Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>959114</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac5/6rfl4dtg9cyepwbg2minmz68mp3v0to0.jpg</t>
-[...20 lines deleted...]
-    <t>973558</t>
+    <t>http://anytos.ru//upload/iblock/622/urix6dt8t102xhzjpgad4rfzodj0i6rs.jpeg</t>
+  </si>
+  <si>
+    <t>ПОДАРОЧНЫЙ НАБОР  quot;MIMI BOX. НОВЫЙ ГОД 3 quot;</t>
+  </si>
+  <si>
+    <t>ПОДАРОЧНЫЙ НАБОР &amp;quot;MIMI BOX. НОВЫЙ ГОД 3&amp;quot;</t>
+  </si>
+  <si>
+    <t>998596</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cd/9t0dla9ma9w3hv2uo2x3yjau2nz1mf3a.jpeg</t>
+  </si>
+  <si>
+    <t>ПОДАРОЧНЫЙ НАБОР  quot;MIMI BOX. НОВЫЙ ГОД 4 quot;</t>
+  </si>
+  <si>
+    <t>ПОДАРОЧНЫЙ НАБОР &amp;quot;MIMI BOX. НОВЫЙ ГОД 4&amp;quot;</t>
+  </si>
+  <si>
+    <t>998597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e59/ds6ca1amravoh0cphpa1i55r10xjdqnj.jpg</t>
   </si>
   <si>
     <t>Игра настольная МЕМО  quot;Новый год quot;   подвес на  лку в комплекте, 50 карточек, НЕСКУЧНЫЕ ИГРЫ, 8033</t>
   </si>
   <si>
     <t>Настольные игры – хороший способ весело и интересно провести время в кругу семьи или друзей. В комплект игры входит 25 пар &amp;#40;50 карточек&amp;#41; с новогодней тематикой и аннотация, которая содержит интересный и познавательный материал, относящийся к игре. Благодаря играм МЕМО расширяется кругозор, развивается внимание и тренируется память. Игра увлекает людей абсолютно всех возрастов и является отличным подарком.Каждая игра комплектуется деревянным подвесом на елку. Ребенок может ее сам раскрасить карандашами, красками или фломастерами. Всего 5 видов подвесов, оказаться внутри может один из видов.</t>
   </si>
   <si>
     <t>999050</t>
   </si>
   <si>
     <t>&lt;a href="/brands/neskuchnye-igry/"&gt;Нескучные игры&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8d/qxyhq4eezw1kcc2zgfa9y5q3bbgjjdmx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9a1/neo2qnvi0r0j5a4nc2r0mpwg16bvedqr.jpg</t>
   </si>
   <si>
     <t>Набор подарок для развития и творчества BRAUBERG ART BOX  quot;С НОВЫМ ГОДОМ и РОЖДЕСТВОМ quot;, 15 предметов, 881131</t>
   </si>
   <si>
     <t>Новогодний подарочный набор принадлежностей для творчества BRAUBERG &amp;quot;С НОВЫМ ГОДОМ и РОЖДЕСТВОМ!&amp;quot; для детей и подростков в красочной упаковке. Скомплектован на основе рекомендаций учителей и пожеланий родителей. Все самые актуальные товары для творчества упакованы в удобный чемоданчик.Состав набора: • карандаши цветные 12 цветов - 1 шт.; • альбом для рисования A4 32 л. - 1 шт.;• гуашь 9 цветов - 1 шт.;• палитра для рисования - 1 шт.;• набор кистей из 3 шт. - 1 шт.;• пластилин 12 цветов - 1 шт.;• карандаш чернографитный – 2 шт.;• краски акварельные 12 цветов - 1 шт.;• доска для лепки А4 - 1 шт.;• фломастеры 12 цветов - 1 шт.;• картон белый, 10 л. в папке - 1 шт.; • набор наклеек для окон - 1 шт.• точилка - 1 шт.;• ластик - 1 шт.; • короб подарочный - 1 шт. Набор представляет собой подарочную коробку-чемоданчик из плотного картона с красочным дизайном и наполнением. Подарочный короб дополнительно упакован в бурый гофрокороб. Состав набора разработан на основе рекомендаций педагогов и пожеланий родителей таким образом, чтобы обеспечить ребенку интересное и увлекательное времяпрепровождение. Товары из новогоднего набора для творчества помогут развивать усидчивость, воображение, объёмное мышление и аккуратность.В состав набора входят только сертифицированные отечественные и импортные предметы для творчества, соответствующие требованиям безопасности детских товаров, установленным законодательством РФ.</t>
   </si>
   <si>
     <t>1004554</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74e/mtdbybho3zo3v05bpkod9nadj06ryn3z.jpg</t>
   </si>
   <si>
     <t>Набор вырубок для печенья новогодний 3 шт.,  quot;Елочки quot;, нержавеющая сталь, рецепт, ЗОЛОТАЯ СКАЗКА, 592494</t>
   </si>
   <si>
     <t>Новогодний набор вырубок для печенья ЗОЛОТАЯ СКАЗКА в виде елочек позволит создать волшебство своими руками! Ваши праздники станут ещё вкуснее и веселее! Набор из 3 вырубок для печенья ЗОЛОТАЯ СКАЗКА превращает обычную выпечку в праздник. Вырубки выполнены в виде елочек в трех цветах – белая &amp;#40;10,6х12,5 см&amp;#41;, красная &amp;#40;8х9,8 см&amp;#41;, зеленая &amp;#40;5,9х7,5 см&amp;#41;. Материал – нержавеющая сталь, которая легко моется и подходит для многоразового использования. Это не просто печенье, это целое творческое событие, которое объединяет всю семью.Благодаря яркой подарочной упаковке этот набор становится милым презентом для друзей, родных или коллег. На обратной стороне упаковки вы найдёте рецепт вкуснейшего имбирного печенья – чтобы вы сразу могли приступить к творчеству.</t>
   </si>
   <si>
     <t>1012307</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7e/70v1as7zzqut3wqmzaajw0saz1z12zrh.jpg</t>
   </si>
   <si>
     <t>Набор вырубок для печенья, 10 деталей,  quot;Пряничный домик quot;, нержавеющая сталь, рецепт, ЗОЛОТАЯ СКАЗКА, 592493</t>
   </si>
   <si>
     <t>Новогодний набор вырубок для печенья ЗОЛОТАЯ СКАЗКА позволит создать волшебный пряничный домик своими руками! Ваши праздники станут ещё вкуснее и веселее! С набором вырубок для печенья ЗОЛОТАЯ СКАЗКА из 10 деталей вы легко превратите обычную выпечку в настоящее творчество. Вырубки, выполненные из нержавеющей стали, помогут аккуратно вырезать заготовки для стен, крыши, окон и декоративных элементов – всё, что нужно для постройки уютного пряничного домика. Это не просто печенье, это целое творческое событие, которое объединяет всю семью.Размер форм: Передняя/задняя стена – 12,3х14 см.Потолок/пол – 10х17 см.Боковые стены – 14,4х8 см.Дверь – 3х6 см.Переднее/заднее окно – 2х3 см.Круглое окно – диаметр 3,1 см.Квадратное окно – 2,8х2,8 см.Деления на окнах – 2,7х2,7 см.Дымоход – 2,6х3 см.Декор &amp;quot;звезда&amp;quot; – 3,4х3,4 см.Внутри яркой подарочной коробки вас ждёт подробный рецепт приготовления пряничного домика – от замешивания теста до финального украшения глазурью.</t>
   </si>
   <si>
     <t>1012308</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ec3/byl3rvvpvsiqgjhchijirvalmlekbxt8.jpg</t>
+  </si>
+  <si>
+    <t>Набор формочек новогодний для печенья,  quot;Печеньки quot;, 8 шт., пластик, рецепт, ЗОЛОТАЯ СКАЗКА, 592492</t>
+  </si>
+  <si>
+    <t>Новогодний набор формочек для печенья ЗОЛОТАЯ СКАЗКА позволит создать волшебство своими руками! Ваши праздники станут ещё вкуснее и веселее! Этот набор из 8 ярких формочек для печенья ЗОЛОТАЯ СКАЗКА превращает обычную выпечку в праздник. Каждая форма выполнена в виде зимних символов и персонажей. Они легко повторяют очертания сказочных персонажей и станут отличным помощником на кухне. Материал – пищевой пластик, который не деформируется, легко моется и подходит для многоразового использования. Размеры формочек: Снеговик – 5,8х5,3 см.Олененок – 6,1х3,5 см.Елочка – 5,9х5,2 см.Дед Мороз – 6х4,6 см.Пряничный человечек – 6,1х4,6 см.Дед Мороз с мешком – 5,7х5,8 см.Снежинка – 5,4х6,1 см.Merry Christmas – 5,7х5,8 см.Формочки состоят из двух частей: вырубки и штампа. С помощью вырубки из теста вырезается форма печенья. С помощью штампа &amp;quot;выдавливаются&amp;quot; очертания рисунка на тесте. На штампах для удобства имеется &amp;quot;язычок&amp;quot;, что позволяет быстро и легко создавать узоры с новогодней тематикой на печенье. Обратите внимание, что изображения на штампиках выполнены в зеркальном отражении. Но при нажатии на тесто рисунок будет правильно ориентирован. Таким образом, даже если на самой пластиковой форме изображения кажутся &amp;quot;перевёрнутыми&amp;quot;, не переживайте! В процессе выпечки всё будет выглядеть идеально. Благодаря яркой подарочной упаковке этот набор становится милым презентом для друзей, родных или коллег. На обратной стороне упаковки вы найдёте рецепт вкуснейшего имбирного печенья – чтобы вы сразу могли приступить к творчеству.</t>
+  </si>
+  <si>
+    <t>1012309</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/18b/9fp6rrcxs0kd0gxyp96a9hhfnr7v0wjc.jpg</t>
   </si>
   <si>
     <t>Плед новогодний 150х200 см,  quot;Лоскутки quot;, полиэстер, 210 г м2, ЗОЛОТАЯ СКАЗКА, 592531</t>
   </si>
   <si>
     <t>Создайте атмосферу праздника и уюта с очаровательным новогодним пледом ЗОЛОТАЯ СКАЗКА, который станет идеальным дополнением к вашему интерьеру. Размер 150х200 см обеспечивает комфортное использование как для одного человека, так и для двоих, а плотность 210 г/м2 гарантирует мягкость и теплоту даже в самые холодные дни. Плед выполнен из полиэстера. Его поверхность украшена новогодним паттерном, который создает ощущение зимней сказки и добавляет праздничного настроения. А классический новогодний узор впишется практически в любой интерьер. Такой плед не только согреет вас физически, но и подарит эмоциональное тепло, напоминая о предстоящих новогодних чудесах.Плед упакован в плотный полиэтиленовый мешок с полипропиленовыми ручками и молнией. Внутри плед обвязан атласной ленточкой, что делает его отличным готовым новогодним подарком!</t>
   </si>
   <si>
     <t>1012310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bb/gdyq00rwdtjzhxhbsexc8hnlqsa2s7gi.jpg</t>
   </si>
   <si>
     <t>Плед новогодний 200х220 см,  quot;Вязаный quot;, полиэстер, 210 г м2, ЗОЛОТАЯ СКАЗКА, 592533</t>
   </si>
   <si>
     <t>Создайте атмосферу праздника и уюта с очаровательным новогодним пледом ЗОЛОТАЯ СКАЗКА, который станет идеальным дополнением к вашему интерьеру. Размер 200х220 см обеспечивает комфортное использование как для одного человека, так и для двоих, а плотность 210 г/м2 гарантирует мягкость и теплоту даже в самые холодные дни. Плед выполнен из полиэстера. Его поверхность украшена новогодним паттерном, который создает ощущение зимней сказки и добавляет праздничного настроения. А классический новогодний узор впишется в практически любой интерьер. Такой плед не только согреет вас физически, но и подарит эмоциональное тепло, напоминая о предстоящих новогодних чудесах.Плед упакован в плотный полиэтиленовый мешок с полипропиленовыми ручками и молнией. Внутри плед обвязан атласной ленточкой, что делает его отличным готовым новогодним подарком!</t>
   </si>
   <si>
     <t>1012311</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62e/gye4lk1a2qvi3jm4ig3ci58kexohwt3o.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4b3/lcso0fmfrx1mnxask7753s9ndfmo3vje.jpg</t>
   </si>
   <si>
     <t>Плед новогодний, 150х200 см,  quot;Снежинки quot;, полиэстер, 210 г м2, ЗОЛОТАЯ СКАЗКА, 592530</t>
   </si>
   <si>
     <t>Создайте атмосферу праздника и уюта с очаровательным новогодним пледом ЗОЛОТАЯ СКАЗКА, который станет идеальным дополнением к вашему интерьеру. Размер 150х200 см обеспечивает комфортное использование как для одного человека, так и для двоих, а плотность 210 г/м2 гарантирует мягкость и теплоту даже в самые холодные дни. Плед выполнен из полиэстера. Его поверхность украшена нежными снежинками, которые создают ощущение зимней сказки. Лёгкий голубой фон добавляет свежести и воздушности, а белые снежинки придают ему праздничный блеск. Такой плед не только согреет вас физически, но и подарит эмоциональное тепло, напоминая о предстоящих новогодних чудесах.Плед упакован в плотный полиэтиленовый мешок с полипропиленовыми ручками и молнией. Внутри плед обвязан атласной ленточкой, что делает его отличным готовым новогодним подарком!</t>
   </si>
   <si>
     <t>1012313</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/858/7rzhgsx0wrrnmtmhkebzzd2bx9sx6wup.jpg</t>
-[...8 lines deleted...]
-    <t>1014726</t>
+    <t>http://anytos.ru//upload/iblock/195/tps2gzebu04xc6gxc8dpvwo7gdz898kk.jpg</t>
+  </si>
+  <si>
+    <t>Подарок новогодний  quot;ОЧАРОВАНИЕ ХОЛОДА quot;, НАБОР конфет 1000 г, картонная коробка, МОСУПАК</t>
+  </si>
+  <si>
+    <t>Новогодний подарок &amp;quot;ОЧАРОВАНИЕ ХОЛОДА&amp;quot; МОСУПАК – это сладости в картонной коробке с новогодним дизайном. Упаковка имеет удобную ручку для переноски. 1000 г популярных кондитерских изделий обязательно придутся по вкусу всем сладкоежкам! Состав:Мишка косолапый &amp;#40;Красный Октябрь&amp;#41; – 1 шт.,Красная шапочка &amp;#40;Красный Октябрь&amp;#41; – 1 шт.,Батончики с орехом &amp;#40;Рот Фронт&amp;#41; – 1 шт.,Коровка вкус шоколад &amp;#40;Рот-Фронт&amp;#41; – 1 шт.,O&amp;#39;Zera конфеты Elle с молочной начинкой &amp;#40;КДВ&amp;#41; – 2 шт.,BabyFox конфеты вафельные Creamy Choco &amp;#40;КДВ&amp;#41; – 2 шт.,Toffee Premio &amp;#40;Красный Октябрь&amp;#41; – 1 шт.,Крокант батончик 28 г &amp;#40;КДВ&amp;#41; – 1 шт.,Щелкунчик с хрустящими шариками &amp;#40;ОК&amp;#41; – 1 шт.,Желейные вкус вишня &amp;#40;КДВ&amp;#41; – 2 шт.,Печенье Коломенское злаковое 30 г &amp;#40;Коломенское поле&amp;#41; – 1 шт.,Toffee de luxe вкус класс &amp;#40;Красный Октябрь&amp;#41; – 2 шт.,Фэнси &amp;#40;КДВ&amp;#41; – 2 шт.,Картошка &amp;#40;Рот-Фронт&amp;#41; – 2 шт.,Ярче! с семенами подсолнечника &amp;#40;КДВ&amp;#41; – 2 шт.,Нота Бум с орех.начинкой &amp;#40;КДВ&amp;#41; – 2 шт.,Coffeemania &amp;#40;Бабаевский&amp;#41; – 2 шт.,Кремка со вкусом Клубники и сливок &amp;#40;КДВ&amp;#41; – 2 шт.,Jet`s конфеты с печеньем &amp;#40;КДВ&amp;#41; – 1 шт.,Батончик шоколадный &amp;#40;Невский кондитер&amp;#41; – 2 шт.,MORE со вкусом йогурта и апельсина &amp;#40;Рот Фронт&amp;#41; – 1 шт.,Звездный дождь &amp;#40;Рот-Фронт&amp;#41; – 2 шт.,Jet`s Батончики с карамелью, нугой и орехами 42 г &amp;#40;КДВ&amp;#41; – 1 шт.,Lusso &amp;#40;КДВ&amp;#41; – 2 шт.,Звонкое Лето вишня &amp;#40;Рот-Фронт&amp;#41; – 1 шт.,Red berry &amp;#40;КДВ&amp;#41; – 2 шт.,Джаззи нуга и карамель &amp;#40;КДВ&amp;#41; – 2 шт.,Шантарель &amp;#40;КДВ&amp;#41; – 2 шт.,Матрешка с печеньем &amp;#40;Рот-Фронт&amp;#41; – 2 шт.,Жаклин, зефир клубника со сливками 30 г &amp;#40;Славянка&amp;#41; – 1 шт.,КрутФрут мармелад жевательный в форме динозавриков 70 г &amp;#40;КДВ&amp;#41; – 1 шт.,Глэйс с шоколадным вкусом &amp;#40;КДВ&amp;#41; – 2 шт.,Чио Рио &amp;#40;КДВ&amp;#41; – 2 шт.,Шерил &amp;#40;Невский кондитер&amp;#41; – 2 шт.,Ковбой Джонни 39 г &amp;#40;Невский кондитер&amp;#41; – 1 шт.,Глэйс со вкусом кокосовых сливок &amp;#40;КДВ&amp;#41; – 2 шт.,Ореховая страна &amp;#40;Невский кондитер&amp;#41; – 2 шт.,Украшение &amp;#40;Невский кондитер&amp;#41; – 2 шт.,Батончик Бон-Тайм &amp;#40;КДВ&amp;#41;, 20 г – 1 шт.,Rendi с тёмной глазурью &amp;#40;Alex Sweet&amp;#41; – 2 шт.,Веселые дольки вкус лимон, апельсин, грейпфрут &amp;#40;Невский кондитер&amp;#41; – 2 шт.</t>
+  </si>
+  <si>
+    <t>1014731</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mosupak/"&gt;МОСУПАК&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/169/m49xk5df41xvr4u6qppx98foyrv1kcjj.jpg</t>
-[...172 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/614/hqn6tcehiw0luyzacde512nqj9qcy8xv.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;6 в 1 Новогодняя почта quot; 400 грамм, А25144</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника 6 в 1 Новогодняя почта 400 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Набор 6 в 1 Новогодняя почта» сразу привлекает внимание яркой и праздничной упаковкой, выполненной из прочного картона с удобной ручкой для переноски, что делает его идеальным подарком для детей и их близких. Внутри посылки вас ждут не только вкусные сладости, но и увлекательные развивающие игры и творческие наборы, которые подарят радость и веселье в праздничные дни.&amp;nbsp;&amp;nbsp;В комплект входит: 1. Раскраска и аппликация для развития творческих навыков. 2. Настольная игра и игра-ходилка для совместного веселья. 3. Набор для изготовления мыла — отличный способ познакомить детей с основами творчества и рукоделия. 4. Фейерверк вкусов разнообразных кондитерских сладостей, среди которых любимые конфеты, карамель и печенье.&amp;nbsp;&amp;nbsp;Размер упаковки: 34?6х27 см. Вес: 400 г. Вес упаковки: 200 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Печенье Сормовское земляничка 50 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 2. Конфеты Алёнка крем-брюле купол 11,5 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 3. Конфеты Красная шапочка 14 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 4. Конфеты Маска 15 г &amp;#40;ОАО «Рот Фронт»&amp;#41; — 1 шт. 5. Конфеты Нива улуч 14,5 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 6. Конфеты Ну ка отними вкус шоколадный крем 10,4 &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 7. Конфеты Мама приехала 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 8. Конфеты Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 9. Конфеты Желейные барбарисовый вкус 15 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 10. Конфеты Ромашки лютики глазированные кондитерской глазурью 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 11. Конфеты Звонкое лето Вкус клубника 17 г &amp;#40;ОАО «Рот Фронт»&amp;#41; — 2 шт. 12. Конфеты Лунная ночь купол 17,5 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 13. Конфеты Наслаждение с мягкой карамелью 22,7 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 14. Конфеты Весна 15 г &amp;#40;Объединённые кондитеры.&amp;#41; — 1 шт. 15. Карамель Дюшес 6 г &amp;#40;ОАО «Рот Фронт»&amp;#41; — 2 шт. 16. Карамель Лимончики 5,8 г &amp;#40;ОАО «Рот Фронт»&amp;#41; — 2 шт. 17. Конфеты Детские забавы 32,3 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 18. Конфеты Золотой кокос 12 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 19. Конфеты Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 20. Конфеты Эллада со вкусом клубники 20 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 21. Карамель Малина со сливками улуч 6 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 22. Конфеты Полюшко с вафлями 15 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. Итого сладостей: 26 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016018</t>
   </si>
   <si>
     <t>&lt;a href="/brands/azbuka-prazdnika/"&gt;Азбука Праздника&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ce1/efjuajlh4b4k3ncax6nbk1pdbpdzrq7r.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/147/sg1sa97tq2mgtvokumqju3gxcnxpruxy.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;В сказочном лесу quot; 1000 грамм, А25134 в ассорт</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника В сказочном лесу 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «В сказочном лесу» представляет собой яркую красочную сумочку, которую приятно получить в подарок, а также удобно носить и играть. Такая сумочка надолго станет спутником ребёнка, напоминая ему о Празднике и волшебном подарке от Деда Мороза. Внутри он найдёт целый килограмм замечательных сладостей от лучших российских кондитерских фабрик.&amp;nbsp;&amp;nbsp;Размер упаковки: 20?10?24 см. Вес: 1000 г. Вес упаковки: 100 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная в ассортименте 50 г &amp;#40;Тимоша&amp;#41; — 2 шт. 2. Конфета Бельгийский десерт 23 г &amp;#40;Невский кондитер&amp;#41; — 1 шт. 3. Конфета Пломбирный восторг 14 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 4. Конфета Шерил сливочный вкус 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г — 2 шт. 6. Конфета Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41;- 1 шт 7. Конфета Сказочная птица 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 8. Конфета Сладкая капля 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 9. Конфета Марсианка три шоколада 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 10. Конфета Марсианка Чизкейк 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 11. Конфета Sharlet трюфель 5,4 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 12. Конфета «Доярушка» 12,1 г &amp;#40;Essen &amp;#41; - 2 шт. 13. Конфета Bora-Bora лимон 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 14. Конфета Bora-Bora кокос 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 15. Конфета Т. Рюффель со вкусом трюфеля и кокоса 16 г &amp;#40;ОАО «Рот Фронт»&amp;#41; — 1 шт. 16. Конфета Лукоморье Mini 20 г &amp;#40;Essen &amp;#41; - 1 шт. 17. Конфета Шокозаврики 37,6 г &amp;#40;Essen &amp;#41; - 1 шт. 18. Конфета Ромашки лютики глазированные кондитерской глазурью 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 19. Конфета Полюшко с вафлями 15 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 2 шт. 20. Конфета Фруктовый сад цитрон 15,1 г &amp;#40;Объединённые кондитеры&amp;#41;- 2 шт 21. Конфета Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 22. Конфета Морские просторы 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 23. Конфета Манёвр нуга с карамелью 32,5 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 24. Карамель с соком и фруктово-ягодной начинкой ассорти 6 г &amp;#40;KDV&amp;#41; — 2 шт. 25. Конфета Тёмная ночь 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 26. Конфета Melory лимонный курд — клубника 11г &amp;#40;KDV&amp;#41; — 2 шт. 27. Конфета Белая черёмуха 15 г &amp;#40;KDV&amp;#41; — 2 шт. 28. Конфета Му-Муйка 13 г &amp;#40;KDV&amp;#41; — 1 шт. 29. Конфета глазированная мягкая карамель и нуга Rodeo/Родео 15 г &amp;#40;KDV&amp;#41; — 1 шт. 30. Конфета Волшебная лампа 16 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 31. Конфета Французский десерт со вкусом клубники 22 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 32. Конфета Белкин лес 12,3 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 33. Конфета Дольче груша 12,5 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 34. Конфета Super с нугой и мягкой карамелью 40 г КДВ &amp;#40;KDV&amp;#41; — 2 шт. 35. Печенье-сэндвич Трио Джуниор с начинкой ванильный бум, 45 г &amp;#40;АО «Акконд»&amp;#41; — 1 шт. 36. Карамель леденцовая «Nanobons» 4 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. Итого сладостей 57 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной Конфета на момент фасовки набора. Замена Конфета происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016020</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/558/ppji6eagvny940npx688kanszrig1cdh.png</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f7e/tuawuu7sljojfwom3p75c2qer6skhpe7.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;Добрюшка quot; 1000 грамм, А25118</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника Добрюшка 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Добрюшка» станет милым и желанным презентом для любого ребёнка. Принесёт радость каждому ребёнку! Внутри он найдёт замечательный сладкий состав от лучших российских кондитерских фабрик. Упаковка выполнена из прочного картона, что обеспечивает надёжную защиту содержимого и удобство при транспортировке.&amp;nbsp;&amp;nbsp;Размер упаковки: 21?11?28 см. Вес: 1000 г. Вес упаковки: 100 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная в ассортименте 50 г &amp;#40;Тимоша&amp;#41; — 2 шт. 2. Конфета Бельгийский десерт 23 г &amp;#40;Невский кондитер&amp;#41; — 1 шт. 3. Конфета Пломбирный восторг 14 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 4. Конфета Шерил сливочный вкус 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г — 2 шт. 6. Конфета Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41;- 1 шт 7. Конфета Сказочная птица 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 8. Конфета Сладкая капля 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 9. Конфета Марсианка три шоколада 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 10. Конфета Марсианка Чизкейк 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 11. Конфета Sharlet трюфель 5,4 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 12. Конфета «Доярушка» 12,1 г &amp;#40;Essen &amp;#41; - 2 шт. 13. Конфета Bora-Bora лимон 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 14. Конфета Bora-Bora кокос 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 15. Конфета Т. Рюффель со вкусом трюфеля и кокоса 16 г &amp;#40;ОАО «Рот Фронт»&amp;#41; — 1 шт. 16. Конфета Лукоморье Mini 20 г &amp;#40;Essen&amp;#41; — 1 шт. 17. Конфета Шокозаврики 37,6 г &amp;#40;Essen&amp;#41; — 1 шт. 18. Конфета Ромашки лютики глазированные кондитерской глазурью 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 19. Конфета Полюшко с вафлями 15 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 2 шт. 20. Конфета Фруктовый сад цитрон 15,1 г &amp;#40;Объединённые кондитеры&amp;#41;- 2 шт 21. Конфета Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 22. Конфета Морские просторы 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 23. Конфета Манёвр нуга с карамелью 32,5 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 24. Карамель с соком и фруктово-ягодной начинкой ассорти 6 г &amp;#40;KDV&amp;#41; — 2 шт. 25. Конфета Тёмная ночь 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 26. Конфета Melory лимонный курд — клубника 11г &amp;#40;KDV&amp;#41; — 2 шт. 27. Конфета Белая черёмуха 15 г &amp;#40;KDV&amp;#41; — 2 шт.28. Конфета Му-Муйка 13 г &amp;#40;KDV&amp;#41; — 1 шт. 29. Конфета глазированная мягкая карамель и нуга Rodeo/Родео 15 г &amp;#40;KDV&amp;#41; — 1 шт. 30. Конфета Волшебная лампа 16 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 31. Конфета Французский десерт со вкусом клубники 22 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 32. Конфета Белкин лес 12,3 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 33. Конфета Дольче груша 12,5 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 34. Конфета Super с нугой и мягкой карамелью 40 г КДВ &amp;#40;KDV&amp;#41; — 2 шт. 35. Печенье-сэндвич Трио Джуниор с начинкой ванильный бум, 45 г &amp;#40;АО «Акконд»&amp;#41; — 1 шт. 36. Карамель леденцовая «Nanobons» 4 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. Итого сладостей 57 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной Конфета на момент фасовки набора. Замена Конфета происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016023</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fa/lu9aii31e77w32d4mbdo5m8bbdhf1oqt.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/813/86pi1qa00cupcycr8d2ms9eiwayuyk6k.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;Зимние забавы quot; 1000 грамм, А25126</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника Зимние забавы 1000 г&amp;nbsp;&amp;nbsp;Подарочный набор «Зимние забавы» — это яркая красочная упаковка с символом года, которую так захочется положить под ёлочку или вручить ребёнку от Деда Мороза. Килограмм сладостей для настоящего праздника! Упаковка выполнена из прочного картона, что обеспечивает надёжную защиту содержимого и удобство при транспортировке.&amp;nbsp;&amp;nbsp;Размер упаковки: 17?7х21 см. Вес: 1000 г. Вес упаковки: 100 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная в ассортименте 50 г &amp;#40;Тимоша&amp;#41; — 2 шт. 2. Конфета Бельгийский десерт 23 г &amp;#40;Невский кондитер&amp;#41; — 1 шт. 3. Конфета Пломбирный восторг 14 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 4. Конфета Шерил сливочный вкус 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г — 2 шт. 6. Конфета Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41;- 1 шт 7. Конфета Сказочная птица 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 8. Конфета Сладкая капля 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 9. Конфета Марсианка три шоколада 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 10. Конфета Марсианка Чизкейк 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 11. Конфета Sharlet трюфель 5,4 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 12. Конфета «Доярушка» 12,1 г &amp;#40;Essen &amp;#41; - 2 шт. 13. Конфета Bora-Bora лимон 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 14. Конфета Bora-Bora кокос 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 15. Конфета Т. Рюффель со вкусом трюфеля и кокоса 16 г &amp;#40;ОАО «Рот Фронт»&amp;#41; — 1 шт. 16. Конфета Лукоморье Mini 20 г &amp;#40;Essen &amp;#41; - 1 шт. 17. Конфета Шокозаврики 37,6 г &amp;#40;Essen &amp;#41; - 1 шт. 18. Конфета Ромашки лютики глазированные кондитерской глазурью 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 19. Конфета Полюшко с вафлями 15 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 2 шт. 20. Конфета Фруктовый сад цитрон 15,1 г &amp;#40;Объединённые кондитеры&amp;#41;- 2 шт 21. Конфета Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 22. Конфета Морские просторы 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 23. Конфета Манёвр нуга с карамелью 32,5 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 24. Карамель с соком и фруктово-ягодной начинкой ассорти 6 г &amp;#40;KDV&amp;#41; — 2 шт. 25. Конфета Тёмная ночь 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 26. Конфета Melory лимонный курд — клубника 11г &amp;#40;KDV&amp;#41; — 2 шт. 27. Конфета Белая черёмуха 15 г &amp;#40;KDV&amp;#41; — 2 шт. 28. Конфета Му-Муйка 13 г &amp;#40;KDV&amp;#41; — 1 шт. 29. Конфета глазированная мягкая карамель и нуга Rodeo/Родео 15 г &amp;#40;KDV&amp;#41; — 1 шт. 30. Конфета Волшебная лампа 16 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 31. Конфета Французский десерт со вкусом клубники 22 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 32. Конфета Белкин лес 12,3 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 33. Конфета Дольче груша 12,5 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 34. Конфета Super с нугой и мягкой карамелью 40 г КДВ &amp;#40;KDV&amp;#41; — 2 шт. 35. Печенье-сэндвич Трио Джуниор с начинкой ванильный бум, 45 г &amp;#40;АО «Акконд»&amp;#41; — 1 шт. 36. Карамель леденцовая «Nanobons» 4 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. Итого сладостей 57 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной Конфета на момент фасовки набора. Замена Конфета происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016025</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6bd/vqlcyuzmktj1zw0h3rl0eflgtt7a9eza.png</t>
-[...94 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b4a/lhsh1vwjfuo5kp8ryoiarxpahqgedv3h.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;Почтальон Снежкин quot; 700 грамм, А25140</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника Почтальон Снежкин 700 г&amp;nbsp;&amp;nbsp;Новогодний подарок «Почтальон Снежкин» станет настоящим новогодним сюрпризом для любого ребёнка. Красочная и удобная коробка с ручкой наполнена самыми разнообразными сладостями и понравится не только детям, но и взрослым. Приятный подарок любому сладкоежке на Новый год. Упаковка выполнена из прочного картона, что обеспечивает надёжную защиту содержимого и удобство при транспортировке.&amp;nbsp;&amp;nbsp;Размер упаковки: 16?10?22 см. Вес: 700 г. Вес упаковки: 100 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Марс Минис 14 г &amp;#40;Марс&amp;#41; — 1 шт. 2. Конфета Милки Вей Минис 12 г &amp;#40;Марс&amp;#41; — 1 шт. 3. Конфета Сникерс Минис 14 г &amp;#40;Марс&amp;#41; — 1 шт. 4. Батончик халва подсолнечная в ассортименте 50 г &amp;#40;Тимоша&amp;#41; — 2 шт. 5. Конфета Бельгийский десерт 23 г &amp;#40;Невский кондитер&amp;#41; — 1 шт. 6. Конфета Пломбирный восторг 14 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 7. Конфета Шерил сливочный вкус 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 8. Карамель Кремка со вкусом клубники и сливок 6 г KDV — 2 шт. 9. Конфета Мама приехала 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 10. Конфета Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 11. Конфета Сказочная птица 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 12. Конфета Сладкая капля 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 13. Конфета «StandUp» 14 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 14. Конфета Марсианка три шоколада 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 15. Конфета Pink Coconut 3 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 16. Конфета «Миллионер» 14 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 17. Конфета Марсианка Чизкейк 9 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 18. Конфета Sharlet трюфель 5,4 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 19. Конфета Bora-Bora кокос 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 20. Конфета Лукоморье Mini 20 г &amp;#40;Essen&amp;#41; — 1 шт. 21. Конфета Шокозаврики 37,6 г &amp;#40;Essen&amp;#41; — 1 шт. 22. Конфета Фруктовый сад цитрон 15,1 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 23. Конфета Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 24. Конфета Манёвр нуга с карамелью 32,5 г &amp;#40;Невский кондитер&amp;#41; — 1 шт. 25. Карамель с соком и фруктово-ягодной начинкой ассорти 6 г &amp;#40;KDV&amp;#41; — 2 шт. 26. Конфета Тёмная ночь 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 27. Конфета Melory лимонный курд — клубника 11 г &amp;#40;KDV&amp;#41; — 1 шт. 28. Конфета Французский десерт со вкусом клубники 22 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 29. Конфета Белкин лес 12,3 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 30. Конфета Дольче груша 12,5 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 31. Шоколад Мишки в лесу 30 г &amp;#40;ООО «Победа»&amp;#41; — 1 шт. Итого сладостей 43 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной Конфета на момент фасовки набора. Замена Конфета происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016034</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e40/0dqlf0pn5falbzjh1m0cghcmxwewj8vj.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dc2/yb6rlaacx2m2qr918y5tjcyg6i79hxwt.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;Праздничная карусель quot; 900 грамм, А25143</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника Праздничная карусель 900 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Праздничная карусель» — картонная карусель с новогодним рисунком и самыми знаменитыми конфетами легендарных фабрик. Прекрасный новогодний подарок не только для ребёнка, но и для взрослого, как воспоминания о том, как в детстве ждали чуда, Деда Мороза и конфет. Упаковка выполнена из прочного картона, что обеспечивает надёжную защиту содержимого и удобство при транспортировке.&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?17 см. Вес: 900 г. Вес упаковки: 100 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная в ассортименте 50 г &amp;#40;Тимоша&amp;#41; — 2 шт. 2. Конфета Бельгийский десерт 23 г &amp;#40;Невский кондитер&amp;#41; — 1 шт. 3. Конфета Пломбирный восторг 14 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 4. Конфета Шерил сливочный вкус 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 5. Конфета Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 6. Конфета Сказочная птица 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 7. Конфета Сладкая капля 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 8. Конфета Марсианка три шоколада 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 9. Конфета Марсианка Чизкейк 9 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 10. Конфета Sharlet трюфель 5,4 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 11. Конфета «Доярушка» 12,1 г &amp;#40;Essen &amp;#41; - 2 шт. 12. Конфета Bora-Bora лимон 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 13. Конфета Bora-Bora кокос 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 14. Конфета Лукоморье Mini 20 г &amp;#40;Essen &amp;#41; - 1 шт. 15. Конфета Шокозаврики 37,6 г &amp;#40;Essen &amp;#41; - 1 шт. 16. Конфета Ромашки лютики глазированные кондитерской глазурью 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 17. Конфета Полюшко с вафлями 15 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 2 шт. 18. Конфета Фруктовый сад цитрон 15,1 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 19. Конфета Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 20. Конфета Морские просторы 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 21. Конфета Манёвр нуга с карамелью 32,5 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 22. Карамель с соком и фруктово-ягодной начинкой ассорти 6 г &amp;#40;KDV&amp;#41; — 2 шт. 23. Конфета Тёмная ночь 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 24. Конфета Melory лимонный курд — клубника 11 г &amp;#40;KDV&amp;#41; — 2 шт. 25. Конфета Белая черёмуха 15 г &amp;#40;KDV&amp;#41; — 2 шт. 26. Конфета Му-Муйка 13 г &amp;#40;KDV&amp;#41; — 1 шт. 27. Конфета глазированная мягкая карамель и нуга Rodeo/Родео 15 г &amp;#40;KDV&amp;#41; — 1 шт. 28. Конфета Французский десерт со вкусом клубники 22 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 29. Конфета Белкин лес 12,3 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 30. Конфета Дольче груша 12,5 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 31. Конфета Super с нугой и мягкой карамелью 40 г КДВ &amp;#40;KDV&amp;#41; — 1 шт. 32. Печенье-сэндвич Трио Джуниор с начинкой ванильный бум, 45 г &amp;#40;АО «Акконд»&amp;#41; — 1 шт. 33. Карамель леденцовая «Nanobons» 4 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. Итого сладостей 51 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной Конфета на момент фасовки набора. Замена Конфета происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016036</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/512/25rbll344nbsid57e5qxd6mlqrvepwrw.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;Русский кон к quot; 700 грамм, А25137</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника Русский конёк 700 г&amp;nbsp;&amp;nbsp;Подарочный набор «Русский конёк»- это яркая красочная упаковка с символом года, которую так захочется положить под ёлочку или вручить ребёнку от Деда Мороза. Внутри коробки — россыпь шоколадных и карамельных конфет, а также других сладостей, что обязательно порадует ребёнка и взрослого. Упаковка выполнена из прочного картона, что обеспечивает надёжную защиту содержимого и удобство при транспортировке.&amp;nbsp;&amp;nbsp;Размер упаковки: 16?9х24 см. Вес: 700 г. Вес упаковки: 100 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная в ассортименте 50 г &amp;#40;Тимоша&amp;#41; — 1 шт. 2. Конфета Шерил сливочный вкус 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 3. Конфета Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 4. Конфета Сказочная птица 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 5. Конфета Сладкая капля 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 1 шт. 6. Конфета Марсианка три шоколада 9 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 7. Конфета Марсианка Чизкейк 9 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 8. Конфета Sharlet трюфель 5,4 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 9. Конфета Bora-Bora лимон 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 10. Конфета Bora-Bora кокос 16 г &amp;#40;Сладкий орешек&amp;#41; — 1 шт. 11. Конфета Лукоморье Mini 20 г &amp;#40;Essen&amp;#41; — 1 шт. 12. Конфета Шокозаврики 37,6 г &amp;#40;Essen&amp;#41; — 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 14. Конфета Полюшко с вафлями 15 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 2 шт. 15. Конфета Фруктовый сад цитрон 15,1 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 16. Конфета Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 1 шт. 17. Конфета Морские просторы 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 18. Конфета Манёвр нуга с карамелью 32,5 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 19. Конфета Тёмная ночь 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 20. Конфета Melory лимонный курд — клубника 11 г &amp;#40;KDV&amp;#41; — 1 шт. 21. Конфета Белая черёмуха 15 г &amp;#40;KDV&amp;#41; — 1 шт. 22. Конфета глазированная мягкая карамель и нуга Rodeo/Родео 15 г &amp;#40;KDV&amp;#41; — 1 шт. 23. Конфета Французский десерт со вкусом клубники 22 г &amp;#40;Невский кондитер&amp;#41; — 1 шт. 24. Конфета Белкин лес 12,3 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 25. Конфета Дольче груша 12,5 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 26. Конфета Super с нугой и мягкой карамелью 40 г КДВ &amp;#40;KDV&amp;#41; — 1 шт. 27. Печенье-сэндвич Трио Джуниор с начинкой ванильный бум, 45 г &amp;#40;АО «Акконд»&amp;#41; — 1 шт. Итого сладостей 38 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной Конфета на момент фасовки набора. Замена Конфета происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016037</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ebd/1iyd9dpbgptp6yo4b2d9a6fe7ckv632q.png</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/78a/gwui097p6pl8jq6rtmplnedzweoiwu2l.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  quot;Сказочный конь quot; 1200 грамм, А25133</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Азбука Праздника Сказочный конь 1200 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Сказочный конь» — стильный тканевый рюкзачок с символом года — практичный подарок. Больше килограмма сладостей от лучших кондитерских фабрик, разных сортов и модный детский аксессуар, в который можно будет складывать фломастеры, книжки и любимые игрушки.&amp;nbsp;&amp;nbsp;Размер упаковки: 20?10?26 см. Вес: 1200 г. Вес упаковки: 300 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Марс Минис 14 г &amp;#40;Марс&amp;#41; — 1 шт. 2. Конфета Милки Вей Минис 12 г &amp;#40;Марс&amp;#41; — 1 шт. 3. Конфета Сникерс Минис 14 г &amp;#40;Марс&amp;#41; — 1 шт. 4. Батончик халва подсолнечная в ассортименте 50 г &amp;#40;Тимоша&amp;#41; — 2 шт. 5. Конфета Бельгийский десерт 23 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 6. Конфета Пломбирный восторг 14 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 7. Конфета Шерил сливочный вкус 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 8. Конфета Мама приехала 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 2 шт. 9. Конфета Щелкунчик с хрустящими вафлями 13 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 10. Конфета Маскарад 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 11. Конфета Сказочная птица 15 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 12. Конфета Сладкая капля 13 г &amp;#40;ПАО «Красный Октябрь»&amp;#41; — 2 шт. 13. Конфета «StandUp» 14 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 14. Конфета Марсианка три шоколада 9 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт 15. Конфета Pink Coconut 3 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 16. Конфета «Миллионер» 14 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 17. Конфета Марсианка Тирамису 9 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 18. Конфета Марсианка Чизкейк 9 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 19. Конфета Sharlet трюфель 5,4 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 20. Конфета Bora-Bora лимон 16 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 21. Конфета Bora-Bora кокос 16 г &amp;#40;Сладкий орешек&amp;#41; — 2 шт. 22. Конфета Лукоморье Mini 20 г &amp;#40;Essen&amp;#41; — 2 шт. 23. Десерт Чудо-Чудное с какао вишнёвый 15,5 г &amp;#40;Essen&amp;#41; — 2 шт. 24. Конфета Шокозаврики 37,6 г &amp;#40;Essen&amp;#41; — 2 шт. 25. Конфета Фруктовый сад цитрон 15,1 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 26. Конфета Красный Октябрь со вкусом шоколада 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 27. Конфета Морские просторы 14,9 г &amp;#40;Объединённые кондитеры&amp;#41; — 2 шт. 28. Конфета Манёвр нуга с карамелью 32,5 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 29. Карамель с соком и фруктово-ягодной начинкой ассорти 6 г &amp;#40;KDV&amp;#41; — 2 шт. 30. Конфета Тёмная ночь 20 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 31. Конфета Melory лимонный курд — клубника 11 г &amp;#40;KDV&amp;#41; — 2 шт. 32. Конфета Белая черёмуха 15 г &amp;#40;KDV&amp;#41; — 2 шт. 33. Конфета Французский десерт со вкусом клубники 22 г &amp;#40;Невский кондитер&amp;#41; — 2 шт. 34. Конфета Белкин лес 12,3 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 35. Конфета Дольче груша 12,5 г &amp;#40;Азовская КФ&amp;#41; — 2 шт. 36. Шоколад Мишки в лесу 30 г &amp;#40;ООО «Победа»&amp;#41; — 1 шт. 37. Печенье-сэндвич Трио Джуниор с начинкой ванильный бум, 45 г &amp;#40;АО «Акконд»&amp;#41; — 2 шт. Итого сладостей 70 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной Конфета на момент фасовки набора. Замена Конфета происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016040</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b24/h45hmnmq9vmgcocbuirdyy1huesqb2s0.png</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c4f/6gjagc769d9egefvn7tfubpu58pk57gw.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок MMs Friends Big Env NY 8x452g 520329</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок MMs Friends Big Env NY 8x452g 520329 Новогодний сладкий подарок M&amp;M’s &amp; Friends Big Envelop 452 г&amp;nbsp;&amp;nbsp;Подарочный набор M&amp;M’s &amp; Friends на Новый год — это праздничная посылка, наполненная радостью и волшебством для самого долгожданного праздника. В наборе представлены большой выбор сладостей от любимых брендов — M&amp;M’s, Snickers, Twix, Bounty, Milky Way, Skittles.&amp;nbsp;&amp;nbsp;— Упаковка, выполненная в форме большой праздничной посылки с любимыми героями M&amp;M’s добавляет новогоднего волшебства. — Удобный формат индивидуального подарка, который порадует каждого получателя. — Внутри вас ждут стикеры с героями M&amp;M’s и идеи активностей для новогодних каникул! — Подпишите сладкий подарок в специальном окошке на упаковке.&amp;nbsp;&amp;nbsp;Материал упаковки: картонная коробка. Размеры упаковки: 210?280?48 мм. Вес наполнения без упаковки: 452 г. Вес упаковки: 125 г. Срок годности от даты изготовления указан на упаковке и составляет 7 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Шоколадные хрустящие конфеты M&amp;M’s с арахисом &amp;#40;Mars Wrigley&amp;#41; 45 г — 1 шт. 2. Шоколадный батончик Snickers &amp;#40;Mars Wrigley&amp;#41; 50,5 г — 1 шт. 3. Шоколадный батончик Twix &amp;#40;Mars Wrigley&amp;#41; 55 г — 1 шт. 4. Шоколадные батончики Milky Way &amp;#40;Mars Wrigley&amp;#41; 26 г — 2 шт. 5. Шоколадные конфеты Snickers minis &amp;#40;Mars Wrigley&amp;#41; 15 г — 2 шт. 6. Шоколадные конфеты Twix minis &amp;#40;Mars Wrigley&amp;#41; 15 г — 2 шт. 7. Шоколадная конфета Bounty minis &amp;#40;Mars Wrigley&amp;#41; 11 г — 1 шт. 8. Шоколадные конфеты Milky Way minis &amp;#40;Mars Wrigley&amp;#41; 15 г — 2 шт. 9. Фруктовые драже Skittles &amp;#40;Mars Wrigley&amp;#41; 38 г — 4 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016043</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/058/km5e1ao9acpnlc8h5ovhautmdhfi2kpw.png</t>
-[...8 lines deleted...]
-    <t>1016044</t>
+    <t>http://anytos.ru//upload/iblock/04b/3ho3oeo373ehp92hks63u0elocwli0h2.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок  лочные игрушки Картон 500 грамм, K059</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Ёлочные игрушки 500 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Ёлочные игрушки» — сладости в красочной коробке, наполнят праздник радостью и детскими улыбками! Подарок, который станет украшением новогоднего стола.&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?15 см. Вес без упаковки: 500 г. Вес упаковки: 50 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 6. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 7. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 8. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 9. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 10. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 11. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 12. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 13. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 14. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 15. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 3 шт. 16. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 17. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016046</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/poko/"&gt;РОКО&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da9/6gfr3j6x9cr7k0zv56neorj1536q3dhd.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Аленка Веселые каникулы 1 701 арт.КО19986</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Аленка Весёлые каникулы 701 г&amp;nbsp;&amp;nbsp;Красочная упаковка в виде теремка, наполненная любимыми сладостями бренда «Алёнка». Подарок включает в себя разнообразие конфет, шоколада, бисквитов и карамели — идеальное угощение для поклонников сладких угощений. Производитель «Объединённые кондитеры».&amp;nbsp;&amp;nbsp;В упаковке 34 конфеты, среди которых: 1. Карамель «Алёнка микс вкусов» 6.8 г — 5 шт. 2. Конфеты «Алёнка крем-брюле овал» 14.7 г — 5 шт. 3. Конфеты «Алёнка крем-брюле купол» 11.5 г — 6 шт. 4. Вафельные конфеты «Алёнка с фундуком» 15 г — 3 шт. 5. Конфеты «Алёнка» 13.9 г — 5 шт. 6. Шоколад «Алёнка с начинкой варёная сгущёнка» 48 г — 1 шт. 7. Шоколад «Алёнка с начинкой вкус крем-брюле» 42 г — 1 шт. 8. Шоколад «Алёнка пористый» 90 г — 1 шт. 9. Вафли «Алёнка с молочной начинкой, орехами и какао» 20 г — 2 шт. 10. Вафли «Алёнка» 40 г — 1 шт. 11. Печенье «Алёнка вкус молоко» 30 г — 1 шт. 12. Пирожные бисквитные «Алёнка вкус варёная сгущёнка» 40 г — 1 шт. 13. Пирожные бисквитные «Алёнка» 40 г — 1 шт. 14. Пирожные бисквитные «Алёнка вкус Шоколадный крем» 40 г — 1 шт.&amp;nbsp;&amp;nbsp;Коробка упаковки выполнена из картона и имеет размер 205?145?280 мм. Вес без упаковки: 701 г. Вес упаковки 186 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Этот подарок станет ярким дополнением к новогодним праздникам, а разнообразие сладостей порадует всех сладкоежек.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a4/hzc0pna3kexpj8jkv10w24wktqkpa0qt.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Веселый праздник Картон 1000 грамм, K075</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Веселый праздник 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Весёлый праздник» это яркая картонная коробка с праздничным дизайном, наполненная 1000 граммами вкусных сладостей. Удобная и сказочная упаковка — отличный выбор для весёлого и вкусного праздника.&amp;nbsp;&amp;nbsp;Размер упаковки: 19?13?17 см. Вес без упаковки: 1000 г. Вес упаковки: 100 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c32/a8i77ftm652391g3an7ahn56yy8q2yoj.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Волшебный экспресс Туба 700 грамм, K007</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Волшебный экспресс 700 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Волшебный экспресс» — туба с набором сладких лакомств, созданных для тех, кто любит удивлять и радовать в Новый год!&amp;nbsp;&amp;nbsp;Размер упаковки: 8?8х24 см. Вес без упаковки: 700 г. Вес упаковки: 50 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Зернушка &amp;#40;Акконд&amp;#41; 15.4 г, 2 шт. 2. Конфета Хрустальное Озеро &amp;#40;Акконд&amp;#41; 18 г, 1 шт. 3. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 4. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 5. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 6. Конфета Лапки-царапки &amp;#40;Акконд&amp;#41; 15 г, 1 шт. 7. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 8. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 9. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 10. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 11. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 12. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 13. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 14. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 15. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 17. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 1 шт. 23. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 24. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 25. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 26. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт. 27. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/593/sww16ndfkbjwca23a12ud7tyq5i0r2zr.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Восторг Картон 700 грамм, K072</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Восторг 700 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Восторг» — компактная картонная коробка с изображением милых лошадок — идеальный выбор для сладкого новогоднего подарка! Удобная упаковка с милым дизайном легко переносится и создаёт атмосферу настоящего праздника.&amp;nbsp;&amp;nbsp;Размер упаковки: 15?9х28 см. Вес без упаковки: 700 г. Вес упаковки: 100 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Зернушка &amp;#40;Акконд&amp;#41; 15.4 г, 2 шт. 2. Конфета Хрустальное Озеро &amp;#40;Акконд&amp;#41; 18 г, 1 шт. 3. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 4. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 5. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 6. Конфета Лапки-царапки &amp;#40;Акконд&amp;#41; 15 г, 1 шт. 7. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 8. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 9. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 10. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 11. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 12. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 13. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 14. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 15. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 17. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 1 шт. 23. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 24. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 25. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 26. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт. 27. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e12/kti97r6e3tnai0mrudv6t5abs3egpo7u.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Грег 1 1000 г  стандарт , ПТ26-8ббс</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Ура!Подарки Грег 1000 г&amp;nbsp;&amp;nbsp;Подарок выполнен в виде мягкой игрушки из искусственного меха и текстильных материалов с элементами из пластмассы и металла. Внутри корпуса предусмотрен потайной карман на молнии, в котором размещается кондитерская начинка.&amp;nbsp;&amp;nbsp;Размер изделия составляет 310?190?180 мм. Дополнительно в комплект входит пакет. Вес сладкого набора без учёта упаковки — 1000 г, общий вес вместе с игрушкой — 1150 г. Срок годности от даты производства указан на упаковке и составляет 4 месяца.&amp;nbsp;&amp;nbsp;Состав кондитерского набора:&amp;nbsp;&amp;nbsp;— Картошка &amp;#40;Рот Фронт&amp;#41; 15 г — 1 шт. — Желейные барбарис &amp;#40;Красный Октябрь&amp;#41; 14 г — 1 шт. — Ёшкина коровка супер сгущёнкаёнка &amp;#40;Рот Фронт&amp;#41; 16 г — 1 шт. — Степ золотой &amp;#40;Славянка&amp;#41; 21 г — 2 шт. — Томилка &amp;#40;Акконд&amp;#41; 11 г — 1 шт. — Конфета Трио &amp;#40;Акконд&amp;#41; 19 г — 2 шт. — Трамвайчик &amp;#40;Акконд&amp;#41; 10 г — 2 шт. — Амбрель &amp;#40;Акконд&amp;#41; 23 г — 2 шт. — Прохлада &amp;#40;Акконд&amp;#41; 14 г — 2 шт. — Муррлинка со вкусом дыни и клубники &amp;#40;Акконд&amp;#41; 15 г — 2 шт. — Ореховые &amp;#40;Славянка&amp;#41; 13 г — 1 шт. — Toffee Premio &amp;#40;Красный Октябрь&amp;#41; 16 г — 2 шт. — Ярмила &amp;#40;Акконд&amp;#41; 15 г — 2 шт. — Степ десерт с печеньем &amp;#40;Славянка&amp;#41; 19 г — 2 шт. — Батончик &amp;#40;Рот Фронт&amp;#41; 14 г — 1 шт. — Лёвушка &amp;#40;Славянка&amp;#41; 14 г — 2 шт. — Фру 7 &amp;#40;в ассортименте&amp;#41; &amp;#40;Акконд&amp;#41; 10 г — 2 шт. — Медунок карамель, арахис и печенье &amp;#40;Славянка&amp;#41; 19 г — 2 шт. — Астрон нуга и карамель &amp;#40;Акконд&amp;#41; 19 г — 2 шт. — Халветта &amp;#40;Акконд&amp;#41; 13 г — 2 шт. — Отважный комарик &amp;#40;в ассортименте&amp;#41; &amp;#40;Акконд&amp;#41; 11 г — 2 шт. — Зачарованные &amp;#40;Акконд&amp;#41; 17 г — 2 шт. — Конфеты от Красули &amp;#40;Акконд&amp;#41; 13 г — 2 шт. — Голубкина весточка &amp;#40;Акконд&amp;#41; 15 г — 2 шт. — Золотая пора &amp;#40;Акконд&amp;#41; 13 г — 2 шт. — Капелька &amp;#40;в ассортименте&amp;#41; &amp;#40;Акконд&amp;#41; 9 г — 2 шт. — Лесной олень &amp;#40;Акконд&amp;#41; 15 г — 1 шт. — Молочная речка &amp;#40;в ассортименте&amp;#41; &amp;#40;Акконд&amp;#41; 9 г — 1 шт. — Мономикс &amp;#40;Акконд&amp;#41; 10 г — 2 шт. — Марс минис &amp;#40;Марс&amp;#41; 13 г — 1 шт. — Твикс минис &amp;#40;Марс&amp;#41; 9 г — 1 шт. — Птица Зимолюбка &amp;#40;Акконд&amp;#41; 32 г — 1 шт. — Зефир «Обожайка» &amp;#40;Пензенская КФ&amp;#41; 30 г — 1 шт. — Xrust&amp;Go &amp;#40;в ассортименте: кокос, арахис&amp;#41; &amp;#40;Коломенский&amp;#41; 30 г — 1 шт. — Фараделла &amp;#40;Акконд&amp;#41; 46 г — 1 шт. — Шоколадница &amp;#40;в ассортименте: кокос, арахис&amp;#41; &amp;#40;Коломенский&amp;#41; 15 г — 1 шт. — Мармелад &amp;#40;в ассортименте&amp;#41; &amp;#40;Славянка/Азовская КФ&amp;#41; 67 г — 1 шт. — Чувики жевательная конфета &amp;#40;Конфитрейд&amp;#41; 10 г — 1 шт. — Карамель на палочке &amp;#40;Конфитрейд&amp;#41; 11 г — 1 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016057</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ura-podarki/"&gt;Ура!Подарки&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfd/u8lfbkge5rcsdns2mvjuf3b7nj1hf45x.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок За сказками Мешок 1200 грамм, K010</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО За сказками 1200 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «За сказками» — вместительный мешок-рюкзак и сладкие лакомства. Идеальный подарок для тех, кто любит волшебство и приключения в Новый год!&amp;nbsp;&amp;nbsp;Размер упаковки: 36?26?15 см. Вес без упаковки: 1200 г. Вес упаковки: 100 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Печенье овсяное &amp;#40;Коломенское&amp;#41; 120 г, 1 шт. 2. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 3 шт. 3. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 4. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 5. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 6. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 7. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 8. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 9. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 10. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 11. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 12. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 13. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 14. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 15. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 17. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 18. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 19. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 20. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 21. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 22. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 23. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 24. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 25. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 26. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 27. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 28. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 29. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 2 шт. 30. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4f/9n2jjvykykg29jn9n5a14kdfjn3m2d4t.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Зверушки-игрушки Туба 300 грамм, K035</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Зверушки-игрушки 300 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок &amp;quot;Зверушки-игрушки&amp;quot;— сладкое лакомство в стильной тубе. Подарок, который принесёт радость и новогоднее настроение.&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?18 см. Вес без упаковки: 300 г. Вес упаковки: 120 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 1 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 6. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 1 шт. 7. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 1 шт. 8. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 9. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 10. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 1 шт. 11. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 12. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 1 шт. 13. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd4/2afh45flsj9n3c3j1jvvw1yil3bwtxbb.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Зимнее веселье Мешок 1000 грамм, K038</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Зимнее веселье 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Зимнее веселье» — целый килограмм сладких угощений для маленьких сладкоежек. Идеальный способ подарить детям улыбки и новогоднее волшебство.&amp;nbsp;&amp;nbsp;Размер упаковки: 20?15?30 см. Вес без упаковки: 1000 г. Вес упаковки: 40 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdb/k0gjvxkpzyiidhczkpi00ze1a5rszw36.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок И-го-гоша Туба 1000 грамм, K071</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО И-го-гоша 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «И-го-гоша» — яркая и оригинальная туба с забавным новогодним дизайном — идеальная упаковка для сладкого подарка! Удобная туба легко хранится и переносится, а её яркий рисунок подарит улыбки и веселье.&amp;nbsp;&amp;nbsp;Размер упаковки: 10?10?22 см. Вес без упаковки: 1000 г. Вес упаковки: 50 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36b/ldtpfcgari9iio3yij21e3gqlq6reg8z.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Ириска-Сахарок Картон 500 грамм, K052</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Ириска-Сахарок 500 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Ириска-Сахарок» — вкусный набор сладостей в удобной коробке. Идеальный сюрприз для маленьких сладкоежек в Новый год.&amp;nbsp;&amp;nbsp;Размер упаковки: 11?6x23 см. Вес без упаковки: 500 г. Вес упаковки: 40 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 6. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 7. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 8. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 9. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 10. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 11. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 12. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 13. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 14. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 15. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 3 шт. 16. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 17. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e1/zqggdjdq6pcm8pe01php2i3728fx22ta.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Киндер-куб Картон 300 грамм, K033</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Moroz.ru Киндер-куб 300 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Киндер-куб» — подарок для маленьких сладкоежек, которые любят новогодние чудеса и сладкие сюрпризы.&amp;nbsp;&amp;nbsp;Размер упаковки: 9?9х12 см. Вес без упаковки: 300 г. Вес упаковки: 40 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 1 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 6. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 1 шт. 7. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 1 шт. 8. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 9. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 10. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 1 шт. 11. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 12. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 1 шт. 13. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016077</t>
   </si>
   <si>
     <t>&lt;a href="/brands/moroz.ru/"&gt;Moroz.ru&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b0/bdq3vrvc077bgc3ge2u9hpyv9mi070xo.png</t>
-[...134 lines deleted...]
-    <t>1016055</t>
+    <t>http://anytos.ru//upload/iblock/ca7/2xxcuk6u2xcsqv2ga95x97hqjkztlq1h.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Конек Жесть 1000 грамм, K050</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Moroz.ru Конёк 1000 г &amp;#40;с брелком&amp;#41;&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Конёк» — красивая жестяная упаковка с набором сладких лакомств. Идеальный выбор для новогодних праздников и маленьких сладкоежек. Дополнительно в комплекте идёт ёлочная игрушка-брелок.&amp;nbsp;&amp;nbsp;Размер упаковки: 15?15?16 см. Вес без упаковки: 1000 г. Вес упаковки: 250 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Mars Minis &amp;#40;Mars&amp;#41; 14 г, 1 шт. 2. Конфета Milky Way Minis &amp;#40;Mars&amp;#41; 12 г, 1 шт. 3. Конфета Snickers Minis &amp;#40;Mars&amp;#41; 14 г, 1 шт. 4. Печенье овсяное &amp;#40;Коломенское&amp;#41; 120 г, 1 шт. 5. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 1 шт. 6. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 1 шт. 7. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 8. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 1 шт. 9. Конфета Полюшко с вафлями &amp;#40;ПАО «Красный Октябрь»&amp;#41; 15 гр., 2 шт. 10. Конфета Маска &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 11. Конфета Фонарики вкус варёная сгущёнка &amp;#40;ОБК&amp;#41; 11 г, 1 шт. 12. Конфета Семейка сов &amp;#40;ОБК&amp;#41; 10.3 г, 2 шт. 13. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 14. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 15. Конфета Лунная Соната &amp;#40;Эссен&amp;#41; 11.8 г, 1 шт. 16. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 17. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 18. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 19. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 20. Конфета Как Так с карамелью и кокосом &amp;#40;Эссен&amp;#41; 21.5 г, 1 шт. 21. Десерт Чудо-Чудное с какао вишнёвый &amp;#40;Эссен&amp;#41; 15.5 г, 1 шт. 22. Конфета Махеевъ ассорти конфет с джемом &amp;#40;Эссен&amp;#41; 13 г, 1 шт. 23. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 24. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 25. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 26. Конфета Очумелый шмелик микс &amp;#40;ОБК&amp;#41; 8 г, 2 шт. 27. Конфета Весна &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 28. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 29. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 30. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 31. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 32. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 1 шт. 33. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 1 шт. 34. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 1 шт. 35. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 1 шт. 36. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 37. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 38. Конфета Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 1 шт. 39. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. Итого: 51 штука.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df1/mh41ed0iw9lq4m7mjd5ehwqedejqcxxi.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Коняшка в шапочке Туба 300 грамм, K036</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Коняшка в шапочке 300 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Коняшка в шапочке» любимые лакоммства в тубе. Идеальный сюрприз, который создаст атмосферу праздника и улыбок у детей.&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?18 см. Вес без упаковки: 300 г. Вес упаковки: 120 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 1 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 6. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 1 шт. 7. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 1 шт. 8. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 9. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 10. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 1 шт. 11. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 12. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 1 шт. 13. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016080</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b65/rmopuj2twohbp6eq1ht5rn4737s5d390.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Кормушка с лошадками Картон 1000 грамм, K089</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Кормушка с лошадками 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Кормушка с лошадками» — не только красивая упаковка, но и оригинальный подарок! После того как дети насладятся вкусными конфетами, коробку можно превратить в настоящую кормушку для птиц — отличный способ продолжить праздник и заботиться о природе. Прочная и красивая коробка с милыми лошадками станет ярким украшением новогоднего стола и полезным сувениром.&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?22 см. Вес без упаковки: 1000 г. Вес упаковки: 100 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016081</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c10/v9jo7q984oy7gk25f7mf92bk5gxgmxfo.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Лесная загадка 1 1000 арт.ОК17340</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Объединённые кондитеры Лесная загадка 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Лесная загадка» — это крупная картонная коробка, наполненная более полусотней конфет, карамелек, шоколадок, вафель и зефира. Килограмм сладостей для тех, кто ценит разнообразие вкусов и хочет подарить настоящее праздничное настроение на Новый год. Производитель «Объединённые кондитеры».&amp;nbsp;&amp;nbsp;В упаковке 54 конфеты, среди которых:&amp;nbsp;&amp;nbsp;1. Карамель «Лимончики» 5.6 г — 3 шт.&amp;nbsp;&amp;nbsp;2. Карамель «Алёнка микс вкусов» 6.8 г — 3 шт.&amp;nbsp;&amp;nbsp;3. Карамель «Коровка» 6.8 г — 2 шт.&amp;nbsp;&amp;nbsp;4. Конфеты «Алёнка» 13.9 г — 2 шт.&amp;nbsp;&amp;nbsp;5. Конфеты «Бабаевские» 14.9 г — 2 шт.&amp;nbsp;&amp;nbsp;6. Конфеты «Кара кум» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;7. Конфеты «Маков цвет с воздушным рисом» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;8. Конфеты «Маскарад» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;9. Конфеты «Петушок масляна головушка» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;10. Конфеты «Чародейка с халвой» 17 г — 1 шт.&amp;nbsp;&amp;nbsp;11. Конфеты «Грильяжные Мягкий грильяж» 13.7 г — 2 шт.&amp;nbsp;&amp;nbsp;12. Конфеты «Ну ка отними шоколадный крем» 10.4 г — 2 шт.&amp;nbsp;&amp;nbsp;13. Вафельные конфеты «Мореход» 55 г — 2 шт.&amp;nbsp;&amp;nbsp;14. Конфеты «Озорной мишка со вкусом пломбира» 55 г — 2 шт.&amp;nbsp;&amp;nbsp;15. Вафельные конфеты «Коровка Молочная» 20 г — 3 шт.&amp;nbsp;&amp;nbsp;16. Вафельные конфеты «Артек» 20 г — 2 шт.&amp;nbsp;&amp;nbsp;17. Конфеты «Красный Октябрь со вкусом шоколада» 14.9 г — 2 шт.&amp;nbsp;&amp;nbsp;18. Конфеты «Красный Октябрь с ванильно-сливочным вкусом» 14.9 г — 2 шт.&amp;nbsp;&amp;nbsp;19. Конфеты «Мишка детям» 14.9 г — 2 шт.&amp;nbsp;&amp;nbsp;20. Конфеты «Ромашка сормовская» 14.9 г — 2 шт.&amp;nbsp;&amp;nbsp;21. Конфеты «Матрёшка с печеньем» 13.5 г — 3 шт.&amp;nbsp;&amp;nbsp;22. Конфеты «Трюфели Сормовские» 14 г — 2 шт.&amp;nbsp;&amp;nbsp;23. Батончики «Рот Фронт» 14 г — 2 шт.&amp;nbsp;&amp;nbsp;24. Шоколад «Сказка молочный» 15 г — 1 шт.&amp;nbsp;&amp;nbsp;25. Шоколад «Сказка молочный со взрывной карамелью» 15 г — 1 шт.&amp;nbsp;&amp;nbsp;26. Вафли «Коровка с шоколадной начинкой» 75 г — 1 шт.&amp;nbsp;&amp;nbsp;27. Зефир «Обожайка вкус ванильный глазированный флоупак» 33 г — 2 шт.&amp;nbsp;&amp;nbsp;Коробка упаковки выполнена из картона и имеет размер 250?235?150 мм.&amp;nbsp;&amp;nbsp;Вес без упаковки: 1000 г. Вес упаковки: 12 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Этот подарок идеально подходит для того, чтобы удивить и порадовать близких сладким и разнообразным набором конфет и других лакомств.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора.&amp;nbsp;&amp;nbsp;Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016085</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/obedinenie-konditeri/"&gt;Объединенные кондитеры&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89a/c5pk18pa561rhsm1m8h61a122w4xess7.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Лошадка Сказка Игрушка 1000 грамм, K079</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Лошадка Сказка 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Лошадка Сказка» — новогодний подарок игрушка-конфетница в форме лошадки! Яркая и симпатичная лошадка станет не только красивым украшением праздника, но и вместительной коробкой для 1000 грамм вкусных конфет. Такой подарок подарит ребёнку и сладкое удовольствие, и забавную игрушку, которая долго будет радовать после праздников.&amp;nbsp;&amp;nbsp;Размер упаковки: 28?17?17 см. Вес без упаковки: 1000 г. Вес упаковки: 160 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016097</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/090/tlb82m1efbpdqgb87hy124r5u8icfaih.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Марк и Няша Картон 1000 грамм, K086</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Марк и Няша 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Марк и Няша» — яркая картонная коробка с весёлым зимним сюжетом — лошадки Марк и Няша мчаться на сноуборде сквозь снежные просторы! Такой необычный и запоминающийся дизайн точно привлечёт внимание детей и создаст праздничное настроение. Удобная и прочная упаковка идеально подойдёт для подарка под ёлку.&amp;nbsp;&amp;nbsp;Размер упаковки: 17?7х25 см. Вес без упаковки: 1000 г. Вес упаковки: 100 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b4/l2ou9ydh7nn6a5a3vjgckna5t1eklvoy.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Маска 1 701 арт.ВО18747</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Объединенные кондитеры Маска 701 г&amp;nbsp;&amp;nbsp;Увесистый картонный сундучок с изображением символа года, который дополнен картонной маской, легко вырезаемой по линиям на упаковке. Подарок включает в себя разнообразные сладости, которые будут радовать как детей, так и взрослых, а также подарит увлекательное занятие по созданию маски. Производитель «Объединённые кондитеры».&amp;nbsp;&amp;nbsp;В упаковке 49 конфет, среди которых: 1. Карамель «Лакомка вкус Варёная сгущёнка» 4.9 г — 4 шт. 2. Карамель «Лакомка вкус Взбитые сливки» 4.9 г — 4 шт. 3. Конфеты «Ну ка отними вкус шоколадный крем» 10.4 г — 2 шт. 4. Конфеты «Фонарики вкус варёная сгущёнка» 10.4 г — 2 шт. 5. Конфеты «Нива» 14.7 г — 2 шт. 6. Конфеты «Бабаевские шоколадный вкус» 13.9 г — 2 шт. 7. Конфеты «Мишка косолапый» 13.9 г — 2 шт. 8. Конфеты «Кара Кум» 14.8 г — 2 шт. 9. Конфеты Mega Drive 35 г — 3 шт. 10. Конфеты «Наслаждение с мягкой карамелью» 22.7 г — 3 шт. 11. Вафельные конфеты «Алёнка с фундуком» 15 г — 1 шт. 12. Вафельные конфеты «Коровка Молочная» 13.3 г — 1 шт. 13. Желейные конфеты со вкусом чёрной смородины 15.4 г — 2 шт. 14. Желейные конфеты со вкусом клубники 15.4 г — 2 шт. 15. Конфеты «Toffee De Luxe вкус шоколада» 8.3 г — 2 шт. 16. Вафли «Тигрёнок» 14 г — 1 шт. 17. Конфеты «Toffee De Luxe классик» 8.3 г — 2 шт. 18. Конфеты «Тамбовский волк» 16 г — 2 шт. 19. Батончики «Рот Фронт» 15.4 г — 3 шт. 20. Конфеты «Сказка Фея вкус Земляника» 9.1 г — 1 шт. 21. Конфеты «Сказка Фея вкус Инжир» 9.1 г — 1 шт. 22. Конфеты «Сказка Фея вкус Крыжовник» 9.1 г — 1 шт. 23. Шоколад «Алёнка» 20 г — 1 шт. 24. Шоколад «Алёнка молочный с начинкой с клубничной нугой» 20 г — 2 шт. 25. Вафельные пирожные «Лакомка вкус Карамельные сливки» 30 г — 1 шт.&amp;nbsp;&amp;nbsp;Коробка упаковки выполнена из картона и имеет размер 100?235?170 мм. Вес без упаковки: 701 г. Вес упаковки: 399 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Подарок станет настоящим украшением новогоднего стола, предлагая не только сладости, но и увлекательное занятие для ребёнка.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a9/i28dc2hknstn3lrlt89u53thb6bnkv27.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Ну, погоди  Картон 500 грамм, K065</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Moroz.ru Ну, погоди! 500 г &amp;#40;с брелком&amp;#41;&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Ну, погоди!» — яркая картонная коробка с любимыми героями — отличный выбор для сладкого новогоднего подарка! Компактная и удобная упаковка станет замечательным сюрпризом под ёлку. Дополнительно в комплекте идёт ёлочная игрушка-брелок.&amp;nbsp;&amp;nbsp;Размер упаковки: 30?6?12 см. Вес без упаковки: 500 г. Вес упаковки: 50 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Mars Minis &amp;#40;Mars&amp;#41; 14 г, 1 шт. 2. Конфета Milky Way Minis &amp;#40;Mars&amp;#41; 12 г, 1 шт. 3. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 1 шт. 4. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 1 шт. 5. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 1 шт. 6. Конфета Маска &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Лунная Соната &amp;#40;Эссен&amp;#41; 11.8 г, 1 шт. 9. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 10. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 11. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 12. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 13. Десерт Чудо-Чудное с какао вишнёвый &amp;#40;Эссен&amp;#41; 15.5 г, 1 шт. 14. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 2 шт. 15. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 16. Конфета Весна &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 17. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 1 шт. 18. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 1 шт. 19. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 1 шт. 20. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 21. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 1 шт. 22. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 1 шт. 23. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 1 шт. 24. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 25. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 1 шт. 26. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 1 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ce/6cste6blapgdt1mmgx2j78v0c6ctbz7m.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Оливия и Оливер Картон 500 грамм, K053</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Оливия и Оливер 500 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Оливия и Оливер» — вкусные сладости и яркая упаковка, создают атмосферу тепла и радости. Идеальный сюрприз для детей.&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?18 см. Вес без упаковки: 500 г. Вес упаковки: 50 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 6. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 7. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 8. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 9. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 10. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 11. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 12. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 13. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 14. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 15. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 3 шт. 16. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 17. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b77/iyjgxwfkp3a1sjf8zy12f20ctp4t7jx0.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Подушка-лошадка Подушка 1000 грамм, K040</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Подушка-лошадка 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Подушка-лошадка» сочетание мягкости и сладости в одном наборе. Прекрасный вариант, чтобы порадовать ребёнка в Новый год.&amp;nbsp;&amp;nbsp;Размер упаковки: 20?8х20 см. Вес без упаковки: 1000 г. Вес упаковки: 100 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83c/uyejipu9wwcj88xkdoy9xeoboxv22sfo.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Посылка Гномы Фанера 500 грамм, K003</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Посылка гномы 500 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Посылка гномы» в стильной шкатулке и любимыми сладостями, которые подарят тепло и радость в новогодние дни.&amp;nbsp;&amp;nbsp;Размер упаковки: 18?14?10 см. Вес без упаковки: 500 г. Вес упаковки: 285 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 6. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 7. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 8. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 9. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 10. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 11. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 12. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 13. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 14. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 15. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 3 шт. 16. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 17. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4cb/dzeas6e5l3wdssoknyi8nfceru2lfbme.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Посылка из леса Фанера 1000 грамм, K074</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Посылка из леса 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Посылка из леса» — стильная фанерная коробка с ярким рисунком и весёлыми персонажами — это не просто упаковка, а настоящий новогодний сувенир! Такая оригинальная упаковка станет прекрасным дополнением праздничного настроения и будет долго радовать своей красотой.&amp;nbsp;&amp;nbsp;Размер упаковки: 22?17?12 см. Вес без упаковки: 1000 г. Вес упаковки: 525 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b88/3qtganxi0lzh4uhom0osf74wbfv84u8x.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Почтальон Снеговик Туба 1000 грамм, K017</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Почтальон снеговик 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Почтальон снеговик» — туба с любимыми детскими сладостями. Весёлый Снеговик спешит доставить праздник прямо в руки маленьким сладкоежкам!&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?22 см. Вес без упаковки: 1000 г. Вес упаковки: 120 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Конфета Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efa/suwpitigtxeg7lkydpoqzwemjbis4jcj.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Рыжик Рюкзак 1200 грамм, K085</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок РОКО Рыжик 1200 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Рыжик» — удобный рюкзак с изображением милого рыжего жеребёнка — не просто упаковка, а настоящий новогодний подарок! После того как сладости съедят, рюкзак станет любимым аксессуаром для прогулок, игр или хранения вещей — лёгкий, прочный и очень красивый.&amp;nbsp;&amp;nbsp;Размер упаковки: 17?25?11 см. Вес без упаковки: 1200 г. Вес упаковки: 150 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Печенье овсяное &amp;#40;Коломенское&amp;#41; 120 г, 1 шт. 2. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 3 шт. 3. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 4. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 5. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 6. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 7. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 8. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 9. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 10. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 11. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 12. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 13. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 14. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 15. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 17. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 18. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 19. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 20. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 21. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 22. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 23. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 24. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 25. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 26. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 27. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 28. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 29. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 2 шт. 30. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e08/fenuzqpe5slhexocde0gnfegtc5qk548.png</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Сказочный карнавал 624г, РФ24431</t>
+  </si>
+  <si>
+    <t>Новогодний сладкий подарок Рот Фронт Сказочный карнавал 624 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Сказочный карнавал» — это красочная картонная упаковка, наполненная разнообразными сладостями. Подарок станет настоящим сюрпризом для детей и отличным дополнением к новогоднему настроению для взрослых. Производитель «Объединённые кондитеры».&amp;nbsp;&amp;nbsp;В упаковке 46 конфет, среди которых: 1. Конфеты «Буретник» 14.7 г — 2 шт. 2. Конфеты «Бабаевские шоколадный вкус» 13.9 г — 2 шт. 3. Конфеты «Кара Кум» 14.8 г — 1 шт. 4. Конфеты «Ласточка» 14.7 г — 2 шт. 5. Конфеты «Мама приехала» 13 г — 2 шт. 6. Конфеты «Мишка косолапый с ореховой начинкой и орехами» 11.2 г — 3 шт. 7. Конфеты «Мишка косолапый» 13.9 г — 2 шт. 8. Желейные конфеты со вкусом апельсина 14.3 г — 2 шт. 9. Желейные конфеты барбарисового вкуса 14.3 г — 2 шт. 10. Желейные конфеты со вкусом клубники со сливками 14.3 г — 2 шт. 11. Конфеты «Очумелый шмелик микс» 8 г — 4 шт. 12. Конфеты «Ну ка отними вкус шоколадный крем» 10.4 г — 5 шт. 13. Батончики «Рот Фронт» 15.1 г — 1 шт. 14. Батончики «Рот Фронт шоколадно-сливочный вкус» 14.9 г — 2 шт. 15. Вафельные конфеты «Коровка вкус Шоколад» 13.3 г — 2 шт. 16. Вафельные конфеты «Коровка Молочная» 13.3 г — 2 шт. 17. Конфеты «Фонарики вкус варёная сгущёнка» 10.4 г — 3 шт. 18. Шоколад «Алёнка с начинкой варёная сгущёнка» 48 г — 1 шт. 19. Конфеты «Цитрон» 14.7 г — 2 шт. 20. Конфеты «Киви» 14.7 г — 2 шт. 21. Конфеты «Морские» 14.7 г — 2 шт.&amp;nbsp;&amp;nbsp;Коробка упаковки выполнена из картона и имеет размер 100?100?300 мм. Вес без упаковки: 624 г. Вес упаковки: 24 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Подарок станет отличным выбором для тех, кто ищет сладости для детей и взрослых, создавая новогоднее чудо с каждым угощением.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
+  </si>
+  <si>
+    <t>1016136</t>
   </si>
   <si>
     <t>&lt;a href="/brands/rot-front/"&gt;Рот Фронт&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/593/sww16ndfkbjwca23a12ud7tyq5i0r2zr.png</t>
-[...973 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8cb/eybu1kbpw8fzpm8nl51kd00z7830njbg.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Сказочный мешочек Мешок 1200 грамм, K084</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок РОКО Сказочный мешочек 1200 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Сказочный мешочек» — удобный мешок для обуви с новогодним дизайном — стильная и практичная упаковка для сладкого подарка! После праздников мешок можно использовать по прямому назначению — для хранения обуви или других вещей.&amp;nbsp;&amp;nbsp;Размер упаковки: 30?30?12 см. Вес без упаковки: 1200 г. Вес упаковки: 75 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Печенье овсяное &amp;#40;Коломенское&amp;#41; 120 г, 1 шт. 2. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 3 шт. 3. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 4. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 5. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 6. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 7. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 8. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 9. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 10. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 11. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 12. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 13. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 14. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 15. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 17. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 18. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 19. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 20. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 21. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 22. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 23. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 24. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 25. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 26. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 27. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 28. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 29. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 2 шт. 30. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1c/06gfaacrlcacrjhcgdr7sammwtqxv14c.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Сладкая почта Мешок 500 грамм, K037</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок РОКО Сладкая почта 500 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Сладкая почта» — мешочек полный любимых сладких угощений для маленьких сладкоежек. Настоящее волшебство от Деда Мороза.&amp;nbsp;&amp;nbsp;Размер упаковки: 20?10?30 см. Вес без упаковки: 500 г. Вес упаковки: 40 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 6. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 7. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 8. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 9. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 10. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 11. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 12. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 13. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 14. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 15. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 3 шт. 16. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 17. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016138</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/158/7wficzetitaq1vipidd0ww0tao28fvhh.png</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/85f/wz5zs5ij66e7laamqg6hs78hevfu4qtt.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Сладкий сувенир Картон 1000 грамм, K088</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок РОКО Сладкий сувенир картон 1000 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Сладкий сувенир» — яркая и стильная картонная коробка в форме уютного домика — настоящий символ домашнего тепла и новогоднего волшебства! Оригинальная и удобная упаковка понравится детям и станет запоминающимся новогодним сюрпризом.&amp;nbsp;&amp;nbsp;Размер упаковки: 15?8х30 см. Вес без упаковки: 1000 г. Вес упаковки: 100 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Батончик халва подсолнечная &amp;#40;Тимоша&amp;#41; 50 г, 2 шт. 2. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 3. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 4. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 5. Карамель Кремка со вкусом клубники и сливок KDV 6 г, 2 шт. 6. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 7. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 8. Конфета Bora-Bora кокос &amp;#40;Сладкий орешек&amp;#41; 16 г, 1 шт. 9. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 10. Конфета Ёшкина коровка супер сгущёнка &amp;#40;ПАО Красный Октябрь&amp;#41; 17 г, 1 шт. 11. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 12. Конфета Шокозаврики &amp;#40;Эссен&amp;#41; 37.6 г, 1 шт. 13. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 14. Конфета Переменка &amp;#40;ОБК&amp;#41; 15 г, 3 шт. 15. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 16. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 17. Конфета Морские Просторы &amp;#40;ОБК&amp;#41; 14.9 г, 2 шт. 18. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 19. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 4 шт. 20. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 21. Конфета «Глэйс» со вкусом кокосовых сливок &amp;#40;KDV&amp;#41; 11 г, 2 шт. 22. Конфета Белая черёмуха &amp;#40;KDV&amp;#41; 15 г, 2 шт. 23. Конфета Волшебная лампа &amp;#40;НК&amp;#41; 16 г, 2 шт. 24. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 3 шт. 25. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 2 шт. 26. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 27. Super с нугой и мягкой карамелью &amp;#40;KDV&amp;#41; 41 г, 2 шт. 28. Печенье-сэндвич Трио Джуниор с начинкой &amp;#40;Акконд&amp;#41; 45 г, 1 шт. 29. Карамель леденцовая NanoBons &amp;#40;Азовская КФ&amp;#41; 4 г, 3 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016141</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/053/el5nbxcadk4nuecv7w3vvihwopip10yv.png</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4a8/1fdi2ztg2m5ozp2z9box9iamz70yco6c.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Счастливчик Картон 500 грамм, K062</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок РОКО Счастливчик 500 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «Счастливчик» — любимые сладости в удобной и красочной упаковке, наполнят праздник светом, улыбками и теплом.&amp;nbsp;&amp;nbsp;Размер упаковки: 15?8х15 см. Вес без упаковки: 500 г. Вес упаковки: 50 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 6. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 7. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 8. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 9. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 10. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 11. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 12. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 13. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 14. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 15. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 3 шт. 16. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 17. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016146</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc5/5eloww6hk5qozzq0n24lyxp0m3p1rwm6.png</t>
-[...61 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/38b/hjbh1ih1ahryx6cuzld05spjq0zxztvn.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок У камина Туба 500 грамм, K047</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок РОКО У камина 500 г&amp;nbsp;&amp;nbsp;Новогодний сладкий подарок «У камина» — любимые лакомства в удобной тубе. Подарок, который согреет сердце и наполнит дом ароматом праздника.&amp;nbsp;&amp;nbsp;Размер упаковки: 12?12?12 см. Вес без упаковки: 500 г. Вес упаковки: 120 г.&amp;nbsp;&amp;nbsp;Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Конфета Бельгийский десерт &amp;#40;НК&amp;#41; 23 г, 2 шт. 2. Конфета Пломбирный восторг &amp;#40;Азовская КФ&amp;#41; 14 г, 2 шт. 3. Конфета Шерил сливочный вкус &amp;#40;НК&amp;#41; 20 г, 2 шт. 4. Конфета Сказочная птица &amp;#40;ОБК&amp;#41; 15 г, 1 шт. 5. Конфета Марсианка Чизкейк &amp;#40;Сладкий орешек&amp;#41; 9 г, 1 шт. 6. Конфета Moda Moscow &amp;#40;Сладкий орешек&amp;#41; 12 г, 1 шт. 7. Конфета Лукоморье Mini &amp;#40;Эссен&amp;#41; 20 г, 1 шт. 8. Конфета Ромашки лютики глазированные кондитерской глазурью &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 9. Конфета Неженка вкус Экзотика &amp;#40;ОБК&amp;#41; 15 г, 2 шт. 10. Конфета Фруктовый Сад цитрон &amp;#40;ОБК&amp;#41; 15.1 г, 2 шт. 11. Конфета Маневр нуга с карамелью &amp;#40;НК&amp;#41; 32.5 г, 2 шт. 12. Конфета Nessy &amp;#40;KDV&amp;#41; 10.5 г, 2 шт. 13. Конфета Тёмная ночь &amp;#40;НК&amp;#41; 20 г, 2 шт. 14. Конфета Французский десерт &amp;#40;НК&amp;#41; 22 г, 2 шт. 15. Конфета Белкин лес &amp;#40;Азовская КФ&amp;#41; 12.3 г, 3 шт. 16. Конфета Дольче груша &amp;#40;Азовская КФ&amp;#41; 12.5 г, 2 шт. 17. Карамель Вита&amp;#43;Мини микс &amp;#40;Акконд&amp;#41; 5.5 г, 2 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016152</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e41/e5w42ibxuoc4tpfrwxbtj3d1cgvh3eks.png</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8e7/8izhgij7x56dxn9aleukmw3zv9ngmfm0.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Чемпион 1 1000 арт.ОК22397</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок Объединённые кондитеры Чемпион 1000 г&amp;nbsp;&amp;nbsp;Стильный текстильный рюкзачок, наполненный разнообразными сладостями. Подарок весом 1000 г идеально подходит как для детей, так и для взрослых, а его практичный дизайн позволяет использовать рюкзачок для хранения игрушек, фломастеров и других мелочей. Производитель «Объединённые кондитеры».&amp;nbsp;&amp;nbsp;В упаковке 65 конфет, среди которых:&amp;nbsp;&amp;nbsp;1. Карамель «Слива» 6.8 г — 3 шт.&amp;nbsp;&amp;nbsp;2. Карамель «Алёнка микс вкусов» 6.8 г — 2 шт.&amp;nbsp;&amp;nbsp;3. Карамель «Коровка» 6.8 г — 3 шт.&amp;nbsp;&amp;nbsp;4. Ирис «Сказка Золотой ключик» 5 г — 2 шт.&amp;nbsp;&amp;nbsp;5. Конфеты «Бабаевские шоколадный вкус» 13.9 г — 1 шт.&amp;nbsp;&amp;nbsp;6. Конфеты «Мишка Косолапый Медовый грильяж» 13.7 г — 1 шт.&amp;nbsp;&amp;nbsp;7. Конфеты «Восточный грильяж» 13.3 г — 1 шт.&amp;nbsp;&amp;nbsp;8. Батончики «Рот Фронт» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;9. Конфеты «Щелкунчик с хрустящими вафлями» 13 г — 3 шт.&amp;nbsp;&amp;nbsp;10. Конфеты «Нива с вафельной крошкой» 14.5 г — 2 шт.&amp;nbsp;&amp;nbsp;11. Конфеты «Петушок масляна головушка» 15 г — 1 шт.&amp;nbsp;&amp;nbsp;12. Конфеты «Ласточка Вестница весны» 15 г — 3 шт.&amp;nbsp;&amp;nbsp;13. Конфеты «Пилот» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;14. Конфеты «Ромашка» 15 г — 3 шт.&amp;nbsp;&amp;nbsp;15. Конфеты «Полюшко с халвой» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;16. Конфеты «Весна» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;17. Конфеты «Маска» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;18. Конфеты «Щелкунчик Экстра» 13 г — 2 шт.&amp;nbsp;&amp;nbsp;19. Конфеты «Маскарад» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;20. Конфеты «Маков цвет» 15 г — 2 шт.&amp;nbsp;&amp;nbsp;21. Конфеты «Буревестник» 15 г — 3 шт.&amp;nbsp;&amp;nbsp;22. Конфеты «Степашка» 15 г — 3 шт.&amp;nbsp;&amp;nbsp;23. Конфеты «Ну ка отними вкус шоколадный крем» 10.4 г — 2 шт.&amp;nbsp;&amp;nbsp;24. Конфеты «Семейка сов» 10.4 г — 2 шт.&amp;nbsp;&amp;nbsp;25. Конфеты «Фонарики вкус варёная сгущёнка» 10.4 г — 3 шт.&amp;nbsp;&amp;nbsp;26. Вафельные конфеты «Коровка Молочная» 13.3 г — 3 шт.&amp;nbsp;&amp;nbsp;27. Вафельные конфеты «Коровка вкус Шоколад» 13.3 г — 3 шт.&amp;nbsp;&amp;nbsp;28. Шоколад «Алёнка» 20 г — 1 шт.&amp;nbsp;&amp;nbsp;29. Шоколад «Алёнка с начинкой варёная сгущёнка» 48 г — 1 шт.&amp;nbsp;&amp;nbsp;30. Пряник «Тульский пряник смородина» 45 г — 1 шт.&amp;nbsp;&amp;nbsp;31. Вафли «Артек плюс фас» 100 г — 1 шт.&amp;nbsp;&amp;nbsp;32. Зефир «Обожайка глазированный флоупак» 30 г — 1 шт.&amp;nbsp;&amp;nbsp;Рюкзак упаковки выполнен из текстиля и имеет размер 200?50?280 мм. Вес без упаковки: 1000 г.&amp;nbsp;&amp;nbsp;Вес упаковки 130 г. Срок годности от даты производства указан на упаковке и составляет 6 месяцев.&amp;nbsp;&amp;nbsp;Этот подарок станет отличным выбором для сладкоежек и оригинальным аксессуаром для хранения мелочей, создавая атмосферу праздника и удовольствия.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016155</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea5/m00xz4n12vaf6btxuzu0vtnolpww1yz8.png</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1e3/n2sehiamifzz4x1x0rdj4d3ld3t7yz4l.png</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок  MMs Friends Sleigh NY 13x222g 520350</t>
   </si>
   <si>
     <t>Новогодний сладкий подарок M&amp;M’s &amp; Friends Sleigh 222 г&amp;nbsp;&amp;nbsp;Подарочный набор M&amp;M’s &amp; Friends на Новый год — это новогодний подарок, который представлен в яркой упаковке в виде саней Деда Мороза, что сразу привлекает внимание и создаёт праздничное настроение. В наборе представлены любимые бренды — M&amp;M’s, Twix, Milky Way, Skittles.&amp;nbsp;&amp;nbsp;— Упаковка, выполненная в форме санок Деда Мороза с любимыми героями M&amp;M’s, станет настоящим украшением вашего новогоднего стола. — Удобный формат индивидуального подарка, который удивит и порадует близких в самый волшебный момент года. — Онлайн-игра внутри! Сканируй QR-код, погружайся в захватывающие уровни и помоги героям M&amp;M’s спасти Новый год.&amp;nbsp;&amp;nbsp;Материал упаковки: картонная коробка. Размеры упаковки: 225?258?27 мм. Вес наполнения без упаковки: 222 г. Вес упаковки: 58 г. Срок годности от даты изготовления указан на упаковке и составляет 7 месяцев.&amp;nbsp;&amp;nbsp;Состав кондитерского набора: 1. Шоколадные хрустящие конфеты M&amp;M’s с арахисом 45г — 1 шт. 2. Шоколадный батончик Twix 55 гр — 1 шт. 3. Шоколадный батончик Milky Way 26 гр — 1 шт. 4. Шоколадная конфета Milky Way minis 11 г — 1 шт. 5. Фруктовые драже Skittles 15г — 1 шт. 6. Фруктовые драже Skittles 70г — 1 шт.&amp;nbsp;&amp;nbsp;Внимание! Состав конфет в наборе может быть заменён на аналогичные позиции, в случае отсутствия у фабрики указанной конфеты на момент фасовки набора. Замена конфеты происходит с сохранением категории, ценового сегмента и вкусовых характеристик.</t>
   </si>
   <si>
     <t>1016158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbe/ogycoewhuy549k22c4cm8b7iu6gk3scx.jpg</t>
+  </si>
+  <si>
+    <t>Сказочное Путешествие</t>
+  </si>
+  <si>
+    <t>Состав набора: 1 Вложение Игрушка-декорация для декупажа Лошадка-Качалка 1 шт. 2 Десерт Аленка с начинкой вкус шоколад 1 шт. 3 Десерт глазированный с арахисом КОРОЛЕВСКИЙ ВЫБОР 1 шт. 4 Десерт МИНИ с карамелью BON BONEL 1 шт. 5 Десерт Суфаэль 1 шт. 6 Зефир французский Жаклин со вкусом клубники со сливками 1 шт. 7 К-ты Ассорти Славянка Люкс 1 шт. 8 Конфета &amp;quot;Коффано&amp;quot; &amp;quot;ТИРАМИСУ 1 шт. 9 Конфета FruitStory Ананас в шоколадной глазури 1 шт. 10 Конфета Абрикос в шоколаде 1 шт. 11 Конфета Аленка крем-брюле купол 1 шт. 12 Конфета Батончики Ореховая роща 1 шт. 13 Конфета Баунти минис Марс 1 шт. 14 Конфета Вдохновение с миндальным кремом и целым миндалем 1 шт. 15 Конфета Восточный грильяж 1 шт. 16 Конфета Звездный дождь 1 шт. 17 Конфета Калинка с малиной и орехами 1 шт. 18 Конфета Кот в сапогах 1 шт. 19 Конфета Маленькое чудо кокосовое 1 шт. 20 Конфета Мама приехала 1 шт. 21 Конфета Марс минис Марс 1 шт. 22 Конфета Мартелетто со вкусом апельсин-черная смородина 1 шт. 23 Конфета Маска 1 шт. 24 Конфета Натс мини 1 шт. 25 Конфета Нива с вафельной крошкой 1 шт. 26 Конфета Огни Москвы 1 шт. 27 Конфета Птичье молоко сливочно-ванильные укрупненные 1 шт. 28 Конфета Раффаэлло 1 шт. 29 Конфета Сникерс минис Марс 1 шт. 30 Конфета Твикс минис Марс 1 шт. 31 Конфета Финик в бело-темной шоколадной глазури 1 шт. 32 Конфета Хрустальное озеро 1 шт. 33 Конфета Царское лакомство 1 шт. 34 Конфета Чернослив в шоколадной глазури 1 шт. 35 Конфета Чио Рио 1 шт. 36 Конфеты Бабаевские оригинальные 1 шт. 37 Конфеты Вечерний звон 1 шт. 38 Конфеты Замоскворечье 1 шт. 39 Конфеты Малена карамелизированное молоко 1 шт. 40 Конфеты Метелица сказочника 1 шт. 41 Конфеты Мишка косолапый медовый грильяж 1 шт. 42 Конфеты Наслаждение с мягкой карамелью 1 шт. 43 Пирожное Аленка шоколадный крем 1 шт. 44 Твикс батончик 55г 1 шт. 45 Халва в шоколаде 1 шт. 46 Шоколад Аленка молочный с начинкой с клубничной нугой 20 гр 1 шт. 47 Шоколад молочный MILKA 80гр 1 шт.</t>
+  </si>
+  <si>
+    <t>1017247</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/moskonditer/"&gt;Москондитер&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47b/h72ag1l3t1njvgq3otfslunnhf4hfhu4.jpg</t>
+  </si>
+  <si>
+    <t>Снежный экспресс</t>
+  </si>
+  <si>
+    <t>Состав набора: 1 Вафля в молочной шоколадной глазури 40г Yota! 1 шт. 2 Батончик Левушка детям конфеты глазированные с суфле и карамелью 1 шт. 3 Батончик ХРУТКА 27 гр 1 шт. 4 Вложение Игрушка Лошадка-Качалка 1 шт. 5 Десерт МИНИ с карамелью BON BONEL 1 шт. 6 Десерт Суфаэль 1 шт. 7 Драже М&amp;М’S шоколад 1 шт. 8 Зефир Лянеж с ароматом клубники 28 г неглаз. &amp;#40;Лошадка&amp;#41; 1 шт. 9 Ирис Кис-Кис с молочным вкусом и арахисом 1 шт. 10 Карамель леденцовая на палочке Чупа Чупс со вкусом фрукты кола 1 шт. 11 Конфета &amp;quot;УМИ&amp;quot; со вкусом малины 1 шт. 12 Конфета Аленка крем-брюле купол 1 шт. 13 Конфета Батончики Ореховая роща 1 шт. 14 Конфета Восточный грильяж 1 шт. 15 Конфета Ёшкина коровка с молоком 1 шт. 16 Конфета Золотая пора 2 шт. 17 Конфета Калинка с малиной и орехами 1 шт. 18 Конфета Коровка Любимая 1 шт. 19 Конфета Красная Шапочка 1 шт. 20 Конфета Маленькое чудо сливочное 1 шт. 21 Конфета Марс минис Марс 1 шт. 22 Конфета Мартелетто со вкусом апельсин-черная смородина 1 шт. 23 Конфета Маска 1 шт. 24 Конфета Милки Вей минис Марс 1 шт. 25 Конфета Натс мини 1 шт. 26 Конфета Огни Москвы 1 шт. 27 Конфета Отломи Pralineo 1 шт. 28 Конфета Птичье молоко сливочно-ванильные укрупненные 1 шт. 29 Конфета Сникерс минис Марс 1 шт. 30 Конфета Супер Степ 1 шт. 31 Конфета Твикс минис Марс 1 шт. 32 Конфета Чио Рио 1 шт. 33 Конфеты Toffee premio 1 шт. 34 Конфеты Малена карамелизированное молоко 1 шт. 35 Конфеты Медунок с карамелью, арахисом и печеньем 1 шт. 36 Конфеты Наслаждение с мягкой карамелью 1 шт. 37 Конфеты Сласть шоколадная 1 шт. 38 Мармелад Крутые сласти Фруктовый микс 80 гра 1 шт. 39 Молочный шоколад со злаками Киндер Кантри 1 шт. 40 Печенье OREO 38 гр. 1 шт. 41 Халва в шоколаде 1 шт. 42 Шоколад Аленка молочный с начинкой с клубничной нугой 20 гр 1 шт. 43 Яйцо Киндер Joy 20 гр. 1 шт.</t>
+  </si>
+  <si>
+    <t>1017248</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36a/cggexg1nmdg6iepifsnmh3dpbodcw7g7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Январские птицы  большая </t>
+  </si>
+  <si>
+    <t>1017249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3034,5017 +1615,2304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J218"/>
+  <dimension ref="A1:M99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F218" sqref="F218"/>
+      <selection pane="bottomRight" activeCell="G99" sqref="G99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>124</v>
+        <v>97</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>127</v>
+        <v>162</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>128</v>
+        <v>163</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>14</v>
+        <v>173</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="B50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>197</v>
+        <v>209</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>220</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>209</v>
+        <v>222</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>211</v>
+        <v>224</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>225</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F57" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G57" s="3" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>227</v>
-[...5 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>254</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F65" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>254</v>
+        <v>283</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>287</v>
+        <v>262</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>287</v>
+        <v>262</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>287</v>
+        <v>262</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>287</v>
+        <v>308</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>287</v>
+        <v>308</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>287</v>
+        <v>262</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F82" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...77 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="G82" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F95" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...346 lines deleted...]
-      </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>317</v>
-[...5 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>317</v>
+        <v>403</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>317</v>
+        <v>403</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>317</v>
+        <v>403</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>15</v>
-[...2724 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">