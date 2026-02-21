--- v0 (2026-01-07)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -105,50 +105,62 @@
     <t>554335</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/193/193237d67e49a39dbc58d195f504063f/824489506ca98da9d53d37dc45076763.jpg</t>
   </si>
   <si>
     <t>Бумажное украшение Елочка 21 см</t>
   </si>
   <si>
     <t>Главный атрибут новогодних праздников – елочка. Но не всегда у нас есть время или место для большой ели. И тогда на помощь придет бумажное украшение “Ёлочка”. Красивая и яркая, она, безусловно, создаст новогоднее настроение, как дома, так и на работе.</t>
   </si>
   <si>
     <t>554340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e97/e97505b8d7084fe19f0ee4e8cc06d87d/62e70f4b8f146f302f80ddea027069ca.jpg</t>
   </si>
   <si>
     <t>Гирлянда флажки  quot;С Новым годом quot; 250 см</t>
   </si>
   <si>
     <t>Веселая флажковая гирлянда для оформления новогоднего праздника. Длина гирлянды больше 2 метров. Высота одного флажка 20 см.</t>
   </si>
   <si>
     <t>554346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/643/82xeyr963yt9jg1cedjd6o25c33mxh2m.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка новогодняя  для декорирования   quot;Светильник quot; ассорти</t>
+  </si>
+  <si>
+    <t>Наклейка новогодняя &amp;#40;для декорирования&amp;#41; &amp;quot;Светильник&amp;quot; ассорти</t>
+  </si>
+  <si>
+    <t>705988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/241/15o8voj20exs5x263c08hld2aa1h2fsx.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние  для декорирования  ассорти</t>
   </si>
   <si>
     <t>Наклейки новогодние &amp;#40;для декорирования&amp;#41; ассорти</t>
   </si>
   <si>
     <t>705989</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a21/o6ji6kh79gylycg191lvv285rzh1grfw.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние ассорти</t>
   </si>
   <si>
     <t>705990</t>
   </si>
@@ -171,164 +183,140 @@
   </si>
   <si>
     <t>Сувенир  quot;Танцующий Дед Мороз quot; пластиковый на фотоэлементе ассорти</t>
   </si>
   <si>
     <t>Сувенир новогодний Дед Мороз - работает на солнечной батарее. Когда на фотоэлемент солнечной батареи попадает свет - Дед Мороз начинает танцевать.Высота 11 см.&lt;br /&gt;
  Упаковка - блистер. В наборе двусторонний скотч для приклеивания к поверхности.</t>
   </si>
   <si>
     <t>706002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/50b/at1x5erxam1z31y1lgr5uxgtvii88cx8.jpg</t>
   </si>
   <si>
     <t>Сувенир  quot;Танцующий Снеговик quot; пластиковый на фотоэлементе ассорти</t>
   </si>
   <si>
     <t>Сувенир новогодний Снеговик - работает на солнечной батарее. Когда на фотоэлемент солнечной батареи попадает свет - Снеговик начинает танцевать,Высота 11 см.&lt;br /&gt;
  Упаковка - блистер. В наборе двусторонний скотч для приклеивания к поверхности.</t>
   </si>
   <si>
     <t>706003</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/05d/urdtteplhgnjby0d8fy0jcl7g88ogy55.jpg</t>
-[...8 lines deleted...]
-    <t>770119</t>
+    <t>http://anytos.ru//upload/iblock/e28/6nrqu0ns8qsijo6bu3wbejn4c8via01b.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Зимние узоры 4 quot;, 30х38 см, ПВХ, 591246</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с зимним тематическим изображением представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована белым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>770132</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/320/3gcapms3hof7s180p20lsky2bcj4lmn1.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Золотистые снежинки 4 quot;, 30х38 см, ПВХ, 591190</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением золотистых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. ВАЖНО! Для того, чтобы украшение хорошо держалось, протрите выбранную поверхность влажной х/б тканью без ворса, при этом оставьте поверхность слегка влажной, отделите украшение от картонной подложки и приложите к подготовленной поверхности, аккуратно разгладив от центра к краям. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>770136</t>
+  </si>
+  <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49d/52m0sm765e2nm0eaiz3742n0un9bb8vj.jpg</t>
-[...49 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d0/3ptmnv4mhja9ooew51os7ds8u9x6k80i.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Красно-золотые снежинки 2 quot;, 30х38 см, ПВХ, 591208</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением красно-золотых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e00/na3yw4li1lnii98zb9slnu03dyfxmx1c.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Красно-золотые снежинки 3 quot;, 30х38 см, ПВХ, 591209</t>
   </si>
   <si>
     <t>770139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d4/i2axs0e1jlfoa47zhl4u8hykmorx52w0.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Красно-золотые снежинки 4 quot;, 30х38 см, ПВХ, 591210</t>
   </si>
   <si>
     <t>Изделие с изображением красно-золотых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770140</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30d/1mzw8zi9l8zj3nm78ddapau0l3m0ber3.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Разноцветные снежинки 2 quot;, 30х38 см, ПВХ, 591212</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением разноцветных снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована цветным глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770153</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e91/5s5jw2cas5alhjwowg0cj6nw73n16onj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Серебристые снежинки 1 quot;, 30х38 см, ПВХ, 591191</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением серебристых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. ВАЖНО! Для того, чтобы украшение хорошо держалось, протрите выбранную поверхность влажной х/б тканью без ворса, при этом оставьте поверхность слегка влажной, отделите украшение от картонной подложки и приложите к подготовленной поверхности, аккуратно разгладив от центра к краям. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>770156</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6b8/pzbufa4nemyt5z86ako7exr0p0fxchi5.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Узоры из золотых снежинок 3 quot;, 30х38 см, ПВХ, 591229</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением узоров из золотистых снежинок представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770177</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c48/z5vnlqlahqnyxnfwubvzjw040o6p0icq.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Цветные снежинки 3 quot;, 30х38 см, ПВХ, 591221</t>
   </si>
   <si>
     <t>Изделие с изображением цветных звезд и снежинок представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/iytui1chnb0b2dsumk7chgjxk5rs78qh.jpg</t>
@@ -438,906 +426,600 @@
   <si>
     <t>http://anytos.ru//upload/iblock/543/abj37250xc0qiin87l5b8hulxlonujpa.jpg</t>
   </si>
   <si>
     <t>Топпер для украшения  quot;Счастливого Рождества quot;. Размер 10х12 см.</t>
   </si>
   <si>
     <t>Топпер для украшения &amp;quot;Счастливого Рождества!&amp;quot;. Размер 10х12 см. Материал: Полимерный материал</t>
   </si>
   <si>
     <t>955508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fa/ucd8y38qdt6xfwxsa33scm17yn86lb8e.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Шар-пузырьки quot;, 6х6х5 см. 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Шар-пузырьки&amp;quot;, 6х6х5 см. 2 цвета Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Краситель</t>
   </si>
   <si>
     <t>955555</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/25c/zr48y8o5e7d42vuywcmdlt346b3y2h7g.jpg</t>
-[...5 lines deleted...]
-    <t>963977</t>
+    <t>http://anytos.ru//upload/iblock/646/wf8l8h9gcz1xp6zx3fb0083ttnset294.jpg</t>
+  </si>
+  <si>
+    <t>Домик зимний с мезонином с LED-свечой</t>
+  </si>
+  <si>
+    <t>972499</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/collaba-time/"&gt;Collaba time&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/396/tokfh78q13putrgmw2eow53i60rlz97r.jpg</t>
+  </si>
+  <si>
+    <t>Фетровая ель с игрушками 102х68 см, 32 украшения, 3 м гирлянда, ЗОЛОТАЯ СКАЗКА, 592141</t>
+  </si>
+  <si>
+    <t>Новогодняя елочка из фетра ЗОЛОТАЯ СКАЗКА – это оригинальное новогоднее украшение интерьера и увлекательная развивающая игра для детей по методике Монтессори. В набор входят: • ель из фетра толщиной 3 мм, размер – 102х68 см;• 32 игрушки из фетра разной формы на прочных липучках и светодиодная гирлянда 3 м – ими можно украсить елочку;• конверт из фетра для хранения игрушек;• самоклеящийся настенный крючок, с помощью которого елочку можно легко и удобно разместить в любом помещении.Яркие и красочные игрушки привлекают внимание детей и стимулируют их воображение. Игрушки легко крепятся и снимаются, что позволяет детям самостоятельно украшать елочку, развивая при этом мелкую моторику и координацию движений. Набор упакован в картонный короб размером 7х17х28 см, что делает его идеальным подарком. После распаковки рекомендуется прогладить елку утюгом или отпарить для лучшего вида. Гирлянда работает от 2 батареек типа AA &amp;#40;в комплект не входят&amp;#41;.</t>
+  </si>
+  <si>
+    <t>996811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8dc/1fwzilcdgnsti3i01ahqv5kg3641k2nd.jpg</t>
+  </si>
+  <si>
+    <t>Фетровый адвент-календарь 100x50 см, 24 украшения, 31 задание   1 в подарок, 3 м гирлянда, ЗОЛОТАЯ СКАЗКА, 592140</t>
+  </si>
+  <si>
+    <t>Адвент-календарь из фетра &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это оригинальное новогоднее украшение интерьера и увлекательная развивающая игра для детей по методике Монтессори. В набор входят: • ель из фетра толщиной 3 мм, размер – 100х50 см;• 32 увлекательных задания для детей на каждый день;• 24 игрушки из фетра разной формы на прочных липучках и светодиодная гирлянда 3 м – ими можно украсить елочку;• письмо Деду Морозу;• инструкция по использованию;• конверт из фетра для хранения игрушек;• ленточка для крепления на стену.Календарь имеет 31 вместительный кармашек, в который можно вложить задания и превратить ожидание праздника в увлекательную игру для детей. Карточки с заданиями не привязаны к дате – вы сами выбираете, какое задание выполнить с ребенком сегодня. Яркие и красочные игрушки привлекают внимание детей и стимулируют их воображение. Игрушки легко крепятся и снимаются, что позволяет детям самостоятельно украшать елочку, развивая при этом мелкую моторику и координацию движений. Набор упакован в картонный короб размером 7х17х28 см, что делает его идеальным подарком. После распаковки рекомендуется прогладить елку утюгом или отпарить для лучшего вида. Гирлянда работает от 2 батареек типа AA &amp;#40;в комплект не входят&amp;#41;.</t>
+  </si>
+  <si>
+    <t>996812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/216/i464zke77wpjg6iwmbqqzbywpcdm1gm9.jpg</t>
+  </si>
+  <si>
+    <t>Подсвечник  quot;Зимний образ quot;. Размер 10х5,5х10,5 см.</t>
+  </si>
+  <si>
+    <t>Подсвечник &amp;quot;Зимний образ&amp;quot;. Размер 10х5,5х10,5 см. Материал: Металл</t>
+  </si>
+  <si>
+    <t>996960</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a44/lizef125xxtmn5csl2k4vh6w7kglhtak.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Ель quot;. Набор 2 штуки. Длина 15 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Ель&amp;quot;. Набор 2 штуки. Длина 15 см. Материал: Дерево, Бумага</t>
+  </si>
+  <si>
+    <t>996965</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/796/e4j1ns32xx5psx76ia2nraeshs5gapbh.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Ель-колор quot;. Набор 5 штук. Длина 15 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Ель-колор&amp;quot;. Набор 5 штук. Длина 15 см. Материал: Дерево, Бумага</t>
+  </si>
+  <si>
+    <t>996966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5d/8th06v46d3fmkezqwyrat5dliw16ixaj.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Новогодний паровоз quot;. Размер 10х15,5 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Новогодний паровоз&amp;quot;. Размер 10х15,5 см. Материал: Полимерный материал</t>
+  </si>
+  <si>
+    <t>996967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/bg6idk5gap8qoojmj447w1n4e3es3ps0.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Новогодняя компания quot;. Набор 6 штук. Длина 14 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Новогодняя компания&amp;quot;. Набор 6 штук. Длина 14 см. Материал: Дерево, Бумага</t>
+  </si>
+  <si>
+    <t>996968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c8/gbdhmqq5eytdvt3g248372p66hpx0dkn.jpg</t>
+  </si>
+  <si>
+    <t>Новогодний коврик под елку белый c серебристыми снежинками, 60 см, полиэстер, ЗОЛОТАЯ СКАЗКА, 592158</t>
+  </si>
+  <si>
+    <t>Новогодний коврик под елку ЗОЛОТАЯ СКАЗКА – волшебное дополнение к праздничному убранству вашего дома или офиса! Он не только станет стильным акцентом вашего интерьера, но и создаст теплое и уютное место для подарков. Белоснежный коврик из мягкого полиэстера создаст ощущение зимней сказки прямо у вас дома. Его элегантный дизайн позволит подчеркнуть достоинства вашей елочки: скрыть основание ели и провода от гирлянд. Коврик украшен изящными серебристыми снежинками, которые переливаются и искрятся, создавая атмосферу волшебства и праздника. Этот универсальный коврик подойдет для любого интерьера.Диаметр коврика – 60 см. Коврик оснащен липучками, что значительно облегчает его установку и фиксацию.</t>
+  </si>
+  <si>
+    <t>998535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1be/tr2xi2pmoy0e8oo098kafveyksjg2ve5.jpg</t>
+  </si>
+  <si>
+    <t>Адвент-календарь новогодний из картона  quot;Новогодняя сказка quot;, 31 ЗАДАНИЕ, размер 41,5х29,5 см, 92297</t>
+  </si>
+  <si>
+    <t>Адвент-календарь с интересными заданиями станет отличным подарком и поможет ребенку весело и с удовольствием дождаться Нового года. Адвент-календарь традиционно используется для обратного отсчета до Нового Года. Каждый день декабря ребенку необходимо открывать новое окошко с небольшим увлекательным заданием. После выполнения задания ребенок получает подарки или сладости &amp;#40;подарки и сладости не включены в комплект&amp;#41;. Адвент-календарь изготовлен из плотного картона и включает 31 задание.</t>
+  </si>
+  <si>
+    <t>999116</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/927/e5c5mnxfdytr8l4rdvi4k7hvnsg3n0o9.jpg</t>
-[...137 lines deleted...]
-    <t>998536</t>
+    <t>http://anytos.ru//upload/iblock/522/4wgxnuae9hrvsm7v37faw6ay36kg755y.jpg</t>
+  </si>
+  <si>
+    <t>Паровозик новогодний деревянный</t>
+  </si>
+  <si>
+    <t>Паровозик &amp;#43; 3 вагончика с фигурками новогодний деревянный 19*4,5см. Предназначена для украшения интерьера. Изготовлена из дерева с элементами из металла. Упаковка коробка с прозрачной крышкой 22,5*7*2,5см.</t>
+  </si>
+  <si>
+    <t>999125</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fd/y7ekfevg02j8iakgchyff3kj43gxtizy.jpg</t>
+  </si>
+  <si>
+    <t>Сувенир  quot; лочка quot; LED</t>
+  </si>
+  <si>
+    <t>Сувенир &amp;quot;Ёлочка&amp;quot; 6.5*9*6.5 светодиодный. Предназначена для украшения интерьера. Изготовлена из полимерных материалов. Функции: свет. Использовать 3 батареи типа AG10 &amp;#40;в комплекте&amp;#41;. Упаковка пэ.</t>
+  </si>
+  <si>
+    <t>999127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69f/sy86msdh2e63p9lcbxra8ehcb4e7tiav.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка НГ оконная Веточка с игрушками 30х38см, арт.90294</t>
+  </si>
+  <si>
+    <t>1003759</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f5/8n03au7xnlblyo0kp6cri8hp0q9i15pp.jpg</t>
+  </si>
+  <si>
+    <t>Венок новогодний заснеженный, диаметр 30 см  quot;Зимняя сказка quot;, с декором, литой ПЭТ, ЗОЛОТАЯ СКАЗКА, 592518</t>
+  </si>
+  <si>
+    <t>Венок новогодний ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса. Венок преобразит пространство и подарит ощущение праздника. Венок новогодний диаметром 30 см представляет собой конструкцию из пластикового каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный, заснеженный. Венок из литого ПЭТ украшен ветками красных ягодок, пластиковыми красными шарами и шишками. Венок выглядит, как натуральный, и создает особую праздничную атмосферу. На задней части основания венка расположено отверстие, за которое можно легко повесить венок на стену или дверь. Можно разместить не только на вертикальную, но и на горизонтальную поверхность, сделав частью новогоднего украшения.</t>
+  </si>
+  <si>
+    <t>1012316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0c/ta4hegagiopfyia69p4g458nkabfvubu.jpg</t>
+  </si>
+  <si>
+    <t>Венок новогодний, диаметр 42 см  quot;Волшебство quot;, литой ПЭТ, ЗОЛОТАЯ СКАЗКА, 592516</t>
+  </si>
+  <si>
+    <t>Венок новогодний ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса. Венок преобразит пространство и подарит ощущение праздника. Венок новогодний, диаметром 42 см представляет собой конструкцию из пластикового каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Венок из литой ели выглядит, как натуральный, и создает особую праздничную атмосферу. На задней части каркаса венка расположено отверстие, за которое можно легко повесить венок на стену или дверь. Можно разместить не только на вертикальную, но и горизонтальную поверхность, сделав частью новогоднего украшения.</t>
+  </si>
+  <si>
+    <t>1012319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/387/03n6wpjyav3inqf6ehm3w625ubluzc0p.jpg</t>
+  </si>
+  <si>
+    <t>Венок новогодний, диаметр 42 см  quot;Красные ягодки quot;, с декором, литой ПЭТ, ЗОЛОТАЯ СКАЗКА, 592517</t>
+  </si>
+  <si>
+    <t>Венок новогодний ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса. Венок преобразит пространство и подарит ощущение праздника. Венок новогодний, диаметром 42 см представляет собой конструкцию из пластикового каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Венок из литой ели украшен ветками красный ягодок. Венок выглядит, как натуральный, и создает особую праздничную атмосферу. На задней части основания венка расположено отверстие, за которое можно легко повесить венок на стену или дверь. Можно разместить не только на вертикальную, но и горизонтальную поверхность, сделав частью новогоднего украшения.</t>
+  </si>
+  <si>
+    <t>1012320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bba/lqhj7wxr3k184v9mzfr7best23wytvms.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда новогодняя  quot;С Новым Годом quot;, 11 букв, 10х15 см, картон, 2 м лента, ЗОЛОТАЯ СКАЗКА, 592586</t>
+  </si>
+  <si>
+    <t>Гирлянда-растяжка новогодняя ЗОЛОТАЯ СКАЗКА создаст атмосферу доброго и по-домашнему уютного праздника. Это не просто бумажная гирлянда – это маленькая частица зимней сказки, которую можно повесить на стену. Гирлянда-растяжка состоит из 11 картонных карточек в форме букв, которые собираются в фразу &amp;quot;С НОВЫМ ГОДОМ&amp;quot;. Размер карточек – 10х15 см, каждая из которых выполнена из плотного картона и оформлена в виде пушистых еловых веточек. В комплекте лента длиной 2 метра, с помощью которой очень удобно развесить гирлянду у себя дома, в офисе, на детском утреннике. Карточки и лента упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>1012322</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36f/hcomdmwd3pzk4m590hspedrpitp3asg9.jpg</t>
+  </si>
+  <si>
+    <t>Кольца для салфеток новогодние, КОМПЛЕКТ 6 шт., 5,5 см,  quot;Олени quot;, серебристые, ЗОЛОТАЯ СКАЗКА, 592488</t>
+  </si>
+  <si>
+    <t>Новогодние кольца для салфеток в форме оленей ЗОЛОТАЯ СКАЗКА – уютный акцент на праздничном столе! Эти небольшие детали создают атмосферу тепла и радости, превращая обычное застолье в настоящий праздник. Комплект сервировочных колец ЗОЛОТАЯ СКАЗКА состоит из 6 штук. Кольца выполнены из металла серебристого цвета. Каждое кольцо имеет диаметр 4 см – подходит для любых салфеток. Кольца легко сочетаются с посудой и текстилем, превращая даже скромное застолье в настоящий праздник. Благодаря универсальному размеру и элегантному дизайну кольца подойдут как для семейного ужина, так и для корпоратива, детского праздника или романтического вечера при свечах.Каждое кольцо упаковано в пакетик с клеевым краем, весь набор упакован в гофрокороб.</t>
+  </si>
+  <si>
+    <t>1012326</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1be/tr2xi2pmoy0e8oo098kafveyksjg2ve5.jpg</t>
-[...32 lines deleted...]
-    <t>1003754</t>
+    <t>http://anytos.ru//upload/iblock/caf/l3jowk0302oh8435oox4sv0fhfomjkh6.jpg</t>
+  </si>
+  <si>
+    <t>Снег для декорирования в спрее БЕЛЫЙ СНЕГ, 250 мл, 85 г, ЗОЛОТАЯ СКАЗКА, 592282</t>
+  </si>
+  <si>
+    <t>Снег для декорирования в спрее ЗОЛОТАЯ СКАЗКА предназначен для украшения новогодних елей, окон и других предметов интерьера к празднику. Прост в применении, создаёт фактурный &amp;quot;снежный&amp;quot; слой, отлично имитирующий запорошенные снегом поверхности. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий мелкую снежную крошку. После нанесения снег для декора не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов снега используйте влажную салфетку/ткань.</t>
+  </si>
+  <si>
+    <t>1012327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/9jcn3ealcizevzymv1cku0b35od16rs1.jpg</t>
+  </si>
+  <si>
+    <t>Спрей для декора ЗОЛОТИСТЫЙ, 250 мл, ЗОЛОТАЯ СКАЗКА, 592285</t>
+  </si>
+  <si>
+    <t>Спрей для декора ЗОЛОТАЯ СКАЗКА предназначен для украшения композиций, предметов интерьера. С ним вы сможете легко и быстро преобразить любые поверхности, добавив яркие акценты и индивидуальность в каждую деталь. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий цветное покрытие золотистого цвета. После нанесения спрей не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов используйте влажную салфетку/ткань.</t>
+  </si>
+  <si>
+    <t>1012328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d65/4cppxwqdr6d01lqrjoq3kjfz9wp7ycrc.jpg</t>
+  </si>
+  <si>
+    <t>Спрей для декора СЕРЕБРИСТЫЙ, 250 мл, ЗОЛОТАЯ СКАЗКА, 592286</t>
+  </si>
+  <si>
+    <t>Спрей для декора ЗОЛОТАЯ СКАЗКА предназначен для украшения композиций, предметов интерьера. С ним вы сможете легко и быстро преобразить любые поверхности, добавив яркие акценты и индивидуальность в каждую деталь. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий цветное покрытие серебристого цвета. После нанесения спрей не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов используйте влажную салфетку/ткань.</t>
+  </si>
+  <si>
+    <t>1012329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/015/w78gnabjbxxa1if0ijbv3cmwthkyn2lf.jpg</t>
+  </si>
+  <si>
+    <t>Тарелка сервировочная новогодняя 23 см,  quot;Еловые ветки quot;, каменная керамика, ЗОЛОТАЯ СКАЗКА, 592548</t>
+  </si>
+  <si>
+    <t>Украсьте праздничный стол с сервировочной тарелкой ЗОЛОТАЯ СКАЗКА – сочетанием изящного дизайна, практичности и рождественского настроения. Эта тарелка станет ярким акцентом вашего интерьера и идеальным спутником в подготовке к встрече Нового года. Диаметр тарелочки 23 см делает тарелочку удобной для сервировки горячих закусок, новогодних салатов, традиционных блюд или сладостей – будь то семейный ужин под звуки боя курантов или вечер в кругу друзей. Тарелка подходит для использования в микроволновой печи и посудомоечной машине, что делает её особенно удобной в быту. Тарелочка упакована в красивую подарочную коробку, что делает тарелку отличным подарком для близких, друзей и коллег.</t>
+  </si>
+  <si>
+    <t>1012331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d87/ed1pmdz2kcn2p00q5ezgyp9z8n6bqhrj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное из бумаги,  quot;Елочка quot;, 20 см, бордовый цвет, ЗОЛОТАЯ СКАЗКА, 592601</t>
+  </si>
+  <si>
+    <t>Новогоднее украшение из бумаги в форме маленькой елочки ЗОЛОТАЯ СКАЗКА станет оригинальным и уютный акцентом для вашего интерьера! Елочка выполнена из плотной бумаги глубокого бордового цвета. Высота елочки – 20 см, что отлично подойдет для украшения вашего праздничного стола, рабочего места или любой другой поверхности, где нужен яркий акцент. Украшение приходит в сложенном виде, а сборка происходит легко и быстро с помощью магнитиков внутри елочки. Такой способ сборки обеспечивает компактное хранение – после праздника украшение легко разбирается и занимает минимум места.Украшение упаковано в пакет с клеевым краем и европодвесом.</t>
+  </si>
+  <si>
+    <t>1012333</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/774/ighvziz5ssa6vje5793dna1ulqsc8j72.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное из бумаги,  quot;Елочка quot;, 20 см, изумрудный цвет, ЗОЛОТАЯ СКАЗКА, 592600</t>
+  </si>
+  <si>
+    <t>Новогоднее украшение из бумаги в форме маленькой елочки ЗОЛОТАЯ СКАЗКА станет оригинальным и уютный акцентом для вашего интерьера! Елочка выполнена из плотной бумаги глубокого изумрудного цвета. Высота елочки – 20 см, что отлично подойдет для украшения вашего праздничного стола, рабочего места или любой другой поверхности, где нужен яркий акцент. Украшение приходит в сложенном виде, а сборка происходит легко и быстро с помощью магнитиков внутри елочки. Такой способ сборки обеспечивает компактное хранение — после праздника украшение легко разбирается и занимает минимум места.Украшение упаковано в пакет с клеевым краем и европодвесом.</t>
+  </si>
+  <si>
+    <t>1012334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca3/xmv9edcwc52c6esis2qybtlvwbrfxgl6.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное, 12 см,  quot;Гномики quot;, полиэстер пенопласт, ассорти, ЗОЛОТАЯ СКАЗКА, 592567</t>
+  </si>
+  <si>
+    <t>Новогоднее интерьерное украшение &amp;quot;Гномики&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в ваш праздничный декор, поможет создать уют и атмосферу волшебства. Очаровательный маленький гномик создаст атмосферу тепла и радости в вашем доме. Этот милаш легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Это отличный подарок для друзей и семьи, он будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение представлено в трех цветах: белый, красный, голубой &amp;#40;без возможности выбора&amp;#41;. Материал – пенопласт, дерево. Размер – 12 см. К каждому гномику прикреплена этикетка.</t>
+  </si>
+  <si>
+    <t>1012335</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fd/yai67xrdlfftytpevpg2ujxk3erlpi0z.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное, 18 см,  quot;Пушистая елочка quot;, полиэстер, пенопласт, ЗОЛОТАЯ СКАЗКА, 592565</t>
+  </si>
+  <si>
+    <t>Новогоднее интерьерное украшение &amp;quot;Пушистая елочка&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в ваш праздничный декор, создаст уют и атмосферу волшебства, согреет сердца ваших близких. Пушистая елочка создаст атмосферу тепла и радости в вашем доме. Она легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Это отличный подарок для друзей и семьи, он будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение упаковано в пакет с клейким краем и в гофрокороб. Материал – пенопласт, дерево. Размер – 18 см.</t>
+  </si>
+  <si>
+    <t>1012336</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48d/ln8q2hx6pejm5q1ltfqnizfdmh9js706.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное, 22 см,  quot;Пушистый гномик quot;, полиэстер, пенопласт, ЗОЛОТАЯ СКАЗКА, 592564</t>
+  </si>
+  <si>
+    <t>Новогоднее интерьерное украшение &amp;quot;Пушистый гномик&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в ваш праздничный интерьер, создаст уют и атмосферу волшебства, согреет сердца ваших близких. Пушистый гномик создаст атмосферу тепла и радости в вашем доме. Его добродушие и веселый характер поднимут настроение вам и вашим близким, сделают каждый день особенным. Наш гном не просто игрушка, он – настоящий волшебник, способный изменить атмосферу вашего дома! Этот очаровашка легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Это отличный подарок для друзей и семьи, он будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение упаковано в пакет с клейким краем и в гофрокороб. Материал – пенопласт, дерево. Размер – 22 см.</t>
+  </si>
+  <si>
+    <t>1012338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c0/z3hffs047r6dydeprwy1d2kj927d9nnj.jpg</t>
+  </si>
+  <si>
+    <t>Чехол на подушку новогодний  1 шт.  45х45 см,  quot;X-mas Magic quot;, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592529</t>
+  </si>
+  <si>
+    <t>Создайте атмосферу тепла и праздника с очаровательными и стильными новогодними декоративными чехлами на подушки ЗОЛОТАЯ СКАЗКА! Чехлы новогодние размером 45х45 см идеально подходит для стандартных декоративных подушек. Чехлы выполнены из полиэстера и украшены яркими новогодними мотивами: апельсины, елочные шары, милая собачка и, конечно же, снежинки &amp;#40;ассорти без возможности выбора&amp;#41;. Оснащение молнией позволяет быстро надевать и снимать чехол, что делает его особенно практичным при уходе за подушкой. Каждый чехол имеет индивидуальный пластиковый крючок и бумажный хэнгтэг.</t>
+  </si>
+  <si>
+    <t>1012341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba2/vkqu2bcc0hila863bfv0ll522p6g7bg9.jpg</t>
+  </si>
+  <si>
+    <t>Чехол на подушку новогодний, НАБОР 4 шт., 45х45 см,  quot;X-mas Magic quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592528</t>
+  </si>
+  <si>
+    <t>Создайте атмосферу тепла и праздника с очаровательными и стильными новогодними декоративными чехлами на подушки ЗОЛОТАЯ СКАЗКА! В набор входят чехлы, размером 45х45 см, что идеально подходит для стандартных декоративных подушек. Чехлы выполнены из полиэстера и украшены яркими новогодними мотивами: апельсины, елочные шары, милая собачка и, конечно же, снежинки. Оснащение молнией позволяет быстро надевать и снимать чехол, что делает его особенно практичным при уходе за подушкой. Упакованы в прозрачный полиэтиленовый пакет с зип-локом.</t>
+  </si>
+  <si>
+    <t>1012342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf2/1eve0gxkjp7npttvms1d1cwh9qqwf7nm.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка ErichKrause Decor Новогоднее веселье 18х23см</t>
+  </si>
+  <si>
+    <t>1013649</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc1/5bxfv5t732pmzigichoh4p1c19qr0s8w.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка ErichKrause Decor Санта на коньках 18х23см</t>
+  </si>
+  <si>
+    <t>1013650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f0/x7mtiopmfiuhsui8md1edmocdcvjy1gp.jpg</t>
+  </si>
+  <si>
+    <t>Носок новогодний для подарков, 23х2х54 см,  quot;Волшебство в носке quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592504</t>
+  </si>
+  <si>
+    <t>Погрузитесь в мир сказки со стильным новогодним носком для подарков &amp;quot;Волшебство в носке&amp;quot; ЗОЛОТАЯ СКАЗКА! Этот большой и уютный носок станет не просто элементом декора, но и настоящим символом праздника, наполняющим Ваш дом теплом и радостью. Забудьте о скучных упаковках! Наполните носок сладостями, игрушками или личными мелочами – это будет уникальный подарок, который запомнится надолго. Ваши близкие будут в восторге, когда найдут внутри сюрпризы, тщательно подобранные Вами! Яркие цвета и уникальный дизайн гармонично впишутся в любую праздничную обстановку.Создайте неповторимую атмосферу праздника, повесив носок у камина или на стене. Он привлечет взгляды и станет магнитом для улыбок, напоминая всем о волшебстве новогодней ночи.Размер – 23х2х54см, материал – полиэстер. Цвет – зеленый, красный. К носку прикреплена этикетка. Также носок упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1014743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/788/iprkyf10ufu4nubxd71jyq1r7sbwzei3.jpg</t>
+  </si>
+  <si>
+    <t>Носок новогодний для подарков, 23х2х54см,  quot;Мечты сбываются quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592505</t>
+  </si>
+  <si>
+    <t>Погрузитесь в мир сказки со стильным новогодним носком для подарков &amp;quot;Мечты сбываются&amp;quot; ЗОЛОТАЯ СКАЗКА! Этот большой и уютный носок станет не просто элементом декора, но и настоящим символом праздника, наполняющим Ваш дом теплом и радостью. Забудьте о скучных упаковках! Наполните носок сладостями, игрушками или личными мелочами – это будет уникальный подарок, который запомнится надолго. Ваши близкие будут в восторге, когда найдут внутри сюрпризы, тщательно подобранные Вами! Яркие цвета и уникальный дизайн гармонично впишутся в любую праздничную обстановку.Создайте неповторимую атмосферу праздника, повесив носок у камина или на стене. Он привлечет взгляды и станет магнитом для улыбок, напоминая всем о волшебстве новогодней ночи.Размер – 23х2х54см, материал – полиэстер. Цвет – красный, белый. К носку прикреплена этикетка. Также носок упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1014744</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76b/czvk3hrgvmr4zjw3e3csak5gjkdawcan.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное 40 см  quot;Забавный олен нок quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592509</t>
+  </si>
+  <si>
+    <t>Новый год – это время чудес и радости! Интерьерное украшение &amp;quot;Забавный оленёнок&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в Ваш праздничный декор, создавая уют и атмосферу волшебства, которая согреет сердца Ваших близких. Вдохните жизнь в Ваш дом с интерьерной куклой &amp;quot;Забавный оленёнок&amp;quot;! Этот очаровательный малыш станет незаменимым элементом Вашего новогоднего декора. Он одет в симпатичный колпачок, шарфик и жилеточку. Оленёнок станет настоящим центром внимания в Вашем интерьере и поднимет настроение всем членам семьи. Ищете идеальный подарок для родных или друзей? &amp;quot;Веселый оленёнок&amp;quot; станет символом тепла и заботы, который будет радовать глаз не только в новогодние праздники, но и в течение всего года. Ведь это не просто украшение. Это эмоции, которые оно приносит. Олененок упакован в пакет с клейким краем и в гофрокороб. Материал – полиэстер, дерево. Размер – 40 см.</t>
+  </si>
+  <si>
+    <t>1014746</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3b/th2ctcii102v8vfr7xgqftbzx0lgc3og.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное 40 см  quot;Олен нок на качелях quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592506</t>
+  </si>
+  <si>
+    <t>Новогоднее украшение интерьера в виде олененка на качелях ЗОЛОТАЯ СКАЗКА – это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Невероятная интерьерная фигурка в виде олененка на качелях – идеальное украшение для вашего дома, которое добавит уют и тепло в любое пространство! Эта милашка высотой 40 см изготовлена из полиэстера, что делает её не только красивой, но и долговечной. Она станет настоящей изюминкой вашего интерьера, вызывая восхищение у всех гостей! Кукла легко вешается на стену с помощью веревочки, добавляя интересный акцент в вашем интерьере. Олененок на качелях – это не просто украшение. Это эмоции, которые оно приносит. Олененок упакован в пакет с клейким краем и в гофрокороб. Материал – полиэстер, дерево.</t>
+  </si>
+  <si>
+    <t>1014747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/047/mi82d0cl94y55465q2o0pyl7a28mn4lh.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное 70 см  quot;Гном Ворчун quot;, телескопические ножки, полиэстер, ЗОЛОТАЯ СКАЗКА, 592522</t>
+  </si>
+  <si>
+    <t>Новый год – это время чудес и радости! Новогоднее интерьерное украшение &amp;quot;Гном Ворчун&amp;quot; ЗОЛОТАЯ СКАЗКА с телескопическими ножками идеально впишется в Ваш праздничный декор, создавая уют и атмосферу волшебства, которая согреет сердца Ваших близких. Этот гном не просто игрушка, он – настоящий волшебник, способный изменить атмосферу Вашего дома. Благодаря своим телескопическим ножкам, фигурка может менять размер и легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Гном станет великолепным украшением для праздников и повседневной жизни, добавляя нотку волшебства в каждый момент. Это отличный подарок для друзей и семьи, который будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение упаковано в пакет с клеевым краем и в гофрокороб. Материал – полиэстер, металл. Размер с собранными ножками – 50 см, размер с вытянутыми ножками – 70 см.</t>
+  </si>
+  <si>
+    <t>1014748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/954/yqcdin2yy4h998nint93di7n2u535sn2.jpg</t>
+  </si>
+  <si>
+    <t>Фигурка LED  quot;Олень quot;, 27 см, 24 LED, холодный белый, батарейки, ЗОЛОТАЯ СКАЗКА, 592560</t>
+  </si>
+  <si>
+    <t>Фигурка LED &amp;quot;Олень&amp;quot; ЗОЛОТАЯ СКАЗКА – это яркое и стильное украшение, которое станет настоящей изюминкой вашего праздничного декора! Этот очаровательный олень, оснащенный энергоэффективными LED-лампами, не только привлекает внимание своим стильным дизайном, но и обеспечивает гибкость в размещении. Благодаря работе на батарейках вы можете установить его в любом удобном месте, не беспокоясь о наличии электросети. Количество ламп – 24 штуки. Размер оленя – 27 см. Материал – акрил. Цвет свечения гирлянды – холодный белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов – режим свечения один, и он постоянный.Работает от 2 батареек типа AA. Батарейки не входят в комплект!</t>
+  </si>
+  <si>
+    <t>1014749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5be/bubegk03ui85ilielia9s5ql9z8ht1m4.png</t>
+  </si>
+  <si>
+    <t>Наклейка интерьерная Набор зимних снежинок 18x18 см, НУ-8896</t>
+  </si>
+  <si>
+    <t>1016315</t>
   </si>
   <si>
     <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa2/15a765wlhcbvfhrmmuvoggnz6rdnmxap.jpg</t>
-[...304 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/885/zcjqo6vuk6m5az1uv7jhqackwompctxm.png</t>
   </si>
   <si>
     <t>Наклейка интерьерная Северные олени 25x14.4см НУ-9251</t>
   </si>
   <si>
     <t>1016317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/502/5nyfa1uq3n16r0ck3xbenl5krffvv8f2.png</t>
   </si>
   <si>
     <t>Наклейка на окно НГ Новогодние аксессуары, с раскраской, 30x38см, 90280</t>
   </si>
   <si>
     <t>1016318</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f2/iejx4kh0e48lyuwziptx0rufgs6vj16u.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94284</t>
   </si>
   <si>
     <t>1016319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/158/re8fm4pp9d3prgy2dg1lxebpsmr83loc.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94287</t>
   </si>
   <si>
     <t>1016320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/9fy64v2y9r41ymj3493eh7la0l5rwyzo.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94290</t>
   </si>
   <si>
     <t>1016321</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dc1/03szjou2ntd42dnlqpm6h2enom7prt5o.png</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/527/k5a8klnll5fop9ieb6nogt60ptxz4t9m.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92054</t>
   </si>
   <si>
     <t>1016325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b5/23uulhxj9bgj33xldhdvi14esd99k3js.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92059</t>
   </si>
   <si>
     <t>1016326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/hq21301hofyxletspfeh814n09kmflcd.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92060</t>
   </si>
   <si>
     <t>1016327</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3f/buqlsdt9k26gvm3kjzyxi7kpac7i7kr7.png</t>
-[...175 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/030/e8yr11ge931n036qhgsp4s4jo3h4dflv.png</t>
   </si>
   <si>
     <t>Украшение декоративное, Лошадка  полиэстер, МДФ    16x16x3,5см арт.94534</t>
   </si>
   <si>
     <t>Украшение декоративное, Лошадка &amp;#40;полиэстер, МДФ&amp;#41; / 16x16x3,5см арт.94534</t>
   </si>
   <si>
     <t>1016487</t>
-  </si>
-[...67 lines deleted...]
-    <t>1016494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/083/ncqtouui1errktxxnrms4uyyd46fjcin.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Зимние узоры 1 quot;, 30х38 см, ПВХ, 591243</t>
   </si>
   <si>
     <t>1017428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b25/wlm8ojvleoogyu3vl43n81vj3i5o32sf.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Синие снежинки 4 quot;, 30х38 см, ПВХ, 591206</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА – это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением сине-голубых снежинок в виде звезд представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>1017429</t>
   </si>
 </sst>
 </file>
 
@@ -1685,57 +1367,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M118"/>
+  <dimension ref="A1:M81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G118" sqref="G118"/>
+      <selection pane="bottomRight" activeCell="G81" sqref="G81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1848,79 +1530,79 @@
       </c>
       <c r="E7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
@@ -1948,2433 +1630,1615 @@
       </c>
       <c r="E12" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="F14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="G24" s="3" t="s">
         <v>98</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>123</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="F33" s="3" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F35" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>18</v>
+        <v>156</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>18</v>
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>101</v>
+        <v>59</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>101</v>
+        <v>177</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>170</v>
+        <v>65</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>101</v>
+        <v>182</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F44" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="3" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>191</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>200</v>
+        <v>59</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>18</v>
+        <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>18</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>236</v>
+        <v>251</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>239</v>
+        <v>255</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>240</v>
+        <v>256</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>241</v>
+        <v>257</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>243</v>
+        <v>259</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>143</v>
+        <v>260</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>35</v>
+        <v>211</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>35</v>
+        <v>211</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>259</v>
+        <v>275</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>35</v>
+        <v>211</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>267</v>
+        <v>283</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>269</v>
+        <v>285</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>270</v>
+        <v>286</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>191</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>272</v>
+        <v>288</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>274</v>
+        <v>290</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>191</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>191</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>287</v>
+        <v>301</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>288</v>
+        <v>302</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>289</v>
+        <v>302</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>290</v>
+        <v>303</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>291</v>
+        <v>304</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>293</v>
+        <v>306</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>204</v>
+        <v>177</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="F76" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G76" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>204</v>
+        <v>177</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>204</v>
+        <v>177</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>204</v>
+        <v>177</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>308</v>
+        <v>57</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>18</v>
-[...820 lines deleted...]
-        <v>69</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">