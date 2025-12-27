--- v0 (2025-10-09)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="430">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -98,126 +98,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/193/193237d67e49a39dbc58d195f504063f/824489506ca98da9d53d37dc45076763.jpg</t>
   </si>
   <si>
     <t>Бумажное украшение Елочка 21 см</t>
   </si>
   <si>
     <t>Главный атрибут новогодних праздников – елочка. Но не всегда у нас есть время или место для большой ели. И тогда на помощь придет бумажное украшение “Ёлочка”. Красивая и яркая, она, безусловно, создаст новогоднее настроение, как дома, так и на работе.</t>
   </si>
   <si>
     <t>554340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e97/e97505b8d7084fe19f0ee4e8cc06d87d/62e70f4b8f146f302f80ddea027069ca.jpg</t>
   </si>
   <si>
     <t>Гирлянда флажки  quot;С Новым годом quot; 250 см</t>
   </si>
   <si>
     <t>Веселая флажковая гирлянда для оформления новогоднего праздника. Длина гирлянды больше 2 метров. Высота одного флажка 20 см.</t>
   </si>
   <si>
     <t>554346</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c43/c5v8m4y5t6dkfvupucup182xei731nyo.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/241/15o8voj20exs5x263c08hld2aa1h2fsx.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние  для декорирования  ассорти</t>
   </si>
   <si>
     <t>Наклейки новогодние &amp;#40;для декорирования&amp;#41; ассорти</t>
   </si>
   <si>
     <t>705989</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a21/o6ji6kh79gylycg191lvv285rzh1grfw.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние ассорти</t>
   </si>
   <si>
     <t>705990</t>
-  </si>
-[...19 lines deleted...]
-    <t>705992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/51b/eb0pebwdvf5abwjxtroe1j4zh4rkhzs8.jpg</t>
   </si>
   <si>
     <t>Санта на лестнице 60 20см</t>
   </si>
   <si>
     <t>Санта на лестнице,60*20см для декорирования помещений.&lt;br /&gt;
  Фигура&amp;nbsp;&amp;nbsp;Санта Клауса на&amp;nbsp;&amp;nbsp;лестнице украсят любое здание, окно, балкон,, загородный дом.&lt;br /&gt;
  Если Вы хотите, чтобы и ваше окно, балкон или фасад дома засветились новогодними красками, декоративная фигура Санты с мешком украсит Ваш дом и создаст настоящую атмосферу волшебства! Санта Клаус залезающий на балкон ? это идеальный и весьма необычный новогодний декор, который радует глаз и позволяет не только детям, но и взрослым поверить в сказку Нового Года и Рождества.</t>
   </si>
   <si>
     <t>706001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e08/mc803qs1j6xgd3yk9tj14c35bufkcmlo.jpg</t>
   </si>
   <si>
     <t>Сувенир  quot;Танцующий Дед Мороз quot; пластиковый на фотоэлементе ассорти</t>
   </si>
   <si>
     <t>Сувенир новогодний Дед Мороз - работает на солнечной батарее. Когда на фотоэлемент солнечной батареи попадает свет - Дед Мороз начинает танцевать.Высота 11 см.&lt;br /&gt;
  Упаковка - блистер. В наборе двусторонний скотч для приклеивания к поверхности.</t>
   </si>
@@ -285,127 +231,117 @@
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Зимние узоры 4 quot;, 30х38 см, ПВХ, 591246</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с зимним тематическим изображением представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована белым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770132</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/320/3gcapms3hof7s180p20lsky2bcj4lmn1.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Золотистые снежинки 4 quot;, 30х38 см, ПВХ, 591190</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением золотистых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. ВАЖНО! Для того, чтобы украшение хорошо держалось, протрите выбранную поверхность влажной х/б тканью без ворса, при этом оставьте поверхность слегка влажной, отделите украшение от картонной подложки и приложите к подготовленной поверхности, аккуратно разгладив от центра к краям. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770136</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2d0/3ptmnv4mhja9ooew51os7ds8u9x6k80i.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Красно-золотые снежинки 2 quot;, 30х38 см, ПВХ, 591208</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением красно-золотых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>770138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e00/na3yw4li1lnii98zb9slnu03dyfxmx1c.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Красно-золотые снежинки 3 quot;, 30х38 см, ПВХ, 591209</t>
+  </si>
+  <si>
+    <t>770139</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7d4/i2axs0e1jlfoa47zhl4u8hykmorx52w0.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Красно-золотые снежинки 4 quot;, 30х38 см, ПВХ, 591210</t>
   </si>
   <si>
     <t>Изделие с изображением красно-золотых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770140</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/09d/z3lzy2uh1kmabol4nvvu3b3bumuuonjd.jpg</t>
-[...20 lines deleted...]
-    <t>770156</t>
+    <t>http://anytos.ru//upload/iblock/30d/1mzw8zi9l8zj3nm78ddapau0l3m0ber3.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Разноцветные снежинки 2 quot;, 30х38 см, ПВХ, 591212</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением разноцветных снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована цветным глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>770153</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b8/pzbufa4nemyt5z86ako7exr0p0fxchi5.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Узоры из золотых снежинок 3 quot;, 30х38 см, ПВХ, 591229</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением узоров из золотистых снежинок представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770177</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aca/k11fw95br5qxr0gw9u6125wqnw63kgac.jpg</t>
-[...27 lines deleted...]
-    <t>777471</t>
+    <t>http://anytos.ru//upload/iblock/c48/z5vnlqlahqnyxnfwubvzjw040o6p0icq.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Цветные снежинки 3 quot;, 30х38 см, ПВХ, 591221</t>
+  </si>
+  <si>
+    <t>Изделие с изображением цветных звезд и снежинок представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>770185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/iytui1chnb0b2dsumk7chgjxk5rs78qh.jpg</t>
   </si>
   <si>
     <t>Салфетка  quot;Волшебный олень quot;. Размер 41х26см. 2 дизайна</t>
   </si>
   <si>
     <t>Салфетка &amp;quot;Волшебный олень&amp;quot;. Размер 41х26см. 2 дизайна. Материал: Пластмасса &amp;#40;РР&amp;#41;</t>
   </si>
   <si>
     <t>855022</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multidom/"&gt;MULTIDOM&lt;/a&gt;</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66e/w9tb8xigjk6zojlnlc00h0quqbuqhk8c.jpg</t>
   </si>
   <si>
     <t>Салфетка  quot;Зимние города quot;. Размер 41х26см. 2 дизайна</t>
   </si>
@@ -469,108 +405,126 @@
   <si>
     <t>http://anytos.ru//upload/iblock/127/xlde74yz032spw558hjc47v03l0ghbf2.jpg</t>
   </si>
   <si>
     <t>Занавес Звезды Золото 2м х 1м.</t>
   </si>
   <si>
     <t>Оригинальная и яркая нитяная штора для декорирования проемов, сцены, украшения интерьеров на торжественных мероприятиях для детей и взрослых. Каждая нить шторы состоит из ярких золотых звезд, которые будут переливаться в лучах света и создавать праздничную атмосферу. Изготовлена из прочной полимерной пленки, не выгорает на солнце, не мнется, подходит для многократного использования. Размер: 2м х 1м.</t>
   </si>
   <si>
     <t>946938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1f/r7jlippnf0sxqt6m1mw9ugyqqome11fb.jpg</t>
   </si>
   <si>
     <t>Салфетка  quot;Лунный Дракон quot;. Размер 41х26 см. 3 цвета</t>
   </si>
   <si>
     <t>Салфетка &amp;quot;Лунный Дракон&amp;quot;. Размер 41х26 см. 3 цвета. Материал: Пластмасса &amp;#40;полипропилен&amp;#41;</t>
   </si>
   <si>
     <t>955505</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f1f/q6wbsnvohr7n3ulm0a5ibfqy1z97cwg5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/543/abj37250xc0qiin87l5b8hulxlonujpa.jpg</t>
   </si>
   <si>
     <t>Топпер для украшения  quot;Счастливого Рождества quot;. Размер 10х12 см.</t>
   </si>
   <si>
     <t>Топпер для украшения &amp;quot;Счастливого Рождества!&amp;quot;. Размер 10х12 см. Материал: Полимерный материал</t>
   </si>
   <si>
     <t>955508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fa/ucd8y38qdt6xfwxsa33scm17yn86lb8e.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Шар-пузырьки quot;, 6х6х5 см. 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Шар-пузырьки&amp;quot;, 6х6х5 см. 2 цвета Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Краситель</t>
   </si>
   <si>
     <t>955555</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25c/zr48y8o5e7d42vuywcmdlt346b3y2h7g.jpg</t>
   </si>
   <si>
     <t>Украшение интерьерное Ветка Стиль из пенопласта и ПВХ, 87x16x1см, арт.88848</t>
   </si>
   <si>
     <t>963977</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/396/tokfh78q13putrgmw2eow53i60rlz97r.jpg</t>
-[...8 lines deleted...]
-    <t>996811</t>
+    <t>http://anytos.ru//upload/iblock/927/e5c5mnxfdytr8l4rdvi4k7hvnsg3n0o9.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее оконное Снежная снежинка 15,5x17,5см. арт.90262</t>
+  </si>
+  <si>
+    <t>963989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9af/58iqaslgkte8ctd26tlhk7xlakae7zva.jpg</t>
+  </si>
+  <si>
+    <t>Украшение изделие декоративное Цветок, L24 W24 H21 см 762506</t>
+  </si>
+  <si>
+    <t>964009</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/remeco-collection/"&gt;Remeco Collection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d31/r09ve7l5pjh21yarya2d93lx5albs3k3.jpg</t>
+  </si>
+  <si>
+    <t>Украшение изделие декоративное Цветок, L15 W15 H17 см 761550</t>
+  </si>
+  <si>
+    <t>964011</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/646/wf8l8h9gcz1xp6zx3fb0083ttnset294.jpg</t>
+  </si>
+  <si>
+    <t>Домик зимний с мезонином с LED-свечой</t>
+  </si>
+  <si>
+    <t>972499</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/collaba-time/"&gt;Collaba time&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8dc/1fwzilcdgnsti3i01ahqv5kg3641k2nd.jpg</t>
   </si>
   <si>
     <t>Фетровый адвент-календарь 100x50 см, 24 украшения, 31 задание   1 в подарок, 3 м гирлянда, ЗОЛОТАЯ СКАЗКА, 592140</t>
   </si>
   <si>
     <t>Адвент-календарь из фетра &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это оригинальное новогоднее украшение интерьера и увлекательная развивающая игра для детей по методике Монтессори. В набор входят: • ель из фетра толщиной 3 мм, размер – 100х50 см;• 32 увлекательных задания для детей на каждый день;• 24 игрушки из фетра разной формы на прочных липучках и светодиодная гирлянда 3 м – ими можно украсить елочку;• письмо Деду Морозу;• инструкция по использованию;• конверт из фетра для хранения игрушек;• ленточка для крепления на стену.Календарь имеет 31 вместительный кармашек, в который можно вложить задания и превратить ожидание праздника в увлекательную игру для детей. Карточки с заданиями не привязаны к дате – вы сами выбираете, какое задание выполнить с ребенком сегодня. Яркие и красочные игрушки привлекают внимание детей и стимулируют их воображение. Игрушки легко крепятся и снимаются, что позволяет детям самостоятельно украшать елочку, развивая при этом мелкую моторику и координацию движений. Набор упакован в картонный короб размером 7х17х28 см, что делает его идеальным подарком. После распаковки рекомендуется прогладить елку утюгом или отпарить для лучшего вида. Гирлянда работает от 2 батареек типа AA &amp;#40;в комплект не входят&amp;#41;.</t>
   </si>
   <si>
     <t>996812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/216/i464zke77wpjg6iwmbqqzbywpcdm1gm9.jpg</t>
   </si>
   <si>
     <t>Подсвечник  quot;Зимний образ quot;. Размер 10х5,5х10,5 см.</t>
   </si>
   <si>
     <t>Подсвечник &amp;quot;Зимний образ&amp;quot;. Размер 10х5,5х10,5 см. Материал: Металл</t>
   </si>
   <si>
     <t>996960</t>
   </si>
@@ -604,447 +558,798 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a5d/8th06v46d3fmkezqwyrat5dliw16ixaj.jpg</t>
   </si>
   <si>
     <t>Топпер для украшения  quot;Новогодний паровоз quot;. Размер 10х15,5 см.</t>
   </si>
   <si>
     <t>Топпер для украшения &amp;quot;Новогодний паровоз&amp;quot;. Размер 10х15,5 см. Материал: Полимерный материал</t>
   </si>
   <si>
     <t>996967</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/591/bg6idk5gap8qoojmj447w1n4e3es3ps0.jpg</t>
   </si>
   <si>
     <t>Топпер для украшения  quot;Новогодняя компания quot;. Набор 6 штук. Длина 14 см.</t>
   </si>
   <si>
     <t>Топпер для украшения &amp;quot;Новогодняя компания&amp;quot;. Набор 6 штук. Длина 14 см. Материал: Дерево, Бумага</t>
   </si>
   <si>
     <t>996968</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac7/xygjndm2nle5aq97pxfltuarduuwlgf7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6c8/gbdhmqq5eytdvt3g248372p66hpx0dkn.jpg</t>
   </si>
   <si>
     <t>Новогодний коврик под елку белый c серебристыми снежинками, 60 см, полиэстер, ЗОЛОТАЯ СКАЗКА, 592158</t>
   </si>
   <si>
     <t>Новогодний коврик под елку ЗОЛОТАЯ СКАЗКА – волшебное дополнение к праздничному убранству вашего дома или офиса! Он не только станет стильным акцентом вашего интерьера, но и создаст теплое и уютное место для подарков. Белоснежный коврик из мягкого полиэстера создаст ощущение зимней сказки прямо у вас дома. Его элегантный дизайн позволит подчеркнуть достоинства вашей елочки: скрыть основание ели и провода от гирлянд. Коврик украшен изящными серебристыми снежинками, которые переливаются и искрятся, создавая атмосферу волшебства и праздника. Этот универсальный коврик подойдет для любого интерьера.Диаметр коврика – 60 см. Коврик оснащен липучками, что значительно облегчает его установку и фиксацию.</t>
   </si>
   <si>
     <t>998535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ed/1e6wpc4d8qhk9g4i4e6123tarkt3gab1.jpg</t>
   </si>
   <si>
     <t>Новогодний коврик под елку, белый, 60 см, полиэстер, подвес, ЗОЛОТАЯ СКАЗКА, 592157</t>
   </si>
   <si>
     <t>Новогодний коврик под елку ЗОЛОТАЯ СКАЗКА – волшебное дополнение к праздничному убранству вашего дома или офиса! Он не только станет стильным акцентом вашего интерьера, но и создаст теплое и уютное место для подарков. Белоснежный коврик из мягкого полиэстера создаст ощущение зимней сказки прямо у вас дома. Его элегантный дизайн позволит подчеркнуть достоинства вашей елочки: скрыть основание ели и провода от гирлянд. Этот универсальный коврик подойдет для любого интерьера.Диаметр коврика – 60 см. Коврик оснащен ленточками, что значительно облегчает его установку и фиксацию.</t>
   </si>
   <si>
     <t>998536</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1be/tr2xi2pmoy0e8oo098kafveyksjg2ve5.jpg</t>
   </si>
   <si>
     <t>Адвент-календарь новогодний из картона  quot;Новогодняя сказка quot;, 31 ЗАДАНИЕ, размер 41,5х29,5 см, 92297</t>
   </si>
   <si>
     <t>Адвент-календарь с интересными заданиями станет отличным подарком и поможет ребенку весело и с удовольствием дождаться Нового года. Адвент-календарь традиционно используется для обратного отсчета до Нового Года. Каждый день декабря ребенку необходимо открывать новое окошко с небольшим увлекательным заданием. После выполнения задания ребенок получает подарки или сладости &amp;#40;подарки и сладости не включены в комплект&amp;#41;. Адвент-календарь изготовлен из плотного картона и включает 31 задание.</t>
   </si>
   <si>
     <t>999116</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/522/4wgxnuae9hrvsm7v37faw6ay36kg755y.jpg</t>
-[...8 lines deleted...]
-    <t>999125</t>
+    <t>http://anytos.ru//upload/iblock/5fd/y7ekfevg02j8iakgchyff3kj43gxtizy.jpg</t>
+  </si>
+  <si>
+    <t>Сувенир  quot; лочка quot; LED</t>
+  </si>
+  <si>
+    <t>Сувенир &amp;quot;Ёлочка&amp;quot; 6.5*9*6.5 светодиодный. Предназначена для украшения интерьера. Изготовлена из полимерных материалов. Функции: свет. Использовать 3 батареи типа AG10 &amp;#40;в комплекте&amp;#41;. Упаковка пэ.</t>
+  </si>
+  <si>
+    <t>999127</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5fd/y7ekfevg02j8iakgchyff3kj43gxtizy.jpg</t>
-[...8 lines deleted...]
-    <t>999127</t>
+    <t>http://anytos.ru//upload/iblock/12c/wgbnekzbc3y3n5zlo1f2ys9z8223x88p.jpg</t>
+  </si>
+  <si>
+    <t>Венок Новогодний Нежность, 30см НУ-3612</t>
+  </si>
+  <si>
+    <t>1003754</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa2/15a765wlhcbvfhrmmuvoggnz6rdnmxap.jpg</t>
   </si>
   <si>
     <t>Набор флажков С Новым годом, 11x7см, 10 штук, в ящике, 2м бечевки из дерева. МД00026</t>
   </si>
   <si>
     <t>1003757</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/a45/04u6kmx05kqu2cj7787uzkdiht3b58d4.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка НГ на окно Волшебный Дедушка Мороз 30x40см, с раскраской. НУ-7041</t>
+  </si>
+  <si>
+    <t>1003758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69f/sy86msdh2e63p9lcbxra8ehcb4e7tiav.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка НГ оконная Веточка с игрушками 30х38см, арт.90294</t>
+  </si>
+  <si>
+    <t>1003759</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3c/1kpnf8sfspnaekz6p9crne9p0em059uu.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка НГ оконная Новогоднее поздр 30х38см, арт.90284</t>
+  </si>
+  <si>
+    <t>1003763</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20e/bfpqmm0mrfo3j4qifyrpf07ejf2mur36.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка НГ оконная Снеговик 15,5x17,5см, арт.90263</t>
+  </si>
+  <si>
+    <t>1003765</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a1/0jasx3pizflku6b6f0uq3wgbnzt9hibb.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка Новогодняя на окно Ледяные узоры, 25x14,4см НУ-7033</t>
+  </si>
+  <si>
+    <t>1003770</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c1/bbmzgqxebrspqzk7rvejo3f13l7rnbs9.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка оконная из ПВХ пленки с раскраской на подложке 30x38см, 92070</t>
+  </si>
+  <si>
+    <t>1003778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d72/t2kd9cwbe1pfhuqrxmbq2h3np16ey1nt.jpg</t>
   </si>
   <si>
     <t>Украшение Декоративная ветка Новогодние чудеса, 14 см НУ-6099</t>
   </si>
   <si>
     <t>1003787</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/964/33mw5l89k4ffu9r5gfqy1675p2ujj4e1.jpg</t>
+  </si>
+  <si>
+    <t>Украшение НГ подвесное из полипропилена, 1,5х40х40см, арт.92455</t>
+  </si>
+  <si>
+    <t>1003796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00e/zas2mrmp7irdekn1h675b60gph724f9y.jpg</t>
+  </si>
+  <si>
+    <t>Украшение НГ подвесное из полипропилена и ПВХ,с шишкой 6,5х42х42 арт.92458</t>
+  </si>
+  <si>
+    <t>1003797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/893/4ura5a1gucxgsvaa5r3ci1fi07f7gn1s.jpg</t>
+  </si>
+  <si>
+    <t>Украшение Настенное ветвь из хвои с декором 45см. ПВХ НУ-1999</t>
+  </si>
+  <si>
+    <t>1003798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dda/1s1ttsxmpbw4c1pk71khautw4xvt2x75.jpg</t>
+  </si>
+  <si>
+    <t>Украшение Настенное ветвь из хвои Хвойная ветвь с шишками50см.ПВХ НУ-1998</t>
+  </si>
+  <si>
+    <t>1003799</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/abe/j6ksvzjfve568dpwaradbk10dbk5cqgu.jpg</t>
   </si>
   <si>
     <t>Украшение ветка из полиуретана, 1,4х9х45см, арт.92390</t>
   </si>
   <si>
     <t>1003803</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/132/4hwbf18rlgt0303o6n2bxvb47p8bco8a.jpg</t>
-[...119 lines deleted...]
-    <t>1012326</t>
+    <t>http://anytos.ru//upload/iblock/bb9/85c6zcy7hjub1eackodomjyygtv8j7dg.jpg</t>
+  </si>
+  <si>
+    <t>Диско-светильник Диско-шар 230В 601-257</t>
+  </si>
+  <si>
+    <t>1003806</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/neon-night/"&gt;Neon-Night&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caf/l3jowk0302oh8435oox4sv0fhfomjkh6.jpg</t>
   </si>
   <si>
     <t>Снег для декорирования в спрее БЕЛЫЙ СНЕГ, 250 мл, 85 г, ЗОЛОТАЯ СКАЗКА, 592282</t>
   </si>
   <si>
     <t>Снег для декорирования в спрее ЗОЛОТАЯ СКАЗКА предназначен для украшения новогодних елей, окон и других предметов интерьера к празднику. Прост в применении, создаёт фактурный &amp;quot;снежный&amp;quot; слой, отлично имитирующий запорошенные снегом поверхности. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий мелкую снежную крошку. После нанесения снег для декора не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов снега используйте влажную салфетку/ткань.</t>
   </si>
   <si>
     <t>1012327</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e2/9jcn3ealcizevzymv1cku0b35od16rs1.jpg</t>
   </si>
   <si>
     <t>Спрей для декора ЗОЛОТИСТЫЙ, 250 мл, ЗОЛОТАЯ СКАЗКА, 592285</t>
   </si>
   <si>
     <t>Спрей для декора ЗОЛОТАЯ СКАЗКА предназначен для украшения композиций, предметов интерьера. С ним вы сможете легко и быстро преобразить любые поверхности, добавив яркие акценты и индивидуальность в каждую деталь. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий цветное покрытие золотистого цвета. После нанесения спрей не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов используйте влажную салфетку/ткань.</t>
   </si>
   <si>
     <t>1012328</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d65/4cppxwqdr6d01lqrjoq3kjfz9wp7ycrc.jpg</t>
   </si>
   <si>
     <t>Спрей для декора СЕРЕБРИСТЫЙ, 250 мл, ЗОЛОТАЯ СКАЗКА, 592286</t>
   </si>
   <si>
     <t>Спрей для декора ЗОЛОТАЯ СКАЗКА предназначен для украшения композиций, предметов интерьера. С ним вы сможете легко и быстро преобразить любые поверхности, добавив яркие акценты и индивидуальность в каждую деталь. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий цветное покрытие серебристого цвета. После нанесения спрей не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов используйте влажную салфетку/ткань.</t>
   </si>
   <si>
     <t>1012329</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/def/46mttqlcrryhuk1otkws8kmxopsj6ni2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/015/w78gnabjbxxa1if0ijbv3cmwthkyn2lf.jpg</t>
   </si>
   <si>
     <t>Тарелка сервировочная новогодняя 23 см,  quot;Еловые ветки quot;, каменная керамика, ЗОЛОТАЯ СКАЗКА, 592548</t>
   </si>
   <si>
     <t>Украсьте праздничный стол с сервировочной тарелкой ЗОЛОТАЯ СКАЗКА – сочетанием изящного дизайна, практичности и рождественского настроения. Эта тарелка станет ярким акцентом вашего интерьера и идеальным спутником в подготовке к встрече Нового года. Диаметр тарелочки 23 см делает тарелочку удобной для сервировки горячих закусок, новогодних салатов, традиционных блюд или сладостей – будь то семейный ужин под звуки боя курантов или вечер в кругу друзей. Тарелка подходит для использования в микроволновой печи и посудомоечной машине, что делает её особенно удобной в быту. Тарелочка упакована в красивую подарочную коробку, что делает тарелку отличным подарком для близких, друзей и коллег.</t>
   </si>
   <si>
     <t>1012331</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bb8/3ye0e41nhk03qbygqghk1bk4r3c9s7oh.jpg</t>
-[...82 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5c0/z3hffs047r6dydeprwy1d2kj927d9nnj.jpg</t>
   </si>
   <si>
     <t>Чехол на подушку новогодний  1 шт.  45х45 см,  quot;X-mas Magic quot;, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592529</t>
   </si>
   <si>
     <t>Создайте атмосферу тепла и праздника с очаровательными и стильными новогодними декоративными чехлами на подушки ЗОЛОТАЯ СКАЗКА! Чехлы новогодние размером 45х45 см идеально подходит для стандартных декоративных подушек. Чехлы выполнены из полиэстера и украшены яркими новогодними мотивами: апельсины, елочные шары, милая собачка и, конечно же, снежинки &amp;#40;ассорти без возможности выбора&amp;#41;. Оснащение молнией позволяет быстро надевать и снимать чехол, что делает его особенно практичным при уходе за подушкой. Каждый чехол имеет индивидуальный пластиковый крючок и бумажный хэнгтэг.</t>
   </si>
   <si>
     <t>1012341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba2/vkqu2bcc0hila863bfv0ll522p6g7bg9.jpg</t>
   </si>
   <si>
     <t>Чехол на подушку новогодний, НАБОР 4 шт., 45х45 см,  quot;X-mas Magic quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592528</t>
   </si>
   <si>
     <t>Создайте атмосферу тепла и праздника с очаровательными и стильными новогодними декоративными чехлами на подушки ЗОЛОТАЯ СКАЗКА! В набор входят чехлы, размером 45х45 см, что идеально подходит для стандартных декоративных подушек. Чехлы выполнены из полиэстера и украшены яркими новогодними мотивами: апельсины, елочные шары, милая собачка и, конечно же, снежинки. Оснащение молнией позволяет быстро надевать и снимать чехол, что делает его особенно практичным при уходе за подушкой. Упакованы в прозрачный полиэтиленовый пакет с зип-локом.</t>
   </si>
   <si>
     <t>1012342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf2/1eve0gxkjp7npttvms1d1cwh9qqwf7nm.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка ErichKrause Decor Новогоднее веселье 18х23см</t>
+  </si>
+  <si>
+    <t>1013649</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc1/5bxfv5t732pmzigichoh4p1c19qr0s8w.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка ErichKrause Decor Санта на коньках 18х23см</t>
+  </si>
+  <si>
+    <t>1013650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f0/x7mtiopmfiuhsui8md1edmocdcvjy1gp.jpg</t>
+  </si>
+  <si>
+    <t>Носок новогодний для подарков, 23х2х54 см,  quot;Волшебство в носке quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592504</t>
+  </si>
+  <si>
+    <t>Погрузитесь в мир сказки со стильным новогодним носком для подарков &amp;quot;Волшебство в носке&amp;quot; ЗОЛОТАЯ СКАЗКА! Этот большой и уютный носок станет не просто элементом декора, но и настоящим символом праздника, наполняющим Ваш дом теплом и радостью. Забудьте о скучных упаковках! Наполните носок сладостями, игрушками или личными мелочами – это будет уникальный подарок, который запомнится надолго. Ваши близкие будут в восторге, когда найдут внутри сюрпризы, тщательно подобранные Вами! Яркие цвета и уникальный дизайн гармонично впишутся в любую праздничную обстановку.Создайте неповторимую атмосферу праздника, повесив носок у камина или на стене. Он привлечет взгляды и станет магнитом для улыбок, напоминая всем о волшебстве новогодней ночи.Размер – 23х2х54см, материал – полиэстер. Цвет – зеленый, красный. К носку прикреплена этикетка. Также носок упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1014743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/788/iprkyf10ufu4nubxd71jyq1r7sbwzei3.jpg</t>
+  </si>
+  <si>
+    <t>Носок новогодний для подарков, 23х2х54см,  quot;Мечты сбываются quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592505</t>
+  </si>
+  <si>
+    <t>Погрузитесь в мир сказки со стильным новогодним носком для подарков &amp;quot;Мечты сбываются&amp;quot; ЗОЛОТАЯ СКАЗКА! Этот большой и уютный носок станет не просто элементом декора, но и настоящим символом праздника, наполняющим Ваш дом теплом и радостью. Забудьте о скучных упаковках! Наполните носок сладостями, игрушками или личными мелочами – это будет уникальный подарок, который запомнится надолго. Ваши близкие будут в восторге, когда найдут внутри сюрпризы, тщательно подобранные Вами! Яркие цвета и уникальный дизайн гармонично впишутся в любую праздничную обстановку.Создайте неповторимую атмосферу праздника, повесив носок у камина или на стене. Он привлечет взгляды и станет магнитом для улыбок, напоминая всем о волшебстве новогодней ночи.Размер – 23х2х54см, материал – полиэстер. Цвет – красный, белый. К носку прикреплена этикетка. Также носок упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1014744</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/954/yqcdin2yy4h998nint93di7n2u535sn2.jpg</t>
+  </si>
+  <si>
+    <t>Фигурка LED  quot;Олень quot;, 27 см, 24 LED, холодный белый, батарейки, ЗОЛОТАЯ СКАЗКА, 592560</t>
+  </si>
+  <si>
+    <t>Фигурка LED &amp;quot;Олень&amp;quot; ЗОЛОТАЯ СКАЗКА – это яркое и стильное украшение, которое станет настоящей изюминкой вашего праздничного декора! Этот очаровательный олень, оснащенный энергоэффективными LED-лампами, не только привлекает внимание своим стильным дизайном, но и обеспечивает гибкость в размещении. Благодаря работе на батарейках вы можете установить его в любом удобном месте, не беспокоясь о наличии электросети. Количество ламп – 24 штуки. Размер оленя – 27 см. Материал – акрил. Цвет свечения гирлянды – холодный белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов – режим свечения один, и он постоянный.Работает от 2 батареек типа AA. Батарейки не входят в комплект!</t>
+  </si>
+  <si>
+    <t>1014749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/222/mqv7mki4kpen545ysgza08rlo29hizqp.png</t>
+  </si>
+  <si>
+    <t>Ветка Декоративное изделие Зимняя сказка, 60 см, НУ-6106</t>
+  </si>
+  <si>
+    <t>1016194</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c7/kbm2hudqzf198npgaveuduoie0ze7e6j.png</t>
+  </si>
+  <si>
+    <t>Ветка Изделие декоративное, L9 W10 H15 см, 6в. 263630</t>
+  </si>
+  <si>
+    <t>1016195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e57/zghublj5fqe4ozo3z9og9g68kruh75o9.png</t>
+  </si>
+  <si>
+    <t>Наклейка НГ оконное украшение с раскраской Милая лошадка, 30х40см НН-3119</t>
+  </si>
+  <si>
+    <t>1016314</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5be/bubegk03ui85ilielia9s5ql9z8ht1m4.png</t>
+  </si>
+  <si>
+    <t>Наклейка интерьерная Набор зимних снежинок 18x18 см, НУ-8896</t>
+  </si>
+  <si>
+    <t>1016315</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c7/dw1zqm9394xzy2gt28mqhi2xtrdytmu5.png</t>
+  </si>
+  <si>
+    <t>Наклейка интерьерная Новогодняя  лочка 18x18 см НУ-8897</t>
+  </si>
+  <si>
+    <t>Наклейка интерьерная Новогодняя ёлочка 18x18 см НУ-8897</t>
+  </si>
+  <si>
+    <t>1016316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/zcjqo6vuk6m5az1uv7jhqackwompctxm.png</t>
+  </si>
+  <si>
+    <t>Наклейка интерьерная Северные олени 25x14.4см НУ-9251</t>
+  </si>
+  <si>
+    <t>1016317</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/5nyfa1uq3n16r0ck3xbenl5krffvv8f2.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно НГ Новогодние аксессуары, с раскраской, 30x38см, 90280</t>
+  </si>
+  <si>
+    <t>1016318</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f2/iejx4kh0e48lyuwziptx0rufgs6vj16u.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94284</t>
+  </si>
+  <si>
+    <t>1016319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/158/re8fm4pp9d3prgy2dg1lxebpsmr83loc.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94287</t>
+  </si>
+  <si>
+    <t>1016320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce9/9fy64v2y9r41ymj3493eh7la0l5rwyzo.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94290</t>
+  </si>
+  <si>
+    <t>1016321</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc1/03szjou2ntd42dnlqpm6h2enom7prt5o.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94291</t>
+  </si>
+  <si>
+    <t>1016322</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02d/8x35tzryey8tzoqddgwce137eumw4bqp.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 84x38см арт.94300</t>
+  </si>
+  <si>
+    <t>1016323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6b/fmulm44clnvn3wbneih095l0vinevbt5.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 84x38см арт.94301</t>
+  </si>
+  <si>
+    <t>1016324</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/527/k5a8klnll5fop9ieb6nogt60ptxz4t9m.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92054</t>
+  </si>
+  <si>
+    <t>1016325</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b5/23uulhxj9bgj33xldhdvi14esd99k3js.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92059</t>
+  </si>
+  <si>
+    <t>1016326</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bd/hq21301hofyxletspfeh814n09kmflcd.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92060</t>
+  </si>
+  <si>
+    <t>1016327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3f/buqlsdt9k26gvm3kjzyxi7kpac7i7kr7.png</t>
+  </si>
+  <si>
+    <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92063</t>
+  </si>
+  <si>
+    <t>1016328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efa/i7ofvc0hiu5vxszw8c90gsk5wbzqex17.png</t>
+  </si>
+  <si>
+    <t>Плакат на скотче В ожидании праздника, 25смx27 см, глиттер НУ-8261 НГ</t>
+  </si>
+  <si>
+    <t>1016329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c49/hdkxd29qx3flxmbp11sbgoowupyn2gjr.png</t>
+  </si>
+  <si>
+    <t>Украшение Изделие декоративное Ветка, L13 W2 H51 см 741428</t>
+  </si>
+  <si>
+    <t>1016330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce2/hq1r4346t9s6jnjuqnhzwzfgsb5nhhlz.png</t>
+  </si>
+  <si>
+    <t>Украшение Изделие декоративное Ветка, L10 W10 H38 см, 793064</t>
+  </si>
+  <si>
+    <t>1016331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/676/5n40kmwp03gvfjxytr779twjk9proib8.png</t>
+  </si>
+  <si>
+    <t>Украшение Изделие декоративное Ветка, L10 W10 H40 см, 793062</t>
+  </si>
+  <si>
+    <t>1016332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41d/n79yy6gmv6koynikxayp9hu6llwdjoye.png</t>
+  </si>
+  <si>
+    <t>Украшение Изделие декоративное Ветка, L10 W4 H73 см, 806278</t>
+  </si>
+  <si>
+    <t>1016333</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/065/255uueg5wkrpuk3atmkyj7yhqfid3ypm.png</t>
+  </si>
+  <si>
+    <t>Украшение Изделие декоративное Ветка, L18 W5 H63 см, 811470</t>
+  </si>
+  <si>
+    <t>1016334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c55/wuz3jhg9befq72etygar9i0tb1ceoo2r.png</t>
+  </si>
+  <si>
+    <t>Украшение Изделие декоративное Ветка, L29 W8 H67 см, 741441</t>
+  </si>
+  <si>
+    <t>1016335</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afd/7dyu2053765cmpwz07stqr411ro4lot8.png</t>
+  </si>
+  <si>
+    <t>Украшение НГ подвесное  quot;Лошадка quot; из ХДФ   8х8х0,4см арт.95190</t>
+  </si>
+  <si>
+    <t>Украшение НГ подвесное &amp;quot;Лошадка&amp;quot; из ХДФ / 8х8х0,4см арт.95190</t>
+  </si>
+  <si>
+    <t>1016336</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/099/405gjse2wunp2marto57d6f7ugfexglb.png</t>
+  </si>
+  <si>
+    <t>Украшение НГ подвесное  quot;Подкова quot; из ХДФ   8х8х0,4см арт.95191</t>
+  </si>
+  <si>
+    <t>Украшение НГ подвесное &amp;quot;Подкова&amp;quot; из ХДФ / 8х8х0,4см арт.95191</t>
+  </si>
+  <si>
+    <t>1016337</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d1/lxj8r2nfgjei70lbehfv40voq2y93uwq.png</t>
+  </si>
+  <si>
+    <t>Украшение декоративное подвесное Гном, L2,5 W3 H5,5 см, 8в., 763226</t>
+  </si>
+  <si>
+    <t>1016344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6f/9t55j86p1knq7o2vb1bejypnwyd82u47.png</t>
+  </si>
+  <si>
+    <t>Украшение деревян подвеска с led-подсв Яркие огни,9см,батар CR 2032 НУ-3891</t>
+  </si>
+  <si>
+    <t>1016345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/997/hl9aoeyz5yezjrkbi0qve801hi8my3xy.png</t>
+  </si>
+  <si>
+    <t>Украшение Новогоднее с сосновой шишкой   26х15х6,5см арт.94500</t>
+  </si>
+  <si>
+    <t>Украшение Новогоднее с сосновой шишкой / 26х15х6,5см арт.94500</t>
+  </si>
+  <si>
+    <t>1016481</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f8/w75l2vepfvvnrb1g7ylu60njtojlbrrm.png</t>
+  </si>
+  <si>
+    <t>Украшение Цветок искусственный Пуансеттия, L35 W35 H45 см 792205</t>
+  </si>
+  <si>
+    <t>1016482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c46/jjp0iaxa5s08t0qchiu92a94ahf41afi.png</t>
+  </si>
+  <si>
+    <t>Украшение Цветок искусственный Пуансеттия, L35 W35 H45 см 792207</t>
+  </si>
+  <si>
+    <t>1016483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fed/avfyos5dtx3lr6f74amrqxhmeexbk2ck.png</t>
+  </si>
+  <si>
+    <t>Украшение Цветок искусственный, L20 W20 H22 см 762522</t>
+  </si>
+  <si>
+    <t>1016484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/216/nekq8n18ljvklirk3xufy53zcxgz94q9.png</t>
+  </si>
+  <si>
+    <t>Украшение декораивное из ПВХ   2х10х97см арт.96291</t>
+  </si>
+  <si>
+    <t>Украшение декораивное из ПВХ / 2х10х97см арт.96291</t>
+  </si>
+  <si>
+    <t>1016485</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e3/al3t684w3e9iufqkw30n8cs7ve8pu24x.png</t>
+  </si>
+  <si>
+    <t>Украшение декораивное из ПВХ   2х10х97см арт.96292</t>
+  </si>
+  <si>
+    <t>Украшение декораивное из ПВХ / 2х10х97см арт.96292</t>
+  </si>
+  <si>
+    <t>1016486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/030/e8yr11ge931n036qhgsp4s4jo3h4dflv.png</t>
+  </si>
+  <si>
+    <t>Украшение декоративное, Лошадка  полиэстер, МДФ    16x16x3,5см арт.94534</t>
+  </si>
+  <si>
+    <t>Украшение декоративное, Лошадка &amp;#40;полиэстер, МДФ&amp;#41; / 16x16x3,5см арт.94534</t>
+  </si>
+  <si>
+    <t>1016487</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba9/anpi4mu48i3ezc5vzl9vs0m3tqrdnr3e.png</t>
+  </si>
+  <si>
+    <t>Украшение интерьерное Ветка из ПВХ и пеноп шишкой   22x10,5x6см арт.91244</t>
+  </si>
+  <si>
+    <t>Украшение интерьерное Ветка из ПВХ и пеноп шишкой / 22x10,5x6см арт.91244</t>
+  </si>
+  <si>
+    <t>1016488</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d31/ydxl9qhm9zk046czgx4c4p6n5fri6cbs.png</t>
+  </si>
+  <si>
+    <t>Украшение интерьерное Цветок На стебле 40 см полиэстер 46x28x28см арт.91302</t>
+  </si>
+  <si>
+    <t>1016489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a83/b8ybc2l009599jvm7an2b0b2v2w5te29.png</t>
+  </si>
+  <si>
+    <t>Украшение интерьерное Цветок На стебле 40см полиэстер 47x24x24см арт.90958</t>
+  </si>
+  <si>
+    <t>1016490</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/103/htgjm238coxqus4y6bp0bxrfhvn68sp5.png</t>
+  </si>
+  <si>
+    <t>Украшение интерьерное ветка из полиуретана   1,4х20х46см арт.92387</t>
+  </si>
+  <si>
+    <t>Украшение интерьерное ветка из полиуретана / 1,4х20х46см арт.92387</t>
+  </si>
+  <si>
+    <t>1016491</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0df/9hxcr8hynerr22uhs6w90o721sgqo1qw.png</t>
+  </si>
+  <si>
+    <t>Украшение интерьерное из ПВХ, пенопласта и полиэстера 19x12,5x8см арт.91250</t>
+  </si>
+  <si>
+    <t>1016492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0b/nwf10v9xn0zk1vdiaenebm942htsvk32.png</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее Снежинка, L12,5 W0,5 H12,5 см 254586</t>
+  </si>
+  <si>
+    <t>1016493</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/706/f82j33xhufqel11mei4dbn41tb901q45.png</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее Цветок, золотистый L10 W7 H17 см, 4в. 261894</t>
+  </si>
+  <si>
+    <t>1016494</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/083/ncqtouui1errktxxnrms4uyyd46fjcin.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Зимние узоры 1 quot;, 30х38 см, ПВХ, 591243</t>
+  </si>
+  <si>
+    <t>1017428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b25/wlm8ojvleoogyu3vl43n81vj3i5o32sf.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Синие снежинки 4 quot;, 30х38 см, ПВХ, 591206</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА – это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением сине-голубых снежинок в виде звезд представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>1017429</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1371,57 +1676,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J80"/>
+  <dimension ref="A1:J118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G80" sqref="G80"/>
+      <selection pane="bottomRight" activeCell="G118" sqref="G118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -1513,1686 +1818,2542 @@
       </c>
       <c r="B7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="G14" s="3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>66</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="G25" s="3" t="s">
         <v>99</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>70</v>
+        <v>108</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F28" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>127</v>
+        <v>98</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>127</v>
+        <v>98</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>127</v>
+        <v>98</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="G35" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="F36" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="3" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>117</v>
+        <v>147</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="F38" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G38" s="3" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>117</v>
+        <v>52</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>163</v>
+        <v>98</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
+        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>117</v>
+        <v>52</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>180</v>
+        <v>53</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>117</v>
+        <v>197</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>205</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F51" s="3" t="s">
-        <v>163</v>
+        <v>201</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B52" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F52" s="3" t="s">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>222</v>
+        <v>140</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>222</v>
+        <v>201</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>163</v>
+        <v>140</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>70</v>
+        <v>244</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>257</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>269</v>
+        <v>256</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>271</v>
+        <v>258</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>277</v>
+        <v>264</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>278</v>
+        <v>265</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>284</v>
+        <v>270</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>70</v>
+        <v>272</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>205</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>70</v>
+        <v>272</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>205</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>291</v>
+        <v>277</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>295</v>
+        <v>282</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>84</v>
+        <v>188</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>301</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>205</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>312</v>
+        <v>295</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>313</v>
+        <v>296</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>315</v>
+        <v>298</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>318</v>
+        <v>300</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>319</v>
+        <v>301</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="B86" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F86" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...3 lines deleted...]
-        <v>205</v>
+      <c r="B87" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">