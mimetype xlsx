--- v1 (2025-12-27)
+++ v2 (2026-02-16)
@@ -12,62 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="430">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
+  </si>
+  <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/321/321982c30984a5cdeb7797771f8a834a/896f66a98614081bd9b3a2a9b13e6ba5.jpg</t>
   </si>
   <si>
     <t>Набор для творчества Bondibon  quot;Самая компактная  лка quot; Укрась своими руками  110 160см, ВВ2052</t>
   </si>
   <si>
     <t>Самая компактная ёлка на ткани - великолепная возможность разместить в своей квартире главный символ Нового года даже тем, у кого маленькая квартира. Оригинальная елка на стене - красиво и удобно. Размер полотна 110*160см. Вы можете повесить ёлку на стену и украсить, как нравится.</t>
   </si>
@@ -180,74 +189,50 @@
     <t>Сувенир новогодний Снеговик - работает на солнечной батарее. Когда на фотоэлемент солнечной батареи попадает свет - Снеговик начинает танцевать,Высота 11 см.&lt;br /&gt;
  Упаковка - блистер. В наборе двусторонний скотч для приклеивания к поверхности.</t>
   </si>
   <si>
     <t>706003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05d/urdtteplhgnjby0d8fy0jcl7g88ogy55.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Дед Мороз и снеговик quot;, 30х38 см, ПВХ, 591185</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением снегирей представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована разноцветным глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта.ВАЖНО! Для того, чтобы украшение хорошо держалось, протрите выбранную поверхность влажной х/б тканью без ворса, при этом оставьте поверхность слегка влажной, отделите украшение от картонной подложки и приложите к подготовленной поверхности, аккуратно разгладив от центра к краям. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770119</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49d/52m0sm765e2nm0eaiz3742n0un9bb8vj.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e28/6nrqu0ns8qsijo6bu3wbejn4c8via01b.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Зимние узоры 4 quot;, 30х38 см, ПВХ, 591246</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с зимним тематическим изображением представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована белым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770132</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/320/3gcapms3hof7s180p20lsky2bcj4lmn1.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Золотистые снежинки 4 quot;, 30х38 см, ПВХ, 591190</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением золотистых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. ВАЖНО! Для того, чтобы украшение хорошо держалось, протрите выбранную поверхность влажной х/б тканью без ворса, при этом оставьте поверхность слегка влажной, отделите украшение от картонной подложки и приложите к подготовленной поверхности, аккуратно разгладив от центра к краям. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770136</t>
@@ -276,50 +261,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7d4/i2axs0e1jlfoa47zhl4u8hykmorx52w0.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Красно-золотые снежинки 4 quot;, 30х38 см, ПВХ, 591210</t>
   </si>
   <si>
     <t>Изделие с изображением красно-золотых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770140</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30d/1mzw8zi9l8zj3nm78ddapau0l3m0ber3.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Разноцветные снежинки 2 quot;, 30х38 см, ПВХ, 591212</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением разноцветных снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована цветным глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770153</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e91/5s5jw2cas5alhjwowg0cj6nw73n16onj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Серебристые снежинки 1 quot;, 30х38 см, ПВХ, 591191</t>
+  </si>
+  <si>
+    <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением серебристых снежинок представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. ВАЖНО! Для того, чтобы украшение хорошо держалось, протрите выбранную поверхность влажной х/б тканью без ворса, при этом оставьте поверхность слегка влажной, отделите украшение от картонной подложки и приложите к подготовленной поверхности, аккуратно разгладив от центра к краям. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
+  </si>
+  <si>
+    <t>770156</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6b8/pzbufa4nemyt5z86ako7exr0p0fxchi5.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Узоры из золотых снежинок 3 quot;, 30х38 см, ПВХ, 591229</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА - это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением узоров из золотистых снежинок представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована золотистым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770177</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c48/z5vnlqlahqnyxnfwubvzjw040o6p0icq.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Цветные снежинки 3 quot;, 30х38 см, ПВХ, 591221</t>
   </si>
   <si>
     <t>Изделие с изображением цветных звезд и снежинок представляет собой наклейку на окно/стекло, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>770185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/iytui1chnb0b2dsumk7chgjxk5rs78qh.jpg</t>
@@ -429,906 +426,588 @@
   <si>
     <t>http://anytos.ru//upload/iblock/543/abj37250xc0qiin87l5b8hulxlonujpa.jpg</t>
   </si>
   <si>
     <t>Топпер для украшения  quot;Счастливого Рождества quot;. Размер 10х12 см.</t>
   </si>
   <si>
     <t>Топпер для украшения &amp;quot;Счастливого Рождества!&amp;quot;. Размер 10х12 см. Материал: Полимерный материал</t>
   </si>
   <si>
     <t>955508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fa/ucd8y38qdt6xfwxsa33scm17yn86lb8e.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Шар-пузырьки quot;, 6х6х5 см. 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Шар-пузырьки&amp;quot;, 6х6х5 см. 2 цвета Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Краситель</t>
   </si>
   <si>
     <t>955555</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/25c/zr48y8o5e7d42vuywcmdlt346b3y2h7g.jpg</t>
-[...5 lines deleted...]
-    <t>963977</t>
+    <t>http://anytos.ru//upload/iblock/646/wf8l8h9gcz1xp6zx3fb0083ttnset294.jpg</t>
+  </si>
+  <si>
+    <t>Домик зимний с мезонином с LED-свечой</t>
+  </si>
+  <si>
+    <t>972499</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/collaba-time/"&gt;Collaba time&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/396/tokfh78q13putrgmw2eow53i60rlz97r.jpg</t>
+  </si>
+  <si>
+    <t>Фетровая ель с игрушками 102х68 см, 32 украшения, 3 м гирлянда, ЗОЛОТАЯ СКАЗКА, 592141</t>
+  </si>
+  <si>
+    <t>Новогодняя елочка из фетра ЗОЛОТАЯ СКАЗКА – это оригинальное новогоднее украшение интерьера и увлекательная развивающая игра для детей по методике Монтессори. В набор входят: • ель из фетра толщиной 3 мм, размер – 102х68 см;• 32 игрушки из фетра разной формы на прочных липучках и светодиодная гирлянда 3 м – ими можно украсить елочку;• конверт из фетра для хранения игрушек;• самоклеящийся настенный крючок, с помощью которого елочку можно легко и удобно разместить в любом помещении.Яркие и красочные игрушки привлекают внимание детей и стимулируют их воображение. Игрушки легко крепятся и снимаются, что позволяет детям самостоятельно украшать елочку, развивая при этом мелкую моторику и координацию движений. Набор упакован в картонный короб размером 7х17х28 см, что делает его идеальным подарком. После распаковки рекомендуется прогладить елку утюгом или отпарить для лучшего вида. Гирлянда работает от 2 батареек типа AA &amp;#40;в комплект не входят&amp;#41;.</t>
+  </si>
+  <si>
+    <t>996811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8dc/1fwzilcdgnsti3i01ahqv5kg3641k2nd.jpg</t>
+  </si>
+  <si>
+    <t>Фетровый адвент-календарь 100x50 см, 24 украшения, 31 задание   1 в подарок, 3 м гирлянда, ЗОЛОТАЯ СКАЗКА, 592140</t>
+  </si>
+  <si>
+    <t>Адвент-календарь из фетра &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это оригинальное новогоднее украшение интерьера и увлекательная развивающая игра для детей по методике Монтессори. В набор входят: • ель из фетра толщиной 3 мм, размер – 100х50 см;• 32 увлекательных задания для детей на каждый день;• 24 игрушки из фетра разной формы на прочных липучках и светодиодная гирлянда 3 м – ими можно украсить елочку;• письмо Деду Морозу;• инструкция по использованию;• конверт из фетра для хранения игрушек;• ленточка для крепления на стену.Календарь имеет 31 вместительный кармашек, в который можно вложить задания и превратить ожидание праздника в увлекательную игру для детей. Карточки с заданиями не привязаны к дате – вы сами выбираете, какое задание выполнить с ребенком сегодня. Яркие и красочные игрушки привлекают внимание детей и стимулируют их воображение. Игрушки легко крепятся и снимаются, что позволяет детям самостоятельно украшать елочку, развивая при этом мелкую моторику и координацию движений. Набор упакован в картонный короб размером 7х17х28 см, что делает его идеальным подарком. После распаковки рекомендуется прогладить елку утюгом или отпарить для лучшего вида. Гирлянда работает от 2 батареек типа AA &amp;#40;в комплект не входят&amp;#41;.</t>
+  </si>
+  <si>
+    <t>996812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/216/i464zke77wpjg6iwmbqqzbywpcdm1gm9.jpg</t>
+  </si>
+  <si>
+    <t>Подсвечник  quot;Зимний образ quot;. Размер 10х5,5х10,5 см.</t>
+  </si>
+  <si>
+    <t>Подсвечник &amp;quot;Зимний образ&amp;quot;. Размер 10х5,5х10,5 см. Материал: Металл</t>
+  </si>
+  <si>
+    <t>996960</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a44/lizef125xxtmn5csl2k4vh6w7kglhtak.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Ель quot;. Набор 2 штуки. Длина 15 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Ель&amp;quot;. Набор 2 штуки. Длина 15 см. Материал: Дерево, Бумага</t>
+  </si>
+  <si>
+    <t>996965</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/796/e4j1ns32xx5psx76ia2nraeshs5gapbh.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Ель-колор quot;. Набор 5 штук. Длина 15 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Ель-колор&amp;quot;. Набор 5 штук. Длина 15 см. Материал: Дерево, Бумага</t>
+  </si>
+  <si>
+    <t>996966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5d/8th06v46d3fmkezqwyrat5dliw16ixaj.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Новогодний паровоз quot;. Размер 10х15,5 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Новогодний паровоз&amp;quot;. Размер 10х15,5 см. Материал: Полимерный материал</t>
+  </si>
+  <si>
+    <t>996967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/bg6idk5gap8qoojmj447w1n4e3es3ps0.jpg</t>
+  </si>
+  <si>
+    <t>Топпер для украшения  quot;Новогодняя компания quot;. Набор 6 штук. Длина 14 см.</t>
+  </si>
+  <si>
+    <t>Топпер для украшения &amp;quot;Новогодняя компания&amp;quot;. Набор 6 штук. Длина 14 см. Материал: Дерево, Бумага</t>
+  </si>
+  <si>
+    <t>996968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c8/gbdhmqq5eytdvt3g248372p66hpx0dkn.jpg</t>
+  </si>
+  <si>
+    <t>Новогодний коврик под елку белый c серебристыми снежинками, 60 см, полиэстер, ЗОЛОТАЯ СКАЗКА, 592158</t>
+  </si>
+  <si>
+    <t>Новогодний коврик под елку ЗОЛОТАЯ СКАЗКА – волшебное дополнение к праздничному убранству вашего дома или офиса! Он не только станет стильным акцентом вашего интерьера, но и создаст теплое и уютное место для подарков. Белоснежный коврик из мягкого полиэстера создаст ощущение зимней сказки прямо у вас дома. Его элегантный дизайн позволит подчеркнуть достоинства вашей елочки: скрыть основание ели и провода от гирлянд. Коврик украшен изящными серебристыми снежинками, которые переливаются и искрятся, создавая атмосферу волшебства и праздника. Этот универсальный коврик подойдет для любого интерьера.Диаметр коврика – 60 см. Коврик оснащен липучками, что значительно облегчает его установку и фиксацию.</t>
+  </si>
+  <si>
+    <t>998535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1be/tr2xi2pmoy0e8oo098kafveyksjg2ve5.jpg</t>
+  </si>
+  <si>
+    <t>Адвент-календарь новогодний из картона  quot;Новогодняя сказка quot;, 31 ЗАДАНИЕ, размер 41,5х29,5 см, 92297</t>
+  </si>
+  <si>
+    <t>Адвент-календарь с интересными заданиями станет отличным подарком и поможет ребенку весело и с удовольствием дождаться Нового года. Адвент-календарь традиционно используется для обратного отсчета до Нового Года. Каждый день декабря ребенку необходимо открывать новое окошко с небольшим увлекательным заданием. После выполнения задания ребенок получает подарки или сладости &amp;#40;подарки и сладости не включены в комплект&amp;#41;. Адвент-календарь изготовлен из плотного картона и включает 31 задание.</t>
+  </si>
+  <si>
+    <t>999116</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/927/e5c5mnxfdytr8l4rdvi4k7hvnsg3n0o9.jpg</t>
-[...137 lines deleted...]
-    <t>998536</t>
+    <t>http://anytos.ru//upload/iblock/5fd/y7ekfevg02j8iakgchyff3kj43gxtizy.jpg</t>
+  </si>
+  <si>
+    <t>Сувенир  quot; лочка quot; LED</t>
+  </si>
+  <si>
+    <t>Сувенир &amp;quot;Ёлочка&amp;quot; 6.5*9*6.5 светодиодный. Предназначена для украшения интерьера. Изготовлена из полимерных материалов. Функции: свет. Использовать 3 батареи типа AG10 &amp;#40;в комплекте&amp;#41;. Упаковка пэ.</t>
+  </si>
+  <si>
+    <t>999127</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69f/sy86msdh2e63p9lcbxra8ehcb4e7tiav.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка НГ оконная Веточка с игрушками 30х38см, арт.90294</t>
+  </si>
+  <si>
+    <t>1003759</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f5/8n03au7xnlblyo0kp6cri8hp0q9i15pp.jpg</t>
+  </si>
+  <si>
+    <t>Венок новогодний заснеженный, диаметр 30 см  quot;Зимняя сказка quot;, с декором, литой ПЭТ, ЗОЛОТАЯ СКАЗКА, 592518</t>
+  </si>
+  <si>
+    <t>Венок новогодний ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса. Венок преобразит пространство и подарит ощущение праздника. Венок новогодний диаметром 30 см представляет собой конструкцию из пластикового каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный, заснеженный. Венок из литого ПЭТ украшен ветками красных ягодок, пластиковыми красными шарами и шишками. Венок выглядит, как натуральный, и создает особую праздничную атмосферу. На задней части основания венка расположено отверстие, за которое можно легко повесить венок на стену или дверь. Можно разместить не только на вертикальную, но и на горизонтальную поверхность, сделав частью новогоднего украшения.</t>
+  </si>
+  <si>
+    <t>1012316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0c/ta4hegagiopfyia69p4g458nkabfvubu.jpg</t>
+  </si>
+  <si>
+    <t>Венок новогодний, диаметр 42 см  quot;Волшебство quot;, литой ПЭТ, ЗОЛОТАЯ СКАЗКА, 592516</t>
+  </si>
+  <si>
+    <t>Венок новогодний ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса. Венок преобразит пространство и подарит ощущение праздника. Венок новогодний, диаметром 42 см представляет собой конструкцию из пластикового каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Венок из литой ели выглядит, как натуральный, и создает особую праздничную атмосферу. На задней части каркаса венка расположено отверстие, за которое можно легко повесить венок на стену или дверь. Можно разместить не только на вертикальную, но и горизонтальную поверхность, сделав частью новогоднего украшения.</t>
+  </si>
+  <si>
+    <t>1012319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/387/03n6wpjyav3inqf6ehm3w625ubluzc0p.jpg</t>
+  </si>
+  <si>
+    <t>Венок новогодний, диаметр 42 см  quot;Красные ягодки quot;, с декором, литой ПЭТ, ЗОЛОТАЯ СКАЗКА, 592517</t>
+  </si>
+  <si>
+    <t>Венок новогодний ЗОЛОТАЯ СКАЗКА станет прекрасным украшением для дома или офиса. Венок преобразит пространство и подарит ощущение праздника. Венок новогодний, диаметром 42 см представляет собой конструкцию из пластикового каркаса и закрепленных к нему ветвей.Материал – 100&amp;#37; литой ПЭТ. Цвет хвои – зелёный. Венок из литой ели украшен ветками красный ягодок. Венок выглядит, как натуральный, и создает особую праздничную атмосферу. На задней части основания венка расположено отверстие, за которое можно легко повесить венок на стену или дверь. Можно разместить не только на вертикальную, но и горизонтальную поверхность, сделав частью новогоднего украшения.</t>
+  </si>
+  <si>
+    <t>1012320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bba/lqhj7wxr3k184v9mzfr7best23wytvms.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда новогодняя  quot;С Новым Годом quot;, 11 букв, 10х15 см, картон, 2 м лента, ЗОЛОТАЯ СКАЗКА, 592586</t>
+  </si>
+  <si>
+    <t>Гирлянда-растяжка новогодняя ЗОЛОТАЯ СКАЗКА создаст атмосферу доброго и по-домашнему уютного праздника. Это не просто бумажная гирлянда – это маленькая частица зимней сказки, которую можно повесить на стену. Гирлянда-растяжка состоит из 11 картонных карточек в форме букв, которые собираются в фразу &amp;quot;С НОВЫМ ГОДОМ&amp;quot;. Размер карточек – 10х15 см, каждая из которых выполнена из плотного картона и оформлена в виде пушистых еловых веточек. В комплекте лента длиной 2 метра, с помощью которой очень удобно развесить гирлянду у себя дома, в офисе, на детском утреннике. Карточки и лента упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>1012322</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36f/hcomdmwd3pzk4m590hspedrpitp3asg9.jpg</t>
+  </si>
+  <si>
+    <t>Кольца для салфеток новогодние, КОМПЛЕКТ 6 шт., 5,5 см,  quot;Олени quot;, серебристые, ЗОЛОТАЯ СКАЗКА, 592488</t>
+  </si>
+  <si>
+    <t>Новогодние кольца для салфеток в форме оленей ЗОЛОТАЯ СКАЗКА – уютный акцент на праздничном столе! Эти небольшие детали создают атмосферу тепла и радости, превращая обычное застолье в настоящий праздник. Комплект сервировочных колец ЗОЛОТАЯ СКАЗКА состоит из 6 штук. Кольца выполнены из металла серебристого цвета. Каждое кольцо имеет диаметр 4 см – подходит для любых салфеток. Кольца легко сочетаются с посудой и текстилем, превращая даже скромное застолье в настоящий праздник. Благодаря универсальному размеру и элегантному дизайну кольца подойдут как для семейного ужина, так и для корпоратива, детского праздника или романтического вечера при свечах.Каждое кольцо упаковано в пакетик с клеевым краем, весь набор упакован в гофрокороб.</t>
+  </si>
+  <si>
+    <t>1012326</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1be/tr2xi2pmoy0e8oo098kafveyksjg2ve5.jpg</t>
-[...32 lines deleted...]
-    <t>1003754</t>
+    <t>http://anytos.ru//upload/iblock/caf/l3jowk0302oh8435oox4sv0fhfomjkh6.jpg</t>
+  </si>
+  <si>
+    <t>Снег для декорирования в спрее БЕЛЫЙ СНЕГ, 250 мл, 85 г, ЗОЛОТАЯ СКАЗКА, 592282</t>
+  </si>
+  <si>
+    <t>Снег для декорирования в спрее ЗОЛОТАЯ СКАЗКА предназначен для украшения новогодних елей, окон и других предметов интерьера к празднику. Прост в применении, создаёт фактурный &amp;quot;снежный&amp;quot; слой, отлично имитирующий запорошенные снегом поверхности. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий мелкую снежную крошку. После нанесения снег для декора не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов снега используйте влажную салфетку/ткань.</t>
+  </si>
+  <si>
+    <t>1012327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/9jcn3ealcizevzymv1cku0b35od16rs1.jpg</t>
+  </si>
+  <si>
+    <t>Спрей для декора ЗОЛОТИСТЫЙ, 250 мл, ЗОЛОТАЯ СКАЗКА, 592285</t>
+  </si>
+  <si>
+    <t>Спрей для декора ЗОЛОТАЯ СКАЗКА предназначен для украшения композиций, предметов интерьера. С ним вы сможете легко и быстро преобразить любые поверхности, добавив яркие акценты и индивидуальность в каждую деталь. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий цветное покрытие золотистого цвета. После нанесения спрей не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов используйте влажную салфетку/ткань.</t>
+  </si>
+  <si>
+    <t>1012328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d65/4cppxwqdr6d01lqrjoq3kjfz9wp7ycrc.jpg</t>
+  </si>
+  <si>
+    <t>Спрей для декора СЕРЕБРИСТЫЙ, 250 мл, ЗОЛОТАЯ СКАЗКА, 592286</t>
+  </si>
+  <si>
+    <t>Спрей для декора ЗОЛОТАЯ СКАЗКА предназначен для украшения композиций, предметов интерьера. С ним вы сможете легко и быстро преобразить любые поверхности, добавив яркие акценты и индивидуальность в каждую деталь. Представляет собой спрей-аэрозоль из синтетических материалов, визуально имитирующий цветное покрытие серебристого цвета. После нанесения спрей не исчезает, сохраняется на поверхности до удаления посредством механического воздействия &amp;#40;например, после стирания влажной тканью&amp;#41;. Товар упакован в металлический баллон объемом 250 мл. Не предназначен для использования лицами младше 14-ти лет.• Инструкция по применению:1. Интенсивно встряхните баллон в течение 10 секунд.2. Откройте верхнюю крышку, снимите защитный колпачок.3. Держите баллон вертикально, на расстоянии не менее одного метра до украшаемого объекта, развернув сопло распылителя по направлению к украшаемому объекту.4. Нажмите на кнопку распылителя.5. Украсьте объект.6. Для удаления следов используйте влажную салфетку/ткань.</t>
+  </si>
+  <si>
+    <t>1012329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/015/w78gnabjbxxa1if0ijbv3cmwthkyn2lf.jpg</t>
+  </si>
+  <si>
+    <t>Тарелка сервировочная новогодняя 23 см,  quot;Еловые ветки quot;, каменная керамика, ЗОЛОТАЯ СКАЗКА, 592548</t>
+  </si>
+  <si>
+    <t>Украсьте праздничный стол с сервировочной тарелкой ЗОЛОТАЯ СКАЗКА – сочетанием изящного дизайна, практичности и рождественского настроения. Эта тарелка станет ярким акцентом вашего интерьера и идеальным спутником в подготовке к встрече Нового года. Диаметр тарелочки 23 см делает тарелочку удобной для сервировки горячих закусок, новогодних салатов, традиционных блюд или сладостей – будь то семейный ужин под звуки боя курантов или вечер в кругу друзей. Тарелка подходит для использования в микроволновой печи и посудомоечной машине, что делает её особенно удобной в быту. Тарелочка упакована в красивую подарочную коробку, что делает тарелку отличным подарком для близких, друзей и коллег.</t>
+  </si>
+  <si>
+    <t>1012331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d87/ed1pmdz2kcn2p00q5ezgyp9z8n6bqhrj.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное из бумаги,  quot;Елочка quot;, 20 см, бордовый цвет, ЗОЛОТАЯ СКАЗКА, 592601</t>
+  </si>
+  <si>
+    <t>Новогоднее украшение из бумаги в форме маленькой елочки ЗОЛОТАЯ СКАЗКА станет оригинальным и уютный акцентом для вашего интерьера! Елочка выполнена из плотной бумаги глубокого бордового цвета. Высота елочки – 20 см, что отлично подойдет для украшения вашего праздничного стола, рабочего места или любой другой поверхности, где нужен яркий акцент. Украшение приходит в сложенном виде, а сборка происходит легко и быстро с помощью магнитиков внутри елочки. Такой способ сборки обеспечивает компактное хранение – после праздника украшение легко разбирается и занимает минимум места.Украшение упаковано в пакет с клеевым краем и европодвесом.</t>
+  </si>
+  <si>
+    <t>1012333</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/774/ighvziz5ssa6vje5793dna1ulqsc8j72.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное из бумаги,  quot;Елочка quot;, 20 см, изумрудный цвет, ЗОЛОТАЯ СКАЗКА, 592600</t>
+  </si>
+  <si>
+    <t>Новогоднее украшение из бумаги в форме маленькой елочки ЗОЛОТАЯ СКАЗКА станет оригинальным и уютный акцентом для вашего интерьера! Елочка выполнена из плотной бумаги глубокого изумрудного цвета. Высота елочки – 20 см, что отлично подойдет для украшения вашего праздничного стола, рабочего места или любой другой поверхности, где нужен яркий акцент. Украшение приходит в сложенном виде, а сборка происходит легко и быстро с помощью магнитиков внутри елочки. Такой способ сборки обеспечивает компактное хранение — после праздника украшение легко разбирается и занимает минимум места.Украшение упаковано в пакет с клеевым краем и европодвесом.</t>
+  </si>
+  <si>
+    <t>1012334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca3/xmv9edcwc52c6esis2qybtlvwbrfxgl6.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное, 12 см,  quot;Гномики quot;, полиэстер пенопласт, ассорти, ЗОЛОТАЯ СКАЗКА, 592567</t>
+  </si>
+  <si>
+    <t>Новогоднее интерьерное украшение &amp;quot;Гномики&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в ваш праздничный декор, поможет создать уют и атмосферу волшебства. Очаровательный маленький гномик создаст атмосферу тепла и радости в вашем доме. Этот милаш легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Это отличный подарок для друзей и семьи, он будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение представлено в трех цветах: белый, красный, голубой &amp;#40;без возможности выбора&amp;#41;. Материал – пенопласт, дерево. Размер – 12 см. К каждому гномику прикреплена этикетка.</t>
+  </si>
+  <si>
+    <t>1012335</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fd/yai67xrdlfftytpevpg2ujxk3erlpi0z.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное, 18 см,  quot;Пушистая елочка quot;, полиэстер, пенопласт, ЗОЛОТАЯ СКАЗКА, 592565</t>
+  </si>
+  <si>
+    <t>Новогоднее интерьерное украшение &amp;quot;Пушистая елочка&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в ваш праздничный декор, создаст уют и атмосферу волшебства, согреет сердца ваших близких. Пушистая елочка создаст атмосферу тепла и радости в вашем доме. Она легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Это отличный подарок для друзей и семьи, он будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение упаковано в пакет с клейким краем и в гофрокороб. Материал – пенопласт, дерево. Размер – 18 см.</t>
+  </si>
+  <si>
+    <t>1012336</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48d/ln8q2hx6pejm5q1ltfqnizfdmh9js706.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное, 22 см,  quot;Пушистый гномик quot;, полиэстер, пенопласт, ЗОЛОТАЯ СКАЗКА, 592564</t>
+  </si>
+  <si>
+    <t>Новогоднее интерьерное украшение &amp;quot;Пушистый гномик&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в ваш праздничный интерьер, создаст уют и атмосферу волшебства, согреет сердца ваших близких. Пушистый гномик создаст атмосферу тепла и радости в вашем доме. Его добродушие и веселый характер поднимут настроение вам и вашим близким, сделают каждый день особенным. Наш гном не просто игрушка, он – настоящий волшебник, способный изменить атмосферу вашего дома! Этот очаровашка легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Это отличный подарок для друзей и семьи, он будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение упаковано в пакет с клейким краем и в гофрокороб. Материал – пенопласт, дерево. Размер – 22 см.</t>
+  </si>
+  <si>
+    <t>1012338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c0/z3hffs047r6dydeprwy1d2kj927d9nnj.jpg</t>
+  </si>
+  <si>
+    <t>Чехол на подушку новогодний  1 шт.  45х45 см,  quot;X-mas Magic quot;, полиэстер, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592529</t>
+  </si>
+  <si>
+    <t>Создайте атмосферу тепла и праздника с очаровательными и стильными новогодними декоративными чехлами на подушки ЗОЛОТАЯ СКАЗКА! Чехлы новогодние размером 45х45 см идеально подходит для стандартных декоративных подушек. Чехлы выполнены из полиэстера и украшены яркими новогодними мотивами: апельсины, елочные шары, милая собачка и, конечно же, снежинки &amp;#40;ассорти без возможности выбора&amp;#41;. Оснащение молнией позволяет быстро надевать и снимать чехол, что делает его особенно практичным при уходе за подушкой. Каждый чехол имеет индивидуальный пластиковый крючок и бумажный хэнгтэг.</t>
+  </si>
+  <si>
+    <t>1012341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba2/vkqu2bcc0hila863bfv0ll522p6g7bg9.jpg</t>
+  </si>
+  <si>
+    <t>Чехол на подушку новогодний, НАБОР 4 шт., 45х45 см,  quot;X-mas Magic quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592528</t>
+  </si>
+  <si>
+    <t>Создайте атмосферу тепла и праздника с очаровательными и стильными новогодними декоративными чехлами на подушки ЗОЛОТАЯ СКАЗКА! В набор входят чехлы, размером 45х45 см, что идеально подходит для стандартных декоративных подушек. Чехлы выполнены из полиэстера и украшены яркими новогодними мотивами: апельсины, елочные шары, милая собачка и, конечно же, снежинки. Оснащение молнией позволяет быстро надевать и снимать чехол, что делает его особенно практичным при уходе за подушкой. Упакованы в прозрачный полиэтиленовый пакет с зип-локом.</t>
+  </si>
+  <si>
+    <t>1012342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf2/1eve0gxkjp7npttvms1d1cwh9qqwf7nm.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка ErichKrause Decor Новогоднее веселье 18х23см</t>
+  </si>
+  <si>
+    <t>1013649</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc1/5bxfv5t732pmzigichoh4p1c19qr0s8w.jpg</t>
+  </si>
+  <si>
+    <t>Наклейка ErichKrause Decor Санта на коньках 18х23см</t>
+  </si>
+  <si>
+    <t>1013650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f0/x7mtiopmfiuhsui8md1edmocdcvjy1gp.jpg</t>
+  </si>
+  <si>
+    <t>Носок новогодний для подарков, 23х2х54 см,  quot;Волшебство в носке quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592504</t>
+  </si>
+  <si>
+    <t>Погрузитесь в мир сказки со стильным новогодним носком для подарков &amp;quot;Волшебство в носке&amp;quot; ЗОЛОТАЯ СКАЗКА! Этот большой и уютный носок станет не просто элементом декора, но и настоящим символом праздника, наполняющим Ваш дом теплом и радостью. Забудьте о скучных упаковках! Наполните носок сладостями, игрушками или личными мелочами – это будет уникальный подарок, который запомнится надолго. Ваши близкие будут в восторге, когда найдут внутри сюрпризы, тщательно подобранные Вами! Яркие цвета и уникальный дизайн гармонично впишутся в любую праздничную обстановку.Создайте неповторимую атмосферу праздника, повесив носок у камина или на стене. Он привлечет взгляды и станет магнитом для улыбок, напоминая всем о волшебстве новогодней ночи.Размер – 23х2х54см, материал – полиэстер. Цвет – зеленый, красный. К носку прикреплена этикетка. Также носок упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1014743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/788/iprkyf10ufu4nubxd71jyq1r7sbwzei3.jpg</t>
+  </si>
+  <si>
+    <t>Носок новогодний для подарков, 23х2х54см,  quot;Мечты сбываются quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592505</t>
+  </si>
+  <si>
+    <t>Погрузитесь в мир сказки со стильным новогодним носком для подарков &amp;quot;Мечты сбываются&amp;quot; ЗОЛОТАЯ СКАЗКА! Этот большой и уютный носок станет не просто элементом декора, но и настоящим символом праздника, наполняющим Ваш дом теплом и радостью. Забудьте о скучных упаковках! Наполните носок сладостями, игрушками или личными мелочами – это будет уникальный подарок, который запомнится надолго. Ваши близкие будут в восторге, когда найдут внутри сюрпризы, тщательно подобранные Вами! Яркие цвета и уникальный дизайн гармонично впишутся в любую праздничную обстановку.Создайте неповторимую атмосферу праздника, повесив носок у камина или на стене. Он привлечет взгляды и станет магнитом для улыбок, напоминая всем о волшебстве новогодней ночи.Размер – 23х2х54см, материал – полиэстер. Цвет – красный, белый. К носку прикреплена этикетка. Также носок упакован в пакет с клейким краем.</t>
+  </si>
+  <si>
+    <t>1014744</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76b/czvk3hrgvmr4zjw3e3csak5gjkdawcan.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное 40 см  quot;Забавный олен нок quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592509</t>
+  </si>
+  <si>
+    <t>Новый год – это время чудес и радости! Интерьерное украшение &amp;quot;Забавный оленёнок&amp;quot; ЗОЛОТАЯ СКАЗКА идеально впишется в Ваш праздничный декор, создавая уют и атмосферу волшебства, которая согреет сердца Ваших близких. Вдохните жизнь в Ваш дом с интерьерной куклой &amp;quot;Забавный оленёнок&amp;quot;! Этот очаровательный малыш станет незаменимым элементом Вашего новогоднего декора. Он одет в симпатичный колпачок, шарфик и жилеточку. Оленёнок станет настоящим центром внимания в Вашем интерьере и поднимет настроение всем членам семьи. Ищете идеальный подарок для родных или друзей? &amp;quot;Веселый оленёнок&amp;quot; станет символом тепла и заботы, который будет радовать глаз не только в новогодние праздники, но и в течение всего года. Ведь это не просто украшение. Это эмоции, которые оно приносит. Олененок упакован в пакет с клейким краем и в гофрокороб. Материал – полиэстер, дерево. Размер – 40 см.</t>
+  </si>
+  <si>
+    <t>1014746</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3b/th2ctcii102v8vfr7xgqftbzx0lgc3og.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное 40 см  quot;Олен нок на качелях quot;, полиэстер, ЗОЛОТАЯ СКАЗКА, 592506</t>
+  </si>
+  <si>
+    <t>Новогоднее украшение интерьера в виде олененка на качелях ЗОЛОТАЯ СКАЗКА – это идеальный выбор для тех, кто хочет добавить в свой праздничный декор нотку волшебства и очарования. Невероятная интерьерная фигурка в виде олененка на качелях – идеальное украшение для вашего дома, которое добавит уют и тепло в любое пространство! Эта милашка высотой 40 см изготовлена из полиэстера, что делает её не только красивой, но и долговечной. Она станет настоящей изюминкой вашего интерьера, вызывая восхищение у всех гостей! Кукла легко вешается на стену с помощью веревочки, добавляя интересный акцент в вашем интерьере. Олененок на качелях – это не просто украшение. Это эмоции, которые оно приносит. Олененок упакован в пакет с клейким краем и в гофрокороб. Материал – полиэстер, дерево.</t>
+  </si>
+  <si>
+    <t>1014747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/047/mi82d0cl94y55465q2o0pyl7a28mn4lh.jpg</t>
+  </si>
+  <si>
+    <t>Украшение новогоднее интерьерное 70 см  quot;Гном Ворчун quot;, телескопические ножки, полиэстер, ЗОЛОТАЯ СКАЗКА, 592522</t>
+  </si>
+  <si>
+    <t>Новый год – это время чудес и радости! Новогоднее интерьерное украшение &amp;quot;Гном Ворчун&amp;quot; ЗОЛОТАЯ СКАЗКА с телескопическими ножками идеально впишется в Ваш праздничный декор, создавая уют и атмосферу волшебства, которая согреет сердца Ваших близких. Этот гном не просто игрушка, он – настоящий волшебник, способный изменить атмосферу Вашего дома. Благодаря своим телескопическим ножкам, фигурка может менять размер и легко впишется в любой интерьер – от уютной гостиной до сказочной детской комнаты. Гном станет великолепным украшением для праздников и повседневной жизни, добавляя нотку волшебства в каждый момент. Это отличный подарок для друзей и семьи, который будет вызывать улыбку и радость на лицах, напоминая о волшебных моментах.Украшение упаковано в пакет с клеевым краем и в гофрокороб. Материал – полиэстер, металл. Размер с собранными ножками – 50 см, размер с вытянутыми ножками – 70 см.</t>
+  </si>
+  <si>
+    <t>1014748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/954/yqcdin2yy4h998nint93di7n2u535sn2.jpg</t>
+  </si>
+  <si>
+    <t>Фигурка LED  quot;Олень quot;, 27 см, 24 LED, холодный белый, батарейки, ЗОЛОТАЯ СКАЗКА, 592560</t>
+  </si>
+  <si>
+    <t>Фигурка LED &amp;quot;Олень&amp;quot; ЗОЛОТАЯ СКАЗКА – это яркое и стильное украшение, которое станет настоящей изюминкой вашего праздничного декора! Этот очаровательный олень, оснащенный энергоэффективными LED-лампами, не только привлекает внимание своим стильным дизайном, но и обеспечивает гибкость в размещении. Благодаря работе на батарейках вы можете установить его в любом удобном месте, не беспокоясь о наличии электросети. Количество ламп – 24 штуки. Размер оленя – 27 см. Материал – акрил. Цвет свечения гирлянды – холодный белый. Конструкцией гирлянды не предусмотрено наличие контроллера для переключения режимов – режим свечения один, и он постоянный.Работает от 2 батареек типа AA. Батарейки не входят в комплект!</t>
+  </si>
+  <si>
+    <t>1014749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5be/bubegk03ui85ilielia9s5ql9z8ht1m4.png</t>
+  </si>
+  <si>
+    <t>Наклейка интерьерная Набор зимних снежинок 18x18 см, НУ-8896</t>
+  </si>
+  <si>
+    <t>1016315</t>
   </si>
   <si>
     <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa2/15a765wlhcbvfhrmmuvoggnz6rdnmxap.jpg</t>
-[...304 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/885/zcjqo6vuk6m5az1uv7jhqackwompctxm.png</t>
   </si>
   <si>
     <t>Наклейка интерьерная Северные олени 25x14.4см НУ-9251</t>
   </si>
   <si>
     <t>1016317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/502/5nyfa1uq3n16r0ck3xbenl5krffvv8f2.png</t>
   </si>
   <si>
     <t>Наклейка на окно НГ Новогодние аксессуары, с раскраской, 30x38см, 90280</t>
   </si>
   <si>
     <t>1016318</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f2/iejx4kh0e48lyuwziptx0rufgs6vj16u.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94284</t>
   </si>
   <si>
     <t>1016319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/158/re8fm4pp9d3prgy2dg1lxebpsmr83loc.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94287</t>
   </si>
   <si>
     <t>1016320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/9fy64v2y9r41ymj3493eh7la0l5rwyzo.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.94290</t>
   </si>
   <si>
     <t>1016321</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dc1/03szjou2ntd42dnlqpm6h2enom7prt5o.png</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/527/k5a8klnll5fop9ieb6nogt60ptxz4t9m.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92054</t>
   </si>
   <si>
     <t>1016325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b5/23uulhxj9bgj33xldhdvi14esd99k3js.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92059</t>
   </si>
   <si>
     <t>1016326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/hq21301hofyxletspfeh814n09kmflcd.png</t>
   </si>
   <si>
     <t>Наклейка на окно новогодняя из ПВХ пленки, с раскраской 30x38см арт.92060</t>
   </si>
   <si>
     <t>1016327</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3f/buqlsdt9k26gvm3kjzyxi7kpac7i7kr7.png</t>
-[...175 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/030/e8yr11ge931n036qhgsp4s4jo3h4dflv.png</t>
   </si>
   <si>
     <t>Украшение декоративное, Лошадка  полиэстер, МДФ    16x16x3,5см арт.94534</t>
   </si>
   <si>
     <t>Украшение декоративное, Лошадка &amp;#40;полиэстер, МДФ&amp;#41; / 16x16x3,5см арт.94534</t>
   </si>
   <si>
     <t>1016487</t>
-  </si>
-[...67 lines deleted...]
-    <t>1016494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/083/ncqtouui1errktxxnrms4uyyd46fjcin.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Зимние узоры 1 quot;, 30х38 см, ПВХ, 591243</t>
   </si>
   <si>
     <t>1017428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b25/wlm8ojvleoogyu3vl43n81vj3i5o32sf.jpg</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА  quot;Синие снежинки 4 quot;, 30х38 см, ПВХ, 591206</t>
   </si>
   <si>
     <t>Украшение для окон и стекла ЗОЛОТАЯ СКАЗКА – это отличный и недорогой способ украсить домашний или офисный интерьер к новогодним праздникам. Такой декор наполнит комнату волшебной атмосферой и подарит праздничное настроение. Изделие с изображением сине-голубых снежинок в виде звезд представляет собой наклейку, изготовленную из поливинилхлорида &amp;#40;ПВХ&amp;#41;. Наклейка размером 30x38 см декорирована серебристым глиттером. Украшение предназначено для декорирования окон, зеркал, стекол и других ламинированных глянцевых поверхностей. Не оставляет клеевых следов и предназначено для многократного использования. Крепится к поверхности посредством статического эффекта. Украшение на белой картонной подложке упаковано в прозрачный полипропиленовый пакет на картонном подвесе.</t>
   </si>
   <si>
     <t>1017429</t>
   </si>
 </sst>
 </file>
 
@@ -1676,2684 +1355,1858 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J118"/>
+  <dimension ref="A1:M80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G118" sqref="G118"/>
+      <selection pane="bottomRight" activeCell="G80" sqref="G80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...93 lines deleted...]
-      <c r="C14" s="1" t="s">
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G42" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B15" s="1" t="s">
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G79" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...1472 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>201</v>
+        <v>55</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...843 lines deleted...]
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">