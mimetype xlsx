--- v0 (2026-01-02)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -74,80 +74,125 @@
   <si>
     <t>Дождик серебристозолотой 1,5 м</t>
   </si>
   <si>
     <t>Дождик для новогодней елки. Декоративное украшение из металлизированной полимерной пленки. Такое декоративное украшение идеально подходит для декора новогодней елки и оформления помещения к новогодним праздникам.</t>
   </si>
   <si>
     <t>Новогодняя мишура</t>
   </si>
   <si>
     <t>554348</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de6/de649ae084450090e31903b49064955f/5c55f8b283acca1aac64071d1b85b0fb.jpg</t>
   </si>
   <si>
     <t>Дождик серебристосиний 1,5 м</t>
   </si>
   <si>
     <t>554350</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/175/175d02edf3a6ed579de64bf3778206e1/a06e361d9142d1d62e86165094efe0cc.jpg</t>
+  </si>
+  <si>
+    <t>Дождик серебристый 1,5 м</t>
+  </si>
+  <si>
+    <t>554351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ec/ryb20ug4zehfmelg8i9zdi90qqidyquj.jpg</t>
+  </si>
+  <si>
+    <t>Мишура новогодняя, 2м, диаметр 9 см, цвет: красный серебро</t>
+  </si>
+  <si>
+    <t>Мишура новогодняя, 2м, диаметр 9 см, цвет: красный/серебро</t>
+  </si>
+  <si>
+    <t>905075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/484/titko1fo1b14gvnzc30ua1kixlzql8y2.jpg</t>
+  </si>
+  <si>
+    <t>Мишура новогодняя, 2м, диаметр 9 см, цвет: золото HD-CT022</t>
+  </si>
+  <si>
+    <t>964053</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a61/rsl40bqmso8okb6mwa2o329o1e4k2sw3.jpg</t>
   </si>
   <si>
     <t>Дождик новогодний голография КОМПЛЕКТ 2шт, шир 10см, длина 1,5м, ассорти 5цв, ЗОЛОТАЯ СКАЗКА, 592288</t>
   </si>
   <si>
     <t>Дождик &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это волшебный декор, который добавит праздничного настроения в любой уголок вашего дома! Дождик станет ярким акцентом на новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Высота дождика в расправленном и подвешенном виде составляет 1,5 метра, ширина – 20 сантиметров &amp;#40;2 слоя по 10 сантиметров&amp;#41;. Материал дождика – полиэтилентерефталат. Эффект голографии завораживает и создает атмосферу зимней сказки.В транспортной упаковке всего 50 штук, поставляется в нескольких вариантах цвета: золотистый &amp;#40;15 шт.&amp;#41;, серебристый &amp;#40;15 шт.&amp;#41;, зеленый &amp;#40;10 шт.&amp;#41;, красный &amp;#40;5 шт.&amp;#41;, синий &amp;#40;5 шт.&amp;#41;. Каждый дождик упакован в полипропиленовый пакет с бумажным хедером и европодвесом.</t>
   </si>
   <si>
     <t>995191</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3db/svrmelmvqti4m29pxt94vkjy2zog5jkv.jpg</t>
   </si>
   <si>
     <t>Дождик новогодний голография, ширина 10 см, длина 1,5 м, ассорти 5 цветов, ЗОЛОТАЯ СКАЗКА, 592287</t>
   </si>
   <si>
     <t>Дождик &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это волшебный декор, который добавит праздничного настроения в любой уголок вашего дома! Дождик станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Высота дождика в расправленном и подвешенном виде составляет 1,5 м, ширина – 10 см. Материал дождика – полиэтилентерефталат. Эффект голографии завораживает взгляд и создает атмосферу зимней сказки.В транспортной упаковке всего 50 шт., поставляется в нескольких вариантах цвета: золотистый &amp;#40;15 шт.&amp;#41;, серебристый &amp;#40;15 шт.&amp;#41;, зеленый &amp;#40;10 шт.&amp;#41;, красный &amp;#40;5 шт.&amp;#41;, синий &amp;#40;5 шт.&amp;#41;.Каждый дождик упакован в полипропиленовый пакет с бумажным хедером и европодвесом.</t>
   </si>
   <si>
     <t>995192</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/203/6kvu6j0hzx5zh05lmqao85sq8anbzrja.jpg</t>
+  </si>
+  <si>
+    <t>Дождик новогодний, КОМПЛЕКТ 5 штук, ширина 10 см, длина 2 м, серебристый, ЗОЛОТАЯ СКАЗКА, 592290</t>
+  </si>
+  <si>
+    <t>Дождик &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это волшебный декор, который добавит праздничного настроения в любой уголок вашего дома! Дождик станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Высота дождика в расправленном и подвешенном виде составляет 2 м, ширина – 10 см. Материал дождика – полиэтилентерефталат. Серебристый, искрящийся дождик, завораживают взгляд и создают атмосферу зимней сказки. В комплекте – 5 шт. серебристого дождика без эффекта голографии. Упакованы в пакет с зиплоком.</t>
+  </si>
+  <si>
+    <t>995193</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/280/52i4vkh2j7htmb9p93m8w4r4dnxk47ek.jpg</t>
   </si>
   <si>
     <t>Дождик новогодний, ширина 10 см, длина 1,5 м, ассорти 5 цветов, ЗОЛОТАЯ СКАЗКА, 592289</t>
   </si>
   <si>
     <t>Дождик &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; - это волшебный декор, который добавит праздничного настроения в любой уголок Вашего дома! Дождик станет ярким акцентом на Вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Высота дождика в расправленном и подвешенном виде составляет 1,5 метра, ширина – 10 сантиметров. Материал дождика – полиэтилентерефталат. Яркий и искрящийся дождик завораживает взгляд и создает атмосферу зимней сказки. В транспортной упаковке всего 50 штук, поставляется в нескольких вариантах цвета: золотистый &amp;#40;15 шт.&amp;#41;, серебристый &amp;#40;15 шт.&amp;#41;, зеленый &amp;#40;10 шт.&amp;#41;, красный &amp;#40;5 шт.&amp;#41;, синий &amp;#40;5 шт.&amp;#41;.Каждый дождик упакован в полипропиленовый пакет с бумажным хедером и европодвесом.</t>
   </si>
   <si>
     <t>997134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/511/020e3qui3arr4ngautemm9w0i5o32dvm.jpg</t>
   </si>
   <si>
     <t>Мишура  1 штука , диаметр 100 мм, длина 2 м, ассорти 6 цветов, ЗОЛОТАЯ СКАЗКА, 592213</t>
   </si>
   <si>
     <t>Мишура &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; - это чудесный декор, который создаст праздничное настроение дома или в офисе. Мишура станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Длина мишуры в расправленном виде составляет 2 м, диаметр – 10 см. Материал мишуры – полиэтилентерефталат. В транспортной упаковке – 65 штук, поставляется в нескольких вариантах цвета: серебристом &amp;#40;15 шт.&amp;#41;, белом &amp;#40;15 шт.&amp;#41;, зеленом &amp;#40;15 шт.&amp;#41;, золотистом &amp;#40;10 шт.&amp;#41;, красном &amp;#40;5 шт.&amp;#41;, синем &amp;#40;5 шт.&amp;#41;. Индивидуальная упаковка - бумажный хедер с европодвесом.</t>
   </si>
   <si>
     <t>997884</t>
   </si>
   <si>
     <t>65</t>
@@ -194,237 +239,171 @@
   <si>
     <t>http://anytos.ru//upload/iblock/925/j5kyuj5ruanuuc1k0z4xrz06k96pf12t.jpg</t>
   </si>
   <si>
     <t>Мишура КОМПЛЕКТ 3 штуки, диаметр 100 мм, длина 2 м, зеленая с белыми кончиками, 592217</t>
   </si>
   <si>
     <t>Мишура &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; - это чудесный декор, который создаст праздничное настроение дома или в офисе. Мишура станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Длина мишуры в расправленном виде составляет 2 м, диаметр – 10 см. Материал мишуры – полиэтилентерефталат. В комплекте – 3 штуки зелёной мишуры с белыми кончиками. Упакованы в пакет с зиплоком.</t>
   </si>
   <si>
     <t>997888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45c/00lwrt2n7ejca91plq36duyif4si1iun.jpg</t>
   </si>
   <si>
     <t>Мишура КОМПЛЕКТ 3 штуки, диаметр 100 мм, длина 2 м, зеленая с золотистыми кончиками, 592219</t>
   </si>
   <si>
     <t>Мишура &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; - это чудесный декор, который создаст праздничное настроение дома или в офисе. Мишура станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Длина мишуры в расправленном виде составляет 2 м, диаметр – 10 см. Материал мишуры – полиэтилентерефталат. В комплекте – 5 штук зелёной мишуры с золотистыми кончиками. Упакованы в пакет с зиплоком.</t>
   </si>
   <si>
     <t>997889</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a68/my98805c7l04fpdp0rfx3s7nhzempyqp.jpg</t>
+  </si>
+  <si>
+    <t>Мишура КОМПЛЕКТ 3 штуки, диаметр 100 мм, длина 2 м, серебристая, 592221</t>
+  </si>
+  <si>
+    <t>Мишура &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; – это чудесный декор, который создаст праздничное настроение дома или в офисе. Мишура станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Длина мишуры в расправленном виде составляет 2 м, диаметр – 10 см. Материал мишуры – полиэтилентерефталат. В комплекте – 3 штуки мишуры серебристого цвета. Упакованы в пакет с зиплоком.</t>
+  </si>
+  <si>
+    <t>997891</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9d5/5w7powx7xrzwe9e5e1i8kteps1cmh000.jpg</t>
   </si>
   <si>
     <t>Мишура КОМПЛЕКТ 4 штуки   1 в подарок , диаметр 50 мм, длина 2 м, зеленая с белыми кончиками, 592215</t>
   </si>
   <si>
     <t>Мишура &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; - это чудесный декор, который создаст праздничное настроение дома или в офисе. Мишура станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Длина мишуры в расправленном виде составляет 2 м, диаметр – 5 см. Материал мишуры – полиэтилентерефталат. В комплекте – 5 штук зелёной мишуры с белыми кончиками. Упакованы в пакет с зиплоком.</t>
   </si>
   <si>
     <t>997892</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/504/k3xfx4vg8eyoo5wi6hcb79la755cu1eu.jpg</t>
   </si>
   <si>
     <t>Мишура КОМПЛЕКТ 4 штуки   1 в подарок , диаметр 70 мм, длина 2 м, зеленая с белыми кончиками, 592216</t>
   </si>
   <si>
     <t>Мишура &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; - это чудесный декор, который создаст праздничное настроение дома или в офисе. Мишура станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Длина мишуры в расправленном виде составляет 2 м, диаметр – 7 см. Материал мишуры – полиэтилентерефталат. В комплекте – 5 штук зелёной мишуры с белыми кончиками. Упакованы в пакет с зиплоком.</t>
   </si>
   <si>
     <t>997893</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6b5/kasl1wn5ugvdyvukeo5f5anqpvz5s593.jpg</t>
+  </si>
+  <si>
+    <t>Мишура с цветными кончиками  1 шт.  диаметр 70 мм, длина 2 м, 5 цветов ассорти, ЗОЛОТАЯ СКАЗКА, 592214</t>
+  </si>
+  <si>
+    <t>Мишура &amp;quot;ЗОЛОТАЯ СКАЗКА&amp;quot; - это чудесный декор, который создаст праздничное настроение дома или в офисе. Мишура станет ярким акцентом на вашей новогодней елке или украсит стены, окна, двери, создавая атмосферу сказочного волшебства. Длина мишуры в расправленном виде составляет 2 м, диаметр – 7 см. Материал мишуры – полиэтилентерефталат. В транспортной упаковке – 65 штук, поставляется в нескольких вариантах цвета: зеленом с белыми кончиками &amp;#40;15 шт.&amp;#41;, зелёном с золотистыми кончиками &amp;#40;15 шт.&amp;#41;, серебристом с синими кончиками &amp;#40;15 шт.&amp;#41;, зелёном с салатовыми кончиками &amp;#40;10 шт.&amp;#41;, золотистом с красными кончиками &amp;#40;10 шт.&amp;#41;. Индивидуальная упаковка - бумажный хедер с европодвесом.</t>
+  </si>
+  <si>
+    <t>997894</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2a0/nkdw97z4z115ollwfobokfq6p6rxgd2i.jpg</t>
   </si>
   <si>
     <t>Дождик на елку Волшебство 1,5 мx 10 см, серебряный, НУ-5496</t>
   </si>
   <si>
     <t>1003832</t>
   </si>
   <si>
     <t>&lt;a href="/brands/miland/"&gt;Miland&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/58c/fnho3xae38he7fneusnu62easl1p8rss.jpg</t>
-[...14 lines deleted...]
-    <t>1003847</t>
+    <t>http://anytos.ru//upload/iblock/e97/4swaeophlsj9dpzltaxknq2jeg651sw0.jpg</t>
+  </si>
+  <si>
+    <t>Мишура диаметр 9 см, 2 м серебро SDMT-HT-005</t>
+  </si>
+  <si>
+    <t>1003837</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fee/223zt9yqv9sml651du6zirslo5sq2kj7.jpg</t>
+  </si>
+  <si>
+    <t>Мишура диаметр 9 см, 2 м, зеленый SDMT-HT-052</t>
+  </si>
+  <si>
+    <t>1003839</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fd/dhqwiyvjoebwcoi8k87iiojjaimaeh4m.jpg</t>
+  </si>
+  <si>
+    <t>Мишура пушистая серебряная матовая Новогодняя, длина 2 м, диаметр 10см. НУ-5486</t>
+  </si>
+  <si>
+    <t>1003856</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d70/13nhul1uo86qnx497yf3a8s4ezv0k4bc.jpg</t>
+  </si>
+  <si>
+    <t>Мишура серебряная Новогодняя, длина 2 м, диаметр 7 см НУ-5483</t>
+  </si>
+  <si>
+    <t>1003858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19d/xuobi560c80zpq2a7259e8vvhy7hhqr2.jpg</t>
+  </si>
+  <si>
+    <t>Мишура синяя Новогодняя, длина 2 м, диаметр 7 см НУ-5488</t>
+  </si>
+  <si>
+    <t>1003859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6d/pmkrwjp2zfn16rmin86snrhczpjz74sp.jpg</t>
+  </si>
+  <si>
+    <t>Дождик новогодний из ПЭТ, 9x100 см арт.92324</t>
+  </si>
+  <si>
+    <t>Дождик новогодний Время Чудес красный 100x9 см. Новогодний дождик определенно незаменим в новогоднем дизайне интерьера. Он возвращает в детство, дарит ощущение праздника. Традиционный дождик &amp;#39;Время Чудес&amp;#39; создаст новогодний стиль дома: его можно повесить в любое понравившееся место - стены, шторы, елка - он везде будет смотреться празднично и красиво.</t>
+  </si>
+  <si>
+    <t>1004229</t>
   </si>
   <si>
     <t>&lt;a href="/brands/vremya-chudes/"&gt;Время Чудес&lt;/a&gt;</t>
-  </si>
-[...127 lines deleted...]
-    <t>1016248</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -751,57 +730,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L31"/>
+  <dimension ref="A1:L29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G31" sqref="G31"/>
+      <selection pane="bottomRight" activeCell="G29" sqref="G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -858,637 +837,576 @@
       </c>
       <c r="B5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F10" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="F11" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>44</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="F13" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>53</v>
-      </c>
-[...13 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="F16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>66</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>83</v>
-      </c>
-[...16 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G24" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G25" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>16</v>
-[...44 lines deleted...]
-      <c r="G31" s="3" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>