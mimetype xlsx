--- v0 (2025-10-28)
+++ v1 (2026-01-22)
@@ -12,100 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb3/cb36a202ef2476ffdd1b97fe936a0d8c.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда-буквы ПатиБум  quot;С Днем Рождения. Веселые буквы quot;, 250см, европодвес 4690296048952</t>
+  </si>
+  <si>
+    <t>Праздничная гирлянда в виде веселых букв С Днем Рождения. Прекрасное украшение для помещения, в котором проходит чествование именинника. Яркая гирлянда понравится всем гостям и хорошо впишется в праздничный интерьер.</t>
+  </si>
+  <si>
+    <t>Гирлянды</t>
+  </si>
+  <si>
+    <t>350348</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/patibum/"&gt;ПатиБум&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/246/2468896fb19c5626e1b852f6316e2c8c.jpg</t>
   </si>
   <si>
     <t>Гирлянда-буквы ПатиБум  quot;С Днем Рождения. Волшебные Питомцы quot;, 320см, европодвес 4690296040420</t>
   </si>
   <si>
     <t>Создать радостное настроение во время проведения детского торжества помогут специальные элементы декора, например, буквенная гирлянда “С днем Рождения. Волшебные Питомцы”. Яркая и интересная, она украсит праздник любимыми героями, и станет изюминкой дня рождения.</t>
   </si>
   <si>
-    <t>Гирлянды</t>
-[...1 lines deleted...]
-  <si>
     <t>350350</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/patibum/"&gt;ПатиБум&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/614/6143a3ce56108310bb2b7e81e5677850.jpg</t>
+  </si>
+  <si>
+    <t>Гирлянда-буквы ПатиБум  quot;С Днем Рождения. Зоопарк quot;, 250см, европодвес 4690296048969</t>
+  </si>
+  <si>
+    <t>350351</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/524/5244f7b7ea47c3ba62df421e7ba8b39d/f04225f70dde80566c48956e52808886.jpg</t>
   </si>
   <si>
     <t>Гирлянда Флажковая лента Разноцветная 5м</t>
   </si>
   <si>
     <t>378338</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pati-bum/"&gt;Пати Бум&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88f/88ff013f4d52d37488f25fe6cfa4a570/eca1493bdc05b18d9042eb2a9cac81d0.jpg</t>
   </si>
   <si>
     <t>Бумажное украшение Гирлянда Бабочки 23х17см 4м SA9363</t>
   </si>
   <si>
     <t>Фигурная гирлянда - объемное разноцветное декоративное украшение из гофрированной бумаги. Гирлянда состоит из повторяющихся звеньев в форме фигуры бабочки. Такое декоративное украшение прекрасно подойдет для оформления интерьера к любому празднику.</t>
   </si>
   <si>
     <t>553591</t>
@@ -191,53 +224,50 @@
   <si>
     <t>Гирлянда буквы  quot;Поздравляем quot; Медвежонок 196 см</t>
   </si>
   <si>
     <t>Гирлянда буквенная - перетяжка, декоративное украшение из плотного картона. Применяется для оформления помещений к празднику. Украшение помещения бумажными гирляндами не требует никаких специальных знаний.</t>
   </si>
   <si>
     <t>553617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a9/1a9a840b03884c6f7afd533c1bbebc5a/0793c993079f63db07148fd366632ad0.jpg</t>
   </si>
   <si>
     <t>Гирлянда буквы  quot;Поздравляем quot; Торт 196 см</t>
   </si>
   <si>
     <t>553618</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53d/53d599bff66b691b616278d3fc9881b8/6f576dc7f2d3d0aac45415c60e4afe8d.jpg</t>
   </si>
   <si>
     <t>Гирлянда буквы  quot;С Днем Рождения quot; Веселые буквы 250 см</t>
   </si>
   <si>
-    <t>Праздничная гирлянда в виде веселых букв С Днем Рождения. Прекрасное украшение для помещения, в котором проходит чествование именинника. Яркая гирлянда понравится всем гостям и хорошо впишется в праздничный интерьер.</t>
-[...1 lines deleted...]
-  <si>
     <t>553623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d24/d242b503623a152f84ef6e4b03dc7672/ae2fce99621a53cfff33bac1df19d940.jpg</t>
   </si>
   <si>
     <t>Гирлянда буквы  quot;С Днем Рождения quot; Волшебные Питомцы 320 см</t>
   </si>
   <si>
     <t>553625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/763/7636a8ec849b22475a48c18088d4c3fe/843703ae1ee170a77fed5b2129eeb8bd.jpg</t>
   </si>
   <si>
     <t>Гирлянда буквы  quot;С Днем Рождения quot; Динозавр 160 см</t>
   </si>
   <si>
     <t>Кто сказал, что динозавры больше и страшные? Вот такой яркий динозавр-гирлянда обязательно понравится имениннику, а также станет необычным украшением детского мероприятия.</t>
   </si>
   <si>
     <t>553627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc4/fc4e4191833b2c80dd486eb6b3abf5d6/f8d6cd2e3fe035d47958aca7b7856d00.jpg</t>
@@ -488,62 +518,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/be1/be1047e64d1481593c20476542c24913/c16e9c201813c817e11d72c6b587edd7.jpg</t>
   </si>
   <si>
     <t>Подвеска  quot;С Днем Рождения quot; Торт 0,4х0,9 м</t>
   </si>
   <si>
     <t>Подвеска праздничная - декоративное украшение из плотного картона. Применяется для оформления помещений к празднику. Украшение помещения подобными подвесками не требует никаких специальных знаний.</t>
   </si>
   <si>
     <t>553672</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7e/f7e768bc2f47282fc092e3a30d30a147/f0c5da2704d1e918dd1611d3cec62a5c.jpg</t>
   </si>
   <si>
     <t>Подвеска Морская 100 см 2 шт</t>
   </si>
   <si>
     <t>Очень легкий и красивый бумажный декор для вечеринки в морском стиле. В комплекте две подвески.</t>
   </si>
   <si>
     <t>553675</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e4f/e4fc170de91dca7a49bcac01d653c998/bfee5af9bda78842e9e0454b71933198.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3be/3be21112c832df5d0c251a58a4ba5eb2/3840ef74c5c1a643b16318d8afa22852.jpg</t>
   </si>
   <si>
     <t>Подвескаспираль Party Girls 16 см 4 шт</t>
   </si>
   <si>
     <t>Бумажные украшения применяются для оформления помещений к празднику. Украшение помещения подвесками из бумаги не требует никаких специальных знаний. Данные подвески входят в состав коллекции праздничной одноразовой посуды Party Girls</t>
   </si>
   <si>
     <t>553677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae5/ae5c27d0c3c46a448b93b43893184e32/0c1ea94af23523911330f7c2635e3535.jpg</t>
   </si>
   <si>
     <t>Подвескаспираль Веселый Пират 16 см 4 шт</t>
   </si>
   <si>
     <t>Бумажные украшения применяются для оформления помещений к празднику. Украшение помещения подвесками из бумаги не требует никаких специальных знаний. Данные подвески входят в состав коллекции праздничной одноразовой посуды Веселый Пират</t>
   </si>
   <si>
     <t>553678</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9df/9dfaa517524c194064882db773fe041c/462b3744f1fcf7431b944cdd4aa8b292.jpg</t>
@@ -584,50 +602,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0c7/0c7efc111ad5deb136d32c287d976804/549a425368f616c02842643a28f32e64.jpg</t>
   </si>
   <si>
     <t>Superman. Гирлянда поздравительная  quot;С Днем рождения quot;</t>
   </si>
   <si>
     <t>Superman. Гирлянда поздравительная &amp;quot;С Днем рождения!&amp;quot;</t>
   </si>
   <si>
     <t>596112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f39/f39920e0308b00b382a351c7551504e9/03329420bc03f6f40318c3bcfe9361c3.jpg</t>
   </si>
   <si>
     <t>Batman. Гирлянда поздравительная  quot;С Днем рождения quot;</t>
   </si>
   <si>
     <t>Batman. Гирлянда поздравительная &amp;quot;С Днем рождения!&amp;quot;</t>
   </si>
   <si>
     <t>596121</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/565/565cd6d850eb74908d4875406da50734/2122a6465e0956bea72998467a317a52.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сказочный патруль. Гирлянда поздравительная Персонажи  флажки </t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Гирлянда поздравительная Персонажи &amp;#40;флажки&amp;#41;</t>
+  </si>
+  <si>
+    <t>596127</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/skazochnyj-patrul/"&gt;Сказочный патруль&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/813/813a3e76e3c5b792894cfcbfe36c94c6/899e32347e2ac3d7df8bb9096bcf2648.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Minions 2. Гирлянда поздравительная  quot;С Днем рождения quot;  3D дизайн </t>
   </si>
   <si>
     <t>Гирлянда бумажная, флажки прямоугольные, в наборе лента.</t>
   </si>
   <si>
     <t>600236</t>
   </si>
   <si>
     <t>&lt;a href="/brands/minony/"&gt;Миньоны&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/287/hg4srgo4wxcyu31owq5kkvbv8f6blj0k.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Щенячий патруль. Гирлянда поздравительная  quot;Персонажи quot;  флажки   unisex </t>
   </si>
   <si>
     <t>Гирлянда для праздничного декора помещения с изображением любимых героев мультфильма &amp;quot;Щенячий патруль&amp;quot;. Гирлянда поздравительная состоит из 14 отдельных флажков, изготовленных из цветного мелованного картона, каждый флажок имеет размер 12*14 см, общая длина гирлянды 200 см. Флажки требуют предварительного нанизывания на ленту, которая также входит в комплект. Набор для праздника идеален для оформления пространства на любой детский праздник. Бумажные гирлянды помогут создать волшебную атмосферу и сделать детский праздник незабываемым и оригинальным. Гирлянда для праздника в стиле &amp;quot;Щенячий патруль&amp;quot; особенно понравится детям, которые так любят этот известный мультфильм.</t>
   </si>
   <si>
     <t>684938</t>
@@ -737,108 +770,62 @@
   <si>
     <t>684947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6b/v3ma7tjsnqwk1q5gc22oj6ya8szr146w.jpg</t>
   </si>
   <si>
     <t>Гирлянда-буквы HappyBirthday 250см</t>
   </si>
   <si>
     <t>703723</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e2/y31nxwd345niwmufq4dcv3its5qohvqn.jpg</t>
   </si>
   <si>
     <t>Праздничное украшение  quot;Гирлянда quot; длина-3м ассорти</t>
   </si>
   <si>
     <t>Праздничное украшение &amp;quot;Гирлянда&amp;quot; длина-3м ассорти &amp;#40;кружочки, бабочки&amp;#41;</t>
   </si>
   <si>
     <t>703725</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/64e/5rkw55egv2rk198ygyu5uh5lxf92xhi7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/328/6kdrmh817j7cbofcg2mx87t0hdv6fnv7.jpg</t>
   </si>
   <si>
     <t>Праздничное украшение растяжка  quot;Шарики quot; 3м</t>
   </si>
   <si>
     <t>Праздничное украшение растяжка &amp;quot;Шарики&amp;quot; 3м. Упаковка - п/э 19,5*23см, европодвес.</t>
   </si>
   <si>
     <t>703728</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d72/ro1xgu7j2l65ph94unhkbil5b36dsm31.jpg</t>
-[...32 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4d0/kbqcrv5kn6l8o0l2hy3hc53ydvwo9hw9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Harry Potter. Гирлянда поздравительная  quot;Персонажи quot;  флажки   чиби </t>
   </si>
   <si>
     <t>Harry Potter. Гирлянда поздравительная &amp;quot;Персонажи&amp;quot; &amp;#40;флажки&amp;#41; &amp;#40;чиби&amp;#41;</t>
   </si>
   <si>
     <t>837935</t>
   </si>
   <si>
     <t>&lt;a href="/brands/harry-potter/"&gt;Harry Potter&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf2/l83584iix58hn5v6uqs0xb5bwxnzm7a4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Harry Potter. Гирлянда поздравительная  quot;С Днем рождения quot;  чиби </t>
   </si>
   <si>
     <t>Harry Potter. Гирлянда поздравительная &amp;quot;С Днем рождения!&amp;quot; &amp;#40;чиби&amp;#41;</t>
   </si>
   <si>
     <t>837936</t>
@@ -1252,62 +1239,50 @@
     <t>977789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cec/ovdlcjajbvf81g8nb15h1nxfapl7ffjy.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Harry Potter. Гирлянда поздравительная  гербы Хогвартса </t>
   </si>
   <si>
     <t>Гирлянда для праздничного декора помещения с изображением гербов фильма &amp;quot;Harry Potter&amp;quot;. Гирлянда состоит из 14 отдельных флажков, изготовленных из цветного мелованного картона, каждый флажок имеет размер 12х14 см, общая длина гирлянды 200 см. Флажки требуют предварительного нанизывания на ленту, которая также входит в комплект. Набор для праздника идеален для оформления пространства на день рождения ребенка. Подарочный набор для праздника поможет создать волшебную атмосферу и сделать детский праздник незабываемым и оригинальным. Поздравительная гирлянда для праздника в стиле &amp;quot;Harry Potter&amp;quot; особенно понравится детям, которые так любят этот известный фильм.</t>
   </si>
   <si>
     <t>985969</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/977/ku2ap5iexd36m1p8qwej6vp5xw2j39gr.jpg</t>
   </si>
   <si>
     <t>Леди Баг и Супер-Кот. Гирлянда поздравительная  quot;С Днем рождения quot;  обычная  черно-розовая</t>
   </si>
   <si>
     <t>Гирлянда для праздничного декора помещения в красно-желтых оттенках с изображением любимых героев мультфильма &amp;quot;Леди Баг и Супер-Кот&amp;quot;. Гирлянда состоит из 14 отдельных флажков, изготовленных из цветного мелованного картона, каждый флажок имеет размер 12*14 см, общая длина гирлянды 200 см. Флажки требуют предварительного нанизывания на ленту, которая также входит в комплект. Набор для праздника идеален для оформления пространства на день рождения ребенка. Подарочный набор для праздника поможет создать волшебную атмосферу и сделать детский праздник незабываемым и оригинальным. Поздравительная гирлянда для праздника в стиле &amp;quot;Леди Баг и Супер-Кот&amp;quot; особенно понравится детям, которые так любят этот известный мультфильм. Преимущества: Идеально для детского дня рождения. Поможет создать праздничную атмосферу и украсить пространство.</t>
   </si>
   <si>
     <t>985970</t>
-  </si>
-[...10 lines deleted...]
-    <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/855/kfawj3rjln5w0b5y15iq05blxadjq0kp.jpg</t>
   </si>
   <si>
     <t>Комплект Ромашки 9 элементов 140мм, 110мм, 80мм</t>
   </si>
   <si>
     <t>999384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fab/rthhmal5vt3oontlquphwzrxcipnma3b.jpg</t>
   </si>
   <si>
     <t>Гирлянда буквы До свидания, школа  Шары 200см.</t>
   </si>
   <si>
     <t>Гирлянда буквы До свидания, школа! Шары 200см</t>
   </si>
   <si>
     <t>999385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4a/m14lmupmqsn4nt550xwjzkxxk4zvhz0f.jpg</t>
   </si>
@@ -1667,2304 +1642,2276 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J105"/>
+  <dimension ref="A1:M103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G105" sqref="G105"/>
+      <selection pane="bottomRight" activeCell="G103" sqref="G103"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...27 lines deleted...]
-      <c r="A6" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...191 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...16 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="G23" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...175 lines deleted...]
-      </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F59" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="G59" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F67" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...102 lines deleted...]
-      <c r="B58" s="1" t="s">
+      <c r="G67" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F75" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...145 lines deleted...]
-      <c r="C65" s="1" t="s">
+      <c r="G75" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...85 lines deleted...]
-      <c r="B69" s="1" t="s">
+      <c r="G99" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F101" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...748 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G101" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>279</v>
+        <v>60</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>20</v>
-[...45 lines deleted...]
-        <v>20</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">