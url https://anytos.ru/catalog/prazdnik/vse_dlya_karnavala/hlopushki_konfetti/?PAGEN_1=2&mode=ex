--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -206,62 +206,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f0e/f0e150ff2428a2eab68841053118c3dd/8096ca98ad708cfa6f39d27205536f95.jpg</t>
   </si>
   <si>
     <t>16 см Хлопушка пружинная с предсказанием Магиябум 12 шт уп</t>
   </si>
   <si>
     <t>ЭТО НЕ ПИРОТЕХНИКА! АБСОЛЮТНО БЕЗОПАСНО! Хлопушка на пружинном механизме. При повороте основания хлопушки пружина разжимается и из хлопушки вылетают фольгированные конфетти и серпантин, а также фант с предсказанием будущего! В упаковке содержится 12 хлопушек.</t>
   </si>
   <si>
     <t>555042</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da6/da6d9ef6f9f1f8517db298be0643cf3b/b14d99ee28a023fe6d5d8cad2b07b3d4.jpg</t>
   </si>
   <si>
     <t>20 см Пневмохлопушка Rose Gold конфетти</t>
   </si>
   <si>
     <t>Яркая хлопушка с фольгированным конфетти цвета розового золота. Идеальный сюрприз к любому празднику!</t>
   </si>
   <si>
     <t>555044</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d1/7d1355893638a32f3986aa732d99bf07/1451e0fe9a818386629aef4d3e54e976.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5d9/5d99e570e29e664dd4b5774a837e0b1d/a515ea6c0c9719959e7969390033df9f.jpg</t>
   </si>
   <si>
     <t>20 см Пневмохлопушка Голубое конфетти</t>
   </si>
   <si>
     <t>Совершенно безопасная пневмохлопушка с ярким голубым конфетти. Отлично подойдет для поддержания праздничной атмосферы и веселья. Выстрел производится за счет сжатого воздуха, пневмохлопушка не является пиротехникой!</t>
   </si>
   <si>
     <t>555047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea6/ea6b69c8aaaba4e71222b054f38598da/3387a6c2a719518a789e27081c0647bd.jpg</t>
   </si>
   <si>
     <t>20 см Пневмохлопушка Желтое конфетти</t>
   </si>
   <si>
     <t>Отличная идея для любого праздника. Выстрел производится за счет сжатого воздуха, а внутри - яркое, солнечное конфетти. Не является пиротехникой!</t>
   </si>
   <si>
     <t>555049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ff/7ff37bb5b5715c98ee913aff93c9a38a/ed2695a92bc2c1d2851f0bf7ec94cadc.jpg</t>
@@ -890,62 +878,50 @@
   <si>
     <t>555159</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e19/e1963326625c5ed9c3e1dc0a02a6be84/fb43e3919f849eae97287a6a5a94e7c7.jpg</t>
   </si>
   <si>
     <t>Фонтан JF TS1230 4 шт уп. 12 см</t>
   </si>
   <si>
     <t>555162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07a/07a40ab413236e56f863ca2820ac6d7c/a6e1bac62ba6c2b19512b2b8501aa337.jpg</t>
   </si>
   <si>
     <t>Фонтан TC1030 4 шт уп. 10 см</t>
   </si>
   <si>
     <t>Ассорти ярких фонтанов для веселого праздника. Можно использовать как дома, так и в помещении. Пожалуйста, соблюдайте технику безопасности!</t>
   </si>
   <si>
     <t>555163</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a3/1a3d276012a4e549c836e14df4667dc1/9fa8fec136feef87a698eee29a335424.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/864/8649fd6a2baffe6caf45e38bf62007f5/66985577a5aaafa4618bded14607baf8.jpg</t>
   </si>
   <si>
     <t>Фонтан TKR358 4 шт уп. Цветное пламя 12 см</t>
   </si>
   <si>
     <t>555165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8f/f8ffdd9d1802fa5ce23b312c2c3c635d/3144127116657876569033360736e805.jpg</t>
   </si>
   <si>
     <t>Хлопушка 100 мм</t>
   </si>
   <si>
     <t>Пиротехническое устройство - хлопушка. Предназначено для использования на праздничных мероприятиях, особенно востребовано в новый год. Предназначено для использования на улице.</t>
   </si>
   <si>
     <t>555166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e2/2e244e84eeec60720125a9aa204f4665/fc4e7fc69479219699f114d32ee5b3a7.jpg</t>
   </si>
   <si>
     <t>Хлопушка 140 мм конфетти</t>
@@ -977,113 +953,125 @@
   <si>
     <t>555171</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d21/d219381abeac53274029b84e7e0682b1.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ПатиБум  quot;Мальчик или Девочка. Blue quot;, 20см, в золотой картонной тубе, фольга</t>
   </si>
   <si>
     <t>Пневмохлопушка в золотой тубе с фольгированным конфетти внутри.</t>
   </si>
   <si>
     <t>618671</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ada/adaf7b01aaf122962e67001fc73dcde7.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ПатиБум  quot;Мальчик или Девочка. Pink quot;, 20см, в золотой картонной тубе, фольга</t>
   </si>
   <si>
     <t>618672</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6d7/zcxdjwm58vrr4fksz1gptsioq7zmmwbo.jpg</t>
-[...8 lines deleted...]
-    <t>662101</t>
+    <t>http://anytos.ru//upload/iblock/83b/nbusnbvkdrl6etvlvxoovno64iepz235.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 28 см, фольга, конфетти, ассорти, 591473</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде конфетти цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>662104</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/83b/nbusnbvkdrl6etvlvxoovno64iepz235.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e82/kffngu671uyug6dutib7k9gu2pjicg0h.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 20 см, фольга, серпантин конфетти, ассорти, 591472</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 20 см с фольгированным наполнителем в виде серпантина и конфетти цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662105</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1dc/wuoijpay5m4nub67j7irx4bq9nam4188.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 30 см, фольга, серпантин, ассорти, 591474</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде серпантина и конфетти цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05f/p7129ngdqqfwl8drtudusxidkytx2y36.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 30 см, фольга, круги, ассорти, 591478</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным круглым наполнителем цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662107</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/38a/bux2n8hj0gqm5gcrioq21hoocnjo0ujq.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА  quot;СЕРДЕЧКИ quot; 30 см, фольга, сердечки, красный, 591475</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - свадьбе, новогодней вечеринке, торжестве в честь Дня Рождения, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде сердечек красного цвета является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>662108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/812/izdre2s4nb90k7u81g3say21qy0uwbzt.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 30 см, фольга, прямоугольники, золотой, 591476</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде прямоугольников золотого цвета является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>662109</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/89c/8v1bwrf7yipbokko5yr5sh3kwn7qmrh1.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 30 см, фольга, прямоугольники, серебристый, 591477</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде прямоугольников серебристого цвета является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07b/ngwe91sbkrub4r6syj1ah33gmg0zf1nh.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА  quot;5000 рублей quot; 40см, наполнитель  quot;купюры quot;, 591479</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 40 см с бумажным наполнителем в виде купюр &amp;quot;5000 рублей&amp;quot; является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/035/uc7gji5tsxoy57z0j0dvt5san9ij847n.jpg</t>
@@ -1175,86 +1163,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/68a/z8iuehjwxpvntvejxrn4gbre3qtvu9ip.jpg</t>
   </si>
   <si>
     <t>20см Пневмохлопушка Монеты</t>
   </si>
   <si>
     <t>Пневмохлопушка, длиной 20 см, для создания праздничной атмосферы на дне рождения, вечеринке, свадьбе или другом торжестве. Внутреннее наполнение цилиндрического корпуса – конфетти круглой формы в виде монеток. Можно использовать на улице и в помещении. Приводится в действие за счет сжатого воздуха после поворота нижней части. Хлопушка безопасна в применении и не является пиротехническим средством.</t>
   </si>
   <si>
     <t>947226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5e/4xg338bhfpys21mdm3km4jg4zkrmhrb3.jpg</t>
   </si>
   <si>
     <t>20см Хлопушка пружинная Rose Gold Сhampagne</t>
   </si>
   <si>
     <t>Оригинальная хлопушка в форме бутылки шампанского с пружинным механизмом. Срабатывание происходит при поворачивании основания, при котором пружина разжимается. При хлопке из внутренней части хлопушки вылетает фольгированный розовый серпантин. Конструкция выполнена из бумаги и пластмассы. Производитель Arts&amp;Crafts. Эффектный праздничный атрибут поможет создать веселую атмосферу на любом мероприятии.</t>
   </si>
   <si>
     <t>947227</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2dc/u5fw1dx3o61uwqy9vvbwzn8whsjjtojd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eb2/job1j0r1bolko372jci0k8ia98305m1b.jpg</t>
   </si>
   <si>
     <t>30см Пневмохлопушка Бабочки, бумага  фольга</t>
   </si>
   <si>
     <t>Пневмохлопушка «Бабочки» для создания праздничной атмосферы на детском и взрослом торжестве, дне рождения, свадьбе. Внутри корпус заполнен конфетти золотого и белого цвета в форме бабочек. Хлопушка срабатывает при повороте пластикового наконечника, создавая при выстреле громкий хлопок. Подойдет для использования как на улице, так и внутри помещений. Праздничный аксессуар безопасен для детей. Размер: 30 см.</t>
   </si>
   <si>
     <t>947229</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9d6/v9mocca56cwtwponm3941lhrirdefohq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b14/jgy3c68debzf104r6cw002m533a1cd9x.jpg</t>
   </si>
   <si>
     <t>170мм Свеча Бенгальская Экстра 6 штук</t>
   </si>
   <si>
     <t>947231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/961/zcd504199xv0go77vp2vzb5kjs2z40v9.jpg</t>
   </si>
   <si>
     <t>Конфетти фольгированное Сердца золотые 14гр.</t>
   </si>
   <si>
     <t>Конфетти фольгированное - мелко нарезанная в форме сердец металлизированная полимерная пленка. Такое ассорти идеально подходит для обсыпания молодоженов на свадебном торжестве. Также конфетти прекрасно подойдет для украшения праздничного стола - просто рассыпьте конфетти на праздничном столе и вы с легкостью создадите праздничную атмосферу. Конфетти также замечательный материал для рукоделия и декора.</t>
   </si>
   <si>
     <t>960034</t>
   </si>
   <si>
     <t>&lt;a href="/brands/yachen-indastrial-grup/"&gt;Ячен Индастриал Груп&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76e/dbgctdeu1qthjsjau5140tme8n2k9yuf.jpg</t>
@@ -1361,50 +1325,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4dd/bt4im4090n8o8x3iln7p9b7osqcsy6vx.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 30 см  quot;Круги quot;, 3 1 шт В ПОДАРОК, фольга разноцветная, ЗОЛОТАЯ СКАЗКА, 592083</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 30 см с фольгированным круглым наполнителем цвета ассорти, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/815/yk8oudh6q4regfpbpgovdtqd86tningc.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 30см  quot;Прямоугольники quot; НАБОР3 1шт В ПОДАРОК фольга золото серебро ЗОЛОТАЯ СКАЗКА, 592085</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 30 см с фольгированным наполнителем в виде прямоугольников золотого цвета &amp;#40;2 штуки&amp;#41; и серебристого цвета &amp;#40;2 штуки&amp;#41;, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999111</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ae6/eiyfxi8meiieyrxx00ulva2svhi8bnls.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 30см  quot;Сердечки quot;, 3 1шт В ПОДАРОК, фольга цвет красный, ЗОЛОТАЯ СКАЗКА, 592082</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 30 см с фольгированным наполнителем в виде сердечек красного цвета, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>999112</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8f0/22lqq3uvmpaeb8jly0oudebvtq4g6ce4.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 30см  quot;Серпантин quot; 3 1шт В ПОДАРОК, фольга разноцветная, ЗОЛОТАЯ СКАЗКА, 592084</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 30 см с фольгированным наполнителем в виде серпантина и конфетти цвета ассорти, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3c/c8kqic12zww5ldpw5o1ezdne7e93s9vd.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 40 см  quot;Рубли quot; 3 1шт В ПОДАРОК, бумажный наполнитель  quot;купюры quot;, ЗОЛОТАЯ СКАЗКА, 592086</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 40 см с бумажным наполнителем в виде купюр, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc1/6n8z1ht91i024dnaaz8lwvrt5gn0vjm6.jpg</t>
@@ -1419,50 +1395,188 @@
     <t>999115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c99/tnee2gsyjshig1u9sp37jtncknbe5p3x.jpg</t>
   </si>
   <si>
     <t>Хлопушка-игрушка пружинная Сказка 10см., 3 штуки</t>
   </si>
   <si>
     <t>999492</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11b/i2gjp14crd9217amfpi1rhe1wj9rhqeb.jpg</t>
   </si>
   <si>
     <t>Хлопушка самонадувная КОМПЛЕКТ 10 штук  quot;Пистолет с конфетти quot;, фольга, бумага, ЗОЛОТАЯ СКАЗКА, 592462</t>
   </si>
   <si>
     <t>Добавьте ярких эмоций и незабываемых моментов вашему празднику с самонадувной хлопушкой ЗОЛОТАЯ СКАЗКА! Изделие представляет собой хлопушку в виде пистолета. Материал – 100&amp;#37; полипропилен. Размер – 14х21,5 см. Удобная и легкая в использовании хлопушка: раздавите капсулу внутри, затем потрясите. Когда хлопушка наполнится воздухом, хлопните, нажав на рукоятку. При срабатывании хлопушки раздается громкий хлопок, и в воздух разлетаются бумажные конфетти из металлизированной фольги.Идеально подходит для свадеб, дней рождения, корпоративных мероприятий и праздничных торжеств.</t>
   </si>
   <si>
     <t>1011966</t>
   </si>
   <si>
     <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c22/xt82628jvtb1tv1f0alksskmggdnkf5s.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 20 см  quot;Party Popper quot;, фольга, серпантин, ассорти, ЗОЛОТАЯ СКАЗКА, 592464</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 20 см с фольгированным наполнителем в виде длинного серпантина цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 2-3 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/147/4veerc8ikf3kcljlxftq9q80bbs6o1xj.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 20 см  quot;ВОЛШЕБСТВО quot; фольга, круги, розовое золото, ЗОЛОТАЯ СКАЗКА, 592468</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 20 см с фольгированным наполнителем в виде кругов цвета розовое золото является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 2-3 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015751</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8b/c9uhlgu5znrrlrz4kbtc33ol4g0axakc.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 30 см  quot;Party Mix quot;, фольга, конфетти, ассорти, ЗОЛОТАЯ СКАЗКА, 592465</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 30 см с фольгированным наполнителем в виде конфетти цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0e/023n51d3pa84fr3m4st2cmco5ilg6og6.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 30 см  quot;Зв зды quot;, фольга, золото и серебро, ЗОЛОТАЯ СКАЗКА, 592459</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 30 см с фольгированным наполнителем в виде звезд золотистого и серебристого цветов является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015753</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28a/rnxk41i99xodte3nz69oympwy6efrjq8.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 30 см  quot;Мальчик или девочка quot;, бумага, розовый цвет, ЗОЛОТАЯ СКАЗКА, 592456</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 30 см с бумажным наполнителем в виде прямоугольников розового цвета является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/614/3j5gjurm0os7pa8es92ekm10te5aqbi2.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 30 см  quot;Сердечки и лепестки quot;, бумага, розовый красный, ЗОЛОТАЯ СКАЗКА, 592458</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 30 см с бумажным наполнителем в виде красных сердечек и розовых лепестков является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c8/sth8ykruelptg9r7c0kjcut79d6vcmuw.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 30 см  quot;Серпантин quot; фольга, конфетти ассорти, ЗОЛОТАЯ СКАЗКА, 592467</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 30 см с фольгированным наполнителем в виде длинного серпантина цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015756</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c6/74p00w314am4leo70b2092seqs9aix46.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 30 см,  quot;Мальчик или девочка quot;, бумага, голубой цвет, ЗОЛОТАЯ СКАЗКА, 592457</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 30 см с бумажным наполнителем в виде прямоугольников голубого цвета является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a42/ugl973b6zuauzoo1wfi3k8ut9mtkaduf.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 40 см  quot;DOLLARS quot;, бумага, наполнитель  quot;доллары quot;, ЗОЛОТАЯ СКАЗКА, 592463</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 40 см с бумажным наполнителем в виде купюр &amp;quot;долларов&amp;quot; является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19b/2qlfbabp6d88seqgnmdn4ey3w6q3ilrt.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая 60 см  quot;XXL ЗВЕЗДЫ quot;, фольга, ассорти, ЗОЛОТАЯ СКАЗКА, 592466</t>
+  </si>
+  <si>
+    <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 60 см с фольгированным наполнителем в виде разноцветных звезд является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-8 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
+  </si>
+  <si>
+    <t>1015759</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17e/tt613kx2qz1z1a9qdneqnzyed1fet7qs.png</t>
+  </si>
+  <si>
+    <t>Хлопушка с разноцветн конфетти из ПЭТ   27см НГ арт.93644</t>
+  </si>
+  <si>
+    <t>Хлопушка с разноцветн конфетти из ПЭТ / 27см НГ арт.93644</t>
+  </si>
+  <si>
+    <t>1016496</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1789,57 +1903,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J124"/>
+  <dimension ref="A1:J133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G124" sqref="G124"/>
+      <selection pane="bottomRight" activeCell="G133" sqref="G133"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -2309,351 +2423,351 @@
       </c>
       <c r="B25" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>130</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
@@ -2909,71 +3023,71 @@
       </c>
       <c r="B55" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>208</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
@@ -3049,151 +3163,151 @@
       </c>
       <c r="B62" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>250</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>254</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>255</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
@@ -3229,1205 +3343,1418 @@
       </c>
       <c r="B71" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>266</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="C75" s="1"/>
+      <c r="D75" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>287</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="C78" s="1"/>
+      <c r="D78" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>297</v>
-      </c>
-[...5 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B81" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>305</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>309</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>47</v>
+        <v>14</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F84" s="3" t="s">
-        <v>47</v>
+        <v>14</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B85" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="F85" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>328</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>337</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>349</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C94" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B96" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="C96" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F96" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B97" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="C97" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F97" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F98" s="3" t="s">
-        <v>357</v>
+        <v>33</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B99" s="1" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>33</v>
+        <v>370</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F100" s="3" t="s">
         <v>370</v>
-      </c>
-[...13 lines deleted...]
-        <v>374</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F104" s="3" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="G104" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B105" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F105" s="3" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>276</v>
+        <v>401</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F107" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="G107" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B111" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C111" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="C112" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F112" s="3" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="G112" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="C113" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="G113" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="C114" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="C114" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="F114" s="3" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>432</v>
       </c>
       <c r="F115" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G115" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>436</v>
       </c>
       <c r="F116" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G116" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>440</v>
+        <v>317</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>442</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>448</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>452</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>453</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>454</v>
       </c>
       <c r="C121" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F121" s="3" t="s">
-        <v>325</v>
+        <v>370</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G122" s="3" t="s">
         <v>460</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>461</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>374</v>
+        <v>317</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>468</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">