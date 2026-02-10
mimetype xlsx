--- v1 (2025-12-19)
+++ v2 (2026-02-10)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a95/jno90xeucpqchmrl0w9w4oo7wai8cdqs.jpg</t>
   </si>
   <si>
     <t>Хлопушка пружинная  quot;День рождения с фантом quot; 16 см: 4690296024383 штр.:  4690296024611</t>
   </si>
   <si>
     <t>Хлопушка пружинная &amp;quot;День рождения с фантом&amp;quot; 16 см: 4690296024383 Пружинные хлопушки очень популярны в качестве праздничной забавы. Шумовой эффект в сочетании с разлетающимися легкими конфетти, серпантином или сувенирами. Для безопасного использования хлопушки держите ее на вытянутой руке под углом 30-45 градусов поворотным механизмом к себе.</t>
   </si>
   <si>
     <t>Хлопушки, конфетти</t>
@@ -77,1083 +86,1020 @@
   <si>
     <t>219521</t>
   </si>
   <si>
     <t>&lt;a href="/brands/patibum/"&gt;ПатиБум&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/322/32284bd92f0dfb0ad53b8259b9f9cd84.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ПатиБум  quot;Серпантин quot;, 20см, в металлической тубе, фольга 4690296049744</t>
   </si>
   <si>
     <t>Совершенно безопасное пневматическое устройство с ярким разноцветным фольгинированным конфетти. Это изделие идеально для празднования свадеб, вечеринок, концертов и любых других торжеств. Цветное конфетти вылетает на расстояние 3-8 метров, создавая волшебный эффект и праздничное настроение. &amp;quot;Выстрел&amp;quot; производится за счет сжатого воздуха. Размер: 20 см.</t>
   </si>
   <si>
     <t>350303</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b01/b018a9f1cde19a02ca17ae7572d9a65c/f3f1e27386bae8a64f39fe808e50d669.jpg</t>
-[...35 lines deleted...]
-    <t>&lt;a href="/brands/vesjolaja-zateja/"&gt;ВЕСЁЛАЯ ЗАТЕЯ&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/dae/dae7f8679ecbd64cf43ff6e9264c070d.jpeg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая ПатиБум, 30см, в пластиковой тубе, фольгированное конфетти</t>
+  </si>
+  <si>
+    <t>Абсолютно безопасная хлопушка:&amp;nbsp;&amp;nbsp;&amp;quot;выстрел&amp;quot; производится энергией сжатого воздуха, находящегося в баллоне хлопушки, поэтому пневматические хлопушки абсолютно пожаробезопасны.</t>
+  </si>
+  <si>
+    <t>427783</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/023/023aa48d0da73adbc9ab702ad3c97467/2fb81f32fd3868a4dcb0e7bad50b55dc.jpg</t>
+  </si>
+  <si>
+    <t>10 см Хлопушка пружинная Радужное конфетти 12 шт уп</t>
+  </si>
+  <si>
+    <t>Маленькая пневмохлопушка с нежным полупрозрачным конфетти. В упаковке 12 штук.</t>
+  </si>
+  <si>
+    <t>555037</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/385/385e94264fcdb7f6f84efb75ce1f388a/100ac3cf3ec7af1ac62661a369412348.jpg</t>
+  </si>
+  <si>
+    <t>16 см Пневмохлопушка пружинная фольгированное конфетти 24 шт уп</t>
+  </si>
+  <si>
+    <t>ЭТО НЕ ПИРОТЕХНИКА! АБСОЛЮТНО БЕЗОПАСНО! Хлопушка на пружинном механизме. При повороте основания хлопушки пружина разжимается и из хлопушки вылетают фольгированные конфетти! В упаковке содержатся 24 хлопушки.</t>
+  </si>
+  <si>
+    <t>555040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/984/984286bbde415bc00e18dbf7de31dc5a/cac5c25fd4941e0dfb20610bea5e92d3.jpg</t>
+  </si>
+  <si>
+    <t>16 см Хлопушка пружинная День рождения с фантом 12 шт уп</t>
+  </si>
+  <si>
+    <t>ЭТО НЕ ПИРОТЕХНИКА! АБСОЛЮТНО БЕЗОПАСНО! Хлопушка на пружинном механизме. При повороте основания хлопушки пружина разжимается и из хлопушки вылетают фольгированные конфетти и серпантин, а также фант с интересным заданием для участников праздника! В упаковке содержится 12 хлопушек.</t>
+  </si>
+  <si>
+    <t>555041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0e/f0e150ff2428a2eab68841053118c3dd/8096ca98ad708cfa6f39d27205536f95.jpg</t>
+  </si>
+  <si>
+    <t>16 см Хлопушка пружинная с предсказанием Магиябум 12 шт уп</t>
+  </si>
+  <si>
+    <t>ЭТО НЕ ПИРОТЕХНИКА! АБСОЛЮТНО БЕЗОПАСНО! Хлопушка на пружинном механизме. При повороте основания хлопушки пружина разжимается и из хлопушки вылетают фольгированные конфетти и серпантин, а также фант с предсказанием будущего! В упаковке содержится 12 хлопушек.</t>
+  </si>
+  <si>
+    <t>555042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da6/da6d9ef6f9f1f8517db298be0643cf3b/b14d99ee28a023fe6d5d8cad2b07b3d4.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Rose Gold конфетти</t>
+  </si>
+  <si>
+    <t>Яркая хлопушка с фольгированным конфетти цвета розового золота. Идеальный сюрприз к любому празднику!</t>
+  </si>
+  <si>
+    <t>555044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d9/5d99e570e29e664dd4b5774a837e0b1d/a515ea6c0c9719959e7969390033df9f.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Голубое конфетти</t>
+  </si>
+  <si>
+    <t>Совершенно безопасная пневмохлопушка с ярким голубым конфетти. Отлично подойдет для поддержания праздничной атмосферы и веселья. Выстрел производится за счет сжатого воздуха, пневмохлопушка не является пиротехникой!</t>
+  </si>
+  <si>
+    <t>555047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea6/ea6b69c8aaaba4e71222b054f38598da/3387a6c2a719518a789e27081c0647bd.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Желтое конфетти</t>
+  </si>
+  <si>
+    <t>Отличная идея для любого праздника. Выстрел производится за счет сжатого воздуха, а внутри - яркое, солнечное конфетти. Не является пиротехникой!</t>
+  </si>
+  <si>
+    <t>555049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ff/7ff37bb5b5715c98ee913aff93c9a38a/ed2695a92bc2c1d2851f0bf7ec94cadc.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Зеленое конфетти</t>
+  </si>
+  <si>
+    <t>Отличное дополнение к любому празднику - безопасная пневмохлопушка с ярким зеленым конфетти. Выстрел производится за счет сжатого воздуха, не является пиротехникой!</t>
+  </si>
+  <si>
+    <t>555050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/736/736c55f53bf6e47a04af6d88aa5ca9ce/774109797feb2641b574cc9731c9f4ab.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Красное конфетти</t>
+  </si>
+  <si>
+    <t>Настоящее украшение праздника - безопасная пневмохлопушка с красным конфетти. Яркий выстрел производится за счет сжатого воздуха. Не является пиротехникой!</t>
+  </si>
+  <si>
+    <t>555051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e95/e958ab84f86ffdbaeeb9e1a6427c7673/20c5d5b5c6f8e13fccb72dbb0a6b17a4.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Мальчик или Девочка blue</t>
+  </si>
+  <si>
+    <t>Настоящая находка для праздника Baby shower - узнать пол ребенка можно по цвету конфетти чтобы цвет оставался сюрпризом, он написан на донышке пневмохлопушки!</t>
+  </si>
+  <si>
+    <t>555052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ee/5eeafba53c40f645cfd541dade0b5640/95e95030661658f4d03daddfc188b769.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Мальчик или Девочка pink</t>
+  </si>
+  <si>
+    <t>Если у вас намечается вечеринка в честь будущей малышки, не забудьте про традиционный сюрприз - пол ребенка! Гости праздника смогут узнать его после того, как выстрелят из пневмохлопушки.</t>
+  </si>
+  <si>
+    <t>555053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e8/9e8c86bde2cde55f39a3e6a3e7927cfc/880e68fdc83f3c1c4ffa2d292ef87e5e.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Милитари конфетти</t>
+  </si>
+  <si>
+    <t>Кто сказал, что мальчишки не любят праздники? Порадовать любимого сына мужа, дедушку или брата можно с помощью яркой пневмохлопушки расцветки Милитари. Конфетти внутри - такой же цветовой гаммы.</t>
+  </si>
+  <si>
+    <t>555054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a6/9a6d21bd7377e8c0f5f2b322bb5b0bad/557379e9f11218c9ee5a4730f471400e.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Розовое конфетти</t>
+  </si>
+  <si>
+    <t>Для поднятия настроения и поддержания веселья отлично подойдет безопасная пневмохлопушка с ярко-розовым конфетти внутри. Выстрел производится за счет сжатого воздуха, что обеспечивает безопасность. Не является пиротехникой!</t>
+  </si>
+  <si>
+    <t>555056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02e/02eb7ca4a13ac8a0762b76bd9306b16b/e22dc0cf43f56006be6cb0846f1063ad.jpg</t>
+  </si>
+  <si>
+    <t>20 см Пневмохлопушка Серпантин фольгированный</t>
+  </si>
+  <si>
+    <t>Сложно представить праздник без яркого серпантина! В нашей безопасной пневмохлопушке ждет своего часа фольгированный серпантин, который выстреливает за счет сжатого воздуха. Не является пиротехникой!</t>
+  </si>
+  <si>
+    <t>555057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4f/e4fa07e3c144beacd8cfa548fb3a0af3/1996b1ef17602358a08039a020b1a7fc.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка в пластиковой тубе</t>
+  </si>
+  <si>
+    <t>ЭТО НЕ ПИРОТЕХНИКА ! АБСОЛЮТНО БЕЗОПАСНО! Выстрел производится энергией сжатого воздуха, находящегося в баллоне хлопушки, поэтому пневматические хлопушки абсолютно пожаробезопасны.</t>
+  </si>
+  <si>
+    <t>555060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/75635fb1a585a793417c0fb45d9fcf8e/e3a3466277e778d7a99e999525f05afc.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка в розовой тубе, фольга</t>
+  </si>
+  <si>
+    <t>555061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dea/dea7e49c931162bb4b1e1d41ea4426d0/80a998e940a52047bcb04759e66c8d09.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка Золотое конфетти</t>
+  </si>
+  <si>
+    <t>555062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87e/87ed02e7bbeb9994045b86dd1f088b6a/136fc1fc26636dc0e7c1a235ed9db774.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка Лепестки роз cердца бумага фольга</t>
+  </si>
+  <si>
+    <t>555063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/7e2bff96e0d9ca8a110d651a0335342e/328575961290ff714c93ff9dbbbf3e61.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка Монетка на счастье золотое серебряное конфетти и в виде монет по 1 руб.</t>
+  </si>
+  <si>
+    <t>555064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/218/218125c495933756311888c277a9f8b3/0cd75c3b91dbbdcfdae327e5ae62d8b4.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка С Днем Рождения</t>
+  </si>
+  <si>
+    <t>555065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61b/61b8ef55f38f4e1b1673aa812667eedd/3252b23ed43e5f5adec055ed05664fe4.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка Свадебная</t>
+  </si>
+  <si>
+    <t>555066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a6/6a69f526196f26d41e7424fc6345bf86/7574c3a221ed31a2c656f27a94a6cb3e.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка Свадебные Голуби, бумага  фольга</t>
+  </si>
+  <si>
+    <t>555067</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c22/c227933332b7d7b36168b179e28d6257/71675a0f4fc9d46f9e8673c993cb6a8d.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка Серебряное конфетти</t>
+  </si>
+  <si>
+    <t>555068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/975/97573883c4b802052ebbbf6e4a3ca262/766dc8fe56dc299b4e8911118cce2734.jpg</t>
+  </si>
+  <si>
+    <t>30 см Пневмохлопушка фольгированное конфетти</t>
+  </si>
+  <si>
+    <t>555069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/649/6490ed96162198f2fb00795908116a98/67937cb2f78279c735866e8f309c31ac.jpg</t>
+  </si>
+  <si>
+    <t>40 см Пневмохлопушка Денежный взрыв</t>
+  </si>
+  <si>
+    <t>555076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/676/6760fdcb4203da7532358f7426946c51/1fad4e1e91e47468c5aae51af6f081c5.jpg</t>
+  </si>
+  <si>
+    <t>40 см Пневмохлопушка Рублевый бум</t>
+  </si>
+  <si>
+    <t>555077</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/5608f0e2758b432e5149d74ead48198e/b1aa69848c5ae88a92db2ac4190eed0c.jpg</t>
+  </si>
+  <si>
+    <t>60 см Пневмохлопушка в пластиковой тубе</t>
+  </si>
+  <si>
+    <t>555079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/634/634552581f064b287b045a31582e9191/4d3a4155ef39ff6ce39ee9afc2b6e017.jpg</t>
+  </si>
+  <si>
+    <t>60 см Пневмохлопушка в пластиковой тубе Золотое конфетти</t>
+  </si>
+  <si>
+    <t>555080</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/648/648bd2dc4d3285b668243c9ee8876251/ffe70750517a5c38609aad523cb3e86e.jpg</t>
+  </si>
+  <si>
+    <t>60 см Пневмохлопушка в пластиковой тубе Серебряное конфетти</t>
+  </si>
+  <si>
+    <t>555081</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/355/355b10af4ed7733c2153ce8494ddd759/92a59ad204d96fcf895c1482fe4afd4e.jpg</t>
+  </si>
+  <si>
+    <t>80 см Пневмохлопушка Водопад, серпантин</t>
+  </si>
+  <si>
+    <t>555084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4de/4de26cbe466a4d535c8d7decb90e0f2b/430fa7a31d4e49b984d70be56e3a39de.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти перламутровое Лошадки 14гр CF071314</t>
+  </si>
+  <si>
+    <t>С помощью конфетти можно украсить любой предмет интерьера или использовать его как отдельный аксессуар. Также можно оформить им бонбоньерки и приглашения на день рождения ребенка или выписку из роддома.</t>
+  </si>
+  <si>
+    <t>555091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63e/63e2376c681a1728573267d9771c2ba8/4186e94662eb7b8a3999604ed8f390f6.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти фольгированное С Днем Рождения 14гр CF5012</t>
+  </si>
+  <si>
+    <t>С помощью конфетти можно украсить любой предмет интерьера или использовать его как отдельный аксессуар. Также можно оформить им бонбоньерки и приглашения на день рождения ребенка.</t>
+  </si>
+  <si>
+    <t>555095</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcc/dcc6a8d80b7f69e1373b510024b86990/64bd7e5cf4f42e4e8c188c2137ed0313.jpg</t>
+  </si>
+  <si>
+    <t>Блестки конфетти для декора золотые 70г</t>
+  </si>
+  <si>
+    <t>Стильные золотые блестки-конфетти легко помогут вам добавить ярких красок в ваше торжество.</t>
+  </si>
+  <si>
+    <t>555096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f6/2f6439feadf9f3c3b6a6ed850c6d6281/370233b49fbd79ea2f7829b41c2a0991.jpg</t>
+  </si>
+  <si>
+    <t>Блестки конфетти для декора серебряные 70г</t>
+  </si>
+  <si>
+    <t>С помощью серебряных блесток-конфетти можно оформить подарок, а также сделать красивый декор воздушнхы шариков.</t>
+  </si>
+  <si>
+    <t>555097</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f5/6f536d464f07fda38e371a25b22cabe2/d8c89a80b674898edef4d4c64f99db97.jpg</t>
+  </si>
+  <si>
+    <t>Блестки порошок для декора белый 70г</t>
+  </si>
+  <si>
+    <t>Легкий блестящий порошок белого цвета отлично подойдет для оформления подарочной упаковки, а также декорирования воздушных шариков.</t>
+  </si>
+  <si>
+    <t>555098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ee/mkcysed46wrao4gzct7s2ug0q0lg4o15.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель желтый 30г</t>
+  </si>
+  <si>
+    <t>Желтый - цвет тепла, лета и хорошего настроения! Добавить ярких эмоций к подарку поможет декоративный бумажный наполнитель желтого цвета.</t>
+  </si>
+  <si>
+    <t>555104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a02/a0298ce3d6b0b1c37459702cb9e7854c/4bdb159fcf0162ab51390b197fbdbb81.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 100 гр 2 5 см бумажное Прямоугольники ассорти</t>
+  </si>
+  <si>
+    <t>Яркие бумажные прямоугольники-конфетти добавят в ваш праздник радости и хорошего настроения. А еще конфетти можно добавить внутрь воздушного шарика - эффектно и красиво!</t>
+  </si>
+  <si>
+    <t>555113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/699/6997905d54887a134f0542defec3271c/e7aa7ed56301b27071738d32a14bf3f7.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 100 гр 2 5 см фольгированное Прямоугольники ассорти</t>
+  </si>
+  <si>
+    <t>Разноцветные фольгированные прямоугольники-конфетти идеально подойдут для оформления любого праздника, вне зависимости от повода.</t>
+  </si>
+  <si>
+    <t>555114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/429/42981496806770d18bc7bbe5d31fc6d2/081bc5dfde9189af56159e0a57283319.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 100 гр 3 см бумажное Круги ассорти</t>
+  </si>
+  <si>
+    <t>Новый тренд в оформлении праздника - конфетти внутри воздушного шара! Обратите внимание на ассорти бумажных кружочков, которые отлично подойдут для любого праздника!</t>
+  </si>
+  <si>
+    <t>555117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/759/759baeeb7e63e66dba2253068be06388/aefb054ab5349561613ce61aa59875b2.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 100 гр 3 см бумажное Круги белые</t>
+  </si>
+  <si>
+    <t>Нежные конфетти белого цвета станут отличным дополнением к вашему празднику. Можно использовать как для оформления помещения, так и для декора воздушных шаров-сфер.</t>
+  </si>
+  <si>
+    <t>555118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acd/acdf7f573f15dd8f7cb4e00b2afcd089/345a7b59723b8120c7e06d3fa07bac00.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 100 гр 3 см бумажное Круги черные</t>
+  </si>
+  <si>
+    <t>Конфетти - это настоящий символ праздника! Такое черное конфетти можно использовать на любом торжестве: как в качестве декора помещения, так и для веселья всех гостей.</t>
+  </si>
+  <si>
+    <t>555119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/396/396ea4ca582f882a988f7a80a40b44f5/ae8821acf539ab10a9c468ab7cacd583.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 300 гр 2 5 см бумажное Прямоугольники ассорти</t>
+  </si>
+  <si>
+    <t>Прямоугольные бумажные конфетти отлично подойдут для оформления вашего праздника. Хорошо смотрятся как сами по себе, так и внутри воздушного шарика.</t>
+  </si>
+  <si>
+    <t>555123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b65/b65bd56abfccd34e3f65690d33e04be1/f744929a0c39028cacad694ecf47a17c.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 300 гр 2 5 см фольгированное Прямоугольники ассорти</t>
+  </si>
+  <si>
+    <t>Сложно представить праздник без яркого конфетти! Добавить торжественности в мероприятие можно с помощью разноцветных фольгированных прямоугольников-конфетти.</t>
+  </si>
+  <si>
+    <t>555124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/101/101e420e3f0e06a0223e7a016c990c33/57ff639ebf2a0a471271e46429d8a4b7.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти 300 гр 3 см бумажное Круги ассорти</t>
+  </si>
+  <si>
+    <t>Бумажные круги-конфетти разных цветов - отличный вариант для любого праздника. Хорошо будут смотреться как сами по себе, так и внутри воздушного шарика! Устройте дождь из конфетти во время фотосессии!</t>
+  </si>
+  <si>
+    <t>555127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/648/6482cd99956e87f4a0ebde1b1c0dfe63/43cc4c3aec80cd19d7573057d0e0ca7c.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти атласное Коляска голубая 100 шт</t>
+  </si>
+  <si>
+    <t>Даже конфетти в первый день рождения малыша может соответствовать тематике праздника! Конфетти с лошадками и медвежатами, для мальчиков и для девочек не только растрогает гостей, но и порадует именинника!</t>
+  </si>
+  <si>
+    <t>555128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/411/41111275ed603c89bd32c9ffbede33cb/6ad9079df53da8f01d2ff30e9386544a.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти атласное Коляска розовая 100 шт</t>
+  </si>
+  <si>
+    <t>555129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/943/943fb802f538db8f86244d6fef341c06/6525921db2e269104f48e2a1d77d7759.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти бумажное 100 гр 2 5 см Прямоугольники черные</t>
+  </si>
+  <si>
+    <t>Стильное черное конфетти в форме прямоугольников обязательно пригодится при оформлении любого торжества. Также можно использовать для декора воздушных шаров-сфер.</t>
+  </si>
+  <si>
+    <t>555133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/017/01771e2bee4c31332f1912df905be8e6/958142efec5c97669db711428e4b9b32.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти Круги белые 2,5 см 14 гр бумажное</t>
+  </si>
+  <si>
+    <t>Белоснежные бумажные конфетти станут незаменимым дополнением к оформлению вашего праздника, начиная от свадьбы и заканчивая днем рождения.</t>
+  </si>
+  <si>
+    <t>555134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/700/700dafb147c9acb17a66c2731e771e52/2a49a1b850532c252b3ae827cc4f9ea0.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти Круги голубые 2,5 см 14 гр бумажное</t>
+  </si>
+  <si>
+    <t>Воздушные конфетти небесного цвета отлично подойдут для декора любого мероприятия. Также их можно поместить в шарик, создав оригинальное украшение для вашего торжества.</t>
+  </si>
+  <si>
+    <t>555135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c1/1c119b46586225b2cd8a16bfe7c5c888/d8a12440b2aeecbdf0e197c63b970c53.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти Круги пастельные 2,5 см 14 гр бумажное</t>
+  </si>
+  <si>
+    <t>Нежные воздушные конфетти пастельных оттенков буду отлично смотрется на любом празднике. Подойдут как для оформления помещения, так и для развлекательной части праздничной программы.</t>
+  </si>
+  <si>
+    <t>555138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccd/ccd86d5ad4162d8f82c12dfd328ad8d5/b41bdd225dd44382e2aa1eb4d6753732.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти Круги розовые 2,5 см 14 гр бумажное</t>
+  </si>
+  <si>
+    <t>Воздушные розовые конфетти станут красивым и оригинальным дополнением к декору любого праздника. Подходят как для оформления помещения, так и для декорирования воздушного шарика.</t>
+  </si>
+  <si>
+    <t>555139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f1/0f1682f750f9f5d12af713fdc06c9eaf/8b98a81cbe380b3f6e632e48c0363b61.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти Круги яркие 2,5 см 14 гр бумажное</t>
+  </si>
+  <si>
+    <t>Яркие разноцветные круги-конфетти можно использовать как для оформления помещения, так и для декора воздушных шаров. Добавьте красок в свой праздник!</t>
+  </si>
+  <si>
+    <t>555140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/530/5302d9567175e1a38c628a975e1aaec7/48087e2d82a1348000f70245e8665672.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти пластиковое It s a Boy 14 гр</t>
+  </si>
+  <si>
+    <t>555142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea4/ea4feea52748597e29a0e25862198baa/80327c376a91918c245d34bbeebb75f7.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти пластиковое It s a Girl 14 гр</t>
+  </si>
+  <si>
+    <t>555143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/637/6371e64eda89ec7f1fefec4532c76158/01636e62d58b652ee8f86b47f85930ff.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти пластиковое Зонтики голубые ассорти 14 гр</t>
+  </si>
+  <si>
+    <t>555144</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/187/187accc6280df40519c794eae5d8be50/2464e62b1b20fb0dc94dee9b5bc61963.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти пластиковое Коляска голубая ассорти 14 гр</t>
+  </si>
+  <si>
+    <t>555146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a10/a10657d55230ed7595c9733085fda1a0/339e519d1bf4f6f5de121a5850631c7d.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти пластиковое Коляска розовая ассорти 14 гр</t>
+  </si>
+  <si>
+    <t>555147</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae9/ae91e8150ce9b40331cc914bd46e8fb1/b69ac22142da6beb85bc3c55d9bc6bf9.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти пластиковое Радужное 14 гр</t>
+  </si>
+  <si>
+    <t>Полупрозрачное конфетти розового цвета обязательно пригодится на любом празднике. Его можно использовать как самостоятельный декор, так и для сюрприза имениннику.</t>
+  </si>
+  <si>
+    <t>555148</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52d/52d96bad8fd22b2fcd0d4e4fcce32d07/5a7a2356254c6866c07cef3e8d9ec8fa.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти Прямоугольники ассорти 2 5 см 19,5 гр</t>
+  </si>
+  <si>
+    <t>Ассорти ярких бумажных конфетти станут незаменимым помощником при оформлении праздника и подарка.</t>
+  </si>
+  <si>
+    <t>555149</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f14/f1464a870c2c050c8861e388ae431cf4/af59359f7879d2033786a3a3373a43f3.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти фольгированное  лочки 14 гр</t>
+  </si>
+  <si>
+    <t>Конфетти фольгированное - мелко нарезанная в форме елочек и мини-звездочек металлизированная полимерная пленка. Такое ассорти идеально подходит для оформления новогодних и рождественских праздников. Также конфетти прекрасно подойдет для украшения праздничного стола - просто рассыпьте конфетти на праздничном столе и вы с легкостью создадите праздничную атмосферу. Конфетти также замечательный материал для рукоделия и декора.</t>
+  </si>
+  <si>
+    <t>555150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed8/ed81c6ab6b951a2f5be63dc1ffe523e9/404b4804368898b90c4db22dc55caa69.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти фольгированное Звезды золотые 14 гр</t>
+  </si>
+  <si>
+    <t>Конфетти фольгированное - мелко нарезанная в форме звезд металлизированная полимерная пленка. Все конфетти имеют одинаковый размер. Конфетти используются на различных праздничных мероприятиях для создания визуальных эффектов. Конфетти прекрасно подходят для украшения праздничного стола - просто рассыпьте конфетти на праздничном столе и вы с легкостью создадите праздничную атмосферу. Конфетти также замечательный материал для рукоделия и декора.</t>
+  </si>
+  <si>
+    <t>555151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/744/744a47af7e9167067e015861ff6f46d6/69141bf77d87cfb304dd2e6e95d4bb87.jpg</t>
+  </si>
+  <si>
+    <t>Конфетти фольгированное Звезды серебряные14 гр</t>
+  </si>
+  <si>
+    <t>555152</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dad/dadd795ef044cd6c7727aabb68751277/917e1a3d16a7b6fd90121bf3ebadd9ff.jpg</t>
+  </si>
+  <si>
+    <t>Свеча Бенгальская 170 мм 6 шт</t>
+  </si>
+  <si>
+    <t>Бенгальские свечи предназначены для использования на праздничных мероприятиях, особенно востребованы в Новый год. Могут использоваться как в помещении так и на улице.</t>
+  </si>
+  <si>
+    <t>555153</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9dc/9dc2c8025db8980ee5d5ccbd024223f9/50847398d8cd419b2ff5419e50140d5b.jpg</t>
+  </si>
+  <si>
+    <t>Свеча Бенгальская  лочка 180 мм 2 шт</t>
+  </si>
+  <si>
+    <t>Фигурный бенгальский огонек в форме елочки. В упаковке 2 штуки.</t>
+  </si>
+  <si>
+    <t>555155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82b/82be278089a4f5c87bc72e2689c3db34/1f1ddd1978d37563216c4992336fb52d.jpg</t>
+  </si>
+  <si>
+    <t>Свеча Бенгальская Спектр 210 мм 6 шт</t>
+  </si>
+  <si>
+    <t>555159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/e1963326625c5ed9c3e1dc0a02a6be84/fb43e3919f849eae97287a6a5a94e7c7.jpg</t>
+  </si>
+  <si>
+    <t>Фонтан JF TS1230 4 шт уп. 12 см</t>
+  </si>
+  <si>
+    <t>555162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/864/8649fd6a2baffe6caf45e38bf62007f5/66985577a5aaafa4618bded14607baf8.jpg</t>
+  </si>
+  <si>
+    <t>Фонтан TKR358 4 шт уп. Цветное пламя 12 см</t>
+  </si>
+  <si>
+    <t>555165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8f/f8ffdd9d1802fa5ce23b312c2c3c635d/3144127116657876569033360736e805.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка 100 мм</t>
+  </si>
+  <si>
+    <t>Пиротехническое устройство - хлопушка. Предназначено для использования на праздничных мероприятиях, особенно востребовано в новый год. Предназначено для использования на улице.</t>
+  </si>
+  <si>
+    <t>555166</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e2/2e244e84eeec60720125a9aa204f4665/fc4e7fc69479219699f114d32ee5b3a7.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка 140 мм конфетти</t>
+  </si>
+  <si>
+    <t>555167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ff/3ffefd849af78ca559dd8e40dd354735/8fc5ede2a4d0e86d9091f147bc7be170.jpg</t>
+  </si>
+  <si>
+    <t>Шарики пенопластовые ассорти 12г шар фольгированный</t>
+  </si>
+  <si>
+    <t>Легкие пенопластовые шарики отлично подойдут для декора воздушных шаров. Хорошо электризуются к стенкам шарика, создавая эффект парящих разноцветных бусинок.</t>
+  </si>
+  <si>
+    <t>555168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0b/e0bebd6ba8f09605a95699207aab6dcb/b4efd2c2da8410eafbb331b37397b100.jpg</t>
+  </si>
+  <si>
+    <t>Шарики пенопластовые розовые 12г шар фольгированный</t>
+  </si>
+  <si>
+    <t>Воздушные пенопластовые шарики идеально подойдут для декорирования воздушных шаров. За счет статического электричества, легко прилипают к стенкам шарика, создавая эффект парящих розовых бусинок.</t>
+  </si>
+  <si>
+    <t>555171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d21/d219381abeac53274029b84e7e0682b1.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая ПатиБум  quot;Мальчик или Девочка. Blue quot;, 20см, в золотой картонной тубе, фольга</t>
+  </si>
+  <si>
+    <t>Пневмохлопушка в золотой тубе с фольгированным конфетти внутри.</t>
+  </si>
+  <si>
+    <t>618671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ada/adaf7b01aaf122962e67001fc73dcde7.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пневматическая ПатиБум  quot;Мальчик или Девочка. Pink quot;, 20см, в золотой картонной тубе, фольга</t>
+  </si>
+  <si>
+    <t>618672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc3/8k4d85s0x98br892myxpkrtjym23sy2w.jpg</t>
+  </si>
+  <si>
+    <t>Хлопушка пружинная ЗОЛОТАЯ СКАЗКА 15,5 см, фольга, серпантин конфетти, ассорти, 591470</t>
+  </si>
+  <si>
+    <t>Пружинная хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии.</t>
+  </si>
+  <si>
+    <t>662103</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec9/ec99b10e809659f6d2b8432b86508aa3.jpg</t>
-[...832 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/83b/nbusnbvkdrl6etvlvxoovno64iepz235.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 28 см, фольга, конфетти, ассорти, 591473</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде конфетти цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662104</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e82/kffngu671uyug6dutib7k9gu2pjicg0h.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 20 см, фольга, серпантин конфетти, ассорти, 591472</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 20 см с фольгированным наполнителем в виде серпантина и конфетти цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662105</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1dc/wuoijpay5m4nub67j7irx4bq9nam4188.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 30 см, фольга, серпантин, ассорти, 591474</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде серпантина и конфетти цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05f/p7129ngdqqfwl8drtudusxidkytx2y36.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 30 см, фольга, круги, ассорти, 591478</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным круглым наполнителем цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662107</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/38a/bux2n8hj0gqm5gcrioq21hoocnjo0ujq.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/89c/8v1bwrf7yipbokko5yr5sh3kwn7qmrh1.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 30 см, фольга, прямоугольники, серебристый, 591477</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 30 см с фольгированным наполнителем в виде прямоугольников серебристого цвета является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07b/ngwe91sbkrub4r6syj1ah33gmg0zf1nh.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА  quot;5000 рублей quot; 40см, наполнитель  quot;купюры quot;, 591479</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 40 см с бумажным наполнителем в виде купюр &amp;quot;5000 рублей&amp;quot; является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/035/uc7gji5tsxoy57z0j0dvt5san9ij847n.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая ЗОЛОТАЯ СКАЗКА 40 см, фольга, звезды, ассорти, 591480</t>
   </si>
   <si>
     <t>Пневматическая хлопушка ЗОЛОТАЯ СКАЗКА предназначена для создания отличного настроения и атмосферы настоящего веселья на любом празднике - новогодней вечеринке, торжестве в честь Дня Рождения, выпускном, корпоративе или любом другом праздничном событии. Хлопушка высотой 40 см с фольгированным наполнителем в виде звезд цвета ассорти является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>662114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0b/o0szo350fdem3o7j9yaq8nv909t4nesl.jpg</t>
   </si>
   <si>
     <t>Пневмохлопушка с конфетти в виде героев БУБА 80см, шоу-бокс. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894923</t>
   </si>
   <si>
     <t>&lt;a href="/brands/igraem-vmeste/"&gt;ИГРАЕМ ВМЕСТЕ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/640/xliwjodm7q4eraxorxjpjdlmte1fofp1.jpg</t>
+  </si>
+  <si>
+    <t>Пружинная хлопушка с конфетти БУБА 15см, шоу-бокс. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>894924</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2ce/kh43r55hdg00riaq941bgovl3o4ess7w.jpg</t>
   </si>
   <si>
     <t>Пружинная хлопушка с конфетти Ми-ми-мишки 15см, шоу-бокс. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894927</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/381/c8qyltbcn6skjw3v6aflvqtydx1sbgk1.jpg</t>
-[...5 lines deleted...]
-    <t>894931</t>
+    <t>http://anytos.ru//upload/iblock/d69/093x0fa0jij3h02ho02m95v27vwrvpcp.jpg</t>
+  </si>
+  <si>
+    <t>Пневмохлопушка с конфетти в виде героев МОЙ МАЛЕНЬКИЙ ПОНИ ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>894930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e66/3upbjkuwo8je4ax1n5tvm36gzgyk1jpl.jpg</t>
   </si>
   <si>
     <t>Пневмохлопушка с конфетти в виде героев СИНИЙ ТРАКТОР 80см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894932</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/143/2o56tojqdw5shah3ptupjbbeu23t36w3.jpg</t>
-[...5 lines deleted...]
-    <t>900454</t>
+    <t>http://anytos.ru//upload/iblock/484/rzbrbwwzqmp9lr1p02gjdug5hshxkjhj.jpg</t>
+  </si>
+  <si>
+    <t>Пневмохлопушка с конфетти в виде героев СИНИЙ ТРАКТОР 30см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>894934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/550/45wl1k2om0z3x9wsuzl60gvst8qg3w7y.jpg</t>
   </si>
   <si>
     <t>16см Хлопушка пружинная Пиксели с фантом 12штук в упаковке</t>
   </si>
   <si>
     <t>Хлопушка «Пиксели» на пружинном механизме для детского или взрослого праздника, вечеринки, квеста в стиле игры Minecraft &amp;#40;майнкрафт&amp;#41;. Внутри туба заполнена фольгированным серпантином и содержит карточку-фант с оригинальным заданием. Для приведения хлопушки в действие необходимо повернуть пластиковый наконечник, согласно указателю. Не является пиротехническим изделием, может использоваться детьми. Размер - 16 см. В упаковке 12 хлопушек.</t>
   </si>
   <si>
     <t>947224</t>
   </si>
   <si>
     <t>&lt;a href="/brands/arts-crafts/"&gt;Arts&amp;Crafts&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3d/ywvxu3s0relq99elky3iy6cn2aqqgkxe.jpg</t>
   </si>
   <si>
     <t>20см Пневмохлопушка Динамит, серпантин Gold</t>
   </si>
   <si>
     <t>Пневмохлопушка красного цвета с надписью DYNAMITE для детского и взрослого праздника, вечеринки, дня рождения, Нового года, Рождества. Внутренняя часть заполнена желтым фольгированным серпантином. При приведении хлопушки в действие, содержимое разлетается, даря всем участникам торжества неповторимые эмоции. Механизм срабатывает при повороте пластикового наконечника. Не пиротехническое средство. Размер: 20 см.</t>
   </si>
@@ -1289,134 +1235,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/909/esr90ar1hqh9e872o8dhjh37xvpxcmfr.jpg</t>
   </si>
   <si>
     <t>Фонтан TS12-30, 12см, blue, 4 штуки в упаковке</t>
   </si>
   <si>
     <t>Свечи для торта фонтан синего цвета сделают праздник и кульминационный момент поздравления ярким и запоминающимся. Тортовые свечки в процессе горения выпускают искры. Свечи изготовлены из экологичных материалов, которые могут контактировать с пищевыми продуктами. Свечи отличаются высокой безопасностью. В наборе 4 штуки. Размер: 12 см.</t>
   </si>
   <si>
     <t>977842</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/562/l3f4sz6ftye5f7vm3tkpaln829bz3wvo.jpg</t>
   </si>
   <si>
     <t>Фонтан TS12-30, 12см, pink, 4 штуки в упаковке</t>
   </si>
   <si>
     <t>Свечки фонтан сиреневого цвета для тортов и десертов на детских и взрослых праздниках – дне рождения, юбилее, новогодней вечеринке, свадьбе, девичнике, мальчишнике. Яркое горение с искрами выглядит эффектно и создает атмосферу веселья. Для удобства установки предусмотрены пластиковые наконечники. В упаковке 4 штуки. Размер: 12 см.</t>
   </si>
   <si>
     <t>977843</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d5e/d1ge7pcvelnrfr332ucnh4pxnou30ssg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4dd/bt4im4090n8o8x3iln7p9b7osqcsy6vx.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 30 см  quot;Круги quot;, 3 1 шт В ПОДАРОК, фольга разноцветная, ЗОЛОТАЯ СКАЗКА, 592083</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 30 см с фольгированным круглым наполнителем цвета ассорти, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/815/yk8oudh6q4regfpbpgovdtqd86tningc.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 30см  quot;Прямоугольники quot; НАБОР3 1шт В ПОДАРОК фольга золото серебро ЗОЛОТАЯ СКАЗКА, 592085</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 30 см с фольгированным наполнителем в виде прямоугольников золотого цвета &amp;#40;2 штуки&amp;#41; и серебристого цвета &amp;#40;2 штуки&amp;#41;, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999111</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae6/eiyfxi8meiieyrxx00ulva2svhi8bnls.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8f0/22lqq3uvmpaeb8jly0oudebvtq4g6ce4.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 30см  quot;Серпантин quot; 3 1шт В ПОДАРОК, фольга разноцветная, ЗОЛОТАЯ СКАЗКА, 592084</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 30 см с фольгированным наполнителем в виде серпантина и конфетти цвета ассорти, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3c/c8kqic12zww5ldpw5o1ezdne7e93s9vd.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 40 см  quot;Рубли quot; 3 1шт В ПОДАРОК, бумажный наполнитель  quot;купюры quot;, ЗОЛОТАЯ СКАЗКА, 592086</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Комплект хлопушек, высотой 40 см с бумажным наполнителем в виде купюр, является абсолютно безопасным. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-7 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>999114</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc1/6n8z1ht91i024dnaaz8lwvrt5gn0vjm6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c99/tnee2gsyjshig1u9sp37jtncknbe5p3x.jpg</t>
   </si>
   <si>
     <t>Хлопушка-игрушка пружинная Сказка 10см., 3 штуки</t>
   </si>
   <si>
     <t>999492</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11b/i2gjp14crd9217amfpi1rhe1wj9rhqeb.jpg</t>
   </si>
   <si>
     <t>Хлопушка самонадувная КОМПЛЕКТ 10 штук  quot;Пистолет с конфетти quot;, фольга, бумага, ЗОЛОТАЯ СКАЗКА, 592462</t>
   </si>
   <si>
     <t>Добавьте ярких эмоций и незабываемых моментов вашему празднику с самонадувной хлопушкой ЗОЛОТАЯ СКАЗКА! Изделие представляет собой хлопушку в виде пистолета. Материал – 100&amp;#37; полипропилен. Размер – 14х21,5 см. Удобная и легкая в использовании хлопушка: раздавите капсулу внутри, затем потрясите. Когда хлопушка наполнится воздухом, хлопните, нажав на рукоятку. При срабатывании хлопушки раздается громкий хлопок, и в воздух разлетаются бумажные конфетти из металлизированной фольги.Идеально подходит для свадеб, дней рождения, корпоративных мероприятий и праздничных торжеств.</t>
   </si>
   <si>
     <t>1011966</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/xt82628jvtb1tv1f0alksskmggdnkf5s.jpg</t>
@@ -1518,65 +1428,50 @@
     <t>http://anytos.ru//upload/iblock/a42/ugl973b6zuauzoo1wfi3k8ut9mtkaduf.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 40 см  quot;DOLLARS quot;, бумага, наполнитель  quot;доллары quot;, ЗОЛОТАЯ СКАЗКА, 592463</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 40 см с бумажным наполнителем в виде купюр &amp;quot;долларов&amp;quot; является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 3-5 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>1015758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19b/2qlfbabp6d88seqgnmdn4ey3w6q3ilrt.jpg</t>
   </si>
   <si>
     <t>Хлопушка пневматическая 60 см  quot;XXL ЗВЕЗДЫ quot;, фольга, ассорти, ЗОЛОТАЯ СКАЗКА, 592466</t>
   </si>
   <si>
     <t>Пневматическая хлопушка не является пиротехникой и работает на основе энергии сжатого воздуха. Конфетти и серпантин ярких цветов можно использовать в помещении или на улице. Хлопушка подойдет для праздников, концертов, реквизита для фотосессии. Хлопушка высотой 60 см с фольгированным наполнителем в виде разноцветных звезд является абсолютно безопасной. Выстрел осуществляется под действием сжатого воздуха. Не является пиротехникой. Средняя дальность выстрела – 5-8 м. Корпус хлопушки состоит из двух частей: пневматического баллона со сжатым воздухом и картонного цилиндра с наполнителем. Рекомендуется использовать хлопушку внутри больших помещений или на улице.</t>
   </si>
   <si>
     <t>1015759</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...13 lines deleted...]
-    <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1903,2858 +1798,2666 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J133"/>
+  <dimension ref="A1:M124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G133" sqref="G133"/>
+      <selection pane="bottomRight" activeCell="G124" sqref="G124"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="G8" s="3" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="G9" s="3" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>97</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B25" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="F25" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="B26" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="C26" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="F26" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="B27" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="F27" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="B28" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="F28" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="F29" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="B30" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="F30" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="B31" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="B32" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="F32" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="B33" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="C33" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="F33" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="B34" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="C34" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="F34" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="C35" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="B37" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="B38" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>102</v>
+        <v>145</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B52" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>226</v>
+        <v>193</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="F62" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="B63" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="F63" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="B64" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>207</v>
+        <v>247</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>207</v>
+        <v>251</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="C71" s="1" t="s">
         <v>265</v>
       </c>
+      <c r="C71" s="1"/>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>266</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>269</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="C73" s="1"/>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="F73" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="C75" s="1"/>
-[...3 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>283</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>287</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="C78" s="1"/>
+      <c r="C78" s="1" t="s">
+        <v>290</v>
+      </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>299</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B81" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="G82" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...29 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>299</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>14</v>
+        <v>299</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F89" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C92" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="C93" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C94" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="F94" s="3" t="s">
+      <c r="G94" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="G94" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>357</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>33</v>
+        <v>352</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>368</v>
+        <v>258</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>370</v>
-[...5 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>272</v>
+        <v>391</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>352</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>394</v>
+        <v>352</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>370</v>
-[...5 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>406</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>370</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>370</v>
+        <v>299</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>370</v>
+        <v>299</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>370</v>
+        <v>299</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>299</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>352</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>428</v>
+        <v>299</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>370</v>
+        <v>299</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-      <c r="C125" s="1" t="s">
         <v>471</v>
-      </c>
-[...194 lines deleted...]
-        <v>47</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">