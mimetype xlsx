--- v0 (2025-11-14)
+++ v1 (2026-02-12)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bff/bfff0f8ca767bc68e344282c4cd67943.jpg</t>
   </si>
   <si>
     <t>Набор колпаков 6 шт., С Днем Рождения: 4690296022693 штр.:  4690296022693</t>
   </si>
   <si>
     <t>Набор колпаков 6 шт., С Днем Рождения: 4690296022693 Декоративное украшение для праздника.</t>
   </si>
   <si>
     <t>Колпаки, ободки</t>
@@ -413,50 +422,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0db/0dbc98b560e931445ad7fbc310f762f7/e357df4ffd2a6ff19224fd5011374b81.jpg</t>
   </si>
   <si>
     <t>Колпачок Торт яркий 6 шт</t>
   </si>
   <si>
     <t>Колпачок из плотного картона - карнавальный головной убор. Данный колпачок является карнавальным аксессуаром коллекции праздничной одноразовой посуды Торт яркий. В упаковке содержится шесть карнавальных колпачков одного дизайна.</t>
   </si>
   <si>
     <t>554082</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81a/81a87037d4d639f9d665754eb2b23ae7/f372f8e835b3bbced35eabd5c0e066f2.jpg</t>
   </si>
   <si>
     <t>Колпачок Эмоции смайл ассорти 6 шт</t>
   </si>
   <si>
     <t>Колпачок из плотного картона - карнавальный головной убор. В упаковке содержиться шесть карнавальных колпачков с разными дизайнами.</t>
   </si>
   <si>
     <t>554085</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/054/0545e52c6b2802fde4fd86a1619547ba/7adbc46555bb42cc7fc146b4737dc94a.jpg</t>
+  </si>
+  <si>
+    <t>Корона бумажная золотая 6 шт</t>
+  </si>
+  <si>
+    <t>Каждой принцессе на празднике необходима корона! В наборе 6 бумажных золотых корон и золотые веревочки. Корону можно сделать любого диаметра и подогнать индивидуально под голову принцессы.</t>
+  </si>
+  <si>
+    <t>554086</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3d7/3d7b3519962a45e3243995b651ba0585/95b8f69630455f87c14efc8f2a9137fa.jpg</t>
   </si>
   <si>
     <t>Корона надувная 31 см</t>
   </si>
   <si>
     <t>Воздушная корона для ярких и смешных фото! Отлично подойдет для вечеринки у бассейна - такой аксессуар не утонет и не намокнет.</t>
   </si>
   <si>
     <t>554088</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/283/2835ab812b66f913918b24ced4c58284/e0b166afea6c4c6b5e3c2382daf142ad.jpg</t>
   </si>
   <si>
     <t>Корона серебряная d 16 см</t>
   </si>
   <si>
     <t>Образ королевы не будет полным без короны. А корона должна быть по-королевски красивой! Яркая корона серебряного цвета с вставками из разноцветных камешков подойдет для образа королевы на костюмированную вечеринку.</t>
   </si>
   <si>
     <t>554092</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c3/8c3dd5497a70c308ce8d13c9e1fee9a0/44afafea58a78ffcdaa3f024ac2ac279.jpg</t>
@@ -530,107 +551,122 @@
   <si>
     <t>554144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83b/83b08836c9399168a4f30074bf58f15e/76edf4d0486d7ff518bbf4cd46adc8b7.jpg</t>
   </si>
   <si>
     <t>Шляпа Аль Капоне</t>
   </si>
   <si>
     <t>554146</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/403/40323c9710e7b3eef5e4d8ee97ed5752/aa20fa26b9614595f51da6dd3ee0bbc1.jpg</t>
   </si>
   <si>
     <t>Шляпа крокодил Данди</t>
   </si>
   <si>
     <t>Кто не знает смелого крокодила Данди? Если его яркий образ вы выбрали для костюмированной вечеринки, то без такой шляпы с животным орнаментом на кайме не обойтись!</t>
   </si>
   <si>
     <t>554160</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8ee/8ee5171c3c33b0897fcaa04d33f5950d/106fca70ca5d36f7d2b4634629e74d1a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b8f/b8ffa10f3db6b121aeb48b5925038707/5c01d15cab7893738220f66317466f69.jpg</t>
   </si>
   <si>
     <t>Набор колпаков ПатиБум  quot;Космос quot;, 6шт.</t>
   </si>
   <si>
     <t>Бумажные колпачки для гостей космической вечеринки. В наборе 6 штук &amp;#40;рисунки одинаковые, резиночки для колпаков прилагаются&amp;#41;.</t>
   </si>
   <si>
     <t>558802</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/fcf78374b376d1d383644a96fbd28951/2219b54bdfaae45780aa5e68a0eebe20.jpg</t>
   </si>
   <si>
     <t>Колпачок Эмоции Смайл ассорти 6шт арт.6047092</t>
   </si>
   <si>
     <t>583140</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pati-bum/"&gt;Пати Бум&lt;/a&gt;</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/745/745e0c3ea9e4c2a89b66fc8c4af768e2/9b811c282c3a95cfa057485d39f837f8.jpg</t>
   </si>
   <si>
     <t>LOL. Набор бумажных колпаков  трехцветные , 6 шт</t>
   </si>
   <si>
     <t>LOL. Набор бумажных колпаков &amp;#40;трехцветные&amp;#41;, 6 шт</t>
   </si>
   <si>
     <t>596396</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ab/8ab3731ecd9dc9e9b38bf1c872832ab9/5650c44264e39a872b5f66e34fd902d1.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Набор колпачков  бирюзовые , 6 шт</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Набор колпачков &amp;#40;бирюзовые&amp;#41;, 6 шт</t>
+  </si>
+  <si>
+    <t>596401</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/skazochnyj-patrul/"&gt;Сказочный патруль&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/190/19066e58213a47eb8901c52c7eabb32a/e937c81dfc9e2c879e7dc8707fe85e31.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Набор колпачков  фиолетовые , 6 шт</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Набор колпачков &amp;#40;фиолетовые&amp;#41;, 6 шт</t>
+  </si>
+  <si>
+    <t>596402</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6d7/t239bwfzx8unzle4si5131a3ofy82154.jpg</t>
   </si>
   <si>
     <t>Колпачок Капкейки 6 штук</t>
   </si>
   <si>
     <t>Колпачки с Капкейками – праздничные аксессуары, которые гармонично дополнят образ именинника и его гостей, помогут в создании веселой атмосферы и обеспечат красивую фотосессию. Для создания единого стиля праздника можно приобрести также бумажную посуду &amp;#40;тарелки, стаканчики&amp;#41; и салфетки с идентичным изображением сладости. Изделия изготовлены из прочного картона и оснащены удобными резинками, предотвращающими сползание колпака с головы в разгар веселых игр и конкурсов.</t>
   </si>
   <si>
     <t>645759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e3/ssd26ictts6p2y0wsmnl0qbipggc568z.jpg</t>
   </si>
   <si>
     <t>Harry Potter. Набор колпачков, 6 штук</t>
   </si>
   <si>
     <t>Набор для праздника &amp;quot;Harry Potter&amp;quot; состоит из комплекта карнавальных колпачков &amp;#40;6 шт&amp;#41;. Яркие колпачки помогут детям создать образы героев! Колпачки &amp;quot;Гарри Поттер&amp;quot; изготовлены из плотного мелованного картона, держатся на голове при помощи резинки. Подарочный набор для праздника подходит для тематической фотосессии: яркие и памятные фотографии будут напоминать о веселом празднике и вызывать улыбки. Набор для детского праздника отличается стильным дизайном и высоким уровнем качества.</t>
   </si>
   <si>
     <t>684952</t>
   </si>
   <si>
     <t>&lt;a href="/brands/harry-potter/"&gt;Harry Potter&lt;/a&gt;</t>
@@ -642,65 +678,50 @@
     <t>Superman. Набор колпачков  синие с героем , 6 штук</t>
   </si>
   <si>
     <t>Набор для праздника состоит из комплекта синих колпачков, на каждом из которых изображен популярный герой – Супермен. Синие колпачки помогут детям - имениннику и гостям детского праздника - создать образы супергероев и перевоплотиться в суперменов! Колпачки изготовлены из плотного мелованного картона, держатся на голове при помощи резинки. Подарочный набор для праздника &amp;quot;Супермен&amp;quot; подходит для тематической фотосессии: яркие и памятные фотографии будут напоминать о веселом празднике и вызывать улыбки. Набор колпачков для детского праздника  отличается стильным дизайном и высоким уровнем качества.</t>
   </si>
   <si>
     <t>684954</t>
   </si>
   <si>
     <t>&lt;a href="/brands/superman/"&gt;Superman&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccc/efvo2ccnb0rbzimad9tr1i5urxrso34z.jpg</t>
   </si>
   <si>
     <t>Tom Jerry. Набор колпачков, 6 штук</t>
   </si>
   <si>
     <t>Эти бумажные колпачки с очаровательными героями мультфильма «Том и Джерри» ярко украсят всех гостей детского праздника, поднимут настроение и помогут устроить множество забавных игр. Все гости тематического детского праздника будут в восторге от этого набора колпачков. Колпачки изготовлены из плотного картона высокого качества, а красочные иллюстрации на них долго сохраняют свой насыщенный и яркий цвет. На колпачках есть мягкие резиночки, чтобы они не сползали с головы ребенка. Изделие представлено в виде конуса с ярким принтом. Такие замечательные и красочные аксессуары обязательно вызовут на лице ребенка улыбку, а также создадут праздничную атмосферу.</t>
   </si>
   <si>
     <t>684955</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tomjerry/"&gt;TOM&amp;JERRY&lt;/a&gt;</t>
-  </si>
-[...13 lines deleted...]
-    <t>&lt;a href="/brands/schenjachij-patrul/"&gt;Щенячий патруль&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d47/m4v1hffxq9hr79wqoitzwjbawor10sgr.jpg</t>
   </si>
   <si>
     <t>Праздничное украшение  quot;Колпачок quot; h-16см 6шт  уп  набор  ассорти</t>
   </si>
   <si>
     <t>Праздничное украшение &amp;quot;Колпачок&amp;quot; h-16см 6шт/уп &amp;#40;набор&amp;#41; ассорти&lt;br /&gt;
  В наборе 6 бумажных колпачков с надписью HappyBirthday на резинке. Высота 16см. Упаковка с европодвесом - 27,5х21х0,2 см.</t>
   </si>
   <si>
     <t>704666</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d3/awq8w77vuba1k920510rbq690w5jf2zw.jpg</t>
   </si>
   <si>
     <t>Набор колпачков, 6 штук. Единорог</t>
   </si>
   <si>
     <t>Набор колпачков, 6 шт Единорог</t>
   </si>
   <si>
     <t>837333</t>
@@ -798,74 +819,50 @@
   <si>
     <t>&lt;a href="/brands/batman/"&gt;Batman&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6c/ubkzwztpbjk02v1dqk3115k5ce8ufrk6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">LOL. Набор колпачков, 6 шт  Present Surprise </t>
   </si>
   <si>
     <t>Хотите устроить тематический праздник на День Рождения? Набор колпачков «L.O.L. Surprise!» поможет организовать волшебное торжество для девочек! В наборе собрано 6 колпачков из плотного картона с красочным изображением кукол «L.O.L. Surprise!». На колпачках есть мягкие резиночки, чтобы украшение не сползало с головы ребенка. Колпачки дополнят образы гостей, поднимут настроение и станут частью веселых игр.&amp;nbsp;&amp;nbsp;Колпачки для праздника «L.O.L. Surprise!» помогут организовать праздничную фотосессию в День Рождения или Новый год. Колпачки гармонично сочетаются с гирляндами, одноразовой посудой и другими украшениями в стиле «L.O.L. Surprise!».</t>
   </si>
   <si>
     <t>945626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56b/zlfwhxd6nrprer4hycpdbqwm0zw6rzp3.jpeg</t>
   </si>
   <si>
     <t>Набор колпачков Кошки с ушками, 6 штук</t>
   </si>
   <si>
     <t>945992</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/385/aosqvcq0xcb9ra5jepsnn8mwian2o4wd.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/670/ori73tw2m7q1l1yyzx83kug7906w0n3u.jpg</t>
   </si>
   <si>
     <t>Колпачок С Днем Рождения Трактор 6 штук</t>
   </si>
   <si>
     <t>Оригинальные колпачки с принтами для празднования детского дня рождения и создания праздничной атмосферы. Колпачки украшены изображениями синего трактора, который так любят поклонники одноименного мультфильма. Изготовлены из прочного картона и фиксируются на голове при помощи резинки. В наборе 6 одинаковых колпачков. Можно использовать для праздника и вечеринки дома, в развлекательном центре, детском саду.</t>
   </si>
   <si>
     <t>946922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f2/ssmqgh9pc7f0fw98949jja9nljf1p349.jpg</t>
   </si>
   <si>
     <t>Колпачок Яркий Взрыв 6 штук</t>
   </si>
   <si>
     <t>Праздничные картонные колпачки для дня рождения из коллекции «Яркий взрыв». Набор состоит из шести одинаковых колпаков, окрашенных в зеленый, розовый и желтый цвета. Декоративные аксессуары отличаются универсальностью и могут использоваться на взрослом или детском мероприятии. Надписи и краски на поверхности колпачков не выгорают на солнце и не стираются во время эксплуатации. Праздничная атрибутика дополнена надписью «С Днем Рождения». Яркие колпачки стильно выглядят на фотографиях и могут использоваться ни один раз. Вес: 70 гр.</t>
   </si>
   <si>
     <t>946924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d8/oqnwqk8trqawwyahl30m2klngly8mi4s.jpg</t>
@@ -954,126 +951,135 @@
   <si>
     <t>960003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/31a/1fqeyfag16mg4wrwxg12yot1ovhsn3n3.jpg</t>
   </si>
   <si>
     <t>Колпачок Тачки Монстры Трак, 6 штук</t>
   </si>
   <si>
     <t>960004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/620/4zj8jwxl04hkmy08eu9rxvbhvchsfdiy.jpg</t>
   </si>
   <si>
     <t>Колпачок Влад А4, 6 штук</t>
   </si>
   <si>
     <t>Набор из 6 колпачков для праздничной вечеринки дома и в школе, детском саду, детского дня рождения, фотосессии, пикника или другого праздника. Аксессуары с изображением любимых блогеров порадуют фанатов Влада Бумага &amp;#40;А4&amp;#41; и поднимут настроение. Изготовлены из плотного и прочного картона, хорошо держат форму. Для надежной фиксации на голове колпачки дополнены мягкими резинками.</t>
   </si>
   <si>
     <t>960005</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a25/j9s6l0u59q34g610irzskxcbcj75o2hn.jpg</t>
-[...26 lines deleted...]
-    <t>999429</t>
+    <t>http://anytos.ru//upload/iblock/62a/fjbx2fbmywlpq01viedgvyiayeorb2g0.jpg</t>
+  </si>
+  <si>
+    <t>Ободок новогодний с рожками, 22х19 см, пластик, цвет: красный белый, ЗОЛОТАЯ СКАЗКА, 592004</t>
+  </si>
+  <si>
+    <t>Ободок новогодний – важный атрибут Нового года! Надев новогодний ободок с рожками ЗОЛОТАЯ СКАЗКА, вы создадите атмосферу праздника, подарите массу позитивных эмоций и порадуете не только себя, но и своих близких! Новогодний пластиковый ободок на голову для вечеринки украшен красными рогами с белыми точками. Зеленая вязаная шапочка с белым помпоном добавляет всей композиции задора.Материал ободка – пластик, полиэстер, хлопок. Размер ободка – 22x19 см. Товар c навесной этикеткой, упакован по 10 шт. в полипропиленовый прозрачный пакет. Данное изделие используется в качестве декоративного элемента, надевающегося на голову. Применяется по случаю празднования Нового года.</t>
+  </si>
+  <si>
+    <t>961417</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/800/48w6j3998rb09mh94xq1jv1e4qwivstf.jpg</t>
   </si>
   <si>
     <t>Карнавальный ободок Ушки меховые серые</t>
   </si>
   <si>
     <t>999971</t>
   </si>
   <si>
     <t>&lt;a href="/brands/yachen-indastrial-grup/"&gt;Ячен Индастриал Груп&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0c/yy4x3qp7nc9ca6wb0pukx2jl8kkvfwom.jpg</t>
   </si>
   <si>
     <t>Карнавальный ободок Ушки меховые черные</t>
   </si>
   <si>
     <t>1000020</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/803/2eef1uiw4mt6khhr202ctri6evyyei4c.jpg</t>
   </si>
   <si>
     <t>Карнавальный ободок Уши зайчика серые, мех</t>
   </si>
   <si>
     <t>1000021</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/669/o3swdu49m8afgc9b2339q3e9fp0acjk8.jpg</t>
   </si>
   <si>
     <t>Карнавальный ободок Единорог разноцветный</t>
   </si>
   <si>
     <t>1000023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b07/up00ti00tnxum3q65hbimeb17ewqsdp0.jpg</t>
   </si>
   <si>
     <t>Карнавальный ободок Уши Лисы</t>
   </si>
   <si>
     <t>1000024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a31/8ke0e448gnii664jgzq57g4pnyg5bglw.png</t>
+  </si>
+  <si>
+    <t>Колпак новогодний из нетканого материала 0,5х38х28см арт.95800</t>
+  </si>
+  <si>
+    <t>1016475</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/magic-time/"&gt;Magic Time&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/175/fx06kx62qb4opw2bxzsumea50oynjrea.png</t>
+  </si>
+  <si>
+    <t>Колпачок Торт яркий, 6 штук в упаковке. 6046323</t>
+  </si>
+  <si>
+    <t>1016476</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1400,1856 +1406,1845 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J85"/>
+  <dimension ref="A1:M84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G85" sqref="G85"/>
+      <selection pane="bottomRight" activeCell="G84" sqref="G84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...81 lines deleted...]
-      </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F64" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...174 lines deleted...]
-      <c r="C57" s="1" t="s">
+      <c r="G64" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F65" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...125 lines deleted...]
-      <c r="B63" s="1" t="s">
+      <c r="G65" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F66" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="G66" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>223</v>
+        <v>284</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>285</v>
+        <v>230</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>223</v>
+        <v>316</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>223</v>
+        <v>321</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>248</v>
+        <v>321</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="B80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F80" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="G80" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G81" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>326</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>28</v>
-[...22 lines deleted...]
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">