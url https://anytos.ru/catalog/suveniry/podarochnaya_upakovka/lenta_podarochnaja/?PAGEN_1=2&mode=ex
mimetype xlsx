--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -12,414 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/265/ljjub2eae7xxkd3m4s2tf4ghkxf7ufon.jpg</t>
-[...5 lines deleted...]
-    <t>Лента шелковая &amp;#40;2,5*22,8 м.&amp;#41; шоколадная</t>
+    <t>http://anytos.ru//upload/iblock/f54/f54d099a5a07a33f1fa2449c346988d4/5e369355da04aa0f16467d37c81f2498.jpg</t>
+  </si>
+  <si>
+    <t>Колокольчик для выпускника с красным бантом и булавкой D 25 мм 10шт уп</t>
+  </si>
+  <si>
+    <t>Декоративное праздничное украшение, используемое согласно тематике торжества.</t>
   </si>
   <si>
     <t>Лента подарочная</t>
   </si>
   <si>
-    <t>175496</t>
+    <t>554189</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c26/c263201fda4f56764bfa45055b9bc103.jpg</t>
-[...291 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bec/becd90a100b6451120c633b5556bfac5/e81dba050ff42d29bd6ad21aede15305.jpg</t>
   </si>
   <si>
     <t>Колокольчик для выпускника с лентой триколор и булавкой D25 мм 10шт уп</t>
   </si>
   <si>
     <t>554190</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/198/198e1e5a425872f93360753ac0bbd5c2/2827737180167b1ee51506a98767dd84.jpg</t>
   </si>
   <si>
     <t>Лента Триколор</t>
   </si>
   <si>
     <t>554192</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/820/820f52c9195830d6f9535daef8ac0f70/9be56ab208e19712909ea16fa76db2e3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b3a/b3ad9ed64f851d58cbaccafa2ef06cb8/1468a8e8000de7427a26887eebe0b592.jpg</t>
   </si>
   <si>
     <t>Лента Выпускник детского сада 3D розовая атлас 150 см х10 см 5 шт уп</t>
   </si>
   <si>
     <t>Окончание детского сада - пусть маленькая, но очень важная ступень в жизни малыша! Обозначить важность события можно с помощью нежной ленточки выпускника детского сада.</t>
   </si>
   <si>
     <t>554216</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9fd/9fdbb1b8ef1eabcb3f35a4b847317ab4/f3336896f24ba6f430801c0b55a330a5.jpg</t>
   </si>
   <si>
     <t>Лента Выпускник детского сада голубая шелк 150 см х10 см 10 шт уп</t>
   </si>
   <si>
     <t>554217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53a/53ad9c76d0cd0d279ef47cc6e97f23bf/8767221b0669af4b068e9129c89293c9.jpg</t>
   </si>
   <si>
     <t>Лента Выпускник детского сада розовая атлас 150 см х10 см 10 шт уп</t>
@@ -427,1190 +134,867 @@
   <si>
     <t>554218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4c/e4c8c439f4ac538b6739281e69ddff62/ed912eeac89ee6cc2507a417c503cb27.jpg</t>
   </si>
   <si>
     <t>Лента Выпускник детского сада розовая шелк 150 см х10 см 10 шт уп</t>
   </si>
   <si>
     <t>554219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc7/hanka060wnombfppmmc68oj76bjv0ad5.jpg</t>
   </si>
   <si>
     <t>Лента атласная 20ммx25 1ярд  23 1м  розовый АУ 1218225</t>
   </si>
   <si>
     <t>Лента атласная 20ммx25&amp;#43;1ярд &amp;#40;23&amp;#43;1м&amp;#41; розовый АУ 1218225</t>
   </si>
   <si>
     <t>716338</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/65a/58d4ugx8s0vxz42rbjvbxtk4c6dtcwt6.jpg</t>
-[...8 lines deleted...]
-    <t>717958</t>
+    <t>http://anytos.ru//upload/iblock/6fb/st8v6z8k0nk80u9dyjbhxi63fhcfokms.jpg</t>
+  </si>
+  <si>
+    <t>Лента атласная ширина 6 мм, ЖЕЛТЫЙ СПЕКТР набор 5 цветов по 23 м, BRAUBERG, 591495</t>
+  </si>
+  <si>
+    <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент желтых и оранжевых оттенков от светло-желтого до насыщенного оранжевого цвета шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м. Каждая лента намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>717990</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74d/kaao6qg1e14ntjof14nlf5t1mo6mxixp.jpg</t>
-[...8 lines deleted...]
-    <t>717959</t>
+    <t>http://anytos.ru//upload/iblock/7cb/hg6s9w9rvmmleqd3gp04ljsyugbkik9u.jpg</t>
+  </si>
+  <si>
+    <t>Лента атласная ширина 6 мм, ЗЕЛЕНЫЙ СПЕКТР набор 5 цветов по 23 м, BRAUBERG, 591493</t>
+  </si>
+  <si>
+    <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент зеленых оттенков от светло-зеленого до насыщенного зеленого цвета шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м. Каждая лента намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>717991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdb/r359pni9vi3dblv7i1obf57bwrd9umj6.jpg</t>
+  </si>
+  <si>
+    <t>Лента атласная ширина 6 мм, ИНТЕНСИВ набор 5 цветов по 23 м, BRAUBERG, 591489</t>
+  </si>
+  <si>
+    <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент ярких оттенков, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент красного, зеленого, желтого, синего и фиолетового цветов шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м, каждая из которых намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>717992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b86/sfjapt5t5aauoiw997s8ni9lnxq06h40.jpg</t>
+  </si>
+  <si>
+    <t>Лента атласная ширина 6 мм, ПАСТЕЛЬ набор 5 цветов по 23 м, BRAUBERG, 591490</t>
+  </si>
+  <si>
+    <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент пастельных оттенков, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент желтого, зеленого, голубого, сиреневого и розового цветов шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м, каждая из которых намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>717995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ea/g1kzx2nolg7tav3ckgsh5w34rhqos89j.jpg</t>
+  </si>
+  <si>
+    <t>Лента атласная ширина 6 мм, РОЗОВЫЙ СПЕКТР набор 5 цветов по 23 м, BRAUBERG, 591491</t>
+  </si>
+  <si>
+    <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент розовых оттенков от светло-розового до насыщенного розового цвета шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м. Каждая лента намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>717996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e64/feolfaz6mo2iui8qu0j0vkfkxlgxcagm.jpg</t>
+  </si>
+  <si>
+    <t>Лента атласная ширина 6 мм, ФИОЛЕТОВЫЙ СПЕКТР набор 5 цветов по 23 м, BRAUBERG, 591492</t>
+  </si>
+  <si>
+    <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент фиолетовых оттенков от светло-сиреневого до насыщенного фиолетового цвета шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м. Каждая лента намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>717999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/607/ei7shxo6yn5y7qndia2w619rp7hhqnqo.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Azure quot;, 4 штуки</t>
+  </si>
+  <si>
+    <t>Декоративные клейкие ленты MESHU&amp;nbsp;&amp;nbsp;предназначены для упаковки подарков, оформления поделок, элементов интерьера и скрапбукинга. Открытки, альбомы, ежедневники, подставки, цветочные горшки, подсвечники, рамки и много другое может преобразиться с декоративными лентами MESHU. Яркие и современные дизайны сделают процесс творчества увлекательным, а результат впечатляющим. А качественная клеевая основа позволит надежно зафиксировать ленту и быть уверенным в долговечности декора.</t>
+  </si>
+  <si>
+    <t>801027</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74a/zwjiu8s43zfm50x9a2aa5ofzszbai7um.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Galaxy quot;, 4 штуки</t>
+  </si>
+  <si>
+    <t>801028</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b6/aetic3cn6qrjpumz5jkrcktr1kokt1oz.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Happy days quot;, 4 штуки</t>
+  </si>
+  <si>
+    <t>801030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78c/i3zz4kpu7gf12ru5abhv4fxohjne08jw.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Luminous quot;,  6 штук</t>
+  </si>
+  <si>
+    <t>801031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fa/2hdnhh8dj3eek889mgkp92f9fv7swprg.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Macaron quot;, 6 штук</t>
+  </si>
+  <si>
+    <t>801032</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c10/2uisezodoe7jzn37cj6lnq0g8sc2k2s3.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Marine quot;, 6 штук</t>
+  </si>
+  <si>
+    <t>801033</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1c/67tqenzvx1he9iui6kqeucvy5dcvo0jb.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Mosaic quot;, 4 штуки</t>
+  </si>
+  <si>
+    <t>801034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df2/y67n493fq8rztnjwjag10wsz305biofs.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Pink waves quot;, 4 штуки</t>
+  </si>
+  <si>
+    <t>801035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d95/4bk5ixvlow4cjprnvqfm1m8xrsajdx58.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Silver shinet quot;, 4 штуки</t>
+  </si>
+  <si>
+    <t>801036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/225/95oudfmbydudcuutmdjdima7sp27eudm.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕН.ДЕКОРАТИВНАЯ ТКАНЬ. ЧЕРНЫЙ 48х48 см.</t>
+  </si>
+  <si>
+    <t>840387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/888/p7gvlvh4233736nqr02h0nw683yt56h2.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., БЕЛАЯ</t>
+  </si>
+  <si>
+    <t>840388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b46/z2v7nstybpniz5wx6d4nvc1chx2lelfl.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ЖЕЛТАЯ</t>
+  </si>
+  <si>
+    <t>840389</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca7/lips53e45zhkj4pai333jhtq7gvf2hzk.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ЗЕЛЕНАЯ</t>
+  </si>
+  <si>
+    <t>840390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/459/bo3s1rpgddpu9sg5ni43pli9ea62ww1t.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ПЕПЕЛЬНО-РОЗОВАЯ</t>
+  </si>
+  <si>
+    <t>840392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/v60dwtrh9h96s3ydmhb3ueufp5vygzpz.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., РОЗОВАЯ</t>
+  </si>
+  <si>
+    <t>840393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/891/85ghstk41kmbuvn3ajnqdibolb0r6c0i.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., СЕРЕБРО</t>
+  </si>
+  <si>
+    <t>840394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fa/oph5sroojn7uqkd8u44u86suslu7bkb3.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., СИНЯЯ</t>
+  </si>
+  <si>
+    <t>840395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/366/2r5fcrbr5gle5vi248g2qzxp659ip432.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ТЕМНО-ЗЕЛЕНАЯ</t>
+  </si>
+  <si>
+    <t>840396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b4/1wq678cv71gpnvwdkekh4z45e939eeka.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ФУКСИЯ</t>
+  </si>
+  <si>
+    <t>840397</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6cd/avj2oel97tbt2cygmmio8dpssxy9mhpl.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ЯРКО-СИНЯЯ</t>
+  </si>
+  <si>
+    <t>840398</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd9/il8piivdi3psumfh3kwl1dtocetyuo0n.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 25 ММ., ДЛИНА 3 М., ЗЕЛЕНАЯ</t>
+  </si>
+  <si>
+    <t>840399</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/342/bfv0g58nk2815zbr910lw1ze6iz4imf2.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 25 ММ., ДЛИНА 3 М., ОРАНЖЕВАЯ</t>
+  </si>
+  <si>
+    <t>840401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7d/tti26kfcio9fw7253k2y67sbywv3ueos.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 25 ММ., ДЛИНА 3 М., ПЕПЕЛЬНО-РОЗОВАЯ</t>
+  </si>
+  <si>
+    <t>840402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa8/25lmkusrrltyt5y05onivvej2w6e34z1.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 25 ММ., ДЛИНА 3 М., СИНЯЯ</t>
+  </si>
+  <si>
+    <t>840404</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b13/b9zzjqkatmzrb1lz7882hm77oyi9ndel.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 25 ММ., ДЛИНА 3 М., СИРЕНЕВАЯ</t>
+  </si>
+  <si>
+    <t>840405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ce/acsjaedgqluj01y1jmo5aszclmcabtus.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 25 ММ., ДЛИНА 3 М., ФУКСИЯ</t>
+  </si>
+  <si>
+    <t>840406</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5c/anbz2tet02bfwf2zwq5gwd0ahqs2cl0z.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., БОРДОВАЯ</t>
+  </si>
+  <si>
+    <t>840408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ac/wvo6u3hlbk9jiegix1l19mhvwmognyj3.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., ГОЛУБАЯ</t>
+  </si>
+  <si>
+    <t>840409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a78/3tfbjf5hmmmy9ubfu4xaj70pqdgyrdgk.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., КРАСНАЯ</t>
+  </si>
+  <si>
+    <t>840410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1a/2ci90pn9etel90oyrfavp113vjyd0v2n.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., ОРАНЖЕВАЯ НЕОНОВАЯ</t>
+  </si>
+  <si>
+    <t>840411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/790/12ex7sxc92fe5oa23p34r0gx0g8lk522.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., РОЗОВАЯ НЕОНОВАЯ</t>
+  </si>
+  <si>
+    <t>840412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb7/lir1mmpqsfah85qt93ywj7iz51gjfmm3.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., САЛАТОВАЯ НЕОНОВАЯ</t>
+  </si>
+  <si>
+    <t>840413</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/753/jhmqythxucjbgpodauz7not1dj4sh6uj.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., СЕРЕБРО</t>
+  </si>
+  <si>
+    <t>840414</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a60/yhl10vnmytu61z6kj3ouuqpaeurzh5pc.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., СИРЕНЕВАЯ</t>
+  </si>
+  <si>
+    <t>840415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52b/yoj1mjmzxolc2v9ar4r8sb9pljjiew2p.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., ФИОЛЕТОВАЯ</t>
+  </si>
+  <si>
+    <t>840416</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/ow8r1yi5xntw8zktgwekxnejjwsa1cmn.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., ФУКСИЯ</t>
+  </si>
+  <si>
+    <t>840417</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/360/urxygmz71wjah23th0zvrwp72lz4e9bo.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 50 ММ., ДЛИНА 3 М., КРАСНАЯ</t>
+  </si>
+  <si>
+    <t>840418</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8f/99k4y2n7ddnrng2qqj8x5rs8uqk1p64a.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 50 ММ., ДЛИНА 3 М., ЧЕРНАЯ</t>
+  </si>
+  <si>
+    <t>840419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2b/xolp5y0rgxct3q1mpg63wwqsuih3b1tu.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., БИРЮЗОВАЯ</t>
+  </si>
+  <si>
+    <t>840421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf7/yzulc09fxnkh1a3fyjqzwznn23vmtm7w.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., БОРДОВАЯ</t>
+  </si>
+  <si>
+    <t>840422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c6/6s3hmake464fle9z4itj5bad8t8az89c.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., ГОЛУБАЯ</t>
+  </si>
+  <si>
+    <t>840423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c0/0n191izlhdvil38i19nlyhte6aw0vjps.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., ЖЕЛТАЯ</t>
+  </si>
+  <si>
+    <t>840424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/082/7lqjudyq4s6rrii5bsghnhue4baj5ojp.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., СЕРЕБРО</t>
+  </si>
+  <si>
+    <t>840427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b68/2iulz0906vhmj0lhbwzvxmok98l2u982.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., СИНЯЯ</t>
+  </si>
+  <si>
+    <t>840428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b3/ixqroawc74h3xu2k06sov7odr5qfilbm.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., СИРЕНЕВАЯ</t>
+  </si>
+  <si>
+    <t>840429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/150/ttfuazaw25f15zlh2pkwpcvqrin13f7g.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., ТЕМНО-ЗЕЛЕНАЯ</t>
+  </si>
+  <si>
+    <t>840430</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a24/7l796gloky43cuh7mdy2pszf9x3h07j7.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., ФИОЛЕТОВАЯ</t>
+  </si>
+  <si>
+    <t>840431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ad/tvovq0tf82ee4f7k9hyq986v4un1x294.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., ФУКСИЯ</t>
+  </si>
+  <si>
+    <t>840432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f11/pzpdoluqv08tqi7v3a2gnvlkp1m2l54q.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., ЯРКО-РОЗОВАЯ</t>
+  </si>
+  <si>
+    <t>840433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d29/rkiwhtpnk19vs8ktyykyoe8ke1uj2iqb.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 9 ММ., ДЛИНА 3 М., ЯРКО-СИНЯЯ</t>
+  </si>
+  <si>
+    <t>840434</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ec/27tc2whqewimgduqadzlvt93sgbyyg57.jpeg</t>
+  </si>
+  <si>
+    <t>ЛЕНТА ИЗ ПАЙЕТОК, ДЛИНА 2 М., СЕРЕБРЯНАЯ</t>
+  </si>
+  <si>
+    <t>840435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcc/89gzmhkk2yclgcjravvceotbhdgnziqt.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для подарков, глянец, 6шт 5мм 10м цвет ассорти ЗОЛОТАЯ СКАЗКА, 591830</t>
+  </si>
+  <si>
+    <t>Набор лент декоративных ЗОЛОТАЯ СКАЗКА предназначен для декорирования подарков, для завязывания воздушных шаров и гирлянд, для оформления праздничных композиций, кондитерских наборов. Ленты также широко используются во флористике и в рукоделии. Набор состоит из 6-ти лент шириной 5 мм и длиной 10 м каждая. Ленты изготовлены из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41;, полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина лент 130 мкм &amp;#40;0,13 мм&amp;#41;. Ленты представлены в шести цветах с глянцевым эффектом: голубой, бежевый, желтый, салатовый, розовый, нежно-фиолетовый. Ленты упакованы в прозрачный пакет с картонным подвесом, на обратной стороне которого представлена краткая информация о товаре.</t>
+  </si>
+  <si>
+    <t>853276</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e0/m3p1lxj18u4kc5s4edh3ulltthcdpmpv.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для подарков, металл, 6шт 5мм 10м цвет ассорти ЗОЛОТАЯ СКАЗКА, 591828</t>
+  </si>
+  <si>
+    <t>Набор лент декоративных ЗОЛОТАЯ СКАЗКА предназначен для декорирования подарков, для завязывания воздушных шаров и гирлянд, для оформления праздничных композиций, кондитерских наборов. Ленты также широко используются во флористике и в рукоделии. Набор состоит из 6-ти лент шириной 5 мм и длиной 10 м каждая. Ленты изготовлены из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41;, полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина лент 130 мкм &amp;#40;0,13 мм&amp;#41;. Ленты представлены в шести цветах с эффектом металлик: золотистый, серебристый, красный, зеленый, синий, фиолетовый. Ленты упакованы в прозрачный пакет с картонным подвесом, на обратной стороне которого представлена краткая информация о товаре.</t>
+  </si>
+  <si>
+    <t>853280</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a0/qkucohar3rvmc9ubt0zf2k0gl9nzcmrp.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для подарков, золотые полосы, 12 мм х 45 м, белая, ЗОЛОТАЯ СКАЗКА, 591824</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 120 мкм &amp;#40;0,12 мм&amp;#41;. Цвет ленты - белый с золотистыми полосами. Лента намотана на картонную бабину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>854511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/031/7benj3ds7072zealiw1y99z6vamcxwyj.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для подарков, золотые полосы, 12 мм х 45 м, красная, ЗОЛОТАЯ СКАЗКА, 591823</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 120 мкм &amp;#40;0,12 мм&amp;#41;. Цвет ленты - красный с золотистыми полосами. Лента намотана на картонную бобину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>854513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d30/jybs80q66tvccfazsq8s552dxdxmj0mq.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для подарков, золотые полосы, 12 мм х 45 м, синяя, ЗОЛОТАЯ СКАЗКА, 591822</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 120 мкм &amp;#40;0,12 мм&amp;#41;. Цвет ленты - синий с золотистыми полосами. Лента намотана на картонную бабину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>854515</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/343/j53yes44i5355jnrdwbafgyb8ghcdumi.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для подарков, металлик, 12 мм х 45 м, золотистая, ЗОЛОТАЯ СКАЗКА, 591820</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - золотистый металлик. Лента намотана на картонную бабину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>854516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ae/be5ihzp5704604n2v30sqx1q5l7418z9.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для подарков, металлик, 12 мм х 45 м, серебристая, ЗОЛОТАЯ СКАЗКА, 591821</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - серебристый металлик. Лента намотана на картонную бабину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>854517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7bd/r9rl2mmilmelbkcxnyycgta2iz2itp12.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для шаров и подарков, металлик, 5 мм х 250 м, серебро, ЗОЛОТАЯ СКАЗКА, 591816</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для завязывания воздушных шаров и гирлянд, для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 5 мм и длиной 250 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - серебристый металлик. Лента намотана на пластиковую бабину и упакована в термоусадочную пленку, поверх которой есть два стикера &amp;#40;цветной стикер с демонстрацией товара и черно-белый стикер с технической информацией&amp;#41;.</t>
+  </si>
+  <si>
+    <t>854529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62e/6qkjtrho8pm6e1vpnm8ve6wzy9bce6it.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для шаров и подарков, мультицветный металлик, 5 мм х 250 м, ЗОЛОТАЯ СКАЗКА, 591844</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для завязывания воздушных шаров и гирлянд, для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 5 мм и длиной 250 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - мультицветный металлик. Лента намотана на пластиковую бабину и упакована в термоусадочную пленку, поверх которой есть два стикера &amp;#40;цветной стикер с демонстрацией товара и черно-белый стикер с технической информацией&amp;#41;.</t>
+  </si>
+  <si>
+    <t>854531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/646/fxtjj5vsprxf7j90k9h5efpzzc9rqnnw.jpg</t>
+  </si>
+  <si>
+    <t>Лента 5мм X 250м Золото Металлизированная 109728</t>
+  </si>
+  <si>
+    <t>899182</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pati-bum/"&gt;Пати Бум&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/822/m4pzxs0gnaybsmrtpzja26jjjcpzn512.jpg</t>
+  </si>
+  <si>
+    <t>Лента GP 5мм X 500м Белая, 108905</t>
+  </si>
+  <si>
+    <t>963237</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/patibum/"&gt;ПатиБум&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b23/4enijakmdloiztk6m9arjkxw8mtssnci.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Bubble friends quot;, 5шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Bubble friends&amp;quot;, 5шт</t>
+  </si>
+  <si>
+    <t>967479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89f/wumblaxg8g4vlsu1w4pbwav2lvmmepob.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Feather quot;, 5шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Feather&amp;quot;, 5шт</t>
+  </si>
+  <si>
+    <t>967480</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e0/6ahjgmrvjb2apxpy7s5d5795fixwlfj2.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Golden line quot;, 4шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Golden line&amp;quot;, 4шт</t>
+  </si>
+  <si>
+    <t>967482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/890/dlsdgdjm3er2tzfa6tde00nho2v0523k.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Greenery quot;, 5шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Greenery&amp;quot;, 5шт</t>
+  </si>
+  <si>
+    <t>967483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/102/o4ilnk30sdv71qz5vwy1ugav960l26ma.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Purple mood quot;, 6шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Purple mood&amp;quot;, 6шт</t>
+  </si>
+  <si>
+    <t>967485</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a58/xgsf61oqejjxk5r5ukx8m04v4u18b7rb.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Shiny pattern quot;, 5шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Shiny pattern&amp;quot;, 5шт</t>
+  </si>
+  <si>
+    <t>967486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa7/m4v5xjmc7oouysimhdoyklisnytqom0y.jpg</t>
+  </si>
+  <si>
+    <t>Лента GP Металлизированная 5мм X 250м, Красная, 109729</t>
+  </si>
+  <si>
+    <t>973334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25c/iidu55poeptqy2u3e3etkp9phkuecgak.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Blue pattern quot;, 5шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Blue pattern&amp;quot;, 5шт</t>
+  </si>
+  <si>
+    <t>982598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b6/jy72wf6bittfywv11cijwy9mvg3nu8c1.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Bubble animals quot;, 5шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Bubble animals&amp;quot;, 5шт</t>
+  </si>
+  <si>
+    <t>982599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e7/z6x20k4mcisj5mokp9715g10r2ea23b3.jpg</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU  quot;Glitter lines quot;, 4шт</t>
+  </si>
+  <si>
+    <t>Набор клейких декоративных лент MESHU &amp;quot;Glitter lines&amp;quot;, 4шт</t>
+  </si>
+  <si>
+    <t>982600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ec/qebrrdipxjiyvyt8u7lx192x21236or8.jpg</t>
+  </si>
+  <si>
+    <t>Лента атласная ширина 6 мм, набор 12 цветов по 23 м, BRAUBERG, 591498</t>
+  </si>
+  <si>
+    <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент ярких оттенков, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 12 лент красного, желтого, зеленого, синего, розового, оранжевого, малинового, бордового, сиреневого, фиолетового, белого и черного цветов. Каждая лента шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>1004847</t>
   </si>
   <si>
     <t>2</t>
-  </si>
-[...1107 lines deleted...]
-    <t>1012245</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1937,3076 +1321,1958 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I142"/>
+  <dimension ref="A1:L90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G142" sqref="G142"/>
+      <selection pane="bottomRight" activeCell="G90" sqref="G90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="G5" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="3" t="s">
+      <c r="F8" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="3" t="s">
+      <c r="B9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>13</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="F9" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="B10" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="F9" s="3" t="s">
+      <c r="C10" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="G9" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="1" t="s">
+      <c r="F10" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="B11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="F10" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="F11" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="B12" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="F12" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="G12" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1" t="s">
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="3" t="s">
+      <c r="B13" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="F13" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="3" t="s">
+      <c r="B14" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="F14" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="B15" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="F14" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="F15" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="B16" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="F16" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="B17" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="F17" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="B18" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="F18" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="3" t="s">
+      <c r="G18" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="3" t="s">
+      <c r="F19" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="F19" s="3" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="3" t="s">
+      <c r="F20" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="F20" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A21" s="1" t="s">
+      <c r="B21" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="F21" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="3" t="s">
+      <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="F21" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="C22" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="F22" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="C22" s="1" t="s">
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F22" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="C23" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="F23" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="B24" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="C24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="F23" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="F24" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="B25" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="C25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F25" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B26" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C26" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="F26" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="B27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="F27" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="B28" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="C28" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="F26" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="G26" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="B29" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="F29" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="B30" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="F30" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="B31" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="B32" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="F32" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="B33" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="C33" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="F33" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="B34" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="C34" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="F34" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="B35" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="C35" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="B36" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="C36" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="C37" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="F37" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="B38" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="C38" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="F38" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="B39" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C39" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="F39" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="B40" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="F36" s="3" t="s">
+      <c r="C40" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="G36" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>140</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C41" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="F41" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="B42" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G37" s="3" t="s">
+      <c r="C42" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>145</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="F42" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="F43" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="B44" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C44" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="B45" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="F45" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="C46" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="F46" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="C47" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C48" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="F48" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="B49" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="C49" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="F49" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="C50" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="F50" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="C51" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="F51" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C52" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="B53" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="C53" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="F53" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="C54" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="C55" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C56" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="B57" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="C57" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="C58" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G49" s="3" t="s">
+      <c r="F58" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>194</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C59" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="F59" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="B60" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="C60" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="F51" s="3" t="s">
+      <c r="C61" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="G51" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>203</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="F63" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="B64" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="F53" s="3" t="s">
+      <c r="C64" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="G53" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="F64" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="C65" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G54" s="3" t="s">
+      <c r="F65" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>215</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C66" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F66" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="F67" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C68" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="F68" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="3" t="s">
+      <c r="B69" s="1" t="s">
         <v>225</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="C69" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="F69" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="G69" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="B70" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="C70" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="B71" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F71" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="F72" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="B73" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="C73" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="F73" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="B74" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="C76" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="B77" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="F77" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C78" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F78" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="G78" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="F79" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="G79" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="B80" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="B82" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="C82" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="F82" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="B83" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="F83" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="B84" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="F84" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="C85" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="B86" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="F86" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="B87" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="C83" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="C89" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="B90" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>312</v>
-      </c>
-[...1220 lines deleted...]
-        <v>194</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">