--- v1 (2026-01-15)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -122,254 +122,182 @@
   <si>
     <t>Лента Выпускник детского сада голубая шелк 150 см х10 см 10 шт уп</t>
   </si>
   <si>
     <t>554217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53a/53ad9c76d0cd0d279ef47cc6e97f23bf/8767221b0669af4b068e9129c89293c9.jpg</t>
   </si>
   <si>
     <t>Лента Выпускник детского сада розовая атлас 150 см х10 см 10 шт уп</t>
   </si>
   <si>
     <t>554218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4c/e4c8c439f4ac538b6739281e69ddff62/ed912eeac89ee6cc2507a417c503cb27.jpg</t>
   </si>
   <si>
     <t>Лента Выпускник детского сада розовая шелк 150 см х10 см 10 шт уп</t>
   </si>
   <si>
     <t>554219</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fc7/hanka060wnombfppmmc68oj76bjv0ad5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6fb/st8v6z8k0nk80u9dyjbhxi63fhcfokms.jpg</t>
   </si>
   <si>
     <t>Лента атласная ширина 6 мм, ЖЕЛТЫЙ СПЕКТР набор 5 цветов по 23 м, BRAUBERG, 591495</t>
   </si>
   <si>
     <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент желтых и оранжевых оттенков от светло-желтого до насыщенного оранжевого цвета шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м. Каждая лента намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>717990</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7cb/hg6s9w9rvmmleqd3gp04ljsyugbkik9u.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cdb/r359pni9vi3dblv7i1obf57bwrd9umj6.jpg</t>
   </si>
   <si>
     <t>Лента атласная ширина 6 мм, ИНТЕНСИВ набор 5 цветов по 23 м, BRAUBERG, 591489</t>
   </si>
   <si>
     <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент ярких оттенков, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент красного, зеленого, желтого, синего и фиолетового цветов шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м, каждая из которых намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>717992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b86/sfjapt5t5aauoiw997s8ni9lnxq06h40.jpg</t>
   </si>
   <si>
     <t>Лента атласная ширина 6 мм, ПАСТЕЛЬ набор 5 цветов по 23 м, BRAUBERG, 591490</t>
   </si>
   <si>
     <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент пастельных оттенков, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 5 лент желтого, зеленого, голубого, сиреневого и розового цветов шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м, каждая из которых намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>717995</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ea/g1kzx2nolg7tav3ckgsh5w34rhqos89j.jpg</t>
-[...20 lines deleted...]
-    <t>717999</t>
+    <t>http://anytos.ru//upload/iblock/119/caqaeemo0u79gpkyzsrcmysm77m9tpd4.jpg</t>
+  </si>
+  <si>
+    <t>Лента обвязочная атласная СИНЯЯ, КОМПЛЕКТ 4 шт., ширина 6 мм, длина 25 м, BRAUBERG, 606954</t>
+  </si>
+  <si>
+    <t>Обвязочная атласная лента BRAUBERG с ткаными кромками на обоих краях предназначена для декорирования подарков, прошивки документов, использования во флористике, рукоделии и декоре. Изделие представляет собой набор из 4 атласных лент синего цвета, изготовленных из 100&amp;#37; полиэстера с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Изготовлены с применением саржевого способа переплетения нитей. Каждая из 4-х лент шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41;, плотностью 0,77 г/м2 и длиной 25 м намотана на картонный рулон с пластиковой втулкой. Комплект упакован в прозрачный полипропиленовый пакет с застежкой, содержащий этикетку с краткой информацией о товаре.</t>
+  </si>
+  <si>
+    <t>718002</t>
+  </si>
+  <si>
+    <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/607/ei7shxo6yn5y7qndia2w619rp7hhqnqo.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Azure quot;, 4 штуки</t>
   </si>
   <si>
     <t>Декоративные клейкие ленты MESHU&amp;nbsp;&amp;nbsp;предназначены для упаковки подарков, оформления поделок, элементов интерьера и скрапбукинга. Открытки, альбомы, ежедневники, подставки, цветочные горшки, подсвечники, рамки и много другое может преобразиться с декоративными лентами MESHU. Яркие и современные дизайны сделают процесс творчества увлекательным, а результат впечатляющим. А качественная клеевая основа позволит надежно зафиксировать ленту и быть уверенным в долговечности декора.</t>
   </si>
   <si>
     <t>801027</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/74a/zwjiu8s43zfm50x9a2aa5ofzszbai7um.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Galaxy quot;, 4 штуки</t>
   </si>
   <si>
     <t>801028</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b6/aetic3cn6qrjpumz5jkrcktr1kokt1oz.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Happy days quot;, 4 штуки</t>
   </si>
   <si>
     <t>801030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78c/i3zz4kpu7gf12ru5abhv4fxohjne08jw.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Luminous quot;,  6 штук</t>
   </si>
   <si>
     <t>801031</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2fa/2hdnhh8dj3eek889mgkp92f9fv7swprg.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Macaron quot;, 6 штук</t>
   </si>
   <si>
     <t>801032</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c10/2uisezodoe7jzn37cj6lnq0g8sc2k2s3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e1c/67tqenzvx1he9iui6kqeucvy5dcvo0jb.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Mosaic quot;, 4 штуки</t>
   </si>
   <si>
     <t>801034</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/df2/y67n493fq8rztnjwjag10wsz305biofs.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/225/95oudfmbydudcuutmdjdima7sp27eudm.jpeg</t>
   </si>
   <si>
     <t>ЛЕН.ДЕКОРАТИВНАЯ ТКАНЬ. ЧЕРНЫЙ 48х48 см.</t>
   </si>
   <si>
     <t>840387</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/888/p7gvlvh4233736nqr02h0nw683yt56h2.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b46/z2v7nstybpniz5wx6d4nvc1chx2lelfl.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ЖЕЛТАЯ</t>
   </si>
   <si>
     <t>840389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca7/lips53e45zhkj4pai333jhtq7gvf2hzk.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ЗЕЛЕНАЯ</t>
   </si>
   <si>
     <t>840390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/459/bo3s1rpgddpu9sg5ni43pli9ea62ww1t.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 15 ММ., ДЛИНА 3 М., ПЕПЕЛЬНО-РОЗОВАЯ</t>
   </si>
   <si>
     <t>840392</t>
@@ -479,59 +407,50 @@
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 25 ММ., ДЛИНА 3 М., ФУКСИЯ</t>
   </si>
   <si>
     <t>840406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5c/anbz2tet02bfwf2zwq5gwd0ahqs2cl0z.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., БОРДОВАЯ</t>
   </si>
   <si>
     <t>840408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ac/wvo6u3hlbk9jiegix1l19mhvwmognyj3.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., ГОЛУБАЯ</t>
   </si>
   <si>
     <t>840409</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a78/3tfbjf5hmmmy9ubfu4xaj70pqdgyrdgk.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f1a/2ci90pn9etel90oyrfavp113vjyd0v2n.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., ОРАНЖЕВАЯ НЕОНОВАЯ</t>
   </si>
   <si>
     <t>840411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/790/12ex7sxc92fe5oa23p34r0gx0g8lk522.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., РОЗОВАЯ НЕОНОВАЯ</t>
   </si>
   <si>
     <t>840412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb7/lir1mmpqsfah85qt93ywj7iz51gjfmm3.jpeg</t>
   </si>
   <si>
     <t>ЛЕНТА ДЕКОРАТИВНАЯ АТЛАСНАЯ, ШИРИНА 3 ММ., ДЛИНА 3 М., САЛАТОВАЯ НЕОНОВАЯ</t>
   </si>
   <si>
     <t>840413</t>
@@ -713,170 +632,158 @@
   <si>
     <t>Лента упаковочная декоративная для подарков, глянец, 6шт 5мм 10м цвет ассорти ЗОЛОТАЯ СКАЗКА, 591830</t>
   </si>
   <si>
     <t>Набор лент декоративных ЗОЛОТАЯ СКАЗКА предназначен для декорирования подарков, для завязывания воздушных шаров и гирлянд, для оформления праздничных композиций, кондитерских наборов. Ленты также широко используются во флористике и в рукоделии. Набор состоит из 6-ти лент шириной 5 мм и длиной 10 м каждая. Ленты изготовлены из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41;, полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина лент 130 мкм &amp;#40;0,13 мм&amp;#41;. Ленты представлены в шести цветах с глянцевым эффектом: голубой, бежевый, желтый, салатовый, розовый, нежно-фиолетовый. Ленты упакованы в прозрачный пакет с картонным подвесом, на обратной стороне которого представлена краткая информация о товаре.</t>
   </si>
   <si>
     <t>853276</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e0/m3p1lxj18u4kc5s4edh3ulltthcdpmpv.jpg</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная для подарков, металл, 6шт 5мм 10м цвет ассорти ЗОЛОТАЯ СКАЗКА, 591828</t>
   </si>
   <si>
     <t>Набор лент декоративных ЗОЛОТАЯ СКАЗКА предназначен для декорирования подарков, для завязывания воздушных шаров и гирлянд, для оформления праздничных композиций, кондитерских наборов. Ленты также широко используются во флористике и в рукоделии. Набор состоит из 6-ти лент шириной 5 мм и длиной 10 м каждая. Ленты изготовлены из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41;, полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина лент 130 мкм &amp;#40;0,13 мм&amp;#41;. Ленты представлены в шести цветах с эффектом металлик: золотистый, серебристый, красный, зеленый, синий, фиолетовый. Ленты упакованы в прозрачный пакет с картонным подвесом, на обратной стороне которого представлена краткая информация о товаре.</t>
   </si>
   <si>
     <t>853280</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a0/qkucohar3rvmc9ubt0zf2k0gl9nzcmrp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/031/7benj3ds7072zealiw1y99z6vamcxwyj.jpg</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная для подарков, золотые полосы, 12 мм х 45 м, красная, ЗОЛОТАЯ СКАЗКА, 591823</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 120 мкм &amp;#40;0,12 мм&amp;#41;. Цвет ленты - красный с золотистыми полосами. Лента намотана на картонную бобину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>854513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d30/jybs80q66tvccfazsq8s552dxdxmj0mq.jpg</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная для подарков, золотые полосы, 12 мм х 45 м, синяя, ЗОЛОТАЯ СКАЗКА, 591822</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 120 мкм &amp;#40;0,12 мм&amp;#41;. Цвет ленты - синий с золотистыми полосами. Лента намотана на картонную бабину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>854515</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/343/j53yes44i5355jnrdwbafgyb8ghcdumi.jpg</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная для подарков, металлик, 12 мм х 45 м, золотистая, ЗОЛОТАЯ СКАЗКА, 591820</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - золотистый металлик. Лента намотана на картонную бабину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>854516</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ae/be5ihzp5704604n2v30sqx1q5l7418z9.jpg</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная для подарков, металлик, 12 мм х 45 м, серебристая, ЗОЛОТАЯ СКАЗКА, 591821</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 12 мм и длиной 45 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - серебристый металлик. Лента намотана на картонную бабину и упакована в термоусадочную пленку, поверх которой есть стикер с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>854517</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/661/frcvyljigw1ksx7wg2ups0hkngwfuvkq.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для шаров и подарков, металлик, 5 мм х 250 м, зеленая, ЗОЛОТАЯ СКАЗКА, 591819</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для завязывания воздушных шаров и гирлянд, для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 5 мм и длиной 250 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - зеленый металлик. Лента намотана на пластиковую бабину и упакована в термоусадочную пленку, поверх которой есть два стикера &amp;#40;цветной стикер с демонстрацией товара и черно-белый стикер с технической информацией&amp;#41;.</t>
+  </si>
+  <si>
+    <t>854526</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7bd/r9rl2mmilmelbkcxnyycgta2iz2itp12.jpg</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная для шаров и подарков, металлик, 5 мм х 250 м, серебро, ЗОЛОТАЯ СКАЗКА, 591816</t>
   </si>
   <si>
     <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для завязывания воздушных шаров и гирлянд, для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 5 мм и длиной 250 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - серебристый металлик. Лента намотана на пластиковую бабину и упакована в термоусадочную пленку, поверх которой есть два стикера &amp;#40;цветной стикер с демонстрацией товара и черно-белый стикер с технической информацией&amp;#41;.</t>
   </si>
   <si>
     <t>854529</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62e/6qkjtrho8pm6e1vpnm8ve6wzy9bce6it.jpg</t>
-[...8 lines deleted...]
-    <t>854531</t>
+    <t>http://anytos.ru//upload/iblock/d08/8urq51ygew8is69oe0bblvcqhudfwztu.jpg</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная для шаров и подарков, металлик, 5 мм х 250 м, синяя, ЗОЛОТАЯ СКАЗКА, 591818</t>
+  </si>
+  <si>
+    <t>Лента упаковочная декоративная ЗОЛОТАЯ СКАЗКА предназначена для завязывания воздушных шаров и гирлянд, для декорирования подарков, для оформления праздничных композиций, кондитерских наборов. Лента также широко используется во флористике и в рукоделии. Лента шириной 5 мм и длиной 250 м изготовлена из прочного полипропилена &amp;#40;70&amp;#37;&amp;#41; и полиэтилена &amp;#40;15&amp;#37;&amp;#41; и полиэтилентерефталата &amp;#40;15&amp;#37;&amp;#41;. Толщина ленты 130 мкм &amp;#40;0,13 мм&amp;#41;. Цвет ленты - синий металлик. Лента намотана на пластиковую бабину и упакована в термоусадочную пленку, поверх которой есть два стикера &amp;#40;цветной стикер с демонстрацией товара и черно-белый стикер с технической информацией&amp;#41;.</t>
+  </si>
+  <si>
+    <t>854530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/646/fxtjj5vsprxf7j90k9h5efpzzc9rqnnw.jpg</t>
   </si>
   <si>
     <t>Лента 5мм X 250м Золото Металлизированная 109728</t>
   </si>
   <si>
     <t>899182</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pati-bum/"&gt;Пати Бум&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/822/m4pzxs0gnaybsmrtpzja26jjjcpzn512.jpg</t>
   </si>
   <si>
     <t>Лента GP 5мм X 500м Белая, 108905</t>
   </si>
   <si>
     <t>963237</t>
   </si>
   <si>
     <t>&lt;a href="/brands/patibum/"&gt;ПатиБум&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b23/4enijakmdloiztk6m9arjkxw8mtssnci.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/89f/wumblaxg8g4vlsu1w4pbwav2lvmmepob.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Feather quot;, 5шт</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU &amp;quot;Feather&amp;quot;, 5шт</t>
   </si>
   <si>
     <t>967480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e0/6ahjgmrvjb2apxpy7s5d5795fixwlfj2.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Golden line quot;, 4шт</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU &amp;quot;Golden line&amp;quot;, 4шт</t>
   </si>
   <si>
     <t>967482</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/890/dlsdgdjm3er2tzfa6tde00nho2v0523k.jpg</t>
@@ -893,108 +800,147 @@
   <si>
     <t>http://anytos.ru//upload/iblock/102/o4ilnk30sdv71qz5vwy1ugav960l26ma.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Purple mood quot;, 6шт</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU &amp;quot;Purple mood&amp;quot;, 6шт</t>
   </si>
   <si>
     <t>967485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a58/xgsf61oqejjxk5r5ukx8m04v4u18b7rb.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Shiny pattern quot;, 5шт</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU &amp;quot;Shiny pattern&amp;quot;, 5шт</t>
   </si>
   <si>
     <t>967486</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa7/m4v5xjmc7oouysimhdoyklisnytqom0y.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/25c/iidu55poeptqy2u3e3etkp9phkuecgak.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Blue pattern quot;, 5шт</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU &amp;quot;Blue pattern&amp;quot;, 5шт</t>
   </si>
   <si>
     <t>982598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b6/jy72wf6bittfywv11cijwy9mvg3nu8c1.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Bubble animals quot;, 5шт</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU &amp;quot;Bubble animals&amp;quot;, 5шт</t>
   </si>
   <si>
     <t>982599</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/z6x20k4mcisj5mokp9715g10r2ea23b3.jpg</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU  quot;Glitter lines quot;, 4шт</t>
   </si>
   <si>
     <t>Набор клейких декоративных лент MESHU &amp;quot;Glitter lines&amp;quot;, 4шт</t>
   </si>
   <si>
     <t>982600</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ec/qebrrdipxjiyvyt8u7lx192x21236or8.jpg</t>
   </si>
   <si>
     <t>Лента атласная ширина 6 мм, набор 12 цветов по 23 м, BRAUBERG, 591498</t>
   </si>
   <si>
     <t>Атласная лента является универсальным текстильным изделием, что обусловлено широкой сферой ее использования. Набор лент атласных BRAUBERG предназначен для оформления подарков, рукоделия, декора, а также используется во флористике для оформления букетов. Изделие представляет собой набор из атласных лент ярких оттенков, изготовленных из 100&amp;#37; полиэстера, с ткаными кромками на обоих краях. Кромка на краях лент выполнена с применением полиэстеровой нити. Ленты изготовлены с применением саржевого способа переплетения нитей. В набор входит 12 лент красного, желтого, зеленого, синего, розового, оранжевого, малинового, бордового, сиреневого, фиолетового, белого и черного цветов. Каждая лента шириной 6 мм &amp;#40;± 3&amp;#37;&amp;#41; и длиной 23 м намотана на втулку из пенополистирола. Набор лент упакован в термоусадочную пленку, содержащую этикетку с краткой информацией о товаре.</t>
   </si>
   <si>
     <t>1004847</t>
   </si>
   <si>
     <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ad/jzdkci1dgz8d9h8d777rcbig67qys41m.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная лента новогодняя для декора и подарков 25 мм х 5 м, КРАСНАЯ, с тиснением, ЗОЛОТАЯ СКАЗКА, 592414</t>
+  </si>
+  <si>
+    <t>Новогодняя лента ЗОЛОТАЯ СКАЗКА предназначена для упаковки и декорирования подарков, для оформления праздничных композиций, кондитерских наборов, украшения интерьера. Лента шириной 25 мм и длиной 5 м изготовлена из прочного полиэстера &amp;#40;100&amp;#37;&amp;#41;. Плотность ленты – 0,11 г/м2. Цвет – красный, на лицевой стороне имеется золотистое тиснение. Лента намотана на картонную бобину и закреплена защитной пленкой. Упакована в полиэтиленовый пакет с клеевым краем. На лицевой стороне бобины продемонстрирован товар, с обратной – размещена техническая информация.Новогодняя лента ЗОЛОТАЯ СКАЗКА станет универсальным помощником: с ее помощью можно оригинально украсить подарок, а также составить праздничную интерьерную композицию &amp;#40;например, украсить рождественский венок&amp;#41;. Декоративная лента с тиснением сделает ваш подарок запоминающимся. Ее использование придаст упаковке завершенный вид. Кроме того, новогодняя лента поможет красиво и ярко украсить кондитерские наборы, сладкие подарки.</t>
+  </si>
+  <si>
+    <t>1012242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebc/163vcsy5ewh6yb1nt0c1cxo9uo7916yl.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная лента новогодняя для декора и подарков, 25 мм х 5 м, БЕЛАЯ, с тиснением, ЗОЛОТАЯ СКАЗКА, 592413</t>
+  </si>
+  <si>
+    <t>Лента новогодняя декоративная ЗОЛОТАЯ СКАЗКА предназначена для упаковки и декорирования подарков, для оформления праздничных композиций, кондитерских наборов, украшения интерьера. Лента шириной 25 мм и длиной 5 м изготовлена из прочного полиэстера &amp;#40;100&amp;#37;&amp;#41;. Плотность ленты – 0,11 г/м2. Цвет – белый, на лицевой стороне имеется серебристое тиснение. Лента намотана на картонную бобину и закреплена защитной пленкой. Упакована в полиэтиленовый пакет с клеевым краем. На лицевой стороне бобины продемонстрирован товар, с обратной – размещена техническая информация.Новогодняя лента ЗОЛОТАЯ СКАЗКА станет универсальным помощником: с ее помощью можно оригинально украсить подарок, а также составить праздничную интерьерную композицию &amp;#40;например, украсить рождественский венок&amp;#41;. Декоративная лента с тиснением сделает ваш подарок запоминающимся. Ее использование придаст упаковке завершенный вид. Кроме того, новогодняя лента поможет красиво и ярко украсить кондитерские наборы, сладкие подарки.</t>
+  </si>
+  <si>
+    <t>1012243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b5/97b29aqt8pvmwrr8iz0q5tmnbd6vs7dv.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная лента новогодняя для декора и подарков, 25 мм х 5 м, ЗЕЛЕНАЯ, с тиснением, ЗОЛОТАЯ СКАЗКА, 592416</t>
+  </si>
+  <si>
+    <t>Новогодняя лента ЗОЛОТАЯ СКАЗКА предназначена для упаковки и декорирования подарков, для оформления праздничных композиций, кондитерских наборов, украшения интерьера. Лента шириной 25 мм и длиной 5 м изготовлена из прочного полиэстера &amp;#40;100&amp;#37;&amp;#41;. Плотность ленты – 0,11 г/м2. Цвет – зеленый, на лицевой стороне имеется золотистое тиснение. Лента намотана на картонную бобину и закреплена защитной пленкой. Упакована в полиэтиленовый пакет с клеевым краем. На лицевой стороне бобины продемонстрирован товар, с обратной – размещена техническая информация.Новогодняя лента ЗОЛОТАЯ СКАЗКА станет универсальным помощником: с ее помощью можно оригинально украсить подарок, а также составить праздничную интерьерную композицию &amp;#40;например, украсить рождественский венок&amp;#41;. Декоративная лента с тиснением сделает ваш подарок запоминающимся. Ее использование придаст упаковке завершенный вид. Кроме того, новогодняя лента поможет красиво и ярко украсить кондитерские наборы, сладкие подарки.</t>
+  </si>
+  <si>
+    <t>1012244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eac/h9zd50dhxku3u6xlc0di7b9a8gov19au.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная лента новогодняя для декора и подарков, 25 мм х 5 м, СИНЯЯ, с тиснением, ЗОЛОТАЯ СКАЗКА, 592415</t>
+  </si>
+  <si>
+    <t>Лента новогодняя декоративная ЗОЛОТАЯ СКАЗКА предназначена для упаковки и декорирования подарков, для оформления праздничных композиций, кондитерских наборов, украшения интерьера. Лента шириной 25 мм и длиной 5 м изготовлена из прочного полиэстера &amp;#40;100&amp;#37;&amp;#41;. Плотность ленты – 0,11 г/м2. Цвет – синий, на лицевой стороне имеется серебристое тиснение. Лента намотана на картонную бобину и закреплена защитной пленкой. Упакована в полиэтиленовый пакет с клеевым краем. На лицевой стороне бобины продемонстрирован товар, с обратной – размещена техническая информация.Новогодняя лента ЗОЛОТАЯ СКАЗКА станет универсальным помощником: с ее помощью можно оригинально украсить подарок, а также составить праздничную интерьерную композицию &amp;#40;например, украсить рождественский венок&amp;#41;. Декоративная лента с тиснением сделает ваш подарок запоминающимся. Ее использование придаст упаковке завершенный вид. Кроме того, новогодняя лента поможет красиво и ярко украсить кондитерские наборы, сладкие подарки.</t>
+  </si>
+  <si>
+    <t>1012245</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1321,57 +1267,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L90"/>
+  <dimension ref="A1:L84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G90" sqref="G90"/>
+      <selection pane="bottomRight" activeCell="G84" sqref="G84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:12" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
@@ -1537,1742 +1483,1613 @@
       </c>
       <c r="E10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>16</v>
+        <v>40</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="G12" s="3" t="s">
         <v>41</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>63</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="F19" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>73</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="F61" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="G61" s="3" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>16</v>
+        <v>201</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>16</v>
+        <v>201</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>16</v>
+        <v>201</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>16</v>
+        <v>201</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>16</v>
+        <v>201</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>16</v>
+        <v>201</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>16</v>
+        <v>201</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>228</v>
+        <v>201</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>264</v>
+        <v>59</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>268</v>
+        <v>59</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>75</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>75</v>
-[...137 lines deleted...]
-        <v>312</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">