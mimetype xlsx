--- v0 (2025-12-08)
+++ v1 (2026-02-06)
@@ -12,7928 +12,6833 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2626">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2261">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d9/7d9a17c8d074b14999003d839b640bba.jpg</t>
   </si>
   <si>
     <t>Пакет с петлевой ручкой Артпласт  quot;Scotch fashion quot;, 40 40 5  100 . ПТЛ03985</t>
   </si>
   <si>
     <t>Пакет полиэтиленовый с петлевой ручкой 40х40 см.</t>
   </si>
   <si>
     <t>Подарочные пакеты</t>
   </si>
   <si>
     <t>366568</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artplast/"&gt;АртПласт&lt;/a&gt;</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/121/121a019ee5ff4ce632e36586f8450774/2ec5de510fa575f48dece715a1254973.jpg</t>
-[...8 lines deleted...]
-    <t>415962</t>
+    <t>http://anytos.ru//upload/iblock/348/348b78b4207402f1824abc3b810d892b/8e1c1e6678a58d5e4516f018d834c610.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный крафтовый ?Крафт? M арт.1155</t>
+  </si>
+  <si>
+    <t>585002</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6af/6af8f4d30e53c8e756bbabc4a1c9943a/4dd2c9b60d69d131f45e4bf1321d0616.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  бирюзовый с закатом ,  335 406 155 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой &amp;#40;бирюзовый с закатом&amp;#41;,&amp;nbsp;&amp;nbsp;335*406*155 мм</t>
+  </si>
+  <si>
+    <t>596807</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b74/b74e8dcafaa6f1d801e0de7b09d09edb/1252c4d8f2d047817f7486850152cfe6.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  бирюзовый с паттерном , 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой &amp;#40;бирюзовый с паттерном&amp;#41;, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>596808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/391/3912d96750de1cdb8ed62b8e27f9e919/71ddafcef445cc32e8ecd90212bb71af.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  розово-фиолетовый , 250 350 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой &amp;#40;розово-фиолетовый&amp;#41;, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>596812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96f/96f9c202cbc134d6b2c5d975e763ea72/b646db673115accbca4ba50174105979.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой-2, 220 310 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой-2, 220*310*100 мм</t>
+  </si>
+  <si>
+    <t>596816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/563/563979f1225480cf59224f2d2ebfdda2/6b8759290cc702d2ac7ffb128c1e07e0.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой-3, 220 310 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой-3, 220*310*100 мм</t>
+  </si>
+  <si>
+    <t>596817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a20/a207c0a29624f70cea851d754ccd10b3/3045c0ecd6d08509c274b947915776dd.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой-4, 220 310 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой-4, 220*310*100 мм</t>
+  </si>
+  <si>
+    <t>596818</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a00/a00b867be6ac37bf74a164b427f51011/5bbac5e394639435957f32e82dbafde6.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый  бирюзовый с закатом , 180 227 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый &amp;#40;бирюзовый с закатом&amp;#41;, 180*227*100 мм</t>
+  </si>
+  <si>
+    <t>596819</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad3/ad37e25db3e80f40e510cedc1a60f581/6b1340911c61a6801a799d9ba65e417e.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый  бирюзовый с паттерном , 180 227 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый &amp;#40;бирюзовый с паттерном&amp;#41;, 180*227*100 мм</t>
+  </si>
+  <si>
+    <t>596820</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/534/534656ed78f86d5438861e7cfcae15b0/396c0ef369d8660d498fa65685ff5b0f.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-1, 180 223 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-1, 180*223*100 мм</t>
+  </si>
+  <si>
+    <t>596822</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f49/f490307843596f59ab97d615e611de17/e943b43b5f4361807c9baaf9f5593284.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-2, 180 223 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-2, 180*223*100 мм</t>
+  </si>
+  <si>
+    <t>596823</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/767/767f680a091466272994e42ec6ebae40/3f83becd7f73a87b82defff99c0880be.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-3, 180 223 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-3, 180*223*100 мм</t>
+  </si>
+  <si>
+    <t>596824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85f/85f1e31b2d0dc914495ebf6c804ea6ec/ffa83c30163eff98829c06d782edf5d2.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-4, 180 223 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный малый-4, 180*223*100 мм</t>
+  </si>
+  <si>
+    <t>596825</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/898/898e6a51d77ac662e165d990bafd118d/3190041921aeea4b771597a27e47a64f.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Minions 2. Пакет подарочный большой-2, 220 310 100 мм  3D дизайн </t>
+  </si>
+  <si>
+    <t>Minions 2. Пакет подарочный большой-2, 220*310*100 мм &amp;#40;3D дизайн&amp;#41;</t>
+  </si>
+  <si>
+    <t>596828</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/minony/"&gt;Миньоны&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/87d956c1587bd4bd645711a629e80bcd/967e727dd09a166e6f2fedee8880ec99.jpg</t>
+  </si>
+  <si>
+    <t>Trolls. Пакет подарочный большой-1, 220 310 100 мм</t>
+  </si>
+  <si>
+    <t>Trolls. Пакет подарочный большой-1, 220*310*100 мм</t>
+  </si>
+  <si>
+    <t>596837</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/trolli/"&gt;Тролли&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ee/7ee32fa43fcaac8e504d97a56afcd070/0143b12a8ed0aa0a14809bfcdbfc6152.jpg</t>
+  </si>
+  <si>
+    <t>Trolls. Пакет подарочный малый-4, 180 223 100 мм</t>
+  </si>
+  <si>
+    <t>Trolls. Пакет подарочный малый-4, 180*223*100 мм</t>
+  </si>
+  <si>
+    <t>596844</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6f/u3e7927naqrilbrt9e8dcyn1ot176udx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 17,8x9,8x22,9 см, ЗОЛОТАЯ СКАЗКА  quot;Джентльмен quot;, ламинированный, 606587</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Джентльмен&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер 18x10x23 см. Пакет выполнен в черно-белых и коричневых тонах с изображением мужской атрибутики: шляпы котелка, очков, усов, галстука-бабочки.</t>
+  </si>
+  <si>
+    <t>617385</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/vupeiqiwls54jdyvi9bczvew0w3jniot.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26x12,7x32,4 см, ЗОЛОТАЯ СКАЗКА  quot;Звезда quot;, ламинированный, 606588</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Звезда&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер - 26x13x32 см. Пакет выполнен в серых, белых и зеленых тонах с изображением звезды.</t>
+  </si>
+  <si>
+    <t>617402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c2/uhjp59h51fw4p0k4nha4tt8mv70ei488.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26x12,7x32,4 см, ЗОЛОТАЯ СКАЗКА  quot;Зеленый в галочку quot;, ламинированный, 606603</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Зеленый в галочку&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер 26x13x32 см. Пакет с принтом в виде галочек-сердечек выполнен в зеленом цвете.</t>
+  </si>
+  <si>
+    <t>617403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a98/fdznu058v0snc4v6ns4wqnjq59ql2r23.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26x12,7x32,4 см, ЗОЛОТАЯ СКАЗКА  quot;Кольца и круги quot;, ламинированный, 606602</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Кольца и круги&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер - 26x13x32 см. Пакет с принтом в виде кругов и колец выполнен в серых, синих и бежевых тонах.</t>
+  </si>
+  <si>
+    <t>617408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/515/bsmitsrzodffn461imyf55vu7356jcun.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26x12,7x32,4 см, ЗОЛОТАЯ СКАЗКА  quot;Мотоцикл quot;, ламинированный, 606589</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Мотоцикл&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер - 26x13x32 см. Пакет выполнен в серых тонах с изображением мотоцикла.</t>
+  </si>
+  <si>
+    <t>617410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80d/rsd1vk6gtdcs23ppq90odkv9c3iibw35.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26x12,7x32,4 см, ЗОЛОТАЯ СКАЗКА  quot;Мраморная абстракция quot;, ламинированный, 606601</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Мраморная абстракция&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер - 26x13x32 см. Пакет с абстрактным орнаментом выполнен в серых, бежевых и синих тонах.</t>
+  </si>
+  <si>
+    <t>617411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/ggnbdzans6b6b3faz71q3h1pr2zjxaoz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26x12,7x32,4 см, ЗОЛОТАЯ СКАЗКА голография, ассорти 4 цвета, 606607</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в четырех цветах и дизайнах. Выполнен в красном, синем, серебристом и золотистом цветах. Размер - 26x13x32 см.</t>
+  </si>
+  <si>
+    <t>617414</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f5/1f56564dd0b98d15fc96fd873db62211.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты для запайки ПНД, 60x90см 13 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Пакеты для запайки ПНД, 60x90см 13 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>627471</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d49/d4982ececbb77c95797f454b4f42c2bf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Wide, синий. арт.74440.40</t>
+  </si>
+  <si>
+    <t>644940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e94/e94453fe0de0356c463ae2a7aa2f7478.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный под бутылку Vindemia, белый арт.75556.60</t>
+  </si>
+  <si>
+    <t>644947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc9/ggbmw3pzk9c34n2yvhns6lg6jmsyicj7.jpeg</t>
+  </si>
+  <si>
+    <t>Batman. Пакет подарочный малый  оранжевый , 180 223 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Batman&amp;quot; — это не просто дополнение к подарку, это — &amp;quot;визитная карточка&amp;quot; самого подарка и первые эмоции. Ведь тот, кто ждет подарок, в первую очередь видит упаковку, которая пробуждает воображение и фантазию, вызывает позитивные эмоции, а уже потом ее содержимое. Надежный пакет для подарка с ручками-шнурками изготовлен из яркой мелованной бумаги. Отличается стильным дизайном и вместительностью &amp;#40;размер 18*22.7*10 см&amp;#41;. Такой подарочный бумажный пакет с изображением любимых героев позволит эффектно преподнести подарок ребенку.</t>
+  </si>
+  <si>
+    <t>685070</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/982/re6kozf3uejppax5kaewp65ktn6v9qk7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой DC Comics Joker  зеленый паттерн , 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет ярко-зеленого цвета с изображением персонажа комиксов – Джокера &amp;#40;Joker&amp;#41;. Подарочный пакет подходит для упаковки подарков как детям, так и подросткам или взрослым, имеет размер 250*350*100 мм. Подарочный пакет изготовлен из мелованного картона с ламинацией. Пакет подарочный бумажный – красивое и удобное решение для упаковки подарков на Новый год, день рождения или другой праздник. Пакет «DC Comics Joker» смотрится ярко и привлекательно, он приведет в восторг ребенка или подростка, подарит яркие эмоции. Подарочный пакет детский имеет удобные ручки, отличается надежностью и прочностью. Подарочный пакет с Джокером &amp;#40;Joker&amp;#41; поднимет настроение и вызовет улыбку.</t>
+  </si>
+  <si>
+    <t>685071</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/dc-comics-joker/"&gt;DC Comics Joker&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/518/mbrjhy55lktl58skyeco0k90rkwae0v9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Looney Tunes-1, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет с изображением забавных персонажей анимационного мультсериала «Looney Tunes» Warner Bros. Подарочный пакет детский имеет размер 335*406*155 мм – подходит для упаковки подарков как мальчикам, так и девочкам. Подарочный пакет детский изготовлен из мелованного картона с ламинацией. Пакет подарочный бумажный – красивое и удобное решение для упаковки детских подарков Новый год, день рождения или другой праздник. Пакет «Looney Tunes» смотрится ярко и привлекательно, он приведет в восторг ребенка и подарит яркие эмоции. Подарочный пакет детский с удобными ручками отличается надежностью и прочностью. Подарочный пакет детский новогодний «Looney Tunes» поднимет настроение и вызовет улыбку.</t>
+  </si>
+  <si>
+    <t>685072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b48/ulcclouegm06mbjym6697u5nbv0x7z3x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Looney Tunes-2, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет с изображением забавных персонажей анимационного мультсериала Луни Тюнс &amp;#40;Looney Tunes&amp;#41;. Подарочный пакет детский имеет размер 250*350*100 мм – подходит для упаковки подарков как мальчикам, так и девочкам. Подарочный пакет детский изготовлен из мелованного картона с ламинацией. Пакет подарочный бумажный – красивое и удобное решение для упаковки детских подарков Новый год, день рождения или другой праздник. Пакет Луни Тюнс &amp;#40;Looney Tunes&amp;#41; смотрится ярко и привлекательно, он приведет в восторг ребенка и подарит яркие эмоции. Подарочный пакет детский с удобными ручками отличается надежностью и прочностью. Подарочный пакет детский новогодний Looney Tunes поднимет настроение и вызовет улыбку.</t>
+  </si>
+  <si>
+    <t>685073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd1/g2akl95cc9q3p5zcz2k0ohmf2yu83cd9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Hot Wheels-2, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет с изображением автомобилей Хот Вилс &amp;#40;Hot Wheels&amp;#41; для упаковки подарков мальчику на Новый год, день рождения или другой праздник. Подарочный пакет Hot Wheels &amp;#40;Хот Вилс&amp;#41; привлекает внимание оригинальным дизайном, удобными ручками и вместительностью. Подарочный пакет детский идеален для таких подарков как игрушки, например, набора машинок Hot Wheels &amp;#40;Хот Вилс&amp;#41;, а также конструкторов, наборов для опытов, одежды, книг. Подарочный пакет детский имеет размер 250*350*100 мм. Подарочный пакет для мальчика изготовлен из мелованного картона с ламинацией. Подарочный пакет детский имеет удобные ручки, отличается надежностью и прочностью. Подарочный пакет детский - лучший выбор для поклонников автомобилей Hot Wheels &amp;#40;Хот Вилс&amp;#41;. Пакет подарочный бумажный – красивое и практичное решение для упаковки детских подарков.</t>
+  </si>
+  <si>
+    <t>685074</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hot-wheels/"&gt;Hot Wheels&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/736/lkelfgk3hfwukzirydaxy2yd8k2lelck.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Hot Wheels-5, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет с изображением автомобилей – Хот Вилс для упаковки подарков мальчику на Новый год, день рождения или другой праздник. Подарочный пакет Hot Wheels привлекает внимание оригинальным дизайном, удобными ручками и вместительностью. Подарочный пакет детский идеален для таких подарков как игрушки, например, набора машинок, а также конструкторов, наборов для опытов, одежды, книг. Подарочный пакет детский имеет размер 250*350*100 мм, изготовлен из мелованного картона с ламинацией. Подарочный пакет детский имеет удобные ручки, отличается надежностью и прочностью - лучший выбор для поклонников автомобилей Hot Wheels. Пакет подарочный бумажный – красивое и практичное решение для упаковки детских подарков.</t>
+  </si>
+  <si>
+    <t>685075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e8/a6zvl42p7jxmuw9roo4mh9zjerbu24ua.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Миньоны новогодние-1, 264 360 115 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет детский новогодний с изображением забавных Миньонов - героев популярного мультфильма - для упаковки новгодних подарков. Пакет &amp;quot;Миньоны&amp;quot; &amp;#40;264*360*115 мм&amp;#41; идеален для подарков большого размера. Например, подарочный пакет детский новогодний подходит для игрушек, посуды, одежды, книг, конструкторов, раскрасок. Пакет новогодний привлекает внимание ярким и стильным дизайном: красно-зеленые тона подарят праздничное настроение, а изображение озорных Миньонов, без сомнения, вызовет улыбку. Подарочный пакет новогодний &amp;#40;пакет &amp;quot;Миньоны&amp;quot;&amp;#41; изготовлен из мелованной бумаги с ламинацией, имеет удобные ручки. Пакет новогодний &amp;#40;подарочный пакет детский&amp;#41; – готовое решение для упаковки новогодних подарков!</t>
+  </si>
+  <si>
+    <t>685085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b6/oy8rl16oesck799a9143qkj49utf195i.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Миньоны новогодние-2, 264 360 115 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет детский новогодний с изображением забавных Миньонов - героев популярного мультфильма - для упаковки новогодних подарков. Пакет &amp;quot;Миньоны&amp;quot; &amp;#40;264*360*115 мм&amp;#41; идеален для подарков большого размера. Например, подарочный пакет детский новогодний подходит для игрушек, посуды, одежды, книг, конструкторов, раскрасок. Пакет новогодний привлекает внимание ярким и стильным дизайном: он подарит праздничное настроение, а изображение озорных Миньонов, без сомнения, вызовет улыбку. Подарочный пакет новогодний &amp;#40;пакет &amp;quot;Миньоны&amp;quot;&amp;#41; изготовлен из мелованной бумаги с ламинацией, имеет удобные ручки. Пакет новогодний &amp;#40;подарочный пакет детский&amp;#41; – готовое решение для упаковки новогодних подарков!</t>
+  </si>
+  <si>
+    <t>685086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a48/5la7g7if4me6o7npuv4orvn9ngj0wcnl.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Пакет подарочный большой  зелено-голубой , 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Сказочный патруль» с изображением волшебниц из популярного мультфильма. Подходит для упаковки подарка девочке на день рождения или любой другой праздник. Большой подарочный пакет детский привлекает внимание стильным дизайном, удобными ручками и вместительностью &amp;#40;размер 33.5*40.6*15.5 см&amp;#41;, изготовлен из мелованного картона с ламинацией. Пакет «Сказочный патруль» отличается наличием удобных ручек, надежностью и прочностью – красивое и практичное решение для упаковки подарка!</t>
+  </si>
+  <si>
+    <t>685088</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/skazochnyj-patrul/"&gt;Сказочный патруль&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a35/9rbw5sscyf8fcof3g56qa81cvo8uypop.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Пакет подарочный большой  оранжевый , 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Сказочный патруль» оранжевого цвета с изображением волшебниц из популярного мультсериала. Подходит для упаковки подарка девочкам на день рождения или любой другой праздник. Большой подарочный пакет детский привлекает внимание стильным дизайном и вместительностью &amp;#40;размер 33.5*40.6*15.5 см&amp;#41;, изготовлен из мелованного картона с ламинацией. Надежный и прочный подарочный пакет «Сказочный патруль» с удобными ручками – красивое и практичное решение для упаковки подарка!</t>
+  </si>
+  <si>
+    <t>685089</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50c/jvvh371xqd1dze4imr2yhjog8pw9pqnm.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Пакет подарочный большой  фиолетовый , 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Сказочный патруль» фиолетового цвета с изображением волшебниц из популярного мультсериала. Подходит для упаковки подарка девочкам на день рождения или любой другой праздник. Большой подарочный пакет детский привлекает внимание стильным дизайном и вместительностью &amp;#40;размер 25*35*10 см&amp;#41;, изготовлен из мелованного картона с ламинацией. Надежный и прочный подарочный пакет «Сказочный патруль» с удобными ручками – красивое и практичное решение для упаковки подарка!</t>
+  </si>
+  <si>
+    <t>685090</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/882/lhuhzocfebyqunelayp2k1cu0iq9etqi.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Щенячий патруль-1, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет с изображением популярных героев из мультфильма &amp;quot;Щенячий патруль&amp;quot; для упаковки подарков ребенку на день рождения или другой праздник. Подарочный пакет &amp;quot;Щенячий патруль&amp;quot; привлекает внимание стильным дизайном, удобными ручками и вместительностью. Подарочный пакет идеален для таких подарков как игрушки, конструкторы, наборы для опытов, одежда, книги. Пакет имеет размер 250*350*100 мм, изготовлен из мелованного картона с ламинацией. Отличается наличием удобных ручек, надежностью и прочностью. Подарочный пакет &amp;quot;Щенячий патруль&amp;quot; - лучший выбор для поклонников популярного мультфильма ! Пакет подарочный бумажный – красивое и практичное решение для упаковки подарков.</t>
+  </si>
+  <si>
+    <t>685092</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schenjachij-patrul/"&gt;Щенячий патруль&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dc/1hk07u9s4wb1flw3jn7qzkvfvbigb87n.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Щенячий патруль-2, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет &amp;#40;335*406*155 мм&amp;#41; для поклонников мультсериала «Щенячий патруль»! Подарочный пакет «Щенячий патруль» с изображением отважных щенков идеален для упаковки подарков девочке или мальчику на Новый год, день рождения или другой праздник. Голубой пакет подходит для упаковки новогодних подарков из серии «Щенячий патруль». Подарочный пакет отличается вместительностью, удобными ручками, привлекает внимание ярким дизайном и гладкой мелованной бумагой с ламинацией. Пакет подарочный бумажный – красивое и практичное решение для упаковки детских подарков.</t>
+  </si>
+  <si>
+    <t>685093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/569/ktyu3dd0uwgj0jhgsu2wpibubfkji7k7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Щенячий патруль-4, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Щенячий патруль» с изображением отважных щенков из популярного детского мультфильма! Большой подарочный пакет прекрасно подходит для упаковки детских подарков как мальчикам, так и девочкам. Подарочный детский пакет с привлекательным и веселым дизайном – это готовая упаковка для детских подарков на Новый год, день рождения или другой праздник. Большой подарочный пакет идеален для новогодних подарков из серии «Щенячий патруль». Подарочный пакет «Щенячий патруль» изготовлен из мелованной бумаги, гладкой и приятной на ощупь, имеет удобные ручки.</t>
+  </si>
+  <si>
+    <t>685095</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74e/xpjl4nsuqobmli4b7w6kut3xtmkwcai6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Кошечка, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет розового цвета с изображением милого котенка. Подходит для упаковки подарка девочке на день рождения или любой другой праздник. Большой подарочный пакет детский привлекает внимание стильным дизайном, удобными ручками и вместительностью &amp;#40;размер 33.5*40.6*15.5 см&amp;#41;, изготовлен из мелованного картона с ламинацией. Пакет «Кошечка» отличается наличием удобных ручек, надежностью и прочностью – красивое и практичное решение для упаковки подарка!</t>
+  </si>
+  <si>
+    <t>685099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b21/gkj9yg25jlc4vppm4el980h6a404n3xw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Лама, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Красивый пакет в розово-голубых тонах с изображением милой ламы поможет упаковать подарок для девочки! Изображение ламы в солнцезащитных очках подарит ребенку яркие эмоции и улыбки. Подарочный пакет детский имеет большой размер - 250*350*100 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки. Подарочный пакет для девочки подходит для таких подарков как игрушки, книги, наборы для творчества, одежда. Подарочный пакет для девочки с изображением ламы приведет девочку в восторг. Пакет подарочный с оригинальным дизайном отличается надежностью и удобством использования.</t>
+  </si>
+  <si>
+    <t>685101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c23/0m5bv9ixdpzc0b3a581vppqyx45ycv4p.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Пони, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Красивый пакет темно-фиолетового цвета с изображением очаровательных пони – персонажей мультфильма Литл Пони &amp;#40;My Little Pony&amp;#41; - идеален для упаковки подарков девочке! Изображения Литл Пони &amp;#40;My Little Pony&amp;#41; подарят ребенку яркие эмоции и улыбки. Подарочный пакет детский имеет большой размер - 250*350*100 мм, он изготовлен из гладкой, мелованной бумаги, имеет удобные ручки. Подарочный пакет для девочки подходит для таких подарков как игрушки, книги, наборы для творчества, одежда. Пакет подарочный с оригинальным дизайном отличается надежностью и удобством использования. Подарочный пакет для девочки с изображением пони приведет девочку в восторг.</t>
+  </si>
+  <si>
+    <t>685102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc4/czj25b0hb14ujgc0eu2zm5n8h0hbkfyv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Tom Jerry-1, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет с изображением популярных героев - Тома и Джерри для упаковки подарков ребенку на день рождения или другой праздник. Подарочный пакет &amp;quot;Том и Джерри&amp;quot; привлекает внимание стильным дизайном, удобными ручками и вместительностью. Подарочный пакет идеален для таких подарков как игрушки, конструкторы, наборы для опытов, одежда, книги. Подарочный пакет имеет размер 335*406*155 мм, изготовлен из мелованного картона с ламинацией. Отличается наличием удобных ручек, надежностью и прочностью. Подарочный пакет Tom&amp;Jerry - лучший выбор для поклонников популярного мультфильма - кота Тома и мышонка Джерри! Пакет подарочный бумажный – красивое и практичное решение для упаковки подарков.</t>
+  </si>
+  <si>
+    <t>685107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de7/9c7w56uffm09j8x5206whaiiv8zfsvrt.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Tom Jerry-6, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет с изображением популярных героев - Тома и Джерри для упаковки подарков ребенку на день рождения или другой праздник. Подарочный пакет &amp;quot;Том и Джерри&amp;quot; привлекает внимание стильным дизайном, удобными ручками и вместительностью. Подарочный пакет идеален для таких подарков как игрушки, конструкторы, наборы для опытов, одежда, книги. Подарочный пакет имеет размер 264*360*115 мм, изготовлен из мелованного картона с ламинацией. Отличается наличием удобных ручек, надежностью и прочностью. Подарочный пакет Tom&amp;Jerry - лучший выбор для поклонников популярного мультфильма - кота Тома и мышонка Джерри! Пакет подарочный бумажный – красивое и практичное решение для упаковки подарков.</t>
+  </si>
+  <si>
+    <t>685108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/734/etj4mpunddz7n3mq7whi995tlc7mqmw2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Танцующий Единорог, 220 310 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет с изображением забавного танцующего единорога для упаковки подарков ребенку или взрослому на день рождения или другой праздник. Подарочный пакет &amp;quot;Танцующий Единорог&amp;quot; привлекает внимание ярким стильным дизайном, удобными ручками и вместительностью. Подарочный пакет идеален для таких подарков как игрушки, конструкторы, наборы для опытов, одежда, книги и другое. Подарочный пакет имеет размер 220*310*100 мм, изготовлен из мелованного картона с ламинацией. Отличается наличием удобных ручек, надежностью и прочностью. Подарочный пакет Танцующий Единорог - лучший выбор для поклонников этих сказочных героев! Пакет подарочный бумажный – красивое и практичное решение для упаковки подарков.</t>
+  </si>
+  <si>
+    <t>685110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e82/y51mb004bbl5anwo2a80zzcdl9zonb1r.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой DC Comics Batman  сине-черный с паттерном , 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет с изображением супергероя – Бэтмана. Стильный подарочный пакет детский имеет размер 335*406*155 мм – идеален для конструкторов, книг, одежды, игрушек. Подарочный пакет детский &amp;#40;пакет Бэтмен&amp;#41; изготовлен из мелованного картона с ламинацией. Пакет подарочный бумажный имеет привлекательный внешний вид, он поможет родителям решить вопрос с упаковкой подарков на Новый год, день рождения или другой праздник для мальчиков. Пакет «Бэтмен» приведет в восторг ребёнка – поклонника мультфильма о Бэтмане: подарит яркие эмоции и хорошее настроение. Подарочный пакет детский с удобными ручками отличается высоким уровнем качества и надежностью.</t>
+  </si>
+  <si>
+    <t>685764</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/batman/"&gt;Batman&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21f/hwfam4yt5gijwnmex805bf1x2z7q2q7o.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  мятный с розовым , 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «LOL Surprise!» с изображением популярных кукол Лол. Подходит для упаковки подарка девочкам на день рождения или любой другой праздник. Большой подарочный пакет детский привлекает внимание стильным дизайном и вместительностью &amp;#40;размер 33.5*40.6*15.5 см&amp;#41;, изготовлен из мелованного картона с ламинацией. Надежный и прочный подарочный пакет «ЛОЛ» с удобными ручками – красивое и практичное решение для упаковки подарка!</t>
+  </si>
+  <si>
+    <t>685765</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/958/ii1xy6cqpbj33r69s3hwzdfv8bmcl9ve.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Superman  голубой с лого , 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет красивого голубого цвета с изображением символа супергероя – Супермена. Подарочный пакет детский имеет размер 335*406*155 мм – подходит для различных подарков, таких как наборы для опытов, конструкторы, игрушки, одежда. Подарочный пакет детский &amp;#40;пакет Супермен&amp;#41; изготовлен из мелованного картона с ламинацией. Пакет подарочный бумажный – удобное и красивое решение для упаковки подарков для мальчика на Новый год, день рождения или другой праздник. Пакет «Супермен» имеет привлекательный внешний вид, стильный дизайн. Подарочный пакет детский &amp;#40;пакет голубого цвета&amp;#41; с удобными ручками отличается высоким уровнем качества, надежностью.</t>
+  </si>
+  <si>
+    <t>685766</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/superman/"&gt;Superman&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e9/thwlac16rhaxmkit39dxwsqgs5bfnqa1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 22 16 8см  quot;Darvish quot; ассорти горошек, полоска</t>
+  </si>
+  <si>
+    <t>Пакет изготовлен из плотного картона. В упаковке 12 шт. одного цвета! Цвета в ассортименте.</t>
+  </si>
+  <si>
+    <t>706836</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/095/pbwrtpjerosromm60a2ccm9fakgnsvm6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 28 22 11см  quot;Darvish quot; ассорти горошек, полоска</t>
+  </si>
+  <si>
+    <t>706839</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39a/0d0uexo51ku1g7gf0fklumdgbgs7nf0e.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 15 6см  quot;Darvish quot;  quot;детский quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*15*6см &amp;quot;Darvish&amp;quot; &amp;quot;детский&amp;quot;</t>
+  </si>
+  <si>
+    <t>706846</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0c/md6x9uqujgrh8ce2weq8j400epk3ens2.jpg</t>
+  </si>
+  <si>
+    <t>706847</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/671/m6zw8t73ffxl3acpyqwtoog9dtb7dgej.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 16 6,5см  quot;Darvish quot;  quot;букет quot; с бл стками</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*16*6,5см &amp;quot;Darvish&amp;quot; &amp;quot;букет&amp;quot; с блёстками</t>
+  </si>
+  <si>
+    <t>706849</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de0/hpt0dnqtadaqkwc9cumbxpjmsd5frvtj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 15 20 6см  quot;Darvish quot;  quot;Крафт quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 15*20*6см &amp;quot;Darvish&amp;quot; &amp;quot;Крафт&amp;quot;</t>
+  </si>
+  <si>
+    <t>706859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a31/2jz16hmjmjfycc9ed9jr3s7qnbrk1v7y.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см  quot;Darvish quot;  quot;Фламинго quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см &amp;quot;Darvish&amp;quot; &amp;quot;Фламинго&amp;quot;</t>
+  </si>
+  <si>
+    <t>706860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a0/w19cnykaxihdqy47xi7r0d9hpqoh5v1i.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 9см  quot;Darvish quot;  quot;детский quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*9см &amp;quot;Darvish&amp;quot; &amp;quot;детский&amp;quot;</t>
+  </si>
+  <si>
+    <t>706861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c7/24eynlzzinlycdhu8laa2elq20lfdkj3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 24 8см  quot;Darvish quot; с новогодним рисунком 3D</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*24*8см &amp;quot;Darvish&amp;quot; с новогодним рисунком 3D</t>
+  </si>
+  <si>
+    <t>706863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95e/mliketwd3elia8mtqxio7tpjx1j7u1oq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 19 24,5 8см  quot;Darvish quot;  quot;Крафт quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 19*24,5*8см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; &amp;quot;Крафт&amp;quot;</t>
+  </si>
+  <si>
+    <t>706865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f30/idqjatg71oo4olg4h6yf7sf7ziunugbo.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см  quot;Darvish quot;  quot;цветная классика quot; ассорти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см &amp;quot;Darvish&amp;quot; &amp;quot;цветная классика&amp;quot; ассорти.</t>
+  </si>
+  <si>
+    <t>706870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eaf/b84yhjobi1ovk2jeog4bjiyn0gfqce7b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см  quot;Darvish quot; принт ассорти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см &amp;quot;Darvish&amp;quot; ассорти</t>
+  </si>
+  <si>
+    <t>706872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82a/9ua728av2g8wwvp3x3mpyri8lfikfacp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см  quot;Darvish quot; ассорти узоры</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см &amp;quot;Darvish&amp;quot; ассорти узоры</t>
+  </si>
+  <si>
+    <t>706873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d1/526hjdpcwgqpio6tu6kxfnc4xtgddcus.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см  quot;Darvish quot; ассорти цветной с золотой рамкой</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см &amp;quot;Darvish&amp;quot; ассорти цветной с золотой рамкой</t>
+  </si>
+  <si>
+    <t>706874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/adc/zb3tudfdz604jr6yqsa1c15mbi48itpo.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см  quot;Darvish quot; полоски</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см &amp;quot;Darvish&amp;quot; полоски</t>
+  </si>
+  <si>
+    <t>706876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/792/qeki26u5o93vk4lc1vh0kykr13monugy.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см  quot;Darvish quot; прямоугольники</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см &amp;quot;Darvish&amp;quot; прямоугольники</t>
+  </si>
+  <si>
+    <t>706877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97d/2juss7bu1hn9eko7zydrunydzdkgftc0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 24 33 8см  quot;Darvish quot;  quot;Крафт quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 24*33*8см &amp;quot;Darvish&amp;quot; &amp;quot;Крафт&amp;quot;</t>
+  </si>
+  <si>
+    <t>706883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/239/93j49r7ved91uqhyi4e7gtfunt6cs37s.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 25 18 11см  quot;Darvish quot; цвет ассорти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 25*18*11см &amp;quot;Darvish&amp;quot; цвет ассорти</t>
+  </si>
+  <si>
+    <t>706884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de9/beczzp1zcvukwm10qbii2xvvyzwwb8e6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 10см  quot;Darvish quot;  quot;детский quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*10см &amp;quot;Darvish&amp;quot; &amp;quot;детский&amp;quot;</t>
+  </si>
+  <si>
+    <t>706885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/590/gzcm8yzesxo72m1n66wshqch4kryernp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 10см  quot;Darvish quot; ассорти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*10см &amp;quot;Darvish&amp;quot; ассорти</t>
+  </si>
+  <si>
+    <t>706887</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/700/f8etdgj4pu4ggruzuc6mwdupc8trpcu5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 31,5 25 11см  quot;Darvish quot;  quot;Крафт quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 31,5*25*11см &amp;quot;Darvish&amp;quot; &amp;quot;Крафт&amp;quot;</t>
+  </si>
+  <si>
+    <t>706891</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af4/chvmmjc14khka3tl2jc1pz4vw0np58dn.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 31,5 42 10см  quot;Darvish quot;  quot;Крафт quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 31,5*42*10см &amp;quot;Darvish&amp;quot; &amp;quot;Крафт&amp;quot;</t>
+  </si>
+  <si>
+    <t>706892</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/077/hjppwn2vx5tqvwzfkar80ppdnp9cankn.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32 26 10см  quot;Darvish quot; фактурный ассорти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32*26*10см &amp;quot;Darvish&amp;quot; фактурный ассорти</t>
+  </si>
+  <si>
+    <t>706906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db5/0g4e7xf1b2fqevzr5deen4prrgsnlmkn.jpg</t>
+  </si>
+  <si>
+    <t>706907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b54/nym501h8zjn1g0n85r3p5gowjqltcrtb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 26 12см  quot;Darvish quot; ассорти горошек,полоски</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33*26*12см &amp;quot;Darvish&amp;quot; ассорти горошек,полоски</t>
+  </si>
+  <si>
+    <t>706908</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e4/2n9fv08pbzwl49jfp39prejnd1414ajm.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 35 12 10см  quot;Darvish quot;  quot;Крафт quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 35*12*10см &amp;quot;Darvish&amp;quot; &amp;quot;Крафт&amp;quot;</t>
+  </si>
+  <si>
+    <t>706911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/619/z84dl6u20w22jafp8ynzd36ae4plifjl.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38 29 13см  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38*29*13см &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>706913</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff0/rybjg1yq5wxzii4r9pasy9ridyiei4gc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38 29 13см  quot;Darvish quot; квадраты</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38*29*13см &amp;quot;Darvish&amp;quot; квадраты</t>
+  </si>
+  <si>
+    <t>706914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93a/98d0h75ljm5bm6k5vgss2onbllip09j3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38 29 13см  quot;Darvish quot; полоски</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38*29*13см &amp;quot;Darvish&amp;quot; полоски</t>
+  </si>
+  <si>
+    <t>706916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/407/werguxj4yrxepel1ej7xo2k57r2mq6lp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38 29 13см  quot;Darvish quot; прямоугольники</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 38*29*13см &amp;quot;Darvish&amp;quot; прямоугольники</t>
+  </si>
+  <si>
+    <t>706917</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f39/60b97xg1yxyffac1dfij9n6za0zloh3w.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 39 12 9см  quot;Darvish quot; бутыточный ч рный с рисунком голография ассорти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 39*12*9см &amp;quot;Darvish&amp;quot; бутыточный чёрный с рисунком голография ассорти</t>
+  </si>
+  <si>
+    <t>706919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df6/993ochy45vqfphk9xbpok6f0okcmu9vj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 41 31 13см  quot;Darvish quot;  quot;Крафт quot;</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 41*31*13см &amp;quot;Darvish&amp;quot; &amp;quot;Крафт&amp;quot;</t>
+  </si>
+  <si>
+    <t>706920</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e9/vh23zb73ocfy82yakbsvir306iy0x1y4.jpg</t>
+  </si>
+  <si>
+    <t>Avengers. Пакет подарочный большой - 1, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Avengers. Пакет подарочный большой - 1, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb9/ml5e5nh30fcu0c1sa12gq5dekeazi0l0.jpg</t>
+  </si>
+  <si>
+    <t>Enchantimals. Пакет подарочный большой  голубой  335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Enchantimals. Пакет подарочный большой &amp;#40;голубой&amp;#41; 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838047</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/enchantimals/"&gt;Enchantimals&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6f/4mbuytf8cpaz1v44k0xz1vkt2fxgf1cl.jpg</t>
+  </si>
+  <si>
+    <t>Enchantimals. Пакет подарочный большой  желтый  335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Enchantimals. Пакет подарочный большой &amp;#40;желтый&amp;#41; 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf4/q9sdni5byhcjd8ib2w5ml8mqdjkldwsj.jpg</t>
+  </si>
+  <si>
+    <t>Enchantimals. Пакет подарочный большой - 1, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Enchantimals. Пакет подарочный большой - 1, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec5/h9l58uwxpzy6ngo6zehajkozyt73iz3x.jpg</t>
+  </si>
+  <si>
+    <t>Jurassic Park. Пакет подарочный большой-2, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Jurassic Park. Пакет подарочный большой-2, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838050</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mir-yurskogo-perioda/"&gt;Мир Юрского Периода&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53c/v9xhze437n0yqqdz5wqhiw7xm3jl61gk.jpg</t>
+  </si>
+  <si>
+    <t>Jurassic Park. Пакет подарочный большой-3, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Jurassic Park. Пакет подарочный большой-3, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae3/wu2w3wwq4kumppqnc8xkk50o2lwknlux.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. Surprise  Пакет подарочный большой - 1  розовый  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>L.O.L. Surprise! Пакет подарочный большой - 1 &amp;#40;розовый&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/029/jxq5a4b6qlfzyf9ncu3i6kanctcr36e2.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. Surprise  Пакет подарочный большой - 3 розовый  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>L.O.L. Surprise! Пакет подарочный большой - 3&amp;#40;розовый&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a34/ljfzlsp4ok8p7w0h0h21au03e340g27j.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  Fierce  335 406 155 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой &amp;#40;Fierce&amp;#41; 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/169/o2v1pb0cxw7g2b9w7jf15bh0q1hsehdp.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  розовый  250 350 100 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой &amp;#40;розовый&amp;#41; 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>838058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/763/bdk99uo5774pgwuq0whxu9ill30hl860.jpg</t>
+  </si>
+  <si>
+    <t>Marvel. Пакет подарочный большой-1, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Marvel. Пакет подарочный большой-1, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838059</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/marvel/"&gt;Marvel&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b0/7832uog0gmm69u2wgcqpo6sulktuxypc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marvel. Пакет подарочный большой-10, 330 455 100 мм  чиби </t>
+  </si>
+  <si>
+    <t>Marvel. Пакет подарочный большой-10, 330*455*100 мм &amp;#40;чиби&amp;#41;</t>
+  </si>
+  <si>
+    <t>838060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0e/sm82ywnpguyn3ababuuip0jdd0ffx8vp.jpg</t>
+  </si>
+  <si>
+    <t>Mickey Mouse. Пакет подарочный большой  желтый с паттерном  330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Mickey Mouse. Пакет подарочный большой &amp;#40;желтый с паттерном&amp;#41; 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838061</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/minny-i-mikky-maus/"&gt;Минни и Микки Маус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed5/ugt1586wh45mfiuhya9w3uelcud68u9g.jpg</t>
+  </si>
+  <si>
+    <t>Mickey Mouse. Пакет подарочный большой  Мики с ананасом  330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Mickey Mouse. Пакет подарочный большой &amp;#40;Мики с ананасом&amp;#41; 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85e/9n65z58ycquyy67kvtphgidupk3m5936.jpg</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой - 5, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой - 5, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3e/kjiukvlcwx3m1nlg7wdeqov0z7kb9pe3.jpg</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой  Best friends forever 3D, белый горох на розовом  330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой &amp;#40;Best friends forever 3D, белый горох на розовом&amp;#41; 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/916/24ff0u6yxdi91rrdhr8wi4cobursqkje.jpg</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой  Минни с единорогом, голубой  330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой &amp;#40;Минни с единорогом, голубой&amp;#41; 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e1/sb0syvo8jsklrckj7mg3q5p91i9r6stz.jpg</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой - 3, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой - 3, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c64/ylwcmk9ob4wksz3sir2b30cvv2357o1g.jpg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой - 3  зеленый  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой - 3 &amp;#40;зеленый&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838067</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/my-little-pony/"&gt;My little pony&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f98/8kvzfj4a7ejs5z29i37f9muckqb022nc.jpg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой - 7  Follow your heart  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой - 7 &amp;#40;Follow your heart&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f79/bce8wwbhjmyqb0n6ni8mwct35egyz0y7.jpg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой - 9, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой - 9, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d3/7tc5ovhaf7bl3cka38k8xpiiaorxqkp4.jpg</t>
+  </si>
+  <si>
+    <t>NERF. Пакет подарочный большой  Winners never quit  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>NERF. Пакет подарочный большой &amp;#40;Winners never quit&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838070</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nerf/"&gt;NERF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/990/wwhbr8nt0xe0wlpx8srapb15it1xvh6f.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой  С Новым годом , 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой «С Новым годом!», 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/453/ec5fq2j0t4saytyjkfnetlbdl2ieejy2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Enchantimals-4, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Enchantimals-4, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff6/j7gewhw1c2acg5qa2s32yipfgbplst4o.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Meow, 250 350 100 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Meow, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>838086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7b/rzmjionceon16fos20dfo9e5hol53f52.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Superman-1, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Superman-1, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb4/p5rdt3c3wtums1ivvr5r0j4oq06ol5lx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Авокадо в космосе, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Авокадо в космосе, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a2/c39l9kznh799z6ifcy7zk4w0skicmvg2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Блоки-деревяшки, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Блоки-деревяшки, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838089</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/612/3jamrf7kdlnf7jtm5gu7sxu0e80mzc3w.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог  белый  335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог &amp;#40;белый&amp;#41; 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838090</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a6/n9xhaiuzfznh6prhf9ch39l4qn9q4467.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог  розовый  335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог &amp;#40;розовый&amp;#41; 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ceb/cp1iwkzep2bstnzcte3y7jskwowa7wwv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог изящный, 250 350 100 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог изящный, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>838092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6b/190dqjzotin2y0w3kgzsripe7262auqk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Енот, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Енот, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36f/b72anpvpboa4327k6v7swjyvi3bww2jj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Роботы, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Роботы, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/504/fonwnth3s2xg0w6dlz4o38ngqqf43o1h.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Русалка-принцесса, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Русалка-принцесса, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/251/c0hg19u1xyqta80y3eay8t5jwpx6uz25.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Совушка, 250 350 100 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Совушка, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>838099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b68/co4sqpm1aa25xzijovuz538ve9dunh9c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Танцующий Единорог, 250 350 100 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Танцующий Единорог, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>838100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3a/sydiuv7gkfxk49znqg6bzwx87v0pjs4z.jpg</t>
+  </si>
+  <si>
+    <t>Принцессы. Пакет подарочный большой - 5, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Принцессы. Пакет подарочный большой - 5, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838101</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/princessy/"&gt;Принцессы&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea6/ksmy375mfs7t34c5rc95ek3przxze8d0.jpg</t>
+  </si>
+  <si>
+    <t>Принцессы. Пакет подарочный большой-3, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Принцессы. Пакет подарочный большой-3, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c7/k1o6a30zswt7ezawbu82kdcn5e59m05e.jpg</t>
+  </si>
+  <si>
+    <t>Принцессы. Пакет подарочный большой-4, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Принцессы. Пакет подарочный большой-4, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bc/t6grf29z7nbmgqrw98e3nai9cb1z8yp3.jpg</t>
+  </si>
+  <si>
+    <t>Тачки. Пакет подарочный большой - 1, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Тачки. Пакет подарочный большой - 1, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838105</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tachki/"&gt;Тачки&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ce/r9hqr6nq3ch8t5gs4p3po8xdb6ti4d4e.jpg</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-1, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-1, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838107</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/holodnoe-serdce/"&gt;Холодное сердце&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1dc/909rh2qsgwuun3tas71xy0ioccqzv4do.jpg</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-2, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-2, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/280/68akeqg753h0lloelp5kmm58c5j5jozz.jpg</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-3, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-3, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15b/m0jl2lyyxnwsdw4hb09kw5mh9rlukkfe.jpg</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-8, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-8, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/902/6jf97cdgk1sxfmio3prrybg95uxs8l0c.jpg</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 2, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 2, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/374/v2n2jg9t63yvf1vfs5xyg11k8ov4440t.jpg</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 3, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 3, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/603/djl0n1oqjtg35qgen1te6shx30unlz21.jpg</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 1, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 1, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ea/h2hs2vsu8en36m7dufyzli7105mf0ale.jpg</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 5, 400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Холодное Сердце. Пакет подарочный большой - 5, 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a39/8hfjfg1dq2mn55dfxhc2yokyh01j9v8b.jpg</t>
+  </si>
+  <si>
+    <t>Человек-паук. Пакет подарочный большой-8, 330 455 100 мм</t>
+  </si>
+  <si>
+    <t>Человек-паук. Пакет подарочный большой-8, 330*455*100 мм</t>
+  </si>
+  <si>
+    <t>838115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d7/kupmgopy01tn4l2bez6dakjxk0g8a691.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой - 3  1, 2, 3 Smile  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой - 3 &amp;#40;1, 2, 3 Smile&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a37/wjwucj846yrktm31awo0oc4vagamw0g0.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой - 6  Unicorns  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой - 6 &amp;#40;Unicorns&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5e/ngu39e0z02n1w5jbiz98ydo2xsof5zcu.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой-2, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой-2, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>838118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e24/wc2y31qvsj4uj459npsf4ka7mo46c3gj.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой - 1  сине-красный  400 300 140 мм</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой - 1 &amp;#40;сине -красный&amp;#41; 400*300*140 мм</t>
+  </si>
+  <si>
+    <t>838119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fa/yrfb4yq8ta42diin4siaocx11wkfbool.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог  голубой , 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Единорог» размером 335*406*155 мм создан для фанатов волшебных животных. Подарочный пакет с изображением милых единорогов подойдет для упаковки подарков девочке на День рождения, Новый год и 8 марта. Пакет украшен разными рисунками с обеих сторон.&amp;nbsp;&amp;nbsp;В пакет для подарков отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Подарочный пакет гармонично дополнит подарки, поднимет настроение и сделает праздник запоминающимся. Пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой&amp;nbsp;&amp;nbsp;&amp;#40;130 г/м&amp;#41;.</t>
+  </si>
+  <si>
+    <t>842398</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/431/n9fcacnqu3r5bnwel0hz1vqoog3qs65i.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой-1, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Щенячий патруль» размером 335*406*155 мм создан для поклонников популярных фильмов! Подарочный пакет с изображением отважных щенков подойдет для упаковки подарков девочке или мальчику на День Рождения, 8 марта и Новый год. В пакет отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>842399</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16e/ovth9xj591jh2ly6e87rktov64tug1rp.jpg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  черный с бирюзовым , 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой &amp;#40;черный с бирюзовым&amp;#41;, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>842400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b8/g3flcu38bk12kuusyxlbrbv7c6cg3vwz.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Авокадо-2, 335 406 155 мм</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Авокадо-2, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>842401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7aa/hh10dvcgxinbq2czu4v04yscy2iozem2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный, большой LOREX GIFT BAG MINDBENDING 26х32х12 см.</t>
+  </si>
+  <si>
+    <t>847400</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6e/hfhc4lxs9acm5m69wh54pgjg2gn6jvs0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный, малый LOREX GIFT BAG FLUFFY SKY 18х23х10 см.</t>
+  </si>
+  <si>
+    <t>847403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/052/lcu83yi5l8ru1g0ueyu5dg4duhkyi31u.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой  Львенок , 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой &amp;#40;Львенок&amp;#41;, 335*406*155 мм.</t>
+  </si>
+  <si>
+    <t>848520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74b/h676zy8d4glgz3278casbkxzv0s818lg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см ArtSpace  quot;Обменяю на торт с кремом quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет ArtSpace выделит ваш презент из массы других. Оригинальный дизайн сделает подарок эффектным и запоминающимся. Размер пакета - 11*14*6,5 см, материал - ламинированный картон. Получать подарки всегда приятно, а красиво оформленные подарки приятнее вдвойне. Эксклюзивный дизайн, превосходное качество и множество отделок – черты, воплотившиеся в подарочных пакетах ArtSpace.&amp;nbsp;&amp;nbsp;Дарите подарки с любовью!</t>
+  </si>
+  <si>
+    <t>854237</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f22/y1677s8t4g5uyqtxhvyc39iny171uars.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см ArtSpace  quot;Love you forever quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет ArtSpace выделит ваш презент из массы других. Оригинальный дизайн сделает подарок эффектным и запоминающимся. Размер пакета - 18*23*10 см, материал - ламинированный картон. Получать подарки всегда приятно, а красиво оформленные подарки приятнее вдвойне. Эксклюзивный дизайн, превосходное качество и множество отделок – черты, воплотившиеся в подарочных пакетах ArtSpace.&amp;nbsp;&amp;nbsp;Дарите подарки с любовью!</t>
+  </si>
+  <si>
+    <t>854244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17f/i28at8361wb7byjpvwcy01epsw79og0p.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см ArtSpace  quot;Обменяю на торт с кремом quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>854259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0be/x36pi4cifar51caq7rytge2wkfykajzs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см, MESHU  quot;Be cool quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакеты MESHU – беспроигрышный способ преподнести подарок красиво. Получать подарки всегда приятно, а красиво оформленные подарки приятнее вдвойне! Эксклюзивный дизайн, разнообразие отделок и качество – отличительные черты продукции MESHU, воплотившиеся в подарочных пакетах. Ручки пакета – ленточка, которая отличается высокой прочностью. Дарите подарки с любовью, со вкусом, с MESHU!</t>
+  </si>
+  <si>
+    <t>855325</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/141/rupla1anhf254av32wppyvif4evnmmgk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см, MESHU  quot;Duotone. Purple gradient quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/269/lhi3z86k4dkcy0kgo0n180tg3owijdga.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см, MESHU  quot;Magic is everywhere quot;, отд. фольгой, белый крафт</t>
+  </si>
+  <si>
+    <t>855334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c17/e9tuo0k4uc4gmy3r4l5pp0qka6mgaej7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см, MESHU  quot;Black Water quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c8/lojx3r1uzuv0khpz8d18nnfhcqj2tgsm.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см, MESHU  quot;Complicated story quot;, белый крафт</t>
+  </si>
+  <si>
+    <t>855343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61f/9d0j02jw0ckx0ln7hvcgtdg5gkha5lz5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см, MESHU  quot;Indigo Hills quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ead/cvqkh573pwv8pu9xlfsnzevcgcgn7l29.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см, MESHU  quot;UTI PUTI quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1dd/o2sd19sc800hz0c11ws87rm2iq763n81.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см, MESHU  quot;Warm huggies quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/633/4jyjuk080216kp91rd93cweepwydvwtw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см, MESHU  quot;Animal print quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855379</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fee/txdf2m1r6g9v1nt5q32ddmug44d8nhlg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см, MESHU  quot;Avocado quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cba/n299i4wm9dzs69rmfosc7fuwfhxyh56u.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см, MESHU  quot;Bright turquoise quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac9/1lz9bk6caecf9m2a93kz0krugzne1ups.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см, MESHU  quot;Strawberry quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>855386</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/994/g3r7otepzg72tyu6v6zj2lpf40ysu2se.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см ArtSpace  quot;Space Cat quot;, крафт</t>
+  </si>
+  <si>
+    <t>Яркий подарочный пакет ArtSpace выделит ваш презент из массы других. Оригинальный дизайн сделает подарок эффектным и запоминающимся. Размер пакета - 18*23*10 см, материал - крафт-бумага. Получать подарки всегда приятно, а красиво оформленные подарки приятнее вдвойне. Эксклюзивный дизайн, превосходное качество и множество отделок – черты, воплотившиеся в подарочных пакетах ArtSpace. Дарите подарки с любовью!</t>
+  </si>
+  <si>
+    <t>884986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/291/41kaknyxlfdi72g01ps8e0evsx4tczwv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Lets yourself rest quot;, выборочный лак, белый крафт</t>
+  </si>
+  <si>
+    <t>884991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdd/bqa48m1md7u2ltsmzdi97tp02mefec5j.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Duotone. Purple gradient quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>885002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4be/bgllse78ys43aszxpnpwiexr0qq4qnp2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32 26 12см MESHU  quot;Animal print quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>885013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74f/07z1wq54ajr0wv8tvki5rmoktutoio86.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Пакет подарочный большой, голубой, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Щенячий патруль» размером 250*350*100 мм создан для поклонников популярных фильмов! Подарочный пакет с изображением отважных щенков подойдет для упаковки подарков девочке или мальчику на День Рождения, 8 марта и Новый год. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>886025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/032/100plq6rkjsk70hgm7348kx009huhwf6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  quot;Кот-фигурист quot;, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Кот-фигурист» поможет стильно упаковать подарки для детей, родителей и друзей на День рождения и Новый год. Пакет для подарков размером 335х406х155 мм изготовлен из мелованного картона с удобными ручками и украшен изображениями забавного котика на коньках с обеих сторон. В подарочный пакет можно положить игрушки, конструктор и наборы для опытов, книги, сувениры и сладкие подарки. Подарочный пакет гармонично дополнит подарки, поднимет настроение и сделает праздник запоминающимся. Пакет для подарков отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>886026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/897/3shy287vd4roqb0e0dnkpi23ox1d0koy.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой  quot;Зайка с Тигренком, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Зайка с Тигренком» поможет стильно упаковать новогодние подарки для детей, родителей и друзей. Пакет для подарков размером 335х406х155 мм изготовлен из мелованного картона с удобными ручками и украшен изображениями забавных животных с обеих сторон. В подарочный пакет можно положить игрушки, конструктор и наборы для опытов, книги, сувениры и сладкие подарки. Подарочный пакет гармонично дополнит подарки, поднимет настроение и сделает праздник запоминающимся. Пакет для подарков отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>886029</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/872/6hhsagbinqn2m10v89rix45p4ej7ls3x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой  quot;Зайка-игрушка quot;, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Зайка-игрушка» поможет стильно упаковать новогодние подарки для детей, родителей и друзей. Пакет для подарков размером 335х406х155 мм изготовлен из мелованного картона с удобными ручками и украшен изображениями милого зайчика с обеих сторон. В подарочный пакет можно положить игрушки, конструктор и наборы для опытов, книги, сувениры и сладкие подарки. Подарочный пакет гармонично дополнит подарки, поднимет настроение и сделает праздник запоминающимся. Пакет для подарков отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>886030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/227/rjxk6mka60ojo02hc2tzfbsk9qpgc2yj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный бумажный Porta XL, серый, 30х40х12см,15838.10</t>
+  </si>
+  <si>
+    <t>900715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad0/5wfm2b1zj5y4nvv25aih0dl1w2l0r1ew.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой DC Comics Batman  маски  330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой DC Comics Batman &amp;#40;маски&amp;#41;, 330*455*100 мм.</t>
+  </si>
+  <si>
+    <t>905743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb2/t5jurl9catd9w0s5a1lf6je83ozlfeew.jpeg</t>
+  </si>
+  <si>
+    <t>LOL. Пакет подарочный большой  so extra tour  250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «LOL» размером 250*350*100 мм создан для фанаток популярных куколок! Подарочный пакет подойдет для упаковки подарков девочке на День Рождения, Новый год, и 8 марта. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>905855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d3/3vi432vhdxqb4ct4hl79w8wsnc1zotet.jpg</t>
+  </si>
+  <si>
+    <t>Marvel. Пакет подарочный большой-4, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Marvel» размером 330*455*100 мм создан для фанатов популярных супергероев! Подарочный пакет с изображением Мстителей подойдет для упаковки подарков мальчику или девочке на День рождения или Новый год.&amp;nbsp;&amp;nbsp; Пакет гармонично дополнит подарки из серии «Marvel», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет «Marvel» отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905857</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/385/i2zusph2b0e0qz0ivjva00ygn2nyt0t0.jpg</t>
+  </si>
+  <si>
+    <t>Marvel. Пакет подарочный большой-8, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>905858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99a/nuumvya2te1t5ddvr1vxe0f2gq1zrrfj.jpg</t>
+  </si>
+  <si>
+    <t>Человек-паук. Пакет подарочный большой-3, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Человек-паук» размером 330*455*100 мм создан для фанатов популярного супергероя! Подарочный пакет с изображением Человека-паука подойдет для упаковки подарков мальчику или девочке на Новый год или День Рождения. В пакет отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Пакет гармонично дополнит подарки из серии «Человек-паук», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/451/3mf696rbthol6fdf3jouihx10s2rxgxr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Единорог, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет с изображением единорога и надписью &amp;quot;Believe im magic. Just believe&amp;quot; выполнен в нежно-розовых оттенках. Пакет подарочный Единорог несомненно обрадует юную именинницу, ведь девочки так любят принцесс, сказочных единорогов и пони. Бумажный подарочный пакет 25*35*10 см выполнен из качественных материалов, подходит для упаковки подарков различных размеров — наборов для творчества, одежды, игрушек, посуды с изображением принцесс Disney &amp;#40;Дисней&amp;#41; и других замечательных подарков.</t>
+  </si>
+  <si>
+    <t>905869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/839/iax2rr6vmnehutwxwgie29qdnsq2hpen.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Лисичка, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Лисичка» размером 250*350*100 мм создан для любительниц милых лисичек! Подарочный пакет подойдет для упаковки подарков детям и взрослым на День Рождения, Новый год, и 8 марта. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>905870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3e/0h2qzrv4828j84m2sazuy5u3nuymr78v.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой DC Comics Batman  красный  330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «DC Comics Batman» размером 330*455*100 мм создан для фанатов популярного супергероя! Подарочный пакет с изображением Бэтмена подойдет для упаковки подарков мальчику или девочке на Новый год, День Рождения и другие праздники. В пакет отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Пакет гармонично дополнит подарки из серии «Batman», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bd/scaszhdnl94oiw4869bzktxi0ypc6p1h.jpg</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой  Минни с единорогом, нежно-сиреневый с паттерном  330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Minnie Mouse» размером 330*455*100 мм создан для фанатов популярных мультфильмов Disney! Подарочный пакет с изображением Минни подойдет для упаковки подарков девочке на День рождения или Новый год. В пакет отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Пакет гармонично дополнит подарки из серии «Minnie Mouse», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f86/dbqfb4dqbl1r3crn2myuzlhehh7cv35j.jpg</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой  Best friends forever 3D, розово-сиреневый  330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>905878</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/181/wula04mvukm453h8d282vcxc31yjlixr.jpg</t>
+  </si>
+  <si>
+    <t>Minnie Mouse. Пакет подарочный большой  Минни 2D  330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>905879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e66/gzrdoadnkmdpq2q6a07v0fs7zua6nmj9.jpg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный  quot;Будь собой quot;, 264 360 115 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «My Little Pony» размером 330*455*100 мм создан для фанаток популярного мультфильма. Подарочный пакет с изображением волшебных лошадок подойдет для упаковки подарков девочке на День рождения, 8 марта или Новый год. Пакет украшен разными рисунками с обеих сторон.&amp;nbsp;&amp;nbsp;В пакет для подарков отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Подарочный пакет гармонично дополнит подарки из серии «My Little Pony», поднимет настроение и сделает праздник запоминающимся. Пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84c/dk1vdt3ml89yqxl14jrc7u90qe9fda8a.jpg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный, Зипп и Пипп, 264 360 115 мм.</t>
+  </si>
+  <si>
+    <t>905881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cba/n10dj7umwxj6kwhnnlnoeh7p13thbl2x.jpg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой, розово - желтый, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>905882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/429/2ll1e0zfl4uf54ih2x3x01l3ats9rv08.jpg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой, розовый паттерн, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>905883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/985/y9amg10hs754fjjvku9b5wxgaadm5gep.jpg</t>
+  </si>
+  <si>
+    <t>Принцессы. Пакет подарочный большой-1, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Принцессы» размером 330*455*100 мм создан для фанаток популярных мультфильмов! Подарочный пакет с изображением принцесс Disney подойдет для упаковки подарков девочке на День рождения или Новый год. В пакет отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Пакет гармонично дополнит подарки из серии «Принцессы Disney», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/500/j0lc1lbzfx6yhofnz90bfmyzfsdtc5vn.jpg</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-2, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Холодное Сердце» размером 330*455*100 мм создан для фанаток популярного мультфильма. Подарочный пакет с изображением Анны и Олафа подойдет для упаковки подарков девочке на День рождения, 8 марта Новый год. Пакет украшен разными рисунками с обеих сторон.&amp;nbsp;&amp;nbsp;В пакет для подарков отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Подарочный пакет гармонично дополнит подарки из серии «Холодное Сердце», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec4/jdrttmk2guqc1rodqtqhbvep258h7yzt.jpg</t>
+  </si>
+  <si>
+    <t>Холодное сердце 2. Пакет подарочный большой-4, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Холодное Сердце» размером 330*455*100 мм создан для фанаток популярного мультфильма! Подарочный пакет с изображением Анны и Олафа подойдет для упаковки подарков девочке на День рождения или Новый год. В пакет отлично поместятся книги, конструкторы, настольные игры и другие игрушки.&amp;nbsp;&amp;nbsp; Пакет гармонично дополнит подарки из серии «Холодное Сердце», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой.</t>
+  </si>
+  <si>
+    <t>905886</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/rl7ov3y39lbijp5krca0uhvw04aa1vi1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет голография,МИКС из 6 пакетов, 6 цветов, размер l,чудо праздник ЧУДО ПРАЗДНИК</t>
+  </si>
+  <si>
+    <t>936344</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Пакет голография,МИКС из 6 пакетов, 6 цветов, размер m . ЧУДО ПРАЗДНИК</t>
+  </si>
+  <si>
+    <t>936345</t>
+  </si>
+  <si>
+    <t>Пакет голография,МИКС из 6 пакетов, 6 цветов, размер ml . ЧУДО ПРАЗДНИК</t>
+  </si>
+  <si>
+    <t>936346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d29/gedsi0mnozbcfednqnbgygby0jga5ami.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11,4x6,4x14,6 см ЗОЛОТАЯ СКАЗКА  quot;Happy Birthday quot;, глиттер, желтый, 608237</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Happy Birthday&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с лёгкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с веревочными ручками из полипропилена. Размер - 11,4x6,4x14,6 см. Пакет выполнен в жёлтых тонах с изображением ярких праздничных смайликов. С лицевой стороны пакета некоторые детали покрыты глиттером.</t>
+  </si>
+  <si>
+    <t>939860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da1/37xaoobdo8mlvjheez1gcbrfaaa4cfox.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11,4x6,4x14,6 см ЗОЛОТАЯ СКАЗКА  quot;Summer Flowers quot;, глиттер, голубой, 608246</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Summer Flowers&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с веревочными ручками из полипропилена. Размер - 11x6x15 см. Пакет выполнен в светлых тонах с изображением летних цветов. С лицевой стороны пакета некоторые детали покрыты глиттером.</t>
+  </si>
+  <si>
+    <t>939862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/181/0udblvapxiinyq25l4ib2l3z3igwkmgq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 17,8x9,8x22,9 см ЗОЛОТАЯ СКАЗКА  quot;Sweets quot;, тиснение фольгой, 608250</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Sweets&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с веревочными ручками из полипропилена. Размер - 18x10x23 см. Пакет выполнен в ярких цветах с изображением мороженого в рожке. С лицевой стороны пакета некоторые детали покрыты тиснением золотистой фольгой.</t>
+  </si>
+  <si>
+    <t>939865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b25/snseulee1c7168r6jd6t9ps5ssqsy7jh.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26,5x12,7x33 см ЗОЛОТАЯ СКАЗКА  quot;Spring Flowers quot;, глиттер, розовый с голубым, 608247</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с веревочными ручками из полипропилена. Размер - 26x13x32 см. Пакет выполнен в светлых тонах с изображением весенних цветов. С лицевой стороны пакета некоторые детали покрыты глиттером.</t>
+  </si>
+  <si>
+    <t>939877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c2/z6qyhqlm0gvdunryksgj9w6s4uyzweyb.jpeg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой, Иззи, 264 360 115 мм.</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой, Иззи, 264*360*115 мм.</t>
+  </si>
+  <si>
+    <t>948919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a40/ec9z5o74vumweijsgqp5bw4udxuit9d1.jpeg</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой  quot;Дружба - это чудо quot;, 330 455 100 мм.</t>
+  </si>
+  <si>
+    <t>My Little Pony. Пакет подарочный большой &amp;quot;Дружба - это чудо&amp;quot;, 330*455*100 мм.</t>
+  </si>
+  <si>
+    <t>948920</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7e/cc40mw3t21vzare92ne67mxfz233vk7x.jpeg</t>
+  </si>
+  <si>
+    <t>Коты Эрмитажа. Пакет подарочный  quot;Портреты quot;, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Коты Эрмитажа. Портреты.» - сделает ваш подарок ещё более волнующим и захватывающим в глазах ребёнка. А всё потому что на нём изображены любимые герои в ярких цветах. Ведь именно красивая подарочная упаковка вызывает те самые эмоции предвкушения и радости у ребёнка. Благодаря большой вместительности пакета - 406/155/335 мм – в него помещаются подарки разных, в том числе, довольно крупных размеров. Пакет прочный, ручки-шнурки удобно ложатся на руку, а стильный дизайн подойдёт для подарков как мальчику, так и девочке. Выдерживает вес до 2.5 кг.</t>
+  </si>
+  <si>
+    <t>953345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/040/3vfhysuii5sv9adorchgeuw4r7imyuqr.jpeg</t>
+  </si>
+  <si>
+    <t>Чебурашка. Пакет подарочный  quot;Облака quot;, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Чебурашка» - дополнит ваш подарок своей красочной упаковкой. В первую очередь, именно красивая подарочная упаковка вызывает те самые эмоции предвкушения и радости у ребёнка. А если на упаковке изображён любимый герой малыша – он будет хотеть получить подарок ещё сильнее. Параметры пакета 406/155/335 мм, а потому в него смогут поместиться довольно крупные подарки, либо много небольших. Пакет прочный, ручки-шнурки будут удобно располагаться в руке, а стильный дизайн подойдёт для подарков как мальчику, так и девочке. Выдерживает вес до 2.5 кг.</t>
+  </si>
+  <si>
+    <t>953346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5c/zvr2esmgftuxalu5g2omoc82vgtc683i.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный большой Единорог  розовый , 220 310 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Единорог» размером 310.00мм/100.00мм/220.00мм создан для любительниц изящных единорогов! Подарочный пакет подойдет для упаковки подарков детям и взрослым на День Рождения, Новый год, и 8 марта. В пакет отлично поместятся книги, настольные игры, наборы для опытов и другие игрушки весом до 2,5 кг. При оптовом заказе пакеты отгружаются в упаковках по 10 штук и в коробках до 100 шт. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>953347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd1/9zw2y0tpp60ekfnj606wwkoioty9ivpy.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный малый Авокадо в космосе, 180 227 100 мм.</t>
+  </si>
+  <si>
+    <t>Малый подарочный пакет «Авокадо в космосе» размером 100.00мм/227.00мм/180.00мм создан для фанаток милых авокадо! Подарочный пакет подойдет для упаковки подарков девочке на День Рождения, Новый год, и 8 марта. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>953349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1cf/aa7bckrmcdd0datjo8vf01a3wjbpc4el.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный малый Пони, 180 227 100 мм.</t>
+  </si>
+  <si>
+    <t>Красивый пакет темно-фиолетового цвета с изображением очаровательных пони – персонажей мультфильма Литл Пони &amp;#40;My Little Pony&amp;#41; - идеален для упаковки подарков девочке! Изображения Литл Пони &amp;#40;My Little Pony&amp;#41; подарят ребенку яркие эмоции и улыбки. Подарочный пакет детский имеет средний размер - 100.00мм/227.00мм/180.00мм, он изготовлен из гладкой, мелованной бумаги, имеет удобные ручки. Подарочный пакет для девочки подходит для таких подарков как игрушки, книги, наборы для творчества, одежда. Пакет подарочный с оригинальным дизайном отличается надежностью и удобством использования. Подарочный пакет для девочки с изображением пони приведет девочку в восторг.</t>
+  </si>
+  <si>
+    <t>953350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/409/e5vf21heq3qvhlkwmv7txc331fl0zm33.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный малый Совушка, 180 227 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Совушка» размером 100.00мм/227.00мм/180.00мм создан для любительниц милых совушек! Подарочный пакет подойдет для упаковки подарков детям и взрослым на День Рождения, Новый год, и 8 марта. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>953351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db3/t6yt7srv294zjwbmsac28mqy4h8ur94r.jpeg</t>
+  </si>
+  <si>
+    <t>Love is. Пакет подарочный большой мятный с розовым, 220 310 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет из серии «Love is» порадует вашего любимого человека и станет прекрасным дополнением к вашему подарку. Мягкие пастельные тона и изображение двух влюблённых, расположившихся на сердце, мило держащихся друг с другом за руки, продемонстрируют всю нежность и глубину ваших чувств. Хорошо подойдёт для дня рождения, Нового Года, 14 февраля и годовщин. Параметры пакета: 220*310*100 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки, очень вместителен, прочен и удобен для перевозки и в использовании.</t>
+  </si>
+  <si>
+    <t>953352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acf/0d95pyp7c272po47ga6zonloi3ak9i7j.jpeg</t>
+  </si>
+  <si>
+    <t>Love is. Пакет подарочный большой нежно-розовый, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет из серии «Love is» - порадует вашего любимого человека и станет прекрасным дополнением к вашему подарку. Яркие герои красиво выделяются на нежно-розовом пастельном фоне и отображают их особенность друг для друга. Пакет хорошо подойдёт для дня рождения, Нового года, 14 февраля и годовщин. Параметры пакета: 335*406*155 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки, очень вместителен, прочен и удобен для перевозки и в использовании.</t>
+  </si>
+  <si>
+    <t>953353</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/410/9al7w0y6fivc8w9t3lz56s9nqcpu01wa.jpeg</t>
+  </si>
+  <si>
+    <t>Love is. Пакет подарочный большой пастель, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет из серии «Love is» порадует вашего любимого человека и станет прекрасным дополнением к вашему подарку. Мягкие пастельные тона и изображение двух влюблённых, играющих на природе, продемонстрируют всю нежность и игривость ваших чувств. Хорошо подойдёт для дня рождения, Нового Года, 14 февраля и годовщин. Параметры пакета: 335мм*406мм*155 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки, очень вместителен, прочен и удобен для перевозки и в использовании.</t>
+  </si>
+  <si>
+    <t>953354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3a/p3ditkt4jmm8elp6ltd0kk43lbklxkfy.jpeg</t>
+  </si>
+  <si>
+    <t>Love is. Пакет подарочный большой фиолетовый, 220 310 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет из серии «Love is» порадует вашего любимого человека и станет прекрасным дополнением к вашему подарку. Таинственный фиолетовый цвет и изображение ангелочка и демона на пакете отобразят всю притягательность, чувственность и эмоциональность вашего союза. Хорошо подойдёт для дня рождения, Нового Года, 14 февраля и годовщин. Параметры пакета: 220*310*100 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки,&amp;nbsp;&amp;nbsp;очень вместителен, прочен и удобен для перевозки и в использовании.</t>
+  </si>
+  <si>
+    <t>953359</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4e/losupuvflnkhm9dwcoufqluq2rn6w26p.jpeg</t>
+  </si>
+  <si>
+    <t>Чебурашка. Пакет подарочный  quot;Апельсиновый рай quot;, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Чебурашка. Пакет подарочный &amp;quot;Апельсиновый рай&amp;quot;, 250*350*100 мм.</t>
+  </si>
+  <si>
+    <t>953360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce9/4c27vfpr2lgnqym3zeok9iuibyiwn81h.jpeg</t>
+  </si>
+  <si>
+    <t>Чебурашка. Пакет подарочный  quot;Наш любимый герой quot;, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>953361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea4/1yjnaa703yupz8ylv5rk3r9y4ztzmhzu.jpeg</t>
+  </si>
+  <si>
+    <t>Чебурашка. Пакет подарочный  quot;Чебурашка в апельсине quot;, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Чебурашка. Пакет подарочный &amp;quot;Чебурашка в апельсине&amp;quot;, 250*350*100 мм.</t>
+  </si>
+  <si>
+    <t>953363</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1b/ka5gfng7abdjixt59yfs93jgm85ycxhz.jpeg</t>
+  </si>
+  <si>
+    <t>Чебурашка. Пакет подарочный большой  quot;Чебурашка с вертолетиком quot;, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>953364</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/396/nr5rp1p3vgjrsz1qkrw8dd7sy6z3esqr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см. MESHU  quot;Брутальному quot;, крафт</t>
+  </si>
+  <si>
+    <t>Стильный подарочный пакет MESHU выделит презент из массы других. Размер пакета – 18*23*10 см. Пакет изготовлен из крафт-бумаги. Ручки пакета – прочный шнурок. • Материал: крафт-бумага; • Размер пакета: 11*14*6,5 см; • Вид ручек: шнурок.</t>
+  </si>
+  <si>
+    <t>954613</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad1/d4afjs98ii5851fy9e5c2b28tmh630je.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см. MESHU  quot;Пожелание quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Стильный подарочный пакет MESHU выделит ваш презент из массы других. Размер пакета – 11*14*6,5 см. Пакет изготовлен из ламинированного картона. Ручки пакета – прочный шнурок. • Материал: ламинированный картон; • Размер пакета: 11*14*6,5 см; • Вид ручек: шнурок.</t>
+  </si>
+  <si>
+    <t>954617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d73/jzluyd6z2hr53qjw935jeg60xcvgo82w.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Get ready quot;, крафт</t>
+  </si>
+  <si>
+    <t>Стильный подарочный пакет MESHU выделит презент из массы других. Размер пакета – 18*23*10 см. Пакет изготовлен из крафт-бумаги. Ручки пакета – прочный шнурок. • Материал: крафт-бумага; • Размер пакета: 18*23*10 см; • Вид ручек: шнурок.</t>
+  </si>
+  <si>
+    <t>954623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ba/yveos79532co2av2kgfk3uclw52xomfe.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Perfect quot;, крафт</t>
+  </si>
+  <si>
+    <t>954626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f5/hg607jucuugsje3zi8jhwcrrku9vwyyq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Брутальному quot;, крафт</t>
+  </si>
+  <si>
+    <t>954629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/143/rxgho2ubmeb4smo1arf3a9dor2bm23a5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Волшебного Нового года quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Стильный подарочный пакет MESHU выделит ваш презент из массы других. Размер пакета – 18*23*10 см. Пакет изготовлен из ламинированного картона. Ручки пакета – прочный шнурок. • Материал: ламинированный картон; • Размер пакета: 18*23*10 см; • Вид ручек: шнурок.</t>
+  </si>
+  <si>
+    <t>954631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/008/q1y364e1swouf3igy32331pig13c4cmf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Время отдыха quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56e/lse7l861z3xlatez10dvqs43ywb0hsmq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Зажигай quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/162/x7ho7vjify5wqv0bccbd0h0b4e0e0924.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Здесь жарко quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c0/dhkmn2gc3pg8myzwpdj57ouvqfdb015c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Как это тортика не будет? quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acf/cn0774t1rwg93wupaniljv5gxf0y390x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Классика стиля quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954637</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/162/77vs9yoczn0jbze57a3rce1hlg285asr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Пожелание quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19d/zpqq5ijeu3opzeliqqrz7bjcoi1dsz8h.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Покорителю моего сердечка quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954645</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77d/gvjhsvfwn252ppt01mrpalio8z62cd21.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Радостное событие quot;, крафт</t>
+  </si>
+  <si>
+    <t>954646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6e/mmi21yzrrvwgv5ll9zl0uj3eavbzmu6j.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;С ДР тебя quot;, крафт</t>
+  </si>
+  <si>
+    <t>954647</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/829/xr4t0z9oijlgwklm5kjo5ygzbwdlbbcg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Самому крутому quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c00/nuzh7htupt60th6rp9n3iw3ns6zovj0x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см. MESHU  quot;Я твой лучший подарочек quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e8/0rovmmeb1rgda6w2lbk0anh9ezytstdx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см. MESHU  quot;А где подарок? quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Стильный подарочный пакет MESHU выделит ваш презент из массы других. Размер пакета – 26*32*12 см. Пакет изготовлен из ламинированного картона. Ручки пакета – прочный шнурок. • Материал: ламинированный картон; • Размер пакета: 26*32*12 см; • Вид ручек: шнурок.</t>
+  </si>
+  <si>
+    <t>954661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d29/12va955snfy1qowcp5nkdfolx2jrxyoq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см. MESHU  quot;Брутальному quot;, крафт</t>
+  </si>
+  <si>
+    <t>Стильный подарочный пакет MESHU выделит презент из массы других. Размер пакета – 26*32*12 см. Пакет изготовлен из крафт-бумаги. Ручки пакета – прочный шнурок. • Материал: крафт-бумага; • Размер пакета: 26*32*12 см; • Вид ручек: шнурок.</t>
+  </si>
+  <si>
+    <t>954663</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/998/1ki5tbwss18rur9f3ixfl5e49k5gk1tj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см. MESHU  quot;Волшебного Нового года quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f7/dpqyps2emrk2kcop941g50vh4ma56cum.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см. MESHU  quot;Зажигай quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bc/kd3lrlekdjgq86hs8uwb2uuphv1u2bkp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см. MESHU  quot;Здесь жарко quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41b/2xcuw8un092flfepb1lch8cyeehwq9yq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см. MESHU  quot;Пожелание quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c94/93jg2z2236cz9hw1wk2nevlrbt8ofcv5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см. MESHU  quot;Воздушные шары quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Стильный подарочный пакет MESHU выделит ваш презент из массы других. Размер пакета – 33*42*12 см. Пакет изготовлен из ламинированного картона. Ручки пакета – прочный шнурок. • Материал: ламинированный картон; • Размер пакета: 33*42*12 см; • Вид ручек: шнурок.</t>
+  </si>
+  <si>
+    <t>954680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a92/22kbmnv1n6ymq1tkmkb3o0mq5azetwkz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см. MESHU  quot;Классика стиля quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>954681</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b24/6s0se2j7d4c22y1hbpxekopwd2xffk12.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний 11,4x6,4x14,6 см ЗОЛОТАЯ СКАЗКА  quot;New Year quot; фольга, ч рный красный, 608228</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;New Year&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Изготовлен из мелованной бумаги с ленточными ручками из полиэстера. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер - 11x6x15 см. Пакет выполнен в чёрном, красном, золотистом цветах с изображением праздничных новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты тиснением золотистой фольгой.</t>
+  </si>
+  <si>
+    <t>954945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39d/hxpsxc71rodwgysd2klx2rjm557zzemc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний 17,8x9,8x22,9 см ЗОЛОТАЯ СКАЗКА  quot;Christmas Kraft quot;, глиттер, 608235</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Christmas Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Изготовлен из крафтовой бумаги с веревочными ручками из полипропилена. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из крафтовой бумаги с веревочными ручками из полипропилена. Размер - 18x10x23 см. Пакет выполнен в красном цвете с изображением праздничных новогодних атрибутов. С лицевой стороны пакета некоторые детали выделены глиттером.</t>
+  </si>
+  <si>
+    <t>954946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d5/dx39cpxoieoq11o2btd8l9ev95gu0ki6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний 17,8x9,8x22,9 см ЗОЛОТАЯ СКАЗКА  quot;Lilac Story quot;, фольга, розовый, 608233</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Lilac Story&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Изготовлен из мелованной бумаги с ленточными ручками из полиэстера. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер - 18x10x23 см. Пакет выполнен в розовом и золотистом цветах с изображением праздничных новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты тиснением золотистой фольгой.</t>
+  </si>
+  <si>
+    <t>954947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d7/ijzzjgzymrphzn2dfn2wlbjx7eklygdq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний 17,8x9,8x22,9 см ЗОЛОТАЯ СКАЗКА  quot;Pink Ivory quot;, фольга, розовый, 608234</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Pink Ivory&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Изготовлен из мелованной бумаги с ленточными ручками из полиэстера. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер - 18x10x23 см. Пакет выполнен в розовом и золотистом цветах с изображением праздничных новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты тиснением золотистой фольгой.</t>
+  </si>
+  <si>
+    <t>954948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98f/8sv9dy330bo7pqx42up5ca9i6epcoupv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний 26,5x12,7x33 см ЗОЛОТАЯ СКАЗКА  quot;Snowman quot;, глиттер, 608232</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Snowman&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Изготовлен из мелованной бумаги с веревочными ручками из полипропилена. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер - 26,5x12,7x33 см. Пакет выполнен в белом и красном цветах с изображением праздничных новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты глиттером.</t>
+  </si>
+  <si>
+    <t>954952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/386/de3z1uy7heo5l9ny44ainffrmv8ix2ip.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний 26,5x12,7x33см ЗОЛОТАЯ СКАЗКА  quot;Black Gold quot;, фольга, ч рный, 608236</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Black&amp;Gold&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Изготовлен из мелованного картона и снабжен веревочными ручками из полипропилена. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Размер - 26x13x32 см. Пакет выполнен в чёрном и золотистом цветах с изображением праздничных новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты тиснением золотистой фольгой.</t>
+  </si>
+  <si>
+    <t>954953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc2/0j9081ewcwj6yh5xb55u50o2lv32hafy.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Три Богатыря и их жены, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Три Богатыря и их жены, 335*406*155 мм</t>
+  </si>
+  <si>
+    <t>960151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea2/hecc99qh51m907uopsk3f37mq1zlkgv3.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Три Богатыря-2, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Три Богатыря-2, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>960152</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/561/lxfuj764utcd4l5mhbip1544jjbeig91.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Дино в космосе, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Дино в космосе, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>960153</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e9/g1mjziworkygf74lvngu9mr7nho3cphr.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозавр на закате, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозавр на закате, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>960154</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/694/1kmkbite6xs891zitv3aps41asf0a5xe.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Щелкунчик, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Щелкунчик, 250*350*100 мм</t>
+  </si>
+  <si>
+    <t>960156</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ae/iviysixjuggnu5evjvbpd6vs0gaxxsli.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний 26x13x32 см,  quot;Kraft Winter Set quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 591962</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Kraft Winter Set&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из крафт-бумаги с бумажными ручками. Размер 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>960394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d49/xyrahu20i4fqelistnaecphdu2bo2usb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний, 18х10х23 см,  quot;Christmas Animals quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 591955</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Christmas Animals&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер 18х10х23 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>960396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68a/d1afh1r5htww5ru0ghx8zrdtwldzfn9s.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний, 18х10х23 см,  quot;Collection Medium quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 591951</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Collection Medium&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных пакетов изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер 18х10х23 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>960397</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d64/xclbekc4yqgy1v4is3h1yh0zbe6nbefx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук, новогодний, 26x13x32 см,  quot;Christmas Kraft quot;, ЗОЛОТАЯ СКАЗКА, 591961</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний НАБОР 10 штук &amp;quot;Christmas Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок.. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных пакетов изготовлен из крафт-бумаги с бумажными ручками. Размер 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>960401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dea/i1wvt121n8e7o9runum3ajet5jo36nc4.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук, новогодний, 26x13x32 см,  quot;Kraft Xmas Tree quot;, ЗОЛОТАЯ СКАЗКА, 591959</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний КОМПЛЕКТ 10 штук &amp;quot;Kraft Xmas Tree&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных пакетов изготовлен из крафт-бумаги с бумажными ручками. Размер 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>960402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48f/53nbnvgueu85zvxrh5ru3fmpdscek0r9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук, новогодний, 26x13x32 см,  quot;Winter Kraft quot;, ЗОЛОТАЯ СКАЗКА, 591960</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний НАБОР 10 штук &amp;quot;Winter Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных пакетов изготовлен из крафт-бумаги с бумажными ручками. Размер 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>960403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a87/ghw023s0w204ue7myq9pirknvzh0bn0x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный НАБОР 4 штуки, новогодний, 18х10х23 см,  quot;Christmas Animals quot;, ЗОЛОТАЯ СКАЗКА, 591956</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний НАБОР 4 штуки &amp;quot;Christmas Animals&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных пакетов изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер 18х10х23 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>960404</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/414/c85agxj3n0bj2y2tg5jfv0hlr1q8fjwo.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Покорителю моего сердечка quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Покорителю моего сердечка&amp;quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>968621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f26/gndxnb8plar0u91p0bzwa7xjiducp3wa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;С Днем рождения quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;С Днем рождения&amp;quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90c/1wz0dfq1qq47ojphv0s7kuvbxqr5moz5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;С любовью quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;С любовью&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/958/14ktzncxedk7ywgaeznk2gknkt94nd7j.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Самому важному котику quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Самому важному котику&amp;quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>968624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/924/5i5ljho3qog0lo0mhj0mvsjwuluv4jlc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Abstraction.Emerald quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Abstraction.Emerald&amp;quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>968627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/136/4ypy3ina01vkfqo0j94pqe2sjw0a3c6n.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Wine not quot;, глянцевая ламинация, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Wine not&amp;quot;, глянцевая ламинация, под бутылку</t>
+  </si>
+  <si>
+    <t>968633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80a/c93bsffdamkpl98yvnbz7uunmr31opt9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Вечер перестанет быть томным quot;, глянцевая ламинация, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Вечер перестанет быть томным&amp;quot;, глянцевая ламинация, под бутылку</t>
+  </si>
+  <si>
+    <t>968634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a8/c4d54ky4bg7ke52klx83uerre0h4mitg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Cocktail quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Cocktail&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72a/gsfo3yi232wuux0i0n6huxa3kvhxvpkd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Don t worry quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Don&amp;#39;t worry&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95c/3cya1vnm9e7n3ont8ky0hhi45nmm27fz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Duotone. Graphite gradient quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Duotone. Graphite gradient&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91f/hsop9rlr5wbu5teol3yfjalu982x56bv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Happy Birthday. Dragon quot;, выборочный лак, крафт, мальчик</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Happy Birthday. Dragon&amp;quot;, выборочный лак, крафт, мальчик</t>
+  </si>
+  <si>
+    <t>968651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ae/6b8rck1v34j1bycx7amj80bw18lunjt2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Happy Birthday. Unicorn quot;, выборочный лак, крафт, дев</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Happy Birthday. Unicorn&amp;quot;, выборочный лак, крафт, дев</t>
+  </si>
+  <si>
+    <t>968652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/635/cat7797cv3f1dkqixsv6hzr70ac8od8p.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Monocolor. Indigo quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Monocolor. Indigo&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c7/ojutj5aldbp6tu1j0paxrbbdppixau3n.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Monocolor. White quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Monocolor. White&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968660</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc2/ctefhczjqxj1tc6bht4nas1j0c0hn1cb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Real men quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Real men&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968662</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99a/ovxrvqkqs4jkzwbxd1wadl2etgbl3c7y.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Space Owl quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Space Owl&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968663</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08b/s4cxxoiwca6hbmw1nocqh8yfekpj7y74.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Your smile is bright quot;, выборочный лак, белый крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Your smile is bright&amp;quot;, выборочный лак, белый крафт</t>
+  </si>
+  <si>
+    <t>968665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf7/pto6v9mbbggj1hxtlglqusexgya6pm96.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Космический кот quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Космический кот&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>968669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dad/dlok4brwd857dpwb45zjbocip7wux40v.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Котов много не бывает quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Котов много не бывает&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>968670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ec/ypvprqxg1m1xrrfmgq4oatc3xsss0bzh.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Любить-это беречь quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Любить-это беречь&amp;quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0a/nhjp6btpti2rqy21t0n13oh1ewz2tkp1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Люблю тебя quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Люблю тебя&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e8/t93mstz6ni4g3pkx275eo8z4gg5041la.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Любовь-морковь quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Любовь-морковь&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968674</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b7/84g8at2zw2g41ogs5s2ihpdsmetjjh14.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Настроение quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Настроение&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968683</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/691/v0iu9qshv4ojbzruce0kuk7pk38fwr3m.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Новогоднее недопонимание quot;, отд.фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Новогоднее недопонимание&amp;quot;, отд.фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968685</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d14/nuez253ru88hy755k86szip1ohsatrkv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Объятия quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Объятия&amp;quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>968687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/adf/2jpm3xilskaof3d3jiw320rtka7f5an9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;С Днем рождения quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;С Днем рождения&amp;quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7dd/mffkl25pr0v0e0edsln0qk3c8u70t3qk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;С любовью quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;С любовью&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/354/4y7ne3y7v21l02gwt1yxlm2mwtojoyl7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Самому важному котику quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Самому важному котику&amp;quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>968692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e8/ai9n0uxysaunukccdhgvv8021yr0wz2f.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Символ года quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Символ года&amp;quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/626/mjgyu1vs56xciq0rtjdmbepacghgy5sn.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Слушай свое сердце quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Слушай свое сердце&amp;quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>968694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e4/d3q8pdzh876gsnf5cbdpulnncz9fnlns.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Счастье окружает тебя quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Счастье окружает тебя&amp;quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>968695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/606/x4a00zuc8qqxp18uqqr6kitoaw44w519.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Что за лев этот тигр quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Что за лев этот тигр&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/402/wd8qd5j51mt0vbjeel9v91ki4jzybhbx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Что значит, где подарок quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Что значит, где подарок&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968697</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87a/9zzpjop577j0fw5dcojcmqiocsqur063.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Я подарю тебе луну quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Я подарю тебе луну&amp;quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b58/gvzgffyzhsbdyec1sh3xn2dsp2p2t8of.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см MESHU  quot;Мой космос quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20*20*10см MESHU &amp;quot;Мой космос&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c1/bgrbur1tus7107ghndduadjigu5f6g3n.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Cat quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Cat&amp;quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>968711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a2/j56gifguxz0ptjctfxor87vl1s638vwr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Cutie quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Cutie&amp;quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>968712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e2/7z27nkpl2i7tzd6d6wlxy9t1df06anys.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Love story quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Love story&amp;quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>968715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f59/crgy9raafk25vi56z0qgdv681k05sdzf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Love quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Love&amp;quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>968716</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55d/ts2t0kvdlyi3pzscmf7xvtd8hcj9il7z.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Monocolor. Lavender quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Monocolor. Lavender&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968717</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/265/odkzdc7fcnw6dku8dicjzgydxa2bmdmp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Monocolor. White quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Monocolor. White&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/613/ks9rn0pzq8uh312eujqm9t8mhl3vycge.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Puppy quot;, с конфетти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Puppy&amp;quot;, с конфетти</t>
+  </si>
+  <si>
+    <t>968721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d9b/qhpb94hmjvt1tsqot33pk5boy0pshmeg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Sweet dreams quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Sweet dreams&amp;quot;, отд. фольгой, с окошком</t>
+  </si>
+  <si>
+    <t>968722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b27/uqc4v1msi4xdzip2vscokgoq0efxsppx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Новогодний шар quot;,отд.фольгой, с конфетти</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Новогодний шар&amp;quot;,отд.фольгой, с конфетти</t>
+  </si>
+  <si>
+    <t>968724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22a/0l2s9zu8og0y5kskp1228wofxc3poz84.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Dragon quot;, отд. фольгой, блестки, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Dragon&amp;quot;, отд. фольгой, блестки, крафт</t>
+  </si>
+  <si>
+    <t>968727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18c/w8xmsvwlpatkev1atn44rdfmrhwk6ud1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Duotone. Wine gradient quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Duotone. Wine gradient&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c47/62mogqv460c3fauf2k6dc4gncm8d7r1p.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Happy Birthday. Dragon quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Happy Birthday. Dragon&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968733</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99c/68dpu73hsoiw2r0hzox8lsrtug5he0an.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Happy Birthday. Unicorn  quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Happy Birthday. Unicorn &amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/961/l7516umohnz6b8pkg01ikpy1hthm52qu.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Monocolor. Indigo quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Monocolor. Indigo&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968736</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f04/v5h0h94i3dyg5oqjd79yi8v82oawrnnh.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Monocolor. Lavender quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Monocolor. Lavender&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968737</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fd/nawxjtuha4l4oynd32jegyfpwhv0vtgq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Real men quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Real men&amp;quot;, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968739</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c86/upn0tlf5bgwzy8hhzq1z5c96o1kx1tqd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Год Дракона quot;, крафт, микс</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Год Дракона&amp;quot;, крафт, микс</t>
+  </si>
+  <si>
+    <t>968742</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23b/1bdgfjzb03pfgd5wfzi3t5z97mhdlopt.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Милые котята quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Милые котята&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>968745</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a9/o0f9vgb3mryk80f00kwc31n6mozoto1b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Новогоднее недопонимание quot;, отд.фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Новогоднее недопонимание&amp;quot;, отд.фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71d/u9i9fw2i6h03pyzbyz0a7cx9kna24zpz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;С Днем рождения quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;С Днем рождения&amp;quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968751</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aec/eyhrjabl910e8t65fsqqfdzdarqu0j93.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;С Новым годом quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;С Новым годом&amp;quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f0/49cexrszpf615hm77p0fxduuprjkhetl.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Символ года quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Символ года&amp;quot;, отд. фольгой, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>968753</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d2/rlpd3f5wkuxpv3yrrel51r8x2cjpopr1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Что значит, где подарок quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Что значит, где подарок&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d14/icrfy6f8ho1szy2ubzjlmpkc1ywcm5tc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Я подарю тебе луну quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Я подарю тебе луну&amp;quot;, отд. фольгой, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968756</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/294/esk8yzva9mtgykr9323hqlykjbfcfpan.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32 26 12см MESHU  quot;Duotone. Wine gradient quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32*26*12см MESHU &amp;quot;Duotone. Wine gradient&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968761</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad5/tj4z70dejhqcnjnmvqkdwnpugqh5kfco.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32 26 12см MESHU  quot;Что значит, где подарок quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32*26*12см MESHU &amp;quot;Что значит, где подарок&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968772</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff7/85ck3fru3atlsh1rcj6aex9f1ljpnuje.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см MESHU  quot;Monocolor. Indigo quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33*42*12см MESHU &amp;quot;Monocolor. Indigo&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968775</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bd/roohiso96tytinxhl2kgkt0cm792u4lb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см MESHU  quot;Monocolor. Lavender quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33*42*12см MESHU &amp;quot;Monocolor. Lavender&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968776</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/074/hoxo0g95e49dbgyzmi6x8jnm8frp8x6j.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см MESHU  quot;Monocolor. Tiffany quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33*42*12см MESHU &amp;quot;Monocolor. Tiffany&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968778</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d56/os7bz3ydavd676svv1z503qtygd5ek6x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см MESHU  quot;Что значит, где подарок quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33*42*12см MESHU &amp;quot;Что значит, где подарок&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>968782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba7/4eqh6kgljzoeqc1br2m82xrcsjpa5ai4.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Аниме коллаж, 180 227 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Аниме коллаж, 180*227*100 мм.</t>
+  </si>
+  <si>
+    <t>971258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61d/h2uue3vd7152s3a1sg16yquze8uazxno.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозаврик новогодний, 180 227 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозаврик новогодний, 180*227*100 мм.</t>
+  </si>
+  <si>
+    <t>971259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d13/4dy1eoqrhdzfwk9s847tnt67frqwy8yd.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Монстр-вечеринка, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Монстр-вечеринка, 335*406*155 мм.</t>
+  </si>
+  <si>
+    <t>971260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b48/hninh2snyqb8ecukjvgbdt2j69j35lyf.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Монстрики, зеленый, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Монстрики, зеленый, 250*350*100 мм.</t>
+  </si>
+  <si>
+    <t>971261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f0/vok41didvkmmo8udstwmqui09bgs2nai.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Пастельный, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Пастельный, 250*350*100 мм.</t>
+  </si>
+  <si>
+    <t>971262</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e3/a3x10cm2w41gcxkglyrfdaibgenz5uxj.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозавр на зеленом паттерне, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозавр на зеленом паттерне, 335*406*155 мм.</t>
+  </si>
+  <si>
+    <t>971272</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17d/ht14l7sy3qo2yv180dvhu2crybvvnvzi.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Моему Супергерою, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Моему Супергерою, 335*406*155 мм.</t>
+  </si>
+  <si>
+    <t>971276</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/839/tv1yxyt9vb3sikamax09316bnq0rvqfe.jpeg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Подружки, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Подружки, 335*406*155 мм.</t>
+  </si>
+  <si>
+    <t>971278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/373/4l6zaytxw1ssbytyz3h16va2ae4j0zwf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26x13x32 см, скретч-слой   стилус,  quot;Kraft Mix quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 591972</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Kraft Mix&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет изготовлен из крафт-бумаги. В комплект также входят бумажные ручки, скретч-слой с одной стороны пакета и два бамбуковых стилуса. Размер 32x13x26 см. Пакет однотонного цвета.</t>
+  </si>
+  <si>
+    <t>972009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/791/zjv6kkw34og5z78udxnvn33knqu4znq1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 7 шт., 26x13x32 см, скретч-слой   стилус,  quot;Heart on Kraft quot;, ЗОЛОТАЯ СКАЗКА, 591971</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 7 штук &amp;quot;Heart on Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.В комплект подарочных пакетов из крафт-бумаги также входят бумажные ручки, скретч-слой с одной стороны пакета и два бамбуковых стилуса. Размер - 32x13x26 см. Пакеты однотонного цвета.</t>
+  </si>
+  <si>
+    <t>972010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/391/nlmhmc8lxzejcoy3dfa42v1nakc5l14q.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 7 штук, 26x13x32 см, скретч-слой   стилус,  quot;Black Kraft quot;, ЗОЛОТАЯ СКАЗКА, 591970</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 7 штук &amp;quot;Black Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.В комплект подарочных пакетов из крафт-бумаги также входят бумажные ручки, скретч-слой с одной стороны пакета и два бамбуковых стилуса. Размер - 32x13x26 см. Пакеты однотонного цвета.</t>
+  </si>
+  <si>
+    <t>972011</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c9/96vxf5hckts9swpk7365jjw2r0lkv8ak.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 7 штук, 26x13x32 см, скретч-слой   стилус,  quot;Brown Kraft quot;, ЗОЛОТАЯ СКАЗКА, 591968</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 7 штук &amp;quot;Brown Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.В комплект подарочных пакетов из крафт-бумаги также входят бумажные ручки, скретч-слой с одной стороны пакета и два бамбуковых стилуса. Размер - 32x13x26 см. Пакеты однотонного цвета.</t>
+  </si>
+  <si>
+    <t>972012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c47/qyswmdmcmj15bj1ymasy8phvr3bb5uqj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 7 штук, 26x13x32 см, скретч-слой   стилус,  quot;White Kraft quot;, ЗОЛОТАЯ СКАЗКА, 591969</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 7 штук &amp;quot;White Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.В комплект подарочных пакетов из крафт-бумаги также входят бумажные ручки, скретч-слой с одной стороны пакета и два бамбуковых стилуса. Размер - 32x13x26 см. Пакеты однотонного цвета.</t>
+  </si>
+  <si>
+    <t>972013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/431/ckmxa7kbjc6f69qtbbmi0qczu7nwgfc8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный под бутылку КОМПЛЕКТ 7 шт., 13х8х36 см, скретч-слой   стилус, крафт, ЗОЛОТАЯ СКАЗКА, 591973</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 7 штук ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.В комплект подарочных пакетов из крафт-бумаги с ленточными ручками из полиэстера входят два бамбуковых стилуса и скретч-слой с одной стороны пакета. Размер – 36x8x13 см. Пакеты однотонного цвета.</t>
+  </si>
+  <si>
+    <t>972014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b95/6ppz057h1sp7hu7yzw2u6bdo55isflbu.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Здесь жарко quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>978406</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e4/pnmac9qqjus5dt66evmeie04vq8umuxl.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПАКЕТ ПОДАРОЧНЫЙ  18 х 10 х 22.5 см  Bruno Visconti, soft touch  черный </t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ &amp;#40;18 х 10 х 22.5 см&amp;#41; Bruno Visconti, soft touch &amp;#40;черный&amp;#41;</t>
+  </si>
+  <si>
+    <t>980576</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fed/dsg3pt2zmb1uagnjl7yf3qd3b1ayva83.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Я буду любить тебя вечно quot;, выб. лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Я буду любить тебя вечно&amp;quot;, выб. лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>983502</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/567/cn6u85f63926hwsqi473xq2gr37vrxzv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Цветочный сад quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Цветочный сад&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>983506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a1/vxyauoxajlqchlfh4ku3hitjkdaszjfj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см MESHU  quot;Закат quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20*20*10см MESHU &amp;quot;Закат&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>983507</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fd/31qvbmo1gf3qyr0vmiqh7rxyyn1vwmt8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см MESHU  quot;Замечательный день quot;, выб. лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20*20*10см MESHU &amp;quot;Замечательный день&amp;quot;, выб. лак, крафт</t>
+  </si>
+  <si>
+    <t>983508</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8d/6ah4is44ylth46t0oyp3435mqy0kew1n.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Duotone. Graphite gradient quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Duotone. Graphite gradient&amp;quot;, отд. фольгой, матовая ламинация</t>
+  </si>
+  <si>
+    <t>983512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bf/1as0c4eswy7yunl7smvforixcvsa3kse.jpg</t>
+  </si>
+  <si>
+    <t>Коты Эрмитажа. Пакет подарочный большой  quot;Лапки-медальоны quot;, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Коты Эрмитажа. Портреты.» - сделает ваш подарок ещё более волнующим и захватывающим в глазах ребёнка. А всё потому что на нём изображены любимые герои в ярких цветах. Ведь именно красивая подарочная упаковка вызывает те самые эмоции предвкушения и радости у ребёнка. Благодаря большой вместительности пакета - 350.00мм/100.00мм/250.00мм – в него помещаются подарки разных, в том числе, крупных размеров. Пакет прочный, ручки-шнурки удобно ложатся на руку, а стильный дизайн подойдёт для подарков как мальчику, так и девочке. Выдерживает вес до 2.5 кг.</t>
+  </si>
+  <si>
+    <t>986038</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/koti-ermitazha/"&gt;Коты Эрмитажа&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/347/l33z9wpu500019wv54ewodwoa1ic3vp3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Волшебницы, 180 227 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет из серии «Волшебницы» порадует вашего ребёнка и станет прекрасным дополнением к вашему подарку. Нежный фиолетовый фон, в центре которого изображена волшебница с котиком прекрасно дополнит подарок ко дню рождения, Новому Году и тематическим вечеринкам. Параметры пакета: 180*227*100 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки, очень вместителен, прочен и удобен для перевозки и в использовании</t>
+  </si>
+  <si>
+    <t>986040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c69/hdyifod1j7bl5yxwmw1eix4rslcnolct.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Гусь-сластена, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Гусь-сластена» размером 335*406*155 мм создан для подарков на день рождения! В пакет отлично поместятся книги, настольные игры, наборы для опытов, сладости и другие игрушки весом до 2,5 кг. При оптовом заказе пакеты отгружаются в упаковках по 10 штук и в коробках до 100 шт. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>986041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48f/spbag2pf1nqcabf8douknojaqp6gau94.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозаврик с подарками, 220 310 100 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Динозаврик с подарками станет ярким дополнением к вашему подарку. На упаковке изображён зелёный динозавр, стоящий посреди ночного зимнего леса, на его голове расположен новогодний колпак, а вокруг него много подарков, которые он раздаёт к Новому Году. Параметры пакета: 180*227*100 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки, очень вместителен, прочен и удобен для перевозки и в использовании.</t>
+  </si>
+  <si>
+    <t>986042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7f/or4x0cygj7ene6734p25m1eu679m618x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Дракоша, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «Дракоша» - дополнит ваш подарок своей привлекательной упаковкой с изображением милого символа 2024 года. В первую очередь, именно красивая подарочная упаковка вызывает те самые эмоции предвкушения и радости у ребёнка. А если на упаковке изображён любимый символ малыша – он будет хотеть получить подарок ещё сильнее. Параметры пакета 250/350/100 мм, а потому в него смогут поместиться довольно крупные подарки, либо много небольших. Пакет прочный, ручки-шнурки будут удобно располагаться в руке, а стильный дизайн подойдёт для подарков как мальчику, так и девочке. Выдерживает вес до 2.5 кг.</t>
+  </si>
+  <si>
+    <t>986043</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/slz3fv3ga7vlq5ivche086cb1w32u275.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Замок монстров, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет для подарков. Подарочный пакет «Замок монстров&amp;quot; привлекает внимание стильным и мрачным дизайном: черный цвет в сочетании с серым и акцентами на пугающем замке и героине &amp;quot;Семейки Аддамс&amp;quot; Уэнсдэй делает его необычным и выразительным. Пакет подарочный бумажный с изображением любимого супергероя – Уэнсдэй – изготовлен из мелованной бумаги с ламинацией, имеет удобные ручки и большой размер &amp;#40;335*406*155 мм&amp;#41;, идеально подходит для таких подарков, как конструкторы, игрушки, наборы для опытов, одежда. Подарочный пакет детский решит вопрос упаковки детских подарков: он удобен в использовании, надежен и привлекателен.</t>
+  </si>
+  <si>
+    <t>986044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/960/5x81b7pcuond3evewtsxygd8n5apzj5b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Кошки, 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Кошки — это не просто дополнение к подарку, это — &amp;quot;визитная карточка&amp;quot; самого подарка и первые эмоции. Ведь тот, кто ждет подарок, в первую очередь видит упаковку, которая пробуждает воображение и фантазию, вызывает позитивные эмоции, а уже потом ее содержимое. Празднующая кошка - идеально отразит настроение праздника и подарок. Надежный пакет для подарка с ручками-шнурками позволит эффектно преподнести подарок как ребенку, так и взрослому! Размер пакета 250*350*100 мм, такой подарочный бумажный пакет купить можно перед любым праздником: 14 февраля, 23 февраля, День Рождения и порадовать своих родных и близких.</t>
+  </si>
+  <si>
+    <t>986045</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f50/sm9gbieoa6y8yky8rqzzbfxddq8jg0lx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Маленькому пирату, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Маленькому пирату дерзкий и в то же время милый атрибт для преподнесения подарка. Изображённый с одной стороны китёнок в пиратской шляпе и кричащий &amp;quot;На абордаж!&amp;quot; и капитан-крокодил с саблей с другой стороны точно не оставят вашего ребёнка равнодушными. Такой пакет придаст озорства и предвкушения малышу. Параметры пакета: 335*406*155 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки, очень вместителен, прочен и удобен для перевозки и в использовании.</t>
+  </si>
+  <si>
+    <t>986046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbc/6irgj3xzpp0nc2ncpvh3hnr33dhawv3i.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Моей маленькой принцессе  аниме , 335 406 155мм.</t>
+  </si>
+  <si>
+    <t>Розово-голубой пакет «Моей маленькой принцессе» поможет упаковать подарок для девочки, в душе мечтающей стать настоящей принцессой! Подарочный пакет детский имеет большой размер - 335*406*155 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки. Подарочный пакет для девочки подходит для таких подарков как игрушки, книги, наборы для творчества, одежда. Подарочный пакет для девочки с изображением очаровательной принцессы и милого пони приведет девочку в восторг и подарит яркие эмоции. Пакет подарочный &amp;#40;розовый пакет&amp;#41; с оригинальным дизайном отличается надежностью и удобством использования. Преимущества: Подарочный пакет для девочки имеет 2 варианта изображения с разных ракурсов. С одной стороны он розово-голубой и принцесса сидит на качелях в виде радуги, а с другой стороны принцесса на розово-оранжевом фоне в короне и мантии улыбается . Идеален для упаковки подарков на Новый год, день рождения или другой праздник. Пакет изготовлен из мелованной бумаги с ламинацией. Комплектация: Подарочный пакет, размер 33,5x40,6 см</t>
+  </si>
+  <si>
+    <t>986047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/563/pck3zlwiccf7vdga99kun1jq2braqzby.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Монстрики  quot;С Днем Рождения quot;, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет Монстрики «С Днем Рождения! » размером 335*406*155 мм создан для подарков на день рождения! В пакет отлично поместятся книги, настольные игры, наборы для опытов, сладости и другие игрушки весом до 2,5 кг. При оптовом заказе пакеты отгружаются в упаковках по 10 штук и в коробках до 100 шт. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>986048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf1/ate8cmebe19llta5tb53nigd3q4qmhf2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный С любовью , 220 310 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет «С любовью» размером 220*310*100 хорошо подойдёт для подарков на тематических вечеринках и других праздниках! Его необычный, яркий и в то же время мрачный дизайн подойдёт любителям таинственного и неизведанного. В пакет отлично поместятся книги, настольные игры наборы для опытов и другие игрушки весом до 2,5 кг. При оптовом заказе пакеты отгружаются в упаковках по 10 штук и в коробках до 100 шт. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>986051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fd/ibz4zk34ya8jdk81xi40p1x5rbulnhkr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Славному разбойнику , 220 310 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет &amp;quot;Славному разбойнику!&amp;quot; — это не просто дополнение к подарку, это — &amp;quot;визитная карточка&amp;quot; самого подарка и первые эмоции. Ведь тот, кто ждет подарок, в первую очередь видит упаковку, которая пробуждает воображение и фантазию, вызывает позитивные эмоции, а уже потом ее содержимое. Этот подарочный пакет точно вызовет чувство трепета и восхищения ещё до &amp;quot;встречи&amp;quot; с подарком, поскольку сам пакет выполнен в живописной технике с изображением маленького пирата, обнимающего пеликана пирата на необитаемом острове. Отличается стильным дизайном и вместительностью &amp;#40;размер 22*31*10 см&amp;#41;. Такой подарочный бумажный пакет с изображением любимых героев позволит эффектно преподнести подарок ребенку.</t>
+  </si>
+  <si>
+    <t>986054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/664/tv5banix31plfzbj4o3ogp3nt9vj9pwp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Супер Енот, 335 406 155 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет &amp;quot;Супер Енот&amp;quot; отлично подойдёт для любителей супергероев. На пакете с двух сторон изображён енот-супергерой, летящий кого-то спасать. Он улыбается. Ребёнок сможет себя ассоциировать с этим прекрасным героем енотом. Пакет гармонично дополнит подарки из нашего магазина, поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью -335*406*155 мм, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>986055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a8/p5ncwdtews1ffcx92m6t2upr7pcmv0if.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Царевны 2D  зеленый , 250 350 100 мм.</t>
+  </si>
+  <si>
+    <t>Большой подарочный пакет «Царевны» размером 335*406*155 мм создан для фанаток популярного мультфильма! Подарочный пакет с изображением царевн подойдет для упаковки подарков девочке на День Рождения, 8 марта или Новый год. В пакет отлично поместятся книги, конструкторы, настольные игры и другие игрушки весом до 2,5 кг. При оптовом заказе пакеты отгружаются в упаковках по 10 штук и в коробках до 100 шт. Пакет гармонично дополнит подарки из серии «Царевны», поднимет настроение и сделает праздник запоминающимся. Подарочный пакет отличается вместительностью, удобными ручками, ярким дизайном и качественной мелованной бумагой с ламинацией.</t>
+  </si>
+  <si>
+    <t>986056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85a/5g8t126pge1atxt131xjeb3a9jdbi4wg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный Kuromi-5, 180 227 100 мм.</t>
+  </si>
+  <si>
+    <t>Подарочный пакет из серии «Предсказательница» очарует вашего ребёнка своей волшебной тематикой. Пакет сделан в нежных серо-розовых тонах с изображением милого пушистого зверька, расположившегося за книгой с предсказательным шаром. Он колдует. Хорошо подойдёт для дня рождения, Нового Года и тематических вечеринок. Параметры пакета: 180*227*100 мм, изготовлен из гладкой, мелованной бумаги, имеет удобные ручки, очень вместителен, прочен и удобен для перевозки и в использовании.</t>
+  </si>
+  <si>
+    <t>986065</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kuromi/"&gt;Kuromi&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd4/f801vg87edgjewe9dkqzoqfulicfqgff.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Cat girl quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Cat girl&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>995168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b72/ueg6a577a9xp65bo7kvs5ici7o7l67mc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Cat girl quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Cat girl&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>995171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abb/c4z165jyzpz9y1h0hgfy41e4vu8facrf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Father Frost quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Father Frost&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>995172</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/354/wu80zyasn935loue6emjvpntva6icuh6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;NY cat quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;NY cat&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>995174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/610/szmgg8b5cqk0kznsb7dun4f5hp7tt8cq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Father Frost quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Father Frost&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>995177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d8/soh14yxs2di4j165aut165vowoci8inj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Snowman quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Snowman&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>995180</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0d/1t0q2o1443xnejum4o3nr954wj6gfh4e.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний 18x10x23 см,  quot;Kraft Medium quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 592124</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Kraft Medium&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из крафт-бумаги, имеет бумажные ручки. Размер - 18x10x23 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/iubladf26f0vt95x0qa9kx7xn8vxryo1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний 26x32x13 см,  quot;3D Large quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 592119</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;3D Large&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Изготовлен из ламинированного мелованного картона, имеет ленточные ручки из полиэстера. Размер - 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов, с лицевой стороны некоторым деталям дизайна добавлен 3D-эффект.</t>
+  </si>
+  <si>
+    <t>997239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9df/pevpe55obvdvutwee22v1djg17iqieez.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний 27х20х11 см,  quot;Artpaper Wide  1 quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 592117</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Artpaper Wide #1&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный новогодний пакет изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер – 27х20х11 см. Пакет выполнен с изображением новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты тиснением фольгой или глиттером, в зависимости от дизайна.</t>
+  </si>
+  <si>
+    <t>997241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc6/3c5pder8u7qnbtvmi77k7yebonn9ih35.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний 33x13x45 см,  quot;Artpaper XL quot;, ассорти, ЗОЛОТАЯ СКАЗКА, 592129</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Artpaper XL&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных новогодних пакетов изготовлен из ламинированного мелованного картона, имеет ленточные ручки из полиэстера. Размер - 33x13x45 см. Пакет выполнен с изображением новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты тиснением фольгой или глиттером, в зависимости от дизайна.</t>
+  </si>
+  <si>
+    <t>997242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/592/3ahosten3c0ok2c71dynyvdweqa5r8nr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук новогодний 26x32x13см,  quot;Новогодняя Сказка quot;, ЗОЛОТАЯ СКАЗКА, 592131</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 10 штук новогодний &amp;quot;Новогодняя Сказка&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из крафт-бумаги с бумажными ручками. Размер 26x32x13 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997244</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3b/tzo7ntjoi336mmcf0jw3gqis6npd1rea.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук новогодний 26x32x13см,  quot;Сочельник quot;, ЗОЛОТАЯ СКАЗКА, 592130</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 10 штук новогодний &amp;quot;Сочельник&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из крафт-бумаги с бумажными ручками. Размер 26x32x13 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9c/pv8l1h08hcf0qvkaraen4hj76116eg6p.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук, новогодний 18x10x23 см,  quot;Merry Christmas quot;, ЗОЛОТАЯ СКАЗКА, 592125</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 10 штук новогодний &amp;quot;Merry Christmas&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из крафт-бумаги, снабжен бумажными ручками. Размер - 18x10x23 см. Пакет украшен изображениями новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe8/20op7qmoyb8rimc67lymdlto8zwn4h7v.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук, новогодний 18x10x23 см,  quot;Новогодние Штучки quot;, ЗОЛОТАЯ СКАЗКА, 592128</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;#40;КОМПЛЕКТ 10 штук&amp;#41; &amp;quot;Новогодние Штучки&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из крафт-бумаги, снабжен бумажными ручками. Размер - 18x10x23 см. Пакет украшен изображениями новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d2/d4mn0h62pr0b2tmhbrh47p4zl4g9x6si.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10 штук, новогодний 18x10x23 см,  quot;Письмо Деду Морозу quot;, ЗОЛОТАЯ СКАЗКА, 592127</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;#40;КОМПЛЕКТ 10 штук&amp;#41; &amp;quot;Письмо Деду Морозу&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из крафт-бумаги, снабжен бумажными ручками. Размер - 18x10x23 см. Пакет украшен изображениями новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997248</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/239/ogwx8mxaeoa05sf1j0dqulqakdtczwvb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10шт новогодний 12х8х25см с зажимами,  quot;Паттерн  1 quot;, ЗОЛОТАЯ СКАЗКА, 592122</t>
+  </si>
+  <si>
+    <t>Подарочный пакет с зажимами КОМПЛЕКТ 10 шт новогодний &amp;quot;Паттерн №1&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни. Подарочный пакет новогодний изготовлен из крафт-бумаги. Комплект включается в себя твист-ленты из золотистой фольги с тонким стержнем из проволоки внутри &amp;#40;используются как зажим для пакетов&amp;#41;, с их помощью Вам удобно будет зафиксировать подарочные композиции. Размер 12х8х25см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce4/xso2s1zgwqzbfix83we5glt2qf3heiqh.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 10шт новогодний 12х8х25см с зажимами,  quot;Паттерн  2 quot;, ЗОЛОТАЯ СКАЗКА, 592123</t>
+  </si>
+  <si>
+    <t>Подарочный пакет с зажимами КОМПЛЕКТ 10 шт новогодний &amp;quot;Паттерн №2&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни. Подарочный пакет новогодний изготовлен из крафт-бумаги. Комплект включается в себя твист-ленты из золотистой фольги с тонким стержнем из проволоки внутри &amp;#40;используются как зажим для пакетов&amp;#41;, с их помощью Вам удобно будет зафиксировать подарочные композиии. Размер 12х8х25см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>997250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddf/21i0013gwajxardiymwbhsa9xjugr32i.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КОМПЛЕКТ 4 штуки новогодний 26x32x13см,  quot;Новогодний мишка quot;, ЗОЛОТАЯ СКАЗКА, 592121</t>
+  </si>
+  <si>
+    <t>Подарочный пакет КОМПЛЕКТ 4 штуки новогодний &amp;quot;Новогодний мишка&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер - 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов, с лицевой стороны пакета некоторые детали покрыты тиснением серебристой фольгой.</t>
+  </si>
+  <si>
+    <t>997251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05e/azsxugkgvb3qsx111lp3la73w0i7phse.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный НАБОР 4 штуки новогодний 26x32x13см,  quot;3D Large quot;, ЗОЛОТАЯ СКАЗКА, 592120</t>
+  </si>
+  <si>
+    <t>Подарочный пакет НАБОР 4 штуки новогодний &amp;quot;3D Large&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Пакет подарочный новогодний изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер - 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов, с лицевой стороны добавлен 3D эффект некоторых деталей дизайна.</t>
+  </si>
+  <si>
+    <t>997252</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/490/q3ogatnb7t9rnr0hfht413nk1gf5acv2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный НАБОР 4 штуки новогодний 26x32x13см,  quot;Kraft Large quot;, ЗОЛОТАЯ СКАЗКА, 592133</t>
+  </si>
+  <si>
+    <t>Подарочный пакет НАБОР 4 штуки новогодний &amp;quot;Kraft Large&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из крафт-бумаги с бумажными ручками. Размер 26x32x13 см. Пакет выполнен с изображением новогодних атрибутов.С лицевой стороны пакета некоторые детали покрыты тиснением золотистой фольгой.</t>
+  </si>
+  <si>
+    <t>997253</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb0/ve6oppj36eayhrq6hu3iwbyl8qvssk90.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный НАБОР 4 штуки новогодний 27х20х11см,  quot;Artpaper Wide  1 quot;, ЗОЛОТАЯ СКАЗКА, 592118</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний НАБОР 4 штуки &amp;quot;Artpaper Wide #1&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер 27х20х11см. Пакет выполнен с изображением новогодних атрибутов. С лицевой стороны пакета некоторые детали покрыты тиснением фольгой или глиттером, в зависимости от дизайна.</t>
+  </si>
+  <si>
+    <t>997254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d5/n256o2x595v31at3nlnvl8dupnue40am.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный под бутылку НАБОР 4 штуки новогодний 13x36x9см,  quot;Bottle quot;, ЗОЛОТАЯ СКАЗКА, 592135</t>
+  </si>
+  <si>
+    <t>Подарочный пакет под бутылку НАБОР 4 штуки новогодний &amp;quot;Bottle&amp;quot; ЗОЛОТАЯ СКАЗКА - отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний под бутылку изготовлен из ламинированного мелованного картона с ленточными ручками из полиэстера. Размер 13x36x9 см. Пакет выполнен с изображением новогодних атрибутов.С лицевой стороны пакета некоторые детали покрыты тиснением золотистой фольгой.</t>
+  </si>
+  <si>
+    <t>997256</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af0/1110ejw6m793qgm1ytjt40mqmranbn27.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний  1 шт.  41x19x49 см  XXL , ГОЛОГРАФИЯ, ассорти 3 цвета, ЗОЛОТАЯ СКАЗКА, 609613</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА позволит легко и со вкусом оформить выбранный подарок. Изготовлен из мелованной бумаги с веревочными ручками из полипропилена. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в трех цветах и дизайнах &amp;#40;ассорти без возможности выбора&amp;#41;. Выполнен с голографическими снежинками в синем, серебристом и золотистом цветах. Размер – 41x19x49 см.</t>
+  </si>
+  <si>
+    <t>997928</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fe/9dd0pz5uffi7pkogokap03d6m6l56uf3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный новогодний НАБОР 4 шт. 26x13x32 см  L , ГОЛОГРАФИЯ 3 цвета ЗОЛОТАЯ СКАЗКА, 609614</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА позволит легко и со вкусом оформить выбранный подарок. Изготовлен из мелованной бумаги с веревочными ручками из полипропилена. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет изготовлен из мелованной бумаги с веревочными ручками из полипропилена. В наборе 3 цвета с голографическими снежинками: 1 пакет синего цвета, 1 пакет золотистого цвета и 2 пакета серебристого цвета. Размер – 26x13x32 см.</t>
+  </si>
+  <si>
+    <t>997929</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbe/5glag9ssw8vc7au89lcgtoaa9fnwszrc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный НАБОР 4 штуки, новогодний, 26x13x32 см,  quot;Winter Set quot;, ЗОЛОТАЯ СКАЗКА, 591958</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний НАБОР 4 штуки &amp;quot;Winter Set&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных пакетов изготовлен из ламинированной мелованной бумаги с веревочными ручками из полипропилена. Размер – 26x13x32 см. Пакет выполнен с изображением новогодних атрибутов.</t>
+  </si>
+  <si>
+    <t>999881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/qwnnxgcrd277bj8vty3fqjls1mw6e70n.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32 26 12см MESHU  quot;Desert quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32*26*12см MESHU &amp;quot;Desert&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1001234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99b/7267mbgbxrpvvn291819antdfs3ar6ow.jpg</t>
+  </si>
+  <si>
+    <t>Набор подарочных пакетов 13.5 22 см, MESHU  quot;Funny friends quot;, 30 шт</t>
+  </si>
+  <si>
+    <t>Набор подарочных пакетов 13.5*22 см, MESHU &amp;quot;Funny friends&amp;quot;, 30 шт</t>
+  </si>
+  <si>
+    <t>1002200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/562/491n5amtsp0c9pjqzvj68k8jl2svzi5w.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Black cat quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Black cat&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b66/0p5ijmdww22jplyu0i7jb8ar1l46i1ds.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Blue pattern quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Blue pattern&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f98/853sm31ll2e84f1kqjbm6lkuip3lwvni.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;For man quot;, фольга, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;For man&amp;quot;, фольга, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/883/golsu3sj8s46bjphcr0v46bljfync7y1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Heart quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Heart&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cc/t76gbp8qqqnsoyz1iqd33ao9udblzgp6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Lovely day quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Lovely day&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002214</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/493/v8j6hagb88ap5d6a6zakuca31kv6iotx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Moody cat quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Moody cat&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0eb/j8oqbplvxgegy03mu4sskce7yw8qwza8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Strawberry quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Strawberry&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ff/02i6m4hbwgzaalots89cvaz6rrij1v2y.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11 14 6,5см MESHU  quot;Universe quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 11*14*6,5см MESHU &amp;quot;Universe&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002219</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca0/rzirccbnvb2fxgosha5hvooiza1n02t4.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Black quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Black&amp;quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>1002221</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e25/xuqqygf6r0vkdl26k151g57u2zdp4sgf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Craft bottle quot;, крафт, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Craft bottle&amp;quot;, крафт, под бутылку</t>
+  </si>
+  <si>
+    <t>1002222</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f55/hj72purqq3qtzieagvtg43shr6z4cl9w.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Grape quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Grape&amp;quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>1002224</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d5/pv275i5ijbu3mwr9ioy0kn9zlk3s0bue.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Marble quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Marble&amp;quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>1002225</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af4/0tg4aggn3hxstcl5jj38d371zp5de6rd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;New Year quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;New Year&amp;quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>1002226</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa0/q5wnr9xbe3ndomurxg4gqkq58um0tygi.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12 36 8,5см MESHU  quot;Strict pattern quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 12*36*8,5см MESHU &amp;quot;Strict pattern&amp;quot;, матовое ламинирование, отд.фольгой, под бутылку</t>
+  </si>
+  <si>
+    <t>1002227</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba6/f0u0o90xv607aarn4zc434gcb4ghppf1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Awesome quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Awesome&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/673/8ffbfgc1vgtdmkj5pt3xmg66wixzu89v.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Blue pattern quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Blue pattern&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a14/3t71vbmxw16qr9v14kg41w9j9euo2199.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Brutal quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Brutal&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/084/jy46vnp3h06sa6p4s709b0adk7w4xc65.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Cat pattern quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Cat pattern&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93a/al02a3ty9ylwoqrq0cc489upv0hnscsx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Christmas mood quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Christmas mood&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b62/p2oddmu19bh1ywplj6botpy5gvige0o4.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Christmas tale quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Christmas tale&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/820/owfck2gba3quuzbhq82so8xryd60l255.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Christmas tree quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Christmas tree&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fa/wn5vkpiew3zy3h5f7rfvc60m6yeqcf5h.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Cute bunny quot;, фольга, блестки, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Cute bunny&amp;quot;, фольга, блестки, крафт</t>
+  </si>
+  <si>
+    <t>1002247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5e/hbfj7xu20gptsdhlyz93pdalu8ky8qge.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Cute rabbit quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Cute rabbit&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/990/pq00huaotrlv20lgla8ffnn7ckdxawu1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Emerald quot;, фольга, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Emerald&amp;quot;, фольга, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/611/tr1nt4sbsrua3y5g9czsqts5q8fpi8jz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;For man quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;For man&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002255</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/339/4h7jxb3m2endwc463py6hrb3yizvcehp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;For man quot;, фольга, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;For man&amp;quot;, фольга, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002256</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/549/4o48ve2ee91a1typnu1l2ny4ymznr9fa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Garland quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Garland&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d9/jc0s38wo4uiepi0h7a1tzxke1tjlk9zb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Give love quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Give love&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d6/7k00ik1aatc8b3cun1u41xl3bfr3odus.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Grace quot;, фольга, блестки, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Grace&amp;quot;, фольга, блестки, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf1/6kwlbouqvwb91tee1560gmzuhjnktbjw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Green pattern quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Green pattern&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002262</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/0qba6mhgk36r5jaxvuhswq0wpve5pcjt.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Happy bear quot;, фольга, блестки, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Happy bear&amp;quot;, фольга, блестки, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/272/7dlavvvgdy6r96v9blacgjtpi85n7th2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Heart quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Heart&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85c/jzbk6nl6nyrnn1vmk9aqw1p833do2mnm.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Hugs quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Hugs&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/382/igovn20zk84mfp0ynihh76phh7g9h1b1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Hygge fox quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Hygge fox&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/719/l3h8im5v8s7uv0nx9kshq1g7vu7d39fd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Intense gradient quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Intense gradient&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002269</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94f/k3emuzb27hd0p7e024wplvvfs50czfyx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Keep cool quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Keep cool&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>1002270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b67/x3e8xls2xxzcxnhx0mjn8zql70za54zv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Love quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Love&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002272</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8eb/824q39hpln9muf38jll4b616xzsx59n0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Marble quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Marble&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002275</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/1dtjo3707xbyaea52x92tt4cbvbxeoxo.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Meowy Christmas quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Meowy Christmas&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002276</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0d/jk401byvp7erle0aied3mj4bzn84c5ac.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Moody cat quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Moody cat&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002277</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/099/b1j4i0xfvzhl0h27bq98r76ccaidu2uk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Nature quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Nature&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cab/dc1qj4d02t2tohkbxp6l80pb8cnjmeqc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;New year quot;, фольга, блестки, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;New year&amp;quot;, фольга, блестки, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>1002279</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/635/0mllc5gyab9oxn3grjxyr9jfju22y28o.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;NY greetings quot;, фольга, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;NY greetings&amp;quot;, фольга, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/221/2t3jqhwc596bpnvr3v1kbk5hdmf2hs8t.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;NY vibe quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;NY vibe&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002283</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0a/xp700nfwmp9juvloz775euiey15dpbrd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Present for you quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Present for you&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002285</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99d/5z4i6nvrwhl6ezi9pm93zrmdebe6e3op.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Present quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Present&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002286</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/9qu76hz96ort41reojejy9e9pw1ho4rv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Red quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Red&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002287</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4cd/gf48ovtwhnqecen0x25prp62dtisu07g.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Shine quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Shine&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002288</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78c/t3k1n6oe6qpx1i5t9d2r3ty8vh64iv03.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Strawberry quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Strawberry&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002289</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/089/5nzj1xmk7n8k5q45zjf5jlzuzhtk9y3k.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Strict lines quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Strict lines&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/408/9tfbsy1rs4njhlo7jgv215e5ozpr7ohv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Super hero quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Super hero&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002291</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/413/p8z45yd8p401kjgma5sxfj0cib8e5hb3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Women style quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Women style&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002294</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1f/rq5okdja9e05qiw160yg3dbojtza6if8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Women time quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Women time&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002295</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ed/iu2856pdooz51b3ujwi9aufgq5yqp2tj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Wonderful quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Wonderful&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de9/otn2762vb2jdo161mk91of1i76gjr05e.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Воздушные шары quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Воздушные шары&amp;quot;, ламинированный</t>
+  </si>
+  <si>
+    <t>1002297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f8/t1q7l4blfzfyjygv22mqrfjuc8295h45.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18 23 10см MESHU  quot;Цветы quot;, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18*23*10см MESHU &amp;quot;Цветы&amp;quot;, крафт</t>
+  </si>
+  <si>
+    <t>1002299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e7/6hd1fyzspzihkk0blf99u6q0hp0140gc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см MESHU  quot;Lake quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20*20*10см MESHU &amp;quot;Lake&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc0/634nyfgrvnmmtj9qe0fysof3v7nojill.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см MESHU  quot;Military quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20*20*10см MESHU &amp;quot;Military&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002304</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f9/qhbq6vbyytaa8w8r4b9dadoicdrnmxc8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20 20 10см MESHU  quot;Winter tree quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 20*20*10см MESHU &amp;quot;Winter tree&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002307</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5f/buz9q99zpysr3e5itsxcxu6ne73msl61.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Be yourself quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Be yourself&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002308</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c50/ddz3o133cbbad0o7hjt73r6tpizxqdxb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Blue flowers quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Blue flowers&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002309</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/661/rd4wewwvui8zn9u3j8qmfne9xtibvif8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Cute couple quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Cute couple&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebd/wtcoj0bnr30yatef5bxfp4s1qmz7brfp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Kitty sparkles quot;, выборочный лак, блестки, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Kitty sparkles&amp;quot;, выборочный лак, блестки, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002315</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/181/j0p2w3uqb2x034bdf0ogs1r5rbi6e9m9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23 18 10см MESHU  quot;Sky kitten quot;, фольга, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 23*18*10см MESHU &amp;quot;Sky kitten&amp;quot;, фольга, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002318</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54a/b2f2kr1y5negnryeavq14ss1ukd7cwvg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12 см MESHU  quot;Awesome quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12 см MESHU &amp;quot;Awesome&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/261/n7knzq5ze7de3ihqt3rm5b1m0d7jdxbw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Be yourself quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Be yourself&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/556/9qssf51ciirg57ybzav5322px8jqjjya.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Cats congrats quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Cats congrats&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002322</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd2/vrh1emnjuhq5y5a4m9ect860nfc3mq3b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Christmas mood quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Christmas mood&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c3/bsd42tobsr3p4w8938oiwku0q37dcjb4.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Christmas pattern quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Christmas pattern&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002324</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f3/k6ydzl3k3z2yzsv30rpttr43c1fu5v2l.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Christmas tale quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Christmas tale&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002325</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/ikydpvxs3dnb4osmi7bzpy1p29rx8fya.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Christmas quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Christmas&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f77/xlbmzpfe1xcr4ilj6td0my03qrt4b5ab.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Cute bunny quot;, фольга, блестки, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Cute bunny&amp;quot;, фольга, блестки, крафт</t>
+  </si>
+  <si>
+    <t>1002328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f2/d0a9onc0ienudt0ada3d1m0t3j6hvlkr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Hygge fox quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Hygge fox&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f1/6k17nirj34knf41ioxqzn0r5metu5y51.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Meowy Christmas quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Meowy Christmas&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002336</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40e/g90b30o23t73dgjdoapds1zaanuk3nfs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Nature quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Nature&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002337</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f3/5t534vbojqhce25iyr7todg2w5ayhe3b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;New year quot;, фольга, блестки, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;New year&amp;quot;, фольга, блестки, выборочный лак, крафт</t>
+  </si>
+  <si>
+    <t>1002338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05d/9xw2avg2ptnrxcecb2wax45xikpdow51.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;NY greetings quot;, фольга, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;NY greetings&amp;quot;, фольга, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aea/cp9egcmmz297ujz0e0ap710cx93e4g9i.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;NY vibe quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;NY vibe&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002340</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/633/30nv0ox2y5o2yi8pgcvsj7ng34wgcmf2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Pretty quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Pretty&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cff/v2urzc0r5irvby3uldzw5gtb5n8lvrwv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Red quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Red&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bc/npym247m6s3znyjuiu505f8fzub382bv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Scandi quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Scandi&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23b/7el8xh3toc1kohlx9l3uee8adby2sx97.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Strict lines quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Strict lines&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cc/huuhjntcjjztj3pkvf29tc456nno3w9q.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Stylish quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Stylish&amp;quot;, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>1002345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/524/zo3fwhudobst9eao942qzoc71hnb3z8t.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Universe quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26*32*12см MESHU &amp;quot;Universe&amp;quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed2/2xnjsn7w3og00axmc75c1f2w0t7owuz6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32 26 12см MESHU  quot;Blue pattern quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32*26*12см MESHU &amp;quot;Blue pattern&amp;quot;, выборочный лак, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e3/mn7e6zs6bpbt86navmmxtxeo5u5oteyr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32 26 12см MESHU  quot;Green quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 32*26*12см MESHU &amp;quot;Green&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ff/037osmyus4er7ro7u5xzimot8omdzahh.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см MESHU  quot;Flowers quot;, фольга, крафт</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33*42*12см MESHU &amp;quot;Flowers&amp;quot;, фольга, крафт</t>
+  </si>
+  <si>
+    <t>1002358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fc/ziayjl1f4y18ifqrkke2oog3sqotvxyd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33 42 12см MESHU  quot;Wonderful quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33*42*12см MESHU &amp;quot;Wonderful&amp;quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002362</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c99/l4xkc9o9xj5f28ht2xu5tlnohovp4700.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный НАБОР 3 штуки 20х20х8 см, ЗОЛОТАЯ СКАЗКА  quot;Business Kraft quot;, крафтовая бумага, 608254</t>
+  </si>
+  <si>
+    <t>Подарочный пакет &amp;quot;Business Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Набор подарочных пакетов изготовлен из крафтовой бумаги с ленточными ручками из полиэстера. В наборе подарочные пакеты представлены в трех цветах: в однотонном красном, синем, чёрном. Размер пакета – 20х20х8 см.</t>
+  </si>
+  <si>
+    <t>1004743</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/849/1jwnoye41q1nlpb6glj95l7p4oj9z1ca.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Black quot; 26х15х35 см, с кручеными ручками, плотность 80 г м2, моноцвет, 112429</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 80 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря прочному материалу пакет обладает высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие предметы.Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Черный цвет в упаковке может вызывать различные ассоциации:Роскошь и элегантность – часто используется для премиальных продуктов.Сила и авторитет – передает чувство надежности и стабильности.Таинственность и интрига – создает атмосферу загадочности и уникальности.Рекомендуем украсить пакет наклейками или биркой и использовать вместе с декоративными лентами, шнурами, шпагатом.</t>
+  </si>
+  <si>
+    <t>1006401</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3f4/3f4943699f95ddffd66bc52aaafb8304/cc55ba57d0d275fa1d4a16eafde9d458.jpg</t>
-[...8 lines deleted...]
-    <t>584996</t>
+    <t>http://anytos.ru//upload/iblock/1bc/8kjl0dmiq1bctrje0hbohgaxuj0qg2di.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Dark violet quot; 26х15х35 см, с кручеными ручками, 80 г м2, моноцвет, 112405</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 80 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря прочному материалу пакет отличается высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие предметы.Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Рекомендуем украсить пакет наклейками или биркой и использовать вместе с декоративными лентами, шнурами, шпагатом.</t>
+  </si>
+  <si>
+    <t>1006402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/256/9cgwd4vl2n0pd2pfwhcfps0bxvvggz17.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Ruby red quot; 26х15х35 см, с кручеными ручками, плотность 80 г м2, моноцвет, 112412</t>
+  </si>
+  <si>
+    <t>1006403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa1/z8k1ci51fjqpygpyq6d51djsjypjpsoo.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Wine not? quot; 15х8х39 см, с кручеными ручками, плотность 80 г м2, 115809</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный специально для переноски бутылок из высококачественной крафт-бумаги плотностью 80 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря прочному материалу этот плотный пакет надежно поддерживает бутылку. Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках.Яркий дизайн и гармоничное цветовое сочетание делают его привлекательным и запоминающимся, создавая атмосферу праздника и поднимая настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Wine not?&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям. Он — прекрасный выбор для упаковки подарка с любовью и заботой.Рекомендуем украсить пакет наклейками или биркой, используя их вместе с декоративными лентами, шнурами или шпагатом.</t>
+  </si>
+  <si>
+    <t>1006404</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b1/t2ndc3uaqq8t5seim6ii7iltqe9a9xsr.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Геометрия quot; 22х12х25 см, с кручеными ручками, плотность 100 г м2, белый, 112290</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 100 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря использованию прочного материала пакет обладает высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие подарки.Яркий дизайн с изображением цветных треугольников создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Геометрия&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям.</t>
+  </si>
+  <si>
+    <t>1006405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/460/9sqg1w3kni7xv8vnbotaq2c2lxfgnv23.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Геометрия quot; 26х15х35 см, с кручеными ручками, плотность 100 г м2, белый, 112306</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 100 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря прочному материалу пакет отличается высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие предметы.Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Рекомендуем украсить пакет наклейками или биркой и использовать вместе с декоративными лентами, шнурами, шпагатом.</t>
+  </si>
+  <si>
+    <t>1006406</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd0/nvye6q5mcjfhrnub74jvg9w4hfg1l051.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Горох на красном quot; 22х12х25 см, с кручеными ручками, 100 г м2, белый, 112979</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 100 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря использованию прочного материала пакет обладает высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие подарки.Яркий дизайн создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Горох на красном&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям.</t>
+  </si>
+  <si>
+    <t>1006407</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f5/g3csr1d59awhte7zk8n6wmspsde960wk.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Зигзаг quot; 26х15х35 см, с кручеными ручками, плотность 100 г м2, белый, 113211</t>
+  </si>
+  <si>
+    <t>1006408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/731/lobvpjr44qus3mvgchqevcejhxg0we1o.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Колибри quot; 22х12х25 см, с кручеными ручками, плотность 100 г м2, белый, 115328</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 100 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря прочному материалу пакет отличается высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие подарки.Яркий дизайн с изображением колибри и цветов создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Колибри&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям. Он станет прекрасным выбором для упаковки подарка с любовью и заботой.Рекомендуем украсить пакет наклейками или биркой, используя их вместе с декоративными лентами, шнурами или шпагатом.</t>
+  </si>
+  <si>
+    <t>1006409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af5/ab2wpgj7sbsp33orzd35gekdrmiz2xvu.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Красота внутри quot; 26х15х35 см, с кручеными ручками, плотность 100 г м2, белый, 113563</t>
+  </si>
+  <si>
+    <t>1006410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/915/o323lzvov1yvydo1etshfc0omwtspoh0.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Лес quot; 26х15х35 см, с кручеными ручками, плотность 80 г м2, 112498</t>
+  </si>
+  <si>
+    <t>1006411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa5/2u22eqeewatlo4enep2u4s9cgoq3wo9s.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Маки quot; 22х12х25 см, с кручеными ручками, плотность 100 г м2, белый, 114171</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 100 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря использованию прочного материала пакет обладает высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие подарки.Яркий дизайн создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Маки&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям.</t>
+  </si>
+  <si>
+    <t>1006412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8e/jpouio34f2td66zg5wqbz3tvk1ot4xsl.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Розы quot; 22х12х25 см, с кручеными ручками, плотность 100 г м2, белый, 114164</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 100 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря прочному материалу пакет отличается высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие предметы.Яркий цветочный дизайн создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Розы&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям.</t>
+  </si>
+  <si>
+    <t>1006413</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1d/izg4yw2qhllsaxsuju9hu6iy9ys9109s.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Сюрприз quot; 22х12х25 см, с кручеными ручками, плотность 100 г м2, белый, 113150</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 100 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря использованию прочного материала пакет обладает высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие подарки.Яркий дизайн создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Сюрприз&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям.</t>
+  </si>
+  <si>
+    <t>1006414</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2d/k712du1fhwdkhishv1f6l4pm5o5gcxuo.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Узкая полоса quot; 26х15х35 см, с кручеными ручками, плотность 100 г м2, белый, 113228</t>
+  </si>
+  <si>
+    <t>1006415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edc/n4v9kuivbru8bzshyu5itmde107mnpgg.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Фрукты quot; 26х15х35 см, с кручеными ручками, плотность 100 г м2, белый, 112252</t>
+  </si>
+  <si>
+    <t>1006416</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbf/dejaeqj87fy4xfx6n2zoqjfohtswb5co.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПАКЕТ ПОДАРОЧНЫЙ  18 х 10 х 22.5 см  Bruno Visconti, soft touch  белый </t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ &amp;#40;18 х 10 х 22.5 см&amp;#41; Bruno Visconti, soft touch &amp;#40;белый&amp;#41;</t>
+  </si>
+  <si>
+    <t>1008107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/886/t2f1l24hn348w0fejvucpqu9gze0lkcp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-крафт 229х324 силикон чист</t>
+  </si>
+  <si>
+    <t>Пакет-крафт 229х324 силикон/чист</t>
+  </si>
+  <si>
+    <t>1009736</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2a/2mrpc0bps5ye7ynghrnc2gni1pxoido7.jpg</t>
+  </si>
+  <si>
+    <t>Крафт пакет бумажный  quot;Снежинка quot; 22х12х25 см, с кручеными ручками, плотность 80 г м2, 115465</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет изготовленный из высококачественной крафт-бумаги плотностью 80 г/м2, он обеспечивает надежную защиту содержимого от внешних воздействий. Изготавливаясь из качественного материала, пакеты обладают прочностью и надежностью, что гарантирует безопасность ваших подарков. Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакеты в руках. Удобные размеры позволяют упаковать книги, одежду, аксессуары и другие подарки. Яркий новогодний дизайн с изображением снежинок создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и экологичен, что привлекает тех, кто ценит натуральные материалы. Пакет &amp;quot;Снежинка&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям. Этот пакет станет отличным выбором для упаковки вашего подарка с любовью и заботой.Рекомендуем украсить пакет наклейками или биркой и использовать вместе с декоративными лентами, шнурами, шпагатом.</t>
+  </si>
+  <si>
+    <t>1010521</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13d/xt008ws9i1bqld3te27l0do31cw7sg9s.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный  quot;Для тебя quot; 22х12х25 см, с кручеными ручками, плотность 80 г м2, 110562</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Крафт-пакет, изготовленный из высококачественной крафт-бумаги плотностью 80 г/м2, обеспечивает надежную защиту содержимого от внешних воздействий. Благодаря прочному материалу пакет отличается высокой надежностью, гарантируя безопасность ваших подарков.Удобные ручки обеспечивают комфорт при переноске, позволяя легко носить пакет в руках. Оптимальные размеры позволяют упаковать книги, одежду, аксессуары и другие предметы.Оригинальный цветочный дизайн создает атмосферу праздника и поднимает настроение. Такой пакет не только стильно выглядит, но и является экологичным, что привлекает тех, кто ценит натуральные материалы.Пакет &amp;quot;Для тебя&amp;quot; станет отличным завершающим штрихом к любому подарку и подчеркнет ваше внимание к деталям.</t>
+  </si>
+  <si>
+    <t>1010522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/097/8jd155dxfd4bbaalj1s73kerb7adac37.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  53x16x38 см,  quot;BIG SIZE quot;, голография, ассорти 3 цвета, ЗОЛОТАЯ СКАЗКА, 609730</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в трех цветах и дизайнах. Выполнен в красном, золотистом и синем цветах. Размер – 53x16x38 см.</t>
+  </si>
+  <si>
+    <t>1012472</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d9/flsydct84o775g9f159cwxi3pqlhyibt.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  62x17x42 см,  quot;BIG SIZE quot;, голография, ассорти 3 цвета, ЗОЛОТАЯ СКАЗКА, 609731</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в трех цветах и дизайнах. Выполнен в красном, золотистом и серебристом цветах. Размер – 62x17x42 см.</t>
+  </si>
+  <si>
+    <t>1012473</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7da/rgr4au1b2y2wgrrrywp1o6d7x4owonxs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  70x16x50 см,  quot;BIG SIZE quot;, голография, ассорти 3 цвета, ЗОЛОТАЯ СКАЗКА, 609732</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в трех цветах и дизайнах. Выполнен в красном, золотистом и синем цветах. Размер – 70x16x50 см.</t>
+  </si>
+  <si>
+    <t>1012474</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1cc/5j100es46700dhgmwy8c8n2g4fcfnu0y.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 18x10x23 см  M , НАБОР 10 шт., 5 дизайнов, голография, ЗОЛОТАЯ СКАЗКА, 609733</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет &amp;#40;НАБОР 10 шт.&amp;#41; изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в пяти цветах и дизайнах. Выполнен в красном, синем, золотистом, зеленом и серебристом цветах. Размер – 18x10x23 см.</t>
+  </si>
+  <si>
+    <t>1012475</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71a/7mn7kxfj26ds8j1rt1fov3p0yd2qcezm.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26x13x32 см  L , НАБОР 4 шт., 4 дизайна, голография, ЗОЛОТАЯ СКАЗКА, 609734</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет &amp;#40;НАБОР 4 шт.&amp;#41; изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в четырех цветах и дизайнах. Выполнен в красном, синем, серебристом и золотистом цветах. Размер – 26x13x32 см.</t>
+  </si>
+  <si>
+    <t>1012476</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b77/qct4lo1zrba8l6xzjfjgmyc2g4u1nfv9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 33x13x45 см  XL , НАБОР 3 шт., 3 дизайна, голография, ЗОЛОТАЯ СКАЗКА, 609737</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет &amp;#40;НАБОР 3 шт.&amp;#41; изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в трех цветах и дизайнах. Выполнен в зеленом, золотистом и серебристом цветах. Размер – 33x13x45 см.</t>
+  </si>
+  <si>
+    <t>1012477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/299/ferw1eel0gush4nc7iqcye3zjo03tdw0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 41x19x49 см  XXL , НАБОР 3 шт., 3 дизайна, голография, ЗОЛОТАЯ СКАЗКА, 609738</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет &amp;#40;НАБОР 3 шт.&amp;#41; изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в трех цветах и дизайнах. Выполнен в синем, золотистом и серебристом цветах. Размер – 41x19x49 см.</t>
+  </si>
+  <si>
+    <t>1012478</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/faa/nsdmg25uu90zyp91xa1p64wax8m87utv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 45x13x33 см  XL , НАБОР 3 шт., 3 дизайна, голография, ЗОЛОТАЯ СКАЗКА, 609736</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет &amp;#40;НАБОР 3 шт.&amp;#41; изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в трех цветах и дизайнах. Выполнен в синем, серебристом и золотистом цветах. Размер – 45x13x33 см.</t>
+  </si>
+  <si>
+    <t>1012479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/930/thi5kgrx59h1o3jbuw1v8yqkochwmbe6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный для бутылки 13x9x36 см  B , НАБОР 8 шт., 4 дизайна, голография, ЗОЛОТАЯ СКАЗКА, 609735</t>
+  </si>
+  <si>
+    <t>Подарочный пакет ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента. Поможет с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Бутылочный голографический пакет &amp;#40;НАБОР 8 шт.&amp;#41; изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в четырех цветах и дизайнах. Выполнен в красном, синем, серебристом и золотистом цветах. Размер – 13x9x36 см.</t>
+  </si>
+  <si>
+    <t>1012480</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2a/in52vjn5i1tco8ybc2o3h6m68guysys6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-раскраска подарочный  1 штука  новогодний 26x13x32 см, белый крафт, ассорти, ЗОЛОТАЯ СКАЗКА, 591974</t>
+  </si>
+  <si>
+    <t>Подарочный пакет-раскраска ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет-раскраска, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет изготовлен из крафт-бумаги. В состав набора входят бумажные ручки. На одну из лицевых сторон пакета нанесен черно-белый контурный рисунок, что позволяет раскрашивать белые детали рисунка красками, карандашами, масляными пастельными мелками, фломастерами. Каждый подарочный пакет упакован в полипропиленовый пакет с европодвесом. Размер – 32x13x26 см.</t>
+  </si>
+  <si>
+    <t>1012481</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7dd/tdylgbfqxlge3eua7iuu2gazluchx5yw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Bright gradient quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Подарочный пакет MESHU &amp;quot;Bright gradient&amp;quot; – беспроигрышный способ красиво преподнести подарок на любой праздник. Размер подарочного пакета – 26*32*12 см. Изготовлен из плотного мелованного картона с матовой ламинацией. Получать подарки всегда приятно, а красиво оформленные подарки приятнее вдвойне! Эксклюзивный дизайн, разнообразие отделок и качество – отличительные черты продукции MESHU, воплотившиеся в подарочных пакетах. Ручки пакета – лента, которая отличается высокой прочностью и насыщенностью цвета. • Материал: мелованный картон; • Размер пакета: 26*32*12 см; • Вид ручек: лента</t>
+  </si>
+  <si>
+    <t>1012630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04d/r3eoivh0c70d12b6tqh5kamul3nhc6nt.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Bright present quot;, фольга, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Подарочный пакет MESHU &amp;quot;Bright present&amp;quot; – беспроигрышный способ красиво преподнести подарок на любой праздник. Размер подарочного пакета – 26*32*12 см. Изготовлен из плотного мелованного картона с матовой ламинацией. Получать подарки всегда приятно, а красиво оформленные подарки приятнее вдвойне! Эксклюзивный дизайн, разнообразие отделок и качество – отличительные черты продукции MESHU, воплотившиеся в подарочных пакетах. Ручки пакета – лента, которая отличается высокой прочностью и насыщенностью цвета. • Материал: мелованный картон; • Размер пакета: 26*32*12 см; • Вид ручек: лента</t>
+  </si>
+  <si>
+    <t>1012631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f2/rgwxl7mjfkr4b24vp487kff4dgmtfq0i.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 26 32 12см MESHU  quot;Pink twigs quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Подарочный пакет MESHU &amp;quot;Pink twigs&amp;quot; – беспроигрышный способ красиво преподнести подарок на любой праздник. Размер подарочного пакета – 26*32*12 см. Изготовлен из плотного мелованного картона с матовой ламинацией. Получать подарки всегда приятно, а красиво оформленные подарки приятнее вдвойне! Эксклюзивный дизайн, разнообразие отделок и качество – отличительные черты продукции MESHU, воплотившиеся в подарочных пакетах. Ручки пакета – лента, которая отличается высокой прочностью и насыщенностью цвета. • Материал: мелованный картон; • Размер пакета: 26*32*12 см; • Вид ручек: лента</t>
+  </si>
+  <si>
+    <t>1012632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/641/f9a0r7tnij0d5x0f469a6tlwaujo2298.jpeg</t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ PREMIUM  quot;CARRARA. WHITE quot;, L, 26 x 32.4 x 13 см</t>
+  </si>
+  <si>
+    <t>Элегантный подарочный пакет &amp;quot;CARRARA&amp;quot; &amp;#40;26х32,4х13 см&amp;#41; ТM Bruno Visconti премиум-класса. Изготовлен из высококачественного материала &amp;#40;плотность 210 г/м2&amp;#41; с матовой ламинацией, усиленным дном, прочной лентой, золотым фольгированием и металлическими люверсами. В комплекте открытка для подписи. Идеальный способ сделать ваш подарок особенным.</t>
+  </si>
+  <si>
+    <t>1013436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c9/hvfohhmwfnygrd9nkvb00ts2odfomfpc.jpeg</t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ PREMIUM  quot;FLORA. LUSH BOUQUET quot;, L, 26 x 32.4 x 13 см</t>
+  </si>
+  <si>
+    <t>Элегантный подарочный пакет &amp;quot;LUSH BOUQUET&amp;quot; &amp;#40;26х32,4х13 см&amp;#41; ТM Bruno Visconti премиум-класса. Изготовлен из высококачественного материала &amp;#40;плотность 210 г/м2&amp;#41; с матовой ламинацией, усиленным дном, прочной лентой, золотым фольгированием и металлическими люверсами. В комплекте открытка для подписи. Идеальный способ сделать ваш подарок особенным.</t>
+  </si>
+  <si>
+    <t>1013437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fd/3lwrnmfj4kupckhaooy9fsz8nbqyvcpq.jpeg</t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ PREMIUM  quot;FLORA. ЦВЕТОЧНАЯ СТРАСТЬ quot;, L, 26 x 32.4 x 13 см</t>
+  </si>
+  <si>
+    <t>Элегантный подарочный пакет &amp;quot;ЦВЕТОЧНАЯ СТРАСТЬ&amp;quot; &amp;#40;26х32,4х13 см&amp;#41; ТM Bruno Visconti премиум-класса. Изготовлен из высококачественного материала &amp;#40;плотность 210 г/м2&amp;#41; с матовой ламинацией, усиленным дном, прочной лентой, золотым фольгированием и металлическими люверсами. В комплекте открытка для подписи. Идеальный способ сделать ваш подарок особенным.</t>
+  </si>
+  <si>
+    <t>1013438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/180/ss5nx7caskopqh60iyu18f3rqsgunaii.jpeg</t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ PREMIUM  quot;FLORA. ГРАНАТ quot;, L, 26 x 32.4 x 13 см</t>
+  </si>
+  <si>
+    <t>Элегантный подарочный пакет &amp;quot;FLORA.ГРАНАТ&amp;quot; &amp;#40;26х32,4х13 см&amp;#41; ТM Bruno Visconti премиум-класса. Изготовлен из высококачественного материала &amp;#40;плотность 210 г/м2&amp;#41; с матовой ламинацией, усиленным дном, прочной лентой, золотым фольгированием и металлическими люверсами. В комплекте открытка для подписи. Идеальный способ сделать ваш подарок особенным.</t>
+  </si>
+  <si>
+    <t>1013439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee8/0p9uuptavadv6kqn6o33jpy7o15tptw1.jpeg</t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ PREMIUM  quot;FLORA. ПИОНЫ quot;, M, 18 x 23 x 10 см</t>
+  </si>
+  <si>
+    <t>Элегантный подарочный пакет &amp;quot;Пионы&amp;quot; &amp;#40;18 ? 23 ? 10 см&amp;#41; премиум-класса. Изготовлен из высококачественного материала &amp;#40;плотность 210 г/м2&amp;#41; с матовой ламинацией, усиленным дном, прочной лентой, золотым фольгированием и металлическими люверсами. В комплекте открытка для подписи. Идеальный способ сделать ваш подарок особенным.</t>
+  </si>
+  <si>
+    <t>1013440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27e/13syj3o9t85xqlzoro6z36mmn53sq795.jpeg</t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ PREMIUM  quot;FLORA. ЛУГОВЫЕ ТРАВЫ quot;, M, 18 x 23 x 10 см</t>
+  </si>
+  <si>
+    <t>Элегантный подарочный пакет &amp;quot;Луговые травы&amp;quot; &amp;#40;18 ? 23 ? 10 см&amp;#41; премиум-класса. Изготовлен из высококачественного материала &amp;#40;плотность 210 г/м2&amp;#41; с матовой ламинацией, усиленным дном, прочной лентой, золотым фольгированием и металлическими люверсами. В комплекте открытка для подписи. Идеальный способ сделать ваш подарок особенным.</t>
+  </si>
+  <si>
+    <t>1013441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6a/ecy8tpg7x3827ggd51ngp2dkl1y4od2l.jpeg</t>
+  </si>
+  <si>
+    <t>ПАКЕТ ПОДАРОЧНЫЙ PREMIUM  quot;FLORA. ЛЕСНЫЕ ЯГОДЫ quot;, M, 18 x 23 x 10 см</t>
+  </si>
+  <si>
+    <t>Элегантный подарочный пакет &amp;quot;FLORA. ЛЕСНЫЕ ЯГОДЫ&amp;quot; &amp;#40;18 ? 23 ? 10 см&amp;#41; премиум-класса. Изготовлен из высококачественного материала &amp;#40;плотность 210 г/м2&amp;#41; с матовой ламинацией, усиленным дном, прочной лентой, золотым фольгированием и металлическими люверсами. В комплекте открытка для подписи. Идеальный способ сделать ваш подарок особенным.</t>
+  </si>
+  <si>
+    <t>1013442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ff/z81v5dgai9fvtnw56o11yz1590pwvslu.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  новогодний 26х13х32 см  quot;Winter Wonderland quot;, фольга, ассорти, ЗОЛОТАЯ СКАЗКА, 592443</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Winter Wonderland&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный пакет новогодний изготовлен из ламинированного мелованного картона, снабжен ленточными ручками из полиэстера. Размер – 26x13x32 см. Пакеты украшены иллюстрациями с зимними пейзажами и сценами из новогодних сказок &amp;#40;ассорти без возможности выбора&amp;#41;. С лицевой стороны пакета некоторые детали покрыты тиснением золотистой и серебристой фольгой.</t>
+  </si>
+  <si>
+    <t>1015069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80e/itfa2xxl5o3xr4je75x30r23nnbrb6ry.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  новогодний, 18х10х23 см,  quot;Зимнее волшебство quot;, крафт, ассорти, ЗОЛОТАЯ СКАЗКА, 592435</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Зимнее волшебство&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный новогодний пакет изготовлен из крафт-бумаги, снабжен ленточными ручками из полиэстера. Размер – 18х10х23 см. На пакетах изображены иллюстрации в новогодней тематике и поздравительные надписи &amp;#40;ассорти без возможности выбора&amp;#41;, которые точно вызовут улыбку.</t>
+  </si>
+  <si>
+    <t>1015071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91c/gxt6zfydvb8p2u8anizohk3j6qmxo13e.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  новогодний, 20х8х20 см,  quot;Snowflakes quot;, прозрачное окно, крафт, ЗОЛОТАЯ СКАЗКА, 592444</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Snowflakes&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни. Пакет изготовлен из крафт-бумаги, украшенной нежными узорами снежинок, снабжен ленточными ручками из полиэстера. Размер – 20x8x20 см. Внутри пакет выполнен в светло-голубом цвете. С лицевой стороны пакета – прозрачное &amp;quot;окно&amp;quot;, через которое виден голубой цвет внутренней части пакета – оригинальный акцент, привлекающий внимание.</t>
+  </si>
+  <si>
+    <t>1015072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/428/ygqodpgrnqbfg1lvzwdfp7w0m45a518k.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  новогодний, 26х13х32 см  quot;Без границ quot; ассорти, ламинация, ЗОЛОТАЯ СКАЗКА, 592439</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Без границ&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный новогодний пакет изготовлен из ламинированного мелованного картона, снабжен ленточными ручками из полиэстера. Размер – 26х13х32 см. На пакетах изображены иллюстрации в новогодней тематике и поздравительные надписи &amp;#40;4 дизайна ассорти без возможности выбора&amp;#41;, которые точно вызовут улыбку. К некоторым деталям иллюстрации добавлен 3D-эффект.</t>
+  </si>
+  <si>
+    <t>1015073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64b/2hznzm6obejg6a8wj6wmfjncm1d0l0j3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  новогодний, 26х13х32 см,  quot;Love story quot;, фольга, ассорти, ЗОЛОТАЯ СКАЗКА, 592445</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Love story&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку, также он является достаточно практичным изделием, которое может использоваться в повседневной жизни. Пакет изготовлен из из ламинированного мелованного картона, снабжен ленточными ручками из полиэстера. Размер – 26х13х32 см. Пакеты украшены милыми иллюстрациями в зимней тематике, которые создают теплые образы, атмосферу любви и уюта. Такой рисунок добавляет романтическое настроение и делает пакет идеальным не только для Нового года, но и для Дня святого Валентина. С лицевой стороны пакета некоторые детали покрыты тиснением золотистой и серебристой фольгой.</t>
+  </si>
+  <si>
+    <t>1015074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb3/pmh13xb8eqf8mte2eulpz1xpx2uwj1tv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 шт.  новогодний, 26х13х32 см,  quot;Сияние quot;, ГОЛОГРАФИЯ, ассорти 4 дизайна, ЗОЛОТАЯ СКАЗКА, 592426</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Сияние&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Голографический пакет изготовлен из мелованной бумаги с веревочными ручками из полипропилена и представлен в четырех ассорти цветах и дизайнах с голографическим эффектом &amp;#40;без возможности выбора&amp;#41;. На каждом пакете написаны новогодние пожелания, что делает пакет частью поздравления. Можно просто вручить его с добрыми словами – и он всё скажет за Вас. Дополнительные элементы декора – маленькие снежинки и звёздочки – создают атмосферу праздника и добавляют каждому пакету особую магию в сочетании с переливающимся голографическим эффектом. Размер – 26х13х32 см.</t>
+  </si>
+  <si>
+    <t>1015075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e02/t3v39kxg35d03w7mgz1c8034x0msvwhn.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  новогодний 11х6х15 см  quot;Simple magic quot;, ламинация, ЗОЛОТАЯ СКАЗКА, 592450</t>
+  </si>
+  <si>
+    <t>Подарочный новогодний пакет &amp;quot;Simple magic&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет новогодний изготовлен из ламинированного мелованного картона, снабжен ленточными ручками из полиэстера. На пакете изображена очаровательная зимняя иллюстрация с новогодним пожеланием. Размер – 11х6х15 см.</t>
+  </si>
+  <si>
+    <t>1015079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f95/mgop6zeijbeefp8qjt8qzbwwuueh15cz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука , новогодний, 28х14х24 см  quot;Котики quot;, крафт, ассорти, ЗОЛОТАЯ СКАЗКА, 592433</t>
+  </si>
+  <si>
+    <t>Подарочный пакет новогодний &amp;quot;Котики&amp;quot; ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки любого презента, которое позволит легко и со вкусом оформить выбранный подарок. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является достаточно практичным изделием, которое может использоваться в повседневной жизни.Подарочный новогодний пакет изготовлен из крафт-бумаги, снабжен бумажными ручкам. Размер – 28х14х24 см. На пакете изображены забавные иллюстрации котиков в новогодней тематике и смешные надписи &amp;#40;ассорти без возможности выбора&amp;#41;, которые точно вызовут улыбку.</t>
+  </si>
+  <si>
+    <t>1015080</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e2/pqqk6bgwenkz309ybgnc0z5gfpsito1r.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петелевой ручкой ПНД, 44х40 см,  quot;Серебряные соты quot;, 43 мкм, н00096314</t>
+  </si>
+  <si>
+    <t>Пакеты с петлевой ручкой отличаются презентабельным внешним видом, удобны в эксплуатации и могут прослужить довольно долго. Грамотно и со вкусом подобранная упаковка поможет преподнести подарок в наиболее выигрышном виде и добавить определённую изюминку. Подходит для любых подарков-сувениров и деловых подарков, игрушек, елочных шаров, сборных подарков, подарков ручной работы, сладких подарков &amp;#40;печенье, конфеты, мед, чай, кофе, шоколад&amp;#41;. Подходит для упаковки подарков на любые праздники и торжества. Для мужчин, женщин, мам и пап, старшего поколения и детей. Универсальная, презентабельная и очень удобная упаковка.</t>
+  </si>
+  <si>
+    <t>1015082</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tiko/"&gt;ТИКО&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bed/3lrj7hby6vrkhushtu9htped7zr0yi53.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 40х37 см,  quot;Перфекто Малахит quot;, 95 мкм, н00268697</t>
+  </si>
+  <si>
+    <t>Пакеты с петлевой ручкой отличаются презентабельным внешним видом, удобны в эксплуатации и могут прослужить довольно долго. Грамотно и со вкусом подобранная упаковка поможет преподнести подарок в наиболее выигрышном виде и добавить определённую изюминку. Подходит для любых подарков-сувениров и деловых подарков, игрушек, елочных шаров, сборных подарков, подарков ручной работы, сладких подарков &amp;#40;печенье, конфеты, мед, чай, кофе, шоколад&amp;#41;. Подходит для упаковки подарков на любые праздники и торжества. Для мужчин, женщин, мам и пап, представителей старшего поколения и детей. Универсальная, презентабельная и очень удобная упаковка.</t>
+  </si>
+  <si>
+    <t>1015084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e77/skwbgbcae031743cz9umdprael9loam9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 40х37 см,  quot;Перфекто Сильвер quot;, 95 мкм, н00093901</t>
+  </si>
+  <si>
+    <t>Пакеты с петлевой ручкой отличаются презентабельным внешним видом, удобны в эксплуатации и могут прослужить довольно долго. Грамотно и со вкусом подобранная упаковка поможет преподнести подарок в наиболее выигрышном свете и добавить определённую изюминку. Подходит для любых подарков-сувениров и деловых подарков, игрушек, елочных шаров, сборных подарков, подарков ручной работы, сладких подарков &amp;#40;печенье, конфеты, мед, чай, кофе, шоколад&amp;#41;. Подходит для упаковки подарков на любые праздники и торжества. Для мужчин, женщин, мам и пап, представителей старшего поколения и детей. Универсальная, презентабельная и очень удобная упаковка.</t>
+  </si>
+  <si>
+    <t>1015085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/859/v373anuw2gcpdtbzfst8s334o9jvw6c6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 42х46 см,  quot;Перфекто Магнифик quot;, 95 мкм, н00153468</t>
+  </si>
+  <si>
+    <t>1015086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b78/2ad4fmwdsa9574z7oavkwmvesn3rapgx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 42х46 см,  quot;Перфекто Мин quot;, 95 мкм, н00255294</t>
+  </si>
+  <si>
+    <t>1015087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bf/9vab2d61huqc1mccqu4udhe1w81sawt2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 42х46 см,  quot;Перфекто Шик quot;, 95 мкм, н00112571</t>
+  </si>
+  <si>
+    <t>1015088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/065/avs9zdf6zuoc9hcy2wol1irc4q7t2z7x.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 44х40 см,  quot;Бантик на красном quot;, 75 мкм, н00232644</t>
+  </si>
+  <si>
+    <t>1015089</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdd/3ccmls4oracv6ztxmwp6bm3oblwtqiwp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 46х46 см,  quot;Демидофф лайт quot;, 50 мкм, н00095186</t>
+  </si>
+  <si>
+    <t>1015090</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/606/lrt8iba89klczkrnn1opp5lgr9h4c0jj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 50х60 см,  quot;Райские тюльпаны quot;, 60 мкм, н00242805</t>
+  </si>
+  <si>
+    <t>Пакеты с петлевой ручкой отличаются презентабельным внешним видом, удобны в эксплуатации и могут прослужить довольно долго. Грамотно и со вкусом подобранная упаковка поможет преподнести подарок в наиболее выигрышном свете и добавить определённую изюминку. Подходит для любых подарков-сувениров и деловых подарков, игрушек, елочных шаров, сборных подарков, подарков ручной работы, сладких подарков &amp;#40;печенье, конфеты, мед, чай, кофе, шоколад&amp;#41;. Подходит для упаковки подарков на любые праздники и торжества. Для мужчин, женщин, мам и пап, старшего поколения и детей. Универсальная, презентабельная и очень удобная упаковка.</t>
+  </si>
+  <si>
+    <t>1015091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30f/pf4kzgnvzi4k1fuegd8hm3nvdhf83px4.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПВД, 55х70 см,  quot;Лакшери quot;, 90 мкм, н00067778</t>
+  </si>
+  <si>
+    <t>1015092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e2/pfrv1or5w6igcfz6xt3kphp0cmon0oo7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПНД, 42х38 см,  quot;Геометрик quot;, 37 мкм, н00242816</t>
+  </si>
+  <si>
+    <t>1015093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/965/gvdw1jbor2ft5gijvsfysex34gopl9zp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПНД, 55х70 см,  quot;Изысканный беж quot;, 50 мкм, н00112815</t>
+  </si>
+  <si>
+    <t>1015094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ae/o5ryrdc8pgeb3yrsmvs9f1blq8ggg2gj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 26х24 см,  quot;Бирюзовый бантик quot;, 140 мкм, н00229831</t>
+  </si>
+  <si>
+    <t>Пакеты с пластиковой ручкой незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Пластиковые пакеты высокой прочности и износостойкости. Пластиковые ручки оснащены защелкой, которая предотвращает вскрытие пакета. Толщина пластиковых пакетов – 140 мкм. Полиэтиленовые пакеты отлично подходят для упаковки подарков на дни рождения, юбилеи, свадьбы и другие важные события. Легко складываются и не занимают много места, что делает их удобными для хранения. Вы сможете всегда иметь под рукой упаковку, которая пригодится в самый неожиданный момент.</t>
+  </si>
+  <si>
+    <t>1015096</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/348/348b78b4207402f1824abc3b810d892b/8e1c1e6678a58d5e4516f018d834c610.jpg</t>
-[...3245 lines deleted...]
-    <t>965611</t>
+    <t>http://anytos.ru//upload/iblock/c6e/2v0v31l3b5141ceeek08pz02a0f1nyhc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 26х24см,  quot;Естественный стиль quot;, 140 мкм, н00255877</t>
+  </si>
+  <si>
+    <t>1015097</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/ac27bqpo3qp6hd6gold06s70xn8u0dcv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 26х24см,  quot;Черный бэкграунд quot;, 140мкм, ШК1770, н00269763</t>
+  </si>
+  <si>
+    <t>1015098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbc/ya7w5j3e7qe1lmzbw9vypok3f3f9uj51.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 30х30 см,  quot;Вектор геометрии quot;, 140 мкм, н00269533</t>
+  </si>
+  <si>
+    <t>Пакет подарочный из мягкого пластика с пластиковой ручкой подойдет для упаковки подарка на день рождения, на 1 сентября, День учителя, в школу, в детский сад. Пакет шириной 30 см, высота – 30 см, донная вкладка – 10 см. Яркий дизайн пакетов создаст отличное настроение и подчеркнет значимость вашего презента. Благодаря удобным пластиковым ручкам пакеты легко носить, а их прочность гарантирует сохранность содержимого.</t>
+  </si>
+  <si>
+    <t>1015099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/511/28wwe4kkb3lsjoowegqph2g2yj3ugavx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 30х30 см,  quot;Голубая лагуна quot;, 140 мкм, н00255881</t>
+  </si>
+  <si>
+    <t>1015100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13d/y2lagmf73vp2jtosn0mcux98z11tjhzo.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 30х30 см,  quot;Нежное очарование quot; 140 мкм, н00224310</t>
+  </si>
+  <si>
+    <t>1015101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ad/o5l6l6zivxv5wxdh5yp1koq1gy9hefih.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 40х30 см,  quot;Золотой бренд quot;, 140 мкм, н00242801</t>
+  </si>
+  <si>
+    <t>Цветной пакет плотный с ручками подойдет для упаковки подарка на день рождения, на 1 сентября, День учителя, в школу, в детский сад. Яркий дизайн пакетов создаст отличное настроение и подчеркнет значимость вашего презента. Благодаря удобным пластиковым ручкам пакеты легко носить, а их прочность гарантирует сохранность содержимого.</t>
+  </si>
+  <si>
+    <t>1015102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97d/i70hsw6kseu7ee21wg8q860no0dauwgk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой, мягкий пластик, 40х30 см,  quot;Сказочные цветы quot;, 140 мкм, н00242804</t>
+  </si>
+  <si>
+    <t>1015103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/beb/niaoueuosqi6sbeixaboyxqwipq46yjh.jpg</t>
+  </si>
+  <si>
+    <t>Пакетик подарочный НАБОР 35 штук, новогодний, 13,8х23 см, с зажимами, полиэтилен, ЗОЛОТАЯ СКАЗКА, 592423</t>
+  </si>
+  <si>
+    <t>Набор подарочных пакетиков из полиэтилена с новогодними дизайнами 35 штук ЗОЛОТАЯ СКАЗКА – отличное решение для упаковки небольшого презента, которое позволит легко и со вкусом оформить выбранный подарок. Набор из 35-и подарочных пакетиков, изготовленных из полиэтилена, имеет удобную форму &amp;quot;ушек&amp;quot; для завязывания. Также в комплекте идут металлические зажимы, которые надежно фиксируют пакетики в закрытом виде. Размер каждого пакета – 13,8х23 см, что позволяет легко поместить внутрь небольшие подарки и сувениры. На пакетиках изображены милые зверюшки в новогодней тематике – пингвины, олени, зайчики и другие герои зимней сказки, которые уже готовы к встрече Нового года.В наборе 5 разных дизайнов пакетиков. Идеально подходит для организации утренников и школьных мероприятий. Хватит на весь класс! Набор пакетиков упакован в пластиковый пакет с клеевым краем и европодвесом.</t>
+  </si>
+  <si>
+    <t>1015104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb0/1vaqdq6uqss6iskw1jtuweqq6vprrat8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-коробка подарочный  1 штука  ассорти  quot;Поздравляю quot;, 22,5х13,5х20 см, тиснение фольгой, ламинация, 90085, 90081, 90085</t>
+  </si>
+  <si>
+    <t>Бумажный пакет-коробка &amp;quot;Поздравляю&amp;quot; представлен в двух дизайнах без возможности выбора. Авторский дизайн, красочное изображение, тиснение фольгой, тематический рисунок – все слагаемые оригинального оформления подарка. Подарочный пакет, как и все виды подарочной упаковки, способен придать особый статус подарку. Также он является практичным изделием, которое может использоваться в повседневной жизни.Пакет-коробка представлен в двух дизайнах без возможности выбора, изготовлен из мелованной бумаги с ламинацией, плотность бумаги – 190 г/м2. Для удобства переноски имеются две ручки-ленты. Размер – 22,5х13,5х20 см.</t>
+  </si>
+  <si>
+    <t>1015105</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/magic-pack/"&gt;Magic Pack&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/840/p8kw7lhlz9z36hpw6arbusym4zy0bh00.png</t>
+  </si>
+  <si>
+    <t>Пакет из крафт-бумаги, для сувенирной продукции 150 г м2 18x23x10см 93575FE</t>
+  </si>
+  <si>
+    <t>Пакет из крафт-бумаги, для сувенирной продукции 150 г/м2 18x23x10см 93575FE</t>
+  </si>
+  <si>
+    <t>1016542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e9/2p1wygsw17henbq94shbb0wks5cnygyw.png</t>
+  </si>
+  <si>
+    <t>Пакет из крафт-бумаги, для сувенирной продукции 150 г м2 26x33x10см 93168FE</t>
+  </si>
+  <si>
+    <t>Пакет из крафт-бумаги, для сувенирной продукции 150 г/м2 26x33x10см 93168FE</t>
+  </si>
+  <si>
+    <t>1016543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd3/sa40n6z8qjux1izyl58cadi0x0miya6w.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  560x410x240  XXLH25 9902 9903_НГ 10шт уп</t>
+  </si>
+  <si>
+    <t>Пакет подарочный &amp;#40;560x410x240&amp;#41; XXLH25 9902/9903_НГ 10шт/уп</t>
+  </si>
+  <si>
+    <t>1016554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6dc/nynypcrr2razgq5ihfz6id7fcq56cuvw.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  MS  Вишня, 151102490</t>
+  </si>
+  <si>
+    <t>Пакет подарочный &amp;#40;MS&amp;#41; Вишня, 151102490</t>
+  </si>
+  <si>
+    <t>1016564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d78/kktaveya7omlh5jgu9sh5a0r21ujncz3.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КРАФТ 324x445x102 XLK25 005 006 007 008 009 mix_НГ 10шт уп</t>
+  </si>
+  <si>
+    <t>Пакет подарочный КРАФТ&amp;#40;324x445x102&amp;#41;XLK25 005/006/007/008/009 mix_НГ 10шт/уп</t>
+  </si>
+  <si>
+    <t>1016566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/969/ael50467qkka3m3t1zxhjuz3gnrrcmn9.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный для сувенирной продукции 157 г м2 40,6x48,9x19см арт.95797FE</t>
+  </si>
+  <si>
+    <t>Пакет подарочный для сувенирной продукции 157 г/м2 40,6x48,9x19см арт.95797FE</t>
+  </si>
+  <si>
+    <t>1016591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/338/jbkvz8hlq6uk9bbslokgdzjs4avwk5cv.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный для сувенирной продукции 157 г м2 40,6х48,9х19см арт.96388FE</t>
+  </si>
+  <si>
+    <t>Пакет подарочный для сувенирной продукции 157 г/м2 40,6х48,9х19см арт.96388FE</t>
+  </si>
+  <si>
+    <t>1016592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55b/dfhld52qf2stspvdx7pgylyo3wtjmfzx.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный для сувенирной продукции 157 г м2 40,6x33x16см арт.95793FE</t>
+  </si>
+  <si>
+    <t>Пакет подарочный для сувенирной продукции 157 г/м2 40,6x33x16см арт.95793FE</t>
+  </si>
+  <si>
+    <t>1016595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1f/zoji73fikhi9574zuvfuydgde1p8p3u4.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный ламин. 324x445x102 XL25 521 522 523 524 525 mix_НГ 10шт уп</t>
+  </si>
+  <si>
+    <t>Пакет подарочный ламин.&amp;#40;324x445x102&amp;#41;XL25 521/522/523/524/525 mix_НГ 10шт/уп</t>
+  </si>
+  <si>
+    <t>1016599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbe/3ljii7o9l8thcv61hj0d50p7tbeihmfg.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный ламин. 324x445x102 XL25 526 527 528 529 530 mix_НГ 10шт уп</t>
+  </si>
+  <si>
+    <t>Пакет подарочный ламин.&amp;#40;324x445x102&amp;#41;XL25 526/527/528/529/530 mix_НГ 10шт/уп</t>
+  </si>
+  <si>
+    <t>1016600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fc/pprendf7b4tbwmgpy06fozjclcsz05bw.png</t>
+  </si>
+  <si>
+    <t>Пакет подарочный 150x360x120  В XL25 4416 4417 4418 4419 4420_НГ 10шт уп</t>
+  </si>
+  <si>
+    <t>Пакет подарочный&amp;#40;150x360x120&amp;#41; В XL25 4416/4417/4418/4419/4420_НГ 10шт/уп</t>
+  </si>
+  <si>
+    <t>1016615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/349/forsm495idfxu9diglf36qlyw0kjxe3n.png</t>
+  </si>
+  <si>
+    <t>Сумка подарочная НГ АВ 26х32х12см, 0193.645к</t>
+  </si>
+  <si>
+    <t>1016623</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/art-i-dizajn/"&gt;Арт и Дизайн&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2bb/lffqet20v4pe6qnyt51y0o1km4bx284n.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Funny Mix quot;, ассорти, крафт, ЗОЛОТАЯ СКАЗКА, 700820</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Funny Mix - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Яркие и оригинальные дизайны, доступные в ассортименте из четырех вариантов, придадут вашему подарку особый шарм и настроение.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.</t>
+  </si>
+  <si>
+    <t>1017506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53b/khxg08bf7z6y0oh5t4urrwdvvivmjwc4.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Funny Notes quot;, ассорти, крафт, ЗОЛОТАЯ СКАЗКА, 700824</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Funny Notes - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Яркие и оригинальные дизайны, доступные в ассортименте из четырех вариантов, придадут вашему подарку особый шарм и настроение.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.</t>
+  </si>
+  <si>
+    <t>1017507</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/143/qnt4eb3k27blh40fmucgztpwogxz2c7c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Love Kraft quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700843</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Love Kraft - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017508</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc8/swz2ykdl870zo84uxwu94tz0vwn8kw56.jpg</t>
-[...4544 lines deleted...]
-    <t>1016623</t>
+    <t>http://anytos.ru//upload/iblock/588/cy4ehys8az350btzicfyqwndc2u20cz9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Love Story quot;, ассорти, крафт, ЗОЛОТАЯ СКАЗК, 700821</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Love Story - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Яркие и оригинальные дизайны, доступные в ассортименте из четырех вариантов, придадут вашему подарку особый шарм и настроение.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.</t>
+  </si>
+  <si>
+    <t>1017509</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4d/cru01ztiyi07grw4n0zqwei5pcxzwg4s.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Man Funny Notes quot;, ассорти, крафт, ЗОЛОТАЯ СКАЗКА, 700823</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Man Funny Notes - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Яркие и оригинальные дизайны, доступные в ассортименте из четырех вариантов, придадут вашему подарку особый шарм и настроение.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.</t>
+  </si>
+  <si>
+    <t>1017510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/536/iftttmdftp5zv3m7eznty7x2bn8aqomy.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Woman Funny Notes quot;, ассорти, крафт, ЗОЛОТАЯ СКАЗКА, 700822</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Woman Funny Notes- отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Яркие и оригинальные дизайны, доступные в ассортименте из четырех вариантов, придадут вашему подарку особый шарм и настроение.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.</t>
+  </si>
+  <si>
+    <t>1017511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/887/9dtk459qszl2s1hwwdl0vkbfm205ssdx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Винтажный quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700854</t>
+  </si>
+  <si>
+    <t>Подарочный пакет - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/481/fz25tw1rre6wqmofleiva0vdhah0xa8b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Выглядишь на все 100 quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700847</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Выглядишь на все 100 - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/029/gzasxw0dte1jraajax553s74nhjtjjpg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Ещ  не старуха quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700850</t>
+  </si>
+  <si>
+    <t>1017514</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bab/rkzb5o57ptoyl5oxmjde9wj9sc6pxd26.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Крыска quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700849</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Крыска - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017515</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e3/eizvsmgijersmjqab4zgnka0s2rg92cx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Любимой крыске quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700851</t>
+  </si>
+  <si>
+    <t>1017516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6a/fh1wx2m1oaa73dm6oorq9yjo8arl62ep.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Ля, ты quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700848</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Ля, ты! - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd0/sowicmdohna1z8rfy850qmv08egj8xnd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;На год душнее quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700855</t>
+  </si>
+  <si>
+    <t>1017518</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c3/ni8pirub5051boaz1vv0ls88w4ufda65.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Повод налакаться quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700846</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Повод налакаться - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017519</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a51/fg5a6vwwrjgkn8kblxhhqemyp0galqxa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Подружке quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700853</t>
+  </si>
+  <si>
+    <t>1017520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ea/7970b58juvw3a2nua9kdkeqq96ylpy0i.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Поздравляю quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700852</t>
+  </si>
+  <si>
+    <t>1017521</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/179/t2zs9bkkw1wjunkcupxab18605md2ub5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Пришел ради вискаря quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700842</t>
+  </si>
+  <si>
+    <t>1017522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/064/xatw2moqaa0sz52nf10qk4ma74cte2dt.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Просто люблю quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700844</t>
+  </si>
+  <si>
+    <t>Подарочный пакет Просто люблю - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c9/qj7g33ir2tq1uw548ibxy16unmyq5sfe.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;С Дн м рождения, детка quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700845</t>
+  </si>
+  <si>
+    <t>Подарочный пакет С Днём рождения, детка! - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017524</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bac/j69kvxa9lk7jm5akzyv3qk1tktwqxa3h.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;С ДР крч quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700841</t>
+  </si>
+  <si>
+    <t>Подарочный пакет С ДР крч - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ae/zxhtipeoh4zfcbe7ebnbikgms5pksuf3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;С ДР, зайка quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700840</t>
+  </si>
+  <si>
+    <t>Подарочный пакет С ДР, зайка! - отличное решение для упаковки любого презента, которое позволит с легкостью и со вкусом оформить выбранный подарок. Подарочный пакет – это не просто упаковка, это ваш вклад в создание незабываемых воспоминаний! Подарочный пакет из крафтовой бумаги – идеальное решение для вашего праздника! Благодаря плотности 150 г/м2, пакет надежно удерживает свою форму и защищает содержимое, сохраняя ваш подарок в идеальном состоянии.Оптимальный размер - 26х13х32 см, идеально подходит для различных подарков – от маленького сюрприза до крупного презента. Удобные плетеные ручки обеспечивают комфортное ношение, добавляя элегантности и стиля вашему подарку.Индивидуальная упаковка: полипропиленовый пакет с подложкой из трехслойного картона надежно защитит пакет при транспортировке.</t>
+  </si>
+  <si>
+    <t>1017526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/120/8wihdm7j8xxsndy125wyi761bnk0h71q.jpg</t>
+  </si>
+  <si>
+    <t>Пакет подарочный  1 штука  26х13х32см  L   quot;Сколько? quot;, крафт, ЗОЛОТАЯ СКАЗКА, 700856</t>
+  </si>
+  <si>
+    <t>1017527</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -8260,15292 +7165,13169 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J671"/>
+  <dimension ref="A1:M574"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G671" sqref="G671"/>
+      <selection pane="bottomRight" activeCell="G574" sqref="G574"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="G7" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="G8" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...23 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G20" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="F22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>110</v>
+        <v>137</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G33" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>110</v>
+        <v>137</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F36" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G36" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>110</v>
+        <v>77</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>110</v>
+        <v>77</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>110</v>
+        <v>167</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G40" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>167</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>180</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>180</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F44" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G44" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>187</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F56" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G56" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>182</v>
+        <v>231</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>38</v>
+        <v>231</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>288</v>
+        <v>231</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>292</v>
       </c>
       <c r="F70" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="G70" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>296</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>297</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>231</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>301</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>304</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>305</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>327</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>334</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>335</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>339</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>343</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>350</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>354</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>355</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>293</v>
+        <v>359</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="F88" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B88" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G88" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>293</v>
+        <v>359</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F91" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G91" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>293</v>
+        <v>397</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F97" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G97" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>293</v>
+        <v>406</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>293</v>
+        <v>406</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F100" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G100" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>293</v>
+        <v>406</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>293</v>
+        <v>406</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>293</v>
+        <v>406</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>293</v>
+        <v>431</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>293</v>
+        <v>431</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F106" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>293</v>
+        <v>444</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>293</v>
+        <v>180</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>359</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>448</v>
+        <v>132</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>448</v>
+        <v>226</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>448</v>
+        <v>132</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>461</v>
+        <v>132</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>461</v>
+        <v>132</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>486</v>
+        <v>132</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>486</v>
+        <v>132</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>495</v>
-[...5 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="B124" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F124" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G124" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>495</v>
+        <v>518</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>495</v>
+        <v>523</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="F128" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G128" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>235</v>
+        <v>523</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>187</v>
+        <v>523</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>187</v>
+        <v>523</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>448</v>
+        <v>523</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>187</v>
+        <v>397</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>288</v>
+        <v>180</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>187</v>
+        <v>132</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>187</v>
+        <v>27</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>187</v>
+        <v>132</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>187</v>
+        <v>591</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>187</v>
+        <v>591</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>187</v>
+        <v>132</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>603</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="F148" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="B148" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G148" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>602</v>
+        <v>616</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="C151" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>628</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
         <v>629</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="C155" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C156" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="C157" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="C158" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F158" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B160" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C160" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="C161" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="C162" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="F163" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C164" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="B165" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="C165" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="B166" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="F167" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B168" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="C168" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="F168" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="B169" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="C169" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="C170" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="C171" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F168" s="3" t="s">
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="G168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B169" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="C172" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="C173" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="F170" s="3" t="s">
+      <c r="F173" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="G170" s="3" t="s">
+      <c r="B174" s="1" t="s">
         <v>698</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="B175" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="B176" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="F172" s="3" t="s">
+      <c r="C176" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="G172" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="C173" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="B177" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>712</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C175" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="F178" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="C179" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="F179" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="C180" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="F180" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="C181" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="F181" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="C179" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="B182" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="C182" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="F182" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="C180" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="B183" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="C183" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="F183" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="B184" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="C182" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="B185" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F185" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="F187" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="C188" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="F188" s="3" t="s">
         <v>751</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B189" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B190" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F190" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C191" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="F191" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="C193" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="B194" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="F194" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="B196" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="C196" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="C195" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="B197" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C197" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>783</v>
       </c>
-      <c r="C196" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="F197" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C198" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F200" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C201" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="C202" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="C204" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="F205" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="F206" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="C207" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="C207" s="1" t="s">
+      <c r="C208" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>826</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="F208" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="C210" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>835</v>
-      </c>
-[...21 lines deleted...]
-        <v>839</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>836</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B212" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="C212" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="F212" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>846</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>520</v>
+        <v>616</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
         <v>847</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C214" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>849</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="F214" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="C215" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="B216" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="B217" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="C217" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="C217" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="B218" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="C218" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="B219" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="C219" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="C219" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="B220" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="C220" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="C220" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="B221" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="F220" s="3" t="s">
+      <c r="C221" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>871</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B221" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="C221" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="B222" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="C222" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="C223" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="C224" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="F224" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="C225" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="B226" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="C226" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="C227" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>890</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>894</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="C230" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="F230" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="C231" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>903</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="B232" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="C232" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="C233" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>909</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="F234" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="C235" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>916</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>920</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>924</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="C238" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>928</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>932</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="F239" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="C240" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="C241" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="C242" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="B243" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="C243" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="C241" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="C242" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>956</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>960</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="C248" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>972</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>976</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="C251" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>980</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="B252" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="C252" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>984</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="C250" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G251" s="3" t="s">
+      <c r="C254" s="1" t="s">
         <v>991</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>992</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="C255" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>996</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="C256" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="C254" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="B257" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="C257" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="F257" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="C259" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1012</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="C258" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B260" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1016</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="F260" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1020</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="C262" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>1024</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="F262" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="B263" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="C263" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>1028</v>
       </c>
-      <c r="C263" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="F263" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="C264" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="C264" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1035</v>
+        <v>1051</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>110</v>
+        <v>616</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>110</v>
+        <v>616</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>187</v>
+        <v>616</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>187</v>
+        <v>616</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>187</v>
+        <v>616</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>187</v>
+        <v>616</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>187</v>
+        <v>616</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>187</v>
+        <v>616</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>187</v>
+        <v>616</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>110</v>
+        <v>616</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>110</v>
+        <v>616</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>110</v>
+        <v>616</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>616</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>616</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>707</v>
+        <v>132</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>707</v>
+        <v>132</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>707</v>
+        <v>132</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>707</v>
+        <v>132</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>707</v>
+        <v>132</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>707</v>
-[...5 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>707</v>
-[...5 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>707</v>
-[...5 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>707</v>
+        <v>91</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>707</v>
+        <v>91</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>707</v>
+        <v>91</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>707</v>
+        <v>91</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>707</v>
+        <v>91</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>707</v>
+        <v>91</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1303</v>
+        <v>841</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>707</v>
+        <v>616</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>707</v>
+        <v>1312</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F336" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F339" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F340" s="3" t="s">
+        <v>1338</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F341" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F342" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F343" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F344" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F345" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F346" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F347" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F348" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F350" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F351" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F352" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F353" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F354" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F355" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F356" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F357" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F358" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F359" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F360" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F362" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F363" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F368" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F369" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F370" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F371" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F372" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F373" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F374" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F375" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F376" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F377" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F379" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F380" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1508</v>
+      </c>
+      <c r="F382" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F383" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F384" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F386" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F387" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F388" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F389" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F390" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>1544</v>
+      </c>
+      <c r="F391" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F392" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F393" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F394" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F395" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F396" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F397" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F398" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F400" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F401" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F402" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1600</v>
+      </c>
+      <c r="F405" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F406" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F407" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F409" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F412" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F415" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F416" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F417" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1656</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1672</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F424" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F425" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F426" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F427" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F428" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F429" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F430" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F431" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F432" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F433" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F434" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F435" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F436" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F437" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F438" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F439" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F440" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F441" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F442" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>1752</v>
+      </c>
+      <c r="F443" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>1756</v>
+      </c>
+      <c r="F444" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F445" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F446" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F447" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F448" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F449" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F450" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F451" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>1788</v>
+      </c>
+      <c r="F452" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F453" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F454" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F455" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F456" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="F457" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F458" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F459" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>1820</v>
+      </c>
+      <c r="F460" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F461" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F462" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>1832</v>
+      </c>
+      <c r="F463" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F464" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F465" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F466" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F467" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F468" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F469" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F470" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F471" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="F472" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F473" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F474" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F475" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>1886</v>
+      </c>
+      <c r="F476" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F477" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F478" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F479" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F480" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F481" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F482" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
+        <v>1911</v>
+      </c>
+      <c r="F483" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F484" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G484" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>1918</v>
+      </c>
+      <c r="F485" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F486" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G486" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F487" s="3" t="s">
         <v>1312</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="G487" s="3" t="s">
         <v>1313</v>
       </c>
-      <c r="B336" s="1" t="s">
-[...3132 lines deleted...]
-      <c r="A473" s="1" t="s">
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
+        <v>1929</v>
+      </c>
+      <c r="F488" s="3" t="s">
+        <v>1930</v>
+      </c>
+      <c r="G488" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="3" t="s">
+        <v>1934</v>
+      </c>
+      <c r="F489" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G489" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F490" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F491" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="3" t="s">
+        <v>1946</v>
+      </c>
+      <c r="F492" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A493" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" s="3" t="s">
+        <v>1950</v>
+      </c>
+      <c r="F493" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G493" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A494" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F494" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G494" s="3" t="s">
         <v>1861</v>
       </c>
-      <c r="B473" s="1" t="s">
-[...25 lines deleted...]
-      <c r="C474" s="1" t="s">
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A495" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F495" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B496" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F496" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G496" s="3" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F497" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="3" t="s">
+        <v>1970</v>
+      </c>
+      <c r="F498" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G498" s="3" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A499" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F499" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G499" s="3" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A500" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E500" s="3" t="s">
+        <v>1978</v>
+      </c>
+      <c r="F500" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A501" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F501" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A502" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E502" s="3" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F502" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G502" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A503" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="3" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F503" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G503" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A504" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E504" s="3" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F504" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A505" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B505" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C505" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="3" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F505" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A506" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C506" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E506" s="3" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F506" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A507" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" s="3" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F507" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A508" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E508" s="3" t="s">
+        <v>2010</v>
+      </c>
+      <c r="F508" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A509" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" s="3" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F509" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E510" s="3" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F510" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" s="3" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F511" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A512" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E512" s="3" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F512" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A513" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F513" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F514" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F515" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E516" s="3" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F516" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E517" s="3" t="s">
+        <v>2046</v>
+      </c>
+      <c r="F517" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E518" s="3" t="s">
+        <v>2050</v>
+      </c>
+      <c r="F518" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E519" s="3" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F519" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E520" s="3" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F520" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G520" s="3" t="s">
         <v>1867</v>
       </c>
-      <c r="D474" s="1" t="s">
-[...1070 lines deleted...]
-    <row r="521" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
       <c r="B521" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E521" s="3" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F521" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F522" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E523" s="3" t="s">
+        <v>2070</v>
+      </c>
+      <c r="F523" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G523" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E524" s="3" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F524" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F525" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C526" s="1" t="s">
         <v>2053</v>
       </c>
-      <c r="C521" s="1" t="s">
-[...16 lines deleted...]
-      <c r="A522" s="1" t="s">
+      <c r="D526" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F526" s="3" t="s">
         <v>2055</v>
       </c>
-      <c r="B522" s="1" t="s">
-[...105 lines deleted...]
-      </c>
       <c r="G526" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>2076</v>
+        <v>2082</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>2077</v>
+        <v>2083</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>2078</v>
+        <v>2084</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>110</v>
+        <v>2055</v>
       </c>
       <c r="G527" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
       <c r="B528" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E528" s="3" t="s">
+        <v>2087</v>
+      </c>
+      <c r="F528" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E529" s="3" t="s">
+        <v>2090</v>
+      </c>
+      <c r="F529" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G529" s="3" t="s">
         <v>2080</v>
       </c>
-      <c r="C528" s="1" t="s">
-[...16 lines deleted...]
-      <c r="A529" s="1" t="s">
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C530" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="B529" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D530" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>2090</v>
+        <v>2093</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>110</v>
+        <v>2055</v>
       </c>
       <c r="G530" s="3" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>110</v>
+        <v>2055</v>
       </c>
       <c r="G531" s="3" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="B532" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C532" s="1" t="s">
         <v>2096</v>
       </c>
-      <c r="C532" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D532" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E532" s="3" t="s">
+        <v>2101</v>
+      </c>
+      <c r="F532" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G532" s="3" t="s">
         <v>2098</v>
       </c>
-      <c r="F532" s="3" t="s">
-[...6 lines deleted...]
-    <row r="533" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>2101</v>
+        <v>2096</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="F533" s="3" t="s">
-        <v>110</v>
+        <v>2055</v>
       </c>
       <c r="G533" s="3" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="F534" s="3" t="s">
-        <v>110</v>
+        <v>2055</v>
       </c>
       <c r="G534" s="3" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C535" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="B535" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D535" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="F535" s="3" t="s">
-        <v>110</v>
+        <v>2055</v>
       </c>
       <c r="G535" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>2113</v>
+        <v>2107</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>2114</v>
       </c>
       <c r="F536" s="3" t="s">
-        <v>707</v>
+        <v>2055</v>
       </c>
       <c r="G536" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
         <v>2115</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>2116</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>2117</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E537" s="3" t="s">
         <v>2118</v>
       </c>
       <c r="F537" s="3" t="s">
-        <v>707</v>
+        <v>2055</v>
       </c>
       <c r="G537" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
         <v>2119</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>2120</v>
       </c>
       <c r="C538" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E538" s="3" t="s">
         <v>2121</v>
       </c>
-      <c r="D538" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E538" s="3" t="s">
+      <c r="F538" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
         <v>2122</v>
       </c>
-      <c r="F538" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A539" s="1" t="s">
+      <c r="B539" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="B539" s="1" t="s">
+      <c r="C539" s="1" t="s">
         <v>2124</v>
       </c>
-      <c r="C539" s="1" t="s">
+      <c r="D539" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E539" s="3" t="s">
         <v>2125</v>
       </c>
-      <c r="D539" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E539" s="3" t="s">
+      <c r="F539" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
         <v>2126</v>
       </c>
-      <c r="F539" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A540" s="1" t="s">
+      <c r="B540" s="1" t="s">
         <v>2127</v>
       </c>
-      <c r="B540" s="1" t="s">
+      <c r="C540" s="1" t="s">
         <v>2128</v>
       </c>
-      <c r="C540" s="1" t="s">
+      <c r="D540" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E540" s="3" t="s">
         <v>2129</v>
       </c>
-      <c r="D540" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E540" s="3" t="s">
+      <c r="F540" s="3" t="s">
         <v>2130</v>
       </c>
-      <c r="F540" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G540" s="3" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
         <v>2131</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>2132</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>2133</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>2134</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>1432</v>
+        <v>2130</v>
       </c>
       <c r="G541" s="3" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
         <v>2135</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>2136</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>2137</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E542" s="3" t="s">
         <v>2138</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>1432</v>
+        <v>2130</v>
       </c>
       <c r="G542" s="3" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
         <v>2139</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>2140</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>2141</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E543" s="3" t="s">
         <v>2142</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>1432</v>
-[...5 lines deleted...]
-    <row r="544" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
         <v>2143</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>2144</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>2145</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E544" s="3" t="s">
         <v>2146</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>1432</v>
-[...5 lines deleted...]
-    <row r="545" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
         <v>2147</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>2148</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>2149</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E545" s="3" t="s">
         <v>2150</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="546" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
         <v>2151</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>2152</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>2153</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E546" s="3" t="s">
         <v>2154</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>110</v>
+        <v>2130</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
         <v>2155</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>2156</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>2157</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>2158</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>110</v>
+        <v>2130</v>
       </c>
       <c r="G547" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
         <v>2159</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>2160</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>2161</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
         <v>2162</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>110</v>
+        <v>2130</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
         <v>2163</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>2164</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>2165</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E549" s="3" t="s">
         <v>2166</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
         <v>2167</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>2168</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>2169</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E550" s="3" t="s">
         <v>2170</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
         <v>2171</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>2172</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>2173</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>2174</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
         <v>2175</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>2176</v>
       </c>
       <c r="C552" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E552" s="3" t="s">
         <v>2177</v>
       </c>
-      <c r="D552" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E552" s="3" t="s">
+      <c r="F552" s="3" t="s">
         <v>2178</v>
       </c>
-      <c r="F552" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G552" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
         <v>2179</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>2180</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>2181</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
         <v>2182</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
         <v>2183</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>2184</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>2185</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
         <v>2186</v>
       </c>
       <c r="F554" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="G554" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A555" s="1" t="s">
+      <c r="B555" s="1" t="s">
         <v>2188</v>
       </c>
-      <c r="B555" s="1" t="s">
+      <c r="C555" s="1" t="s">
         <v>2189</v>
       </c>
-      <c r="C555" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D555" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
         <v>2190</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F556" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F557" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F558" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>2207</v>
+      </c>
+      <c r="F559" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G559" s="3" t="s">
         <v>2191</v>
       </c>
-      <c r="B556" s="1" t="s">
-[...87 lines deleted...]
-    <row r="560" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
       <c r="B560" s="1" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>2211</v>
+      </c>
+      <c r="F560" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A561" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C561" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="C560" s="1" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D561" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2185</v>
+        <v>2217</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>2214</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2215</v>
+        <v>2219</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2217</v>
+        <v>2206</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2218</v>
+        <v>2221</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G563" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2219</v>
+        <v>2222</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2220</v>
+        <v>2223</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G564" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2223</v>
+        <v>2227</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2185</v>
+        <v>2206</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2224</v>
+        <v>2228</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G565" s="3" t="s">
-        <v>2214</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2225</v>
+        <v>2229</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2226</v>
+        <v>2230</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2217</v>
+        <v>2231</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G566" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2228</v>
+        <v>2233</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2230</v>
+        <v>2206</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2231</v>
+        <v>2235</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2233</v>
+        <v>2237</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2234</v>
+        <v>2206</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>2234</v>
+        <v>2206</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G569" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>2241</v>
+        <v>2248</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G571" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>2241</v>
+        <v>2252</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>2248</v>
+        <v>2253</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>2249</v>
+        <v>2254</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2250</v>
+        <v>2255</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2251</v>
+        <v>2256</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>2252</v>
+        <v>2257</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
-        <v>2253</v>
+        <v>2258</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>2254</v>
+        <v>2259</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>2251</v>
+        <v>2206</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>2255</v>
+        <v>2260</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>2187</v>
+        <v>91</v>
       </c>
       <c r="G574" s="3" t="s">
-        <v>25</v>
-[...2182 lines deleted...]
-        <v>39</v>
+        <v>2191</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">