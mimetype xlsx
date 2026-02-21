--- v0 (2025-12-08)
+++ v1 (2026-02-21)
@@ -12,226 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
+    <t>Торговая марка</t>
+  </si>
+  <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0e/b0e290534871d777e2f6013b1a5ec3be/eb23ae5cd122fc3518af1fe1a3c36753.jpg</t>
-[...2 lines deleted...]
-    <t>Биг Бэг 2-х стропный, 75x75x125 см., верх-открытый, дно глухое</t>
+    <t>http://anytos.ru//upload/iblock/108/jdi9ytd59s8hwsgdyszmevz2rp069sun.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в листах А2, 420 х 594 мм, плотность 78 г м2, 100 листов, BRAUBERG, 440150</t>
+  </si>
+  <si>
+    <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, уберегает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Ширина листа - 420 мм. Длина листа - 594 мм. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
   </si>
   <si>
     <t>Упаковочная бумага</t>
   </si>
   <si>
-    <t>380287</t>
+    <t>385610</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa6/awo3sogy74pg53pjvu597d3p0t4fe7vt.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в листах А3, 297х420 мм, плотность 78 г м2, 100 листов, BRAUBERG, 440149</t>
+  </si>
+  <si>
+    <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, уберегает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Ширина листа - 297 мм. Длина листа - 420 мм. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
+  </si>
+  <si>
+    <t>385611</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a21/y91l9xkwrzno7b5ofdusrwe23swaxnd1.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в рулоне, 1000 мм х 40 м, плотность 78 г м2, BRAUBERG, 440148</t>
+  </si>
+  <si>
+    <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, уберегает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Поставляется в рулоне. Ширина рулона - 1000 мм. Длина рулона - 40 м. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
+  </si>
+  <si>
+    <t>385612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e08/gfi2z4yqbh0c5rb5f8oc1drl829l8ytp.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в рулоне, 420 мм х 20 м, плотность 78 г м2, BRAUBERG, 440144</t>
+  </si>
+  <si>
+    <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, уберегает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Поставляется в рулоне. Ширина рулона - 420 мм. Длина рулона - 20 м. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
+  </si>
+  <si>
+    <t>385613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05e/3gmreafll2i3m6gf961bcxthsuqet5jr.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в рулоне, 840 мм х 150 м, плотность 78 г м2, BRAUBERG, 440147</t>
+  </si>
+  <si>
+    <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, уберегает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Поставляется в рулоне. Ширина рулона - 840 мм. Длина рулона - 150 м.</t>
+  </si>
+  <si>
+    <t>385616</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d2c/d2c0ccf86ff179c768f4872434008a7c/099d4ed33efb71013b2cd4842dffd8dd.jpg</t>
-[...133 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/58a/o2bx8m05ns3j6pi1kcg4k7tufnmsmnnt.jpg</t>
   </si>
   <si>
     <t>Крафт-бумага в рулоне, 840 мм х 40 м, плотность 78 г м2, BRAUBERG, 440146</t>
   </si>
   <si>
     <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, уберегает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Поставляется в рулоне. Ширина рулона - 840 мм. Длина рулона - 40 м. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
   </si>
   <si>
     <t>385617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb7/eb7d6df139af70ff2fe995db255f61eb.jpeg</t>
   </si>
   <si>
     <t>Крафт-бумага в рулоне для упаковки OfficeSpace, 840мм 40м, плотность 78г м2</t>
   </si>
   <si>
     <t>Крафт-бумага в рулоне для упаковки&amp;nbsp;&amp;nbsp;OfficeSpace используется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Хорошо сохраняет форму, не портит продукт, завернутый в нее, не сминает его. Крафт-бумага - один из самых универсальных, экологичных, доступных материалов.</t>
   </si>
   <si>
     <t>427769</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
@@ -245,644 +182,509 @@
   <si>
     <t>561238</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f7/4f7e677c0769d63e056aafec4e489955/45d156ff4ddc3ef40a48a293997c0dd6.jpg</t>
   </si>
   <si>
     <t>Крафт-бумага в рулоне для упаковки OfficeSpace, 840мм 10м, плотность 78г м2</t>
   </si>
   <si>
     <t>561239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac2/ac20431947d12e3de2a59278a32ab54e/3f60b59252c23b914e4385c24c39fe80.jpg</t>
   </si>
   <si>
     <t>Пленка укрывная Рукав 200мкр, 1,5x100 м</t>
   </si>
   <si>
     <t>586631</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/653/653a37064eb8e2299dae59ed488de856/137545d4746f7ba5a62947982590b2e1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e3/5e307dcddda737a5b37520892d807564/0ca41ac8eedda4e48066b0a13b718ea7.jpg</t>
   </si>
   <si>
     <t>LOL. Упаковочная бумага  бирюзовая , 700 1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>LOL. Упаковочная бумага &amp;#40;бирюзовая&amp;#41;, 700*1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>596922</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44d/44d3734a83dd1510dfb5855319ac3d4a/32733f90eaa4b0de48009ae719306098.jpg</t>
   </si>
   <si>
     <t>Леди Баг и Супер-Кот. Упаковочная бумага   1, 700 1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>Леди Баг и Супер-Кот. Упаковочная бумага № 1, 700*1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>596925</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ledy-bag-i-super-cot/"&gt;Леди Баг и Супер Кот&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c39/c39468c7a9c3737f8f5ffcfca4726247/0fdba585e0baaacd40ab6f841857511d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e15/e151e2816872785f299167db34815626/d076a8f6c0d505be6c9892205171b5a7.jpg</t>
   </si>
   <si>
     <t>Сказочный патруль. Упаковочная бумага  желтая , 700 1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>Сказочный патруль. Упаковочная бумага &amp;#40;желтая&amp;#41;, 700*1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>596927</t>
   </si>
   <si>
     <t>&lt;a href="/brands/skazochnyj-patrul/"&gt;Сказочный патруль&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44d/44d8b530297ff51774a5fbde0e505c79/45db459a40799b297ee7f249496d5ee6.jpg</t>
   </si>
   <si>
     <t>Сказочный патруль. Упаковочная бумага  фиолетовая , 700 1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>Сказочный патруль. Упаковочная бумага &amp;#40;фиолетовая&amp;#41;, 700*1000 мм, 2 шт в рулоне</t>
   </si>
   <si>
     <t>596928</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c45/d8ooquqml7z5nkqsojf0p25c02ym0s0i.jpg</t>
-[...8 lines deleted...]
-    <t>601290</t>
+    <t>http://anytos.ru//upload/iblock/27c/27c73a7abc3be656773cb927c9b59f76/28091d1482d11d0cdc7cfe58ea03b08a.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага крафт 70 100см, ArtSpace  quot;Гламурный рок quot;, 70г м2, ассорти 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага крафтовая. Размер -&amp;nbsp;&amp;nbsp;70*100 см.&amp;nbsp;&amp;nbsp;Рулон в термоусадочной пленке. В ассортименте 5 дизайнов. Упакованы по 50 шт. в гофрокороб.</t>
+  </si>
+  <si>
+    <t>608476</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d28/d28168ee5227d1db62a7089718213861.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в рулоне для упаковки OfficeSpace, 840мм 150м, плотность 78 г м2</t>
+  </si>
+  <si>
+    <t>Крафт-бумага оберточная в рулоне для упаковки&amp;nbsp;&amp;nbsp;OfficeSpace используется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Хорошо сохраняет форму, не портит продукт, завернутый в нее, не сминает его. Крафт-бумага - один из самых универсальных, экологичных, доступных материалов.</t>
+  </si>
+  <si>
+    <t>652827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6a/c8u9ayke8bnfay1msu2210snstph98lo.jpg</t>
+  </si>
+  <si>
+    <t>Enchantimals. Упаковочная бумага-1, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Привлекательная упаковочная бумага детская Enchantimals &amp;#40;энчантималс&amp;#41; с изображением кукол Enchantimals и их милых питомцев. Бумага для упаковки подарков Энчантималс идеально подходит для упаковки подарков девочке, например, Энчантималс кукол, а также книг, одежды, наборов посуды, аксессуаров и других сюрпризов. Набор содержит 2 рулона упаковочной бумаги детской, каждый лист имеет размер 700*1000 мм. Бумага для упаковки подарков привлекает внимание не только стильным и оригинальным дизайном, но и приятной на ощупь, гладкой поверхностью. Упаковочная бумага детская Enchantimals &amp;#40;энчантималс&amp;#41; - прочная и надежная, она поможет превратить детский подарок, даже совсем небольшой, в настоящий шедевр. Дизайн бумаги для упаковки подарков девочке выполнен по официальной лицензии правообладателя бренда.</t>
+  </si>
+  <si>
+    <t>685041</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/enchantimals/"&gt;Enchantimals&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/592/0xebmw3xz0fnq99y8lmqsa6ei84560b9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOL. Упаковочная бумага  розовая с кошками , 700 1000 мм, 2 шт в рулоне  EV_19 </t>
+  </si>
+  <si>
+    <t>Упаковочная бумага детская LOL &amp;#40;лол&amp;#41; для оформления подарков девочке. Стильная, прочная и гладкая на ощупь упаковочная бумага для подарков поможет превратить любой сюрприз в настоящее произведение искусства. Упаковочная бумага lol идеально подходит для упаковки кукол лол для девочек, lol surprise наборов, одежды, книг, наборов для творчества, аксессуаров и других подарков. Набор содержит 2 листа привлекательной и надежной упаковочной бумаги для подарков, каждый из которых имеет размер 700*1000 мм. Упаковка подарка для девочки станет приятной, а сам презент, завернутый в упаковочную бумагу лол &amp;#40;lol&amp;#41;, вызовет радость и восторг. Упаковочная бумага для подарков – замечательное дополнение к подарку поклоннице очаровательных куколок Лол.</t>
+  </si>
+  <si>
+    <t>685044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81d/8hz34v52cagwc9h02xl6l0x0tcziv7ay.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOL. Упаковочная бумага  розовая с паттерном , 700 1000 мм, 2 шт в рулоне  EV_19 </t>
+  </si>
+  <si>
+    <t>Подарочная бумага детская красивого розового цвета с изображением очаровательных куколок Лол! Упаковочная бумага розовая идеальна для упаковки подарков девочкам, которым так нравится этот цвет! В рулоне - 2 одинаковых листа подарочной бумаги детской, размер каждого из которых 690*990 мм. Мелованная бумага с привлекательным дизайном приятная на ощупь, она имеет гладкую и ровную поверхность. Упаковочная бумага для детей подходит для декора подарков девочкам на Новый год, день рождения или другой праздник. Подарочная бумага детская приведет в восторг девочек, которым так нравятся куколки Лол &amp;#40;lol&amp;#41;. Дизайн упаковочной бумаги для детей &amp;#40;упаковочной бумаги розовой&amp;#41; изготовлен по официальной лицензии MGA.</t>
+  </si>
+  <si>
+    <t>685045</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06b/l0f5jg3b8dhgovj4kmsa992zzg5bqbko.jpg</t>
+  </si>
+  <si>
+    <t>Герои в масках. Упаковочная бумага-5, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Стильная и качественная упаковка подарка для мальчика поможет создать праздничную атмосферу и подарит ребенку яркие эмоции! Изображения любимых героев из популярного мультфильма «Герои в масках» и яркие цвета – это то, что так нравится детям. Взрослые по достоинству оценят прочность и надежность упаковочной бумаги. Подарочная бумага детская имеет ровную, гладкую поверхность, привлекает внимание качественной печатью и оригинальным дизайном на голубом фоне. Бумага поможет не просто упаковать подарки, но и превратить их в загадку для ребенка! Упаковочная бумага детская идеально подходит для упаковки конструкторов, игровых наборов, машинок – всего того, что так любят мальчики. Набор содержит 2 листа бумаги одинакового размера &amp;#40;700*1000 мм&amp;#41;, каждый из которых свернут в рулон.</t>
+  </si>
+  <si>
+    <t>685049</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/geroi-v-maskah/"&gt;Герои в масках&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e3/gj1ykysedt0kz287zott2lkdcml1230r.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Леди Баг и Супер-Кот. Упаковочная бумага, 700 1000 мм, 2 шт в рулоне  гайд 2020 </t>
+  </si>
+  <si>
+    <t>Подарочная бумага детская в новом дизайне 2020 года с изображением парижских подростков-супергероев и символики из популярного мультфильма «Леди Баг и Супер-Кот»! Набор состоит из 2 одинаковых листов бумаги, размер каждого из которых 690*990 мм. Мелованная бумага с ярким и стильным дизайном приятная на ощупь, она имеет гладкую и ровную поверхность. Упаковочная бумага для детей и подростков подходит для декора подарков на Новый год, день рождения или другой праздник. В дизайне упаковочной бумаги «Леди Баг и Супер-Кот» использованы изображения по официальной лицензии производителя мультсериала «Леди Баг и Супер-Кот».</t>
+  </si>
+  <si>
+    <t>685050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6d/q4ba3vho7290y20xv3ls0wqgdlwpi9p9.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Упаковочная бумага-4, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Привлекательная упаковочная бумага детская с изображением Скай и Эверест – щенков-спасателей из популярного детского мультфильма «Щенячий патруль» &amp;#40;paw patrol&amp;#41;. Дизайн бумаги для упаковки подарков выполнен в нежных розовых оттенках. Набор содержит 2 рулона упаковочной бумаги детской &amp;#40;размер каждого листа 700*1000 мм&amp;#41;. Идеально подходит бумага для упаковки подарков различных размеров, книг, наборов для творчества, и, конечно, игрушек-щенков из мультфильма «Щенячий патруль» &amp;#40;paw patrol&amp;#41;. Мелованная бумага для упаковки подарков имеет гладкую поверхность, она прочная и надежная. Упаковочная бумага детская поможет превратить любой детский подарок в настоящий сюрприз. Бумага для упаковки подарков девочке имеет привлекательный дизайн, выполненный по официальной лицензии правообладателя бренда «Щенячий патруль».</t>
+  </si>
+  <si>
+    <t>685051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e42/x9cc48ctgljowhhhynnokwca1v396gwh.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Упаковочная бумага-5, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Привлекательная упаковочная бумага детская с изображением щенков-спасателей из популярного детского мультфильма «Щенячий патруль» &amp;#40;paw patrol&amp;#41;. В дизайне бумаги для упаковки подарков использованы яркие и привлекательные цвета. Набор содержит 2 рулона упаковочной бумаги детской &amp;#40;размер каждого листа 700*1000 мм&amp;#41;. Идеально подходит бумага для упаковки подарков различных размеров, книг, наборов для творчества, и, конечно, игрушек-щенков из мультфильма «Щенячий патруль» &amp;#40;paw patrol&amp;#41;. Мелованная бумага для упаковки подарков имеет гладкую поверхность, она прочная и надежная. Упаковочная бумага детская поможет превратить любой детский подарок в настоящий сюрприз. Бумага для упаковки подарков девочке или мальчику имеет оригинальный дизайн, выполненный по официальной лицензии правообладателя бренда «Щенячий патруль».</t>
+  </si>
+  <si>
+    <t>685052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/755/cjz43isk0k2nm1it9p35r716poaxdwyh.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага Кошечка, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Подарочная бумага детская с изображением кошечек в оранжево-розовых тонах! Набор состоит из 2 одинаковых листов бумаги, размер каждого из которых 700*1000 мм. Мелованная бумага с ярким и стильным дизайном, приятная на ощупь, имеет гладкую и ровную поверхность. Упаковочная бумага для детей подходит для декора подарков на Новый год, день рождения или другой праздник. Яркая упаковочная бумага смотрится привлекательно и стильно, идеальна для упаковки подарков девочке.</t>
+  </si>
+  <si>
+    <t>685054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf5/uitv0canudspztcgcva6r9d5abw7uzsu.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага Лама, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Подарочная бумага детская с изображением очаровательных лам на небесно-голубом фоне! Набор состоит из 2 одинаковых листов бумаги, размер каждого из которых 700*1000 мм. Мелованная бумага с ярким и стильным дизайном, приятная на ощупь, имеет гладкую и ровную поверхность. Упаковочная бумага для детей подходит для декора подарков на Новый год, день рождения или другой праздник. Упаковочная бумага в голубом цвете смотрится привлекательно и стильно, идеальна для упаковки подарков ребенку.</t>
+  </si>
+  <si>
+    <t>685055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80a/1cx59biastnj9q2mh3clqukpxfv38dz9.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага Пони, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Упаковка подарка для девочки превратится в настоящий праздник с упаковочной бумагой детской «Пони» в изумительно красивых розово-фиолетовых оттенках! Изображения очаровательных лошадок и фигурных сердечек не оставят девочку равнодушной, подарок привлечет внимание ребенка и вызовет положительные эмоции. Набор содержит 2 одинаковых листа бумаги &amp;#40;размер каждого 700*1000 мм&amp;#41;, они отличаются ровной и гладкой поверхностью, яркой печатью, свернуты в удобные рулоны. Прочная и надежная бумага для упаковки подарков поможет красиво упаковать книги, куклу, набор для творчества, одежду. Упаковочная бумага для подарков – яркая и оригинальная - поможет превратить даже небольшой сюрприз в настоящий шедевр! Упаковочная бумага детская &amp;#40;товары для праздника&amp;#41; с привлекательным дизайном так нравится детям, изображения интересно рассматривать вновь и вновь. Подарочная бумага «Пони» создаст у ребенка праздничное настроение!</t>
+  </si>
+  <si>
+    <t>685056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/704/hcgda5c0wxcyjemfivb00rxqr6zqqcvf.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага Принцесса, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Яркая упаковочная бумага для оформления подарков девочке. Насыщенный розовый цвет подарочной бумаги, изображения привлекательных сердечек и цветочков – это то, что так любят юные принцессы! Бумага для упаковки подарков поможет самостоятельно упаковать книги, игрушки, одежду, наборы для творчества, аксессуары, детскую косметику. Подарочная бумага отличается прочностью, она имеет гладкую и ровную поверхность. Набор содержит 2 одинаковых листа бумаги &amp;#40;размер каждого 700*1000 мм&amp;#41;, свернутых в удобные рулоны. Бумага для упаковки подарков девочке поможет привлечь внимание к подарку и вызовет у ребенка неподдельный восторг! Дизайн бумаги для упаковки подарков девочке выполнен по официальной лицензии.</t>
+  </si>
+  <si>
+    <t>685057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c3/v1ghnrloslbc9fcrqq15qlpnuzo1xpbl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOL. Упаковочная бумага  бело-розовая полоска , 700 1000 мм, 2 шт в рулоне  EV_19 </t>
+  </si>
+  <si>
+    <t>Яркая и привлекательная упаковка подарка для девочки! Упаковочная бумага детская привлекает внимание оригинальным дизайном и высоким уровнем качества. В наборе представлено 2 листа бумаги одинакового размера 700*1000 мм, каждый из которых свернут в компактный рулон. Бумага для упаковки подарков идеальна для упаковки подарков различных размеров, книг, наборов для творчества и других игрушек, которые так нравятся девочкам. Красивая и необычная бумага для упаковки поможет превратить даже небольшой сюрприз в настоящий шедевр! Упаковка подарка для девочки подарит приятные эмоции и тому, кто оформляет презент. Мелованная бумага для упаковки подарков имеет гладкую, приятную на ощупь поверхность. Подарок, упакованный в бумагу «LOL», привлечет еще большее внимание ребенка к содержимому и непременно вызовет восторг: яркие цвета и необычный дизайн так нравятся детям!</t>
+  </si>
+  <si>
+    <t>685058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c3/51k53beweac79mrqz8ofq1el3kpnl8ye.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOL. Упаковочная бумага  светло-голубая в полоску , 700 1000 мм, 2 шт в рулоне  EV_19 </t>
+  </si>
+  <si>
+    <t>685059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d9/mi1s6dxfjrd52uy1s109ouh91t4zxlck.jpg</t>
+  </si>
+  <si>
+    <t>Щенячий патруль. Упаковочная бумага-2, 700 1000 мм, 2 шт в рулоне</t>
+  </si>
+  <si>
+    <t>Привлекательная упаковочная бумага детская с изображением Скай и Маршала – щенков-спасателей из популярного детского мультфильма «Щенячий патруль» &amp;#40;paw patrol&amp;#41;. Дизайн бумаги для упаковки подарков выполнен в красивых розовых оттенках. Набор содержит 2 рулона упаковочной бумаги детской &amp;#40;размер каждого листа 700*1000 мм&amp;#41;. Идеально подходит бумага для упаковки подарков различных размеров, книг, наборов для творчества, и, конечно, игрушек-щенков из мультфильма «Щенячий патруль» &amp;#40;paw patrol&amp;#41;. Мелованная бумага для упаковки подарков имеет гладкую поверхность, она прочная и надежная. Упаковочная бумага детская поможет превратить любой детский подарок в настоящий сюрприз. Бумага для упаковки подарков девочке имеет привлекательный дизайн, выполненный по официальной лицензии правообладателя бренда «Щенячий патруль».</t>
+  </si>
+  <si>
+    <t>685061</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schenjachij-patrul/"&gt;Щенячий патруль&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f36/3c5yy25ob6l0bfx9xbz9lw6yoa12brl0.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага белый крафт 70 100см, ArtSpace  quot;Анималистичный принт quot;, 70г м2, ассорти 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Крафт-бумага - главный тренд сезона, является не только экологически чистым продуктом, но и отличным способом сделать подарок ярким и запоминающимся. Такая упаковка притягивает внимание натуральностью цвета, нетривиальным дизайном и&amp;nbsp;&amp;nbsp;паттерном. Любой подарок будет смотреться стильно и оригинально.</t>
+  </si>
+  <si>
+    <t>775392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/671/1dpa2ihlqnos18bs5epaf86ci60r0op5.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, ArtSpace  quot;Pop art quot;, 90г м2, ассорти 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага с глянцевой поверхностью идеально подходит для упаковки и декорирования подарков.</t>
+  </si>
+  <si>
+    <t>775393</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03b/ep0z2o0wse9vd7u9h7s1cr970b4ote6g.jpg</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель 2мм, MESHU, 100г, белый</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель Meshu- это отличный способ декора для упаковки подарка. Он идеально дополнит любой подарок, надёжно зафиксирует вложение и будет гармонично смотреться.</t>
+  </si>
+  <si>
+    <t>785285</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/643/jws9ywyh9jj80hv4crq2v908jp8wuzea.jpg</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель 2мм, MESHU, 100г, голубой</t>
+  </si>
+  <si>
+    <t>785286</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e9/m7wc8h05ahi8y21q0fr446wjeyrbgutm.jpg</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель 2мм, MESHU, 100г, зеленый</t>
+  </si>
+  <si>
+    <t>785287</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11c/2ac6qe8k51rt8iw2c6f3ontej847n8w4.jpg</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель 2мм, MESHU, 100г, крафт</t>
+  </si>
+  <si>
+    <t>785288</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97c/djs7h3ykgksvhqdkxi70k3mrcm3cywe9.jpg</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель 2мм, MESHU, 100г, персиковый</t>
+  </si>
+  <si>
+    <t>785289</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e6/nb8mkrc7qo1go4incsqdz6xzcrapd3y2.jpg</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель 2мм, MESHU, 100г, розовый</t>
+  </si>
+  <si>
+    <t>785290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13f/xahp0d04dsugxy1ywgw2uhss7rjnswe0.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага оберточная  мягкая  рулон 1.05х100 м  80 г м2  марка Е</t>
+  </si>
+  <si>
+    <t>Крафт-бумага оберточная &amp;#40;мягкая&amp;#41; рулон 1.05х100 м &amp;#40;80 г/м2&amp;#41; марка Е</t>
+  </si>
+  <si>
+    <t>796502</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b6/hy2cziiszyo25bqphsckf8mkpu4uotl9.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага для упаковки А2 OfficeSpace, 100л., 78г м2</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в листах OfficeSpace используется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Хорошо сохраняет форму, не портит продукт, завернутый в нее, не сминает его. Крафт-бумага - один из самых универсальных, экологичных и доступных материалов.</t>
+  </si>
+  <si>
+    <t>842808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e90/3951lyu9jmu25tb31u8tve952lhwlv0n.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага крафт 70 100см, MESHU  quot;Say cheese quot;, 70г м2</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага MESHU из крафта - главный тренд сезона. Является не только экологически чистым продуктом, но и отличным способом сделать подарок ярким и запоминающимся. Такая упаковка притягивает внимание натуральностью цвета, нетривиальным дизайном и паттерном. Универсальный размер 70*100 см позволит упаковать предметы различных объёмов. Плотность бумаги – 70 г/м2. Благодаря оригинальному дизайну подарок станет эффектным и запоминающимся. Рулон упакован в термоплёнку для удобной транспортировки и хранения. • Размер: 70*100 см, • Плотность бумаги: 70 г/м2, • Пол: универсальный.</t>
+  </si>
+  <si>
+    <t>851339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bf/83re40004c3px1ixinb4lyva30j97pa9.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Hills quot;, 90г м2</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага MESHU с глянцевой поверхностью идеально подходит для упаковки и декорирования подарков. Универсальный размер 70*100 см позволит упаковать предметы различных объёмов. Плотность бумаги – 90 г/м2. Благодаря оригинальному дизайну подарок станет эффектным и запоминающимся. Рулон упакован в термоплёнку для удобной транспортировки и хранения. • Размер: 70*100 см, • Плотность бумаги: 90 г/м2, • Пол: универсальный.</t>
+  </si>
+  <si>
+    <t>852824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/412/mr1lsxlc1nr1qm478i3108illpswf6og.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага оберточная в рулоне, 1.06х100 м, 78 г м2  Марка А</t>
+  </si>
+  <si>
+    <t>Крафт-бумага оберточная в рулоне, 1.06х100 м,&amp;#40;78 г/м2&amp;#41; Марка А</t>
+  </si>
+  <si>
+    <t>882146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/699/4hdidzcu6ar16c6h7i0ee7c58paemqou.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага крафт 70 100см, ArtSpace  quot;Абстракция quot;, 70г м2, ассорти 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага ArtSpace - лучшее решение, чтобы порадовать ваших близких и создать праздничное настроение. Подарок, преподнесенный в яркой и оригинальной упаковке - самый запоминающийся. • Размер: 70*100 см; • Плотность бумаги: 70 г/м2; • Пол: универсальный.</t>
+  </si>
+  <si>
+    <t>884687</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/078/2a6tyagffb0hngqutvg3169u1yynqfxh.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага, глянец, 70 100, 2 шт в наборе МОЙ МАЛЕНЬКИЙ ПОНИ ЧУДО ПРАЗДНИК</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага, глянец, 70*100, 2 шт в наборе МОЙ МАЛЕНЬКИЙ ПОНИ ЧУДО ПРАЗДНИК</t>
+  </si>
+  <si>
+    <t>894914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11d/dpajjz6tqonkwaetkvny0hm7sjl661v6.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя  quot;Snow Fun quot;, 70х100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 591911</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Snow Fun&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – замечательный способ придать особый статус подарку, а для букетов упаковочная бумага является неотъемлемым элементом композиции. Изготовлена из мелованной бумаги и представлена в 10 новогодних дизайнах. Бумага плотностью 105 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;. Произведена в России из высококачественного сырья.</t>
+  </si>
+  <si>
+    <t>903897</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
-    <t>10</t>
-[...499 lines deleted...]
-  <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47b/9j788ll4pyy370lrq8n28wds1wnugfze.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная  quot;Funny Animals quot;, 70x100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 591917</t>
   </si>
   <si>
     <t>Упаковочная бумага &amp;quot;Funny Animals&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а для букетов цветов упаковочная бумага является неотъемлемым элементом композиции. Изготовлена из мелованной бумаги и представлена в 10 универсальных дизайнах с детским принтом. Бумага плотностью 105 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
   </si>
   <si>
     <t>930923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32b/2lu4uk0kuiabx8jcbfx5rqope46dd5ev.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная  quot;Kraft Unlimited quot;, 70x100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 591913</t>
   </si>
   <si>
     <t>Упаковочная бумага &amp;quot;Kraft Unlimited&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а для букетов цветов упаковочная бумага является неотъемлемым элементом композиции. Изготовлена из крафт-бумаги и представлена в 10 универсальных дизайнах. Бумага плотностью 70 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
   </si>
   <si>
     <t>930924</t>
@@ -950,50 +752,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/76d/ngyvin57qttej27wwlsw25s9vb0ilj8c.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная  quot;Love Story quot;, 70x100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 591916</t>
   </si>
   <si>
     <t>Упаковочная бумага &amp;quot;Love Story&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а для букетов цветов упаковочная бумага является неотъемлемым элементом композиции. Изготовлена из мелованной бумаги и представлена в 10 романтических дизайнах с изображением сердец. Используйте ее для оформления подарка для близких и любимых людей, а также по случаю бракосочетания и Дня Святого Валентина. Бумага плотностью 105 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
   </si>
   <si>
     <t>939412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f6/bnxzfolu6xnvzy5jzjww2ksor1x9flul.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная  quot;For Kids quot;, 70x100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 591918</t>
   </si>
   <si>
     <t>Упаковочная бумага &amp;quot;For Kids&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а для букетов цветов упаковочная бумага является неотъемлемым элементом композиции. Изготовлена из мелованной бумаги и представлена в 10 универсальных дизайнах с детским принтом. Бумага плотностью 105 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
   </si>
   <si>
     <t>943628</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/496/8db9psrzrv45tkkaqtxzf3hwzgphpxju.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-бумага в рулоне, 720 мм x 10 м, плотность 78 г м2, Марка А  Коммунар , BRAUBERG, 440183</t>
+  </si>
+  <si>
+    <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, защищает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Поставляется в рулоне. Ширина рулона - 720 мм. Длина рулона - 10 м. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
+  </si>
+  <si>
+    <t>946274</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ebb/f1rli2epvzfi17obpkcmyp5je1csvoiu.jpg</t>
   </si>
   <si>
     <t>Крафт-бумага в рулоне, 720 мм x 150 м, плотность 78 г м2, Марка А  Коммунар , BRAUBERG, 440185</t>
   </si>
   <si>
     <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, защищает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Поставляется в рулоне. Ширина рулона - 720 мм. Длина рулона - 150 м. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
   </si>
   <si>
     <t>946275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/px5a6wqesxg0e69o38948yey8kao9bo6.jpg</t>
   </si>
   <si>
     <t>Крафт-бумага в рулоне, 720 мм x 40 м, плотность 78 г м2, Марка А  Коммунар , BRAUBERG, 440186</t>
   </si>
   <si>
     <t>Крафт-бумага BRAUBERG применяется для упаковки товаров, подарков, цветов, создания пакетов и конвертов, в качестве укрывного материала для ремонта и при переезде. Кроме того, крафт-бумага используется художниками для создания картин и эскизов. Прочность 78 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Воздухопроницаемость способствует длительному сохранению товаров, защищает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2–3 лет. Поставляется в рулоне. Ширина рулона - 720 мм. Длина рулона - 40 м. Обладая уникальными свойствами и невысокой стоимостью, крафт-бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.</t>
   </si>
   <si>
     <t>946276</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c79/4m198tjza8yhwrslpxq62cs0ulxwdpev.jpg</t>
@@ -1010,201 +824,153 @@
   <si>
     <t>http://anytos.ru//upload/iblock/87d/2np9gc5vphbh50r22c23hw4j43ftc95z.jpg</t>
   </si>
   <si>
     <t>Крафт-бумага оберточная в листах, 420х600 мм  78г м2  10 кг,  -2  марка А</t>
   </si>
   <si>
     <t>Крафт-бумага оберточная в листах, 420х600 мм &amp;#40;78г/м2&amp;#41; 10 кг, &amp;#43;-2&amp;#37; марка А</t>
   </si>
   <si>
     <t>965230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e47/gost45ckm9z0pvjmvk86iga0b5dkildp.jpg</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Brilliant effect quot;, 90г м2, отд. фольгой, ассорти 5 дизайнов</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Brilliant effect&amp;quot;, 90г/м2, отд. фольгой, ассорти 5 дизайнов</t>
   </si>
   <si>
     <t>969932</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/455/r6urlp3r4se0a3ov3zsgj1e8da1lrtp2.jpg</t>
-[...32 lines deleted...]
-    <t>969938</t>
+    <t>http://anytos.ru//upload/iblock/4eb/4gmgq5kg4d5puto5r5i2lzb72l4esm9t.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Кассеты quot;, 80г м2</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Кассеты&amp;quot;, 80г/м2</t>
+  </si>
+  <si>
+    <t>969940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/927/26cl579fgozmqcedeha8gcynzo0ts5ir.jpg</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Милые котята quot;, 80г м2</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Милые котята&amp;quot;, 80г/м2</t>
   </si>
   <si>
     <t>969943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/512/za71du8ikj632amog5vd4831778pai3v.jpg</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Мороженое quot;, 80г м2</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Мороженое&amp;quot;, 80г/м2</t>
   </si>
   <si>
     <t>969944</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b2/72puwfq77lhy7admseek8cf67uen7dbp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b2f/ru3a5kypdru3auugop3u8joxe6vaso93.jpg</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Настроение смайла quot;, 80г м2</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Настроение смайла&amp;quot;, 80г/м2</t>
   </si>
   <si>
     <t>969946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/334/5excbe9v2sgqip344ofoo8wjuy8bkbyy.jpg</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Неоновые цветы quot;, 80г м2</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Неоновые цветы&amp;quot;, 80г/м2</t>
   </si>
   <si>
     <t>969947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/192/xmz1wcvslhm97puap9znawew2kywkldj.jpg</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70 100см, MESHU, 60г м2, ассорти 5 дизайнов</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70*100см, MESHU, 60г/м2, ассорти 5 дизайнов</t>
   </si>
   <si>
     <t>969955</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da3/ahtt1kafn1758ox4mwkrxshm9wumpc05.jpg</t>
-[...20 lines deleted...]
-    <t>969964</t>
+    <t>http://anytos.ru//upload/iblock/d0b/43k30non8qga78qsm29wy86kw0upirgn.jpg</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель 2мм, MESHU, 100г, красный</t>
+  </si>
+  <si>
+    <t>969965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b9/getp4g424whkhlyrgc8rl6a91akiv0qb.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная новогодняя  quot;Christmas Kraft quot;, 70х100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 592053</t>
   </si>
   <si>
     <t>Упаковочная бумага &amp;quot;Christmas Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для новогодней упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Изготовлена из крафт-бумаги, представлена в 10 универсальных новогодних дизайнах. Крафт-бумага плотностью 70 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
   </si>
   <si>
     <t>971742</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2af/oijczssmin6o7ac7wlpr6z2e8vy7uoai.jpg</t>
-[...5 lines deleted...]
-    <t>974144</t>
+    <t>http://anytos.ru//upload/iblock/d2a/8vky3c7717bk31omu4b035m6lm4owffs.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная крафт BIG SIZE новогодняя  quot;Christmas Party quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 591947</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Christmas Party&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой крафт-бумагу плотностью 60 г/м2 c принтом в виде новогодней атрибутики: снеговика, подарков, оленей, колпаков. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>974506</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/092/dgj08wu59zo61rugsuqumpman46d2obh.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная крафт С ЭФФЕКТАМИ НАБОР 3 шт.,  quot;Trendy Kraft quot;, 70х100 см, ЗОЛОТАЯ СКАЗКА, 591938</t>
   </si>
   <si>
     <t>Набор упаковочной крафт-бумаги с золотистым фольгированием &amp;quot;Trendy Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.Набор из 3-х рулонов, каждый рулон – размером 70х100 см. Каждый из рулонов выполнен в оригинальном трендовом дизайне с ярким эффектом. Представляют собой крафт-бумагу с нанесенной на нее методом &amp;quot;хот стэмпинга&amp;quot; &amp;#40;горячего тиснения&amp;#41; золотистой фольгой с паттернами в виде кактусов, ананасов, единорогов. Итоговая плотность бумаги – 62 г/м2. Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
   </si>
   <si>
     <t>974510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/559/xov0ollsffm37693kxl2pejquuk0vwoa.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная новогодняя  quot;Black.Gold.White quot;, 70х100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 592052</t>
   </si>
   <si>
     <t>Упаковочная бумага &amp;quot;Black.Gold.White&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для новогодней упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Изготовлена из мелованной бумаги и представлена в 10 универсальных новогодних дизайнах. Бумага плотностью 90 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
   </si>
   <si>
     <t>974511</t>
   </si>
@@ -1235,1145 +1001,941 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5d9/rxrjgcya67285voznjcszhm1nj4w621c.jpg</t>
   </si>
   <si>
     <t>Бумага упаковочная мелованная  quot;Terrazzo Memphis quot; 70 100см, 10 дизайнов ассорти ЗОЛОТАЯ СКАЗКА, 592054</t>
   </si>
   <si>
     <t>Упаковочная бумага &amp;quot;Terrazzo&amp;Memphis&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а для букетов цветов упаковочная бумага является неотъемлемым элементом композиции. Изготовлена из мелованной бумаги и представлена в 10 трендовых универсальных дизайнах. Бумага плотностью 90 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
   </si>
   <si>
     <t>975753</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73f/2f4v88xj2cncrf92qzpmedb5k9npuh67.jpg</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Pattern on black quot;, 80г м2, ассорти 5 дизайнов</t>
   </si>
   <si>
     <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Pattern on black&amp;quot;, 80г/м2, ассорти 5 дизайнов</t>
   </si>
   <si>
     <t>984616</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9e2/vi1woqtsayw78p1dambgoe0nmu7plb58.jpg</t>
-[...32 lines deleted...]
-    <t>992100</t>
+    <t>http://anytos.ru//upload/iblock/079/kzb3urtyh5n1p8tobe507vwa5fjot6n9.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для творчества и упаковки, газетная, рулон 700 мм х 100 м, 45 г м2, BRAUBERG, 665565</t>
+  </si>
+  <si>
+    <t>Газетная бумага BRAUBERG применяется для упаковки товаров, цветов, в качестве укрывного материала во время ремонта и при переезде. Кроме того, крафт-бумага подходит и для письма, рисования и создания различных творческих поделок. Бумага поставляется в рулоне. Ширина рулона – 700 мм. Длина рулона – 100 м. Плотность 45 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Данная бумага обладает воздухопроницаемостью, что способствует длительному сохранению товаров, защищает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2 лет. Обладая уникальными свойствами и невысокой стоимостью, газетная бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.Рулон бумаги для творчества и упаковки сперва упакован в крафт-бумагу, а затем в полиэтиленовый пакет.</t>
+  </si>
+  <si>
+    <t>994249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f2/rmtrkxupqbzdvlpxxrnahnohdoc1d1z7.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для творчества и упаковки, газетная, рулон 840 мм х 150 м, 45 г м2, BRAUBERG, 665566</t>
+  </si>
+  <si>
+    <t>Газетная бумага BRAUBERG применяется для упаковки товаров, цветов, в качестве укрывного материала во время ремонта и при переезде. Кроме того, крафт-бумага подходит и для письма, рисования и создания различных творческих поделок. Бумага поставляется в рулоне. Ширина рулона – 840 мм. Длина рулона – 150 м. Плотность 45 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Данная бумага обладает воздухопроницаемостью, что способствует длительному сохранению товаров, защищает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2 лет. Обладая уникальными свойствами и невысокой стоимостью, газетная бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.Рулон бумаги для творчества и упаковки сперва упакован в крафт-бумагу, а затем в полиэтиленовый пакет.</t>
+  </si>
+  <si>
+    <t>994250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54f/6kq2mvsimukh2j98vp7ech7lx2y5os9h.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для творчества и упаковки, газетная, рулон 840 мм х 300 м, 45 г м2, BRAUBERG, 665567</t>
+  </si>
+  <si>
+    <t>Газетная бумага BRAUBERG применяется для упаковки товаров, цветов, в качестве укрывного материала во время ремонта и при переезде. Кроме того, крафт-бумага подходит и для письма, рисования и создания различных творческих поделок. Бумага поставляется в рулоне. Ширина рулона – 840 мм. Длина рулона – 300 м. Плотность 45 г/м2 позволяет упаковывать в нее не только продукты и товары повседневного спроса, но и строительные материалы, имеющие большой вес. Данная бумага обладает воздухопроницаемостью, что способствует длительному сохранению товаров, защищает их от высыхания, сырости и плесени. Изготавливается из природного материала, не содержит вредных веществ. В окружающей среде разлагается в течение 2 лет. Обладая уникальными свойствами и невысокой стоимостью, газетная бумага BRAUBERG постепенно вытесняет синтетические упаковочные материалы.Рулон бумаги для творчества и упаковки сперва упакован в крафт-бумагу, а затем в полиэтиленовый пакет.</t>
+  </si>
+  <si>
+    <t>994251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/682/3cb6hthgnuhyfphl22ce8481kibu4qxj.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная крафт BIG SIZE новогодняя  quot;XMAS Car quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592194</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;XMAS Car&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой крафт-бумагу плотностью 60 г/м2 с новогодним принтом. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/732/ccqi4wmdy840uue50a1ge87p4jysbdxy.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная крафт BIG SIZE новогодняя  quot;Апельсин Корица quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592192</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Апельсин&amp;Корица&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой крафт-бумагу плотностью 60 г/м2 с новогодним принтом. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1f/4fg2ynfp3ksyygls6yfwhoal5jug051f.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная BIG SIZE новогодняя  quot;Cosy XMAS quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592196</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Cosy XMAS&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой мелованную бумагу плотностью 60 г/м2 с новогодним принтом. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc0/2w3bkg65ccvh7mxswvq83qrpqxfm5bc4.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная BIG SIZE новогодняя  quot;Волшебство quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592197</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Волшебство&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой мелованную бумагу плотностью 60 г/м2 с новогодним принтом. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f2/a59q04gvknsr6ndhn4im8h11n6my6l0d.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная BIG SIZE новогодняя  quot;Гномики quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592195</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Гномики&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой мелованную бумагу плотностью 60 г/м2 с принтом в виде новогодних гномиков. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997262</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/582/6q6knc71qe0rx3qoiawutwdtzc2qbhw7.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт  quot;Black Gold quot;, С ЭФФЕКТАМИ, 70х100см, ЗОЛОТАЯ СКАЗКА, 592190</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги с металлизированным эффектом &amp;quot;Black&amp;Gold&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.Набор из 3-х рулонов, каждый рулон – размером 70х100 см. Каждый из рулонов выполнен в красивом новогоднем дизайне с ярким эффектом. Представляют собой легкомелованную бумагу с нанесенной на нее металлизированной пленкой, за счет которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги – 78 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd1/pqe5wizke2aeo2r8l3b8woi7alx2fnk3.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт  quot;Golden XMAS quot;, С ЭФФЕКТАМИ, 70х100см, ЗОЛОТАЯ СКАЗКА, 592188</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги с металлизированным эффектом &amp;quot;Golden XMAS&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.Набор из 3-х рулонов, каждый рулон – размером 70х100 см. Каждый из рулонов выполнен в красивом новогоднем дизайне с ярким эффектом. Представляют собой легкомелованную бумагу с нанесенной на нее металлизированной пленкой, за счет которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги – 78 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06f/lbi4waxutls575y1ppku31clh886rvgw.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт  quot;HoHo XMAS quot;, С ЭФФЕКТАМИ, 70х100см, ЗОЛОТАЯ СКАЗКА, 592191</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги с металлизированным эффектом &amp;quot;HoHo XMAS&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.Набор из 3-х рулонов, каждый рулон – размером 70х100 см. Каждый из рулонов выполнен в красивом новогоднем дизайне с ярким эффектом. Представляют собой легкомелованную бумагу с нанесенной на нее металлизированной пленкой, за счет которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги – 78 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44a/bs2m5jcbblcv6tz2oo44qrxbfm6jwbwz.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт  quot;NY Pattern quot;, С ЭФФЕКТАМИ, 70х100см, ЗОЛОТАЯ СКАЗКА, 592187</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги с металлизированным эффектом &amp;quot;NY Pattern&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.Набор из 3-х рулонов, каждый рулон – размером 70х100 см. Каждый из рулонов выполнен в красивом новогоднем дизайне с ярким эффектом. Представляют собой легкомелованную бумагу с нанесенной на нее металлизированной пленкой, за счет которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги – 78 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>997266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/215/lejefhhh9jmlv26p6r3zv5cohwqumaea.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя С ЭФФЕКТАМИ  1 шт   quot;Gold Green quot; 70х100см, ассорти, ЗОЛОТАЯ СКАЗКА, 592186</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага с металлизированным эффектом &amp;quot;Gold&amp;Green&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.В данном коде представлены 6 дизайнов бумаги с переливающимся эффектом. Каждый рулон имеет размер 70х100 см. Представляет собой легкомелованную бумагу с нанесенной на нее металлизированной плёнкой с новогодним дизайном, за счёт которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги –78 г/м2. Каждый лист бумаги намотан на картонную втулку для лучшей сохранности бумаги в процессе транспортировки. Каждый рулон также упакован в термоусадочную пленку. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>997267</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c23/3ximclw6fo1osp4oz7hd7aavow34hb89.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя С ЭФФЕКТАМИ  1 шт   quot;Winter quot; 70х100см, ассорти, ЗОЛОТАЯ СКАЗКА, 592189</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага с металлизированным эффектом &amp;quot;Winter&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.В данном коде представлены 6 дизайнов бумаги с переливающимся эффектом. Каждый рулон имеет размер 70х100 см. Представляет собой легкомелованную бумагу с нанесенной на нее металлизированной плёнкой с новогодним дизайном, за счёт которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги –78 г/м2. Каждый лист бумаги намотан на картонную втулку для лучшей сохранности бумаги в процессе транспортировки. Каждый рулон также упакован в термоусадочную пленку. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>997268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/953/u7yh38aawcalq2ufgwqxftjfl3urf744.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Love quot;, 80 г м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Love&amp;quot;, 80 г/м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>998924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c69/tmdlwpo0iivydq56tk4txft5wgbru9pf.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная крафтовая НАБОР 3 шт.,  quot;Kraft Casual quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592063</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;Kraft Casual&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона бумаги размером 70х100 см, каждый из которых выполнен в универсальном дизайне. Все рулоны изготовлены из крафт-бумаги плотностью 70 г/м2. Все три рулона свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>999935</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e4/vwt2cfybgwrs993o4asuya81212ehntw.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная НАБОР 3 шт.,  quot;Golden Pattern quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592062</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;Golden pattern&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в универсальном дизайне с золотистым рисунком. Итоговая плотность бумаги - 80 г/м2. Все три рулона свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>999936</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/100/q91e2b2disn51usnaxtl9sidipjxlret.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная НАБОР 3 шт.,  quot;Man Style quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592064</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;Man Style&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в универсальном дизайне, разработанном для мужской аудитории. Итоговая плотность бумаги - 80 г/м2. Все три рулона свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>999937</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fa/1ykfjk3xb63usrazpxr567h1e8uhxn85.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.,  quot;Blue Collection quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592058</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;Blue Collection&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в красивом новогоднем дизайне с ярким эффектом. Итоговая плотность бумаги – 105 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>999939</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/733/ulypq560q21fub05ba0kgkq4es8edkfd.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.,  quot;Christmas Kraft quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592056</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;Christmas Kraft&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона бумаги размером 70х100 см, каждый из которых выполнен в красивом новогоднем дизайне с ярким эффектом. Все рулоны изготовлены из крафт-бумаги плотностью 105 г/м2. Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>999940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/710/oasewdgqaze2maktrwv5plyyw661vrb3.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.,  quot;Red Collection quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592057</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;Red Collection&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в красивом новогоднем дизайне с ярким эффектом. Итоговая плотность бумаги – 105 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>999942</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f16/rlw29aj6idnabqk1amib9fkh5ampv4tv.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.,  quot;Snow Fun quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592060</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;Snow Fun&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в красивом новогоднем дизайне с ярким эффектом. Итоговая плотность бумаги – 105 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>999943</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b7/xymwefcf91d0xscha6ey1sp0j107nqt3.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель розовый 30г.</t>
+  </si>
+  <si>
+    <t>Яркий бумажный наполнитель для подарков розового цвета станет настоящей палочкой-выручалочкой при оформлении презента.</t>
+  </si>
+  <si>
+    <t>999996</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/yachen-indastrial-grup/"&gt;Ячен Индастриал Груп&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/587/sqtl6t05t2nidxhantp9dl2y5o9eqgau.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель голубой 30г.</t>
+  </si>
+  <si>
+    <t>Голубой бумажный наполнитель для подарка отлично подойдет для оформления праздничного презента. Использовать этот атрибут проще простого - положите необходимое количество наполнителя в праздничную коробку или подарочный пакет.</t>
+  </si>
+  <si>
+    <t>999997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93b/pgu0u8h7kfq7sac6um28x3s0jsn28ypp.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель белый 30г.</t>
+  </si>
+  <si>
+    <t>Белоснежный бумажный наполнитель поможет красиво и стильно упаковать подарок. Отлично подойдет для свадебных презентов.</t>
+  </si>
+  <si>
+    <t>999998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbe/20ffwrcckxd533l28ns22ym08cwon5k9.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель бежевый 30г.</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель для подарков нежного бежевого цвета станет отличным дополнением к вашему презенту и поможет стильно оформить подарок.</t>
+  </si>
+  <si>
+    <t>999999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e8/47nl5bavr5b6z9cg2sn7o7419lfnq6i6.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель черный 30г.</t>
+  </si>
+  <si>
+    <t>Бумажный наполнитель стильного черного цвета отлично подойдет для оформления подарков всем любителям классики. Такой праздничный атрибут будет красиво смотреться вне зависимости от повода.</t>
+  </si>
+  <si>
+    <t>1000000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/052/lyqvnwew4pvjw7i88rrrrjakuw93b64c.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель сиреневый 30г.</t>
+  </si>
+  <si>
+    <t>Яркому имениннику - яркий подарок! А сделать его еще красивее поможет бумажный наполнитель сиреневого цвета - универсальное дополнение к любому презенту.</t>
+  </si>
+  <si>
+    <t>1000001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e1/d96m6nakrne4plyyirc66rnzugqvyckx.jpg</t>
+  </si>
+  <si>
+    <t>Декоративный бумажный наполнитель фуксия 30г.</t>
+  </si>
+  <si>
+    <t>Бумажные декоративные наполнители для подарков набирают популярность - это удобное и стильное дополнение для любого презента. Обратите внимание на яркий наполнитель цвета фуксии - именинник будет в восторге!</t>
+  </si>
+  <si>
+    <t>1000002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51d/dycxr373bl808f8pldct56oj3rum2k67.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Anime quot;, 80 г м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Anime&amp;quot;, 80 г/м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>1002924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c9/ge6z67jnaxf4mo2lxvru0my4qzuduy0d.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Congrats quot;, 80 г м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Congrats&amp;quot;, 80 г/м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>1002926</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a8/dzh9kcex2jnrbihhjuky4oble050nzaj.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Cool boys quot;, 80 г м2, ассорти, 3 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Cool boys&amp;quot;, 80 г/м2, ассорти, 3 дизайна</t>
+  </si>
+  <si>
+    <t>1002927</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/ykqj7hrhd9hkssl2g3bohd88d9h1zrwu.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Cozy home quot;, 80 г м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Cozy home&amp;quot;, 80 г/м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>1002928</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/587/ckmfyajthf8vwxld1zpsw0xcupgmrvvj.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Grace pattern quot;, 80 г м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Grace pattern&amp;quot;, 80 г/м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>1002932</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be0/pmc6wj8la3z5jbgo1vbiyf1ywaj24d61.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Military quot;, 80 г м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Military&amp;quot;, 80 г/м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>1002937</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ceb/3hviwgezm1t14hij7x4tei1l4wku3mqj.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Monochrome quot;, 80 г м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Monochrome&amp;quot;, 80 г/м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>1002938</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db4/yf4mvg9tbxtnz78bryoliuw6gjxro178.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Strict lines quot;, 80 г м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Strict lines&amp;quot;, 80 г/м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>1002940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50f/l25nxls7mg4rg463r2rdutydh09o4oio.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Strict pattern quot;, 80 г м2, ассорти, 3 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Strict pattern&amp;quot;, 80 г/м2, ассорти, 3 дизайна</t>
+  </si>
+  <si>
+    <t>1002941</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/741/imduui0b4drjdtj2mf5xiyfct2wq45qy.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Stylish quot;, 80 г м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Stylish&amp;quot;, 80 г/м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>1002942</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/512/dewhj5ix2xnwj3w21o20pkzp84vjlvb8.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Terrazzo quot;, 80 г м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Terrazzo&amp;quot;, 80 г/м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>1002944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d57/ouj5ehr4eboab12df0gf3kdw6x7u4mk2.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Unicorn quot;, 80 г м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Unicorn&amp;quot;, 80 г/м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>1002946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96d/fd4z8wehd1st8q5dc1982ze8xx3xfe0y.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Сhildish quot;, 80 г м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Сhildish&amp;quot;, 80 г/м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>1002948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c2/io3flszwweniew5mu07m7w4sdkddx3k1.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70 100см, MESHU  quot;Сute friends quot;, 80 г м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага глянц. 70*100см, MESHU &amp;quot;Сute friends&amp;quot;, 80 г/м2, ассорти, 5 дизайнов</t>
+  </si>
+  <si>
+    <t>1002949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/976/ihv6dd7srn259v71big92d4zavvscefx.jpg</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага крафт 70 100см, MESHU  quot;Happy birthday quot;, 70 г м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага крафт 70*100см, MESHU &amp;quot;Happy birthday&amp;quot;, 70 г/м2, ассорти, 4 дизайна</t>
+  </si>
+  <si>
+    <t>1002950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccc/cox1nluwb66uef5t21ev2enhcdnnh4q6.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная НАБОР 3 штуки,  quot;For Women quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592065</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;For Women&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в универсальном дизайне, разработанном для женской аудитории. Итоговая плотность бумаги - 80 г/м2. Все три рулона свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1004578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23e/e1q9t1eu14859hp7s29htiz0717q8ygp.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная НАБОР 3 штуки,  quot;Memphis quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592067</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;Memphis&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в универсальном дизайне. Итоговая плотность бумаги - 80 г/м2. Все три рулона свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1004579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b02/id88dekfyo12nfdeodw8dd86tvaqwowu.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная НАБОР 3 штуки,  quot;Terrazzo quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592066</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;Terrazzo&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, цветов, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в универсальном дизайне. Итоговая плотность бумаги - 80 г/м2. Все три рулона свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1004580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aaa/4uvakudp7t3g2364wf5x26ynqmahj03g.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя  quot;Сказочный подарок quot;, 70х100 см, 10 дизайнов ассорти, ЗОЛОТАЯ СКАЗКА, 592562</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;Сказочный подарок&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для новогодней упаковки подарков, также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку, а также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Изготовлена из мелованной бумаги и представлена в 10 универсальных новогодних дизайнах. Бумага плотностью 105 г/м2 упакована в рулоны длиной 100 см и шириной 70 см &amp;#40;± 5&amp;#37;&amp;#41;. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.Произведена в России из высококачественного сырья.</t>
+  </si>
+  <si>
+    <t>1012559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3d/38h2ic1otx3g1f99nphtw5g0w7v3t2mm.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;FLORA. ЛУГОВЫЕ ТРАВЫ quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;FLORA.ЛУГОВЫЕ ТРАВЫ&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1013444</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9e/26y55qxs114ym2k5sfadb6xm63x4fdos.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;FLORA. ПИОНЫ quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;FLORA.ПИОНЫ&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1013445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c68/wnenpfjm43qc0fkrb10knwq879e4otbf.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;FLORA. ИРИСЫ quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;FLORA.ИРИСЫ&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1013446</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/030/6tv18ui1ppzn1u0rb8o95lc89cg8bi28.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;FLORA. LEMONS quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;FLORA.LEMONS&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1013447</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/943/hgoh4jv8z5pqey90g83l3bhfqseckuyf.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;CARRARA quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;CARRARA&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1013448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a34/nml0ueeionfvl5djjsrkkaiq9tj10hne.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;LOVE ME quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;LOVE ME&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1013449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c6/e01hpi2yj3fc8v31ly2dtogi54cv6vox.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;НОВЫЙ ГОД quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;НОВЫЙ ГОД&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1013450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10b/ruonxrj3waputg429lqodfyng6l59bt8.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью HoHoHo 50х70см.</t>
+  </si>
+  <si>
+    <t>1013741</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/425/aom85kmhm6qj5prjcn97ioomu6de12xw.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Акварельные цветы 50х70см.</t>
+  </si>
+  <si>
+    <t>1013744</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f67/n0yvhgdme5no9qs9juxzh7a88kxlz3b5.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью В гостях у Санты 50х70см.</t>
+  </si>
+  <si>
+    <t>1013745</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/096/zk2m16p578syvujucmnjqkeg8kec7dcy.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Волшебный лес 50х70см.</t>
+  </si>
+  <si>
+    <t>1013746</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed7/s64okf7vjhvob8lkmt3vvkuph2gov2kn.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Еловые ветки 50х70см.</t>
+  </si>
+  <si>
+    <t>1013747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff5/ug629djfdcpecyg8yhm1zveqbvk1khuv.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Елочки золотые 50х70см.</t>
+  </si>
+  <si>
+    <t>1013748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bad/6pbucr7zomcljd34t5g4d7i0w207qtnv.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Елочки красные 50х70см.</t>
+  </si>
+  <si>
+    <t>1013749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45f/1r9bgn88jm7jal2asfrwh0lr0mhouudn.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Золотой лес 50х70см.</t>
+  </si>
+  <si>
+    <t>1013750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64e/1v23b9calz23t19wwo70046vlmvct4tj.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Золотые олени 50х70см.</t>
+  </si>
+  <si>
+    <t>1013751</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4e/2nvcbrw1jd55huozjs6akg1ytvt0tfnb.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Новогодний снегопад 50х70см.</t>
+  </si>
+  <si>
+    <t>1013753</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92f/k8imh4ckbpulaacsie1ft23rt4zuw1vp.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Плоды леса 50х70см.</t>
+  </si>
+  <si>
+    <t>1013754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95c/mul7sgefo1gj31l7lr8100cyh4v2fo2j.jpg</t>
+  </si>
+  <si>
+    <t>Набор ErichKrause Decor 4 листа упаковочной бумаги тишью Цветочная поляна 50х70см.</t>
+  </si>
+  <si>
+    <t>1013756</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f0/yodpc5e6to37vjc4t2hml2cfo2168gai.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная BIG SIZE новогодняя  quot;Гномики quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592615</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Гномики&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку. Её можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см Вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой мелованную бумагу плотностью 60 г/м2 с новогодним принтом. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1015669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/798/0iia4ccugswp6qcffvn1r7u60cif5u0h.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная BIG SIZE новогодняя  quot;Машинки quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592617</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Машинки&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку. Её можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 1 м и шириной 70 см вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой мелованную бумагу плотностью 60 г/м2 с новогодним принтом. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1015670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a06/70iec0ogvyrocntrpzyrdi7i82rwamq0.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная мелованная BIG SIZE новогодняя  quot;Сладости quot;, 0,7х10 м, ЗОЛОТАЯ СКАЗКА, 592616</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага &amp;quot;Сладости&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку. Её можно использовать в творчестве для различных поделок, оригами, скрапбукинга. Благодаря большому рулону длиной 10 м и шириной 70 см Вы сможете избежать проблемы с упаковкой большого количества подарков разного размера и формы. Представляет собой мелованную бумагу плотностью 60 г/м2 с новогодним принтом. Рулон надежно упакован в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1015671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff8/mke3d9s45tyh4rbzlescv3wjgymuqijn.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.  quot;Frosty quot;, С ЭФФЕКТАМИ, 70х100 см, ЗОЛОТАЯ СКАЗКА, 592614</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги с металлизированным эффектом &amp;quot;Frosty&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку. Также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.Набор из 3 рулонов, каждый рулон размером 70х100 см. Все рулоны выполнены в красивом новогоднем дизайне с ярким эффектом. Представляют собой легкомелованную бумагу с нанесенной на нее металлизированной пленкой, за счет которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги – 80 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1015672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b4/e9no12cexqf2q6dv762l5ayfzhjz5dra.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.  quot;Winter Dreams quot;, С ЭФФЕКТАМИ 70х100 см ЗОЛОТАЯ СКАЗКА, 592613</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги с металлизированным эффектом &amp;quot;Winter Dreams&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – отличный способ придать особый статус подарку. Также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.Набор из 3 рулонов, каждый рулон размером 70х100 см. Все рулоны выполнены в красивом новогоднем дизайне с ярким эффектом. Представляют собой легкомелованную бумагу с нанесенной на нее металлизированной пленкой, за счет которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги – 80 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать всякого рода повреждений или замятий бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1015673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf3/nzmpw405lmje9xwhgee7fyz8ujqki1bo.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.,  quot;X-mas animals quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592610</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;X-mas animals&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в красивом новогоднем дизайне с ярким эффектом. Итоговая плотность бумаги – 105 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1015674</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/438/gh9r1aq20g0ixpgu7inpbx7wrby3q21g.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя НАБОР 3 шт.,  quot;X-mas toys quot;, 70х100 см, 3 дизайна, ЗОЛОТАЯ СКАЗКА, 592611</t>
+  </si>
+  <si>
+    <t>Набор упаковочной бумаги &amp;quot;X-mas toys&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, а также для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – идеальный способ подчеркнуть значимость подарка. Она прекрасно подходит для творчества: используйте её для поделок, оригами и скрапбукинга.В нашем наборе вы найдёте 3 рулона мелованной бумаги размером 70х100 см, каждый из которых выполнен в красивом новогоднем дизайне с ярким эффектом. Итоговая плотность бумаги – 105 г/м2.Рулоны свернуты в один и надежно упакованы в специальный картонный тубус, чтобы избежать повреждения или замятия бумаги в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>1015675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c3/mkeh719535cvceq1pbia33d6jd0et1p9.jpg</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная новогодняя С ЭФФЕКТАМИ  1 шт.   quot;Twinkle quot;, 70х100 см, ассорти, ЗОЛОТАЯ СКАЗКА, 592612</t>
+  </si>
+  <si>
+    <t>Новогодняя упаковочная бумага с металлизированным эффектом &amp;quot;Twinkle&amp;quot; ЗОЛОТАЯ СКАЗКА отлично подходит для упаковки подарков, для рукоделия, декора и других дизайнерских решений. Упаковочная бумага – замечательный способ придать особый статус подарку. Также ее можно использовать в творчестве для различных поделок, оригами, скрапбукинга.В данном коде представлены 6 дизайнов бумаги с переливающимся эффектом. Каждый рулон имеет размер 70х100 см. Представляет собой легкомелованную бумагу с нанесенной на нее металлизированной плёнкой с новогодним дизайном, за счёт которой и достигается красивый переливающийся эффект. Итоговая плотность бумаги – 80 г/м2. Каждый лист бумаги намотан на картонную втулку для лучшей сохранности бумаги в процессе транспортировки. Каждый рулон также упакован в термоусадочную пленку. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015676</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30f/khk1fy9qixn2g7pw4jbpkgktlymvravo.png</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная для сувен. продукции с рисунком, 80г м2 100х70 арт.95221</t>
+  </si>
+  <si>
+    <t>Бумага упаковочная для сувен. продукции с рисунком, 80г/м2 100х70 арт.95221</t>
+  </si>
+  <si>
+    <t>1016508</t>
   </si>
   <si>
     <t>&lt;a href="/brands/magic-pack/"&gt;Magic Pack&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b3/idu4tjcc52kzypwuzserws0gggmasdsp.jpg</t>
-[...1054 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0b6/i6j34t3xt11k9mpsvwo0j2j1pllpvvpx.png</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувен. продукции с рисунком, 80г м2 100х70 арт.95234</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувен. продукции с рисунком, 80г/м2 100х70 арт.95234</t>
   </si>
   <si>
     <t>1016509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60f/q8753ns66qaobxew2rqpnaz2zi4zj0i1.png</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувен. продукции с рисунком, 80г м2 100х70 арт.95240</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувен. продукции с рисунком, 80г/м2 100х70 арт.95240</t>
   </si>
   <si>
     <t>1016510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b6/ricd7e1ioz5bj1pzjopwateh07hl9tpz.png</t>
@@ -2402,126 +1964,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bda/g8bfpzao45wyo7o0cx5eq2a2f0d0nl4o.png</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувенирной продукции 80 г м2   100х70 арт.95227</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувенирной продукции 80 г/м2 / 100х70 арт.95227</t>
   </si>
   <si>
     <t>1016513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f0/eigglagje9ynqgf9uwcru8yiaxtl2m2b.png</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувенирной продукции 90 г м2   100х70см арт.89239</t>
   </si>
   <si>
     <t>Бумага упаковочная для сувенирной продукции 90 г/м2 / 100х70см арт.89239</t>
   </si>
   <si>
     <t>1016514</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/671/5j1bnxvzfspdxieuzxe3i0qags7roazu.png</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f18/aoay9kqvuf9y5otm2eyr8h15mez4a70h.png</t>
   </si>
   <si>
     <t>Наполнитель бумажный красн  медиум  пл80гр офсет упаковка 100гр БН-100кр</t>
   </si>
   <si>
     <t>Наполнитель бумажный красн &amp;#40;медиум&amp;#41; пл80гр офсет упаковка 100гр БН-100кр</t>
   </si>
   <si>
     <t>1016528</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a43/oqllrokpwzle69f0rwxedh9f0qk2r7x6.png</t>
-[...23 lines deleted...]
-    <t>1016531</t>
+    <t>http://anytos.ru//upload/iblock/2b1/l560807o06b3qqglxym8dmu5wt88rnrn.jpeg</t>
+  </si>
+  <si>
+    <t>УПАКОВОЧНАЯ БУМАГА  quot;FLORA.ГРАНАТ quot;, 70 х100 см</t>
+  </si>
+  <si>
+    <t>Упаковочная бумага &amp;quot;FLORA.ГРАНАТ&amp;quot; станет идеальным решением для упаковки подарков, товаров ручной работы, сувениров и любых других предметов, которым хочется придать особый шарм и индивидуальность. Благодаря приятному дизайну с цветной печатью с одной стороны и плотности 80 г/м?, она надежно сохранит интригу до момента вручения. Размер: 70 см в ширину и 100 см в длину.</t>
+  </si>
+  <si>
+    <t>1017095</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2848,4696 +2356,3749 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I208"/>
+  <dimension ref="A1:M163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F208" sqref="F208"/>
+      <selection pane="bottomRight" activeCell="G163" sqref="G163"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:9" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="J3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="1" t="s">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...30 lines deleted...]
-      <c r="A8" s="1" t="s">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...54 lines deleted...]
-      <c r="G10" s="3" t="s">
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="11" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
-[...41 lines deleted...]
-      <c r="G12" s="3" t="s">
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="13" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
-[...45 lines deleted...]
-    <row r="15" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="17" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="18" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="F21" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="G34" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...291 lines deleted...]
-    <row r="35" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F38" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G38" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...15 lines deleted...]
-    <row r="41" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G71" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...208 lines deleted...]
-      <c r="A51" s="1" t="s">
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="G72" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...114 lines deleted...]
-      <c r="G56" s="3" t="s">
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="57" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
-[...530 lines deleted...]
-    <row r="81" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>202</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>202</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>107</v>
+        <v>208</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>107</v>
+        <v>208</v>
       </c>
       <c r="G95" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="G102" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="96" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
-[...41 lines deleted...]
-      <c r="G97" s="3" t="s">
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="G103" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="98" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
-[...137 lines deleted...]
-    <row r="104" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F104" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...9 lines deleted...]
-    <row r="105" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G104" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>35</v>
+        <v>422</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>35</v>
+        <v>422</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>35</v>
+        <v>422</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>35</v>
+        <v>422</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>35</v>
+        <v>156</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>107</v>
+        <v>208</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>107</v>
+        <v>208</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>107</v>
+        <v>208</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>515</v>
+        <v>208</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F130" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G130" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>202</v>
+        <v>527</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="F137" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G137" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>578</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>579</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>202</v>
+        <v>555</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:9" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
         <v>580</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>581</v>
       </c>
       <c r="C144" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="F144" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="B145" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="C145" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="B146" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="C146" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="C147" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="C148" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="C149" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="C150" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="C151" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="F151" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="C152" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="F152" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="C153" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="F153" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="C154" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="F154" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="C155" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="F155" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="G155" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="B157" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="C157" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="B158" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="C158" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B159" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="B160" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="C160" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="B161" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="F160" s="3" t="s">
+      <c r="C161" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="G160" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="C162" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="C163" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B163" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F163" s="3" t="s">
-        <v>648</v>
+        <v>527</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>275</v>
-[...1010 lines deleted...]
-        <v>12</v>
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">