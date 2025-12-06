--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -98,123 +98,99 @@
   <si>
     <t>http://anytos.ru//upload/iblock/86d/86d23fd6767fc489d981f6a40d324d63/72441e39be36f9b9da0b5a293d8d4071.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">LOL. Аромасвеча  мятная в полоску </t>
   </si>
   <si>
     <t>LOL. Аромасвеча &amp;#40;мятная в полоску&amp;#41;</t>
   </si>
   <si>
     <t>596889</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c1/9c173a24cb4589c92cb40143c088e5f1/aee78420c18242aa353f5432ac0a7e50.jpg</t>
   </si>
   <si>
     <t>LOL. Парафиновые свечи в торт, 4 шт, в блистере</t>
   </si>
   <si>
     <t>596890</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6ad/6ad4cdecabc6d3d92ed119112e352440/03fc458a52d12fe65a47752b2ac57f3e.jpg</t>
-[...8 lines deleted...]
-    <t>596892</t>
+    <t>http://anytos.ru//upload/iblock/2bd/2bd2d1f7ca06d17ed405adf75a487a80/2a32db201383afe8e1bf6a3250f82916.jpg</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Парафиновая свеча в торт  Варя , в блистере</t>
+  </si>
+  <si>
+    <t>Сказочный патруль. Парафиновая свеча в торт &amp;#40;Варя&amp;#41;, в блистере</t>
+  </si>
+  <si>
+    <t>596893</t>
   </si>
   <si>
     <t>&lt;a href="/brands/skazochnyj-patrul/"&gt;Сказочный патруль&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2bd/2bd2d1f7ca06d17ed405adf75a487a80/2a32db201383afe8e1bf6a3250f82916.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f7/7f70eba23ae946d03b8d29ce72e8b71d/cf20f9d39d89f6a3280ca16ed171ef6f.jpg</t>
   </si>
   <si>
     <t>Сказочный патруль. Парафиновая свеча в торт  Маша , в блистере</t>
   </si>
   <si>
     <t>Сказочный патруль. Парафиновая свеча в торт &amp;#40;Маша&amp;#41;, в блистере</t>
   </si>
   <si>
     <t>596894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de7/2vf27cj2pu82qkox0tp38iz1ucfg4mqs.jpg</t>
   </si>
   <si>
     <t>Свечи Спираль Metallic Gold 13 с, 6 штук</t>
   </si>
   <si>
     <t>Яркие праздничные свечи спиральной формы цвета золото с оттенком металлик. Оснащены надежными пластиковыми держателями, исключающими порчу десерта при горении. Свечки изготовлены из парафина, отличаются экологичностью и безопасностью. Они украсят торт или другой десерт на празднике и создадут веселую атмосферу. Производитель Маоминг Сити Маоминг Крафтворк Кендл Ко, ЛТД. В состав набора входит одинаковых свечек длиной 13 см.</t>
   </si>
   <si>
     <t>645754</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64e/m4t2b3n8pc7pca004y1up2pqz29z3pfx.jpg</t>
   </si>
   <si>
     <t>Свечи Спираль Metallic ассорти 13 см, 6 штук</t>
   </si>
   <si>
     <t>Набор из шести фигурных свечей разного цвета с оттенком металлик. Спиральные свечи для украшения торта или другого десерта для удобства установки оснащены пластиковыми подставками, упрощающими установку декора. Длина каждой свечи – 13 см. Производитель Маоминг Крафтворк Кендл Ко, ЛТД. Яркие декоративные свечи изготовлены из качественного парафина и при горении не выделяют в воздух вредных веществ.</t>
   </si>
   <si>
     <t>645755</t>
-  </si>
-[...10 lines deleted...]
-    <t>645756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/536/l4cw5i8rvp2c1v5x0rgd0qz0tamd3nmp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Свеча пеньковая. Диаметр 7см, высота 14см.  белая </t>
   </si>
   <si>
     <t>Свеча пеньковая. Диаметр 7см, высота 14см. &amp;#40;белая&amp;#41;</t>
   </si>
   <si>
     <t>695749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/183/m2eaucwuydznh0ebq7dghbee6kyty8iu.jpg</t>
   </si>
   <si>
     <t>Свечи  quot;Сердечки quot; 4шт. в наборе</t>
   </si>
   <si>
     <t>Набор свечей &amp;quot;Сердечки&amp;quot; 4шт. в наборе. высота -13.5 см. Такой красивый набор&amp;nbsp;&amp;nbsp;свечей для торта&amp;nbsp;&amp;nbsp;станет отличным&amp;nbsp;&amp;nbsp;украшением для&amp;nbsp;&amp;nbsp;праздничного торта,кексов или пирожных!&lt;br /&gt;
  Упаковка с европодвесом - 23,5х9х1 см.</t>
   </si>
   <si>
     <t>707499</t>
@@ -336,107 +312,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/acf/s3ga12ht5ac3p3zg8fnh163wfuqw3j00.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная парафиновая h8.5см</t>
   </si>
   <si>
     <t>Свеча декоративная&amp;nbsp;&amp;nbsp;парафиновая&amp;nbsp;&amp;nbsp;h-8.5см .Упаковка - блистер 6*12*6см.</t>
   </si>
   <si>
     <t>707513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09a/vedvadyewi6vcr6566ue5acyx4sxo261.jpg</t>
   </si>
   <si>
     <t>Свечи  quot;Кактус quot; 4шт уп в наборе</t>
   </si>
   <si>
     <t>Свечи &amp;quot;Кактус&amp;quot; 4шт/уп в наборе. Ассорти. Размер упаковки: 9см * 9см * 5см</t>
   </si>
   <si>
     <t>707517</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c5/aegeiw7ywcj79rlb262gj5hywmp4f653.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ffe/hvlci73bjxdfasdvjww0u2kmxv8lf5vz.jpg</t>
   </si>
   <si>
     <t>Свеча ST TONKA MACADAMIA 90 гр. SF0422</t>
   </si>
   <si>
     <t>881534</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">СВЕЧИ парафиновые 80гр L-19см  Рыбинск </t>
   </si>
   <si>
     <t>СВЕЧИ парафиновые 80гр L-19см &amp;#40;Рыбинск&amp;#41;*15/145</t>
   </si>
   <si>
     <t>927939</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ac/eeqyevluuz8uepygnabx6ultk5iv9ej0.jpeg</t>
   </si>
   <si>
     <t>Свеча в гильзе ЭКОНОМ пакет 50шт.  3 часа горения  Т466</t>
   </si>
   <si>
     <t>Свеча в гильзе ЭКОНОМ пакет 50шт. &amp;#40;3часа горения&amp;#41; Т466 *6/18</t>
   </si>
   <si>
     <t>928400</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7a1/nk4cny4rot9wcldg3ay1l4dba3186ycq.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/54f/3iok40gkjlt0914lpgoglgeh3w6w32z3.jpg</t>
   </si>
   <si>
     <t>Свеча 100x50 белая</t>
   </si>
   <si>
     <t>951960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/069/80go7ytqfqrjkkivp3rovlucjk0c68al.jpg</t>
   </si>
   <si>
     <t>Свеча ароматическая в стакане Ваниль</t>
   </si>
   <si>
     <t>951962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/105/dee4pxw4ukx13hiielxl3khnnoem464q.jpg</t>
   </si>
   <si>
     <t>Свеча ароматическая в стакане Манго</t>
   </si>
   <si>
     <t>951963</t>
@@ -531,62 +489,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bc4/qos9soszd4cj90nkl5bkathr6lhwq4gz.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Спираль quot;, 5х5,5 см, 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Спираль&amp;quot;, 5х5,5 см, 2 цвета. Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Краситель</t>
   </si>
   <si>
     <t>953092</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37c/kfmc63pgmyuqdmqaycl2r1e720xrglyn.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Столб quot;, 4,5х4,5х10,5 см, 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Столб&amp;quot;, 4,5х4,5х10,5 см, 2 цвета. Материал: Стеарин, Текстиль &amp;#40;Хлопок&amp;#41;, Краситель</t>
   </si>
   <si>
     <t>953093</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8f1/3at233wyh8n9815t3uy5rlmzbwjjo6xq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/63f/kcwlvbmjkyjpawmqdchcihzi97x24li3.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Бабочки quot;, 7х7х9 см., 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Бабочки&amp;quot;, 7х7х9 см., 2 цвета</t>
   </si>
   <si>
     <t>955544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ebd/9bkitbnkz635nxvy3y3jvxp5xd663vii.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Горошек quot;, 5,5х5,5х6,5 см., 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Горошек&amp;quot;, 5,5х5,5х6,5 см., 2 цвета</t>
   </si>
   <si>
     <t>955545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ca/2wnoljt2fbqgj823jmq4rsapzju3wsm1.jpg</t>
@@ -678,59 +624,50 @@
   <si>
     <t>Свечи Gold White с держателями 12см, 12 штук</t>
   </si>
   <si>
     <t>Свечи Gold&amp;White с держателями 12см, 12 штук</t>
   </si>
   <si>
     <t>960065</t>
   </si>
   <si>
     <t>&lt;a href="/brands/maoming/"&gt;Маоминг&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2fb/7lngdiz4y1hkr33lkx8fnmuffasfxnuu.jpg</t>
   </si>
   <si>
     <t>Свечи Металлик Silver   Gold 15см, с держателями, 12 штук</t>
   </si>
   <si>
     <t>Свечи Металлик Silver &amp; Gold 15см, с держателями, 12 штук</t>
   </si>
   <si>
     <t>960066</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/304/x58mq1kpsngvgior7vsosf956jcchibn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/362/n23vx5kmabawdy56pq76k78czb6cf452.jpg</t>
   </si>
   <si>
     <t>Свечи Silver 18см, с держателями, 8 штук</t>
   </si>
   <si>
     <t>960068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c9/44dgwdr62wj1iqo79473yis36s3cj8hk.jpg</t>
   </si>
   <si>
     <t>Свечи Rose Gold 18см, с держателями, 8 штук</t>
   </si>
   <si>
     <t>960069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca5/hcfi354vxa3j7ekh4rpj4j4io70g5mmp.jpg</t>
   </si>
   <si>
     <t>Свечи Pink 18см, с держателями, 8 штук</t>
   </si>
   <si>
     <t>960070</t>
@@ -897,107 +834,95 @@
   <si>
     <t>http://anytos.ru//upload/iblock/900/ye8ju6snntuo6wot42dugo0932us6dlk.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником  quot;Лотос quot;. Размер 8х8х4 см.</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником &amp;quot;Лотос&amp;quot;. Размер 8х8х4 см. Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Гипс, Краситель</t>
   </si>
   <si>
     <t>993469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66d/mxjt3xugb1sj9y0jsdkxhrbsz3w6vmra.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником  quot;Сердце грань quot;. Размер 8х7,5х2,5 см.</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником &amp;quot;Сердце грань&amp;quot;. Размер 8х7,5х2,5 см. Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Гипс, Краситель</t>
   </si>
   <si>
     <t>993470</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e2b/1ctkv5obfvmjb6ivl5jen20he8b0nq3p.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ac/smvven6lzwlusspfgl9y4x2k65ugh4cg.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником  quot;Собачка quot;. Размер 12х7,5х7 см.</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником &amp;quot;Собачка&amp;quot;. Размер 12х7,5х7 см. Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Гипс, Краситель</t>
   </si>
   <si>
     <t>993472</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6df/n21eesxgsbv1d2latdo12ynqt2l2z09z.jpg</t>
+  </si>
+  <si>
+    <t>Свечи хозяйственные Maxi Life, до 8 часов, КОМПЛЕКТ 4 шт., H 265 мм, D 21 мм, флоу-пак, LAIMA, 609204</t>
+  </si>
+  <si>
+    <t>Хозяйственные свечи применяются в быту для освещения помещения. Они удобны в использовании, дают ровный и достаточно яркий свет. Хозяйственные свечи LAIMA – идеальный выбор для тех, кто ценит комфорт и уют в своем доме. Наши свечи отличаются высоким качеством, поэтому их можно использовать в любых помещениях.Свечи изготовлены из качественного парафина с добавлением пальмового масла, что обеспечивает яркое, устойчивое горение без копоти и неприятного запаха.Хлопковый фитиль гарантирует равномерное горение, без потрескивания и разбрызгивания.Свечи белого цвета высотой 26,5 см идеально впишутся в любой интерьер. Рекомендуется размещать на огнестойких и жаростойких поверхностях.Набор состоит из 4 штук – этого количества хватит для продолжительного использования. Время горения каждой свечи – до 8 часов. Наши свечи можно использовать не только в хозяйственных целях, но и для создания уютной атмосферы, декорирования помещений, а также в качестве романтического освещения.</t>
+  </si>
+  <si>
+    <t>994233</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/348/wfw8k9czw03g766r12azfnfucu7df58s.jpg</t>
   </si>
   <si>
     <t>Свечи чайные Standard, до 3,5 часов горения, вес 8,5 г, КОМПЛЕКТ 100 шт., в гильзе, LAIMA, 609198</t>
   </si>
   <si>
     <t>Чайные свечи – приятное дополнение к сервировке. Используются в ароматической лампе, декоративных фонарях, подсвечниках различной формы, на подставках для подогрева &amp;#40;например, для поддержание температуры в чайнике&amp;#41;. Чайные свечи LAIMA сочетают в себе стильный дизайн и высокое качество. Они изготовлены из безопасного парафина, который обеспечивает длительное и равномерное горение.Алюминиевая гильза не только защищает свечу от повреждений, но и придает ей элегантный вид. Свечи можно использовать как с подсвечником, так и без него.Хлопковый фитиль обеспечивает чистое и спокойное горение без копоти и дыма. Время горения каждой свечи – 3,5 часа. Диаметр свеч составляет 3,75 см, что делает их идеальными для использования в любом интерьере. Рекомендуется размещать на огнестойких и жаростойких поверхностях.Идеальный выбор для создания уютной и праздничной атмосферы в вашем доме или в качестве подарка для близких и друзей.</t>
   </si>
   <si>
     <t>994235</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/298/jzha9ru5jc0s47vvjmz96yh6iyes5ijt.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/92d/ovog1hsw1kpnylnjxces87seblkchgug.jpg</t>
   </si>
   <si>
     <t>Свечи чайные Long Life, до 5 часов горения, вес 12 г, КОМПЛЕКТ 10 шт., в гильзе, LAIMA, 609199</t>
   </si>
   <si>
     <t>Чайные свечи LAIMA Long Life – приятное дополнение к сервировке. Используются в ароматической лампе, декоративных фонарях, подсвечниках различной формы, на подставках для подогрева &amp;#40;например, поддержание температуры в чайнике с чаем и т.д.&amp;#41;. Чайные свечи сочетают в себе стильный дизайн и высокое качество. Они изготовлены из безопасного парафина, который обеспечивает длительное и равномерное горение.Алюминиевая гильза не только защищает свечу от повреждений, но и придает ей элегантный вид. Свечи можно использовать как с подсвечником, так и без него.Хлопковый фитиль обеспечивает чистое и спокойное горение без копоти и дыма. Время горения каждой свечи составляет 5 часов, на протяжении которых можно наслаждаться светом и теплом. Диаметр каждой свечи составляет 3,75 см, что делает их идеальными для использования в любом интерьере. Рекомендуется размещать на огнестойких и жаростойких поверхностях.Идеальный выбор для создания уютной и праздничной атмосферы в вашем доме или в качестве подарка для близких и друзей.</t>
   </si>
   <si>
     <t>995387</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d0/5mvfjwin1fwcnbvh9btg2r5gfbyg3034.jpg</t>
   </si>
   <si>
     <t>Свечи чайные Long Life, до 5 часов горения, вес 12 г, КОМПЛЕКТ 50 шт., в гильзе, LAIMA, 609200</t>
   </si>
   <si>
     <t>995388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7e/5a73zb965y3mxlilf089zb5jv85jcqre.jpg</t>
@@ -1069,62 +994,50 @@
     <t>997007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/453/5k59be682jkt2b46ogu8tk7h8vseeed2.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником  quot;Грань quot;. Размер 7х7х3,5 см .</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником &amp;quot;Грань&amp;quot;. Размер 7х7х3,5 см . Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Гипс, Краситель</t>
   </si>
   <si>
     <t>997008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/263/mhwsmfx7kskl3ezr1qd93wkjs3liz1ji.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником  quot;Мозаика quot;. Размер 8х8х6,5 см .</t>
   </si>
   <si>
     <t>Свеча декоративная с подсвечником &amp;quot;Мозаика&amp;quot;. Размер 8х8х6,5 см . Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Гипс, Краситель</t>
   </si>
   <si>
     <t>997010</t>
-  </si>
-[...10 lines deleted...]
-    <t>999824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98e/redt3ot2eo0fqulqjwm8dstmrls3sou8.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Елочка quot;. Размер 8х4,5х4,5 см. 2 цвета</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Елочка&amp;quot;. Размер 8х4,5х4,5 см. 2 цвета. Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Краситель</t>
   </si>
   <si>
     <t>999825</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f03/s2220cn22lvf6bw214o0tnskgz27pdzn.jpg</t>
   </si>
   <si>
     <t>Свеча декоративная  quot;Кристалл quot;. Размер 6х6х6 см.</t>
   </si>
   <si>
     <t>Свеча декоративная &amp;quot;Кристалл&amp;quot;. Размер 6х6х6 см. Материал: Парафин, Текстиль &amp;#40;Хлопок&amp;#41;, Краситель</t>
   </si>
   <si>
     <t>999826</t>
   </si>
@@ -1487,57 +1400,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J93"/>
+  <dimension ref="A1:J85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G93" sqref="G93"/>
+      <selection pane="bottomRight" activeCell="G85" sqref="G85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -1690,53 +1603,50 @@
       </c>
       <c r="F9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G10" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
@@ -1813,151 +1723,151 @@
       </c>
       <c r="E15" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>91</v>
@@ -1984,1593 +1894,1421 @@
       </c>
       <c r="B24" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>117</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="F31" s="3" t="s">
+      <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F32" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F33" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F34" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>139</v>
+        <v>198</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>139</v>
+        <v>198</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>139</v>
+        <v>198</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>211</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>139</v>
+        <v>198</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>216</v>
+        <v>125</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>216</v>
+        <v>125</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>216</v>
+        <v>125</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>216</v>
+        <v>125</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>216</v>
+        <v>125</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>277</v>
+        <v>281</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>139</v>
+        <v>281</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
+        <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="B74" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>287</v>
-      </c>
-[...13 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>139</v>
+        <v>281</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
+        <v>282</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>139</v>
+        <v>281</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>139</v>
+        <v>281</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
+        <v>292</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>307</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>312</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>317</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>307</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>312</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>317</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...182 lines deleted...]
-      <c r="G93" s="3" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>