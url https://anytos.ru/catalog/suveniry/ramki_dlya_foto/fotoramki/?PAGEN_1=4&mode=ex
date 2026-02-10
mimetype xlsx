--- v0 (2025-12-24)
+++ v1 (2026-02-10)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1513">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1429">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cce/a6r61vi6pwr96g0x9mbw7vlucu3qalfr.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  1, silver</t>
   </si>
   <si>
     <t>Рамка для фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4, цвет серебро. Возможность вертикального и горизонтального подвеса.&amp;nbsp;&amp;nbsp;Внимание! Полутон рамки может немного отличаться от представленного на фотографии.</t>
   </si>
   <si>
     <t>Фоторамки</t>
@@ -86,141 +95,141 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0e5/0z55kw0q80bc2l8naxpyf2y5ts0hlgd7.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  1, black</t>
   </si>
   <si>
     <t>Рамка для фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4, цвет черный. Возможность вертикального и горизонтального подвеса.&amp;nbsp;&amp;nbsp;Внимание! Полутон рамки может немного отличаться от представленного на фотографии.</t>
   </si>
   <si>
     <t>427777</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/379/e6oc0vbi95atepiwuohv0k1de61m9xou.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  1, white</t>
   </si>
   <si>
     <t>Рамка для фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4, цвет белый. Возможность вертикального и горизонтального подвеса.&amp;nbsp;&amp;nbsp;Внимание! Полутон рамки может немного отличаться от представленного на фотографии.</t>
   </si>
   <si>
     <t>427778</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/70c/9lgz6pobkh3jaz30247zbzbh84gw30da.jpg</t>
-[...2 lines deleted...]
-    <t>Рамка пластиковая 21 30см, OfficeSpace,  6 1, Nordic Oak</t>
+    <t>http://anytos.ru//upload/iblock/517/crilhdlz04dcgor01w7bkwd6p4tdm90n.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30см, OfficeSpace,  6 1, Sakura</t>
   </si>
   <si>
     <t>Рамка поможет сохранить на долгое время сохранить памятный диплом, грамоту или фотографию. Рамка из пластика выглядит стильно и демократично, что позволит ей вписаться в любой интерьер.</t>
   </si>
   <si>
-    <t>427779</t>
-[...7 lines deleted...]
-  <si>
     <t>427780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd2/0dz2qbpfw1yspvjd2gwsyeukts6xq6vm.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  6 1, Persian Green</t>
   </si>
   <si>
     <t>427781</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a45/1fdqhyfyk70bjt85i92fh8sez8crzb7y.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, OfficeSpace,  5, Natural</t>
   </si>
   <si>
     <t>Рамка из натурального дерева используется для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов. Возможность вертикального и горизонтального подвеса.</t>
   </si>
   <si>
     <t>427782</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/52a/7lyqh040mnc3b6s5sexwkmb3ehg6j20l.jpg</t>
+  </si>
+  <si>
+    <t>Рамка деревянная 21 30см, OfficeSpace,  2, мокко</t>
+  </si>
+  <si>
+    <t>433379</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dc0/jvqgqkrfc976uxcyyruxkzsp6k3gzcrs.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, OfficeSpace,  2, красное дерево</t>
   </si>
   <si>
     <t>433380</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f5/iyaonzgi513qb3xgntsatfr447f18s6y.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, OfficeSpace,  2, дуб</t>
   </si>
   <si>
     <t>433381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f6/9rye7cenv2w9cd3dyeheki0vhggw2dij.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, OfficeSpace,  2, Natural</t>
   </si>
   <si>
     <t>433382</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3e8/hec8974qbvjs4xb13mrkfi2y0c9cs9ta.jpg</t>
-[...2 lines deleted...]
-    <t>Рамка пластиковая 21 30 см, OfficeSpace,  2, акриловое небьющееся стекло, белая</t>
+    <t>http://anytos.ru//upload/iblock/cdc/m4438qm57h1gjv2n0fhjxdbcncfuulie.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30 см, OfficeSpace,  2, акриловое небьющееся стекло, черная</t>
   </si>
   <si>
     <t>Рамка OfficeSpace поможет на долгое время сохранить памятную фотографию, детский рисунок, диплом, грамоту, сертификат. Формат рамки А4. Можно подвесить вертикально или горизонтально. Рамка из пластика выглядит стильно и демократично, что позволит ей вписаться в любой интерьер. Защитный фронтальный лист из пластика обеспечивает безопасное использование.</t>
   </si>
   <si>
-    <t>469203</t>
-[...7 lines deleted...]
-  <si>
     <t>469204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d7/a9z6lhn9i7cyg2fourrh0fip2h1b7bfy.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30 см, OfficeSpace,  2, акриловое небьющееся стекло, мятная</t>
+  </si>
+  <si>
+    <t>469205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/532/532f639d382b93379ee8ab824a4927a9.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см,  1, пластиковое небьющееся стекло, красное дерево, 17мм., 236294</t>
   </si>
   <si>
     <t>Рамка с пластиковым &amp;#40;акриловым&amp;#41; небьющимся стеклом. Предназначена для оформления фотографий, грамот, дипломов, сертификатов и прочих документов.</t>
   </si>
   <si>
     <t>68750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d44/d44a3f88d7698e2018578538c0b3e89b.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, ЭКОНОМ, мокко, 17мм</t>
   </si>
   <si>
     <t>Рамка используется для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов. Возможность вертикального и горизонтального подвеса. Размер – 210*300 мм.&lt;br /&gt;
 Материал рамки – дерево.&lt;br /&gt;
 Цвет – натуральное дерево.&lt;br /&gt;
 Возможность крепления к стене – есть.&lt;br /&gt;
 Наличие ножки – нет.</t>
@@ -253,161 +262,125 @@
     <t>212288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4b/b4b7b1cc413a7a7a4192add27ec76aae.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см,  2, золото: 222161</t>
   </si>
   <si>
     <t>Рамка пластиковая 21*30см, №2, золото: 222161 Рамка для фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4. Возможность вертикального и горизонтального подвеса.</t>
   </si>
   <si>
     <t>212783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83b/83b54be57ae2d081604fd28df0daf55a.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, бирюза: РП_428 штр.:  4610008524284</t>
   </si>
   <si>
     <t>Рамка пластиковая 21*30см, бирюза: РП_428 Рамка поможет сохранить на долгое время сохранить памятный диплом, грамоту или фотографию. Рамка из пластика выглядит стильно и демократично, что позволит ей вписаться в любой интерьер.</t>
   </si>
   <si>
     <t>212794</t>
-  </si>
-[...13 lines deleted...]
-    <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f55/f557ce4cf3f95c59c3acb75a3c0919ee.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40см,  2, серебро: 222166 штр.:  4680211055080</t>
   </si>
   <si>
     <t>Рамка пластиковая 30*40см, №2, серебро: 222166 Рамка для фотографий. Есть возможность вертикального и горизонтального подвеса. &lt;br /&gt;
 Размер фото&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;30*40 см. &lt;br /&gt;
 Материал багета&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;ПВХ. &lt;br /&gt;
 Материал экрана&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;стекло. &lt;br /&gt;
 Размер рамки&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;33*43 см. &lt;br /&gt;
 Материал задника&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;переплетный картон. &lt;br /&gt;
 Цвет багета серебро. &lt;br /&gt;
 Возможность крепления к стене&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;есть. &lt;br /&gt;
 Наличие ножки&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;нет. &lt;br /&gt;
 Упаковка ед. товара&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;пленка.</t>
   </si>
   <si>
     <t>213469</t>
   </si>
   <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ef9/ef9d610e6b82eec1428108fd4edb71e2.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см,  1, красное дерево, 17мм: РД_600 штр.:  4610008526004</t>
   </si>
   <si>
     <t>Рамка деревянная 21*30см, №1, красное дерево, 17мм: РД_600 Рамка поможет сохранить на долгое время сохранить памятный диплом, грамоту или фотографию. Рамка из соснового багета выглядит стильно и демократично, что позволит ей вписаться в любой интерьер. Размеры рамок в ассортименте.</t>
   </si>
   <si>
     <t>213486</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/673/673791fc5d7f97375b86e0942e67fbb9.jpg</t>
-[...8 lines deleted...]
-    <t>213755</t>
+    <t>http://anytos.ru//upload/iblock/c9d/c9d872e4bc5eab00cc77c9d73d1518dd.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30см,  2, темный орех: 222163 штр.:  4680211055103</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21*30см, №2, темный орех: 222163 Рамка для фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4. Возможность вертикального и горизонтального подвеса.</t>
+  </si>
+  <si>
+    <t>213757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e2/3e2bb0d847caae3152a73c893b993d04.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30см,  7, золото: РП_6308 штр.:  4680211043087</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21*30см, №7, золото: РП_6308</t>
+  </si>
+  <si>
+    <t>213870</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9d/c9d872e4bc5eab00cc77c9d73d1518dd.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/431/43124c5fa336314d7458feb61bb39b5b.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 30 40см,  1, мокко, 17мм: РД_417 штр.:  4610008524178</t>
   </si>
   <si>
     <t>Рамка деревянная 30*40см, №1, мокко, 17мм: РД_417 Рамка поможет сохранить на долгое время сохранить памятный диплом, грамоту или фотографию. Рамка из соснового багета выглядит стильно и демократично, что позволит ей вписаться в любой интерьер.</t>
   </si>
   <si>
     <t>213905</t>
-  </si>
-[...10 lines deleted...]
-    <t>214056</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/104/104d205c7af9485dd3789b3c61f3b9e5.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 10 15см,  1, янтарь, 17мм: РД_6314</t>
   </si>
   <si>
     <t>Рамка деревянная 10*15см, №1, янтарь, 17мм: РД_6314 Рамка используется для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов. Возможность вертикального и горизонтального подвеса.</t>
   </si>
   <si>
     <t>214317</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/311/3113fd15cc8c3d9de48194f74bf39259.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, малахит: РП_430 штр.:  4610008524307</t>
   </si>
   <si>
     <t xml:space="preserve">Рамка пластиковая 21*30см, малахит: РП_430 Рамка поможет сохранить на долгое время сохранить памятный диплом, грамоту или фотографию. Рамка из пластика выглядит стильно и демократично, что позволит ей вписаться в любой интерьер. &lt;br /&gt;
 Страна производитель – Россия. &lt;br /&gt;
@@ -717,89 +690,116 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d58/d58a5df41f86a6339d6738f91ba8bf7e/8af328bc5a33788f6bf05c9d7bda5949.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая А 4 синего цвета 505 972558</t>
   </si>
   <si>
     <t>Рамка пластиковая А 4 синего цвета 505</t>
   </si>
   <si>
     <t>336226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df8/df8aaa69c9a0f106df41ce1721641e0f/b19781ee101c6a520cc84138863c2e7a.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая А 4 черного цвета 508 972559</t>
   </si>
   <si>
     <t>Рамка пластиковая А 4 черного цвета 508</t>
   </si>
   <si>
     <t>336227</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d6a/d6a147a3c486212dccb456f0873cd863/afeb2db2a403097c3651145b7de82648.jpg</t>
+  </si>
+  <si>
+    <t>Рамка А4 21х30  некрашеный деревянный багет, настенная 1300 972619</t>
+  </si>
+  <si>
+    <t>Рамка А4&amp;#40;21х30&amp;#41; некрашеный деревянный багет, настенная 1300</t>
+  </si>
+  <si>
+    <t>336236</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e89/e89cca6b29d2fc414657d0efd453e9ca/55bf88446e4ff660e026141d71870b01.jpg</t>
   </si>
   <si>
     <t>Рамка А4 21х30  темный деревянный багет, настенная, 1302 972620</t>
   </si>
   <si>
     <t>Рамка А4&amp;#40;21х30&amp;#41; темный деревянный багет, настенная, 1302</t>
   </si>
   <si>
     <t>336237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f0/9f053a776b386c52c471bf864d3a512b/53da6a927b7a44366b4305a5acb220d7.jpg</t>
   </si>
   <si>
     <t>Рамка А4 21х30  темный орех, круглый пластиковый багет, настенная, 501 972621</t>
   </si>
   <si>
     <t>Рамка А4&amp;#40;21х30&amp;#41; темный орех, круглый пластиковый багет, настенная, 501</t>
   </si>
   <si>
     <t>336238</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0ce/0ce45d3c4753889c6f0dc502ee8ec238/7b42eddbd12a2e5ff3e5b81b109feac5.jpg</t>
+  </si>
+  <si>
+    <t>Рамка А3 30х42 ATTACHE серебро, алюминиевый багет, настенная 972630</t>
+  </si>
+  <si>
+    <t>Рамка А3&amp;#40;30х42&amp;#41;ATTACHE серебро, алюминиевый багет, настенная</t>
+  </si>
+  <si>
+    <t>336242</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/14c/14c8fed4e07bc92dd29b2fa21cd62f11/21a150cb629ecb4155faba1c9f01a6c0.jpg</t>
   </si>
   <si>
     <t>Рамка А4 21х30 ATTACHE коньяк золото лак,дер.багет 25мм,настен. 972633</t>
   </si>
   <si>
     <t>Настенная рамка для сертификатов, дипломов и других демонстрационных материалов Attache изготовлена из деревянного лакированного багета. Оснащена защитным стеклом. Настольное размещение невозможно. Материал багета: дерево. Материал вставки: стекло. Материал задника: картон. Толщина багета: 15 мм. Ширина багета: 25 мм. Цвет багета: коньяк. Вставка съемная. Тип размещения: настенный. Тип крепления задника: лепестки. Размер фото: 21x30 см. Размер изделия: 25x34 см. Упаковка: пленка.</t>
   </si>
   <si>
     <t>336244</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/692/6928c27bd4ce71eab3f5a2c1fced80da/b8bf3269dafe7cf6e342d95208256f2b.jpg</t>
   </si>
   <si>
     <t>Рамка А4 21х30 ATTACHE коньяк золото лак,деревян.багет17мм,настен. 972634</t>
   </si>
   <si>
     <t>Рамка А4&amp;#40;21х30&amp;#41;ATTACHE коньяк&amp;#43;золото&amp;#43;лак,деревян.багет17мм,настен.</t>
   </si>
   <si>
     <t>336245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/581/58117dffee31bc6e886303c970fce113/59d6e13a815ba18057fbe3de17577f6e.jpg</t>
   </si>
   <si>
     <t>Рамка А4 21х30 ATTACHE коньяк лак,деревян.фигур.багет 14мм,настен. 972636</t>
   </si>
   <si>
     <t>Рамка А4&amp;#40;21х30&amp;#41;ATTACHE коньяк&amp;#43;лак,деревян.фигур.багет 14мм,настен.</t>
   </si>
   <si>
     <t>336246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f00/f007e946af29d1a0695f36825cd5daa0/51dc542b6fd9cc34b603dcffb4839add.jpg</t>
@@ -864,59 +864,50 @@
   <si>
     <t>336252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4bb/4bb60b6b5fbd52671e31a2bdeb3ceafc.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 30 40см,  3, венге черный, 22мм: РД_9319 штр.: 4680211073190</t>
   </si>
   <si>
     <t>337011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03b/03bb2617ccb95d04d4bbd7949a493416.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 10 15см,   9, венге: 234018 штр.: 4680211081010</t>
   </si>
   <si>
     <t>Рамка поможет на долгое время сохранить памятный диплом, грамоту или фотографию. Рамка из пластика выглядит стильно и демократично, что позволит ей вписаться в любой интерьер.</t>
   </si>
   <si>
     <t>337012</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2fc/2fc4d2837a40a6e7563abb9e10b8fc21.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a68/a68e82acb7b633ae010c159cb4651098.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 10 15см,   9, серебро: 234016 штр.: 4680211080990</t>
   </si>
   <si>
     <t>337014</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/532/532418c9c1096e0cf31b84a058e7b019.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см,   9, венге: 234019 штр.: 4680211081027</t>
   </si>
   <si>
     <t>337015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c02/c02f94868d36a851dcb7f12eb7c1fa00.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см,   9, золото: 234015 штр.: 4680211080983</t>
   </si>
   <si>
     <t>337016</t>
@@ -1008,104 +999,137 @@
   <si>
     <t>Рамка пластиковая 15 21см, OfficeSpace,  10, венге черный РП_17757</t>
   </si>
   <si>
     <t>350238</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/487/4872a55b81008dc09992384ebf68e8c2.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  6 1, античное золото РП_17692</t>
   </si>
   <si>
     <t>351038</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de5/de55b4b375868d4815c6232b6efa315e.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  6 1, черная РП_17691</t>
   </si>
   <si>
     <t>351039</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/00b/00b2ef2a8910c399e86e9038e17df6f6.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30см, OfficeSpace,  6 1, белая РП_17690</t>
+  </si>
+  <si>
+    <t>351285</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6c7/6c7ea730d735901fe33163bbbde77128.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  12, синий РП_19809</t>
   </si>
   <si>
     <t>Рамка для фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4</t>
   </si>
   <si>
     <t>353659</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e27/8c8eeji4axl6o44laf5n6jarlkestquq.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик белый с двойной позолотой RAMPOZ2 W</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик белый с двойной позолотой RAMPOZ2/W</t>
   </si>
   <si>
     <t>355100</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/01f/ozxw3657ncg3vox4sjq07ju58ukyccqp.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик золот. RAMPL Gl</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик золот. RAMPL/Gl</t>
+  </si>
+  <si>
+    <t>355101</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1c9/netrsdkqapq5l8lceq90zo1magekan07.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик корич. с двойной позолотой RAMPOZ2 Br</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик корич. с двойной позолотой RAMPOZ2/Br</t>
   </si>
   <si>
     <t>355102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b51/4zjkphbs5s38gc9gzbqh1wwos3i7cqqp.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик серебро RAMPL Sl</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик серебро RAMPL/Sl</t>
   </si>
   <si>
     <t>355103</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a54/ox4v8ne0nw103cbdp4kb9o42cg444kmu.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик серебро с позолотой RAMPOZ Sl</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик серебро с позолотой RAMPOZ/Sl</t>
+  </si>
+  <si>
+    <t>355104</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/338/fncwonv2l4o821xwni52e35cbh204ma1.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик синий с позолотой RAMPOZ Bl</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик синий с позолотой RAMPOZ/Bl</t>
   </si>
   <si>
     <t>355105</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/727/bq0iuqsj3cxptfu7ow50tz7l15ak0zub.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик черный с двойной позолотой RAMPOZ2 B</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 пластик черный с двойной позолотой RAMPOZ2/B</t>
   </si>
   <si>
     <t>355106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14f/14fa8dd470d5057cd3adeff2ee92e02a.jpg</t>
@@ -1116,338 +1140,206 @@
   <si>
     <t>Рамка из пластика для грамот, дипломов и фотографий.</t>
   </si>
   <si>
     <t>355170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77b/77b260d99979f99a0ebf6693828f0599.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 15 21см, OfficeSpace,  2, серебро. 267550</t>
   </si>
   <si>
     <t>355171</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ee/1eef568ad095c76d9042b8649a059edf.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40см, OfficeSpace,  2, яшма. 267556</t>
   </si>
   <si>
     <t>355172</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/832/83244f55a9355c237826f0a6eb63adec/ad18890abee75f01f942cdfbff554bdd.jpg</t>
-[...56 lines deleted...]
-    <t>378577</t>
+    <t>http://anytos.ru//upload/iblock/946/gn2ovu68i5ip4fz4uags5j3gv79s8ynq.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик черный. RAMPL B</t>
+  </si>
+  <si>
+    <t>Рамки для дипломов, грамот, фотографий LITE. Технические характеристики: • Для фотографий и документов размером А4 &amp;#40;21х30 см.&amp;#41; • Со стеклом • Материал рамки – пластик • Материал подложки - плотный картон • Крепежи позволяют разместить рамки горизонтально или вертикально • Упакованы в термоусадочную пленку</t>
+  </si>
+  <si>
+    <t>359385</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12f/i72lgn01ezdiz3qum4535dvl95cs0gog.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик т мн. орех с позолотой. RAMPOZ Orh</t>
+  </si>
+  <si>
+    <t>367027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f05/f056551131db0e2024a9c0f38e9ad76b/7cb154b0a6d131bec868bb01f440a51c.jpg</t>
   </si>
   <si>
     <t>Рамка ATTACHE 21х30 пластик. Багет шир-17 мм, выс-13мм кружева,золото</t>
   </si>
   <si>
     <t>378581</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c34/c3494f6df5ed71637df960b974f9c6fc/7e56ac92c2665808a04aa889756ce006.jpg</t>
   </si>
   <si>
     <t>Рамка ATTACHE 21х30 пластик. Багет шир-17 мм, выс-13мм, кружева,серебро</t>
   </si>
   <si>
     <t>378582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/000/0007b2fac2ae21d7603215580cce5148/7f5e30ea81f29dbc7c722d87086a755b.jpg</t>
   </si>
   <si>
     <t>Рамка ATTACHE 21х30 пластик. Багет шир-29 мм,выс 13мм. кружева, цвет серебр</t>
   </si>
   <si>
     <t>378583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/232/232017eb25790b17d42f87ad8fe96cd3/d5d96871c7283d9dcf84f8fa0fe4480d.jpg</t>
   </si>
   <si>
     <t>Рамка ATTACHE 21х30 пластик. багет шир-20мм,выс -15мм цвет орех золот</t>
   </si>
   <si>
     <t>Рамка ATTACHE 21х30 пластик. багет шир-20мм,выс -15мм цвет орех/золот</t>
   </si>
   <si>
     <t>378585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecd/ecd4ac4b04b5359d846bcd21085d4e2c/254a877c944a4eebb09079872a44314b.jpg</t>
   </si>
   <si>
     <t>Рамка ATTACHE 21х30 пластик. багет шир.-25 мм, выс.-14 мм, цвет Серебр</t>
   </si>
   <si>
     <t>378586</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90c/90c153a1ddf41bde7230ad0b7fdf3422/9e1ec80400b7036e0b8169ee4d9e7f43.jpg</t>
-[...26 lines deleted...]
-    <t>378591</t>
+    <t>http://anytos.ru//upload/iblock/217/2174e0daea4b3d2b560cb2616b12add6/ea4fb7d3647444f97bd88cad4992f2f8.jpg</t>
+  </si>
+  <si>
+    <t>Рамка деревянная А4 коричневого цвета 1701</t>
+  </si>
+  <si>
+    <t>378595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c2/2c2b4dc6cbf805999338db05e000a5b2/93d7fe6dc657d71c33cc22b706832dea.jpg</t>
+  </si>
+  <si>
+    <t>Рамка деревянная А4 некрашеная 1700</t>
+  </si>
+  <si>
+    <t>378596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16e/16e5de430901638eba799592eb87d557/b655765350a1236e5faeffa15cba9edf.jpg</t>
+  </si>
+  <si>
+    <t>Рамка деревянная А4 темнокоричневого цвета 1702</t>
+  </si>
+  <si>
+    <t>378598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cc/9ccc3d2375e5dc8be8a5277cdfaed36e/869d524e4b678a95f0ae51c707398f99.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая А3 белого цвета</t>
+  </si>
+  <si>
+    <t>378603</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c62/c62affe39874bfa9dc9dac6bdeb6b431/0dbd0d8670697842651b564421ec5300.jpg</t>
-[...91 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/552/5522addcd1f379c238634e7d163d4102/b9a5890bc4b26149982c7ce2c4cc22f2.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая А4 белого цвета 300</t>
   </si>
   <si>
     <t>378609</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/730/730fabbe327803ef53fcc63f16b0a153/946c3bfdcd354c94816ea4c507005dad.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая А4 золотого цвета  широкий багет  609</t>
   </si>
   <si>
     <t>Рамка пластиковая А4 золотого цвета &amp;#40;широкий багет&amp;#41; 609</t>
   </si>
   <si>
     <t>378610</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/11c/11cd2698735d4ccc42d69fc78300b062/70db6d92573f78682d713601a09ef45b.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая А4 коричневого цвета 101</t>
+  </si>
+  <si>
+    <t>378611</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b72/b721202961a4d21fa6ac21026ad38b3f/94d347934ce2502a311270552522f7d1.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая А4 коричневого цвета 301</t>
   </si>
   <si>
     <t>378612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d49/d49c34f316d6b80ffed46fc5e9729a80/e74784c52307feef2ec419ccc760ab80.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая А4 цвета бордо 102</t>
   </si>
   <si>
     <t>378613</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9f3/9f337d3ecc92e112f392a9cfebd909d8/a53661e86ba52c95473e1a3c3eff1838.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b06/xc2nriiidu9r8ru7xoz9gr58bjbfq3zu.jpg</t>
   </si>
   <si>
     <t>Рамка 10х15 см, дерево, багет 18 мм, BRAUBERG  quot;HIT quot;, канадская сосна, стекло, подставка, 390019</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А6 &amp;#40;10х15 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из дерева цвета &amp;quot;канадская сосна&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса, а наличие подставки позволит установить рамку на столе. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385388</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44f/wrcg000scnld5cix7j0b3zqojxjvhi9t.jpg</t>
   </si>
   <si>
     <t>Рамка 15х20 см, дерево, багет 18 мм, BRAUBERG  quot;HIT quot;, канадская сосна, стекло, подставка, 390020</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А5 &amp;#40;15х20 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из дерева цвета &amp;quot;канадская сосна&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
@@ -1476,122 +1368,110 @@
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из дерева цвета &amp;quot;темная вишня&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385401</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48b/iozcmp4cf3a7161pekmwio6vsi75bqgk.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, дерево, багет 20 мм, STAFF, темно-коричневая, стекло, 390716</t>
   </si>
   <si>
     <t>Рамка STAFF с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Стандартный размер А4 позволяет использовать данный предмет для широкого спектра документов. Возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Рамка выполнена из дерева темно-коричневого цвета, за счет чего отлично впишется в домашний и деловой интерьер.</t>
   </si>
   <si>
     <t>385402</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6d6/8uuwrc6fv3xrjs9lris6bf64iidy7ifp.jpg</t>
-[...8 lines deleted...]
-    <t>385403</t>
+    <t>http://anytos.ru//upload/iblock/e82/ekqdj5qoddj0d699v619516qh0nb5qtt.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 21х30 см, пластик, багет 12 мм, BRAUBERG  quot;HIT2 quot;, белая, стекло, 390948</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика белого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68e/hgn2bapsfoonhmzq52ki3ewu31gaz2r8.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 12 мм, BRAUBERG  quot;HIT2 quot;, бордовая, стекло, 390944</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика бордового цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/adb/0kssgqc91csai0y5fk6y8g60770pf92j.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 12 мм, BRAUBERG  quot;HIT2 quot;, золото, стекло, 390945</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика золотистого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/393/0zdab6ge0g6qbzlgp4yfngrw7670rvl2.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 12 мм, BRAUBERG  quot;HIT2 quot;, серебро, стекло, 390946</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика серебристого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99e/mb1z55ofi8b85e7ppzislv44aydx51r0.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 12 мм, BRAUBERG  quot;HIT2 quot;, синяя, стекло, 390943</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика синего цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385408</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e33/37dsu1w5aullqa9y1txh1nf7ehjgy3yo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/add/s7vdouhoq3fsb6mx0836kufhdclgdx3g.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 14 мм, BRAUBERG  quot;HIT quot;, красное дерево с позолотой, стекло, 390024</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;красное дерево&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 14 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/092/yy03kawop5hgro9yy83q87t8cyzd87h8.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 15 мм, BRAUBERG  quot;HIT quot;, зел ный мрамор с позолотой, стекло, 390706</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;зеленый мрамор&amp;quot; с позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 15 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a8/j1i2g0v55elgm8tanzknir8dwq4pce9o.jpg</t>
@@ -1608,74 +1488,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aa1/bfi44fvjybl8tchvdlcwmq12gjeoina7.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 15 мм, BRAUBERG  quot;HIT quot;, орех, стекло, 390025</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;орех&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 15 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac3/z7igj2kwc2nubo6f22w9lbdt7yee1viu.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 15 мм, BRAUBERG  quot;HIT quot;, синий мрамор с позолотой, стекло, 390705</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;синий мрамор&amp;quot; с позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 15 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385414</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a91/tiabubpyuisjmv042i0ohhbo6b1mx0mm.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d65/zfvypucw30z91icuo6v57524tbwhupbe.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 16 мм, BRAUBERG HIT5, белая с двойной позолотой, стекло, 391077</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT5&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика белого цвета с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 16 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/582/6sq0beetv05quxmwnharnz9zfq5enc2s.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 20 мм, BRAUBERG  quot;HIT3 quot;, белая с двойной позолотой, стекло, 390983</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT3&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика белого цвета с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/970/jfi69d5820pr8g246dp9rnb0opb3h20w.jpg</t>
@@ -1692,50 +1548,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2f2/6cpikqelzolv6m4b6q19jv0lgiz81p77.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 20 мм, BRAUBERG  quot;HIT3 quot;, золото, стекло, 390990</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT3&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика золотистого цвета с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385425</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1f/q0fdms5jehl57npylvtlzcep3n9rkf3q.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 20 мм, BRAUBERG  quot;HIT3 quot;, красное дерево с двойной позолотой, стекло, 390986</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT3&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;красное дерево&amp;quot; с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385426</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ad9/tvz5gktk654u0re5vd631iqyjrjl8yi0.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 21х30 см, пластик, багет 20 мм, BRAUBERG  quot;HIT3 quot;, серебро, стекло, 390991</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT3&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика серебристого цвета с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385427</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/87a/1vw4i0r3ml3ww2msu619hklq450nd1tz.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 20 мм, BRAUBERG  quot;HIT3 quot;, синий мрамор с двойной позолотой, стекло, 390988</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT3&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;синий мрамор&amp;quot; с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/712/9l0wp8c3109ru0igea656lddokm0ftx2.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 20 мм, BRAUBERG  quot;HIT3 quot;, темный орех с двойной позолотой, стекло, 390985</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT3&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета темный орех с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3c/w150g41liyqmz21zhym7vh5wsablt3fl.jpg</t>
@@ -1752,302 +1620,317 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2ce/xs9wlli1gdc2hmsq1ry1xn4ov3t3rxaf.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 30 мм, BRAUBERG  quot;HIT4 quot;, золото, стекло, 391000</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT4&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика золотистого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 30 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/412/nnzv95rnaec559gmvlnnyp3u1qw7m03v.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, пластик, багет 30 мм, BRAUBERG  quot;HIT4 quot;, красное дерево с двойной позолотой, стекло, 390996</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT4&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;красное дерево&amp;quot; с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 30 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385435</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1ad/2x9z46ld3ytrz57zkwcb8lq6ypn9dtce.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 21х30 см, пластик, багет 30 мм, BRAUBERG  quot;HIT4 quot;, миндаль с двойной позолотой, стекло, 390995</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT4&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;миндаль&amp;quot; с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 30 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef2/r5tkt3hesp6im6xxp1x6qre2urvp0d2x.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 21х30 см, пластик, багет 30 мм, BRAUBERG  quot;HIT4 quot;, орех с двойной позолотой, стекло, 390994</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT4&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А4 &amp;#40;21х30 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;орех&amp;quot; с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 30 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385437</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0e7/609iwwvylj90q8g7hrigqa2x1q9cbq1b.jpg</t>
   </si>
   <si>
     <t>Рамка 30 40 см, пластик, багет 12 мм, BRAUBERG HIT2, белая, стекло, 391135</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика белого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f38/x6cfvsuk82vajxqqwpu7my2g3dqzao7m.jpg</t>
   </si>
   <si>
     <t>Рамка 30 40 см, пластик, багет 12 мм, BRAUBERG HIT2, золото, стекло, 391132</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика золотистого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385443</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b5/czbpl7qsovea3kzq8pd779lbvout6qwf.jpg</t>
-[...8 lines deleted...]
-    <t>385449</t>
+    <t>http://anytos.ru//upload/iblock/273/hro2g3z5k1tqf5szixxhxg2fq6t4j29o.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30 40 см, пластик, багет 12 мм, BRAUBERG HIT2, серебро, стекло, 391133</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика серебристого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385444</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/200/3ja946tpzz0pbyrzmdw9iptniiekr2l4.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30 40 см, пластик, багет 12 мм, BRAUBERG HIT2, черная, стекло, 391138</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT2&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика черного цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/070/27gr621cikcyxt96lpwy00i7xbxtu86h.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см, дерево, багет 18 мм, BRAUBERG  quot;HIT quot;, темная вишня, стекло, 390258</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из дерева цвета &amp;quot;темная вишня&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8b/xml5n4q7wbk0su3ccaaqzm7bl4umkead.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см, пластик, багет 30 мм, BRAUBERG  quot;HIT4 quot;, золото, стекло, 391008</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;HIT4&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика золотистого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 30 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>385459</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/402/402e38e5879215440b7e5d5476857e2a/b3321dbebad38cbff8db1f2c3baf9854.jpg</t>
-[...32 lines deleted...]
-    <t>416578</t>
+    <t>http://anytos.ru//upload/iblock/b55/12tae5100ixjpbwmandweec3h5tndqbn.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30х40 см, пластик, багет 30 мм, BRAUBERG  quot;HIT4 quot;, красное дерево с двойной позолотой, стекло, 391006</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT4&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика цвета &amp;quot;красное дерево&amp;quot; с двойной позолотой, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 30 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385460</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e0/2rmt4ii63vzvzraxsbvy72yaalcnpywd.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30х40 см, пластик, багет 30 мм, BRAUBERG  quot;HIT4 quot;, серебро, стекло, 391009</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;HIT4&amp;quot; для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов формата А3 &amp;#40;30х40 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятий и др. Выполнена из пластика серебристого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 30 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>385463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/548/548e735cf82568f600359319be77951c/fa43242b45a3faf2741ff5667078426f.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21x30  A4  Синий металлик, с пластиком</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21x30 &amp;#40;A4&amp;#41; Синий металлик, с пластиком</t>
+  </si>
+  <si>
+    <t>416577</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb5/eb5258e884796f1235dab6494cc2bc05/9c3134bca43f7096019ef6a790805b3a.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 587 21x30  A4  красное дерево</t>
   </si>
   <si>
     <t>Рамка пластиковая 587 21x30 &amp;#40;A4&amp;#41; красное дерево</t>
   </si>
   <si>
     <t>416579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/761/761ec1676de27c68c140f1071ee56655/dbbe88aae8cc31270d2711324e7f546a.jpg</t>
   </si>
   <si>
     <t>Рамка с паспарту, пластик, 21х30, белый цвет  500П</t>
   </si>
   <si>
     <t>Рамка с паспарту, пластик, 21х30, белый цвет&amp;nbsp;&amp;nbsp;500П</t>
   </si>
   <si>
     <t>416580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/419/41908f2cce908b0bd99efa23eb0cf35b/7a94e28b9b4dac84071cd72f4348a68f.jpg</t>
-[...61 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aac/aac12efc5463a345579db65675822379/a2a12b54c7b461b70a08d1d3b5f4bbc4.jpg</t>
   </si>
   <si>
     <t>Рамка формат А 4 цвет крем-брюле со стеклом, МДФ 101</t>
   </si>
   <si>
     <t>416589</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/207/207ab0eaa6f330ef063509949aff59ad/4757fe7cafbb12cb820fc115f2fa7e25.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка А4 пластиковая PS 500 белая</t>
+  </si>
+  <si>
+    <t>416591</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/098/0981894bd7e480d3c35d9f9520ef463c/ff07887528715f4d18b8bf265bbbe382.jpg</t>
   </si>
   <si>
     <t>Фоторамка А4 пластиковая PS 515 золото глянец</t>
   </si>
   <si>
     <t>Пластиковая рамка Зебра изготовлена в классическом стиле, оснащена подвесом для крепления на стене. Может использоваться как для фотографий, так и для оформления творческих работ, дипломов, сертификатов. Материал багета: пластик. Материал вставки: пластик. Материал задника: картон. Толщина багета: 14 мм. Ширина багета: 14 мм. Цвет багета: золотистый. Вставка съемная. Тип размещения: настенный. Тип крепления задника: лепестки. Размер фото: 21x30 см. Размер изделия: 23x32 см. Упаковка: пленка. Товар относится к ценовому сегменту &amp;quot;бюджет&amp;quot;. Имеет базовые характеристики и более простую упаковку. Отвечает основным требованиям потребления.</t>
   </si>
   <si>
     <t>416592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/432/432d9936d1b845964b324d71079ac2df/34b089e842a3316e49ef452a3c664ee2.jpg</t>
   </si>
   <si>
     <t>Фоторамка А4 пластиковая PS 516 серебро матовое</t>
   </si>
   <si>
     <t>Пластиковая рамка Зебра изготовлена в классическом стиле, оснащена подвесом для крепления на стене. Может использоваться как для фотографий, так и для оформления творческих работ, дипломов, сертификатов. Материал багета: пластик. Материал вставки: пластик. Материал задника: картон. Толщина багета: 14 мм. Ширина багета: 14 мм. Цвет багета: серебристый. Вставка съемная. Тип размещения: настенный. Тип крепления задника: лепестки. Размер фото: 21x30 см. Размер изделия: 23x32 см. Упаковка: пленка. Товар относится к ценовому сегменту &amp;quot;бюджет&amp;quot;. Имеет базовые характеристики и более простую упаковку. Отвечает основным требованиям потребления.</t>
   </si>
   <si>
     <t>416593</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2a4/cj2nhf32mvlfwijdhyntmcakcmch2105.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4  пластик золото. RAMPL2 GL</t>
+  </si>
+  <si>
+    <t>Рамки для дипломов, грамот, фотографий LITE. Технические характеристики: • Для фотографий и документов размером А4 &amp;#40;21х30 см.&amp;#41; • Со стеклом • Материал рамки – пластик • Материал подложки - переплетный картон • Крепежи позволяют разместить рамки горизонтально или вертикально • Упакованы в термоусадочную пленку</t>
+  </si>
+  <si>
+    <t>417321</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/043/c28z16uosiiv2hu6txupfo01fl1ue11e.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 21х30 см, дерево, багет 17 мм, STAFF, мокко, стекло, 391140</t>
+  </si>
+  <si>
+    <t>Рамка STAFF с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка STAFF предназначена для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других. Стандартный размер А4 позволяет использовать данный предмет для широкого спектра документов. Возможность вертикального и горизонтального подвеса. Рамка выполнена из дерева в цвете &amp;quot;мокко&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер.Отличное качество по привлекательной цене - основные преимущества рамки STAFF.</t>
+  </si>
+  <si>
+    <t>422665</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/863/863b1331c1f2776d5f07aeac2be7d00f/0da531da13a81ce7ac9da33361dfb843.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 15 21см, OfficeSpace,  2, белая</t>
   </si>
   <si>
     <t>561279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fbc/fbc63facf2d11bc6be9e6495ec6eccfa/84754a3b9ce69e28c21a1a572e994647.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 15 21см, OfficeSpace,  2, темный орех</t>
   </si>
   <si>
     <t>561280</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/227/22714c6d988d298405124a8daad40c48/b1f5dcccb417ea90e8eece1742fb667f.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40см, OfficeSpace,  2, белая</t>
   </si>
   <si>
     <t>561281</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe0/fe0774e110595041eef052681b5c479e/46ea8a7e900cb738d16e8d34f614277e.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40см, OfficeSpace,  2, темный орех</t>
   </si>
   <si>
     <t>561282</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/32d/32d83cfb65233f142954be49bf543124/12863b952066696f578b46c551b10318.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рамка пластиковая 10 15 см, OfficeSpace,  6 1, ассорти  черный, белый, розовый, мятный </t>
+  </si>
+  <si>
+    <t>561283</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d37/d37c490cc5feb313fde73b7802b9df23/87b120ca8be710fb91de9a526aa86c40.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40 см, OfficeSpace,  10, белая</t>
   </si>
   <si>
     <t>Рамка OfficeSpace предназначена для большого фото размером 30x40 см. Можно подвесить вертикально или горизонтально. Рамка из пластика выглядит стильно и демократично, что позволит ей вписаться в любой интерьер.</t>
   </si>
   <si>
     <t>561291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e02/e02836156d42958233fe971a568d41c0/03f83890977b333be228f74e8d437a2e.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, OfficeSpace,  1, акриловое небьющееся стекло, серебро</t>
   </si>
   <si>
     <t>Рамка OfficeSpace поможет на долгое время сохранить памятную фотографию, диплом, грамоту, сертификат. Формат рамки А4. Можно подвесить вертикально или горизонтально. Рамка изготовлена из натурального дерева. Защитный фронтальный лист из пластика обеспечивает безопасное использование.</t>
   </si>
   <si>
     <t>561292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a4/4a4bccd4011a25dbf5143a48614b9464/a747386f27080f2251421720f3446ced.jpg</t>
@@ -2160,53 +2043,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/13a/13a32916d12568a726a85bd71605f623/4c4d273b0030efefdcb1c6bdec353d31.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 21x30  A4  ПЭТ Белая</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 21x30 &amp;#40;A4&amp;#41; ПЭТ Белая</t>
   </si>
   <si>
     <t>586741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d2/9d2b1a8d9d38d4be4540ae181d07f75a/80d0bb59910c487536f47faa43564bb5.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 30х40  А3  Стекло 582 Темный орех с золотом</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 30х40 &amp;#40;А3&amp;#41; Стекло 582 Темный орех с золотом</t>
   </si>
   <si>
     <t>586744</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/859/8595882c058f91b1ff0705ffcbb28e7f/35125d07a55c58f923c4938885bd1bd7.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 21x30  A4  ПЭТ Белая с золотом</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 21x30 &amp;#40;A4&amp;#41; ПЭТ Белая с золотом</t>
   </si>
   <si>
     <t>586745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/320/320988134beb86d7d495a36b3db15e30/3679d71056affd1cff98f2686fc47a2f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Рамка пластиковая Attache 30х40  А3  Стекло Золотая  глянец </t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 30х40 &amp;#40;А3&amp;#41; Стекло Золотая &amp;#40;глянец&amp;#41;</t>
   </si>
   <si>
     <t>586746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2b/a2bc15500b814006fffcc8e1fed85edb/f9b66d1b9557dff06d36b9448490cc46.jpg</t>
@@ -2223,218 +2103,170 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a01/a019f977922b48d74f9eae9c7b39bdac/6afd2dbb966aff55ab8d6a516b14e52e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Рамка пластиковая Attache 30х40  А3  Золотая  глянец </t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 30х40 &amp;#40;А3&amp;#41; Золотая &amp;#40;глянец&amp;#41;</t>
   </si>
   <si>
     <t>586748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0a/c0a26a11477b8fd42985733a6b8f06a0/38db3c4f6a6e4114115febc430b39bf9.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 30х40  А3  ПЭТ Белая</t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 30х40 &amp;#40;А3&amp;#41; ПЭТ Белая</t>
   </si>
   <si>
     <t>586749</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8bb/8bb93a7423b305ecee0b717dee3d366e/b745336560ecd593afa354400107eb1a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f43/f43c072c4939e30e0715e76771c09545/202b7c19ee0bfc4baa0b6b02d43abce3.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 590 21x30  A4  золото</t>
   </si>
   <si>
     <t>Рамка пластиковая 590 21x30 &amp;#40;A4&amp;#41; золото</t>
   </si>
   <si>
     <t>586752</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0f/b0f0d54ee23087651f7545ec0013e29b/44e2879c151d944b28457754e6a1aa64.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 591 21x30  A4  серебро</t>
   </si>
   <si>
     <t>Рамка пластиковая 591 21x30 &amp;#40;A4&amp;#41; серебро</t>
   </si>
   <si>
     <t>586753</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0c6/0c6338bdbd17b068ab57073a8b79d0d1/21cba12e3569e8b4eb937435024837fd.jpg</t>
-[...55 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/598/598bdae3f010733c381d08f121cbcba8/779c0a219050b4e8cab35ce0865c970d.jpg</t>
   </si>
   <si>
     <t>Рамка формат А 4 цвет венге со стеклом МДФ 105</t>
   </si>
   <si>
     <t>586769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cde/cde46c6dea1c59476e69bd5ae9c82ccd/6451e600a77d2574dce741790aae67e3.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, OfficeSpace,  5, серебро</t>
   </si>
   <si>
     <t>Рамка OfficeSpace поможет на долгое время сохранить памятную фотографию, диплом, грамоту, сертификат. Формат рамки А4. Можно подвесить вертикально или горизонтально. Рамка изготовлена из натурального дерева.</t>
   </si>
   <si>
     <t>588524</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/09c/09c7aa4bb79d4c9f3575710e875dd468/5df0ae8ffca9720e0a6bbc8502d6b607.jpg</t>
-[...8 lines deleted...]
-    <t>613621</t>
+    <t>http://anytos.ru//upload/iblock/74c/q9lb5mgblemmxavsle6d0r6nh8n0rfaa.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик белый с позолотой</t>
+  </si>
+  <si>
+    <t>Технические характеристики: • Для фотографий и документов размером А4 &amp;#40;21х30 см.&amp;#41; • Со стеклом • Материал рамки – пластик • Материал подложки - плотный картон • Крепежи позволяют разместить рамки горизонтально или вертикально • Упакованы в термоусадочную пленку</t>
+  </si>
+  <si>
+    <t>590835</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/013/013e72cb44407d2cd2788a95dbb3944a/a9b40162522a5fbe6dfaca7335697081.jpg</t>
+  </si>
+  <si>
+    <t>Рамка ATTACHE 21х30 пластик. Багет шир-20мм,выс-15мм цвет синий  золот</t>
+  </si>
+  <si>
+    <t>Рамка ATTACHE 21х30 пластик. Багет шир-20мм,выс-15мм цвет синий /золот</t>
+  </si>
+  <si>
+    <t>613614</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b9/7b9ccab63fc7f0b3e976daaebd452d2c/44d8b20478c5cfa63f6ad796f2de9be6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Рамка пластиковая Attache 21x30  A4  ПЭТ Серебро  глянец </t>
   </si>
   <si>
     <t>Рамка пластиковая Attache 21x30 &amp;#40;A4&amp;#41; ПЭТ Серебро &amp;#40;глянец&amp;#41;</t>
   </si>
   <si>
     <t>613622</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a97/ramkcsw1iijbzkszzf2ywlyut35jp1ud.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 дерев. красн., акрил</t>
   </si>
   <si>
     <t>Технические характеристики: • Для фотографий и документов размером А4 &amp;#40;21х30 см.&amp;#41; • С акриловым стеклом • Материал рамки – дерево • Материал подложки - переплетный картон • Крепежи позволяют разместить рамки горизонтально или вертикально • Упакованы в термоусадочную пленку</t>
   </si>
   <si>
     <t>617712</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddb/rdaui35uor8ww6w1sl6g0g5gp5hwq7b4.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 дерев. мокко, акрил</t>
   </si>
   <si>
     <t>617713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66d/mm30zhbd7hgrb7c156fe87vvogxauz3s.jpg</t>
   </si>
   <si>
     <t>Фоторамка 21х30 LITE А4 дерев. янтарь, акрил</t>
   </si>
   <si>
     <t>617714</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/33b/p5twcy94kwtekurjet3kce3q718fasum.jpg</t>
+  </si>
+  <si>
+    <t>Фоторамка 21х30 LITE А4 пластик белый</t>
+  </si>
+  <si>
+    <t>617715</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8b0/8b08c2a1b88cdd4859da12b2fd8146a0.jpg</t>
   </si>
   <si>
     <t>Рамка МДФ 21 30см, OfficeSpace  quot;Expo quot;, белая</t>
   </si>
   <si>
     <t>Рамка для фотографий OfficeSpace подчеркнет общий дизайн помещения и сбережет важные и счастливые моменты из Вашей жизни. Подходит как для вертикального, так и для горизонтального размещения.</t>
   </si>
   <si>
     <t>632438</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7d/b7d854963f55317a6ae9ee174202140d.jpg</t>
   </si>
   <si>
     <t>Рамка МДФ 21 30см, OfficeSpace  quot;Expo quot;, венге</t>
   </si>
   <si>
     <t>632439</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc7/bc7c60c5e8c21fc93445beb75eb4b737.jpg</t>
@@ -2547,143 +2379,146 @@
   <si>
     <t xml:space="preserve"> quot;Рамка МДФ 15 21см, OfficeSpace  quot; quot;Expo quot; quot;, венге quot;</t>
   </si>
   <si>
     <t>651549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba4/ba45031eefd205d6f49e81b0732d0846.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Рамка МДФ 15 21см, OfficeSpace  quot; quot;Expo quot; quot;, капучино quot;</t>
   </si>
   <si>
     <t>651550</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/859/859fa442d4fdf9478ad35e555121f3fb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Рамка МДФ 15 21см, OfficeSpace  quot; quot;Expo quot; quot;, миланский орех quot;</t>
   </si>
   <si>
     <t>651551</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/64c/64cf0243c9cd3788ec32961b4f76fb1b.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/48f/48f092edd44e7f7dcff151e689868b47.jpg</t>
   </si>
   <si>
     <t>Рамка 10х15 см  quot;капучино quot; STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391209</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка компактного формата А6 &amp;#40;10х15 см&amp;#41; выполнена из материала МДФ в цвете &amp;quot;капучино&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>654350</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/918/91861f34253c3606789377f00d47b7c3.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30х40 см, белая STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391195</t>
+  </si>
+  <si>
+    <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка формата А3 &amp;#40;30х40 см&amp;#41; выполнена из материала МДФ в белом цвете, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>654351</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/eb1/eb1b78c275598b68b174b9ab4280549f.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см  quot;итальянский орех quot; STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391198</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка формата А3 &amp;#40;30х40 см&amp;#41; выполнена из материала МДФ в цвете &amp;quot;итальянский орех&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Переплетный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>654352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36a/36ad013dd2f46e2694571df121831392.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см  quot;миланский орех quot; STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391201</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка формата А3 &amp;#40;30х40 см&amp;#41; выполнена из материала МДФ в цвете &amp;quot;миланский орех&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>654353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8f/9tk896rf3c9f4zkrn8rnt99rqy4d3m85.jpg</t>
   </si>
   <si>
     <t>Рамка 10х15 см белая STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391208</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка компактного формата А6 &amp;#40;10х15 см&amp;#41; выполнена из материала МДФ в белом цвете, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>693186</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/98e/gidm4j43b031sstsbrpih7h436yi2scv.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 15х20 см, дерево, багет 18 мм, BRAUBERG  quot;Pinewood quot;, красное дерево, стекло, подставка, 391217</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG &amp;quot;Pinewood&amp;quot; для оформления фотографий, дипломов, сертификатов, лицензий и других документов формата А5 &amp;#40;15х20 см&amp;#41; будет гармонично смотреться в любом интерьере - дома и офисе, учебных учреждениях и магазинах, салонах и предприятиях и др. Рамка выполнена из красного дерева, за счет чего отлично впишется как в домашний, так и в деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Термоусадочная пленка гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
+  </si>
+  <si>
+    <t>693187</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/afd/zu5ylqbtn5az796aaa8h70nxpa1nu53q.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см  quot;итальянский орех quot; STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391200</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из материала МДФ в цвете &amp;quot;итальянский орех&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер, а благодаря стандартному формату можно использовать данный предмет для широкого спектра документов. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>693188</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/805/j1013f8e48sz03cr479thhhtgky53yq1.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см  quot;капучино quot; STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391205</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из материала МДФ в цвете &amp;quot;капучино&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер, а благодаря стандартному формату можно использовать данный предмет для широкого спектра документов. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>693189</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e04/7wt6n8rnh1z2tr2x2pqmgf735lowcx5p.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6fe/is3zou3dwwc625vazl2tio7vyzr8zfjd.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21х30 см с акриловым стеклом, небьющаяся, багет 17 мм, мокко, STAFF  quot;Carven quot;, 391212</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Carven&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из МДФ под дерево в цвете &amp;quot;мокко&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 17 мм. Благодаря экрану из акрилового стекла рамка является менее хрупкой. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>695516</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f78/w6rfm0lpwoyskfqfnwkgeg6ceotfurdh.jpg</t>
   </si>
   <si>
     <t>Фоторамка 9 13см пластиковая  quot;Darvish quot; в форме буквы  quot;Q quot;</t>
   </si>
   <si>
     <t>Фоторамка&amp;nbsp;&amp;nbsp; 9*13см пластиковая &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;в форме буквы &amp;quot;Q&amp;quot;</t>
   </si>
   <si>
     <t>708020</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
@@ -2781,209 +2616,188 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6d5/mnf3b9w0805e1keiqh4qnaopivf6pm1e.jpg</t>
   </si>
   <si>
     <t>Фоторамка  с полкой  коричневая ретро для фото 10 15см</t>
   </si>
   <si>
     <t>Фоторамка &amp;#40;с полкой&amp;#41; коричневая ретро для фото 10*15см</t>
   </si>
   <si>
     <t>708050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3f/zyah8tu673eeyuxxar7hgfuzbor2n0cr.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21х30 см с акриловым стеклом, небьющаяся, багет 17 мм, янтарь, STAFF Carven, 391213</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Carven&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из МДФ под дерево в цвете &amp;quot;светлое дерево&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 17 мм. Благодаря экрану из акрилового стекла рамка является менее хрупкой. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>709026</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d02/cm5ggicts9eqlngb188krtsxk15cuh67.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c38/3wpa6vgs6so54jfjpiywoof3amctjao3.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см белая STAFF  quot;Grand quot;, багет 18 мм, стекло, МДФ, 391207</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; с фотографиями, наградами, дипломами, сертификатами и другими ценными документами гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из материала МДФ в белом цвете, за счет чего отлично впишется в домашний и деловой интерьер, а благодаря стандартному формату можно использовать данный предмет для широкого спектра документов. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>717921</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e39/ui3dsrdx1su4ud9v4stw2459emq8qwl5.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 30 40см, OfficeSpace,  1, акриловое небьющееся стекло, янтарь</t>
   </si>
   <si>
     <t>Рамка OfficeSpace из натурального дерева используется для оформления фотографий, дипломов, сертификатов, постеров, картин и любых других изображений. Подходит как для вертикального, так и для горизонтального размещения. Защитная вставка из пластика. Задняя панель из переплетного картона. Рамка упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>718368</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e51/50ukz4omkt00ec8yndj511ltzep8ubx9.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90b/7xh0tp2rvrm1iik8hdacw5k0r2p8yow4.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 15 21см, OfficeSpace  quot;Basic quot;, белая</t>
   </si>
   <si>
     <t>Рамка для фотографий OfficeSpace подчеркнет общий дизайн помещения и сбережет важные и счастливые моменты из Вашей жизни. Подходит как для вертикального, так и для горизонтального размещения. Защитная вставка из ПЭТ.</t>
   </si>
   <si>
     <t>772305</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/852/fr1645u6bl6qnj3aj4jb4hpb40082ve5.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30см, OfficeSpace  quot;Basic quot;, белая</t>
+  </si>
+  <si>
+    <t>772308</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/18b/d9mpbt94wws4lhm9i97h085o10kdiq7l.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace  quot;Basic quot;, черная</t>
   </si>
   <si>
     <t>772309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/486/gu56q3jnk759mrdemtl3j379q9046vxx.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40см, OfficeSpace  quot;Basic quot;, белая</t>
   </si>
   <si>
     <t>772310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/741/2tgyogm0wlx0i7d08t4ka1qqe730eq0t.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40см, OfficeSpace  quot;Basic quot;, золото</t>
   </si>
   <si>
     <t>772311</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bbe/czq38qsg48tf2ae6u1fmwt2k9vuxf82d.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/266/nust490kvgd3r1i1xizs9u6pnt7zfu25.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 30 40см, OfficeSpace,  1, акриловое небьющееся стекло, мокко</t>
   </si>
   <si>
     <t>775408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/045/8y5a2nyhfvhs7ugzlnmbyw4b2fd3pb5c.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace  quot;Basic quot;, золото</t>
   </si>
   <si>
     <t>775411</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1af/mszeajx3p1rap0upruc88y2v216luhrm.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30см, OfficeSpace,  5, матовое серебро</t>
+  </si>
+  <si>
+    <t>775412</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/587/h1sl111fkavgywff1mxlclz650oskd2u.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 30 40см, OfficeSpace  quot;Basic quot;, серебро</t>
   </si>
   <si>
     <t>775413</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b4/o1a4rso87k9pdhfv43df72c3mm5l4vyq.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/452/t0voihaxte8i5nq3bl3hdlskkc76607i.jpg</t>
   </si>
   <si>
     <t>Рамка МДФ 21 30см, OfficeSpace,  quot;Trend quot;, белая</t>
   </si>
   <si>
     <t>794630</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d6/kqgezmlhm4lohv1frkl4ok9o0ohizb3e.jpg</t>
   </si>
   <si>
     <t>Рамка МДФ 30 30см, OfficeSpace,  quot;Trend quot;, белая</t>
   </si>
   <si>
     <t>Рамка для фотографий OfficeSpace подчеркнет общий дизайн помещения и сбережет важные и счастливые моменты из Вашей жизни.</t>
   </si>
   <si>
     <t>794632</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b91/0ibg3w9vcecc9u7cfv1067w2icxizn97.jpg</t>
+  </si>
+  <si>
+    <t>Рамка пластиковая 21 30см, OfficeSpace  quot;Basic quot;, небьющееся стекло, серебро</t>
+  </si>
+  <si>
+    <t>794636</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0ac/fjnc815gs03hz2bqa0naxkmgpg3njvia.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 40х60 см с акриловым стеклом, небьющаяся, багет 17 мм, мокко, STAFF  quot;Carven quot;, 391223</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Carven&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка размером 40х60 см выполнена из МДФ под дерево в цвете &amp;quot;мокко&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета – 17 мм. Благодаря экрану из акрилового стекла рамка является менее хрупкой. Микрогофрокартон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке. Также для дополнительной защиты от сколов и потертостей рамка упакована в индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>835447</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ee/ym58mx4g279qei13bqqw0q620jwmkjqj.jpg</t>
   </si>
   <si>
     <t>Рамка деревянная 21 30см, OfficeSpace, красное дерево, эконом</t>
   </si>
   <si>
     <t>Рамка используется для оформления фотографий, дипломов, сертификатов, грамот, лицензий и других документов. Возможность вертикального и горизонтального подвеса. Идеальное решение для формата А4.</t>
   </si>
   <si>
     <t>841660</t>
@@ -3015,284 +2829,251 @@
   <si>
     <t>http://anytos.ru//upload/iblock/27d/fj8htxy8x2v1fubupalfnyonlm74a0su.jpg</t>
   </si>
   <si>
     <t>Рамка пластиковая 21 30см, OfficeSpace,  5, белая</t>
   </si>
   <si>
     <t>Рамка OfficeSpace поможет на долгое время сохранить памятный диплом, грамоту или фотографию. Рамка из пластика выглядит стильно и демократично, что позволит ей вписаться в любой интерьер. Подходит для вертикального и горизонтального размещения.</t>
   </si>
   <si>
     <t>845493</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/346/fl1ctldabalvbnhenyw6b56oo05lsdrr.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30см, дерево, багет 14мм, BRAUBERG  quot;Elegant quot;, венге, акриловый экран, 391295</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Elegant&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева цвета &amp;quot;венге&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 14 мм. Благодаря вставке из пластика вместо стекла, рамка является менее хрупкой. Переплётный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>855913</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b8d/uuih2gjzuagjj4bi9199k26a2oumnwbe.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6c7/uf0spy5hawyt7cqhdw76tf9uwjn3vwim.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30см, дерево, багет 14мм, BRAUBERG  quot;Elegant quot;, мокко, акриловый экран, 391298</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Elegant&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева цвета &amp;quot;мокко&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 14 мм. Благодаря вставке из пластика вместо стекла, рамка является менее хрупкой. Переплётный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>855915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba0/2i7osisae1g1uhzsy12opq8cyanrbtpc.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30см, дерево, багет 14мм, BRAUBERG  quot;Elegant quot;, цвет натуральный, акриловый экран, 391296</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Elegant&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева цвета &amp;quot;натуральный&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 14 мм. Благодаря вставке из пластика вместо стекла, рамка является менее хрупкой. Переплётный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>855916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28e/gn1jpvj3pz9cofk871ixwa9v80w0mq41.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30см, дерево, багет 20мм, BRAUBERG  quot;Business quot;, махагон, акриловый экран, 391293</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Business&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева цвета &amp;quot;махагон&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Благодаря вставке из пластика вместо стекла, рамка является менее хрупкой. Переплётный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>855917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c6/nu9l2599ppzk3ns170ea7yr7srbinil5.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30см, дерево, багет 20мм, BRAUBERG  quot;Business quot;, светлое дерево, акриловый экран, 391291</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Business&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева цвета &amp;quot;светлое дерево&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 20 мм. Благодаря вставке из пластика вместо стекла, рамка является менее хрупкой. Переплётный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>855918</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bef/yyl0w2r93zjkyqauwklbevvoqg1srezb.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/810/vd47qpwt4wfeh3fbhy3n233lr4cbx46d.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Фоторамка МИРАМ 21х29,7  A4  641822-A4  12 </t>
   </si>
   <si>
     <t>Фоторамка МИРАМ 21х29,7 &amp;#40;A4&amp;#41; 641822-A4 &amp;#40;12&amp;#41;</t>
   </si>
   <si>
     <t>882176</t>
   </si>
   <si>
     <t>&lt;a href="/brands/miram/"&gt;Мирам&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/013/qw4fa7i0dnijfgrud30jgjjc7plc8nq8.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7c8/uvb4t368vggua80yxyqb693h6w00px0q.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см, дерево, багет 14 мм, BRAUBERG  quot;Elegant quot;, белая, акриловый экран, 391294</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Elegant&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева белого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 14 мм. Благодаря вставке из пластика вместо стекла, рамка является менее хрупкой. Переплётный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>882937</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8c9/oywk1b11hf26dzvgx9sic543w0nj3o6l.jpg</t>
+  </si>
+  <si>
+    <t>Рамка ПВХ 21 30см, OfficeSpace, небьющееся стекло, белая</t>
+  </si>
+  <si>
+    <t>Рамка из ПВХ подчеркнет стиль интерьера и сохранит важные моменты. Подходит как для вертикального, так и для горизонтального использования. Оборотная сторона изготовлена из оргалита, усиленная фурнитура, небъющееся стекло. Предусмотрена ножка для использования на горизонтальных поверхностях.</t>
+  </si>
+  <si>
+    <t>884694</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/db4/64c4pguhf6j2wm8lqw77l69use8dfei6.jpg</t>
   </si>
   <si>
     <t>Рамка ПВХ 21 30см, OfficeSpace, небьющееся стекло, серебро</t>
   </si>
   <si>
-    <t>Рамка из ПВХ подчеркнет стиль интерьера и сохранит важные моменты. Подходит как для вертикального, так и для горизонтального использования. Оборотная сторона изготовлена из оргалита, усиленная фурнитура, небъющееся стекло. Предусмотрена ножка для использования на горизонтальных поверхностях.</t>
-[...1 lines deleted...]
-  <si>
     <t>884695</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fa4/upgxt0ql45z0s1nhd2895k2cicx2xasa.jpg</t>
+  </si>
+  <si>
+    <t>Рамка КЛИП 21х30</t>
+  </si>
+  <si>
+    <t>900427</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/642/dz8xiu3zg47qkb8g0w95wmy1zkxz6ylr.jpg</t>
   </si>
   <si>
     <t>Рамка с паспарту МДФ, 21х30, белая</t>
   </si>
   <si>
     <t>900429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/305/0c73j9ms7ikjgdo7qu30m6sar2aohxg6.jpg</t>
   </si>
   <si>
     <t>Рамка с паспарту МДФ, 21х30, дуб</t>
   </si>
   <si>
     <t>900430</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/637/m7112ebbizy3fxrb3mi6ll7jxavk0sec.jpg</t>
+  </si>
+  <si>
+    <t>Рамка с паспарту МДФ, 21х30, черная</t>
+  </si>
+  <si>
+    <t>900431</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/684/x93tpt3y997zgvzpw0t7iovvta49m0qz.jpg</t>
   </si>
   <si>
     <t>Рамка с паспарту МДФ, 30х40, белая</t>
   </si>
   <si>
     <t>900432</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/997/xcp8lm98er9ckksv6kktqp4xn9cloflr.jpg</t>
   </si>
   <si>
     <t>Рамка с паспарту МДФ, 30х40, черная</t>
   </si>
   <si>
     <t>900434</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/204/fmv1778wltablwdjohmqhngxx93rvucf.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/516/zv8h84xvxkrrkrhotnbnkil7ig7we276.jpg</t>
   </si>
   <si>
     <t>Рамка с паспарту МДФ, 15х20, белая</t>
   </si>
   <si>
     <t>907331</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6f5/oneb4vze7ygppxd7vky6zfett8hmhlfo.jpg</t>
+  </si>
+  <si>
+    <t>Рамка с паспарту МДФ, 50х70, черная</t>
+  </si>
+  <si>
+    <t>907332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88e/otkq9k72ae1eydijsrt1bt2uxscaymji.jpg</t>
+  </si>
+  <si>
+    <t>Рамка ПВХ 21 30см, OfficeSpace, небьющееся стекло, золото</t>
+  </si>
+  <si>
+    <t>926707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/393/dc0if49sfjw8wedwx8098fjk419tz72p.jpg</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG LOFT THREE-IN-ONE, НАБОР 3 штуки, фото разного размера, акриловый экран, 17х22 см, 391289</t>
+  </si>
+  <si>
+    <t>Рамка BRAUBERG LOFT THREE-IN-ONE благодаря своему необычному дизайну может использоваться как рамка для одного фото или может помочь оформить в едином стиле три фотографии размером 10х15, 13х18, 15х20 см. Рамка выполнена из качественного МДФ. Благодаря необычной конструкции в виде &amp;quot;матрешки&amp;quot; рамка станет изюминкой любого интерьера. Ширина багета каждой рамки из набора - 12 мм, высота &amp;#40;глубина&amp;#41; - 20, 30 и 40 мм соответственно. Общий размер рамки в собранном виде - 17х22 см. У каждой рамки из набора есть возможность горизонтального и вертикального подвеса. Вставки из акрила вместо обычного стекла делают каждую рамку менее хрупкой.Перед применением снимите пленку с обеих сторон каждой вставки рамки из набора. Задние панели рамок выполнены из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в трехслойный гофрокороб с пенопластом внутри.Набор из 3 рамок BRAUBERG LOFT THREE-IN-ONE – отличное решение для тех, кто хочет эффектно оформить 3 фотографии в едином стиле!</t>
+  </si>
+  <si>
+    <t>930986</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/97f/bho610wjg2lt7gpnj3x770agizq89cq3.jpg</t>
   </si>
   <si>
     <t>Рамка из мангового дерева BRAUBERG LOFT ANCIENT, фото 13х18 см, акриловый экран, 22х27 см, 391285</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG LOFT ANCIENT выполнена из премиального мангового дерева и идеально впишется в любой современный интерьер. Рамка выполнена из массива мангового дерева, благородного и эксклюзивного материала, за счет чего она станет изюминкой вашего интерьера.Рамка предназначена для фотографий размером 13х18 см. Ширина багета – 50 мм, высота – 18 мм. Имеется возможность вертикального и горизонтального подвеса. Аккуратный вид достигается благодаря стеклянной вставке. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в трехслойный гофрокороб с пенопластом внутри.Рамка из мангового дерева BRAUBERG LOFT ANCIENT– настоящая находка для тех, кто следит за трендами на натуральные материалы в декоре интерьера.</t>
   </si>
   <si>
     <t>930987</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fdb/bgo1s2g16vaa0to4o35jpak045bnkj7r.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b95/en37bw6ejs37926n3y7c72olgr272r5z.jpg</t>
   </si>
   <si>
     <t>Рамка из мангового дерева BRAUBERG LOFT IRONWOOD, фото 13х18 см, акриловый экран, 19х24 см, 391287</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG LOFT IRONWOOD выполнена из премиального мангового дерева и идеально впишется в любой современный интерьер. Рамка, выполненная из массива мангового дерева – благородного и эксклюзивного материала, также оформлена декоративной обводкой из металла. За счет этого достигается идеальное сочетании классики и современного стиля.Рамка предназначена для фотографий размером 13х18 см. Ширина багета – 30 мм, высота – 9 мм. Имеется возможность вертикального и горизонтального подвеса. Аккуратный вид достигается благодаря стеклянной вставке. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в трехслойный гофрокороб с пенопластом внутри.Рамка из мангового дерева BRAUBERG LOFT IRONWOOD – настоящая находка для тех, кто следит за трендами на натуральные материалы в декоре интерьера.</t>
   </si>
   <si>
     <t>930991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcd/vk0boon7wa0a8gy4cx2alxc6b5l6cb7g.jpg</t>
   </si>
   <si>
     <t>Рамка из мангового дерева BRAUBERG LOFT MANUSCRIPT, фото 10х15 см, акриловый экран, 17х22 см, 391284</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG LOFT MANUSCRIPT выполнена из премиального мангового дерева и идеально впишется в любой современный интерьер. Рамка выполнена из массива мангового дерева – благородного и эксклюзивного материала, поэтому она станет настоящим украшением интерьера.Рамка предназначена для фотографий размером 10х15 см. Ширина багета – 40 мм, высота – 12 мм. Имеется возможность вертикального и горизонтального подвеса. Аккуратный вид достигается благодаря стеклянной вставке. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в трехслойный гофрокороб с пенопластом внутри.Рамка из мангового дерева BRAUBERG LOFT MANUSCRIPT – настоящая находка для тех, кто следит за трендами на натуральные материалы в декоре интерьера.</t>
   </si>
   <si>
     <t>930992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/878/x5fgtj2f7lra80w7brjw4ivv1plsf5pq.jpg</t>
@@ -3309,84 +3090,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/238/pujvjldvt6g60nxyd4sxk8bchc20npae.jpg</t>
   </si>
   <si>
     <t>Рамка из мангового дерева BRAUBERG LOFT TRINITY, 3 фото 10х15 см, акриловый экран, 20х35,5 см, 391282</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG LOFT TRINITY выполнена из премиального мангового дерева и идеально впишется в любой современный интерьер. Рамка выполнена из массива мангового дерева – благородного и эксклюзивного материала, поэтому она станет настоящим украшением интерьера. Рамка предназначена для 3-х фотографий размером 10х15 см. Ширина багета - 30 мм, высота - 20 мм. Имеется возможность вертикального и горизонтального подвеса. Аккуратный вид достигается благодаря стеклянной вставке. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в трехслойный гофрокороб с пенопластом внутри.Рамка из мангового дерева BRAUBERG LOFT TRINITY – настоящая находка для тех, кто следит за трендами на натуральные материалы в декоре интерьера.</t>
   </si>
   <si>
     <t>930994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6eb/q6whifaffxbrftjqeu6buanryjldiptb.jpg</t>
   </si>
   <si>
     <t>Рамка из МДФ BRAUBERG LOFT BLACK BOX, фото 13х18 см, с прищепкой, 20х25 см, 391290</t>
   </si>
   <si>
     <t>Рамка из МДФ BRAUBERG LOFT BLACK BOX с прищепкой идеально впишется в любой современный интерьер. Рамка выполнена из качественного МДФ, внутри полностью окрашена черным цветом. За счёт комбинации цвета багета &amp;#40;светлое дерево &amp;#43; черный&amp;#41; достигается идеальное сочетание классики и современного стиля.Предназначена для фотографий 10х15 или 13х18 см. Фотография крепится на декоративную прищепку. Ширина багета – 15 мм. Необычная высота багета – 30 мм. Имеется возможность вертикального подвеса.Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в трехслойный гофрокороб с пенопластом внутри.Рамка из МДФ BRAUBERG LOFT BLACK BOX с прищепкой – решение для тех, кто хочет внести изюминку в свой интерьер и эффектно оформить свои фотовпечатления.</t>
   </si>
   <si>
     <t>930995</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c20/s75cs0w3l72zrtj42n4wt60393w0o28l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d5d/ifd3qwjqlgdx2utbpuoiior2k63v8mle.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см белая, пластик, багет 8 мм, BRAUBERG  quot;Slim quot;, плотный задник с ножкой, акриловый экран, 391314</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Slim&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из ПВХ белого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Особенностью данной рамки является стильный узкий багет шириной 8 мм. Благодаря вставке из пластика вместо стекла рамка является менее хрупкой. Задняя подложка рамки, выполненная из ДВП &amp;#40;оргалита&amp;#41; толщиной 23 мм, обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>946716</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c43/av160sjem2n30mefw7cznywpufc5mpo2.jpg</t>
-[...8 lines deleted...]
-    <t>946717</t>
+    <t>http://anytos.ru//upload/iblock/eae/g27pj3oa9j6muoqobnra18ohhr5jl98e.jpg</t>
+  </si>
+  <si>
+    <t>Рамка настенная с  quot;клик quot;-профилем A1  594х841 мм  алюминиевый профиль, BRAUBERG  quot;Extra quot;, 238223</t>
+  </si>
+  <si>
+    <t>Рамка настенная с защелкивающимся профилем BRAUBERG &amp;quot;Extra&amp;quot; предназначена для размещения печатных материалов. Идеально подходит для использования в офисе, торговых залах, пунктах выдачи, медицинских и других учреждениях. Профиль рамки изготовлен из анодированного алюминия. Изменяемое расположение - книжное или альбомное. Благодаря прозрачному антибликовому покрытию документы отчётливо видны посетителю, не мнутся и не загрязняются в течение всего эксплуатационного периода. Рамка крепится к стене через специальные отверстия при помощи дюбелей и саморезов. Элементы крепления входят в комплект. Максимальная высота вставляемого листа - 841 мм, максимальная ширина вставляемого листа - 594 мм. Цвет рамки - матовое серебро.</t>
+  </si>
+  <si>
+    <t>946719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a03/c4hddxyxtziot2tc34tnf0rveeb7b63j.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см серебристая, пластик, багет 8 мм, BRAUBERG  quot;Slim quot;, плотный задник с ножкой, акриловый экран, 391316</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Slim&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из ПВХ серебристого цвета, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Особенностью данной рамки является стильный узкий багет шириной 8 мм. Благодаря вставке из пластика вместо стекла рамка является менее хрупкой. Задняя подложка рамки, выполненная из ДВП &amp;#40;оргалита&amp;#41; толщиной 23 мм, обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>949909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/889/5ph73zh11n6ehn271hxvqec2yiy9srmq.jpg</t>
   </si>
   <si>
     <t>Рамка 10х15 см для 6 фото небьющаяся, багет 15 мм, МДФ, BRAUBERG  quot;Collage quot;, цвет мокко, 391262</t>
   </si>
   <si>
     <t>Рамка для 6-ти фото BRAUBERG &amp;quot;Collage&amp;quot; станет идеальным дополнением к интерьеру и поможет красиво, в едином стиле оформить дорогие сердцу воспоминания. Мультирамка выполнена из МДФ в цвете мокко и предназначена для 6-ти фотографий размером 10х15 см. Ширина багета – 15 мм, высота – 20 мм. Общий размер рамки - 45х28 см. Имеется возможность подвеса.Вставки из акрила вместо обычного стекла делают рамку менее хрупкой. Перед применением снимите пленку с обеих сторон каждой вставки. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в пупырчатую пленку и индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>955030</t>
   </si>
@@ -3897,50 +3666,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a8d/6hf4mvbk49bwnv4bupaloev0gzk91mo0.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см с паспарту 15х21 см небьющаяся, багет 20 мм пластик, BRAUBERG  quot;New Age quot;, белая, 391276</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG &amp;quot;New Age&amp;quot;, выполненная в универсальном белом багете с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из ПВХ и предназначена для фотографий размером 15х21 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов стандартного размера A4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением, и за счет этого дополнительно акцентирует на нем внимание. Минималистичный белый багет без лишних деталей шириной 20 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 15 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в пупырчатую пленку и индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>955073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af2/qzfkbalnu1pa3ebhjero1q6akrvmqkp1.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см с паспарту 15х21 см небьющаяся, багет 20 мм, пластик, BRAUBERG  quot;New Age quot;, черная, 391275</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG &amp;quot;New Age&amp;quot;, выполненная в универсальном черном багете с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из ПВХ и предназначена для фотографий размером 15х21 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов стандартного размера A4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением, и за счет этого дополнительно акцентирует на нем внимание. Минималистичный черный багет без лишних деталей шириной 20 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 15 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в пупырчатую пленку и индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>955074</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f2e/qhv06jnmiwdxp79mai2aujmaglwd4b3g.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 21х30 см с паспарту 15х21 см небьющаяся, багет 5 мм, пластик, BRAUBERG  quot;Smart quot;, золотистая, 391279</t>
+  </si>
+  <si>
+    <t>Рамка для фото BRAUBERG &amp;quot;Smart&amp;quot;, выполненная в необычном узком золотистом багете с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из ПВХ и предназначена для фотографий размером 15х21 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов стандартного размера A4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением, и за счет этого дополнительно акцентирует на нем внимание. Еще одной изюминкой рамки является ее узкий багет 5 мм, за счет чего рамка выглядит современно и стильно. Высота багета – 22 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в пупырчатую пленку и индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>955075</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a0c/ad1n3d3dwp7ugdv7adbt2cx74gieu294.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см с паспарту 15х21 см небьющаяся, багет 5 мм, пластик, BRAUBERG  quot;Smart quot;, черная, 391280</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG &amp;quot;Smart&amp;quot;, выполненная в необычном узком черном багете с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из ПВХ и предназначена для фотографий размером 15х21 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов стандартного размера A4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением, и за счет этого дополнительно акцентирует на нем внимание. Еще одной изюминкой рамки является ее узкий багет 5 мм, за счет чего рамка выглядит современно и стильно. Высота багета – 22 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в пупырчатую пленку и индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>955076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a8/zf87efty30kqsso33y205008auo2xa18.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см небьющаяся, багет 12 мм, пластик, BRAUBERG  quot;Original quot;, серебристая, 391232</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Original&amp;quot; для оформления фотографий, постеров, сертификатов, или любых других памятных композиций крупного формата, благодаря своему лаконичному дизайну будет гармонично смотреться как в домашнем, так и в офисном интерьере. Рамка крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнена из ПВХ в серебристом цвете, за счет чего отлично впишется как в домашний, так и в деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 12 мм, высота - 18 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей она упакована в пупырчатую пленку и индивидуальный трехслойный гофрокороб.</t>
   </si>
   <si>
     <t>955077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5db/l47atezp5wxa5jk1phs9o96yns7fqe4d.jpg</t>
@@ -4077,62 +3858,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8fa/cuwqrzsj54087p1ir0cht2ludt88h2st.jpg</t>
   </si>
   <si>
     <t>Рамка 21 30 см со стеклом, багет 17 мм дерево, STAFF  quot;Classic quot;, темно-коричневая, 391363</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Classic&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов будет гармонично смотреться как в офисном, так и в домашнем интерьере, а также в салонах и на предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева в темно-коричневом цвете, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина резного багета - 17 мм. Аккуратный вид достигается благодаря стеклянной вставке. Плотный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке.Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>975834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e16/gz0960qt2uc6kcs35s65uk58ufi2q1o6.jpg</t>
   </si>
   <si>
     <t>Рамка 21 30 см со стеклом, багет 17 мм дерево, STAFF  quot;Classic quot;, цвет красное дерево, 391364</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Classic&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов будет гармонично смотреться как в офисном, так и в домашнем интерьере, а также в салонах и на предприятиях, в магазинах и различных учреждениях. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из дерева в цвете &amp;quot;красное дерево&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина резного багета - 17 мм. Аккуратный вид достигается благодаря стеклянной вставке. Плотный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке.Поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>975835</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/96f/1dp81dj8ag21zk1nwioesnd71qohqvyh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/199/y9roplhy1nzwnt6sqecsuyg1lxrpbrdr.jpg</t>
   </si>
   <si>
     <t>Рамка 21 30см с паспарту 13 18 см небьющаяся, багет 26 мм, МДФ, BRAUBERG  quot;Ambassador quot;, белая, 391366</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG &amp;quot;Ambassador&amp;quot;, выполненная в универсальном белом багете с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из МДФ и предназначена для фотографий размером 13х18 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов стандартного размера A4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением и за счет этого дополнительно акцентирует на нем внимание. Минималистичный белый багет без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 19 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>975837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/063/xds6ie4u7xkfcearll9yeskvxh01k6bq.jpg</t>
   </si>
   <si>
     <t>Рамка 21 30см с паспарту 13 18см небьющаяся, багет 26 мм, МДФ, BRAUBERG  quot;Ambassador quot;, цвет дуб, 391367</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG &amp;quot;Ambassador&amp;quot;, выполненная в универсальном багете цвета &amp;quot;дуб&amp;quot; с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из МДФ и предназначена для фотографий размером 13х18 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов стандартного размера A4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением, и за счет этого дополнительно акцентирует на нем внимание. Минималистичный белый багет без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 19 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>975838</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d17/sev1qit3jk8ds3p97biwi2lda8wfjf0o.jpg</t>
@@ -4173,62 +3942,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cf3/tap9gqfrm3muovq6kmn57o3v4g4ps9rs.jpg</t>
   </si>
   <si>
     <t>Рамка 30 40см с паспарту 21 30см небьющаяся, багет 26 мм, МДФ, BRAUBERG  quot;Ambassador quot;, белая, 391368</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG &amp;quot;Ambassador&amp;quot;, выполненная в универсальном белом багете с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из МДФ и предназначена для фотографий стандартного размера А4 21х30 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов крупного размера A3 30х40 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением, и за счет этого дополнительно акцентирует на нем внимание. Минималистичный белый багет без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 19 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей, а углы рамки дополнительно защищены картонными уголками.</t>
   </si>
   <si>
     <t>975842</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f93/tfn0wom62co8kientu9yhhn4gpohd2t2.jpg</t>
   </si>
   <si>
     <t>Рамка 30 40см с паспарту 21 30см небьющаяся, багет 26 мм, МДФ, BRAUBERG  quot;Ambassador quot;, цвет дуб, 391369</t>
   </si>
   <si>
     <t>Рамка для фото BRAUBERG &amp;quot;Ambassador&amp;quot;, выполненная в универсальном багете цвета &amp;quot;дуб&amp;quot; с изюминкой в виде паспарту, идеально впишется как в классический, так и в современный интерьер. Рамка выполнена из МДФ и предназначена для фотографий стандартного размера А4 21х30 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, сертификатов, дипломов крупного размера A3 30х40 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением, и за счет этого дополнительно акцентирует на нем внимание. Минималистичный белый багет без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 19 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного МДФ. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей, а углы рамки дополнительно защищены картонными уголками.</t>
   </si>
   <si>
     <t>975843</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6db/glsioczywhp3tc40ortr2om71iw1ydrw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/109/8zux6hscdtbxzvu7s8t0m0kg5muzxi5n.jpg</t>
   </si>
   <si>
     <t>Рамка 15 21см с паспарту 10 15см небьющаяся, аналог IKEA, багет 26мм, МДФ, BRAUBERG Zool, серая, 391375</t>
   </si>
   <si>
     <t>Рамка c паспарту BRAUBERG &amp;quot;Zool&amp;quot; в стиле IKEA для фотографий, студийных и оформительских работ гармонично будет смотреться как в офисном, так и в домашнем интерьере, в салонах и на предприятиях, в магазинах и других учреждениях. Рамка выполнена из МДФ и предназначена для фотографий размером 10х15 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий и любых других оформительских работ формата 15х21 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением и за счет этого дополнительно акцентирует на нем внимание. Минималистичный багет в сером цвете без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 13 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>978060</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3d/p9gi31aexwasqko6hn8axjn2neprwi29.jpg</t>
   </si>
   <si>
     <t>Рамка 21 30 см небьющаяся, КОМПЛЕКТ 3 штуки, багет 21 мм, МДФ, BRAUBERG  quot;Idea quot;, белая, 391392</t>
   </si>
   <si>
     <t>Комплект из 3-х рамок BRAUBERG &amp;quot;Idea&amp;quot; в стиле IKEA, которые помогут оформить фотографии, сертификаты, грамоты или любые другие ценные документы в едином стиле, что актуально как для современного домашнего интерьера, так и для офисного. Рамки стандартного формата А4 &amp;#40;21х30 см&amp;#41; выполнены из МДФ универсального белого цвета за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Ширина багета с передней части рамки - 21 мм, ширина багета с задней части рамки - 9 мм, высота багета - 12 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Перед применением снимите пленку с обеих сторон экрана. Задняя панель рамок выполнена из плотного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамках. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>978061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/587/6h6iz67p0j445is6u77c2jhdqeqw0rl1.jpg</t>
@@ -4281,50 +4038,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/95c/dijfagrtakv8qe8iihtbk8fqcjy5n9pm.jpg</t>
   </si>
   <si>
     <t>Рамка 21 30см с паспарту 15 21см небьющаяся, аналог IKEA, багет 26мм, МДФ, BRAUBERG Zool, серая 391377</t>
   </si>
   <si>
     <t>Рамка c паспарту BRAUBERG &amp;quot;Zool&amp;quot; в стиле IKEA для фотографий, сертификатов, студийных и оформительских работ гармонично будет смотреться как в офисном, так и в домашнем интерьере, в салонах и на предприятиях, в магазинах и других учреждениях. Рамка выполнена из МДФ и предназначена для фотографий размером 13х18 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, дипломов, грамот, сертификатов стандартного формата А4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением и за счет этого дополнительно акцентирует на нем внимание. Минималистичный багет в сером цвете без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 13 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>978066</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a96/wwr2k03rwxe67wwt0exek6pq58wl9x5p.jpg</t>
   </si>
   <si>
     <t>Рамка 21 30см с паспарту 15 21см небьющаяся, аналог IKEA,багет 26мм, МДФ, BRAUBERG Zool, цвет слоновая кость, 391376</t>
   </si>
   <si>
     <t>Рамка c паспарту BRAUBERG &amp;quot;Zool&amp;quot; в стиле IKEA для фотографий, сертификатов, студийных и оформительских работ гармонично будет смотреться как в офисном, так и в домашнем интерьере, в салонах и на предприятиях, в магазинах и других учреждениях. Рамка выполнена из МДФ и предназначена для фотографий размером 13х18 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий, дипломов, грамот, сертификатов стандартного формата А4 21х30 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением и за счет этого дополнительно акцентирует на нем внимание. Минималистичный багет в цвете &amp;quot;слоновая кость&amp;quot; без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 13 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>978067</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a11/dhopi3bb95ghcnro1fvo7estx3fzap6o.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 21х30 см небьющаяся, КОМПЛЕКТ 3 шт., багет 17 мм МДФ, STAFF  quot;Carven quot;, цвет мокко, 391322</t>
+  </si>
+  <si>
+    <t>Комплект из 3-х рамок STAFF &amp;quot;Carven&amp;quot;, которые помогут оформить фотографии, сертификаты или другие ценные документы в едином стиле. Рамки будут эффектно смотреться в интерьере магазина, офиса и дома. Рамки формата А4 &amp;#40;21х30 см&amp;#41; выполнены из МДФ под дерево в цвете &amp;quot;мокко&amp;quot;, за счет чего отлично впишутся в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета каждой рамки - 17 мм. Благодаря экрану из акрилового стекла рамки являются менее хрупкими. Переплетный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Комплект из рамок поставляется в термоусадочной плёнке. Для дополнительной защиты от сколов и потертостей комплект упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>978068</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/214/sonzrle609v6879w0yfvbykr58p3vk4y.jpg</t>
   </si>
   <si>
     <t>Рамка 30 40 см небьющаяся, КОМПЛЕКТ 2 штуки, багет 21 мм, МДФ, BRAUBERG  quot;Idea quot;, черная, 391395</t>
   </si>
   <si>
     <t>Комплект из 2-х рамок BRAUBERG &amp;quot;Idea&amp;quot; в стиле IKEA, которые помогут оформить фотографии, студийные и оформительские работы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнены из МДФ универсального черного цвета, за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса.Ширина багета с передней части рамки - 21 мм, ширина багета с задней части рамки - 9 мм, высота багета - 12 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Перед применением снимите пленку с обеих сторон экрана. Задняя панель рамок выполнена из плотного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамках. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>978070</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eaa/xe2lwsp62dsawero97j8m1yn7015gmz3.jpg</t>
   </si>
   <si>
     <t>Рамка 30 40см небьющаяся, КОМПЛЕКТ 2шт, багет 12мм, дерево, BRAUBERG Woodray, цвет натуральный, 391389</t>
   </si>
   <si>
     <t>Комплект из 2-х рамок BRAUBERG &amp;quot;Woodray&amp;quot; в стиле IKEA, которые помогут оформить фотографии, студийные и оформительские работы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнены из дерева натурального цвета, за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса.Ширина багета - 12 мм, высота - 10 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Перед применением снимите пленку с обеих сторон экрана. Задняя панель рамок выполнена из плотного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамках. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>978071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e2/ue6p80x2wz08ev4sxyhvi37p4rjndk23.jpg</t>
@@ -4353,74 +4122,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/392/v0wzxx04sudkrw9fd167r7by0cb0tmmn.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см небьющаяся, КОМПЛЕКТ 3 штуки, багет 12 мм, дерево, BRAUBERG  quot;Woodray quot;, цвет натуральный, 391388</t>
   </si>
   <si>
     <t>Комплект из 3-х рамок BRAUBERG &amp;quot;Woodray&amp;quot; в стиле IKEA, которые помогут оформить фотографии, сертификаты, грамоты или любые другие ценные документы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки стандартного формата А4 &amp;#40;21х30 см&amp;#41; выполнены из дерева натурального цвета, за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Ширина багета - 12 мм, высота - 10 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Перед применением снимите пленку с обеих сторон экрана. Задняя панель рамок выполнена из плотного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамках. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>978329</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c5/6fqfnzp2eroyb6v2y0cqydefxjl8y6y3.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см со стеклом, КОМПЛЕКТ 3 шт., багет 16 мм, дерево, STAFF  quot;Sonata quot;, цвет натуральный, 391386</t>
   </si>
   <si>
     <t>Комплект из 3-х рамок STAFF &amp;quot;Sonata&amp;quot;, которые помогут оформить фотографии, сертификаты, грамоты или любые другие ценные документы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки стандартного формата А4 &amp;#40;21х30 см&amp;#41; выполнены из дерева натурального цвета, за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса.Ширина багета - 16 мм. Аккуратный вид достигается благодаря стеклянной вставке. Плотный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>978330</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d1e/fhqrhpvj0xcn5ucr4q2o25p7xuxxam5d.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ac9/3398vbaxqo1a6pswx3o6tc8yjstfjn2r.jpg</t>
   </si>
   <si>
     <t>Рамка 30 40 см небьющаяся, багет 17 мм МДФ под дерево, STAFF  quot;Carven quot;, цвет мокко, 391321</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Carven&amp;quot; подходит для фотографий, студийных и творческих работ, гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и на предприятиях. Рамка формата А3 &amp;#40;30х40 см&amp;#41; выполнена из МДФ под дерево в цвете мокко, за счет чего отлично впишется в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 17 мм. Благодаря экрану из акрилового стекла рамка является менее хрупкой. Переплетный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>978333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44d/k9ncmr2wq8jayv10zbw8yxibt0quva8k.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см небьющаяся, КОМПЛЕКТ 2 штуки, багет 17 мм, дерево, STAFF  quot;Classic quot;, темно-коричневая, 391391</t>
   </si>
   <si>
     <t>Комплект из 2-х рамок STAFF &amp;quot;Classic&amp;quot;, которые помогут оформить оформить фотографии, студийные и оформительские работы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнены из дерева темно-коричневого цвета, за счет чего отлично впишутся в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина резного багета - 17 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Перед применением снимите пленку с обеих сторон экрана. Плотный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>978334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/000/ho1tdtk3egbg8m5aibuzwqewyl4wrrnn.jpg</t>
@@ -4461,153 +4206,156 @@
   <si>
     <t>http://anytos.ru//upload/iblock/944/4y1gy26es9yz07vhcxc89zetnrgv0t66.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см небьющаяся, аналог IKEA, багет 21 мм, МДФ, BRAUBERG  quot;Idea quot;, белая, 391372</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Idea&amp;quot; в стиле IKEA для фотографий, студийных и оформительских работ гармонично будет смотреться как в офисном, так и в домашнем интерьере, в салонах и на предприятиях, в магазинах и других учреждениях. Рамка крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнена из МДФ универсального белого цвета, за счет чего отлично впишется как в домашний, так и в деловой интерьер. Имеется возможность вертикального и горизонтального подвеса.Ширина багета с передней части рамки - 21 мм, ширина багета с задней части рамки - 9 мм, высота багета - 12 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из плотного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Рамка поставляется в термоусадочной плёнке, которая гарантирует ее сохранность при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>979564</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53e/vtoan9gadn9iok03ppx9p4d5tk9emk7b.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см небьющаяся, аналог IKEA, багет 21 мм, МДФ, BRAUBERG  quot;Idea quot;, черная, 391373</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Idea&amp;quot; в стиле IKEA для фотографий, студийных и оформительских работ гармонично будет смотреться как в офисном, так и в домашнем интерьере, в салонах и на предприятиях, в магазинах и других учреждениях. Рамка крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнена из МДФ универсального черного цвета, за счет чего отлично впишется как в домашний, так и в деловой интерьер. Имеется возможность вертикального и горизонтального подвеса.Ширина багета с передней части рамки - 21 мм, ширина багета с задней части рамки - 9 мм, высота багета - 12 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из плотного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Рамка поставляется в термоусадочной плёнке, которая гарантирует ее сохранность при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>979565</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/272/q42p4z8iyxectkj4v6sm0goct95wv5g3.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30х40 см со стеклом, КОМПЛЕКТ 2 штуки, багет 18 мм МДФ, STAFF  quot;Grand quot;, цвет венге, 391336</t>
+  </si>
+  <si>
+    <t>Комплект из 2 рамок STAFF &amp;quot;Grand&amp;quot;, которые помогут оформить фотографии, постеры, другие памятные композиции большого формата в едином стиле. Рамки будут эффектно смотреться в интерьере магазина, офиса и дома. Рамки формата А3 &amp;#40;30х40 см&amp;#41; выполнены из МДФ в цвете &amp;quot;венге&amp;quot;, за счет чего отлично впишутся в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета каждой рамки – 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Переплетный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Каждая из рамок поставляется в термоусадочной пленке. Для дополнительной защиты от сколов и потертостей комплект упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>979566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca9/atl3n7k9e7ps2j9dtcm7ax13s7wns2bz.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30х40 см со стеклом, КОМПЛЕКТ 2 штуки, багет 18 мм МДФ, STAFF  quot;Grand quot;, цвет итальянский орех, 391335</t>
+  </si>
+  <si>
+    <t>Комплект из 2 рамок STAFF &amp;quot;Grand&amp;quot;, которые помогут оформить фотографии, постеры, другие памятные композиции крупного формата в едином стиле. Рамки будут эффектно смотреться в интерьере магазина, офиса и дома. Рамки формата А3 &amp;#40;30х40 см&amp;#41; выполнены из МДФ в цвете &amp;quot;итальянский орех&amp;quot;, за счет чего отлично впишутся в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса. Ширина багета каждой рамки – 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Переплетный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Каждая из рамок поставляется в термоусадочной пленке. Для дополнительной защиты от сколов и потертостей комплект упакован в индивидуальный трехслойный гофрокороб.</t>
+  </si>
+  <si>
+    <t>979567</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/100/rj2fiae488axcejjz3powllkvwvczyzi.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см небьющаяся, аналог IKEA, багет 21 мм, МДФ, BRAUBERG  quot;Idea quot;, черная, 391371</t>
   </si>
   <si>
     <t>Рамка BRAUBERG &amp;quot;Idea&amp;quot; в стиле IKEA для фотографий, дипломов, сертификатов, грамот и других ценных документов будет гармонично смотреться как в офисном, так и в домашнем интерьере, в салонах, магазинах, на предприятиях и в других учреждениях. Рамка стандартного формата А4 &amp;#40;21х30 см&amp;#41; выполнена из МДФ в универсальном черном цвете, за счет чего отлично впишется как в домашний, так и в деловой интерьер. Имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Ширина багета с передней части рамки - 21 мм, ширина багета с задней части рамки - 9 мм, высота багета - 12 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из плотного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Рамка поставляется в термоусадочной плёнке, которая гарантирует ее сохранность при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>985349</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b86/fz3skyis27sjudrx4xtv3q6qe53z6xcl.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30х40 см небьющаяся, КОМПЛЕКТ 2 шт., багет 17 мм, МДФ под дерево, STAFF  quot;Carven quot;, белая, 391329</t>
+  </si>
+  <si>
+    <t>Комплект из 2-х рамок STAFF &amp;quot;Carven&amp;quot;, которые помогут оформить фотографии, студийные и оформительские работы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнены из МДФ под дерево в универсальном белом цвете, за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса.Ширина багета - 17 мм, высота - 14 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Задняя панель рамок выполнена из переплетного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого рамок. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>985350</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/488/ka4inmf0ytvce484l2kiwn0xfrt9h0qp.jpg</t>
   </si>
   <si>
     <t>Рамка 30х40 см небьющаяся, КОМПЛЕКТ 2 шт., багет 17 мм, МДФ под дерево, STAFF  quot;Carven quot;, цвет мокко, 391326</t>
   </si>
   <si>
     <t>Комплект из 2-х рамок STAFF &amp;quot;Carven&amp;quot;, которые помогут оформить фотографии, студийные и оформительские работы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнены из МДФ под дерево в цвете &amp;quot;мокко&amp;quot;, за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса.Ширина багета - 17 мм, высота - 14 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Задняя панель рамок выполнена из переплетного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого рамок. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>985351</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3da/4bo3jnxma435tbxrfekldv7oh45b5phz.jpg</t>
-[...29 lines deleted...]
-    <t>992241</t>
+    <t>http://anytos.ru//upload/iblock/2df/utixtgfdkiex66vkdnddsqxxkqptpfxc.jpg</t>
+  </si>
+  <si>
+    <t>Рамка 30х40 см небьющаяся, КОМПЛЕКТ 2 шт., багет 17 мм, МДФ под дерево, STAFF  quot;Carven quot;, черная, 391328</t>
+  </si>
+  <si>
+    <t>Комплект из 2-х рамок STAFF &amp;quot;Carven&amp;quot;, которые помогут оформить фотографии, студийные и оформительские работы в едином стиле, что актуально для современного домашнего и офисного интерьера. Рамки крупного формата А3 &amp;#40;30х40 см&amp;#41; выполнены из МДФ под дерево в универсальном черном цвете, за счет чего отлично впишутся как в домашний, так и в деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса.Ширина багета - 17 мм, высота - 14 мм. Вставка из акрила вместо обычного стекла делает рамки менее хрупкими. Задняя панель рамок выполнена из переплетного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого рамок. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>985353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b57/bnxzxv1ybq2ltq3hjjqw3vb25a13xyt1.jpg</t>
   </si>
   <si>
     <t>Рамка 15х21 см с паспарту 10х15 см небьющаяся, аналог IKEA, багет 26 мм, МДФ, BRAUBERG  quot;Zool quot;, цвет слоновая кость, 391374</t>
   </si>
   <si>
     <t>Рамка c паспарту BRAUBERG &amp;quot;Zool&amp;quot; в стиле IKEA для фотографий, студийных и оформительских работ будет гармонично смотреться как в офисном, так и в домашнем интерьере, в салонах и на предприятиях, в магазинах и других учреждениях. Рамка выполнена из МДФ и предназначена для фотографий размером 10х15 см &amp;#40;если использовать паспарту&amp;#41; или для фотографий и любых других оформительских работ формата 15х21 см &amp;#40;если убрать паспарту&amp;#41;. У рамки имеется возможность вертикального и горизонтального подвеса, а также имеется подставка для установки рамки на столе. Интересной особенностью рамки, отличающей ее от других, является паспарту - вставка из плотного белого картона, которая создает нейтральную зону между рамкой и изображением и за счет этого дополнительно акцентирует на нем внимание. Минималистичный багет в цвете &amp;quot;слоновая кость&amp;quot; без лишних деталей шириной 26 мм делает рамку абсолютно универсальной для любого интерьера. Высота багета – 13 мм. Вставка из акрила вместо обычного стекла делает рамку менее хрупкой. Перед применением снимите пленку с обеих сторон экрана. Задняя панель выполнена из прочного картона, который обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке. Рамка поставляется в термоусадочной плёнке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>993074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a2/ve2p1yfk5103hd7ywh49dhatx1lal5ay.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см со стеклом, багет 18 мм МДФ, STAFF  quot;Grand quot;, цвет венге, 391330</t>
   </si>
   <si>
     <t>Рамка STAFF &amp;quot;Grand&amp;quot; для фотографий, наград, дипломов, сертификатов и других ценных документов гармонично будет смотреться на стенах дома и офиса, салонов и предприятий, магазинов и различных учреждений. Рамка формата А4 &amp;#40;21х30 см&amp;#41; выполнена из материала МДФ в цвете &amp;quot;венге&amp;quot;, за счет чего отлично впишется в домашний и деловой интерьер. Благодаря стандартному формату данный предмет интерьера можно использовать для широкого спектра документов. Имеется возможность вертикального и горизонтального подвеса. Ширина багета - 18 мм. Аккуратный вид достигается благодаря стеклянной вставке. Переплетный картон обеспечивает плотное прилегание и отсутствие в будущем деформации содержимого в рамке.Поставляется в термоусадочной пленке, которая гарантирует сохранность рамки при транспортировке, отсутствие сколов и потертостей.</t>
   </si>
   <si>
     <t>993530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/51c/ywn12hj4lj5oevf72imqtre4yhnfci4h.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см небьющаяся, КОМПЛЕКТ 3 шт., багет 14 мм дерево, BRAUBERG  quot;Elegant quot;, белая, 391355</t>
   </si>
   <si>
     <t>Комплект из 3 рамок BRAUBERG &amp;quot;Elegant&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будет смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамки формата А4 &amp;#40;21х30 см&amp;#41; выполнены из дерева белого цвета, за счет чего отлично впишутся как в домашний, так и деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса. Ширина багета – 14 мм. Благодаря вставке из пластика вместо стекла рамки являются менее хрупкими. Переплетный картон обеспечивает плотное прилегание и препятствует деформации содержимого в рамках. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>994661</t>
-  </si>
-[...10 lines deleted...]
-    <t>994662</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f24/67qcko2qw89ssflblc6bp1l7soizzg7p.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см небьющаяся, КОМПЛЕКТ 3 шт., багет 14 мм дерево, BRAUBERG  quot;Elegant quot;, цвет натуральное дерево, 391357</t>
   </si>
   <si>
     <t>Комплект из 3 рамок BRAUBERG &amp;quot;Elegant&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будут смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях Рамки формата А4 &amp;#40;21х30 см&amp;#41; выполнены из дерева цвета &amp;quot;натуральное дерево&amp;quot;, за счет чего отлично впишутся в домашний и деловой интерьер. У каждой рамки имеется возможность вертикального и горизонтального подвеса. Ширина багета – 14 мм. Благодаря вставке из пластика вместо стекла рамки являются менее хрупкими. Задняя панель рамок выполнена из плотного переплетного картона, который обеспечивает плотное прилегание и препятствует деформации содержимого в рамках. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>994663</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/185/ocf23lonvx62ggjxvl00k99yyhikdk9a.jpg</t>
   </si>
   <si>
     <t>Рамка 21х30 см небьющаяся, КОМПЛЕКТ 3 шт., багет 20 мм дерево, BRAUBERG  quot;Business quot;, цвет натуральное дерево, 391354</t>
   </si>
   <si>
     <t>Комплект рамок BRAUBERG &amp;quot;Business&amp;quot; для фотографий, дипломов, сертификатов, грамот и других ценных документов гармонично будут смотреться как в офисном, так и в домашнем интерьере, а также в салонах и предприятиях, в магазинах и различных учреждениях. Рамки формата А4 &amp;#40;21х30 см&amp;#41; выполнены из дерева цвета &amp;quot;натуральное дерево&amp;quot;, за счет чего отлично впишутся в домашний и деловой интерьер. Имеется возможность вертикального и горизонтального подвеса рамок. Ширина багета – 20 мм. Высота – 18 мм. Благодаря вставке из пластика вместо стекла рамки являются менее хрупкими. Задняя панель рамок выполнена из переплетного картона, который обеспечивает плотное прилегание и препятствует деформации содержимого в рамках. Комплект из рамок поставляется в трехслойном гофрокоробе, при этом каждая рамка из комплекта индивидуально упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>994665</t>
   </si>
@@ -4958,9039 +4706,8579 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J395"/>
+  <dimension ref="A1:M372"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G395" sqref="G395"/>
+      <selection pane="bottomRight" activeCell="G372" sqref="G372"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...65 lines deleted...]
-      <c r="C26" s="1" t="s">
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...131 lines deleted...]
-      <c r="B32" s="1" t="s">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...185 lines deleted...]
-      </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>183</v>
+        <v>60</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>191</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F49" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="G49" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...6 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>57</v>
+        <v>199</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>191</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F58" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>132</v>
+        <v>269</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C73" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>269</v>
+        <v>305</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>269</v>
+        <v>305</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>308</v>
+        <v>29</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>308</v>
+        <v>29</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>14</v>
+        <v>327</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>327</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>327</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>327</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>327</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>327</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
+        <v>327</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>327</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>327</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>229</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>229</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>234</v>
+        <v>191</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>234</v>
+        <v>191</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>234</v>
+        <v>191</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>402</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>403</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>200</v>
+        <v>419</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B111" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F111" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="G111" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="F112" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G112" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>200</v>
+        <v>419</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>200</v>
+        <v>437</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>200</v>
+        <v>419</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>200</v>
+        <v>419</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="B117" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F154" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...863 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G154" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>593</v>
+        <v>355</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>597</v>
+        <v>355</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>601</v>
+        <v>355</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>605</v>
+        <v>355</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>609</v>
+        <v>29</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>620</v>
+        <v>321</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G166" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="B166" s="1" t="s">
-[...18 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>347</v>
+        <v>646</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>347</v>
+        <v>650</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>347</v>
+        <v>654</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>347</v>
+        <v>658</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>321</v>
+        <v>670</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>234</v>
-[...5 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>234</v>
-[...5 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>234</v>
+        <v>191</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>234</v>
+        <v>327</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="C184" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>234</v>
+        <v>327</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>726</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>450</v>
+        <v>731</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="F194" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...63 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G194" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>745</v>
+        <v>726</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>746</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>747</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C196" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="F196" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C197" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="B198" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="C198" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="B199" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="F199" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="B200" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="C201" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="C202" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="F203" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="F205" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>781</v>
-      </c>
-[...21 lines deleted...]
-        <v>785</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="C207" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="F206" s="3" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="G206" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="C208" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B209" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="F209" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="C210" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>799</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>787</v>
+        <v>419</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
         <v>800</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>801</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>782</v>
+        <v>802</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>14</v>
+        <v>437</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>782</v>
+        <v>806</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>14</v>
+        <v>437</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>782</v>
+        <v>810</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>14</v>
+        <v>437</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>782</v>
+        <v>814</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>14</v>
+        <v>816</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>14</v>
+        <v>816</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="F216" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="B216" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G216" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>327</v>
+        <v>816</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>14</v>
+        <v>816</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>14</v>
+        <v>816</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>814</v>
+        <v>837</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>14</v>
+        <v>816</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>782</v>
+        <v>841</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>14</v>
+        <v>816</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>473</v>
-[...5 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>473</v>
-[...5 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>473</v>
+        <v>437</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>473</v>
+        <v>437</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>865</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>874</v>
+        <v>865</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>878</v>
+        <v>861</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>882</v>
+        <v>865</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>886</v>
+        <v>865</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>887</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
         <v>888</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>886</v>
+        <v>865</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>892</v>
+        <v>726</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>893</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
         <v>894</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>895</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>896</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>897</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>871</v>
+        <v>17</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
         <v>898</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C238" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="F238" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>904</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="F239" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G239" s="3" t="s">
         <v>905</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...3 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
         <v>906</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>907</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>908</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>909</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
         <v>910</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>911</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F241" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>929</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="G249" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...183 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>923</v>
+        <v>949</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>14</v>
+        <v>419</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>919</v>
+        <v>953</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>930</v>
+        <v>953</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>930</v>
+        <v>959</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>14</v>
+        <v>229</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>978</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>981</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="C261" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B254" s="1" t="s">
-[...11 lines deleted...]
-      <c r="F254" s="3" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G262" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...183 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>419</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>1019</v>
+        <v>419</v>
       </c>
       <c r="G270" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>1019</v>
+        <v>419</v>
       </c>
       <c r="G271" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G272" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...15 lines deleted...]
-      <c r="F272" s="3" t="s">
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G309" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G273" s="3" t="s">
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G311" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...64 lines deleted...]
-      <c r="G276" s="3" t="s">
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G312" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G277" s="3" t="s">
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G313" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G278" s="3" t="s">
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G314" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G279" s="3" t="s">
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G319" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...15 lines deleted...]
-      <c r="F280" s="3" t="s">
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G320" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G281" s="3" t="s">
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G321" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...919 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>455</v>
+        <v>17</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1248</v>
+        <v>1255</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1273</v>
+        <v>1280</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1274</v>
+        <v>1281</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1277</v>
+        <v>1284</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1280</v>
+        <v>1287</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G341" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>14</v>
+        <v>437</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>14</v>
+        <v>437</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>14</v>
+        <v>419</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>473</v>
+        <v>419</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>473</v>
+        <v>419</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>473</v>
+        <v>437</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>473</v>
+        <v>437</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1374</v>
+        <v>1381</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1375</v>
+        <v>1382</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1378</v>
+        <v>1385</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G363" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G365" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G364" s="3" t="s">
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G366" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...45 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G370" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="G371" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>473</v>
+        <v>419</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>15</v>
-[...524 lines deleted...]
-      <c r="G395" s="3" t="s">
         <v>328</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>