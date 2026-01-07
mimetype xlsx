--- v0 (2025-10-06)
+++ v1 (2026-01-07)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2073">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1916">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/469/469962cf99023c6bd1c08f689d82cc40.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;ОБЕЗЬЯНКИ-АКРОБАТКИ quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;ОБЕЗЬЯНКИ-АКРОБАТКИ&amp;quot;</t>
   </si>
   <si>
     <t>Настольные игры для детей</t>
@@ -99,245 +108,274 @@
     <t>http://anytos.ru//upload/iblock/95b/95b234fd79a6723e2a9e0313ca5cc145.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  ОТКРОЙ ПАРУ . ВВ3155</t>
   </si>
   <si>
     <t>Игра Открой пару способствует развитию и тренировке памяти, логического и пространственного мышления, фокусированию внимания и формированию умения играть в паре и в коллективе, чётко выполняя правила игры. В комплект входит игровое поле, крышка  25 шт., двусторонняя карточка  4 шт., песочные часы.</t>
   </si>
   <si>
     <t>359293</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/670/6707141ddf9022afe8de6b1e419e4aa4.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  ФРУКТОМАНИЯ , BOX 17,2x4,5x14,2 см</t>
   </si>
   <si>
     <t>Игра на  тренировку памяти, концентрацию внимания и развитие зрительно-моторной координации движения. Заставит всех участников провести время весело и с пользой.Два варианта игрыВ комплект входит карточка  54 шт., игральная кость  24 шт. Количество игроков 1-4</t>
   </si>
   <si>
     <t>368487</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96c/p3d07s69nzf38ju65b99ubozbguzomfm.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная Лото, Десятое королевство,  quot;Русское лото quot;, жестяная коробка</t>
+  </si>
+  <si>
+    <t>Русское лото в жестяной коробке «Синий ларец», оформленное в синих теплых тонах. Оно привлекает к себе внимание и может послужить отличным недорогим сувениром или подарком для друзей и близких. В этой жестяной коробке-ларце вас ждет настоящая русская игра с присущими ей русскими традициями. Правила игры остались неизменны, изменилось качество бочонков, которые мы стали производить на новейшем оборудовании. В плотном ситцевом мешочке вы найдете 90 березовых бочонков диаметром в «пузе» 23 мм высотой 24 мм, 24 карточки из плотного картона и 150 дополнительных жетонов.&amp;nbsp;&amp;nbsp;Уже много веков игра Русское лото собирает вокруг себя огромное количество любителей провести вечера с деревянными бочонками в руках и в доброй компании.</t>
+  </si>
+  <si>
+    <t>429490</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb6/fb6f568c8561f221e64a44f6bfcf98a7/fa6149bd2f010d56d48751a0318d8541.jpg</t>
   </si>
   <si>
     <t>Логическая игра Bondibon Следопыт, Колобок арт. SG RU 001</t>
   </si>
   <si>
     <t>Забавная игра с любимыми героями.Колобок-одна из тех старинных русских сказок, которые первыми читают ребенку. А рассказывает она о том, как бабка испекла деду мучной пончик - колобок, а тот ожил, да и сбежал, но участи быть съеденным не избежал. Помните, в странствиях Колобка ему встречаются Заяц, Медведь, Волк, Лиса? В нашей логической игре &amp;quot;Следопыт Колобок&amp;quot; мы пофантазируем и представим, что дороги могли пересечься не в том порядке, и отношения между героями могли сложиться по-другому, да и финал сказки мог стать совсем другим. Как думаешь, может они могли бы подружиться? Создавай свою историю, помоги любимому сказочному персонажу найти верную дорогу среди множества путей в этой интересной логической игре! Расставь 9 пазлов на игровой доске, проведя извилистую тропинку между персонажами, указанными в задании на карточке. Следи за дорогой, чтобы не зайти в тупик! 48 различных заданий, сотни вариантов их решения - эта увлекательная игра понравится абсолютно всем! Для детей от 5 лет.</t>
   </si>
   <si>
     <t>83286</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1e/c1e7383b45cc5f593793d012a0e9884b/5579b128592742d2ad9aca1ac234a53d.jpg</t>
   </si>
   <si>
     <t>Магнитная игра Bondibon для путешествий, ТАНГОС ЖИВОТНЫЕ, SGT 120 RU</t>
   </si>
   <si>
     <t>Удивительная старинная игра, несмотря на кажущуюся простоту, одинаково увлекает и детей, и взрослых. Столетия назад в Китае была придумана удивительная игра, состоящая из семи плоских геометрических фигурок для игры, которые называются танграммы: пять треугольников, один квадрат и параллелограмм, из которых выкладывали множество фигур-силуэтов. Это идеальная игра для длительных путешествий, но как скоротать время в дороге, не растеряв все танграммы? Игра &amp;quot;Тангос&amp;quot; изготовлена в виде маленькой плотной книжечки, которая содежит множество заданий с изображениями различных животных. Фигуры можно складывать из магнитных деталей, которые крепко держатся внутри книжечки-футляра. Размер игры позволит без труда взять ее с собой в любое путешествие. Внешне простая игра окажется увлекательным спутником в любых путешествиях! &lt;br /&gt;
 Логическая магнитная игра развивает логическое мышление, познавательные способности, зрительное и пространственное восприятие. В комплекте: 24 карточки с заданиями, 7 фигур танграма, компактная игровая доска.&lt;br /&gt;
 Характеристики:&lt;br /&gt;
 &lt;br /&gt;
 Размер игрового поля: 13 см х 15 см.&lt;br /&gt;
 Размер карточек: 7,5 см х 7 см.&lt;br /&gt;
 Количество игроков: от 1 человека.&lt;br /&gt;
 &lt;a class="txttohtmllink" href="http://www.youtube.com/watch?v=Q_VLXAcxzwk"&gt;http://www.youtube.com/watch?v=Q_VLXAcxzwk&lt;/a&gt;</t>
   </si>
   <si>
     <t>83335</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/75f/75fc6fa132595f1d8cab47a435b0b0b5/b89386e87748efade3396f6eff9d7427.jpg</t>
-[...11 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/148/148660892afc7ffb345fb93828ce4f24/d649490900d82163ef46157a2fe6954e.jpg</t>
   </si>
   <si>
     <t>Настольная игра Bondibon Вес лые забавы: забей гол  арт.1919</t>
   </si>
   <si>
     <t>84874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/611/6113b115eaff5e6b6ae7d250a07b067a/b1dc7484723f6af5ff86b5f4519dd3ed.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра BONDIBON НАДУВАЙ-КА, ВОХ 27,3x17,78x12 см., арт. 3500 1910</t>
+  </si>
+  <si>
+    <t>Веселая&amp;nbsp;&amp;nbsp;и увлекательная игра, в которой игроки должны по очереди надувать воздушный шар и не дать ему улететь. Бросай игральную кость и надувай шар с помощью хвоста кита! Надувшись до конца, он улетит с веселым шумом! Улыбка и хорошее настроение не покинут тебя в процессе игры!</t>
+  </si>
+  <si>
+    <t>84891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da8/da8d09d393b921b320812984cb2d1c31/d974768548c60dd98be6b7cbafccf7d6.jpg</t>
   </si>
   <si>
     <t>Игрушка деревянная, домино, Ферма, Bondibon, BOX 17х9,5х5,1 см., арт. TKA367</t>
   </si>
   <si>
     <t>166101</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd1/cd199372a5abeb080fce748613d79217/a9001270c4ff5171c4ba9b9066636cc4.jpg</t>
   </si>
   <si>
     <t>Логическая игра Bondibon АнтиВирус, арт.SG 520  RU</t>
   </si>
   <si>
     <t>Невероятно захватывающая игра для детей и взрослых. Только представь: вредоносный вирус поразил систему, злобный вирус и молекулы антивируса стремительно перемещаются по игровому полю по определенным правилам: по диагонали и группой. Но свободных ячеек не так уж и много! Сможешь ли ты избавиться от вируса прежде, чем он распространится? Кто успеет, кто победит? Никто не защищён от &amp;quot;заразительного&amp;quot; азарта, который доставляет эта игра. Как только ты начнёшь борьбу с вирусом, остановиться уже не захочешь! Удобная упаковка позволит тебе брать эту игру с собой в дорогу и не потерять все её красочные детали.&lt;br /&gt;
 Для детей от 7 лет</t>
   </si>
   <si>
     <t>166115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3f/e3f597c5197837e77ae6dfa9a3733430/f36b94f1fe2b3aec31faf3f47dc57a51.jpg</t>
   </si>
   <si>
     <t>Настольная игра BONDIBON Бриллиантовый квест арт.1993</t>
   </si>
   <si>
     <t>Игра «Бриллиантовый квест» предназначена как для одного игрока, так и для компании. В этой игре предстоит на специальной шестигранной доске размещать пронумерованные магнитные камни в количестве 19 штук определенным образом: на точках пересечения линий и так, чтобы получилась непрерывная тропа! Игра требует большой внимательности и наличия пространственного мышления, и станет замечательным интеллектуальным развлечением – как для детей, так и для взрослых! А наличие огромного количества игровых комбинаций никогда не даст заскучать!</t>
   </si>
   <si>
     <t>166209</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/875/875c209c727785aa115887168a458681/ec2f0bfa7dac641b67d9ed0ac9c8ab34.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/df9/df9ff7f9e9d54081f27ad251b374c87b/c121bdda99ed9f6b589d72809a4c2269.jpg</t>
   </si>
   <si>
     <t>Удачная партия Бондибон BOX 3в1 20см. Нарды,Шашки,Шахматы арт. 3831</t>
   </si>
   <si>
     <t>166293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0f/f0f574d8a09598230978462b4e51b747/c46dcf3a33884e124b72eccc31b5ad66.jpg</t>
   </si>
   <si>
     <t>Удачная партия Бондибон BOX  3в1  13см. Нарды,Шашки,Шахматы арт. 2831</t>
   </si>
   <si>
     <t>Удачная партия Бондибон BOX&amp;nbsp;&amp;nbsp;3в1&amp;nbsp;&amp;nbsp;13см. Нарды,Шашки,Шахматы арт. 2831</t>
   </si>
   <si>
     <t>166294</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eb8/eb8cb1e20fc2b07e57749f8b8fdd6dae.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/82d/82dc53fbf234dd179aaad39bad7b37ce/10e76f452259d0659c3529fc132ec6f5.jpg</t>
   </si>
   <si>
     <t>Удачная партия Бондибон BOX 3 в 1, 25см. Нарды, Шашки, Шахматы арт.9831</t>
   </si>
   <si>
     <t>Вы не знаете, как скоротать длинную дорогу в поезде, что взять с собой на пляж, чтобы не грустить одиноко или как скоротать вечер – другой в непогоду на даче? Отличный вариант – набор «Удачная партия» , в котором есть сразу несколько самых популярных настольных игр всех времен и народов – шахматы, шашки, нарды, карты или игра – бродилка. Есть шахматная доска, размер которой можно выбрать &amp;#40;в разных наборах он разный&amp;#41;. А для удобства шашки, фишки и шахматные фигуры сделаны на магнитиках, не растеряете на свежем воздухе или в дороге. Вечные ценности в одном комплекте, это ли не мечта интеллектуала?</t>
   </si>
   <si>
     <t>203376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6e/b6ec3c838ead04862ea5625b3d8d4fd3/d498de556168d5e7ffb104b6e6f50777.jpg</t>
   </si>
   <si>
     <t>НИ Словодел 00309</t>
   </si>
   <si>
     <t>Настольно-печатная развивающая игра для детей и взрослых. Задача играющих заключается в том, чтобы из ограниченного количества фишек с буквами составить наибольшее количество слов, согласно правилам. Выигрывает тот, кто наберет максимальное количество очков.</t>
   </si>
   <si>
     <t>291887</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a41/a41efcaecc4dc2577c645404c2bc2e0a/14225833d92eff3dfca796a78932abba.jpg</t>
   </si>
   <si>
     <t>Настольная Игра Словодел магнитный 01348</t>
   </si>
   <si>
     <t>291888</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3f4/3f48867f0d5a7f81b9ef5f1d9ac8c9b2/fdfd34c148139ef145a9735d8b80db14.jpg</t>
-[...29 lines deleted...]
-    <t>296982</t>
+    <t>http://anytos.ru//upload/iblock/a81/a81dc8a446efd65dcd9fa566212c1511/1a3a14cb098e59ce722c083e39103435.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Настольная игра Баскетбол  нов.упак. </t>
+  </si>
+  <si>
+    <t>Настольная игра баскетбол — это отличная динамичная игра, которая не требует специальной подготовки и поэтому подходит всем, даже маленьким детям. Кроме того, это наверное, одна из немногих игр, где по кнопкам управления можно и нужно бить — ведь от силы удара зависит высота полета мяча! Удовольствие детям гарантировано.</t>
+  </si>
+  <si>
+    <t>291962</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ogonek/"&gt;Огонек&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05b/05b79909c83c3d1a4a18191dcc98beb4/f0f9d6a62e58bfcfaaa058c5457bce57.jpg</t>
+  </si>
+  <si>
+    <t>Лото дерев. 02003</t>
+  </si>
+  <si>
+    <t>296980</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/russkij-stil/"&gt;Русский Стиль&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/378/3785b3af71752fd8e6672ab6db761304/6f5c9192486db8dd7ef66d1bb1a442a9.jpg</t>
+  </si>
+  <si>
+    <t>Шашки с доской  европодвес   У703</t>
+  </si>
+  <si>
+    <t>Традиционный набор для игры в шашки состоит из игрового поля и фигур. Игра в шашки поможет развить логическое мышление, внимательность, сообразительность.Комплектность:игровое поле,футляр с шашками.</t>
+  </si>
+  <si>
+    <t>297009</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sovtehstrom/"&gt;Совтехстром&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fd/8fd7a1245fd17131429ab77d5f349884/7911a04e22a1a0ba3f13288723c83e30.jpg</t>
+  </si>
+  <si>
+    <t>Шашки У625</t>
+  </si>
+  <si>
+    <t>297018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88d/88d60366fa2e4b2eaad169480601a041/6ef33c3f877e1eff26d49b8d83ab3a82.jpg</t>
+  </si>
+  <si>
+    <t>НИ Футбол  нов.упак.  С-199</t>
+  </si>
+  <si>
+    <t>297520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/099/099266f9663fbea21222f603005cfd04/fe07342956f14bf748bdddba43c17355.jpg</t>
+  </si>
+  <si>
+    <t>НИ Хоккей  нов.упак.  С-200</t>
+  </si>
+  <si>
+    <t>297535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/804/804aa11a3fd9d53d5215abe4d41523fb/dec45804728ac46afe607940625569af.jpg</t>
   </si>
   <si>
     <t>Логическая игра BONDIBON Джунгли. Прятки, арт. SG 105 RU.</t>
   </si>
   <si>
     <t>Откройте для себя новый мир животных джунглей! Можете ли вы спрятать всех животных в джунглях кроме тех, которые показаны в вашем задании?   Благодаря 80 заданиям и двухстороннему игровому полю, вы получаете две игры в одной:  день  в джунглях, когда игровое поле разделено на 4 области,  и  ночь  в джунглях, с более сложными заданиями на одном большом игровом пространстве.</t>
   </si>
   <si>
     <t>307598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74f/74f1307b5c9673a79d42e453f3048196/09cdecb44c09b64bd429cb3646afc4bf.jpg</t>
   </si>
   <si>
     <t>Логическая игра BONDIBON Воины и Крепости, арт. SG 281 RU.</t>
   </si>
   <si>
     <t>Необходим сильный ум, чтобы защитить свой замок в этой захватывающей игре. Вы можете расположить стены на игровом поле так, чтобы защитить синих воинов в замке и оградить их от красных захватчиков?  Игра содержит 80 заданий разных уровней сложности!</t>
   </si>
   <si>
     <t>307599</t>
   </si>
@@ -356,344 +394,359 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9de/9dedc90fc51aa546f3bfc5bd0be71145/ff20bb444e0b8be40097de1451ea1cca.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;БАШНЯ  quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;БАШНЯ &amp;quot;</t>
   </si>
   <si>
     <t>326569</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/680/680531e604cc202c9ac6cfc0729fba77/fe2d735f5062e9defc4cf69bd4e6fb9e.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;ЗАКОН ДЖУНГЛЕЙ quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;ЗАКОН ДЖУНГЛЕЙ&amp;quot;</t>
   </si>
   <si>
     <t>326573</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db4/db448df7eb94d4a835a2eabdcebba4fe/f52f3e39aea3907a0f185581a0f1e30b.jpg</t>
-[...20 lines deleted...]
-    <t>326579</t>
+    <t>http://anytos.ru//upload/iblock/a3c/a3cb538cdee1048c820649c65c1b2645/c2ec531f0ae9916d579b476358a019b3.jpg</t>
+  </si>
+  <si>
+    <t>Настольная семейная игра  quot;БЛОК БУМ quot;</t>
+  </si>
+  <si>
+    <t>Настольная семейная игра &amp;quot;БЛОК БУМ&amp;quot;</t>
+  </si>
+  <si>
+    <t>326583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f75/f75945541df5b3d528223161326214f6.jpg</t>
   </si>
   <si>
     <t>Диапроектор-фонарик Bondibon, 6 дисков со слайдами, CRD 23х15х4 см.</t>
   </si>
   <si>
     <t>Проектор-фонарик. Питание 2АА нет в комплекте. Выберите и установите диск для просмотра. В комплекте 6 дисков. Есть регулировка чёткости изображения.</t>
   </si>
   <si>
     <t>339412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a5/7a530f76de9f307ab01d75af97917952/55c20bad808b7fade8a19b4bab418896.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Настольная игра BONDIBON  quot;ПРОЙДИ ПО КОНТУРУ quot;  контур по форме РУКИ </t>
   </si>
   <si>
     <t>Настольная развлекательная игра для всей семьи. Игрок должен аккуратно продеть металлический крючок таким образом, чтобы контур оказался внутри. Начинайте двигаться справа налево, не задевая контур.Если вдруг крючок заденет контур, то ты сразу услышишь звук и увидишь, как загорятся лампочки. Это означает, что ты проиграл. Сосредоточься и начни игру заново.</t>
   </si>
   <si>
     <t>339420</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/951/951e7fc5eaa3581ae60c09223d05975b/be6913a88835e80ac48140b9e2bb6cb8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Настольная игра BONDIBON  quot;ПРОЙДИ ПО КОНТУРУ quot;  контур по форме ЧЕЛОВЕЧКА </t>
   </si>
   <si>
     <t>339421</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/07f/07f909c2fc8a5432fd1d688970c58e81/7e8b7a9526f28a08e783ce1af282b062.jpg</t>
-[...8 lines deleted...]
-    <t>339988</t>
+    <t>http://anytos.ru//upload/iblock/d85/d8533f018ef93978fd3ddee830bcfc24/80cb5d200e49cf81e215f886b433da97.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Bondibon, Вес лые пенальти  , арт.1942</t>
+  </si>
+  <si>
+    <t>Настольная развлекательная игра для всей семьи. Предназначена для истинных любителей футбола. Забей гол со скоростью молнии и отражай атаки соперника.</t>
+  </si>
+  <si>
+    <t>339422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea6/ea6b0a0b2ea0cb258997932e6b1451dc/ae81ab97bedabd27794590785653b67c.jpg</t>
+  </si>
+  <si>
+    <t>НИ Падающая башня 01506 штр.  4606088015064</t>
+  </si>
+  <si>
+    <t>Падающая башня или как еще называют эту игру Дженга &amp;#40;Jenga&amp;#41;, - это популярная и интересная настольная игра для компании. В ней нет фишек и карточек, зато есть 54 бруска из натурального неокрашенного дерева. Размер бруска - 14х25х75 мм.Деревянные брусочки нужно сложить в ровную поленницу-башню. Игроки должны вытаскивать брусочки так, чтобы не развалить башню. Проиграет тот, кто разрушит башню первым.</t>
+  </si>
+  <si>
+    <t>340290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11c/11c44aaca6b32f6a254d2eb8e07020b4/eb71f63a357636d78ab3ca1c937ccad8.jpg</t>
+  </si>
+  <si>
+    <t>НИ Флаги страны города 03437 штр.  4602933034372</t>
+  </si>
+  <si>
+    <t>Познавательная викторина &amp;quot;Флаги&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;,&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; страны, города&amp;quot; поможет детям в игровой форме освоить новый и интересный материал. Ребята смогут узнать новые страны мира, их города и флаги. Это поможет в дальнейшем обучении в школе. У ребенка расширится кругозор и возникнет большой интерес к новым знаниям. В викторине может участвовать от двух до четырех игроков. Подобная игра отлично пригодится в школе на уроке или в детском саду, чтобы детишек можно было научить новому.</t>
+  </si>
+  <si>
+    <t>340294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e45/e45710ddbda08c22e792a58499e4be9b/5408407c233d7b878f2703f69d69eb08.jpg</t>
   </si>
   <si>
     <t>Набор пинбол и вод. игра, МиниМаниЯ, РАС 23х3х15 см,   Н81925</t>
   </si>
   <si>
     <t>346722</t>
   </si>
   <si>
     <t>&lt;a href="/brands/yako/"&gt;YAKO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b5/2b51d87c6665a3361961fefe617b67e7/6384f3fd279d115b1ebdb08ee255f857.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра -4 ПЕРЕМЕНА -  Ф86619</t>
   </si>
   <si>
     <t>346797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/861/8618193468c8a375dfd7648575be5737/1054ecf8bc607384b75ccd3b5b202b28.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра -CRAZY БЕЛКА-  Ф70000</t>
   </si>
   <si>
     <t>346798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1aa/1aa1e6cc19f5ebde81f44979310299dc.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра -КОТ НА КРЫШЕ -  Ф71778</t>
   </si>
   <si>
     <t>346801</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6ed/6ed599b2aea46ed42c18ca553b4184f1/f6e2867dce9a4869104573a67b67448f.jpg</t>
+  </si>
+  <si>
+    <t>Настольная семейная игра -ПАДАЮЩИЕ ОБЕЗЬЯНКИ-  Ф85271</t>
+  </si>
+  <si>
+    <t>346806</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c05/c05e22c335e8303e2c1bcd0b159e8020/231cffa768acb0e69fff4d50bab6c1a4.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра -СЕРДИТЫЙ ПОНИ-  Ф85510</t>
   </si>
   <si>
     <t>346808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9cd/9cdb4559b8e91f0b2a8a788ed815798a/64b8f196a28bf6fccd5a0f57b35777ad.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  БЫСТРАЯ РЕАКЦИЯ , BOX 32х5x29.5 см  ВВ2410</t>
   </si>
   <si>
     <t>Игра помогает тренировать память, концентрировать внимание и развивать зрительно-моторную координацию движений. Игра способствует укреплению социального развития. Учит определять формы и цвета. Заставит всех участников состязания посоревноваться во внимательности и скорости. По правилам игры игрокам необходимо собрать картинки, выпавшие на игральных костях, в одну, найти данное изображение на игровом поле и положить на него кольцо. Победит тот игрок, кто первый положит правильно все 6 колец. В комплект входят игральная кость&amp;nbsp;&amp;nbsp;3шт. 1&amp;nbsp;&amp;nbsp;различные формы, 1&amp;nbsp;&amp;nbsp;разные цвета, 1&amp;nbsp;&amp;nbsp;изображения животных, игровое поле-пазл, кольцо&amp;nbsp;&amp;nbsp;24 шт.</t>
   </si>
   <si>
     <t>346811</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/782/782aec5e012d4b48fd4291dfb43f200e/5411e00254bf7d6b563287dd92da8b95.jpg</t>
+  </si>
+  <si>
+    <t>Обучающие игры Bondibon Настольная игра  КОЛЬЦА НА ХОБОТЕ , BOX 25x9x25 см  ВВ2423</t>
+  </si>
+  <si>
+    <t>346812</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f72/f72815ba1ba2eb39e4e5167039623160/26dc443b45ce14d0112f074031ced374.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  НАЙДИ ПАРУ , BOX 21x5.6x21 см  ВВ2411</t>
   </si>
   <si>
     <t>Игра способствует развитию и тренировке памяти, логического и пространственного мышления, фокусированию внимания и формированию умения играть в паре и в коллективе, чётко выполняя правила игры. Игра-соревнование во внимательности, сообразительности и скорости. По правилам игры игрок должен найти как можно больше парных картинок. Игровая доска и фишки изготовлены из прочного пластика, карточки из плотной бумаги. В комплект входит игровое поле, крышка&amp;nbsp;&amp;nbsp;16 шт., карточка&amp;nbsp;&amp;nbsp;20 шт., песочные часы.</t>
   </si>
   <si>
     <t>346813</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/191/19175ff60a8713b6a992c05339df27c8/478fe6b047c58a17d70ce64c83531202.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  ПАЛЬЦЫ ВВЕРХ , BOX 25x7x25 см  ВВ2413</t>
   </si>
   <si>
     <t>346814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93e/93e7abf7522f28a1f952e16b7d8bdf62.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  СОБЕРИ УРОЖАЙ , BOX 25,5х6,5x25,5 см  ВВ2416</t>
   </si>
   <si>
     <t>346817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21a/21a0ce2975d1eac0e9b294a12b4ff03c.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  СПРЯЧЬ КРОТА , BOX 25х7x25 см  ВВ2420</t>
   </si>
   <si>
     <t>346819</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a85/a8579a2bbfa1ef10f76384848115c2db.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ea7/ea74812b0f065bc0a47e99133ee926e4/9e33636465e01401ce287cb226e32b92.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  ЦВЕТНОЕ СУДОКУ , BOX 25x7x25 см  ВВ2425</t>
   </si>
   <si>
     <t>346821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b9/3b9e2de9b772f802df349af7566298e3.jpg</t>
   </si>
   <si>
     <t>Игра на ловкость  Вращающийся пазл  69913</t>
   </si>
   <si>
     <t>Игра на ловкость «Вращающийся пазл»! 69913</t>
   </si>
   <si>
     <t>352423</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a4b/j82s3is8g6jk9rgio78gls0wm6oyxgml.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/571/5713d01a0a05279dd4d1d624e8439e3f/da9741e20503d19aff3dabf99320135c.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;МАСКАРАД quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;МАСКАРАД&amp;quot;</t>
   </si>
   <si>
     <t>352513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/007/007e49da2a55d94a963be6dd730d45b9/f3207bfd7ba403b3c7f281a4fa5fd78a.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;СКАЛОДРОМ, вес лая гонка quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;СКАЛОДРОМ, весёлая гонка&amp;quot;</t>
   </si>
   <si>
     <t>352515</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/278/278889e386259c8f026048671f3f803c/2c4f02875f50472ccfa3ba4d0c2cc5ec.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;КОСМИЧЕСКИЙ ТИР quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;КОСМИЧЕСКИЙ ТИР&amp;quot;</t>
   </si>
   <si>
     <t>352516</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53c/53c34f9eff250564083b571db433d43e/0603f1bfc1071852d0e6a42872718d23.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;БАЛАНСИР quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;БАЛАНСИР&amp;quot;</t>
   </si>
   <si>
     <t>352517</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fcf/fcfaf3aabae889078a22d2652162cffc/e0116c181c964c1c2efeeca8e4876239.jpg</t>
-[...8 lines deleted...]
-    <t>352519</t>
+    <t>http://anytos.ru//upload/iblock/493/493f4b34799355c60ea6cfdf0962d6f5/b8bd3d5b0cfefab31b74244ac454eac8.jpg</t>
+  </si>
+  <si>
+    <t>Обучающие игры Bondibon Настольная игра  КРУТЯЩИЙСЯ ПАЗЛ , BOX 28х6,5x27 см</t>
+  </si>
+  <si>
+    <t>Обучающие игры Bondibon Настольная игра «КРУТЯЩИЙСЯ ПАЗЛ», BOX 28х6,5x27 см</t>
+  </si>
+  <si>
+    <t>352998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f62/f621237664a9e88ae0e27b0983b5a875/afa0178fc2ba5e4f45ba6f3bbd7258bf.jpg</t>
   </si>
   <si>
     <t>Логическая игра Bondibon IQ Эврика , арт. ВВ2505</t>
   </si>
   <si>
     <t>352999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf8/bf836cc98023e435edef469df8ef7a16/fa51ea4dd8340eb57ee480659bb8a92c.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Игра-ходилка  МАГИЯ ЧИСЕЛ , серия игр большого размера 130x93x0,15 см</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Игра-ходилка «МАГИЯ ЧИСЕЛ», серия игр большого размера 130x93x0,15 см</t>
   </si>
   <si>
     <t>353000</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/543/54351e7e01f5912edd1b5e4b50327377/0d80384a4a4e19e867ebd0a5e4f19bf5.jpg</t>
+  </si>
+  <si>
+    <t>Логическая игра Bondibon IQ Эврика , арт. ВВ2606</t>
+  </si>
+  <si>
+    <t>353002</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ca/9cad66b0a62b8302561ecdc0767d4a44/46c878c72de658c67d6964e72457b94b.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Игра-ходилка  СЧАСТЛИВЫЙ СЛУЧАЙ , серия игр большого размера 130x93x0,15см</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Игра-ходилка «СЧАСТЛИВЫЙ СЛУЧАЙ», серия игр большого размера 130x93x0,15см</t>
   </si>
   <si>
     <t>353003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70c/70cafc51596570a447b28fb22da900fe/96e3cbf10c5537b634c6ac4e17f8468b.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Игра-ходилка  ГУСЬ-ПУТЕШЕСТВЕННИК , серия игр большого размера 130x93x0,15см</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Игра-ходилка «ГУСЬ-ПУТЕШЕСТВЕННИК», серия игр большого размера 130x93x0,15см</t>
   </si>
   <si>
     <t>353004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8dd/8ddb52377c831e0ea4b37db2414c45d4/3f4c085b06db803218b0a4258a6bfc83.jpg</t>
@@ -710,95 +763,92 @@
   <si>
     <t>http://anytos.ru//upload/iblock/878/878e21a34fbf5f3fc8703b47952ff15f/3ed42044b84e8fc0093bf0106d2c3c5a.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  РАЗНОЦВЕТНЫЕ УСЫ , BOX 25.5x25.5x6.5</t>
   </si>
   <si>
     <t>Увлекательная игра Разноцветные усы поможет провести весёлые семейные вечера. Тренируйте пространственное мышление и координацию. Яркое и полезное развлечение для детей и всей семьи. В комплект входит очки - 4 шт., барабан, усы - 16 шт., ножницы, бритва, набор липучек.</t>
   </si>
   <si>
     <t>356617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/154/1540fcca405075b58ff627e3b67c8f38/36737ba7fdaebeff19522f916c718e74.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  РАЗНОЦВЕТНЫЙ ВОЛЕЙБОЛ , BOX 27.2x11.1x27</t>
   </si>
   <si>
     <t>Проверь кто самый меткий  с игрой Разноцветный Волейбол. Игра на развитие зрительно-моторной координации движений, меткости, познавательных способностей, а также знакомства с ролевой игрой и укрепление социального развития. Тренирует арифметические навыки. Заставит всех участников провести время весело и с пользой. Подготовка переверните коробку обратной стороной и вставьте корзины в дырочки на коробке.Есть несколько вариантов игры игры 1. Каждый игрок берет шарики определенного цвета и бросает в корзину.  Кто попадет наибольшим количеством шаров в корзину, тот победитель. 2. Игра на очки. Каждый игрок берет шарики определенного цвета и бросает в корзины. Каждая корзина обозначена количеством очков. Когда брошены все шарики, очки подсчитываются.  Кто наберет большее количество очков, тот победитель. В комплект входит игровое поле на обороте коробки, корзина  5 шт., шарик  20 шт.</t>
   </si>
   <si>
     <t>356618</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b6/9b632cb92ca80f0e20b0e6e354d6a285/2c975c1ad92c8f96930af32af151d364.jpg</t>
-[...8 lines deleted...]
-    <t>356731</t>
+    <t>http://anytos.ru//upload/iblock/e46/e467855bb9ddce7d956f3763c6fb8c8b/5635d34607472d46a5dad0e458a4aa04.jpg</t>
+  </si>
+  <si>
+    <t>Настольная семейная игра  quot;НОМЕР ОДИН quot;</t>
+  </si>
+  <si>
+    <t>Настольная семейная игра &amp;quot;НОМЕР ОДИН&amp;quot;</t>
+  </si>
+  <si>
+    <t>356733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ace/ace081ecbbcd59c9ef8ec9e91d9cb589/7b7d48f265d7e5d4043a69fd6586b38d.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot; ЛОВУШКА ДЛЯ ПИНГВИНА мини-игра quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot; ЛОВУШКА ДЛЯ ПИНГВИНА мини-игра&amp;quot;</t>
   </si>
   <si>
     <t>356740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b1a/b1ac7509ac563814d3d8fb637b5b9a56/e28032e757e7cccdb37abbc6f43b9e1b.jpg</t>
   </si>
   <si>
     <t>Шашки большие</t>
   </si>
   <si>
     <t>357343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c08/c084b436b92d1e646ea1963131f80b99/2e55ef2d157cf4bae6b5fca7a99c3135.jpg</t>
   </si>
   <si>
     <t>НИ Шашки</t>
   </si>
   <si>
     <t>357890</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/russkij-stil/"&gt;Русский Стиль&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/60b/60b3669264048836ea420068d1734515/a60f57ef03efcd9195215fbf36f5e825.jpg</t>
   </si>
   <si>
     <t>Головоломка Сфера, инструкц., блистер</t>
   </si>
   <si>
     <t>358109</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nasha-igrushka/"&gt;Наша Игрушка&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cee/cee5dc379d343391c8cea55ed6d3ceac/4bfd10a6db8b29c51b21dd41e4500592.jpg</t>
   </si>
   <si>
     <t>Семейная игра  quot;ХОТЬ ШАРОМ ПОКАТИ  quot;</t>
   </si>
   <si>
     <t>Семейная игра &amp;quot;ХОТЬ ШАРОМ ПОКАТИ &amp;quot;</t>
   </si>
   <si>
     <t>359228</t>
@@ -852,95 +902,121 @@
     <t>359295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfb/bfb93342ed2d1973180d1085d9507fc3/02b6edb52988044e7880b6da8c0c2677.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  СОБЕРИ ПУГОВИЦЫ . ВВ3158</t>
   </si>
   <si>
     <t>Игра на ловкость рук и остроту глаза. Способствует развитию зрительно-моторной координации движений, концентрации внимания и зрительного восприятия. Яркое и полезное развлечение для детей и всей семьи. 2 варианта игры: игра на формы &amp;#40;карточки с изображением в одном цвете&amp;#41;, игра на цвета &amp;#40;карточки с разноцветным изображением&amp;#41;. В комплект входит: карта-задание – 54 шт., шнуровка – 4 шт., пуговицы – 48 шт.</t>
   </si>
   <si>
     <t>359296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90c/90c510f13ec4826c0b061bf4ac3342c7/cdc933877cbe4ed0007ea4835c2cda85.jpg</t>
   </si>
   <si>
     <t>Развлекательные игры Bondibon Аэрохоккей  УЛЕТНЫЙ ГОЛ . ВВ2656</t>
   </si>
   <si>
     <t>Ребёнок любит аэрохокей, а разместить дома специальный стол нет возможности Подарите ему игру Улётный гол от Bondibon. Благодаря специальной технологии играть можно на любой гладкой поверхности. При успешном попадании вы услышите звук восторженных болельщиков и увидите мерцающий огонек на воротах соперника. Игра способствует развитию внимательности и координации движений. Шайба работает от двух батареек ААА не входят в комплект, ворота работают от трёх батареек AG13 входят в комплект. В комплект входит шайба, ворота, присоска - 2 шт., бита  2 шт, батарейки AG13  3шт.</t>
   </si>
   <si>
     <t>359299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a23/a23f05a21c6c17a11f648ef6a3f1dd98/487945c186cf06afbfbb0eb59655020d.jpg</t>
+  </si>
+  <si>
+    <t>Обучающие игры Bondibon Настольная игра  ВЕСЕЛЫЙ СПОРТ , BOX 35?29?4,5 см</t>
+  </si>
+  <si>
+    <t>Игра на развитие зрительно-моторной координации движений, познавательных способностей, а также знакомства с ролевой игрой и укрепление социального развития. Тренирует арифметические навыки. Заставит всех участников провести время весело и с пользой.&lt;br /&gt;
+Правила игры описаны в инструкции на упаковке.&lt;br /&gt;
+В комплект входит: игровое поле, фишка - 4 шт., игральная кость.</t>
+  </si>
+  <si>
+    <t>359714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21d/21db157294d3437ca218d0ca69e49e48/2f46d89278ca6edd3120c897ce8308f6.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  РЫБАЛКА , BOX 22x21x5.5</t>
   </si>
   <si>
     <t>Игра предназначена для развития и улучшения памяти, узнаваемости цветов и повышения внимательности. Заставит всех участников состязания посоревноваться в сообразительности и скорости, а также провести время весело и с пользой. &lt;br /&gt;
 Правила игры описаны в инструкции.&lt;br /&gt;
 В комплект входит: лодка – 4 шт., рыбка – 36 шт., удочка – 4 шт., набор липучек</t>
   </si>
   <si>
     <t>359715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc6/fc6c664a83470b6a88a410488cb96645/08289f27aff236b779d4c5420ebf121c.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot; КУРОЧКИ-НЕСУШКИ quot;</t>
   </si>
   <si>
     <t>Занимательная развивающая игра.&lt;br /&gt;
 Цель игры - слушать, где же спряталось куриное яйцо, найти его 3 раза и собрать 3 карточки.&lt;br /&gt;
 Каждый игрок в свой ход вращает гнездо. Пока гнездо вращается, куриное яйцо будет пищать из того места, где оно спрятано. Игроки должны внимательно слушать, чтобы угадать под какой курочкой-несушкой прячется яйцо. После того как гнездо остановится, игрок угадывает, где же спряталось яйцо.Если игрок угадал, то он получает 1 карточку.Побеждает игрок, который первым соберёт 3 карточки!</t>
   </si>
   <si>
     <t>360096</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68a/68ace3639dc235d01f74c862dd2c11ac/9a6ba04c2a67937dce0ec1f42c21bd65.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;Вес лые прыгуны quot;, ВОХ 36х7,5х23 см, арт.ZYB-B2832</t>
   </si>
   <si>
     <t>Настольная игра &amp;quot;Весёлые прыгуны&amp;quot;, ВОХ 36х7,5х23 см, арт.ZYB-B2832</t>
   </si>
   <si>
     <t>366280</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zhorya/"&gt;ZHORYA&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c93/c93683f3f5c7e5385989392a03f18780/a61b1f2ffd0fce08319244b941a44456.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра  quot;Кто там есть? quot;, ВОХ 27,5х5,5х26,5 см, арт.ZYB-B2801</t>
+  </si>
+  <si>
+    <t>Настольная игра &amp;quot;Кто там есть?&amp;quot;, ВОХ 27,5х5,5х26,5 см, арт.ZYB-B2801</t>
+  </si>
+  <si>
+    <t>366281</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a54/a541f44b893fea67b00cd7bf2a194559/7a4f3f1f69b844ce935de048a26ace9c.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;3D СТРАТЕГ quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot; 3D СТРАТЕГ&amp;quot;</t>
   </si>
   <si>
     <t>366286</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc0/cc034ae8304908e6f04b3febf7f25c8b/1882594202d8f6c22038b7c7e0e1fb7a.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;КЛАССИКИ ЛОГИКИ quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot; КЛАССИКИ ЛОГИКИ&amp;quot;</t>
   </si>
   <si>
     <t>366288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/234/2341a0b3b345de56a60217f743bbdac3/837339f62c10749fae277968472bcd99.jpg</t>
@@ -993,62 +1069,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/378/378b081131ba96f40ffb0a87e9b44e52/137369c4c4c1b250ee44738e3d87c91f.jpg</t>
   </si>
   <si>
     <t>Семейная игра  quot;МЕТКИЙ И ЛОВКИЙ quot;</t>
   </si>
   <si>
     <t>Семейная игра &amp;quot;МЕТКИЙ И ЛОВКИЙ&amp;quot;</t>
   </si>
   <si>
     <t>368336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/260/260215f438154b57b222dc916ed2f487/23f9b5ae64de0a2f2cee85ab957fb0e6.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра   quot;БЕЗ ПАНИКИ quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра&amp;nbsp;&amp;nbsp;&amp;quot;БЕЗ ПАНИКИ&amp;quot;</t>
   </si>
   <si>
     <t>368337</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a87/a87631fb2c1afda7d68dedd6bbcf9ad8/fd0df485860dee6298bd0eb7913b8506.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/621/62198dbd43389f531cd5aa6d2169c059/c6878aff7fbadcf473fabeda3ead57ed.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  ВЕЧЕРИНКА ПИНГВИНОВ , BOX 22x5,6x21 см</t>
   </si>
   <si>
     <t>Помогите пингвинам добраться до друзей в настольной обучающей игре Вечеринка пингвинов. Крутите барабан и перемещайтесь на указанное количество шагов. Если на льдине указаны  или  игрок дополнительно перемещается на указанное значение. Если фишка остановилась на клетке, с изображением животного, то игрокам предстоит имитировать его звуки или движения. Игра развивает арифметические навыки, логическое мышление, и коммуникативные способности. В комплект игры входит два игровых поля-пазла, два барабана, четыре пингвина.</t>
   </si>
   <si>
     <t>368478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5b/f5b7606900a377ad416ab06a4ef333bf/ed5f69e1e6f59930ab264ff04a70e60d.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Настольная игра  ЛОВКОЕ ДВИЖЕНИЕ , BOX 22x5,6x21 см</t>
   </si>
   <si>
     <t>Цель игры аккуратно вынимать палочки так, чтобы не уронить все шарики. Цвет вынимаемой палочки определяется игральной костью. Игра развивает координацию, аккуратность и помогает в эмоциональном развитии. В состав игры входит три стенки, 20 шариков, 32 палочки, игральная кость и наклейки.</t>
   </si>
   <si>
     <t>368480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/122/122d539ada1c1cb43fcbb5c33211941b/96c2c746fd34070533b92b12e87fc051.jpg</t>
@@ -1179,68 +1243,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ee9/ee921fea4f737885de29cae0380b17ed/7c12337160278c816bb67064a3d34d42.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Настольная игра BONDIBON  quot;ЗУБАСТАЯ СОБАКА quot;  световые и звуковые эффекты </t>
   </si>
   <si>
     <t>Развивайте реакцию, проводите время весело и с азартом с игрой Зубастая собака от Bondibon! Сможете узнать, какой зуб болит у собаки, и при этом успеть убежать? Нажимайте по очереди на зубы в пасти зверя. При нажатии на один из зубов пасть закрывается. Успейте отдернуть руку до того, как он Вас укусит! Каждый раз больной зуб меняется. Игрушка имеет световые и звуковые эффекты, работает от 2 батареек АА в комплект не входят.</t>
   </si>
   <si>
     <t>394766</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5a/f5af197d53e1101a0b2701737b655946/46815db624fb1152cf308f95c2569dd2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Настольная игра BONDIBON  quot;ЗУБАСТЫЙ КРОКОДИЛ quot;  световые и звуковые эффекты </t>
   </si>
   <si>
     <t>Развивайте реакцию, проводите время весело и с азартом с игрой Зубастый крокодил от Bondibon! Сможете узнать, какой зуб болит у крокодила, и при этом успеть убежать? Нажимайте по очереди на зубы в пасти зверя. При нажатии на один из зубов пасть закрывается. Успейте отдернуть руку до того, как он Вас укусит! Каждый раз больной зуб меняется. Игрушка имеет световые и звуковые эффекты, работает от 2 батареек АА в комплект не входят.</t>
   </si>
   <si>
     <t>394768</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ab0/ab00a74aaa6260e07a0388e7bf3dfb1f/cd73d93b6c81c64845d4fb10cd568b17.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b71/b71c69fc34660deee60cf1163788e9f9/95234e359282c777c62b48b9d808e1c2.jpg</t>
   </si>
   <si>
     <t>НИ Блиц-Крокодил</t>
   </si>
   <si>
     <t>396621</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/014/014abbf85ba8e0cb27b609f3bc4ea85f/1b3e27778346cf318e17fd4084fa3149.jpg</t>
+  </si>
+  <si>
+    <t>НИ Космобой мини</t>
+  </si>
+  <si>
+    <t>396638</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/23d/23df45b3a52ca9d4ba6c22e325d3d82e/7e65d406caf65aeec1828c7f7ef852a4.jpg</t>
   </si>
   <si>
     <t>НИ Шашки деревянные поле 29см х 29см</t>
   </si>
   <si>
     <t>396686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45c/45c45298e593df83920c6f224703786a/722a2df61c14d76b5e27bfb1b0291a3f.jpg</t>
   </si>
   <si>
     <t>Домино  quot;Калейдоскоп quot;-настольная игра BONDIBON. ВВ3909</t>
   </si>
   <si>
     <t>3 комплект игры входят 30 карточек домино. Цель игры - первым выложить все свои карточки домино, присоединяя их в правильном порядке.Играть в нее весело и совсем несложно. Первое, что необходимо сделать - это перевернуть все карточки домино лицевой стороной вниз и перемешать. Все игроки получают по 6 карточек, остальные карточки находятся в банке, лицевой стороной вниз. Игру начинает самый младший, Следующий игрок добавляет карточку домино, на которой изображён полукруг такого же цвета и формы как на той, что лежит на столе, Каждая карточка домино присоединяется к крайней карточке, выкладывая змейку, только одной стороной её половинки. Если у кого-то из игроков нет карточки домино с похожей картинкой, то он берёт карточки из банка. Если карточки закончились и в банке, этот игрок пропускает ход. Игрок, у которого раньше всех закончатся карточки домино, становится победителем Если у всех игроков остались карточки, а ходов больше нет, то победитель - игрок с наименьшим количеством карточек домино.</t>
   </si>
   <si>
     <t>401459</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/544/544f311a3de466d4113360d526f0405e/0873cd012e7608a3585ad86ae9f9202d.jpg</t>
   </si>
   <si>
     <t>Домино  quot;Ретро quot; - настольная игра BONDIBON. ВВ3908</t>
@@ -1362,175 +1426,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d20/d205fe526c14acfac1e9631a91c477e3/a52d9d22bb9cf7a6b2f4545ebecd8787.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;ТЕТРАМИНО quot;. Ф97793</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;ТЕТРАМИНО&amp;quot;</t>
   </si>
   <si>
     <t>402318</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d24/d244aeaf07ea842c63c441c4ddf08390/e3571b50fece4f8d30d142db29326abd.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;ШЛЯПЫ quot;. Ф96993</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;ШЛЯПЫ&amp;quot;</t>
   </si>
   <si>
     <t>402319</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/418/uf0qc8aqmqglozzlzmptwv7dmn3uxymu.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/dodo/"&gt;Dodo&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/f8a/f8ab66534823692bc5b04d485ff44b3a/2474ec9fbe50df6c6a70985b563c460c.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра  quot;Кто там есть? quot;, ВОХ 27,5х5,5х26,5см, арт.ZYB-B2801</t>
+  </si>
+  <si>
+    <t>Настольная игра &amp;quot;Кто там есть?&amp;quot;, ВОХ 27,5х5,5х26,5см, арт.ZYB-B2801.</t>
+  </si>
+  <si>
+    <t>405392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/351/351fdf1b4b77d41b80c07f46da3341cd/2109dfe1ed13b248e6e6bb900f865cb7.jpg</t>
+  </si>
+  <si>
+    <t>Настольная семейная игра  quot;Снежки пингвинов quot;. Ф98386</t>
+  </si>
+  <si>
+    <t>Настольная семейная игра &amp;quot;Снежки пингвинов&amp;quot;</t>
+  </si>
+  <si>
+    <t>413543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c48/c4800e87307b1b2756381e6636f43ccd/b8c824f5b0f5e621a5ebbbf390c7b202.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;Кроты-соседи quot;. Ф98387</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;Кроты-соседи&amp;quot;</t>
   </si>
   <si>
     <t>413544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d2/4d20f64f4b2c968ead0eb4e93600c7cb/362596befac3b170e2f36e69bd50d577.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра  quot;Вес лые кузнечики quot;. Ф98388</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;Весёлые кузнечики&amp;quot;</t>
   </si>
   <si>
     <t>413545</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/160/16000f22ee3ed90be110362647ffc7bc.jpeg</t>
-[...27 lines deleted...]
-    <t>421080</t>
+    <t>http://anytos.ru//upload/iblock/b91/b916e000a553ce904cd848d3a71297a9/04d0b6e08296030a5eccebbed8f6ddde.jpg</t>
+  </si>
+  <si>
+    <t>Электровикторина   quot;Все обо всем quot;. 03642</t>
+  </si>
+  <si>
+    <t>Электровикторина&amp;nbsp;&amp;nbsp;&amp;quot;Все обо всем&amp;quot;</t>
+  </si>
+  <si>
+    <t>430650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c2/sxgg6kjfobnb49nh2rwoikaaducboz9p.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра Bondibon  quot;НА ПАМЯТЬ quot;, арт.999-402 м.</t>
   </si>
   <si>
     <t>Следите за тем, в каком порядке загораются кнопки, а затем  правильно повторите последовательность загоравшихся цветов! Отличная игра, тренирующая  память. В комплекте 2 батарейки АА.</t>
   </si>
   <si>
     <t>469937</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a63/d81qfxjh445qdhftsye0ficg0tarax1p.jpg</t>
-[...41 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/253/253e7429554c631255c70731ecc2952b/bb28345086e1c758a577abd033f1a08a.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Дом.Вес лая викторина  quot;- настольная игра BONDIBON</t>
   </si>
   <si>
     <t>&amp;quot;Дом.Весёлая викторина &amp;quot;- настольная игра BONDIBON</t>
   </si>
   <si>
     <t>577399</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/871/87154712549613db778e1edafa88532d/6f9b730671d3e2f879ff2893393a6cc3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ВЕСЕЛЫЙ ЗООПАРК </t>
   </si>
   <si>
     <t>Игра-викторина Умная Сова «ВЕСЕЛЫЙ ЗООПАРК»</t>
   </si>
   <si>
     <t>577400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db2/db2b017b18dc54e8e7b83c2f9a8067e2/fd99423f3cf5fab6935833cdc67372b4.jpg</t>
@@ -1547,192 +1558,176 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0f3/0f397356fa316612763415704534a676/5abf451ab39d25467fae9bf45dd82076.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ПРОФЕССИИ И СПЕЦИАЛЬНОСТИ </t>
   </si>
   <si>
     <t>Игра-викторина Умная Сова «ПРОФЕССИИ И СПЕЦИАЛЬНОСТИ»</t>
   </si>
   <si>
     <t>577402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98f/98fa73adb545e7b99e08149f53064e81/93da4fe269fcf7e4343e262b39c353d2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  УЧИМСЯ СЧИТАТЬ </t>
   </si>
   <si>
     <t>Игра-викторина Умная Сова «УЧИМСЯ СЧИТАТЬ»</t>
   </si>
   <si>
     <t>577403</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3d9/3d9375dd87cd90bdbf6421aa635ef3d5/9f409054e4120b6753756add7c680964.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Bondibon  quot;Злюка змеюка quot;, ВОХ 26,2х26,2х11 см, арт.007-103</t>
+  </si>
+  <si>
+    <t>Настольная игра Bondibon &amp;quot;Злюка змеюка&amp;quot;, ВОХ 26,2х26,2х11 см, арт.007-103</t>
+  </si>
+  <si>
+    <t>577890</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fbc/fbc635a5c1a3fffca2636d2b95553e6f/a7d30a83cd8823d2b6dfa00ccddd0f4b.jpg</t>
   </si>
   <si>
     <t>Настольная игра BONDIBON  quot;ЗУБАСТЫЙ КРОКОДИЛ quot;</t>
   </si>
   <si>
     <t>Настольная игра BONDIBON &amp;quot;ЗУБАСТЫЙ КРОКОДИЛ&amp;quot;</t>
   </si>
   <si>
     <t>577892</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1b3/1b3da9e5dcb30637321ba4ebb1ab9969/668ec9c6189ee7406081601c081150fa.jpg</t>
+  </si>
+  <si>
+    <t>Лото пластик  quot;Счет quot;</t>
+  </si>
+  <si>
+    <t>Лото для развития навыков счёта и классификации объектов. Состав игры: игровые поля &amp;#40;14,5 х 21,5 см&amp;#41; – 6 шт., прозрачные карточки с цифрами &amp;#40;6,5 х 6,5 см&amp;#41; – 35 шт. Материалы: картон, пластмасса. Для детей от 3 лет, от 1 до 6 человек. В каждой из 6 ячеек игрового поля изображены различные объекты – животные или абстракции – от 1 до 10 штук. Необходимо правильно подобрать прозрачные карточки с цифрами с картинками на игровом поле.</t>
+  </si>
+  <si>
+    <t>579418</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/49d/49db01eaba161c1f032d37f5bc902ea8/22107c22cce08dbf7f5c46676041ba76.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Свинтус Правила Этикета  новая версия  1059</t>
+  </si>
+  <si>
+    <t>Настольная игра Свинтус Правила Этикета &amp;#40;новая версия&amp;#41; 1059</t>
+  </si>
+  <si>
+    <t>584271</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hobby-world/"&gt;Hobby World&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/562/562258ba59543c12bee44c9ea1071873/7e99fbb486aa45cde0a44a1f29ac52d2.jpg</t>
   </si>
   <si>
     <t>Игра настольная. Поделим</t>
   </si>
   <si>
     <t>Простая и динамичная игра, в ходе которой игроки пытаются собрать самую выгодную комбинацию карт. В колоде карты от 1 до 10, а главное их кол-во равно номиналу. В игре одна единица, две двойки ... десять десяток и пятнадцать Джокеров, чтобы добавить непредсказуемости каждой партии.Игроки по очереди становятся ведущим и могут по-своему делить ряд из 7 или 9 карт на 3 части, за которые потом будут голосовать все участники. Игрокам достанутся карты только той части, за которую они голосовали единолично, поэтому продвинуться вперед самому или сдержать прогресс соперника - актуальный вопрос каждого раунда. Так мало правил и компонентов в миниатюрной коробочке, но процесса вложено достаточно, чтобы испытать неподдельный азарт и море эмоций!</t>
   </si>
   <si>
     <t>596746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec7/ec7640c7111e0e80f8b0b387fbc1f64f/2593e98bea778e5e5bef1dbe486342a0.jpg</t>
   </si>
   <si>
     <t>Игра настольная. Карусель</t>
   </si>
   <si>
     <t>Простая, быстрая и очень веселая игра для всей семьи! Прокатись на чудо карусели вместе с забавными животными! В начале игры всем участникам раздаются карты, от которых нужно как можно быстрее избавиться, чтобы победить.Выкладывайте карты, попадая в&amp;nbsp;&amp;nbsp;цвет, или с одинаковой картинкой. И не забывайте о спецкартах - главной изюминке игры. С ними вам предстоит петь, кружиться, менять правила и многое другое, чтобы быстрее одержать победу!</t>
   </si>
   <si>
     <t>596747</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/13b/13b397873a8d575b37c4ce58556ef735/cbbd045d88711ee5eb342a1dc9317392.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/431/4314101906d63757dfe42fd75668e45b/7fc6d394803cd7c574c23f6e0544fc1f.jpg</t>
   </si>
   <si>
     <t>Игра настольная. Мемонстрики</t>
   </si>
   <si>
     <t>Яркая детская игра, в которой игроки растят своего монстрика. Всего их пять. Каждый участник выбирает себе подопечного. Игроки по очереди открывают плитки частей монстриков и пробуют собрать своего. Недостаточно найти подходящую плитку, важно правильно соединить монстрика, ведь они непоседливы и вертятся на плитках в разные стороны. Кто первым сможет правильно собрать монстрика, тот и победил! В игре Мемонстрики не так много зависит от удачи. Игроки следят какие плитки открывают соперники, а в свой ход, пробуют варианты присоединения частей монстрика.Если подвернулись бонусные плитки, используйте их свойства грамотно! Гляделка - позволит скрытно от соперников подсмотреть одну плитку. Ураган - перемешает плитки на столе и другие игроки забудут, где нужные им части. Пицца - любимая еда монстриков, даст вам дополнительные силы в этом раунде. Сонное зелье - позволит передохнуть и посмотреть красочные сны. Проведите время с детьми весело и полезно за настольной игрой Мемонстрики! Ведь автор игры Юрий Гурин, посвятил более 30 лет жизни обучению детей в различных игровых формах.</t>
   </si>
   <si>
     <t>596749</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a2/8a2197ad5d81099468b58328feb60eed/2bd52f3db019ec7236e22e8c355136ba.jpg</t>
-[...32 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ebd/ebdd973891e6a1dd2a96b0f59d48831b/bac3af6eef2a9ef93b2598fe8e8f8801.jpg</t>
   </si>
   <si>
     <t>МОЙ ПЕРВЫЙ ПУТЕВОДИТЕЛЬ. Страны Азии - игра-викторина серии Умная сова</t>
   </si>
   <si>
     <t>609265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9cb/9cb8115c2221b09bad41bb8deb7008df/baed08d06ec5860a1fa92633bba858ce.jpg</t>
   </si>
   <si>
     <t>МОЙ ПЕРВЫЙ ПУТЕВОДИТЕЛЬ. Страны Европы - игра-викторина серии Умная Сова</t>
   </si>
   <si>
     <t>609266</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/437/0skka4rdl58uxevkr7b3qmc12fstqk83.jpg</t>
-[...8 lines deleted...]
-    <t>616958</t>
+    <t>http://anytos.ru//upload/iblock/b37/3i5zlq72hf7ry0ezj30yi4zy3ztdw4qg.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная  quot;БАШНЯ quot;, 48 деревянных блоков, ЗОЛОТАЯ СКАЗКА, 662294</t>
+  </si>
+  <si>
+    <t>Настольная игра ЗОЛОТАЯ СКАЗКА &amp;quot;Башня&amp;quot; - хороший способ весело и интересно провести время в кругу семьи или друзей. Подходит как для семейных вечеров, так и для больших и шумных компаний. Настольная игра включает в себя 48 деревянных неокрашенных брусков размером 75х25х15 мм. Бруски гладкие и ровные, со скруглёнными углами.Суть игры проста: из одинаковых брусков необходимо построить башню, используя по 3 бруска в каждом ряду. Из основания башни игрокам предстоит по очереди вытаскивать по 1 бруску и перемещать их на верх башни так, чтобы она устояла. Игрок, в чей ход башня упадёт, проиграл. Выигрывает тот, кто последним поставил брусок, не обрушив башню.Игра способствует развитию мелкой моторики, координации и пространственного мышления. Не требует никаких дополнительных знаний и навыков.Испытай свою ловкость с настольной игрой &amp;quot;Башня&amp;quot;!</t>
+  </si>
+  <si>
+    <t>617020</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolotaja-skazka/"&gt;ЗОЛОТАЯ СКАЗКА&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b37/3i5zlq72hf7ry0ezj30yi4zy3ztdw4qg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c3a/c3a4e9492bd333624fc23fbc1b2a1c94.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ЛЮБИМЫЕ СКАЗКИ 1 </t>
   </si>
   <si>
     <t>Серия Викторин Умная Сова – лучший способ привить детям интерес к знаниям и расширить их кругозор. В комплект входят: 32 двусторонние карточки из твердого картона, рулетка, песочные часы. Умная Сова – викторина, которая учит логически мыслить и способствует развитию зрительной памяти, скорости мышления, усидчивости, внимательности и наблюдательности. Игра может быть скорректирована в зависимости от возраста ребенка: например, можно разобрать карточку вместе с ребенком или, прочитав вопросы, вместе найти ответы на них. Данная игра разработана на базе авторской методики обучения, предполагающей новую форму подачи материала и способствующей усвоению новых для ребёнка знаний. Сочетание лёгких и сложных вопросов не даст вашему ребёнку устать.</t>
   </si>
   <si>
     <t>617448</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff8/ff8ecea3f0ebb23007d459dfa0295813.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ЛЮБИМЫЕ СКАЗКИ 2 </t>
   </si>
   <si>
     <t>617449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99e/99ee07feac14fda90e5f46d61f97509f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ЛЮБИМЫЕ СКАЗКИ 3 </t>
@@ -1842,123 +1837,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/92c/t18jrldjhfv3ih6roptn3r5508f41n2o.jpg</t>
   </si>
   <si>
     <t>Настольная игра ЛОТО И ВИКТОРИНА  quot;СЪЕДОБНОЕ-НЕСЪЕДОБНОЕ quot; 4 в 1 Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>ЛОТО И ВИКТОРИНА &amp;quot;СЪЕДОБНОЕ-НЕСЪЕДОБНОЕ&amp;quot; уникальная игра серии &amp;quot;Играй Думай Учись&amp;quot; &amp;#40;ИДУ&amp;#41; от Bondibon способствует развитию внимания, речи и логического мышления, увеличению словарного запаса, формированию бытовых навыков. Авторская разработка. Цель игры: разделить предметы на съедобные и несъедобные, верно распределить их на соответствующих игровых картах. Помоги маме навести порядок и разложи все вещи по местам. Одежду положи в шкаф, а продукты — в холодильник. Объясни,&amp;nbsp;&amp;nbsp;почему холодильник и шкаф одинаково важны и какую пользу приносят людям. В комплекте игры: 2 двусторонние игровые карточки из твердого высококачественного картона, на лицевой стороне которых изображены холодильник и шкаф, на обороте - вопросы викторины; 32 карточки-фишки, тканевый мешочек, с которым игру удобно взять с собой в гости или в путешествие. Возраст 1,5&amp;#43; КОЛИЧЕСТВО ИГРОКОВ: 1-4</t>
   </si>
   <si>
     <t>646919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07a/48htb2pk16123wm3qvhxwjnf9jt6uvkc.jpg</t>
   </si>
   <si>
     <t>Настольная игра ДОМИНО  quot;5 ЧУВСТВ quot; на ассоциации Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Настольная игра ДОМИНО &amp;quot;5 ЧУВСТВ&amp;quot; на ассоциации серии &amp;quot;Играй Думай Учись&amp;quot; &amp;#40;ИДУ&amp;#41; от Bondibon. Авторская разработка. Необычное домино: на каждой карточке изображён какой-то предмет и один из пяти органов чувств. В игровой форме ребёнок узнает об органах чувств, учится понимать, с помощью какого из органов чувств он может получить ту или иную информацию о предмете и окружающем мире. Задача игроков — выложить из карточек-домино цепочки таким образом, чтобы органы чувств и предметы могли взаимодействовать друг с другом. Правила игры описаны в инструкции. Побеждает игрок, который выложил все свои карточки первым. Если ходов больше нет, а у игроков остались карты на руках, победителем становится игрок с наименьшим количеством карточек. В комплект игры входят 30 игровых карточек из твердого высококачественного картона, тканевый мешочек, с которым игру удобно взять с собой в гости или в путешествие. Возраст 4&amp;#43; КОЛИЧЕСТВО ИГРОКОВ: 1-4</t>
   </si>
   <si>
     <t>646920</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c56/c56b1216ec4a7c765871e0531b3100f0.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/631/631d943ba810d12cba829a2372c42b84.jpg</t>
   </si>
   <si>
     <t>Игра футбол, 70х36х8.5, коробка</t>
   </si>
   <si>
     <t>653695</t>
   </si>
   <si>
     <t>&lt;a href="/brands/veld-co/"&gt;VELD CO&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/019/019e7b9a1d13e7469b3ea66b777c13d7.jpg</t>
-[...44 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/287/2874c2063a61a4637941bb0e511d066b.jpg</t>
   </si>
   <si>
     <t>Настольная игра Bondibon Футбол, ВОХ 54x29x6см, арт. 0702</t>
   </si>
   <si>
     <t>Настольный футбол - это увлекательнейшее развлечение для всей семьи. Даже если вы не фанаты профессионального футбола, попробовав хоть один раз сыграть в настольный футбол, вы не сможете оторваться. Игра развивает координацию движений, быстроту реакции. В комплект входят две команды футболистов по шесть игроков в каждой. Фигурки управляются при помощи рычажков с рукоятками. Задача каждой из сторон - попытаться забить мяч в ворота противника, управляя фигурками футболистов. Благодаря пластиковым бортикам мяч не будет вылетать за пределы поля. Играя в такой футбол, дети будут развивать стремление и волю к победе, которые так необходимы в настоящем спорте. В комплекте: игровое поле; 2 футбольные команды по 6 игроков; 2 ворот с сеткой; мяч; 4 ножки, инструкция. Размер игрового поля: 43х25 см. 5&amp;#43;</t>
   </si>
   <si>
     <t>654134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb3/p4btrhryw5re04l7rxrvquqt5551hb44.jpg</t>
   </si>
   <si>
     <t>Настольная игра на липучках ЛОТО ТЕНЕВОЕ  quot;ЖИВОТНЫЕ quot; Играй Думай Твори Bondibon</t>
   </si>
   <si>
     <t>ТЕНЕВОЕ ЛОТО &amp;quot;ЖИВОТНЫЕ&amp;quot; серии &amp;quot;Играй Думай Твори&amp;quot; от Bondibon - это версия классического лото, адаптированная специально для малышей! В игровой форме ребенок познакомится с животными и местами их обитания, разовьет внимание, цветовосприятие, зрительную память, логику и воображение. В комплект игры входят: карты-основы из ламинированного картона- 5 шт, игровые элементы из прочного пластика - 30 шт, набор липучек. Благодаря липучкам и прочным материалам, набор является многоразовым и прослужит долго. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>654186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd0/5lf98eb24re62bj8hfozakqxacg0qpd6.jpg</t>
@@ -2002,782 +1936,193 @@
   <si>
     <t>Настольная семейная игра  quot;СТОРОЖ-БОБ Р quot;</t>
   </si>
   <si>
     <t>Настольная семейная игра &amp;quot;СТОРОЖ-БОБЁР&amp;quot;</t>
   </si>
   <si>
     <t>672317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbb/6d0saazsc264uof63ovq0gf19vezbtim.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Мой Zoo парк quot;</t>
   </si>
   <si>
     <t>&amp;quot;Мой Zoo парк&amp;quot; – это весёлая и добрая экономическая игра для всей семьи: от малышей до их родителей. В ней вы можете создать свой собстенный неповторимый уголок дикой природы, населить его животными со всего света, кормить и ухаживать за ними. И, конечно же, зазывать ваших друзей поглядеть на это чудо... чтобы на вырученные от продажи билетов деньги сделать ваш зоопарк еще лучше! Комплектация: Игровое поле: 1 шт.; Игровые карточки: 50 шт.; Игровые купоны: 50 шт.; Жетоны «кормление/уход»: 20 штук.; Фишки: 4 шт.; Кубик: 1 шт.; Правила игры: 1 шт.</t>
   </si>
   <si>
     <t>684241</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dream-makers/"&gt;Dream makers&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/177/2a5r7bk76bjritmv2t1pt1p94riqa3u2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c2/n1cg7fk3uxh3mijvo7b9jl8m29i4fhix.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Правда или Бомба quot;</t>
   </si>
   <si>
     <t>&amp;quot;Правда или Бомба&amp;quot; – взрывная настольная игра, которая понравится каждому! Цель игры: верно соотнести карточку правды и карточку с картинкой, и первым избавиться от всех своих карт. Кто из игроков быстрее остальных найдёт карточку с предметом, который может поместиться в кармане? А на какой картинке изображён предмет, который может быть сладким на вкус или мягким на ощупь? Выпала карточка &amp;quot;Бомба&amp;quot; — скорее сбрасывайте любую карту! Игра предлагает множество различных вариантов правил на выбор, в которых каждый найдёт себе что-то по вкусу. Игра для 2-6 игроков, в которую можно играть в любом месте и в любой компании. Игра развивает моторику, реакцию, ассоциативные навыки и дарит множество позитивных эмоций. Комплектация: Игровые карточки — 110 шт., правила игры: 1 шт. &amp;quot;Правда или Бомба&amp;quot; — быстро, просто, улётно!</t>
   </si>
   <si>
     <t>684243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f5/bm2z4nsuh99hnkpdysbvey9vzanwta59.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Кошка на стене quot;</t>
   </si>
   <si>
     <t>Кошка забралась на стену и ни в какую не хочет оттуда слазить. Задача игроков - разобрать стенку при помощи мастерков так, чтобы кошка при этом не упала. Игра&amp;nbsp;&amp;nbsp;развивает ловкость и координацию. Комплектация: Каркас: 1 шт., Стенки: 2 шт., Кирпичики – 44 шт., Мастерки – 2 шт., Фигурка кошки: 1 шт.</t>
   </si>
   <si>
     <t>684265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1bc/xwzzystov6vkcqnwldh6tz3zs1pf0jgp.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Падающая башня quot;</t>
   </si>
   <si>
     <t>Простая и весёлая игра для всей семьи. Цель игроков - аккуратно переставлять колонны в башне, так чтобы она не упала. Игра для детей от 6 лет, рассчитанная на 2-4 игрока Время игры – 20 минут.&amp;nbsp;&amp;nbsp;Комплектация: Кольца: 13 шт. Пластиковые колонны: 60 шт. Игральный кубик: 1 шт.</t>
   </si>
   <si>
     <t>684276</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74c/nbkphz10venkagmg6g20931c450j6i27.jpg</t>
-[...527 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ce/2mugh0z9o3f7qerjjukzu0hu2196gxsr.jpg</t>
   </si>
   <si>
     <t>Игра детская комнатная  quot;Коврик для детей quot;</t>
   </si>
   <si>
     <t>&amp;quot;Коврик для детей&amp;quot; – это невероятно весёлая игра для всей семьи и любой компании, в которой игроки поочерёдно ставят руки или ноги на цвета игрового коврика и пытаются удержать равновесие. Оптимальный размер коврика и удобные для восприятия детей символы сделают игру веселой и незабываемой. Игра развивает ловкость и координацию движений. Комплектация: игровое поле из ПВХ-плёнки: 1 шт., игровое поле картонное со стрелкой: 1 шт., правила игры: 1 шт.</t>
   </si>
   <si>
     <t>694773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b3e/qddfd8ahrhe9nhd8sscrqto074pwkqwj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/72a/gca67g68bydd3qfhf2puxg0j6q0oqm1w.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Вес лая вечеринка 3 в 1 quot;</t>
   </si>
   <si>
     <t>&amp;quot;Весёлая вечеринка 3 в 1&amp;quot; – набор из самых весёлых игр для яркой вечеринки! В комплект входят такие игры как &amp;quot;Мафия&amp;quot; – командная ролевая игра, повествующая о непримиримом противостоянии Мафии и Мирных жителей; &amp;quot;Фанты&amp;quot; – самые лучшие и интересные задания на смекалку, которые помогут проявить себя с новой стороны и провести время весело; &amp;quot;Кто это?&amp;quot; – увлекательная игра, в которой игроки задавая вопросы, угадывают, кто или что изображено у них на карточках. Создай незабываемую вечеринку с нашим весёлым набором! Игра развивает логическое и творческое мышление, а также дарит множество позитивных эмоций. Комплектация: Игровые карточки: 78 шт.; Правила игры: 3 шт.</t>
   </si>
   <si>
     <t>694776</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db6/jo8u5x2bmuvy22kpgx4icwjnnhsg5paa.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b84/5kti8nohv5si9x8e3d8v3lbfvpaebvyx.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Кладоискатели quot;</t>
   </si>
   <si>
     <t>Настольная игра «Кладоискатели» – настоящее приключение! Игра –&amp;nbsp;&amp;nbsp;это сборник из 12 мини-игр, объединенных одним сюжетом – поиском сокровищ. Во время приключений игрокам предстоит посетить непроходимые джунгли, затерянные острова, жаркую пустыню, дремучие леса и высокие горы. В каждой из этих местностей они должны искать сокровища. Но, чтобы заполучить их игрокам предстоит пройти по разваливающемуся прямо под ними мосту, найти дорогу в запутанном лабиринте, не упасть в пропасть, завладеть древним тотемом и т.д. Справиться со всем этим игрокам помогут полезные предметы, которые они возьмут с собой в дорогу, мачете, веревка, факел и сигнальная ракета. Удачных приключений! Комплектация: Игровое поле, поделенное на 4 местности: джунгли, острова, пустыня, лес – 1 шт., Игровое поле &amp;quot;Лабиринт&amp;quot; – 1 шт., Игровое поле &amp;quot;Мост над пропастью&amp;quot; - 1шт., Игровое поле &amp;quot;Царь горы&amp;quot; - 1 шт., Игровое поле &amp;quot;Пиратская рулетка&amp;quot; - 1 шт., Карточки с изображением индейских символов – 40 шт., Карточки опасностей – 28 шт., Карточки дополнит</t>
   </si>
   <si>
     <t>694783</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da9/6ili8zmhc47ybj2d6f4bq3rn7bcamymy.jpg</t>
-[...8 lines deleted...]
-    <t>694784</t>
+    <t>http://anytos.ru//upload/iblock/b20/klruuya96lnozv1h65j3girhp8bz4xjf.jpg</t>
+  </si>
+  <si>
+    <t>Игра детская настольная  quot;Ты кто? Вечеринка quot;</t>
+  </si>
+  <si>
+    <t>&amp;quot;Ты кто? Вечеринка&amp;quot; – весёлая игра, в которую можно играть везде! Задача игроков - задавая наводящие вопросы, первым угадать, какой уникальный персонаж изображён у него на карточке. Игра развивает ассоциативные навыки и дарит множество позитивных эмоций. Комплектация: Игровые карточки: 35 шт.; Правила игры: 1 шт.</t>
+  </si>
+  <si>
+    <t>695629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f26/hqipy9rasyfll0il2rgcidzqteb4rkf3.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Найди монстриков quot;</t>
   </si>
   <si>
     <t>Развивающая весёлая игра для детей от 6 лет для на 2-4 игроков, в которой игрокам необходимо отыскать нужных монстриков на игровом поле. В свой ход игрок берёт из колоды три карточки и кладёт их перед собой в ряд рубашками вверх. Затем карточки переворачиваются, и все игроки начинают искать на игровом поле монстриков, которые нарисованы на открытых карточках. Найди их всех! Игра развивает внимательность и реакцию. Игровые карточки: 120 шт., Игровое поле: 1 шт., Фишки игральные: 12 шт., 4. Правила игры: 1 шт.</t>
   </si>
   <si>
     <t>695631</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3b/0krdsgo1cafhx7ygo2ni3z9xistropkz.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Кто быстрее? quot;</t>
   </si>
   <si>
     <t>Новая настольная игра «Кто быстрее?» - понравится каждому! Веселая, азартная, заводная, и к тому же развивает реакцию и внимательность вашего ребенка. Но будьте уверены, она понравится даже родителям. Простые правила: всего 2 минуты и вы уже играете. Цель игры – как можно быстрее собрать 5 разноцветных шляп в порядке, указанном на игровом поле и первым ударить в звонок! Попробуйте и вы удивитесь, эта игра затянет надолго. В комплект игры входят 20 разноцветных шляп, игровое поле со стрелкой, звонок и правила игры.</t>
   </si>
   <si>
     <t>695632</t>
-  </si>
-[...10 lines deleted...]
-    <t>705883</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/188/3pj500usd9zqs077x96ui8qs2lacqnnp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра  quot;Color connect quot;  Соединить цвет </t>
   </si>
   <si>
     <t>Игра &amp;quot;Color connect&amp;quot; &amp;#40;Соединить цвет&amp;#41;.&lt;br /&gt;
  Комплектность: карты с заданиями - 24шт, цветные браслеты - 16шт &amp;#40;4 желтых, 4 синих, 4 красных, 4 зеленых&amp;#41;. Инструкция. Цель игры: выиграть своей командой наибольшее число раундов. Упаковка - картонная коробка 21*21*4,5см.</t>
   </si>
   <si>
     <t>705884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d55/692j1s2izlos1kws34fkexxhcjmxnjgz.jpg</t>
   </si>
   <si>
     <t>Игра  quot;Pong man quot;</t>
   </si>
   <si>
     <t>Игра &amp;quot;Pong man&amp;quot;. Для&amp;nbsp;&amp;nbsp;детей старше 6-ти лет.&amp;nbsp;&amp;nbsp;Для игровых целей. Слови как можно больше мячиков до того, как время выйдет! Количество игроков: 2 и более. В комплекте: стаканчики - 8 шт., ремешки - 8 шт., липучки - 8 шт., шарики - 16 шт., песочные часы, мешочек, правила игры. Материалы: пластик, текстиль.&amp;nbsp;&amp;nbsp;Упаковка - картонная коробка 27*27*7см.</t>
   </si>
   <si>
     <t>705885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40a/rvxe1fahk3dzm40fyqicfoivt3b4j8it.jpg</t>
   </si>
   <si>
     <t>Игровой набор  quot;Memory collision quot;</t>
   </si>
   <si>
     <t>Игровой набор &amp;quot;Memory collision&amp;quot;. В комплекте: пластиковый бокс &amp;#40;игровое поле&amp;#41; 21*21см для карточек, 12 карточек &amp;#40;2-х стороннии&amp;#41; = 24шт, крышечки 16шт., маркер, песочные часы. Упаковка - картонная упаковка 35*25*5,5см.</t>
   </si>
   <si>
     <t>705891</t>
-  </si>
-[...10 lines deleted...]
-    <t>705894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c7/g3ezoa4paoxvck4ecxr63n19a5ljcfdp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Настольная игра  quot;Crocodile bite quot;  Укус крокодила </t>
   </si>
   <si>
     <t>Настольная игра &amp;quot;Crocodile bite&amp;quot; &amp;#40;Укус крокодила&amp;#41;. Вариант игры № 1:&lt;br /&gt;
  1.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Распределите крокодилов поровну в соответствии с количеством игроков.&lt;br /&gt;
  2.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Каждый игрок цепляет кусающих крокодилов на себя таким образом, чтобы все остальные участники могли их видеть.&lt;br /&gt;
  3.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Участники начинают играть, используя принцип игры Камень-Ножницы-Бумага. Победитель снимает с себя одного крокодила и цепляет его на проигравшего игрока. К примеру, если в игре с 4 участниками выпадает 2 Бумаги, 1 ножницы и 1 Камень, игрок с Бумагой перевешивает одного кусающего крокодила с себя на игрока с Камнем, игрок с Камнем в свою очередь перевешивает одного крокодила на игрока с Ножницами, а игрок с Ножницами перевешивает по одному крокодилу на каждого из игроков с Бумагой.&lt;br /&gt;
  4.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Победителем становится тот игрок, кто первым избавится от всех крокодилов.&lt;br /&gt;
  Игроков 2-4. Возраст 3&amp;#43;. Упаковка- картонная коробка 27*27*5,5см.</t>
   </si>
   <si>
     <t>705896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/231/b42bpbm76jpykujrep88ftb4irpv7y3a.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Настольная игра  quot;Game match quot;  Подбери пару </t>
   </si>
   <si>
@@ -3012,185 +2357,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c10/ho736wgl0u7tdzqobdetdq3kye6cuml3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ДОСТОПРИМЕЧАТЕЛЬНОСТИ МИРА </t>
   </si>
   <si>
     <t>Увлекательная и познавательная игра-викторина серии «Умная Сова» от Бондибон познакомит Вас с главными и самыми интересными достопримечательностями разных стран. Расширить кругозор получится самым увлекательным и легким способом – через игру. Это уникальная авторская методика способствует максимальному усвоению новых знаний ребенка. Сами правила викторины – очень понятные. Нужно изучить рисунок на одной стороне карточки. Перевернуть ее. Крутануть рулетку и ответить на вопрос с выпавшим номером. Настольная игра &amp;quot;Достопримечательности мира&amp;quot; не только познавательная, но и учит логически мыслить, а также способствует развитию зрительной памяти, скорости мышления, усидчивости, внимательности и наблюдательности. Игра рассчитана на 1- 4 игрока. В комплект входят 32 двусторонние карточки, рулетка, песочные часы. Кстати, сами карточки эргономичной формы, из твердого картона, с ярким принтом – очень приятно держать в руках! Прекрасный развивающий подарок для ребенка. Возраст 7&amp;#43;</t>
   </si>
   <si>
     <t>718689</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce8/76qyonnjlq2kd40tj3mtbhn18i7cgpe9.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Фанты для малышей quot;</t>
   </si>
   <si>
     <t>В нашей версии фантов мы собрали самые лучшие и интересные задания для малышей. Игра поможет развить смекалку, актёрские навыки, дикцию, уверенность в себе и, конечно же, провести время весело! Фанты для малышей помогут родителям в проведении детского праздника. Комплектация: игровые карточки: 35 шт.; Правила игры: 1 шт.</t>
   </si>
   <si>
     <t>769673</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/545/pznkiyu4beo849qmmgcxilm2ncy5ib2y.jpg</t>
-[...133 lines deleted...]
-    <t>778411</t>
+    <t>http://anytos.ru//upload/iblock/1a0/dgjeg9x8lh1hjte3xa2kkxixqrppqugl.jpg</t>
+  </si>
+  <si>
+    <t>Аэрохоккей настольный, 52х33х9,5, коробка</t>
+  </si>
+  <si>
+    <t>Аэрохоккей настольный, 52х33х9, 5, коробка</t>
+  </si>
+  <si>
+    <t>778374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f5/ft421ts4v0odaxh55i1ng1he6pmsaxtg.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Фантазиум quot;</t>
   </si>
   <si>
     <t>Фантазиум - игра в ассоциации! Цель игры - используя воображение, придумать интересные ассоциации к иллюстрациям, изображённым на игровых карточках. Как играть: игрок выбирает одну из имеющихся у него карт и придумывает любую связанную с ней ассоциацию, остальные игроки выбирают схожие &amp;#40;по их мнению&amp;#41; с ассоциацией игрока карты, и все вместе выкладывают их на стол. Когда картинки карт открываются игроки голосуют за ту, которая им кажется наиболее подходящей. Для победы участникам игры понадобиться интуиция и фантазия. Игра развивает воображение и ассоциативные навыки. Комплектация: игровые карточки - 60 шт., игровые жетоны - 36 шт., игровое поле - 1 шт., фишки игральные - 6 шт., правила игры&amp;nbsp;&amp;nbsp;– 1 шт.</t>
   </si>
   <si>
     <t>787289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/786/lxnk7qchbye4nuz1n3yqq6063h96lfvp.jpg</t>
   </si>
   <si>
     <t>Настольная игра-викторина  quot;ОТГАДАЙ, КТО ТЫ? quot; Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Ищите, как весело и познавательно провести время всей семьей? Попробуйте игру-викторину Bondibon «Отгадай, кто ты?». Данная игра развивает логическое, аналитическое мышление, а еще способствует развитию речевых и коммуникативных навыков. Вы перемешиваете карточки, надеваете на головы специальные обручи и договариваетесь, какое время выделяется на отгадывание слов. Не глядя, Вы берете карточку и вставляете ее в обруч так, чтобы все видели слово, которое на ней написано. Ваша задача как можно скорее отгадать слово, задавая различные наводящие вопросы. Отгадывание слов – это занимательное развивающее времяпрепровождение как для детей, так и для взрослых. Игра для веселой компании! В наборе 68 карточек и 6 обручей. Игра рассчитана на игроков от 6-ти лет количеством от 2-х до 6-ти человек. Покупайте веселую развивающую игру-викторину Bondibon «Отгадай, кто ты?», думайте, анализируйте и угадывайте всей семьей</t>
   </si>
   <si>
     <t>789202</t>
   </si>
@@ -3254,272 +2474,146 @@
   <si>
     <t>794487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/324/bd4ds5yc2whrznksb4uhh0b6sr70i5j6.jpg</t>
   </si>
   <si>
     <t>Настольная семейная игра в кости 3в1 Bondibon  quot;Русские сч ты quot;</t>
   </si>
   <si>
     <t>Проводите время с ребенком весело и увлекательно с помощью развлекательной игры &amp;quot;Русские счеты&amp;quot; из серии &amp;quot;Игры в кости&amp;quot; от Bondibon! Это игра с кубиками и фишками, которая позволит ребенку увлекательно провести время и будет способствовать развитию речи, мелкой моторики и счету. В инструкции вы найдете три варианта игры с подробным описанием: &amp;quot;Чет минус нечет&amp;quot;, &amp;quot;Считай не зевай&amp;quot; и &amp;quot;99&amp;quot;. Выбирайте самый интересный вариант и проводите время с пользой. Участвовать могут от 2 игроков старше 6 лет. Игра подойдет как для детей, так и для взрослых. В комплекте: 1 кубик для жеребьевки, 6 игровых костей, 50 фишек и правила игры. Возраст: 6&amp;#43;</t>
   </si>
   <si>
     <t>794488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b73/6poinqxezhnll1oxnnpomb5wxrc5kbb5.jpg</t>
   </si>
   <si>
     <t>Аэрохоккей, 70х9,5х38,5, коробка</t>
   </si>
   <si>
     <t>797336</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/099/20sabplopdtugabhxgjiz101u8arifh1.jpg</t>
-[...94 lines deleted...]
-    <t>825005</t>
+    <t>http://anytos.ru//upload/iblock/6a4/ummjt3noz59mxunluvwrraehte5rfh2u.jpg</t>
+  </si>
+  <si>
+    <t>Игра детская настольная  quot;Угадай кто? quot;</t>
+  </si>
+  <si>
+    <t>Отличная тренировка для игры в «крестики-нолики»! Правила похожи, но есть нюанс: фигурку противника можно сделать «своей» одним лёгким движением руки – накрыв её колпачком своего цвета. Это и называется «гобблингом». Как и в традиционном Гобблете, в детской версии настольной игры победы можно добиться за счет невнимательности соперника. Любой из играющих может забыть, какая фигурка спрятана под его собственной, и тем самым успешно завершить ряд за своего оппонента. Накрытая таким образом фигурка превращается в нашу собственную фишку. В данной версии Гобблета для детей фигурки выполнены из яркого и практичного пластика. По сравнению со своим старшим братом, детская версия настольной игры проще и ярче. Игровое поле немного уменьшилось в размерах &amp;#40;всего 3 х 3 вместо 4 х 4 ячейки&amp;#41;, зато участники могут использовать фигурки в любом порядке. В данной версии фигурки и перекладины сделаны из яркого приятного и практичного пластика. В набор Гобблет для детей входит: 6 голубых и 6 оранжевых фигурок &amp;#40;по 2 большие, 2 сре</t>
+  </si>
+  <si>
+    <t>798242</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/maya-toys/"&gt;Maya Toys&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/448/y8n0m1nc8rbqz0wwiun2xb1ps72b1ac7.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная Бильярд, 43х3х25, коробка</t>
+  </si>
+  <si>
+    <t>799512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6a/26f6bu8enxk8co4dxs2ckuv6zjac0941.jpg</t>
+  </si>
+  <si>
+    <t>Викторина Верю не верю Безумные эксперименты</t>
+  </si>
+  <si>
+    <t>826326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e3/c908qgrx34ywysppwaxoze5m75o44s1c.jpg</t>
   </si>
   <si>
     <t>Лото пластмассовое Азбука</t>
   </si>
   <si>
     <t>827138</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3c/u2spzqa24wzpsem54cheusaftalrjfrd.jpg</t>
   </si>
   <si>
     <t>Лото пластмассовое Овощи, фрукты</t>
   </si>
   <si>
     <t>827139</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6ea/i40miyef2qjarg79nmce38agld6k8hxh.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c1c/ssfcnv2cct49p0crm2rk7vddo4ze0w7f.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Вес лый Грустный Злой quot;</t>
   </si>
   <si>
     <t>Веселый грустный злой? Кого показываешь ты? Динамичная игра, способствующая развитию эмоционального интеллекта, артистизма и коммуникативности. Цель игры: показать эмоцию персонажа из карточки так, чтобы другие игроки смогли найти его на игровом поле. Яркие и мягкие куклы помогут вам в этом. Откройте для себя игру эмоций! Комплектация: Игровое поле: 1 шт.; Куклы-эмоции &amp;#40;двухсторонние&amp;#41;: 3 шт.; Игровые карточки: 50 шт.; Правила игры: 1 шт.;</t>
   </si>
   <si>
     <t>830068</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f11/ei27wxeve28ya1cm5ka57glcc42qkdty.jpg</t>
-[...38 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c1/p2kkyhto53fswpllfz01s7r9dkev3y0u.jpg</t>
   </si>
   <si>
     <t>Настольная игра Супер фанты 600 заданий</t>
   </si>
   <si>
     <t>838446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/131/bi641rkdmxhlj0hxxts1dhfwl5uo15fi.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Магнитные игры BONDIBON, Шахматы  32 магнита </t>
   </si>
   <si>
     <t>Магнитная игра «Шахматы» Bondibon – это знаменитая классическая игра в новом исполнении. Играй Думай Учись – это серия игр, которые были разработаны специалистами в области психологии и педагогики с целью развития когнитивных навыков у детей. Игра в шахматы стимулирует тренировку логики, памяти и концентрации внимания, а компактный размер и магнитные детали позволяют брать игру с собой куда бы Вы не направлялись. В комплекте: набор красочных магнитов и магнитная доска. Рекомендуемый возраст 6&amp;#43;. Познакомьте ребенка с обучающей магнитной игрой «Шахматы» Bondibon, развивайте важные навыки и проводите время с пользой.</t>
   </si>
   <si>
     <t>839354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/664/nxiaiz1a510hswz3d0t3722py2cpepdz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ДОСТОПРИМЕЧАТЕЛЬНОСТИ РОССИИ </t>
   </si>
   <si>
     <t>Узнавайте достопримечательности России и интересные факты о них в игровой форме с игрой-викториной &amp;quot;ДОСТОПРИМЕЧАТЕЛЬНОСТИ РОССИИ&amp;quot; Умная сова Bondibon. Умная Сова – это серия, которая расширяет кругозор, прививает интерес к познанию и развивает логику, память, скорость мышления, усидчивость, внимательность и наблюдательность. Новая информация усваивается ребенком уже пока он просто читает карточку. Это авторская разработка, предполагающая новую форму подачи материала и его усвоения. Берете карточку, раскручиваете рулетку, и отвечаете на вопрос, который выпал. Ответы изображены на обратной стороне. При правильном ответе игрок получает карточку. 10 карточек -и Вы победили. В комплекте: 32 двусторонние карточки из твердого картона, рулетка и песочные часы. Количество игроков до 4-х человек возрастом 7&amp;#43;. В игре несколько уровней сложности, что делает игру еще интереснее. Учитесь легко и с удовольствием вместе с игрой-викториной &amp;quot;ДОСТОПРИМЕЧАТЕЛЬНОСТИ РОССИИ&amp;quot; Умная сова Bondibon</t>
   </si>
   <si>
     <t>839355</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c3a/1qwcohgfnq5es0okdobfdaqsaviaj2h7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b54/1qz33lb3cbzjqflbg43bqr7h3hp940z0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ИЗУЧАЕМ ТРАНСПОРТ </t>
   </si>
   <si>
     <t>Развивать словарный запас и кругозор ребенка с помощью красочных карточек – это авторская методика обучения серии «Умная сова» от Bondibon.&amp;nbsp;&amp;nbsp;Викторины прививают интерес к познанию, учат логически мыслить и тренирует зрительную память и внимательность. В игре &amp;quot;ИЗУЧАЕМ ТРАНСПОРТ&amp;quot; ребенок познакомится с видами транспорта: водного, наземного, воздушного; личного, пассажирского и грузового, а также транспорта специального назначения. Покажите ребенку изображения карточек, расскажите, что на них изображено, попросите ответить на вопросы. Правила игры предусматривают 3 уровня сложности: на стартовом и базовом уровне игра является материалом для наглядного изучения темы «ТРАНСПОРТ» детьми 3-х и 4-5 лет соответственно, продвинутый уровень – интересная викторина – подойдет для 1-4 игроков в возрасте 6&amp;#43; лет. В комплекте: 32 двусторонние карточки из твердого картона, рулетка и песочные часы. Изучайте транспорт и учитесь новому легко вместе с игрой-викториной &amp;quot;ИЗУЧАЕМ ТРАНСПОРТ&amp;quot; от Bondibon.</t>
   </si>
   <si>
     <t>839357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8f/8owe610au2i5v2higm6bm530cw4j8iv4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  МНЕ НЕКОГДА СКУЧАТЬ </t>
   </si>
   <si>
     <t>Игра-викторина &amp;quot;МНЕ НЕКОГДА СКУЧАТЬ&amp;quot; Умная сова Bondibon – это игра, которая в игровой форме расширяет кругозор и прививает интерес к познанию. Викторина учит логически мыслить и развивает зрительную память, скорость мышления, усидчивость, внимательность и наблюдательность. Новая информация усваивается ребенком уже пока он читает карточку. Игра расширяет знания детей об интересных и полезных занятиях, наполняющих жизнь ценными знаниями и новыми впечатлениями. Берете карточку, раскручиваете рулетку, и отвечаете на вопрос, который выпал. Ответы изображены на обратной стороне. Соберите первые 10 карточек и становитесь победителем. В комплекте: 32 двусторонние карточки из твердого картона, рулетка и песочные часы. Количество игроков до 4-х человек возрастом 4&amp;#43;. В игре несколько уровней сложности, что позволяет развиваться в темпе развития ребенка. Учитесь легко и с удовольствием вместе с игрой-викториной &amp;quot;МНЕ НЕКОГДА СКУЧАТЬ&amp;quot; Умная сова Bondibon.</t>
   </si>
   <si>
     <t>839358</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c0/6jlczeh7870sati423k4j1n4vg5jqonm.jpg</t>
@@ -3584,248 +2678,203 @@
   <si>
     <t>http://anytos.ru//upload/iblock/209/5neq5cdeyd2ugy932z4nyfaijtios55h.jpg</t>
   </si>
   <si>
     <t>Настольная игра квест  quot;Экзопланета quot; Bondibon</t>
   </si>
   <si>
     <t>Экзопланета — это планета за пределами нашей Солнечной системы! Именно с такой далекой планеты прибыли пришельцы, которые потерпели кораблекрушение на Земле. Всем любителям космоса и летающих тарелок будет интересно и познавательно. В процессе весёлого квеста развиваются логика, внимания и коммуникативные способности. Подготовку к игре надо провести родителям в тайне от участников. Воспользуйтесь инструкцией, разложите все задания в указанные потайные места и начинайте&amp;nbsp;&amp;nbsp;приключения! В квесте 10 заданий с интересными ребусами, кроссвордами, головоломками и даже изучением инопланетянского языка. В процессе игры дети получат некоторые призы. Если хотите, можете дополнить финал своими подарками. В комплекте инструкция для родителей, письмо детям, 10 карт с заданиями, диск с инопланетным алфавитом, блок для раскопок, межгалактический паспорт, трафарет, жетоны, карандаши, пазл, наклейки со штампами. Дополнительно понадобятся: ручка, ножницы, губка, газета. Кол-во игроков 1-3. Возраст 6&amp;#43;</t>
   </si>
   <si>
     <t>839390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/adc/yzt1unvd82dmzi27z76wzhvyp1mn6z4t.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Обучающие игры Bondibon  ЮНЫЙ КОНСТРУКТОР </t>
   </si>
   <si>
     <t>Яркие краски для юных инженеров! Уникальный детский конструктор – настольная игра от Bondibon совмещает в себе правила, задания и индивидуальные постройки без ограничения фантазии. Несколько уровней сложности обучающей игры помогают поэтапно развивать логическое и пространственное мышление, повышают концентрацию внимания. Правила очень понятны. Вставьте колышки в отверстия мягкого коврика, повторяя комбинации на карточках. Карточки делятся по цветам на 4 уровня сложности. Синий с простыми заданиями – для начинающих. Розовый – посложнее, для тех, кто уже знает правила. Желтый – для самых изобретательных. А фиолетовый - для гениев с заданиями посложнее. Также можно создавать собственные конструкции. В комплекте: мягкий коврик с отверстиями, 25 разноцветных колышков и 18 двусторонних карточек с заданиями. Игра для 1 игрока и множества наблюдателей. Возраст 3&amp;#43; Подарите ребенку «ЮНЫЙ КОНСТРУКТОР» из серии «Обучающие Игры» и растите талантливых и увлеченных специалистов с детства!</t>
   </si>
   <si>
     <t>839391</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/406/dthgy8bnlhv4h0337twt2tlw1ncebzez.jpg</t>
+  </si>
+  <si>
+    <t>Игра детская настольная  quot;Мафия  для детей quot;</t>
+  </si>
+  <si>
+    <t>&amp;quot;Мафия для детей&amp;quot; – командная детективная игра, в которой игроки берут на себя роли Мирных жителей и Мафии. Подходит для всех возрастов! Задача Мафии - под покровом ночи вывести из игры всех мирных жителей. Задача Мирных жителей - найти и вывести из игры Мафию днём. Мирные жители не знают точно, кто из остальных игроков являются Мафией, и только активное взаимодействие между игроками позволит определить – кто есть кто? Яркие персонажи сделают вашу игру еще веселее! Игра развивает логические и дедуктивные навыки, а также навыки общения и импровизации. Игра предназначена для 5-20 игроков и прекрасно подойдёт для организации праздника. Комплектация: Игровые карточки: 25 шт.; Правила игры: 1 шт.</t>
+  </si>
+  <si>
+    <t>839991</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/89d/jphlvre3459s19z6x8ms5br1w1tswrh6.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;С полуслова quot;</t>
   </si>
   <si>
     <t>&amp;quot;С полуслова&amp;quot; - весёлая настольная игра, в которой вам необходимо отгадать как можно больше слов из карточек за 60 секунд! Объясняйте слова любыми возможными способами, кроме однокоренных слов. Для удобства слова разбиты на 2 группы: простые и не очень. В наборе игры вы найдёте песочные часы для засекания времени и 1200 слов, разбитых на 2 группы: просты и не очень - выбирайте удобный для себя вариант. Это одна из самых популярных и незаменимых настольных игр предназначена для 2-8 игроков. Играйте там, где удобно: в любом месте и в любой компании. Игра развивает логическое мышление, ассоциативные навыки и навыки общения. Комплектация: игровые карточки: 75 шт.; Правила игры: 1 шт.; Песочные часы: 1 шт.; Блокнот для очков: 1 шт.</t>
   </si>
   <si>
     <t>839992</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f48/yr4teqm2gs09uz6y76u46c6mkks1vp6q.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7a3/elx11awge84nwhso3qihx9igpzzhmb50.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Кто есть кто. Cards quot;</t>
   </si>
   <si>
     <t>«Кто есть кто. Cards» – это весёлая игра для дружной компании, в которую можно играть везде: на детском празднике, дружеской встрече и в дальней дороге. Задача игрока – задавая вопросы, первыми угадать, кто или что изображено у него на карточке. Игра для детей от 6 лет, рассчитанная на 2-6 игроков. Игра развивает логическое мышление и навыки общения. Комплектация: игровые карточки – 30 шт., правила игры – 1 шт.</t>
   </si>
   <si>
     <t>843230</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a67/hblel88yyu20z3a0gmrfomp79h6win28.jpg</t>
+  </si>
+  <si>
+    <t>Викторина будущего первоклассника. Скоро в школу Арифметика</t>
+  </si>
+  <si>
+    <t>Викторина будущего первоклассника. Скоро в школу Арифметика. Изготовлено из картона</t>
+  </si>
+  <si>
+    <t>843715</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1cf/0nj9ngf7fyfxs2xe4mnz0gykrn6fqind.jpg</t>
   </si>
   <si>
     <t>Игра Твистер для детей, поле 120 180 см.</t>
   </si>
   <si>
     <t>Игра Твистер для детей, поле 120*180 см.</t>
   </si>
   <si>
     <t>843862</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d7d/jl5f3iw312uqpiuninkykcrz08lbc18g.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Футбол большой</t>
+  </si>
+  <si>
+    <t>Настольная игра Футбол большой. Изготовлено из дерева</t>
+  </si>
+  <si>
+    <t>844044</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pk-lider/"&gt;ПК Лидер&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/769/p8i4kigx0ofdnqotz0pk9en8mzhuuclv.jpg</t>
   </si>
   <si>
     <t>Игра настольная ТРИ СОВЫ  quot;Морской бой quot;, пластик, картонная коробка</t>
   </si>
   <si>
     <t>Настольная игра для детей и взрослых.&amp;nbsp;&amp;nbsp;Соперничают два игрока. Они берут по одному игровому набору, садятся так, чтобы не видеть поле противника, и готовятся к сражению. Внимание! Расположенные на игровом поле корабли не должны соприкасаться, то есть минимальное расстояние между ними - одна клетка. Переставлять свои корабли после начала игры категорически запрещено. После того как корабли расставлены, можно начинать. Стрельбу ведут по очереди: &amp;quot;Промах&amp;quot; - игрок не попал в корабль, переход хода. &amp;quot;Ранил&amp;quot; - попал в корабль, но не уничтожил. Игрок продолжает стрелять до &amp;quot;промаха&amp;quot;. &amp;quot;Потопил&amp;quot; - корабль уничтожен. Игрок&amp;nbsp;&amp;nbsp;продолжает стрелять до &amp;quot;промаха&amp;quot;. Победителем считается тот игрок, который потопил все корабли противника. Комплект игры состоит из 2-х игровых наборов в каждый из которых входят: - Игровое поле с экраном - 1 шт, - Авианосец - 1 шт, - Крейсер - 1 шт,&amp;nbsp;&amp;nbsp;- Подлодка - 1 шт, - Эсминец - 3 шт, - Торпедный катер - 4 шт, - Белые фишки - 150 шт, - Красные фишки - 40 шт. Желаем Вам интересной игры!</t>
   </si>
   <si>
     <t>844993</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/173/0d6nyq34mks7xgdr212nnkg8gt954y0n.jpg</t>
   </si>
   <si>
     <t>Игра настольная ТРИ СОВЫ  quot;Танковый бой quot;, пластик, картонная коробка</t>
   </si>
   <si>
     <t>Настольная игра для детей и взрослых.&amp;nbsp;&amp;nbsp;Соперничают два игрока. Они берут по одному игровому набору, садятся так, чтобы не видеть поле противника, и готовятся к сражению. Внимание! Расположенные на игровом поле танки не должны соприкасаться, то есть минимальное расстояние между ними - одна клетка. Переставлять свои танки после начала игры категорически запрещено. После того как танки расставлены, можно начинать. Стрельбу ведут по очереди: &amp;quot;Промах&amp;quot; - игрок не попал в танк, переход хода. &amp;quot;Ранил&amp;quot; - попал в танк, но не уничтожил. Игрок продолжает стрелять до &amp;quot;промаха&amp;quot;. &amp;quot;Подбил&amp;quot; - танк уничтожен. Игрок&amp;nbsp;&amp;nbsp;продолжает стрелять до &amp;quot;промаха&amp;quot;. Победителем считается тот игрок, который потопил все танки противника. Комплект игры состоит из 2-х игровых наборов в каждый из которых входят: - Игровое поле с экраном - 1 шт, - Тяжелый танк - 1 шт, - Средний танк - 2 шт,&amp;nbsp;&amp;nbsp;- БТР - 3 шт, - Бронемашина - 4 шт, - Белые фишки - 150 шт, - Красные фишки - 40 шт.&amp;nbsp;&amp;nbsp;Желаем Вам интересной игры!</t>
   </si>
   <si>
     <t>844994</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da8/3fnajsxy2x0pnz5b3pf5mfr8l45o90zc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f7/wsl0d3z68xqb1krpi2w5hc93suat1dg3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  НОВОГОДНЯЯ ВИКТОРИНА </t>
   </si>
   <si>
     <t>Возраст 4&amp;#43;. В комплект входят: 32 двусторонние карточки, рулетка, песочные часы. Новогодняя «Умная Сова» - викторина, которая учит логически мыслить и способствует развитию зрительной памяти, скорости мышления, внимательности и наблюдательности. Вопросы сформулированы таким образом, что ребёнок усвоит информацию в игровой форме.</t>
   </si>
   <si>
     <t>848437</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/84d/k8qj6s81ncnjs8siwkwh9nigd6ux0bkd.jpg</t>
   </si>
   <si>
     <t>Игра настольная  quot;Букводел quot;, игровое поле, 80 пластиковых фишек, инструкция, РЫЖИЙ КОТ, ИН-1798</t>
   </si>
   <si>
     <t>Настольная игра &amp;quot;Словодел&amp;quot; — отличный способ приятно провести время, а заодно расширить свой словарный запас. Увлекательная игра в слова. Развивает эрудицию. Прекрасная возможность устроить &amp;quot;зарядку для мозгов&amp;quot;. Цель игроков — создание кроссворда из слов таким образом, чтобы набрать наибольшее количество очков. Игроки по очереди выкладывают игровые фишки с буквами на поле, составляя слова. Тот из них, кто набрал больше всего очков, побеждает в игре. В игре могут принимать участие от 2 до 4 игроков в возрасте от 6 лет.В комплект входят: 80 фишек, наклейки для поля &amp;#40;70 штук&amp;#41;, инструкция.</t>
   </si>
   <si>
     <t>850914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3a/r6egqdm2xx673w62qoxsjr1lqtt5zu07.jpg</t>
   </si>
   <si>
     <t>Игра настольная  quot;Морской бой quot;, игровое поле 2 шт., фишки, фигурки кораблей, РЫЖИЙ КОТ, ИН-1760</t>
   </si>
   <si>
     <t>Устройте морское сражение прямо у себя дома! Морской бой - это самая популярная настольная игра для всей семьи! Настольная игра развивает логику, внимание, усидчивость, аккуратность, память, тактические и стратегические навыки. Традиционная настольная игра для всей семьи теперь в новом исполнении! Двум капитанам предстоит сразиться на безбрежной глади океана. Тот, кто быстрее изловчится потопить корабли противника, победит в этой схватке!Удобный и компактный размер позволит взять с собой любимую игру в дорогу. Все элементы изделия изготовлены из гипоаллергенного и безопасного пластика для детей.В комплект входят: - игровое поле с экраном 2 шт.;- 20 кораблей - авианосец 2 шт., субмарина 2 шт., линкор 2 шт., эсминец 6 шт., катер 8 шт., - красные фишки 80 шт., - белые фишки 240 шт.Игра предназначена для 2-х игроков в возрасте от 6 лет. Произведено в России.</t>
   </si>
   <si>
     <t>850915</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ryzhij-kot/"&gt;Рыжий кот&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f5c/6bj565adkxf44m201mo537g6thp5038q.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cb9/frfvdo13qb07tay0nrojwzsqqnbrwacu.jpg</t>
   </si>
   <si>
     <t>Шашки ТРИ СОВЫ деревянные с деревянной доской 29 29см.</t>
   </si>
   <si>
     <t>Шашки — игра для двух игроков специальными фишками &amp;#40;шашками&amp;#41; на доске, подобной шахматной, при этом шашки делятся на простые и дамки. Цель игры — уничтожить все шашки противника или лишить их возможности хода &amp;#40;«запереть»&amp;#41;. Существуют различные варианты игры, отличающиеся размерами игральной доски и начальным расположением шашек на ней, правилами ходов простых шашек и дамок, а также правилами взятия шашек соперника. В комплект входят: - 2 комплекта деревянных фишек из дерева &amp;#40;12 темных и 12 светлых&amp;#41;. - деревянная доска 29*29см Размеры деревянных фишек - 10мм*d25мм. Размер доски в разложенном виде 290*290*20 мм. Размер клетки 35*35мм.</t>
   </si>
   <si>
     <t>855184</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f9/qq8a2jnr4doicryv7i5q3akfg8hjqzji.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/73a/4q6psjl59e6nqok69qa6zzqlrtqduh3j.jpg</t>
   </si>
   <si>
     <t>Шахматы классические обиходные, деревянные, лакированные, доска 29х29 см, ЗОЛОТАЯ СКАЗКА, 664669</t>
   </si>
   <si>
     <t>Шахматы классические деревянные ЗОЛОТАЯ СКАЗКА развивают внимательность, мышление, смекалку и мелкую моторику рук, а также помогают с интересом провести время. Идеальный набор для интеллектуального времяпрепровождения. В набор входят:• Раскладная доска для игры в шахматы:- размеры 29х29 см, в собранном виде 29х14,5 см;- размер клеток 4,6х4,6 см.• Шахматные фигуры из хвойных и лиственных пород дерева &amp;#40;32 штуки&amp;#41;, 16 светлых и 16 темных, защитное лаковое покрытие.Размеры шахматных фигур:- основа диаметром 2,5 см; - высота от 4 &amp;#40;пешки&amp;#41; до 7 &amp;#40;король&amp;#41; см.Фигуры изготовлены на специализированном деревообрабатывающем автоматизированном оборудовании.Играть в шахматы можно где угодно: в компании, с друзьями, родителями, детьми, в походе. Это настоящая деревянная игрушка! Шахматы для детей очень полезны, так как развивают логическое мышление, учат стратегически мыслить и тренируют усидчивость.</t>
   </si>
   <si>
     <t>883773</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2f/gsl1bdwl4dqdecf07cgrofy5k7gmd19p.jpg</t>
   </si>
   <si>
     <t>Набор игр ТРИ СОВЫ 2в1  quot;Шахматы, шашки quot;, обиходные, пластиковые с деревянной доской 29 29см.</t>
   </si>
   <si>
     <t>Игра настольная «Шахматы и шашки». В состав входят: 1. Деревянная доска &amp;#40;футляр&amp;#41; 290*290 мм – 1 шт., размер доски в разложенном виде 290*290*20 мм, размер клетки 33*33 мм; 2. 2 комплекта пластиковых шахматных фигур &amp;#40;16 темных и 16 светлых&amp;#41;, в состав одного комплекта входит: король – 1 шт., ферзь – 1 шт., слон – 2 шт., конь – 2 шт., ладья – 2 шт., пешка – 8 шт. Размеры шахматных фигур высота/диаметр основания: король 70 мм*d 25 мм, ферзь 60 мм*d 25 мм, слон 50 мм* d 25 мм, конь 47 мм* d 25 мм, ладья 40 мм*d25 мм, пешка 40 мм*d 25 мм. Два комплекта пластиковых фишек &amp;#40;12 темных и 12 светлых&amp;#41;, размеры фишек – 8 мм*d25 мм Игра в шахматы и шашки развивает образное и логическое мышление, комбинаторику, память, внимательность, терпение.</t>
   </si>
   <si>
     <t>884713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90b/9u6nfmvssppvv29b91q2rsce1drqr7w8.jpg</t>
@@ -4610,69 +3659,60 @@
   <si>
     <t>894919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd5/h3n6x2u056prba8o7qk9pu0xhl9b0ocl.jpg</t>
   </si>
   <si>
     <t>Шашки складная доска, кор.17,8 20,7 6,5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Шашки складная доска, кор.17,8*20,7*6,5см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>894999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/586/r443yl9fooiymq0d3x401ffppviw7w46.jpg</t>
   </si>
   <si>
     <t>Настольная игра шашки Синий трактор в пакете с хэдером малого формата. Умные игры</t>
   </si>
   <si>
     <t>895011</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/843/1rpbdkan31cote626b8a16i40a91if9h.jpg</t>
-[...17 lines deleted...]
-    <t>899393</t>
+    <t>http://anytos.ru//upload/iblock/ae1/cgi30blm9jq109v7rhkh73v4k36sm3q8.jpg</t>
+  </si>
+  <si>
+    <t>Игра Твистер для детей 5  поле 120х180 см 50361</t>
+  </si>
+  <si>
+    <t>Игра Твистер для детей 5&amp;#43; поле 120х180 см 50361</t>
+  </si>
+  <si>
+    <t>899395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b8/0roi9jrfr4q20wfun80erxqh1uo2dyof.jpg</t>
   </si>
   <si>
     <t>Игра-викторина Умная Сова  УВЛЕКАТЕЛЬНЫЙ МИР ЖИВОТНЫХ И ПРИРОДЫ  Bondibon</t>
   </si>
   <si>
     <t>Викторина УВЛЕКАТЕЛЬНЫЙ МИР ЖИВОТНЫХ И ПРИРОДЫ – лучший помощник юному путешественнику. С ней Вы отправитесь в увлекательное путешествие по нашей планете, познакомитесь с интересными животными и известными достопримечательностями. Хорошо ориентироваться в путешествиях помогут красочные географические карты.&amp;nbsp;&amp;nbsp;Выберите часть суши и отправляйтесь в путешествие. Рассмотрите всё, что изображено на карточке. Далее переверните карточку. На обороте есть вопросы. Раскрутите рулетку и прочтите тот по счету вопрос, номер которого выпал на ней. Отвечайте, не подсматривая изображение на лицевой стороне карточки. Проверьте Ваш ответ и получите призовое очко.&amp;nbsp;&amp;nbsp;В комплект входят: 10 двусторонних карточек из твёрдого картона, рулетка. Песочные часы в данной викторине отсутствуют. Количество игроков 1-4. 6&amp;#43; Умная Сова - авторская методика Bondibon закрепления знаний в игровой форме.</t>
   </si>
   <si>
     <t>904266</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b87/fibpahggd8vtcag0mdxiim2hdwgvy3v1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игра-викторина Умная Сова  ВЕС ЛЫЙ АЛФАВИТ </t>
   </si>
   <si>
     <t>Изучать буквы можно весело и продуктивно!&amp;nbsp;&amp;nbsp;Нам поможет настольная игра «ВЕСЁЛЫЙ АЛФАВИТ» от Bondibon. Эта викторина, которая учит логически мыслить, и способствует развитию зрительной памяти, скорости мышления, усидчивости, внимательности и наблюдательности. Дети быстрее запомнят буквы, научатся узнавать и подбирать слова на каждую букву алфавита.&amp;nbsp;&amp;nbsp;Начать играть легко! Возьмите карточку из колоды. Раскрутите рулетку и прочтите тот по счету вопрос, номер которого выпал на ней. Переверните песочные часы и внимательно изучите изображение. По истечению времени отвечайте на вопрос и проверяйте правильность ответа! Игровые карточки имеют яркий принт, интересные рисунки и такую эргономичную форму, что их приятно держать в руках. Сделаны из твердого картона, что обеспечивает долговечность даже в продолжительных детских играх. В комплект входят: 32 двусторонние карточки, рулетка, песочные часы. Для 1-4 игроков от 4 лет. Серия Умная Сова</t>
   </si>
   <si>
     <t>904267</t>
   </si>
@@ -4727,122 +3767,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8fd/1aroq2fi0d4xbbx2ogxg10ncueldf0xw.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;СКАЗКА СКАЗОК quot; Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Добро пожаловать в мир сказок.&amp;nbsp;&amp;nbsp;Настольная игра СКАЗКА СКАЗОК от Bondibon поможет придумать самые увлекательные истории!&amp;nbsp;&amp;nbsp;В ходе игры дети тренируют память, логическое мышление, фантазию и воображение.&amp;nbsp;&amp;nbsp;В игре 4 типа карт. На одних картах изображены персонажи, на других – предметы, на третьих - локации. На последних карточках с фиолетовой рубашкой прописаны действия. Рассортируйте карты по 4 колодам. Игроки берут по одной карте из каждой колоды, кроме фиолетовой. Не переворачивая карточки, кладут их перед собой. В свой ход игрок поочерёдно открывает по одной своей карточке и начинает сочинять сказку, опираясь на выпавшие карты. В нижней части каждой карточки прописано, что необходимо сделать, рассказывая историю. Например, взять 2 алмаза или добавить фиолетовую карточку действий. В комплекте инструкция, 44 карточки и 28 фишек с алмазами.&amp;nbsp;&amp;nbsp;Количество игроков 2-6. 4&amp;#43; Играй Думай Учись</t>
   </si>
   <si>
     <t>904372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a00/xxctw7ilod9mvjkysnpe7wvcdy6yf84r.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;СОСЕДИ-СЛАДКОЕЖКИ quot; Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Жили-были в сказочном лесу Bondibon - МЫШИНОЕ СЕМЕЙСТВО, БРАТЦЫ КРОЛИКИ и ЁЖИК ВОРЧУН.&amp;nbsp;&amp;nbsp;Настольная игра СОСЕДИ-СЛАДКОЕЖКИ не только яркая и весёлая, но и помогает ребенку усвоить и закрепить простейшие математические навыки. Разложите на столе фишки с ягодами и сложите карточки стопкой.&amp;nbsp;&amp;nbsp;Вытягивайте из колоды по одной карточке и выполняйте различные действия.&amp;nbsp;&amp;nbsp;Выпала карточка ПРИГЛАШАЕМ В ГОСТИ - возьмите себе ягодки, которые изображены на карточке.&amp;nbsp;&amp;nbsp;ИДЁМ В ГОСТИ - возвращаем фишки на стол.&amp;nbsp;&amp;nbsp;В колоде еще много интересных карт с разными правилами. Как только карты закончатся, посчитайте сколько ягод собрано. Игрок, у которого меньше всего ягод, достаёт четвертинки игрового поля и складывает из них пирог. Затем игроки все вместе украшают пирог собранными ягодами!&amp;nbsp;&amp;nbsp;В комплекте поле из 4 частей, 24 карточки, 30 фишек, инструкция. Количество игроков 2-4. Возраст 3&amp;#43; Серия Играй Думай Учись</t>
   </si>
   <si>
     <t>904373</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ca6/gra9siy7r5q2m8xt6ew8hxfcxxlbv1iw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f64/56e4i2weeez6jpms61vamhvj818gyyg9.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;ВЕС ЛЫЕ КРОКОДИЛЫ ГОША И ГЛАША quot; 2 в 1 Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Играем и изучаем профессии! Настольная игра ВЕСЁЛЫЕ КРОКОДИЛЫ ГОША И ГЛАША способствует развитию логического мышления, внимания, цветовосприятия и пространственного воображения. Гоша и Глаша — крокодильчики, которые очень хотят попробовать себя в разных профессиях. Для этого в комплекте имеется целый арсенал различных костюмов: пожарного, доктора, художника, балерины и многих других специальностей. Решите, кто будет играть за Гошу, а кто — за Глашу, и приступайте к развивающей игре! Бросайте кубики. Грани одного кубика показывают цвет костюма. На гранях второго фон, на котором нанесено изображение. Нарядите своего крокодила в нужный наряд.&amp;nbsp;&amp;nbsp;В головоломке 2 варианта игры. В комплекте : 2 карточки с фигурками, 20 карточек-костюмов и 2 кубика. Для 2 игроков от 3лет Все игры из серии Играй Думай Учись – развивающие. С их помощью дети активно тренируют интеллектуальные умения и навыки.</t>
   </si>
   <si>
     <t>904375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e53/wqzj0i6mpfkh17ulnfk0ekmtzx2vlm6i.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;ДРАКОНЧИКИ И ИХ ЭМОЦИИ quot; Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Как приручить дракона? Учим малышей работать над эмоциями. Умение управлять эмоциями, осознавать и определять их — важный навык. Игра ДРАКОНЧИКИ И ИХ ЭМОЦИИ как раз нацелена на развитие эмоционального интеллекта. В игровой форме дети изучат 9 эмоций.&amp;nbsp;&amp;nbsp;В роли ведущего в игре выступает взрослый, который объясняет какие эмоции испытывают дракончики, по каким признакам их можно распознать. Ведущему поможет инструкция. Есть два варианта игры. 1. Закройте дракончиков нижними половинками скорлупы. Выберите верхнюю половинку скорлупы и найдите для неё пару. Назовите эмоцию, которую испытывает дракончик, а затем спрячьте его в яйцо. 2. Выберите две подходящих друг другу половинки скорлупы и одного из дракончиков. Определите какую эмоцию он испытывает, спрячьте в яйцо и попробуйте выразить ту же эмоцию с помощью жестов и мимики.&amp;nbsp;&amp;nbsp;В комплекте поле, 18 пазлов, правила. Количество игроков 1-3. 2&amp;#43;</t>
   </si>
   <si>
     <t>904376</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b7f/trevrfamxyirm1w2hulikstr65in9li7.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная логическая БондиЛогика Bondibon  quot;IQ-СПУТНИК ГЕНИЯ quot;</t>
+  </si>
+  <si>
+    <t>Легендарная логическая игра IQ СПУТНИК ГЕНИЯ от Bondibon – увлекательный способ проверить и развить свое пространственное мышление, внимание и логику. Игра успокаивает, развивая усидчивость и сосредоточенность. Головоломка содержит 120 заданий на 5 уровнях сложности. Есть 3 режима настольной игры с 2D и 3D заданиями.&amp;nbsp;&amp;nbsp;Правила простые, а вот решение… Выберите задание и расположите несколько деталей на игровом поле указанным образом. Заполните все пустые пространства игрового поля или пирамиды. У каждого задания есть только одно решение. Настольная игра для детей и взрослых представляет из себя удобный и компактный пластиковый бокс с элементами головоломки внутри. Это позволяет брать головоломку с собой в дорогу и проводить время увлекательно и с пользой. В состав развивающей игры входят коробка с игровым полем, цветные детали головоломки – 12шт, буклет с заданиями. Для 1 игрока. Возраст 6&amp;#43;. Серия БондиЛогика IQ-СПУТНИК ГЕНИЯ – умный подарок для девочек и мальчиков, для их пап и мам, а также дедушек и бабушек.</t>
+  </si>
+  <si>
+    <t>904377</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/22c/9dvr0s19lljbgywrcav5xgtfl9hnjsw8.jpg</t>
   </si>
   <si>
     <t>Настольная игра ЛОГОДОМИНО  quot;СЛОВО ИЗ СЛОГОВ quot; 2 в 1 Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Логопеды занимаются не только фефектами фикции. Один из важных компонентов речи – слоговая структура слова. Настольная игра ЛОГОДОМИНО от Bondibon поможет сформировать у ребенка первоначальный навык чтения двусложных слов. Детская игра СЛОВО ИЗ СЛОГОВ также развивает логическое мышление и скорость реакции.&amp;nbsp;&amp;nbsp;В комплект игры входят 20 двусторонних карточек домино. На одной стороне изображены слоги. На другой стороне – изображения различных предметов. Разложите карточки лицевой стороной в зависимости от выбранной игры, перемешайте и сложите в стопку. Игра со слогами проходит по принципу детского домино. Выкладывайте любую карточку. Далее игроки присоединяют свою карточку так, чтобы получилось слово. Игра с картинками. Игроки берут карточки с игрового стола и отвечают на вопрос: Какая картинка лишняя? Как называются остальные картинки одним словом?&amp;nbsp;&amp;nbsp;2 игры в 1! Количество игроков 1-4. 6&amp;#43;</t>
   </si>
   <si>
     <t>904378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a3/lwo5n9wu6fp8ed559ojasrht1j5pnut7.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;ЗАХВАТИ ПРИШЕЛЬЦА quot; Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Над планетой ЗЕМЛЯ нависла угроза вторжения ПРИШЕЛЬЦЕВ.&amp;nbsp;&amp;nbsp;Чтобы защитить планету от незваных гостей, необходимо их рассекретить. Весёлая настольная игра ЗАХВАТИ ПРИШЕЛЬЦА от Bondibon развивает внимательность, зрительную память, учит ребёнка быстрее всех находить нужное изображение. В игре 3 кубика. На каждом из них есть свои признаки пришельцев - количество глаз, головной убор, необычные особенности.&amp;nbsp;&amp;nbsp;Разложите на столе карточки. В центре разместите волшебный межгалактический компас со стрелкой. Бросайте кубики, смотрите выпавшие признаки и быстро ищите ПРИШЕЛЬЦА на картах. Как только один из игроков находит ПРИШЕЛЬЦА в соответствии с признаками на кубиках, он забирает карту себе. Если видите нужную карту у соперника, схватите компас и покажите на него. Успеете? Заберете карту себе.&amp;nbsp;&amp;nbsp;В комплекте 28 карточек, 3 кубика, правила. Количество игроков 2-6. Возраст 3&amp;#43; Серия Играй Думай Учись</t>
   </si>
   <si>
     <t>904379</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/24c/z9yga5bbx70jly08d85770bdy1ilmml0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6b2/jkgja70a27adnbn94v413lwbxncvqvzf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Развивающие игры Bondibon  ПЯТЬ В РЯД </t>
   </si>
   <si>
     <t>Новый вариант тетриса? Морской бой? Судоку? Нет, лучше. Эта необычная настольная игра Пять В Ряд от Bondibon. В ней объединились правила самых популярных игр. Головоломка не только увлекает детей, но и способствует тренировке пространственного мышления, логики и памяти.&amp;nbsp;&amp;nbsp;В комплект головоломки входят 24 карточки, 24 кубика, игровое поле для двух игроков от 6 лет. Поместите кубики в поле, убедившись, что 2 кубика с одним и тем же числом не повторяются в одном ряду, столбце или диагонали. Выберите из колоды по 2 карточки. Не показывайте их сопернику. Теперь выталкивайте кубик на другую сторону поля. Ваш соперник использует выпавший на его стороне зарик для того, чтобы вытолкнуть и заменить любой другой кубик на игровом поле.&amp;nbsp;&amp;nbsp;Как только соберете 5 одинаковых кубиков в ряду по вертикали, по горизонтали или диагонали - кричите Пять Подряд. Вы выиграли!</t>
   </si>
   <si>
     <t>904381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c2/but2sqmbmv3xtorbuxxdbspacwq6hle3.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;Детская МАФИЯ В ДЕРЕВНЕ quot; Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Овечки засыпают, просыпаются волки! Популярная ролевая игра МАФИЯ для детей. Настольная игра Детская МАФИЯ В ДЕРЕВНЕ не только помогает весело провести время и отточить актёрское мастерство, но и тренирует аналитическое мышление и социальные навыки. Хитрые волки надели овечьи шкуры и тайно проникли на ферму, изображая невинных овечек. Задача игроков — разоблачить хищников раньше, чем овечек утащат в лес. В игре могут принять участие от 5 до 24 игроков. На роль ведущего рекомендуем пригласить взрослого, который объяснит правила всем игрокам и поможет в спорных ситуациях. В комплекте игры 24 карточки – 15 овечек, 5 волков, зоркий петух, мудрый кот, хитрая лиса и верный пес; буклет, в котором вы найдёте подробное описание карточек и правила игры.&amp;nbsp;&amp;nbsp;Возраст 6&amp;#43; Все игры из серии Играй Думай Учись – развивающие. С их помощью дети активно тренируют интеллектуальные умения и навыки. Дарите правильные подарки девочкам и мальчикам на день рождения, Новый год и любой другой праздник.</t>
   </si>
   <si>
     <t>904382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/000/8zwisdxbvcysmxw9dw882f0xcr94lu31.jpg</t>
@@ -4955,65 +3983,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a45/r3t5kw97eaua4z0tjyset6wzbv3oe5su.jpg</t>
   </si>
   <si>
     <t>Игра настольная логическая с т.з.Bondibon  quot;ЦВЕТОВОЙ КОД. В ПОИСКАХ ЖАР-ПТИЦЫ quot;</t>
   </si>
   <si>
     <t>Эта игра – просто взрыв красок! Попробуйте поймать яркую жар-птицу в настольной игре Bondibon. Голыми руками это сделать нельзя, а вот смекалка и логика нам понадобятся! Ведь разгадать цветовой код непросто.&amp;nbsp;&amp;nbsp;Нужно сложить плитки таким образом, чтобы воспроизвести композицию из карточки с выбранным заданием. При решении поставленной задачи надо правильно скомбинировать цвета, формы и последовательность расположения плиток. Правильно выполнить задание поможет внимание, логика и терпение. В увлекательной головоломке «ЦВЕТОВОЙ КОД, В ПОИСКАХ ЖАР-ПТИЦЫ» для взрослых и детей предлагается 96 заданий 4 уровней сложности. Начинайте с самого простого. В комплекте: игровая подставка, 14 прозрачных плиток с изображениями с обеих сторон, карточка основа и буклет с заданиями. Снимите защитную пленку с плиток перед началом игры. Игра для 1 игрока. Возраст 5&amp;#43;. Серия &amp;quot;БондиЛогика&amp;quot;. Логические игры от Bondibon - прекрасный подарок себе и ребенку для того, чтобы увлекательно и с пользой провести время!</t>
   </si>
   <si>
     <t>904392</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a3/akw136gsgzsyt1ia9vhyihmniqp2yjjk.jpg</t>
   </si>
   <si>
     <t>Настольная игра-головоломка Bondibon  quot;ЛЕСНЫЕ ЗАГАДКИ quot;</t>
   </si>
   <si>
     <t>Яркий калейдоскоп из милейших зверюшек! В ходе веселой игры ЛЕСНЫЕ ЗАГАДКИ от Bondibon Вам предстоит выполнять различные задания. Используйте логику и образное мышление, развивайте цветовосприятие. Для выполнения задания головоломки выберите игровое поле и выложите на него 10 разноцветных карточек с различной формой отверстий. Закройте поле полностью, не оставляя свободного места. Высечки на карточках геометрические формы - круг и квадрат. Форма высечки и цвет карточки должны совпадать с изображениями на поле.&amp;nbsp;&amp;nbsp;В процессе игры вращайте карточки, Вы можете их размещать как горизонтально, так и вертикально. Пробуйте различные комбинации!&amp;nbsp;&amp;nbsp;В комплекте 15 двусторонних игровых полей, 10 разноцветных карточек с высечками, буклет с правилами игры и решениями.&amp;nbsp;&amp;nbsp;30 заданий. Для 1 игрока. 3&amp;#43; Настольные развивающие игры из серии БондиЛогика – отличный подарок для развития девочек и мальчиков!</t>
   </si>
   <si>
     <t>904393</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62e/lniglve1vqcz8lwitio0ed02hdg1gp1k.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/268/0172hyc1xoek7ajij3b2zpf9jesu42y3.jpg</t>
   </si>
   <si>
     <t>Игра настольная Домино, ТРИ СОВЫ, фанера, шкатулка из ХДФ</t>
   </si>
   <si>
     <t>Домино — настольная игра, в процессе которой выстраивается цепь костяшек &amp;#40;«костей», «камней»&amp;#41;, соприкасающихся половинками с одинаковым количеством точек, обозначающим число очков. Также этим термином называют и другие настольные игры, цель которых состоит в расположении на столе или специальном игровом поле костей с нанесёнными на них одним или несколькими символами так, чтобы они касались одноимёнными символами друг друга. Каждый символ из набора, как правило, имеет числовое значение. Сумма точек всех костей одного стандартного набора домино &amp;#40;с числом точек от 0 до 6&amp;#41; равна 168.</t>
   </si>
   <si>
     <t>926936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f95/9y8jlmjhcszuf81dophp5u2z766idqrz.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Что ты знаешь обо мне? quot;</t>
   </si>
   <si>
     <t>&amp;quot;Что ты знаешь обо мне?&amp;quot; - это весёлая игра, в которой нужно общаться и узнавать новые, интересные факты друг о друге. В игре вы найдёте более 250 весёлых вопросов, которые сделают вашу вечернку еще ярче. Суть игры проста: ведущий зачитывает вопрос о себе с вариантами ответа, а остальные игроки должны отгадать, что же больше относится к ведущему. Побеждает тот, кто сумеет ответить на большинство вопросов верно. Комплектация: игровые карточки: 100 шт., правила игры: 1 шт., блокнот для очков: 1 шт.</t>
   </si>
   <si>
     <t>931145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb8/qo9necgiqgdz2kxklixeij1ikjwy4y5y.jpg</t>
@@ -5435,77 +4448,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/342/f2ar5g1hf4ikdvel36awa90ooq6kccid.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игровой набор  Безумные гонки  Bondibon с машинками  малый </t>
   </si>
   <si>
     <t>Игровой набор БЕЗУМНЫЕ ГОНКИ с реактивными машинками от Bondibon – ваш шанс стать участником азартных состязаний! Спорткары уже готовы к началу соревнований, Вам нужно лишь заправить их экологически чистым топливом: надуть насосом воздушные шарики, и можно начинать веселье! Игра развивает мелкую моторику, фантазию и когнитивные способности ребенка, формирует представление о физических законах, помогает малышу отдыхать и развлекаться. Поместите шарик из набора в машинку, присоедините ее к базе с насосом. Накачайте шарик, двигая ручку насоса вверх и вниз. Нажмите кнопку запуска на базе – автомобиль помчится вперед! Вы также можете накачать и запустить шарик без машинки, используя специальные насадки. В комплект входят 10 разноцветных шариков, 2 машинки, 2 насадки, ручка и база для насоса. Игровые детали выполнены из прочных и безопасных материалов, обеспечивающих продолжительное использование игрушки. Батарейки не потребуются. Количество игроков: 1-2, возраст: 3&amp;#43;.</t>
   </si>
   <si>
     <t>939166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b67/6vz1fwrvzqehr03hbttzde822sdxrhrm.jpg</t>
   </si>
   <si>
     <t>Логическая игра Bondibon  quot;САФАРИ НА ДИНОЗАВРОВ. ФАНТАСТИЧЕСКАЯ ОХОТА quot;</t>
   </si>
   <si>
     <t>Настольная игра САФАРИ НА ДИНОЗАВРОВ. ФАНТАСТИЧЕСКАЯ ОХОТА развивает логическое мышление, познавательные способности, улучшает зрительно-моторную координацию движений, тренирует концентрацию внимания, влияет на эмоциональное развитие ребенка. Кто откажется от такого приключения, как охота на динозавров? Выслеживайте динозавров с помощью головоломки серии БондиЛогика. Поместите выбранную карточку с заданием на игровое поле, выложите детали головоломки таким образом, чтобы каждый динозавр оказался в луче света фар автомобилей охотников. У каждого задания есть только одно верное решение – и его можно найти в буклете с правилами. В игре 60 заданий и 4 уровня сложности. В комплект входят игровое поле, 6 игровых деталей, 30 двухсторонних карточек с заданиями, буклет с правилами и решениями. Для 1 игрока. Возраст 3&amp;#43;</t>
   </si>
   <si>
     <t>939167</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/191/is0o1nvz51ydyfuto9mm34ot78jqi6a6.jpg</t>
-[...8 lines deleted...]
-    <t>940188</t>
+    <t>http://anytos.ru//upload/iblock/8db/4fjs1wmxe35kke2jx46br2na4wad0o9y.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ  quot;Русское лото quot;, с бочонками, шкатулка из ХДФ</t>
+  </si>
+  <si>
+    <t>Лото – старинная азартная игра, завоевавшая большую популярность среди детей и взрослых. В состав игры «Русское лото» бренда «ТРИ СОВЫ» входят: игровые карточки – 24 шт., бочонки с номерами – 90 шт., мешок – 1 шт., заставки – 120 шт. В ходе игры ведущий достает фишки с номерами, пронумерованными от 1 до 90, и называет их номера. Игроки находят и отмечают жетонами эти числа на своей карточке. Выигрывает тот, кто первым закроет все числа на карте. • Подходит: для мальчиков и девочек.</t>
+  </si>
+  <si>
+    <t>940189</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/309/52a84ph82pk5b6xyxvs11d1q6a0w54f7.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ  quot;Дублик. Животные quot;, 30 карточек, картонная коробка</t>
+  </si>
+  <si>
+    <t>&amp;quot;Дублик&amp;quot; – это игра, которая сможет развеселить и увлечь каждого! В комплекте карточки с разным набором картинок. Игрокам необходимо найти совпадающие изображения быстрее всех. В процессе игры участники хорошо потренируют память; скорость и внимание. В правилах описаны несколько вариантов игры в &amp;quot;Дублик&amp;quot;. Игра подойдет для 2-4 игроков. В комплект игры входит 60 карт и правила игры. Вперёд за победой!</t>
+  </si>
+  <si>
+    <t>941937</t>
+  </si>
+  <si>
+    <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a36/e6ayq8qi2wfb0dv3sdrggshj65h0532t.jpg</t>
   </si>
   <si>
     <t>Игра настольная ТРИ СОВЫ  quot;Дублик. Цифры и фигуры quot;, 30 карточек, картонная коробка</t>
   </si>
   <si>
-    <t>&amp;quot;Дублик&amp;quot; – это игра, которая сможет развеселить и увлечь каждого! В комплекте карточки с разным набором картинок. Игрокам необходимо найти совпадающие изображения быстрее всех. В процессе игры участники хорошо потренируют память; скорость и внимание. В правилах описаны несколько вариантов игры в &amp;quot;Дублик&amp;quot;. Игра подойдет для 2-4 игроков. В комплект игры входит 60 карт и правила игры. Вперёд за победой!</t>
-[...1 lines deleted...]
-  <si>
     <t>941940</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/65c/hdnshtyeis1u2l91acasy2uvvczzowdw.jpg</t>
   </si>
   <si>
     <t>Настольная игра бильярд. Умные игры</t>
   </si>
   <si>
     <t>Настольная игра бильярд кор.43,5*26,5*3,2см Умные игры</t>
   </si>
   <si>
     <t>942313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d56/jz81r430kat70u2tjtwk6laqrwnjmp41.jpg</t>
   </si>
   <si>
     <t>Для девочек. Домино пластиковое. 3в1. Коробка 175х55 мм. Умные игры</t>
   </si>
   <si>
     <t>942615</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9e/1vbb6zs3iqiz26y6lycxew1t7xfbbbbf.jpg</t>
   </si>
   <si>
     <t>Вампирские. Веселые фанты для детей. Коробка с европодвесом, 32 карточки. Умные игры</t>
@@ -5633,137 +4655,86 @@
   <si>
     <t>943143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b83/pynrp2bh9gc7gibml42c3a5fj0vp3snb.jpg</t>
   </si>
   <si>
     <t>Настольная игра шашки в пакете с хэдером малого формата. Умные игры</t>
   </si>
   <si>
     <t>943144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db3/0715iv33j3xkuioz8ygkebmrqsk3s4ww.jpg</t>
   </si>
   <si>
     <t>Шахматы 2 в 1  шахматы, лудо  ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>Шахматы 2 в 1 &amp;#40;шахматы, лудо&amp;#41;, кор.23*19*2см. ИГРАЕМ ВМЕСТЕ</t>
   </si>
   <si>
     <t>943145</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e45/42wq13d4hboj7ifa1rrcp1a004x8v6t2.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5df/d8fe3lbt7iwkmpmr1hkg1lotmpecjz1w.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Первый звонок quot;</t>
   </si>
   <si>
     <t>«Первый звонок» - это интерактивная викторина, которая поможет ребёнку легко и в игровой форме подготовиться к поступлению в школу, отвечая на разнообразные вопросы. Игра включает 250 разносторонних вопросов, направленных не только на проверку знаний детей, но и на развитие логики, внимания и мышления. Викторина поможет начать мыслить как школьник и научит быстро и уверенно отвечать на вопросы. В комплект игры входит звонок, который сделает игру динамичной и увлекательной. Комплектация: игровые карточки: 50 шт.; правила игры: 1 шт.; звонок: 1 шт.; блокнот для очков: 1 шт.</t>
   </si>
   <si>
     <t>948820</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52d/zjcgi6rylhjxqbvp7wnookxsxzudzbbg.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Создай слово quot;</t>
   </si>
   <si>
     <t>Создай слово – это классическая интеллектуальная игра для всей семьи. Игра поможет приятно провести время в кругу семьи и друзей, а также развить и проявить эрудицию. Игроки должны из имеющихся на руках букв собирать слова и выстраивать их на поле по принципу кроссворда. Каждая буква приносит баллы, а бонусные клетки на поле удваивают или утраивают ваш результат. Собирай слова. Набирай баллы. Повышай эрудицию. Состав игры: игровое поле – 1шт., карточки с буквами – 104 шт., блокнот для подсчёта очков – 1 шт., правила игры – 1 шт.</t>
   </si>
   <si>
     <t>948822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af7/5evmon295ml17vwaealqd3qigz35qan4.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;IQ-карточки. Азбука, Цифры, IQ Мемо quot;</t>
   </si>
   <si>
     <t>&amp;quot;IQ карточки 3 в 1&amp;quot; - набор развивающих карточек для детей от 3 до 6 лет. Набор обучит детей алфавиту и основам чтения, цифрам и основам счёта, а также поможет развить память и внимательность ребёнка. Развивающие карточки являются незаменимыми обучающими материалами для подготовки детей к школе! Состав игры: Игровые карточки: 72 шт.; Правила игры: 1 шт.</t>
   </si>
   <si>
     <t>948823</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/823/gltrccpox9aicvqgl1k4sy4ar80l9szm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eec/xnvnob77om5jbrcgjpx20hjrp03e9z6r.jpg</t>
   </si>
   <si>
     <t>Игра настольная Туманный намек</t>
   </si>
   <si>
     <t>948867</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e99/25w9v1n0141bwt3cy25o3puet0197722.jpeg</t>
   </si>
   <si>
     <t>Игра настольная Динотур</t>
   </si>
   <si>
     <t>948868</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/433/cct3g1ax4nm1ov0zhszs6k56l9du9s35.jpg</t>
   </si>
   <si>
     <t>Игра настольная Нейрогонки Junior</t>
@@ -5822,62 +4793,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/14d/62w6vqqnjz49hrl0i670k74jor9k3gg0.jpeg</t>
   </si>
   <si>
     <t>Игра настольная. Гравити Фолз. Счастливого Летоуина</t>
   </si>
   <si>
     <t>Герои любимого всеми сериала &amp;quot;Гравити Фолз&amp;quot; отправляются по домам соседей, чтобы насобирать как можно больше конфет у жителей города и задобрить Ловкача. Игрокам предстоит помочь героям, а в награду они поделятся частью конфет. Успейте собрать больше всех конфет до того, как погаснет последний фонарь-арбуз.</t>
   </si>
   <si>
     <t>948875</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c11/99x8m2cdl25nqnl3m892aoxy9r8t7fll.jpg</t>
   </si>
   <si>
     <t>Игра настольная. Ковчег</t>
   </si>
   <si>
     <t>Ковчег - детская командная игра, в ней все действуют сообща. Вам предстоит совершить отважное путешествие, чтобы помочь очаровательным зверятам. Постройте ковчег и соберите все пары зверей до того, как поднимется вода. В игре 3 уровня сложности. Вы можете начать игру с самыми юными спасателями и усложнять ее постепенно. В комплекте: 32 плитки животных 6 плиток ковчега правила 6 плиток воды</t>
   </si>
   <si>
     <t>948876</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c8/htz7wppv77vh01lfm9sqnsp1x9bpf4ob.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/58c/frgfb1v7qemafvpvooi111qoer0kd1h5.jpg</t>
   </si>
   <si>
     <t>Игра настольная. Миссия Черепашки</t>
   </si>
   <si>
     <t>Маленькие черепашата только появились на свет, и им нужно скорее добраться до воды! Игрокам предстоит помочь черепашкам пройти их первое путешествие через все преграды. Участники одновременно стараются закатить шарики в нужные лунки на своих планшетах. Тот у кого получится лучше сможет продвинуть свою черепашку дальше по полю. Игра развивает внимание, ловкость и логическое мышление.</t>
   </si>
   <si>
     <t>948878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/def/sd3unaquaw776s6tdcrq4l08stc8dlkp.jpg</t>
   </si>
   <si>
     <t>Игра настольная. Турнир волшебников</t>
   </si>
   <si>
     <t>Турнир волшебников - это быстрая и веселая игра с заклинаниями, в которой игроки берут на себя роли юных волшебников. Участники размахивают магическими палочками и произносят заклинания, чтобы заполучить кристаллы и защититься от Тёмного Властелина. Различные комбинации кубиков и кристаллов перед игроками заставляют разыгрывать определенные заклинания &amp;#40;Атакус, Защитус, Захватус и Явдомикус&amp;#41;, и тот, кто первый сделает это правильно получает шанс забрать кристаллы противника или защититься от Темного Властелина Быстро считайте кристаллы, произносите правильные заклинания и не позволяйте другим волшебникам опередить вас! 5&amp;#43; 3-5 15-30 мин</t>
   </si>
   <si>
     <t>948879</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/92q2lsmueml0q0nmof7fj49b6wk05jck.jpg</t>
@@ -5912,98 +4871,143 @@
   <si>
     <t>Настольные игры - хороший способ весело и интересно провести время в кругу семьи или друзей. Подходят как для семейных вечеров, так и для больших и шумных компаний. ДУБЛЬ 57 карточек АССОРТИ включает в себя 7 видов игры Дубль. В состав игры входит 57 круглых карточек диаметром 8,6 см. На каждой карточке размещено 8 рисунков. При этом на двух любых карточках всегда есть только один общий рисунок.Принцип игры основывается на нахождении одинаковых изображений. Нужно быстрее других находить одинаковые картинки на открытых карточках.Игра тренирует внимательность и скорость реакции. Она будет интересна как детям, так и взрослым.Карточки выполнены из достаточно плотного глянцевого картона. Веселая игра на внимание и реакцию для всей семьи.</t>
   </si>
   <si>
     <t>953807</t>
   </si>
   <si>
     <t>&lt;a href="/brands/neskuchnye-igry/"&gt;Нескучные игры&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/913/k43zjgz2ysxmyggaszo08ehi6elb517o.jpg</t>
   </si>
   <si>
     <t>Игра настольная карточная КРОКОДИЛЬЧИК, 108 карточек, НЕСКУЧНЫЕ ИГРЫ, 7096</t>
   </si>
   <si>
     <t>Настольные игры - хороший способ весело и интересно провести время в кругу семьи или друзей. Подходят как для семейных вечеров, так и для больших и шумных компаний. Карточная игра «Крокодильчик» предназначена для двух и более детей от 5 лет. Она содержит простые, но интересные слова, доступные ребенку для объяснения и понимания. Это захватывающее умное развлечение станет настоящим хитом детского праздника! Задача игроков – объяснять слова на карточках с помощью мимики и жестов. Остальные участники игры стараются угадать, что изображает их товарищ. Игра ведется на время!</t>
   </si>
   <si>
     <t>953808</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f87/sxw166csnyznp8cgs0bqo61m7c2ikx7a.jpg</t>
-[...8 lines deleted...]
-    <t>954474</t>
+    <t>http://anytos.ru//upload/iblock/1ba/brxdrhnl5lt1ggoagpd1b7juyro9jqmp.jpg</t>
+  </si>
+  <si>
+    <t>Игра детская настольная  quot;Баланс  quot;</t>
+  </si>
+  <si>
+    <t>Весёлая настольная игра, где нужно выстраивать башни для цирковых животных. Игра прекрасно тренирует координацию и двигательную активность, моторику и сенсорику, а также зрительную внимательность. В игре есть специальные задачки, которые направлены на развитие логического и пространственного мышления. Яркие фигурки слона, льва и жирафа делают игру еще более живой, захватывающей и интересной. В набор входит: 3 фигурки ПВХ, 10 деревянных свай, игровое поле, 10 карточек, правила игры.</t>
+  </si>
+  <si>
+    <t>954470</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/genio-kids/"&gt;GENIO KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5da/rv513x3vcnpytfcnep1lizuvrsbcq2mu.jpg</t>
   </si>
   <si>
     <t>Настольная игра ловкость  quot;Картошка фри quot;</t>
   </si>
   <si>
     <t>Настольная игра ловкость &amp;quot;Картошка фри&amp;quot;</t>
   </si>
   <si>
     <t>957802</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c3/4pci6uzvgccm55nuclo3il5xbfqriuxo.jpg</t>
   </si>
   <si>
     <t>Настольная игра Стратегия</t>
   </si>
   <si>
     <t>957807</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c49/gr8fabvyry7t0n2kea5q8t2bjxxle9er.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра ходилка  quot;Веселый кролик quot;</t>
+  </si>
+  <si>
+    <t>Настольная игра ходилка &amp;quot;Веселый кролик&amp;quot;</t>
+  </si>
+  <si>
+    <t>957809</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9b7/27hx1okbv3zd67cs5ewxhnbnpkrtxvvp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Настольная игра:  Бинго </t>
   </si>
   <si>
     <t>Настольная игра: «Бинго!»</t>
   </si>
   <si>
     <t>957810</t>
   </si>
   <si>
     <t>&lt;a href="/brands/on-time/"&gt;ON TIME&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/568/umpuj4m8y9i14g466w1y6ud5hdmsrsq4.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная 50 игр для всей семьи</t>
+  </si>
+  <si>
+    <t>957812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/215/1fkao0n0cu5qsxzr8s652jfd81qt1no9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карточная игра Мемы, общий сбор </t>
+  </si>
+  <si>
+    <t>Карточная игра Мемы, общий сбор!</t>
+  </si>
+  <si>
+    <t>957821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba9/kzh33p5bi3pp8vuceupn3f7a858kb7ax.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная Развивариус Логика</t>
+  </si>
+  <si>
+    <t>957833</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ada/q1ldp0u00joq2tvq0qjd20l1vry6h9ug.jpg</t>
   </si>
   <si>
     <t>МОЙ ПЕРВЫЙ ПУТЕВОДИТЕЛЬ. Страны Европы 2 - игра-викторина серии Умная Сова</t>
   </si>
   <si>
     <t>Яркая викторина МОЙ ПЕРВЫЙ ПУТЕВОДИТЕЛЬ. СТРАНЫ ЕВРОПЫ 2 от Bondibon – это еще одна настольная игра серии Умная Сова, для увлекательного путешествия по десяти странам. Выберите красочную карточку со страной: Бельгия, Болгария, Венгрия, Дания, Кипр, Сербия, Финляндия, Хорватия, Швейцария, Швеция. Внимательно рассмотрите все, что изображено. Прочитайте информацию под картинками. Раскрутите рулетку и постарайтесь ответить на тот по счету вопрос, номер которого выпал. Если задание выполнено верно, игрок получает призовое очко. Побеждает участник, который наберет наибольшее количество баллов. Замечательная авторская разработка познакомит ребенка с достопримечательностями, валютой, языком, национальными блюдами европейских стран, разовьет логику, память, внимание и познавательные способности. О качестве позаботился Бондибон. В комплект входят: 11 двусторонних карточек из твердого картона, рулетка. Количество игроков 1-4 Возраст 6&amp;#43; Соберите всю серию викторин Умная Сова!</t>
   </si>
   <si>
     <t>958950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edb/rxag84txpmif0nxx415ex5m6lrein00s.jpg</t>
   </si>
   <si>
     <t>Подвижная игра  quot;ЛОВКИЙ И УМЕЛЫЙ quot; 3 в 1 Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Для веселой зарядки в детском саду, разминки в школе, вечеринки с друзьями и семейного досуга Вам необходима подвижная игра ЛОВКИЙ И УМЕЛЫЙ!, разработанная профессионалами! Это целых три игры в одной серии Играй Думай Учись от Bondibon! Малыши могут начать игру с простых заданий. Совершая действия, изображенные на карточках, они узнают названия частей тела и познакомятся с понятиями право, лево. Задания усложняются с учетом возрастных особенностей, поэтому игра будет интересна ребенку по мере взросления. А еще Вы сможете проводить командные соревнования для большого количества участников разного возраста. ЛОВКИЙ И УМЕЛЫЙ! 3в1 от Бондибон помогает ребенку играя и двигаясь, выработать самоконтроль, развить координацию движений, память, концентрацию внимания, ловкость, гибкость, выносливость, скорость реакции и эмоциональный интеллект. Игру в компактной упаковке удобно брать с собой. В набор входят: 48 карточек, правила. Возраст 4&amp;#43; Количество игроков 2-10</t>
   </si>
   <si>
     <t>959097</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d8/wcjigvob4hyqtzfi2jq99uwoswa7yxp3.jpg</t>
@@ -6116,230 +5120,221 @@
   <si>
     <t>http://anytos.ru//upload/iblock/eb5/1agekzdm8yd1lem9posmpsgla9j7ldfa.jpg</t>
   </si>
   <si>
     <t>Настольная игра  quot;БУМБЕЛЬ quot; 2 в 1 Играй Думай Учись Bondibon</t>
   </si>
   <si>
     <t>Сбрасывайте карточки с одинаковыми животными на скорость! Настольная игра БУМБЕЛЬ! 2в1 серии Играй Думай Учись от Bondibon – это две игры в одной, предназначенные для тренировки реакции и внимания у детей разного возраста. Постарайтесь быстрее всех сбросить свои карточки с изображением пар различных животных. Помните, хотя бы одно из двух животных на Вашей карте и на карточке из стопки сброса должно совпадать. Если несколько игроков одновременно сбрасывают карту, засчитывается карточка, которая легла поверх колоды первой. Если Вы выбрали второй вариант игры, в момент сброса выкрикните смешное слово, например, крокобумбель! Если Ваше слово самое смешное за раунд, Вы получаете дополнительную карточку. Постарайтесь как можно быстрее избавиться от карт в руке. Участник, который сделает это первым – победитель! Игра БУМБЕЛЬ! от Бондибон развивает логическое мышление и эмоциональный интеллект. В набор входят: 72 карточки, правила игры. Возраст 3&amp;#43; Количество игроков 2-4</t>
   </si>
   <si>
     <t>959107</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc4/o92e3z2io1qxe09848psl8ubtas4wmg4.jpg</t>
   </si>
   <si>
     <t>Игра настольная логическая БондиЛогика Bondibon  quot;ЗАГАДКИ АТЛАНТИДЫ quot;</t>
   </si>
   <si>
     <t>Стильная головоломка в виде мифического острова! Перемещай лестницы, чтобы добраться до выхода! Настольная логическая игра ЗАГАДКИ АТЛАНТИДЫ серии БондиЛогика от Bondibon содержит 60 3D заданий пяти уровней сложности, которые будут интересны и детям, и взрослым. Поместите высокую башню на игровое поле, как показано в задании. Используйте детали с лестницами, которые изображены в верхней части задания, чтобы создать путь от двери башни до выхода на игровом поле. Чем сложнее задание, тем больше деталей Вам потребуется. Найдите единственное верное решение! Интеллектуальная игра ЗАГАДКИ АТЛАНТИДЫ от Бондибон способствует развитию внимания, фантазии, познавательных способностей, логического и креативного мышления. Необычная головоломка станет отличным подарком для ребенка на день рождения, Новый год и любой другой праздник. В набор входят: игровое поле, 6 игровых деталей, буклет с правилами игры, заданиями и решениями. Возраст 8&amp;#43; Количество игроков 1 5 уровней сложности</t>
   </si>
   <si>
     <t>961329</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/63c/wikv3yzs8i75jwpoyac6od7djwm6ufh1.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная логическая БондиЛогика Bondibon  quot;ЗАСТЕНЧИВЫЙ КРОЛИК quot;</t>
+  </si>
+  <si>
+    <t>Где же ЗАСТЕНЧИВЫЙ КРОЛИК от Bondibon? Малыши не смогут оторваться от красочной настольной игры серии БондиЛогика. Поиграйте в прятки с пушистым зверьком и разгадайте увлекательную логическую головоломку. Выберите одно из 60 заданий. Решите, какие блоки Вам понадобятся, а остальные отложите в сторону. Постарайтесь построить устойчивую конструкцию, показанную в задании. Используйте блоки и фигурку кролика. Если вид спереди соответствует изображению на карточке – Вы нашли верное решение! Постепенно переходите к более сложным заданиям. Игра ЗАСТЕНЧИВЫЙ КРОЛИК от Бондибон познакомит ребенка с понятиями: выше, ниже, внутри, снаружи, видимый, скрытый, разовьет зрительно-моторную координацию движений, познавательные способности, логику, внимание и эмоциональный интеллект. Детали изготовлены из качественной безопасной пластмассы. В набор входят: фигурка кролика, 3 игровых блока, 30 карточек с заданиями, буклет с правилами игры и решениями. 4 уровня сложности Количество игроков 1 Возраст 2&amp;#43;</t>
+  </si>
+  <si>
+    <t>961330</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fc3/j78mn33p7nshbx3nxt1sr0stq00nkupe.jpg</t>
   </si>
   <si>
     <t>Настольная игра Bondibon  quot;ВОЛЧОК-АРЕНА quot;</t>
   </si>
   <si>
     <t>Вас ждет головокружительная битва волчков! Настольная развлекательная игра ВОЛЧОК-АРЕНА от Bondibon – это веселое и интересное развлечение для компании детей! Украсьте арену и детские волчки наклейками. Расположитесь, где удобно – на полу или за столом. Установите счетчик очков на платформах на ноль. Вставьте пусковые прутики в прорези на арене и закрепите волчки на платформе. Одновременно дерните за прутики и выпустите волчки. Победителем раунда становится игрок, волчок которого вращается на арене дольше остальных. Чемпион битвы – участник, который наберет максимальное количество очков за 10 раундов. Детская игра волчки от Бондибон развивает концентрацию внимания и эмоциональный интеллект. Такие прикольные игры отвлекут от гаджетов, помогут направить детскую энергию в нужное русло дома, на дне рождения и любом другом празднике. В набор входят: игровая арена, 4 волчка, 4 запускающих прутика, набор наклеек. Возраст 3&amp;#43; Количество игроков 2-4</t>
   </si>
   <si>
     <t>961331</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d37/azn9yr0yy2mu84oy7kkieqcq7m8i50bb.jpg</t>
   </si>
   <si>
     <t>Набор игр ТРИ СОВЫ 3в1  quot;Нарды, шашки, шахматы quot;, пластиковые магнитные фигуры с доской 24 24см.</t>
   </si>
   <si>
     <t>Набор игр ТРИ СОВЫ 3в1 &amp;quot;Нарды, шашки, шахматы&amp;quot;, пластиковые магнитные фигуры с доской 24*24см.</t>
   </si>
   <si>
     <t>965771</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfe/kgn4vylscb9xzozm053t269s076ym1vm.jpg</t>
   </si>
   <si>
     <t>Настольная игра ТРИ СОВЫ quot; Домино quot;, EVA, 7 плашек, 28 элементов</t>
   </si>
   <si>
     <t>Настольная игра ТРИ СОВЫ&amp;quot; Домино&amp;quot;, EVA, 7 плашек, 28 элементов</t>
   </si>
   <si>
     <t>967542</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ee0/y0fnofnqivz535fsoq2ztjk05xrg4shj.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f38/a1dv53qttwyu2phgo9mjvtwgo54rdqal.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Квизмания quot;</t>
   </si>
   <si>
     <t>Квизмания - это весёлый вечериночный квиз, викторина с вопросами из самых разных сфер. Найти ответы вам помогут подсказки! Для победы понадобятся не столько эрудиция, сколько скорость и сообраительность. Игра прекрасно подойдёт для вечеринки, встречи друзей или семейного досуга. Игровая рулетка и отсутсвие очерёдности ответов делают игру азартной и очень весёлой. В игре 2 режима, вы можете выбрать тот, который лучше подходит для вашей компании. Состав игры: игровое поле со стрелкой, 200 игровых карточек, 5 фишек, правила.</t>
   </si>
   <si>
     <t>971305</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/219/ynzwxa1cvyrh6qmwtofrt5cjfgpxbwxg.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/912/80zqve63gtv3bur2kn1sts94bi63nqne.jpg</t>
   </si>
   <si>
     <t>Викторина для всей семьи. Кругосветное путешествие</t>
   </si>
   <si>
     <t>972283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a2/x01jgp60vu5efu07sz2umrbuh0live89.jpg</t>
   </si>
   <si>
     <t>Игра детская комнатная  quot;Супертвистер 3в1. Твистер. Фанты. Угадай, кто? quot;</t>
   </si>
   <si>
     <t>Лучшие активные игры для компании. &amp;quot;Твистер&amp;quot; – это весёлая игра для любой компании, в которой игроки поочерёдно ставят руки или ноги на цвета игрового коврика и пытаются удержать равновесие. В &amp;quot;Фантах&amp;quot; цель игры – выполнить как можно больше весёлых заданий. Мы собрали только самые лучшие и интересные задания. &amp;quot;Угадай, кто?&amp;quot; – весёлая игра, в которой вам необходимо угадать, кто изображён на вашей карточке. Комплектация: игровое поле из ПВХ-плёнки - 1 шт.; игровое поле картонное со стрелкой - 1 шт.; карточки игры &amp;quot;Фанты&amp;quot; - 15 шт.; карточки игры &amp;quot;Угадай, кто?&amp;quot; - 10 шт.</t>
   </si>
   <si>
     <t>972738</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/97f/uc2ufqmxd8c3iph79v4de0wiytyb7vsb.jpg</t>
+  </si>
+  <si>
+    <t>Домино В городе</t>
+  </si>
+  <si>
+    <t>977507</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bae/hxc200jhc9g1wim5wp4xrg2nhao6k80u.jpg</t>
   </si>
   <si>
     <t>Игра карточная Крокобонд, 72 карточки</t>
   </si>
   <si>
     <t>977549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ed/t5t6mobtqihp1g9vi53os88753pnwgta.jpg</t>
   </si>
   <si>
     <t>Игра настольная Суперзвезда</t>
   </si>
   <si>
     <t>977555</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b8/4n2kig4sp4l5rqq0oq7vg2wnnv1atdin.jpg</t>
   </si>
   <si>
     <t>Игра настольная  quot;Где мой кот? quot;, жестяная коробочка, 10 КОР, 03569</t>
   </si>
   <si>
     <t>Настольная игра &amp;quot;Где мой кот?&amp;quot; – хороший способ интересно и весело провести время в кругу семьи или друзей. Состав игры: пластиковые кубики &amp;#40;3 шт.&amp;#41;, карточки &amp;#40;28 шт.&amp;#41;, правила игры.Игра способствует освоению элементарных математических навыков, развивает смекалку, воображение и аналитическое мышление.</t>
   </si>
   <si>
     <t>978262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78b/ala1tvfpt1dq8enez49xk9umixgweoc4.jpg</t>
   </si>
   <si>
     <t>Игра настольная  quot;Баскетбол quot;</t>
   </si>
   <si>
     <t>Настольная игра &amp;quot;Баскетбол&amp;quot; порадует каждого активного ребенка! Настольная версия, такой популярной игры, позволит проводить часы за тренировками и матчами с друзьями или семьей. С подобным набором, можно играть как одному, так и вдвоем. На игровом поле есть баскетбольное кольцо, в которое необходимо попасть мячиком, который запускается специальным устройством. Если игрок попал в цель, он получает 1 игровое очко, и ставит соответствующий победный жетон на свою сторону. Для игры понадобится любая горизонтальная поверхность, на которой можно будет разместить игровую площадку. В комплекте: игровое поле - 1шт., фишки - 20шт.&amp;#40; 10 красных и 10 синих&amp;#41;. Размер в упаковке: 25*3,7*12,7 см.</t>
   </si>
   <si>
     <t>979904</t>
   </si>
   <si>
     <t>&lt;a href="/brands/master-wood/"&gt;MASTER WOOD&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/000/d0eccx21z1l4ium7nqlieawc4mtku6tr.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ  quot;Башня классическая quot;, 48 неокраш. дерев. блоков, с уголком</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ &amp;quot;Башня классическая&amp;quot;, 48 неокраш. дерев. блоков, с уголком</t>
+  </si>
+  <si>
+    <t>982903</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/697/1950bqpru0v8ymr84eskp60xcv11kpzy.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ  quot;Башня. Цветная quot;, 48 цветных дерев. блоков, с уголком</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ &amp;quot;Башня. Цветная&amp;quot;, 48 цветных дерев. блоков, с уголком</t>
+  </si>
+  <si>
+    <t>982904</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e75/fg2ktcn4e6nti11wyyff7qs2rt2oqsyv.jpg</t>
   </si>
   <si>
     <t>Игра настольная ТРИ СОВЫ  quot;Нарды quot;, с деревянной доской 40 40см</t>
   </si>
   <si>
     <t>Игра настольная ТРИ СОВЫ &amp;quot;Нарды&amp;quot;, с деревянной доской 40*40см</t>
   </si>
   <si>
     <t>982905</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/03a/pc7nxit13uw9scqp1io2feaqy0o779kk.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/336/2fgklteivwqi3pwc2hctqot379rjwzzb.jpg</t>
   </si>
   <si>
     <t>Настольная игра Лото для детей, картонное  6 полей, 48 карточек , АССОРТИ, 10 КОР</t>
   </si>
   <si>
     <t>Настольные игры – хороший способ весело и интересно провести время в кругу семьи или друзей. Подходят как для семейных вечеров, так и для больших и шумных компаний. Детское лото с картинками – отличная возможность для ребенка пообщаться с родителями или сверстниками, приобрести новые знания и опыт, да и просто интересно и с пользой отдохнуть.Это развивающее детское лото состоит из:• 6 больших картонных полей размером 15x11 см;• 48 маленьких карточек размером 3,5x3,5 см;</t>
   </si>
   <si>
     <t>995301</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a2/h116x02xb3ji04xa59x7fopo4iyl44iv.jpg</t>
   </si>
   <si>
     <t>Игра настольная  quot;50 игр для всей семьи quot;, АССОРТИ, 10 КОР</t>
   </si>
   <si>
     <t>Настольные игры – хороший способ весело и интересно провести время в кругу семьи или друзей. Подходят как для семейных вечеров, так и для больших и шумных компаний. Большой набор настольных игр &amp;quot;50 игр для всей семьи&amp;quot; – это удачное приобретение для семейных посиделок и для интересного досуга в компании друзей. В наборе есть игры на любой вкус для детей старше 6 лет и взрослых.Состав набора:• игровые поля – 8 шт. &amp;#40;19х19 см&amp;#41;;• игральные кубики – 5 шт.;• фишки – 16 шт.;• шахматные фигуры – 32 шт.;• шашки – 30 шт.;• правила игры.Игры в наборе:1. Шашки: русские, турецкие, столбовые, английские, &amp;quot;Чапаев&amp;quot;, &amp;quot;Уголки&amp;quot;, &amp;quot;В линии&amp;quot;, &amp;quot;Овца и волки&amp;quot;.2. Шахматы: классические, &amp;quot;До первого шаха&amp;quot;, &amp;quot;Царь горы&amp;quot;, шахматные появлялки, &amp;quot;Ходим все&amp;quot;, двухходовки, &amp;quot;Крейзи Хаус&amp;quot;, поддавки, атомные шахматы, &amp;quot;Магараджа&amp;quot;, шахматы с кубиком, &amp;quot;Чатуранга&amp;quot;, дуэль на пешках, &amp;quot;Снайпер&amp;quot;, &amp;quot;Блоха&amp;quot;, &amp;quot;Шаш-маты&amp;quot;, шахматные превращалки.3. Кости: &amp;quot;Кости 1000&amp;quot;, &amp;quot;Свинья&amp;quot;, &amp;quot;Чикаго&amp;quot;, &amp;quot;Бак Дайс&amp;quot;, &amp;quot;Яхта&amp;quot;, &amp;quot;Помоги соседу&amp;quot;, &amp;quot;Двадцать одно&amp;quot;, &amp;quot;Морской флот&amp;quot;, &amp;quot;Посчитай и забери&amp;quot;.4. Мельница: &amp;quot;Мельница&amp;quot;, &amp;quot;Охота&amp;quot;, &amp;quot;Крест&amp;quot;.5. Лудо6. Нарды: классические, короткие, &amp;quot;Гюльбар&amp;quot;.7. Гонки: &amp;quot;Большие гонки&amp;quot;, &amp;quot;Трасса&amp;quot;, &amp;quot;Вираж&amp;quot;, &amp;quot;Пора заправиться!&amp;quot;.8. Лестницы и змейки: &amp;quot;Лестница&amp;quot;, &amp;quot;Клоуны резвятся&amp;quot;.9. Ходилка-гусек10. Ходилка.</t>
   </si>
   <si>
     <t>995312</t>
@@ -6365,113 +5360,86 @@
   <si>
     <t>Настольные игры – хороший способ весело и интересно провести время в кругу семьи или друзей. Подходят как для семейных вечеров, так и для больших и шумных компаний. Детская настольная игра для большой компании &amp;quot;Факт или Фейк?&amp;quot; – это интересная игра в удобном формате, которую можно взять с собой на вечеринку, в гости или в дорогу. С этой игрой вы проверите уровень знаний о космосе и интересно проведете время в компании.Состав игры: • карточки – 64 шт. &amp;#40;8х11,9 см&amp;#41;;• инструкция – на обратной стороне упаковки.</t>
   </si>
   <si>
     <t>995314</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bed/hmcss8qc30sfhf5s0x5ux9i7wgolm9jy.jpg</t>
   </si>
   <si>
     <t>Игра настольная  quot;Викторина quot;, 150 вопросов, АССОРТИ, 10 КОР</t>
   </si>
   <si>
     <t>Настольные игры – хороший способ весело и интересно провести время в кругу семьи или друзей. Подходят как для семейных вечеров, так и для больших и шумных компаний. С настольной игрой-викториной вы сможете проверить уровень знаний в различных темах и предметах, узнать новые факты о различных сферах нашей жизни. Игра рассчитана на 2-4 участников и предназначена для любознательных детей старше 10 лет и взрослых.Состав игры:- картонное игровое поле со стрелкой &amp;#40;20х20 см&amp;#41; – 1 шт.;- карточки &amp;#40;6,5х4,5 см&amp;#41; – 75 шт.</t>
   </si>
   <si>
     <t>995446</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6ad/l5hcfcw78xe19w541jx79c7ht92qoltw.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2ef/e5a5xejyyf7vr65uph0yk2dt2ijixy9i.jpg</t>
   </si>
   <si>
     <t>Развивающая игра Водный пинбол, в ассортименте</t>
   </si>
   <si>
     <t>Развивающая игра Водный пинбол, коробка, в ассортименте</t>
   </si>
   <si>
     <t>997600</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b7/nl1peosla9u1h5fb26fop0jdrys9orne.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;3в1. Башня. Забавный крокодил. Кто есть кто? quot;</t>
   </si>
   <si>
     <t>В одной коробке вы найдёте сразу 3 увлекательные игры. Башня - всемирно известная игра, в которой игрокам предстоит собирать башню переставляя брусочки с уровня на уровень. Забавный крокодил - игра на объяснение слов при помощи жестов, помогате развивать соловарный запас и весело проводить время в компании с семьёй и друзьями. Кто есть кто? - весёлая игра, в которой вам необходимо угадать, кто изображён на вашей карточке. Состав игры: пластиковые брусочки - 30 шт, игровые карточки - 25 шт.</t>
   </si>
   <si>
     <t>999194</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97c/3y7pj6mkov3v47n93zutwp3sbajkauj2.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Купи кота quot;</t>
   </si>
   <si>
     <t>Купи кота - это увлекательная динамичная игра про котиков. Цель игры: собрать 9 одинаковых карточек с котами путём обмена с другими игроками. В коробке вы найдёте 9 видов милых котиков, азнообразие в игру внесут карточки &amp;quot;Дракумышь&amp;quot; и &amp;quot;Гипнокот&amp;quot;. В комплект входит: 75 игровых карточек, правила игры.</t>
   </si>
   <si>
     <t>999195</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f13/4qbc0dhxbzqyjxjpg55resxxhmjm0uiu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d12/sbqvrqpphr8dpfi45mpv7n528kzy90h5.jpg</t>
   </si>
   <si>
     <t>Игра-викторина  СУММА ЗНАНИЙ quot; Умная Сова Bondibon</t>
   </si>
   <si>
     <t>Прививайте ребенку интерес к знаниям и расширяйте кругозор с увлекательной игрой СУММА ЗНАНИЙ от Bondibon! Викторина разработана на базе авторской методики обучения, предполагающей новую форму подачи материала. Разделите вопросы на 9 частей по темам: математика, окружающий мир, логика, животные, правда или ложь, в мире профессий, вокабуляр, сказки, основы безопасности. Игру начинает младший участник. Раскрутите рулетку и возьмите из колоды карточку той темы, на которую указала стрелка. Отвечайте на вопросы и проверяйте ответы по номеру. Оставьте у себя карточку, если все правильно. Побеждает участник, который первым соберет 3 карточки каждой из 9 тем. В игровой форме подготовьте ребенка к школе, развивайте логику, скорость мышления, память, усидчивость, внимательность и наблюдательность. В комплект входят: 198 иллюстрированных карточек с вопросами, рулетка, лист с ответами. Количество игроков 1-5 Возраст 5&amp;#43; Соберите всю серию викторин Умная Сова от Бондибон!</t>
   </si>
   <si>
     <t>1000157</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/793/t2ta7awipn1012zckmql396rznjadimq.jpg</t>
   </si>
   <si>
     <t>Игра-викторина  ДОСТОПРИМЕЧАТЕЛЬНОСТИ МИРА 2 quot; Умная Сова Bondibon</t>
   </si>
   <si>
     <t>Путешествуйте, не выходя из дома с викториной ДОСТОПРИМЕЧАТЕЛЬНОСТИ МИРА 2 от Bondibon. Настольная игра серии Умная Сова, разработанная на базе авторской методики - отличный способ расширить кругозор. Выберите одну из 32 красочных карточек. Раскрутите рулетку и прочитайте тот вопрос, номер которого выпал. Переверните песочные часы и внимательно изучите изображение. По истечении времени ответьте на вопрос. Заберите карточку себе, если задание выполнено верно. Постепенно переходите к более сложному варианту игры. Побеждает участник, который первым соберет 10 карточек. В процессе игры ребенок познакомится с основными достопримечательностями, флагами, национальными костюмами, традициями разных стран, разовьет скорость мышления, зрительную память, усидчивость, внимательность и наблюдательность. В комплект входят: 32 двусторонние карточки из твердого картона, рулетка, песочные часы. 2 уровня сложности Количество игроков 1-4 Возраст 7&amp;#43; Соберите всю серию викторин Умная Сова от Бондибон!</t>
   </si>
   <si>
     <t>1000158</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c66/56n8a7com7ajxe6rmgesf2vt5g5gvc9r.jpg</t>
@@ -6548,134 +5516,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5a5/7s08vuaub165w1orbyt19rtm0aed30u6.jpg</t>
   </si>
   <si>
     <t>Настольный баскетбол  quot;ЗАБРОСЬ МЯЧ quot; игра на батарейках, со счетчиком очков, подсветкой, звуком, 3 режима, Bondibon</t>
   </si>
   <si>
     <t>Игра на батарейках с 3 режимами и счетчиком очков понравится маленьким детям, школьникам и даже взрослым любителям спорта! В детский настольный баскетбол ЗАБРОСЬ МЯЧ с подсветкой и звуком от Bondibon интересно играть самостоятельных и вдвоем. Соберите баскетбольную площадку. При помощи кнопок установите количество игроков, сложность, таймер и начните матч. Положите мяч на старт и запустите его, нажав на рычаг. Зарабатывайте очки и наблюдайте за их автоматическим подсчетом на табло. Если захотите сделать паузу, нажмите еще раз на кнопку включения. Световой и звуковой эффекты создадут атмосферу настоящего матча. Играя, дети разовьют внимание, координацию, ловкость и эмоциональный интеллект. В набор входят: детали игрового поля, мяч. Понадобятся 3 батарейки АА &amp;#40;в набор не входят&amp;#41;. Возраст 4&amp;#43; Количество игроков 1-2 ЗАБРОСЬ МЯЧ от Бондибон займет достойное место в Вашей домашней коллекции наряду с настольным бильярдом, футболом и волейболом!</t>
   </si>
   <si>
     <t>1000229</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74a/f4uobbj8pnayss4lozd83krwuqn7vi4i.jpg</t>
   </si>
   <si>
     <t>Настольный футбол  ТОЧНЫЙ УДАР , игра пинбол с джойстиками, Bondibon</t>
   </si>
   <si>
     <t>Захватывающая игра на забивание голов для маленьких и больших любителей спорта! В настольный футбол ТОЧНЫЙ УДАР от Bondibon интересно играть как самостоятельно, так и вдвоем. Перед начало матча соберите игровое поле со счетчиком голов и камерой хранения мячей. При помощи рукояток-джойстиков задавайте траекторию полета мяча. Ваша задача – забить гол в ворота соперника. В процессе игры ребенок разовьет внимание, координацию движений, ловкость и эмоциональный интеллект. Пейнтбол с джойстиками выбирают в качестве подарка для мальчика на день рождения, Новый год, 23 февраля и другие праздники. Игра изготовлена из качественных безопасных материалов. В набор входят: детали для сборки игрового поля, мяч. Возраст 3&amp;#43; Количество игроков 1-2 Игра ТОЧНЫЙ УДАР от Бондибон займет достойное место в Вашей домашней коллекции наряду с настольным бильярдом, баскетболом и волейболом!</t>
   </si>
   <si>
     <t>1000287</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e10/s1epks3188j6r0s6t5z1qea5h54l79xp.jpg</t>
-[...32 lines deleted...]
-    <t>1001743</t>
+    <t>http://anytos.ru//upload/iblock/61b/ucx6t53cy9xpg5yis9eub4jqmmjxwj1m.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ  quot;Дублик. Для мальчиков quot;, 30 карточек, картонная коробка</t>
+  </si>
+  <si>
+    <t>Игра настольная ТРИ СОВЫ &amp;quot;Дублик. Для мальчиков&amp;quot;, 30 карточек, картонная коробка</t>
+  </si>
+  <si>
+    <t>1001740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/707/gx6azqg4tz1yynafna7cgbhfbfc7xclx.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;2в1. Кто есть кто. Правда или смелость quot;</t>
   </si>
   <si>
     <t>Настольная карточная игра, содержащая в себе две уникальные игры - &amp;quot;Кто есть кто&amp;quot; и &amp;quot;Правда или смелость&amp;quot;. Карточки двухсторонние, на одной стороне - &amp;quot;Кто есть кто&amp;quot;, на второй - &amp;quot;Правда или смелость&amp;quot;. Правила игр на вкладыше</t>
   </si>
   <si>
     <t>1009095</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61a/ust67ozfdzk9li2vuk8n29bdt67avwnb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9bb/xv1xp3ks6mh6d4f67b2ha6xhlv6kudae.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;2в1. Мафия. СуперДубль quot;</t>
   </si>
   <si>
     <t>Настольная карточная игра, содержащая в себе две уникальные игры - &amp;quot;Мафия&amp;quot; и &amp;quot;Супердубль&amp;quot;. Карточки двухсторонние, на одной стороне - &amp;quot;Мафия&amp;quot;, на второй - &amp;quot;Супердубль&amp;quot;. Правила игр написаны на вкладыше</t>
   </si>
   <si>
     <t>1009097</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f4f/ts4pvhm3gtjscvqiwozd509oz5ivoq24.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f9/w9311circbefz22l1pquhzyjc38x8h8d.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Квизмания. Cards quot;</t>
   </si>
   <si>
     <t>&amp;quot;Квизмания&amp;quot; – настольная игра, в которой вам необходимо отгадать с наименьшим числом подсказок, о чем идет речь! Игра предназначена 2&amp;#43; игроков. Играйте там, где удобно: в любом месте и в любой компании.</t>
   </si>
   <si>
     <t>1009099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/056/7qieidmkix8j21ferdgldce0o6o22jj4.jpg</t>
   </si>
   <si>
     <t>Игра детская настольная  quot;Котодром quot;</t>
   </si>
   <si>
     <t>Котодром - это гонка котиков. Игроки должны делать ставки, какой кот придет первым. Выигрывает тот игрок, который набрал больше всего очков. Состав набора: поле-пазл - 2 детали, карточки игровые - 104 шт., фишки-кошки - 5 шт., жетоны - 35 шт., правила игры - 1 шт.</t>
   </si>
   <si>
     <t>1009100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/684/vs3dz4qwrd2w4z62ofnxmo6451gw6r1c.jpg</t>
@@ -6704,93 +5624,246 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bb2/xirjzrxo8ivvlehbhjzmt2lolzqi9axp.jpg</t>
   </si>
   <si>
     <t>Игра настольная логическая  quot;Магнитный бой quot;, 24 магнита, доска 22х22 см, ЗОЛОТАЯ СКАЗКА, 665892</t>
   </si>
   <si>
     <t>Игра настольная &amp;quot;Магнитный бой&amp;quot; - это уникальное развлечение, которое привнесет в вашу жизнь невероятную атмосферу веселья и азарта. Игра идеально подходит как для детей, так и для взрослых. Она откроет перед вами увлекательный мир логики и стратегии. В набор входит игровое поле в виде доски, напоминающей шахматную, и 24 мощных магнита, упакованных в специальный мешочек. Игра построена на элементарных принципах и будет понятна даже самым юным игрокам. Цель игры – избавиться от всех своих магнитов первым. Настольная игра &amp;quot;Магнитный бой&amp;quot; станет отличным способом развить у детей мелкую моторику, внимание и логическое мышление. Процесс обучения станет по-настоящему занимательным и увлекательным!</t>
   </si>
   <si>
     <t>1010354</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c80/m5i01rql5r4g1f51ghvjiqij9k89agt6.jpg</t>
   </si>
   <si>
     <t>Игра настольная логическая  quot;Магнитный бой quot;, 24 магнита, доска 28х28 см, ЗОЛОТАЯ СКАЗКА, 665894</t>
   </si>
   <si>
     <t>Игра настольная &amp;quot;Магнитный бой&amp;quot; – это уникальное развлечение, которое привнесет в вашу жизнь невероятную атмосферу веселья и азарта. Игра идеально подходит как для детей, так и для взрослых. Она откроет перед вами увлекательный мир логики и стратегии. В набор входит игровое поле в виде доски, напоминающей шахматную, и 24 мощных магнита, упакованных в специальный мешочек. Игра построена на элементарных принципах и будет понятна даже самым юным игрокам. Цель игры – избавиться от всех своих магнитов первым. Настольная игра &amp;quot;Магнитный бой&amp;quot; станет отличным способом развить у детей мелкую моторику, внимание и логическое мышление. Процесс обучения станет по-настоящему занимательным и увлекательным!</t>
   </si>
   <si>
     <t>1010355</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9d3/nrjhdvf338khm93no39do7fth7w4an2j.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/692/dqv7vg60uygw74yyqffogkdtzgw619mh.jpg</t>
   </si>
   <si>
     <t>Игра настольная  quot;Имаджинариум Детство quot; до 7 игроков, 6 , COSMODROME GAMES, 12674</t>
   </si>
   <si>
     <t>Настольные игры – хороший способ весело и интересно провести время в кругу семьи или друзей. Они подходят как для семейных вечеров, так и для больших и шумных компаний. &amp;quot;Имаджинариум Детство&amp;quot; создана для маленьких фантазеров и подходит детям от 6 лет. Игра рассчитана на компанию от 2 до 7 человек, что делает её отличным выбором для семейных вечеров или детских праздников. Особенность этой версии – светлые и позитивные изображения, которые легко воспринимаются детьми. Дети могут загадывать ассоциации с названиями мультфильмов, рассказывать сказки или даже объединяться в команды. Это создаёт атмосферу веселья и дружбы, что особенно важно для детской компании.</t>
   </si>
   <si>
     <t>1012305</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/cosmodrome-games/"&gt;Cosmodrome Games&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38c/mxh3d1x5v37nl5uyu19esamastsgn3h1.jpg</t>
+  </si>
+  <si>
+    <t>Аэрофутбол, свет</t>
+  </si>
+  <si>
+    <t>Аэрофутбол, свет, элементы питания ААх4шт. не входят в комплект, коробка</t>
+  </si>
+  <si>
+    <t>1012905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/060/74fqqn3d8hlbu817uxscz2t5x52v0bf7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шашки классические  поле, шашки </t>
+  </si>
+  <si>
+    <t>Шашки классические &amp;#40;поле, шашки&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46c/tdpsyjjkk2dyrzkoaoadhqo0vxlpatr3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Домино классическое  пластиковая коробка </t>
+  </si>
+  <si>
+    <t>Домино классическое &amp;#40;пластиковая коробка&amp;#41;</t>
+  </si>
+  <si>
+    <t>1013128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64c/0bx8ffpkxkyjcrzqz1vl2kgn3a4zjv7u.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Лото, в комплекте бочонки, карточки, фишки, мешочек</t>
+  </si>
+  <si>
+    <t>Настольная игра Лото, в комплекте бочонки, карточки, фишки, мешочек, коробка</t>
+  </si>
+  <si>
+    <t>1013129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c25/zq8y9cruvh1fabbpn7j11qxzgmm8r0nd.jpg</t>
+  </si>
+  <si>
+    <t>Игра Дублик в круглой коробке Техник 30 карточек</t>
+  </si>
+  <si>
+    <t>1013231</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e0/3d5tpdqyaeulv1t4ld1cre98z5io73b0.jpg</t>
+  </si>
+  <si>
+    <t>Игра настольная космическая  quot;Попрыгушки quot;</t>
+  </si>
+  <si>
+    <t>Игра настольная космическая &amp;quot;Попрыгушки&amp;quot;</t>
+  </si>
+  <si>
+    <t>1013234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71b/hoo7amoj5v10xm5o575px7ml61bmcple.jpg</t>
+  </si>
+  <si>
+    <t>Карточная игра Квикли Челлендж на скорость мышления</t>
+  </si>
+  <si>
+    <t>1013235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2c/9tcflve5t5047s13coj3ll1mth15vfg0.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Собери четыре, в комплекте предметов 22шт.</t>
+  </si>
+  <si>
+    <t>1013236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de0/cfds48o0z1w5ld262fa8lsoy0p7a13xi.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Unotwist</t>
+  </si>
+  <si>
+    <t>1013237</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2c/f53emxiwokha5rls2xf53zibcgievcoo.jpg</t>
+  </si>
+  <si>
+    <t>Настольная игра Пинбол в ассортименте</t>
+  </si>
+  <si>
+    <t>Настольная игра Пинбол в ассортименте, пакет</t>
+  </si>
+  <si>
+    <t>1013264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e50/ut3pww4093n2292onv09ykpyyimnon5l.jpg</t>
+  </si>
+  <si>
+    <t>Шахматы магнитные ХИТ классические, доска 19х19 см, ЗОЛОТАЯ СКАЗКА, 665760</t>
+  </si>
+  <si>
+    <t>Шахматы магнитные ЗОЛОТАЯ СКАЗКА развивают внимательность, мышление и интеллект, а также помогают с интересом провести время. Идеальный набор для интеллектуального времяпрепровождения. Шахматы магнитные обеспечивают надёжное крепление фигур к игровому полю. Это особенно удобно для игры в дороге, будь то поезд, самолёт или автомобиль. Фигуры остаются на своих местах даже при движении, что позволяет сосредоточиться на стратегии и тактике без отвлечения на внешние факторы.Шахматы магнитные имеют удобный размер – доска 19х19 см очень компактна и легко поместится в сумку или рюкзак. Фигуры изготовлены из прочного пластика с магнитными основаниями, что делает их лёгкими, долговечными и устойчивыми на поле. Доска выполнена из качественного пластика и имеет складную конструкцию, внутри которой предусмотрено место для хранения фигур. Защёлка предотвращает случайное открытие доски.</t>
+  </si>
+  <si>
+    <t>1013802</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0d/2l4pwrzsaxtoyt23m2uyc5ojwtakuejp.jpg</t>
+  </si>
+  <si>
+    <t>Шахматы магнитные ХИТ классические, доска 25х25 см, ЗОЛОТАЯ СКАЗКА, 665761</t>
+  </si>
+  <si>
+    <t>Шахматы магнитные ЗОЛОТАЯ СКАЗКА развивают внимательность, мышление и интеллект, а также помогают с интересом провести время. Это идеальный набор для интеллектуального времяпрепровождения. Шахматы магнитные обеспечивают надёжное крепление фигур к игровому полю. Это особенно удобно для игры в дороге, будь то поезд, самолёт или автомобиль. Фигуры остаются на своих местах даже при движении, что позволяет сосредоточиться на стратегии и тактике без отвлечения на внешние факторы.Шахматы магнитные имеют удобный размер – доска 25х25см достаточно компактна и легко поместится в сумку или рюкзак. Фигуры изготовлены из прочного пластика с магнитными основаниями, что делает их лёгкими, долговечными и устойчивыми на поле. Доска выполнена из качественного пластика и имеет складную конструкцию, внутри которой предусмотрено место для хранения фигур. Защёлка предотвращает случайное открытие доски.</t>
+  </si>
+  <si>
+    <t>1013803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73e/a7kfdi81zex2rjkj1tyzmyoasmonzpp1.jpg</t>
+  </si>
+  <si>
+    <t>Шахматы магнитные ХИТ, доска 32х32 см, ЗОЛОТАЯ СКАЗКА, 665762</t>
+  </si>
+  <si>
+    <t>Шахматы магнитные ЗОЛОТАЯ СКАЗКА развивают внимательность, мышление и интеллект, а также помогают с интересом провести время. Это идеальный набор для интеллектуального времяпрепровождения. Шахматы магнитные обеспечивают надёжное крепление фигур к игровому полю. Это особенно удобно для игры в дороге, будь то поезд, самолёт или автомобиль. Фигуры остаются на своих местах даже при движении, что позволяет сосредоточиться на стратегии и тактике без отвлечения на внешние факторы.Размер доски – 32х32 см. Фигуры изготовлены из прочного пластика с магнитными основаниями, что делает их лёгкими, долговечными и устойчивыми на поле. Доска выполнена из качественного пластика и имеет складную конструкцию, внутри которой предусмотрено место для хранения фигур. Защёлка предотвращает случайное открытие доски.</t>
+  </si>
+  <si>
+    <t>1013804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/906/3qqhba67gqii7g86uwkld1fqy7w4zmop.jpg</t>
+  </si>
+  <si>
+    <t>Шахматы, шашки, нарды  quot;3 в 1 quot;, магнитные ХИТ, доска 32х32см, ЗОЛОТАЯ СКАЗКА, 665764</t>
+  </si>
+  <si>
+    <t>Шашки, шахматы и нарды ЗОЛОТАЯ СКАЗКА – три игры в одной коробке. Любая из них помогает развивать логическое и пространственное мышление, память. Идеальный набор для интеллектуального времяпрепровождения. Шахматы, шашки и нарды магнитные обеспечивают надёжное крепление фигур к игровому полю. Это особенно удобно для игры в дороге, будь то поезд, самолёт или автомобиль. Фигуры остаются на своих местах даже при движении, что позволяет сосредоточиться на стратегии и тактике без отвлечения на внешние факторы.Размер доски – 32х32 см. Фигуры изготовлены из прочного пластика с магнитными основаниями, что делает их лёгкими, долговечными и устойчивыми на поле. Доска выполнена из качественного пластика и имеет складную конструкцию, внутри которой предусмотрено место для хранения фигур. Защёлка предотвращает случайное открытие доски.</t>
+  </si>
+  <si>
+    <t>1013805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93a/zzk8nt3dg13yi3w25euc8av2nrzdtaqo.jpg</t>
+  </si>
+  <si>
+    <t>Шахматы, шашки, нарды магнитные  quot;3 в 1 quot; ХИТ, доска 25х25 см, ЗОЛОТАЯ СКАЗКА, 665763</t>
+  </si>
+  <si>
+    <t>Шашки, шахматы и нарды ЗОЛОТАЯ СКАЗКА – три игры в одной коробке. Любая из них помогает развивать логическое и пространственное мышление, память. Идеальный набор для интеллектуального времяпрепровождения. Шахматы, шашки и нарды магнитные обеспечивают надёжное крепление фигур к игровому полю. Это особенно удобно для игры в дороге, будь то поезд, самолёт или автомобиль. Фигуры остаются на своих местах даже при движении, что позволяет сосредоточиться на стратегии и тактике без отвлечения на внешние факторы.Размер доски – 25х25 см. Фигуры изготовлены из прочного пластика с магнитными основаниями, что делает их лёгкими, долговечными и устойчивыми на поле. Доска выполнена из качественного пластика и имеет складную конструкцию, внутри которой предусмотрено место для хранения фигур. Защёлка предотвращает случайное открытие доски.</t>
+  </si>
+  <si>
+    <t>1013806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fe/3k0bn8ja5ijzpd7zwsk3orzm0nj4hq54.jpg</t>
+  </si>
+  <si>
+    <t>Шахматы турнирные, деревянные, лакированные, глянцевые, доска 40 40 см, ЗОЛОТАЯ СКАЗКА, 665363</t>
+  </si>
+  <si>
+    <t>Шахматы турнирные деревянные ЗОЛОТАЯ СКАЗКА развивают внимательность, мышление, смекалку и мелкую моторику рук, а также помогают с интересом провести время. Идеальный набор для интеллектуального времяпрепровождения. В набор входят:• Раскладная доска для игры в шахматы:- размеры 40х40 см, в сложенном виде – 40х20 см;- размер клеток 4,6х4,6 см.• Шахматные фигуры из хвойных и лиственных пород дерева &amp;#40;32 штуки&amp;#41;: 16 светлых и 16 темных, с защитным лаковым покрытием.Размеры шахматных фигур:- основа диаметром от 3 до 3,5 см; - высота от 4,4 см &amp;#40;пешки&amp;#41; до 10,5 см &amp;#40;король&amp;#41;.Фигуры изготовлены на специализированном автоматизированном деревообрабатывающем оборудовании.Играть в шахматы можно где угодно: в компании, с друзьями, родителями, детьми, в походе. Это настоящая деревянная игрушка! Шахматы для детей очень полезны, так как развивают логическое мышление, учат стратегически мыслить и тренируют усидчивость.</t>
+  </si>
+  <si>
+    <t>1017255</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7117,12247 +6190,11398 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J536"/>
+  <dimension ref="A1:M498"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G536" sqref="G536"/>
+      <selection pane="bottomRight" activeCell="G498" sqref="G498"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>76</v>
+        <v>36</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="C36" s="1"/>
+        <v>140</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>141</v>
+      </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C37" s="1"/>
+        <v>144</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C38" s="1"/>
+        <v>148</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>149</v>
+      </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>89</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C45" s="1"/>
+        <v>171</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>172</v>
+      </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C47" s="1"/>
+        <v>178</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>179</v>
+      </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>243</v>
+        <v>27</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>260</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>261</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F70" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>289</v>
+        <v>27</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>305</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>309</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F82" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B98" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>449</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>453</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>457</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>461</v>
       </c>
       <c r="F120" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="G120" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="F121" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>473</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>477</v>
       </c>
       <c r="F124" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="G124" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="F126" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="F127" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="F128" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="F129" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="F130" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="F131" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C132" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F132" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="F133" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="F134" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="C135" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="F135" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="F136" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...3 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G136" s="3" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>541</v>
+        <v>27</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>543</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F141" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F142" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="B144" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>568</v>
+        <v>554</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>247</v>
+        <v>27</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>24</v>
+        <v>264</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>601</v>
+        <v>27</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
         <v>603</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>605</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>606</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>607</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>608</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>609</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>610</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
         <v>611</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>612</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>613</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>614</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
         <v>615</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>617</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>618</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
         <v>619</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>622</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
         <v>623</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>624</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>626</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
         <v>627</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>630</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>631</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>632</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>634</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>14</v>
+        <v>635</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="F165" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="B165" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G165" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
         <v>640</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>643</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
         <v>644</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>645</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>646</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>647</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
         <v>648</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>651</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>652</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>653</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>654</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>655</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>656</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>657</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>658</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>659</v>
       </c>
       <c r="F170" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="G170" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="C171" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="F171" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="C172" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="F172" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="F173" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="F174" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="F175" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="F176" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F183" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="B184" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>715</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="F184" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="F185" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>723</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F187" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C188" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="F188" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="C189" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="F189" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="C190" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="F190" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="C191" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="C191" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="F191" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="F192" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G192" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
         <v>749</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>752</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>639</v>
+        <v>27</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
         <v>753</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>756</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>639</v>
+        <v>27</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>757</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>760</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>761</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>764</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>639</v>
+        <v>606</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
         <v>765</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>768</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>769</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>772</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>639</v>
+        <v>27</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>773</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>776</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
         <v>777</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>779</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>780</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>781</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>782</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>783</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>784</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>788</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>789</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>791</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>792</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>793</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>796</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
         <v>797</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C205" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="F206" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...3 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G206" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
         <v>805</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>806</v>
       </c>
       <c r="C207" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="C208" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B209" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C209" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="C210" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="C210" s="1" t="s">
+      <c r="C211" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="C212" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="F212" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="F213" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="F214" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F216" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="C217" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="F217" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="C218" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="F218" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="C219" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="F219" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C220" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="F220" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="F219" s="3" t="s">
+      <c r="B221" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="G219" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="C221" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="B222" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="C222" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="B223" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="C223" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="B224" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="C224" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="B225" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="F223" s="3" t="s">
+      <c r="C225" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="G223" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>875</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="C226" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="C227" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="C228" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>887</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="C229" s="1" t="s">
         <v>890</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>891</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="F229" s="3" t="s">
         <v>892</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="G229" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="B230" s="1" t="s">
         <v>894</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>896</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="F230" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="G230" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>901</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="F231" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>905</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="F232" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>909</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="F233" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="F234" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="G234" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="C235" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="C237" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="C238" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="C239" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="F239" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="G239" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="B240" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="C240" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="F240" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="G240" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="B241" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="C241" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>942</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="C241" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="C242" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="B243" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="C242" s="1" t="s">
+      <c r="C243" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="C247" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>961</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="F247" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="C248" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B249" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="C249" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>967</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="B250" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="C250" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>970</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="C251" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="B252" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="C252" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>976</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="F252" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="C253" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>979</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="C254" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="C255" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>989</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="C257" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>992</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="F257" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>996</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="F258" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="C259" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="B260" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="C260" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="C261" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1005</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="C262" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="F262" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="C263" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="F263" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="B264" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="C264" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="F264" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="C265" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>1017</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="C261" s="1" t="s">
+      <c r="C266" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="D261" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1021</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="F266" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="G266" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="C262" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="C267" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1026</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="C263" s="1" t="s">
+      <c r="B268" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="C268" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1030</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="C264" s="1" t="s">
+      <c r="B269" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="C269" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1034</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="B270" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="C270" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1038</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="C266" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="D266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="C271" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="F266" s="3" t="s">
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1042</v>
       </c>
-      <c r="G266" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="C272" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1046</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1049</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="F273" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="C269" s="1" t="s">
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1053</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1056</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="C276" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1060</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="B277" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="F271" s="3" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="G271" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="C272" s="1" t="s">
+      <c r="C278" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="D272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="C279" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1071</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="C280" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="C281" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1079</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="B283" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C280" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="D280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="F280" s="3" t="s">
+      <c r="F286" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="G280" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1103</v>
       </c>
-      <c r="F281" s="3" t="s">
+      <c r="F287" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="G281" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1107</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="B289" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="C284" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="C290" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="C285" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="B291" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="C291" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1117</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="F291" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="C286" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B292" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1121</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="F292" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="B293" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1125</v>
       </c>
-      <c r="C288" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="F293" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="B294" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="C289" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1129</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="F294" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="B295" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="C290" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1132</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="B296" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1135</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="F296" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="B297" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1138</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="F297" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="C298" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1141</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="B299" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="C294" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="C299" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1145</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="B300" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="C300" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1149</v>
       </c>
-      <c r="C296" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="F300" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1153</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="C302" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1156</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="F302" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C303" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1159</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="F303" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="B304" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="C304" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="F304" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C305" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1167</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="C306" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1171</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="F306" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="B307" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="C304" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1179</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="F308" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="C306" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="C309" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1183</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="F309" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="B310" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="C310" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="F307" s="3" t="s">
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="G307" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="F310" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="C308" s="1" t="s">
+      <c r="C311" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="D308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1191</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="F311" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="C309" s="1" t="s">
+      <c r="C312" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1194</v>
       </c>
-      <c r="D309" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="F312" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="D310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F313" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="F314" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="C315" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1206</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="F315" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="C316" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="F316" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="C314" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="F317" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="C315" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="D315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1218</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="C316" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="C319" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1222</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="F319" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="C320" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1226</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="F320" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="C318" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="B321" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="F321" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="B322" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="F322" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="B323" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="C323" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="F323" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="D321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="B324" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="C324" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1242</v>
       </c>
-      <c r="C322" s="1" t="s">
+      <c r="F324" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="D322" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="B325" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="C323" s="1" t="s">
+      <c r="F325" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="D323" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="B326" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="C324" s="1" t="s">
+      <c r="F326" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="D324" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="B327" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1254</v>
       </c>
-      <c r="C325" s="1" t="s">
+      <c r="F327" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="B328" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="C328" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1258</v>
       </c>
-      <c r="C326" s="1" t="s">
+      <c r="F328" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="B329" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="C329" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1262</v>
       </c>
-      <c r="C327" s="1" t="s">
+      <c r="F329" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="D327" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="B330" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="C330" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1266</v>
       </c>
-      <c r="C328" s="1" t="s">
+      <c r="F330" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="D328" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="B331" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="C331" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="C329" s="1" t="s">
+      <c r="F331" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="D329" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="B332" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="C332" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1274</v>
       </c>
-      <c r="C330" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="F332" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="C333" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="C331" s="1" t="s">
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1278</v>
       </c>
-      <c r="D331" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="F333" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="B334" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="C334" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="C332" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="F334" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="B335" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="C335" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="D333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1286</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="F335" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="B336" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="C336" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="D334" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1290</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="F336" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="B337" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="C335" s="1" t="s">
+      <c r="C337" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="D335" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1294</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="F337" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="B338" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="C336" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="C338" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1298</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="F338" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="C337" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="B339" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="C339" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1302</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="F339" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="F338" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="B340" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="C340" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="C339" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E339" s="3" t="s">
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1306</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="F340" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="B341" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="C340" s="1" t="s">
+      <c r="C341" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1310</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="F341" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="B342" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="C342" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="D341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1314</v>
       </c>
-      <c r="F341" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="F342" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="B343" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="C342" s="1" t="s">
+      <c r="C343" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1317</v>
       </c>
-      <c r="D342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="F343" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="B344" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="C344" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="C343" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1321</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="F344" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="B345" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="C344" s="1" t="s">
+      <c r="C345" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="D344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1324</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="F345" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="B346" s="1" t="s">
         <v>1326</v>
       </c>
-      <c r="C345" s="1" t="s">
+      <c r="C346" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1327</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="F346" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="B347" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="C347" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1330</v>
       </c>
-      <c r="C346" s="1" t="s">
+      <c r="F347" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="D346" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="B348" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="F346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A347" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1334</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="F348" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1335</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="B349" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="C349" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1338</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="F349" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="B350" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="C350" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1341</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="F350" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="B351" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="C351" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1345</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="F351" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="C352" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1349</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="F352" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="B353" s="1" t="s">
         <v>1351</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="C353" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1352</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="B354" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="C354" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1355</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="F354" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="C353" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1359</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1363</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="C355" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="C357" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1367</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="B358" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="C358" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1371</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="B359" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="C359" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1375</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="B360" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="C360" s="1" t="s">
         <v>1378</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1379</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="B361" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="C361" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1383</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="B362" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="C362" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1387</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="F362" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="B363" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="D361" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="C363" s="1" t="s">
         <v>1390</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1391</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="F363" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="C364" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="F364" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="B365" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="C365" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1399</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="B366" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="C366" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1402</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="C367" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="F367" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="C368" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1408</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="F368" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="B369" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="C369" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1411</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="F369" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="C370" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1415</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="F370" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="B371" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="C371" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1419</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="F371" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="B372" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="D369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="C372" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1422</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="F372" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B373" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1425</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="F373" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="C374" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1429</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="F374" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="C375" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1433</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="F375" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="C376" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1437</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="F376" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="B377" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="C377" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="C374" s="1" t="s">
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1441</v>
       </c>
-      <c r="D374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="F377" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="C378" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1445</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="F378" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="C379" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1449</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="F379" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="C380" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1453</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="F380" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="C381" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1457</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="F381" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="C382" s="1" t="s">
         <v>1460</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1461</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="F382" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1465</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="F383" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G383" s="3" t="s">
         <v>1466</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="C384" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1469</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="F384" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1470</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="C385" s="1" t="s">
         <v>1472</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1473</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="F385" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="C386" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1476</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="B387" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="F383" s="3" t="s">
+      <c r="C387" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1479</v>
       </c>
-      <c r="G383" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="C388" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1483</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="C389" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1487</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="C390" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1491</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="C387" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="C391" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1495</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1497</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="C392" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1499</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="C389" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="B393" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="C393" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1503</v>
       </c>
-      <c r="C390" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="F393" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="C394" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="C391" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1507</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="C395" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1510</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="F395" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="B396" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="C396" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1513</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="F396" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1514</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="B397" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="C397" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1516</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="C394" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="B398" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="C398" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1519</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="F398" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="C395" s="1" t="s">
+      <c r="B399" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="C399" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1522</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="F399" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="B400" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="C396" s="1" t="s">
+      <c r="C400" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="D396" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1526</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="C397" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="C401" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1530</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C398" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="B402" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="C402" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1534</v>
       </c>
-      <c r="C399" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="B403" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="C403" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="C400" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="D400" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="B404" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="C404" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1541</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="F404" s="3" t="s">
         <v>1542</v>
       </c>
-      <c r="C401" s="1" t="s">
+      <c r="G404" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="B405" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="C405" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1545</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="C402" s="1" t="s">
+      <c r="B406" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="D402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="C406" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1548</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="B407" s="1" t="s">
         <v>1550</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="C407" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1552</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="B408" s="1" t="s">
         <v>1554</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="C408" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1556</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="B409" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="C409" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1560</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="B410" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1564</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="B411" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="C411" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1568</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="C412" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1572</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="C413" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1576</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1578</v>
       </c>
-      <c r="C410" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="C414" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1580</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="C411" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="B415" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="C415" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1584</v>
       </c>
-      <c r="C412" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="F415" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="C416" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="C413" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1588</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="F416" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="B417" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="C417" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1592</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="F417" s="3" t="s">
         <v>1593</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="G417" s="3" t="s">
         <v>1594</v>
       </c>
-      <c r="C415" s="1" t="s">
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1595</v>
       </c>
-      <c r="D415" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="B418" s="1" t="s">
         <v>1596</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="C418" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1598</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="F418" s="3" t="s">
+        <v>1593</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B417" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1600</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="C419" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1602</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="F419" s="3" t="s">
         <v>1603</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="G419" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="C420" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1607</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="B421" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="C421" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1610</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="B422" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1614</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1615</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="B423" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="C421" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1618</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="F423" s="3" t="s">
         <v>1619</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="G423" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="B424" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="C424" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1622</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="B425" s="1" t="s">
         <v>1624</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1626</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="F425" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="C426" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1629</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="F426" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="B427" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="C427" s="1" t="s">
         <v>1632</v>
       </c>
-      <c r="C425" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1633</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="F427" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="B428" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1637</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="F428" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="B429" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="C429" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1641</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="F429" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G427" s="3" t="s">
+      <c r="B430" s="1" t="s">
         <v>1643</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="C430" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1645</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="F430" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="B431" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="C431" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1649</v>
       </c>
-      <c r="C429" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="F431" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1650</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="B432" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="C432" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="C430" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1653</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1654</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="B433" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="C431" s="1" t="s">
+      <c r="C433" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1657</v>
       </c>
-      <c r="F431" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="F433" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="B434" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="C434" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1661</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1662</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="B435" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="C435" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1665</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="B436" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="C434" s="1" t="s">
+      <c r="C436" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1669</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="F436" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1670</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1671</v>
       </c>
-      <c r="C435" s="1" t="s">
+      <c r="C437" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1673</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="F437" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="B438" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="C436" s="1" t="s">
+      <c r="C438" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1677</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1678</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="B439" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="C439" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1681</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="F439" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="B440" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="C440" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1685</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="F440" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="C439" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="B441" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="C441" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1689</v>
       </c>
-      <c r="C440" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="F441" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="C441" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1693</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="C442" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="C443" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1697</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="F443" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="C443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1699</v>
       </c>
-      <c r="D443" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="C444" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1701</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="F444" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1702</v>
       </c>
-      <c r="C444" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="D444" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="C445" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1704</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="F445" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="B446" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="C446" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1708</v>
       </c>
-      <c r="F445" s="3" t="s">
+      <c r="F446" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1709</v>
       </c>
-      <c r="G445" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="B447" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="C447" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1711</v>
       </c>
-      <c r="C446" s="1" t="s">
+      <c r="F447" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="D446" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="B448" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="F446" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="C448" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1714</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="F448" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="C447" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1716</v>
       </c>
-      <c r="D447" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="C449" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
         <v>1717</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="F449" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="B450" s="1" t="s">
         <v>1719</v>
       </c>
-      <c r="C448" s="1" t="s">
+      <c r="C450" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="D448" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E448" s="3" t="s">
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1721</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A449" s="1" t="s">
+      <c r="F450" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
         <v>1722</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="B451" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="C449" s="1" t="s">
+      <c r="C451" s="1" t="s">
         <v>1724</v>
       </c>
-      <c r="D449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E449" s="3" t="s">
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
         <v>1725</v>
       </c>
-      <c r="F449" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A450" s="1" t="s">
+      <c r="F451" s="3" t="s">
         <v>1726</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="G451" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="C450" s="1" t="s">
+      <c r="B452" s="1" t="s">
         <v>1728</v>
       </c>
-      <c r="D450" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E450" s="3" t="s">
+      <c r="C452" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A451" s="1" t="s">
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
         <v>1730</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="F452" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="C451" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E451" s="3" t="s">
+      <c r="B453" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="F451" s="3" t="s">
+      <c r="C453" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="G451" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A452" s="1" t="s">
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
         <v>1734</v>
       </c>
-      <c r="B452" s="1" t="s">
+      <c r="F453" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
         <v>1735</v>
       </c>
-      <c r="C452" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E452" s="3" t="s">
+      <c r="B454" s="1" t="s">
         <v>1736</v>
       </c>
-      <c r="F452" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A453" s="1" t="s">
+      <c r="C454" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="B453" s="1" t="s">
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
         <v>1738</v>
       </c>
-      <c r="C453" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E453" s="3" t="s">
+      <c r="F454" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="F453" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A454" s="1" t="s">
+      <c r="B455" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="B454" s="1" t="s">
+      <c r="C455" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="C454" s="1" t="s">
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
         <v>1742</v>
       </c>
-      <c r="D454" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E454" s="3" t="s">
+      <c r="F455" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G455" s="3" t="s">
         <v>1743</v>
       </c>
-      <c r="F454" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A455" s="1" t="s">
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="B455" s="1" t="s">
+      <c r="B456" s="1" t="s">
         <v>1745</v>
       </c>
-      <c r="C455" s="1" t="s">
+      <c r="C456" s="1" t="s">
         <v>1746</v>
       </c>
-      <c r="D455" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E455" s="3" t="s">
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
         <v>1747</v>
       </c>
-      <c r="F455" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A456" s="1" t="s">
+      <c r="F456" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
         <v>1748</v>
       </c>
-      <c r="B456" s="1" t="s">
+      <c r="B457" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="C456" s="1" t="s">
+      <c r="C457" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="D456" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E456" s="3" t="s">
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
         <v>1751</v>
       </c>
-      <c r="F456" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A457" s="1" t="s">
+      <c r="F457" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
         <v>1752</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="B458" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="C457" s="1" t="s">
+      <c r="C458" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="D457" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E457" s="3" t="s">
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
         <v>1755</v>
       </c>
-      <c r="F457" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A458" s="1" t="s">
+      <c r="F458" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G458" s="3" t="s">
         <v>1756</v>
       </c>
-      <c r="B458" s="1" t="s">
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="C458" s="1" t="s">
+      <c r="B459" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="D458" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E458" s="3" t="s">
+      <c r="C459" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="F458" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A459" s="1" t="s">
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
         <v>1760</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="F459" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G459" s="3" t="s">
         <v>1761</v>
       </c>
-      <c r="C459" s="1" t="s">
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="D459" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E459" s="3" t="s">
+      <c r="B460" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="F459" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A460" s="1" t="s">
+      <c r="C460" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="C460" s="1" t="s">
+      <c r="F460" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
         <v>1766</v>
       </c>
-      <c r="D460" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E460" s="3" t="s">
+      <c r="B461" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="F460" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A461" s="1" t="s">
+      <c r="C461" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
         <v>1769</v>
       </c>
-      <c r="C461" s="1" t="s">
+      <c r="F461" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
         <v>1770</v>
       </c>
-      <c r="D461" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E461" s="3" t="s">
+      <c r="B462" s="1" t="s">
         <v>1771</v>
       </c>
-      <c r="F461" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A462" s="1" t="s">
+      <c r="C462" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="B462" s="1" t="s">
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
         <v>1773</v>
       </c>
-      <c r="C462" s="1" t="s">
+      <c r="F462" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="D462" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E462" s="3" t="s">
+      <c r="B463" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="F462" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A463" s="1" t="s">
+      <c r="C463" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="B463" s="1" t="s">
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
         <v>1777</v>
       </c>
-      <c r="C463" s="1" t="s">
+      <c r="F463" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="D463" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E463" s="3" t="s">
+      <c r="B464" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="F463" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A464" s="1" t="s">
+      <c r="C464" s="1" t="s">
         <v>1780</v>
       </c>
-      <c r="B464" s="1" t="s">
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
         <v>1781</v>
       </c>
-      <c r="C464" s="1" t="s">
+      <c r="F464" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
         <v>1782</v>
       </c>
-      <c r="D464" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E464" s="3" t="s">
+      <c r="B465" s="1" t="s">
         <v>1783</v>
       </c>
-      <c r="F464" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A465" s="1" t="s">
+      <c r="C465" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="B465" s="1" t="s">
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
         <v>1785</v>
       </c>
-      <c r="C465" s="1" t="s">
+      <c r="F465" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
         <v>1786</v>
       </c>
-      <c r="D465" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E465" s="3" t="s">
+      <c r="B466" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="F465" s="3" t="s">
+      <c r="C466" s="1" t="s">
         <v>1788</v>
       </c>
-      <c r="G465" s="3" t="s">
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
         <v>1789</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A466" s="1" t="s">
+      <c r="F466" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
         <v>1790</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="B467" s="1" t="s">
         <v>1791</v>
       </c>
-      <c r="C466" s="1" t="s">
+      <c r="C467" s="1" t="s">
         <v>1792</v>
       </c>
-      <c r="D466" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E466" s="3" t="s">
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
         <v>1793</v>
       </c>
-      <c r="F466" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A467" s="1" t="s">
+      <c r="F467" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="B467" s="1" t="s">
+      <c r="B468" s="1" t="s">
         <v>1795</v>
       </c>
-      <c r="C467" s="1" t="s">
+      <c r="C468" s="1" t="s">
         <v>1796</v>
       </c>
-      <c r="D467" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E467" s="3" t="s">
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
         <v>1797</v>
       </c>
-      <c r="F467" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A468" s="1" t="s">
+      <c r="F468" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
         <v>1798</v>
       </c>
-      <c r="B468" s="1" t="s">
+      <c r="B469" s="1" t="s">
         <v>1799</v>
       </c>
-      <c r="C468" s="1" t="s">
+      <c r="C469" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="D468" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E468" s="3" t="s">
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
         <v>1801</v>
       </c>
-      <c r="F468" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A469" s="1" t="s">
+      <c r="F469" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
         <v>1802</v>
       </c>
-      <c r="B469" s="1" t="s">
+      <c r="B470" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="C470" s="1" t="s">
         <v>1804</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
         <v>1805</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="F470" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="C470" s="1" t="s">
+      <c r="B471" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="D470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="C471" s="1" t="s">
         <v>1808</v>
       </c>
-      <c r="F470" s="3" t="s">
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
         <v>1809</v>
       </c>
-      <c r="G470" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="F471" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
         <v>1810</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="B472" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="C471" s="1" t="s">
+      <c r="C472" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="D471" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
         <v>1813</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="F472" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
         <v>1814</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="B473" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="C472" s="1" t="s">
+      <c r="C473" s="1" t="s">
         <v>1816</v>
       </c>
-      <c r="D472" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
         <v>1817</v>
       </c>
-      <c r="F472" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A473" s="1" t="s">
+      <c r="F473" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="B474" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="C473" s="1" t="s">
+      <c r="C474" s="1" t="s">
         <v>1820</v>
       </c>
-      <c r="D473" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
         <v>1821</v>
       </c>
-      <c r="F473" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="F474" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="B475" s="1" t="s">
         <v>1823</v>
       </c>
-      <c r="C474" s="1" t="s">
+      <c r="C475" s="1" t="s">
         <v>1824</v>
       </c>
-      <c r="D474" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
         <v>1825</v>
       </c>
-      <c r="F474" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A475" s="1" t="s">
+      <c r="F475" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
         <v>1826</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="B476" s="1" t="s">
         <v>1827</v>
       </c>
-      <c r="C475" s="1" t="s">
+      <c r="C476" s="1" t="s">
         <v>1828</v>
       </c>
-      <c r="D475" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
         <v>1829</v>
       </c>
-      <c r="F475" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A476" s="1" t="s">
+      <c r="F476" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="B477" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="C476" s="1" t="s">
+      <c r="C477" s="1" t="s">
         <v>1832</v>
       </c>
-      <c r="D476" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E476" s="3" t="s">
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
         <v>1833</v>
       </c>
-      <c r="F476" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A477" s="1" t="s">
+      <c r="F477" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="B478" s="1" t="s">
         <v>1835</v>
       </c>
-      <c r="C477" s="1" t="s">
+      <c r="C478" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="D477" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E477" s="3" t="s">
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
         <v>1837</v>
       </c>
-      <c r="F477" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A478" s="1" t="s">
+      <c r="F478" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
         <v>1838</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="B479" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="C478" s="1" t="s">
+      <c r="C479" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="D478" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
         <v>1841</v>
       </c>
-      <c r="F478" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A479" s="1" t="s">
+      <c r="F479" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="B480" s="1" t="s">
         <v>1843</v>
       </c>
-      <c r="C479" s="1" t="s">
+      <c r="C480" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="D479" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E479" s="3" t="s">
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
         <v>1845</v>
       </c>
-      <c r="F479" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A480" s="1" t="s">
+      <c r="F480" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="B480" s="1" t="s">
+      <c r="B481" s="1" t="s">
         <v>1847</v>
       </c>
-      <c r="C480" s="1" t="s">
+      <c r="C481" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="D480" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E480" s="3" t="s">
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
         <v>1849</v>
       </c>
-      <c r="F480" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A481" s="1" t="s">
+      <c r="F481" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="B481" s="1" t="s">
+      <c r="B482" s="1" t="s">
         <v>1851</v>
       </c>
-      <c r="C481" s="1" t="s">
+      <c r="C482" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="D481" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E481" s="3" t="s">
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
         <v>1853</v>
       </c>
-      <c r="F481" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A482" s="1" t="s">
+      <c r="F482" s="3" t="s">
         <v>1854</v>
       </c>
-      <c r="B482" s="1" t="s">
+      <c r="G482" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="C482" s="1" t="s">
+      <c r="B483" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="D482" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E482" s="3" t="s">
+      <c r="C483" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="F482" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A483" s="1" t="s">
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
         <v>1858</v>
       </c>
-      <c r="B483" s="1" t="s">
+      <c r="F483" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="C483" s="1" t="s">
+      <c r="B484" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="D483" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E483" s="3" t="s">
+      <c r="C484" s="1" t="s">
         <v>1861</v>
       </c>
-      <c r="F483" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A484" s="1" t="s">
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
         <v>1862</v>
       </c>
-      <c r="B484" s="1" t="s">
+      <c r="F484" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G484" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="C484" s="1" t="s">
+      <c r="B485" s="1" t="s">
         <v>1864</v>
       </c>
-      <c r="D484" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E484" s="3" t="s">
+      <c r="C485" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="F484" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A485" s="1" t="s">
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
         <v>1866</v>
       </c>
-      <c r="B485" s="1" t="s">
+      <c r="F485" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="C485" s="1" t="s">
+      <c r="B486" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="D485" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E485" s="3" t="s">
+      <c r="C486" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="F485" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A486" s="1" t="s">
+      <c r="D486" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
         <v>1870</v>
       </c>
-      <c r="B486" s="1" t="s">
+      <c r="F486" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G486" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
         <v>1871</v>
       </c>
-      <c r="C486" s="1" t="s">
+      <c r="B487" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="D486" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E486" s="3" t="s">
+      <c r="C487" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
         <v>1873</v>
       </c>
-      <c r="F486" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A487" s="1" t="s">
+      <c r="F487" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G487" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="B487" s="1" t="s">
+      <c r="B488" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="C487" s="1" t="s">
+      <c r="C488" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="D487" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E487" s="3" t="s">
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
         <v>1877</v>
       </c>
-      <c r="F487" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A488" s="1" t="s">
+      <c r="F488" s="3" t="s">
+        <v>1619</v>
+      </c>
+      <c r="G488" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="B488" s="1" t="s">
+      <c r="B489" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="C488" s="1" t="s">
+      <c r="C489" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="3" t="s">
         <v>1880</v>
       </c>
-      <c r="D488" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E488" s="3" t="s">
+      <c r="F489" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G489" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="F488" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A489" s="1" t="s">
+      <c r="B490" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="B489" s="1" t="s">
+      <c r="C490" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
         <v>1883</v>
       </c>
-      <c r="C489" s="1" t="s">
+      <c r="F490" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
         <v>1884</v>
       </c>
-      <c r="D489" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E489" s="3" t="s">
+      <c r="B491" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="F489" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A490" s="1" t="s">
+      <c r="C491" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
         <v>1886</v>
       </c>
-      <c r="B490" s="1" t="s">
+      <c r="F491" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
         <v>1887</v>
       </c>
-      <c r="C490" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E490" s="3" t="s">
+      <c r="B492" s="1" t="s">
         <v>1888</v>
       </c>
-      <c r="F490" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A491" s="1" t="s">
+      <c r="C492" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="B491" s="1" t="s">
+      <c r="D492" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="3" t="s">
         <v>1890</v>
       </c>
-      <c r="C491" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E491" s="3" t="s">
+      <c r="F492" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A493" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="F491" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A492" s="1" t="s">
+      <c r="B493" s="1" t="s">
         <v>1892</v>
       </c>
-      <c r="B492" s="1" t="s">
+      <c r="C493" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="C492" s="1" t="s">
+      <c r="D493" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" s="3" t="s">
         <v>1894</v>
       </c>
-      <c r="D492" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E492" s="3" t="s">
+      <c r="F493" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G493" s="3" t="s">
         <v>1895</v>
       </c>
-      <c r="F492" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A493" s="1" t="s">
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A494" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="B493" s="1" t="s">
+      <c r="B494" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="C493" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E493" s="3" t="s">
+      <c r="C494" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="F493" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A494" s="1" t="s">
+      <c r="D494" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E494" s="3" t="s">
         <v>1899</v>
       </c>
-      <c r="B494" s="1" t="s">
+      <c r="F494" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G494" s="3" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A495" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="C494" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E494" s="3" t="s">
+      <c r="B495" s="1" t="s">
         <v>1901</v>
       </c>
-      <c r="F494" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A495" s="1" t="s">
+      <c r="C495" s="1" t="s">
         <v>1902</v>
       </c>
-      <c r="B495" s="1" t="s">
+      <c r="D495" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="3" t="s">
         <v>1903</v>
       </c>
-      <c r="C495" s="1" t="s">
+      <c r="F495" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
         <v>1904</v>
       </c>
-      <c r="D495" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E495" s="3" t="s">
+      <c r="B496" s="1" t="s">
         <v>1905</v>
       </c>
-      <c r="F495" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A496" s="1" t="s">
+      <c r="C496" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="B496" s="1" t="s">
+      <c r="D496" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
         <v>1907</v>
       </c>
-      <c r="C496" s="1" t="s">
+      <c r="F496" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G496" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
         <v>1908</v>
       </c>
-      <c r="D496" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E496" s="3" t="s">
+      <c r="B497" s="1" t="s">
         <v>1909</v>
       </c>
-      <c r="F496" s="3" t="s">
+      <c r="C497" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="G496" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A497" s="1" t="s">
+      <c r="D497" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
         <v>1911</v>
       </c>
-      <c r="B497" s="1" t="s">
+      <c r="F497" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
         <v>1912</v>
       </c>
-      <c r="C497" s="1" t="s">
+      <c r="B498" s="1" t="s">
         <v>1913</v>
       </c>
-      <c r="D497" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E497" s="3" t="s">
+      <c r="C498" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="F497" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A498" s="1" t="s">
+      <c r="D498" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="3" t="s">
         <v>1915</v>
       </c>
-      <c r="B498" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F498" s="3" t="s">
-        <v>1042</v>
+        <v>550</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>15</v>
-[...873 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">