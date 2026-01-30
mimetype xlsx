--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -12,113 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
+  </si>
+  <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edd/edd771e0f9a23b85a09d0096c10e317a/1fe4fd1547e9b4b6c98731803b43e9a4.jpg</t>
   </si>
   <si>
     <t>Французские опыты Науки с Буки Bondibon Камни, арт.550422</t>
   </si>
   <si>
     <t>&amp;quot;В поисках драгоценностей&amp;quot; - французские научно-познавательные опыты Науки с Буки BONDIBON. &lt;br /&gt;
 Охотники за редкими камнями, мечтающие об уникальных находках, этот научно-познавательный набор для вас! Он научит обращаться с настоящими инструментами геолога и позволит найти редкие драгоценные камни и минералы. Действуя внимательно, аккуратно и в правильной последовательности, вы сможете, не выходя из дома, отыскать в недрах земли настоящие сокровища и создать собственную эксклюзивную коллекцию камней, которая станет вашей гордостью и предметом восхищения ваших друзей! Состав набора: камни, блок для проведения раскопок, молоток, зубило, кисточка, губка, дополнительная штукатурка, прозрачный лоток.</t>
   </si>
   <si>
     <t>Археология</t>
   </si>
   <si>
     <t>85630</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49c/49c6f349a80e6b1017e0b15d343b9c63/6d571b67f658d8f451f635f78e0a727d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/764/7643502dec6ddc8315ab3e4ff949cf44/c02aec00e75bdd783b79ed40c1c88e9a.jpg</t>
   </si>
   <si>
     <t>Исторические раскопки Науки с Буки BONDIBON Стегозавр</t>
   </si>
   <si>
     <t>577185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d36/d3676f3bf2cd2ab2dbeef0784103bfaf/59d7606fcb8c8e7dd2f75fbbf1864480.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Исторические раскопки Науки с Буки BONDIBON Брахиозавр  светящийся в темноте </t>
   </si>
   <si>
     <t>Исторические раскопки Науки с Буки BONDIBON Брахиозавр &amp;#40;светящийся в темноте&amp;#41;</t>
   </si>
   <si>
     <t>577187</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e7/8e70462488a68f7214161b03651798f9/b0fdce0df57484db140a3f26c7b6a36b.jpg</t>
   </si>
   <si>
     <t>Исторические раскопки Науки с Буки BONDIBON Брахиозавр</t>
@@ -327,50 +324,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4fd/4fd6f714547fa1b37058fbd837729cbe/c6ba4e9e6ba2285c928e8aacf266d50e.jpg</t>
   </si>
   <si>
     <t>Исторические раскопки Науки с Буки, BONDIBON, Яйцо динозавра</t>
   </si>
   <si>
     <t>577223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3a/a3a288377a6455963196b9df350daa9f/832fe408d477c2d47cd222d175c8e7aa.jpg</t>
   </si>
   <si>
     <t>577224</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/316/316ee56c63496be63caf3d93a4f8063f/e6b11786e6b8d2a594801a9cb5521ca4.jpg</t>
   </si>
   <si>
     <t>Французские опыты Науки с Буки Bondibon проводим раскопки Динозавры</t>
   </si>
   <si>
     <t>577227</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/75a/75a9b5dc4c9e1a9ea76cf3d6d8a48166/85983a20c53c1f760524208a03e20768.jpg</t>
+  </si>
+  <si>
+    <t>Французские опыты Науки с Буки Bondibon проводим раскопки Древний Египет</t>
+  </si>
+  <si>
+    <t>577228</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/42a/42a0657c4635e57b3491e3b7b0144df3/d5f1e59d1a6f7419209482d60597af49.jpg</t>
   </si>
   <si>
     <t>Французские опыты Науки с Буки Bondibon проводим раскопки Древний Рим</t>
   </si>
   <si>
     <t>577229</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0d/b0d69d2df7365d9d6af81ca30c3c0ae0/42e63fe1120dde53fdf9c99508768b92.jpg</t>
   </si>
   <si>
     <t>Французские опыты Науки с Буки Bondibon проводим раскопки Яйцо крокодила</t>
   </si>
   <si>
     <t>577231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/176/1768baac57a12cb2fca0fc237cddf973/6b6170b018b39dd8af1b2203c7a26811.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Французские опыты Науки с Буки Bondibon проводим раскопки Животный мир. Узнай кто внутри </t>
   </si>
   <si>
     <t>Французские опыты Науки с Буки Bondibon проводим раскопки Животный мир. Узнай кто внутри!</t>
@@ -429,50 +435,62 @@
   <si>
     <t>Исторические раскопки Науки с Буки, BONDIBON  quot;Динозавры quot; Велоцираптор</t>
   </si>
   <si>
     <t>Проведи раскопки, используя настоящие археологические инструменты с набором палеонтолога &amp;quot;ДИНОЗАВР Велоцираптор&amp;quot; серии Исторические раскопки Науки с Буки от BONDIBON. В результате проведённых раскопок внутри блока ты найдёшь скелет хищного доисторического существа! Велоцирапторы принадлежат к группе хищных динозавров. В переводе их название означает «быстрый охотник», и оно как нельзя лучше соответствует велоцирапторам. Они были довольно маленькими, высотой всего 80 см, но это не мешало им нападать на ящеров значительно больших размеров. Исследовав окаменевшие скелеты велоцирапторов, ученые установили, что эти динозавры были одними из самых успешных охотников своего времени. Состав набора: блок для проведения раскопок, молоток, зубило, кисточка, губка, скелет, инструкция. Наборы юного археолога и палеонтолога торговой марки BONDIBON предназначены&amp;nbsp;&amp;nbsp;для детей старше 6 лет.</t>
   </si>
   <si>
     <t>709272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5af/6j5b1gkx57ox66xbmb8l1hxy2uv305ta.jpg</t>
   </si>
   <si>
     <t>Набор раскопок  quot;Сокровища quot;</t>
   </si>
   <si>
     <t>Набор раскопок &amp;quot;Сокровища&amp;quot;</t>
   </si>
   <si>
     <t>825309</t>
   </si>
   <si>
     <t>&lt;a href="/brands/on-time/"&gt;ON TIME&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6f0/wswg9njg09m53tb483qxzh5jhzl640y0.jpg</t>
+  </si>
+  <si>
+    <t>Набор раскопок  quot;Спинозавр quot;, с игрушкой, светится в темноте</t>
+  </si>
+  <si>
+    <t>Набор раскопок &amp;quot;Спинозавр&amp;quot;, с игрушкой, светится в темноте</t>
+  </si>
+  <si>
+    <t>825310</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6b9/svkn6psoghq2gssaar9j79p8av64nvk2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Исторические раскопки Науки с Буки, BONDIBON, Найди сокровища   яйцо-гигант с коллекцией драгоценностей </t>
   </si>
   <si>
     <t>Найти сокровища мечтает каждый, но мало кто знает, что с набором юного археолога «Найди сокровища» 6 в 1 Bondibon это станет увлекательной и легкой задачей! С помощью серии Исторических раскопок Науки с Буки Вы сможете попробовать себя в новой роли и раскопать то, что спрятано от других. Ненадолго замочите яйцо динозавра в воде и приступайте к исследованию – воспользуйтесь инструментами из набора и найдите все драгоценности, которые находятся внутри. В комплекте: блок для раскопок, сокровища, инструменты и вложение-сюрприз. Рекомендуемый возраст 6&amp;#43;. Попробуйте набор юного археолога «Найди сокровища» 6 в 1 из серии Исторические раскопки Науки с Буки Bondibon и погрузитесь в увлекательный мир раскопок вместе с нами.</t>
   </si>
   <si>
     <t>839460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67b/nnssgtf5wr49oijrustuhnvbhsy6l7u8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Исторические раскопки Науки с Буки, BONDIBON, Яйцо динозавра  яйцо-гигант с коллекцией динозавров </t>
   </si>
   <si>
     <t>Почувствуйте себя героем настоящих раскопок вместе с набором юного археолога «Яйцо динозавра» 6 в 1 Bondibon. С помощью серии Исторических раскопок Науки с Буки Вы сможете попробовать себя в новой роли и раскопать то, что спрятано от других. Ненадолго замочите яйцо динозавра в воде и приступайте к исследованию – воспользуйтесь инструментами из набора и найдите всех динозавров, которые находятся внутри. В комплекте: блок для раскопок, фигурки динозавров и инструменты. Рекомендуемый возраст 6&amp;#43;. Попробуйте набор юного археолога «Яйцо динозавра» 6 в 1 из серии Исторические раскопки Науки с Буки Bondibon и погрузитесь в увлекательный мир раскопок и палеонтологии вместе с нами.</t>
   </si>
   <si>
     <t>839461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/104/s1q8mgjgf9f8th1g6udy2rdgtbdmxy5d.jpg</t>
@@ -612,318 +630,363 @@
   <si>
     <t xml:space="preserve">Набор для детского творчества  Раскопки. Динозавры </t>
   </si>
   <si>
     <t>Раскопки &amp;quot;Динозавры&amp;quot;. В набор входит: брусок, в котором спрятано 5 фигурок, 2 стека для раскопок.</t>
   </si>
   <si>
     <t>954425</t>
   </si>
   <si>
     <t>&lt;a href="/brands/genio-kids-art/"&gt;GENIO KIDS-ART&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/018/xhnihc0j60xjn585oqymi6cgght63ew6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор для детского творчества  Раскопки. Сокровища единорогов </t>
   </si>
   <si>
     <t>Раскопки &amp;quot;Сокровища единорогов&amp;quot;. В набор входит: брусок, в котором спрятано 5 фигурок, 2 стека для раскопок.</t>
   </si>
   <si>
     <t>954426</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cdf/tmm1p67g4ca15cflj5jdno9qtg001qhm.jpg</t>
-[...5 lines deleted...]
-    <t>956586</t>
+    <t>http://anytos.ru//upload/iblock/f2b/d76u6u3d48p8bx2yvxz5coajz8igmfl9.jpg</t>
+  </si>
+  <si>
+    <t>Набор игровой  Раскопки динозавров  6 в 1</t>
+  </si>
+  <si>
+    <t>Набор игровой «Раскопки динозавров» 6 в 1. Познавательный игровой набор состоит из 6 фигурок-скелетов динозавров, которые с помощью вспомогательных инструментов предлагается извлечь из гипсовой основы. В наборе: 6 гипсовых брусков с игрушками внутри, защитные очки, емкость для воды с распылителем, молоток, стамеска, кисточка со стекой. Индивидуальная упаковка – картонная коробка размером 31*5*23,5 см.</t>
+  </si>
+  <si>
+    <t>971286</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zhorya/"&gt;ZHORYA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/032/pk9b3nin6tj64ssxu0masfh2i1lc6bax.jpg</t>
+  </si>
+  <si>
+    <t>Набор раскопок  quot;Вулкан quot;</t>
+  </si>
+  <si>
+    <t>Набор раскопок &amp;quot;Вулкан&amp;quot;</t>
+  </si>
+  <si>
+    <t>972158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/396/pb3u8heyjbluautb3extfhx1riharsrw.jpg</t>
+  </si>
+  <si>
+    <t>Набор раскопок  quot;Ракушка quot;</t>
+  </si>
+  <si>
+    <t>Набор раскопок &amp;quot;Ракушка&amp;quot;</t>
+  </si>
+  <si>
+    <t>972159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/9rrr3mkeozgomelhgezw356ucvgq20ug.jpg</t>
+  </si>
+  <si>
+    <t>Раскопки Светящиеся кристаллы, 40 кристаллов</t>
+  </si>
+  <si>
+    <t>997731</t>
   </si>
   <si>
     <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f2b/d76u6u3d48p8bx2yvxz5coajz8igmfl9.jpg</t>
-[...47 lines deleted...]
-    <t>995262</t>
+    <t>http://anytos.ru//upload/iblock/3b1/vv851mh3u6y1miv3mg1sun7td951axrr.jpg</t>
+  </si>
+  <si>
+    <t>Раскопки Кубикрафт, 9 элементов</t>
+  </si>
+  <si>
+    <t>997732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8af/2140kcwz5ewplgfawi5fd3ee46wisjdj.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Дикие животные quot;, 12 видов, карточки, инструменты, BRAUBERG KIDS, 665128</t>
+  </si>
+  <si>
+    <t>Набор для проведения раскопок BRAUBERG KIDS – это необычный и увлекательный набор из гипсовых блоков с дикими животными. Набор поможет узнать, как они выглядят, и изучить их особенности на ярких карточках. Все необходимые инструменты в наборе. В набор входят 12 гипсовых блоков с дикими животными внутри, 12 инструментов для проведения раскопок &amp;#40;долото с кисточкой&amp;#41;, 12 красочных двусторонних карточек с информацией о каждом диком животном из набора. Виды диких животных в наборе: лев, тигр, леопард, зебра, верблюд, бегемот, слон, носорог, белый медведь, жираф, благородный олень, кенгуру.Как играть: возьмите гипсовый блок и удобно расположите для работы на поверхности. Возьмите долото и начинайте процесс раскопок. Когда появится какая-то часть животного, лишний гипс можно смахнуть кисточкой. После полного освобождения игрушки нужно опознать животное по картинке и прочитать информацию о нем на обратной стороне карточки. Таким образом, ваш ребенок будет не только увлечен процессом раскопок, но и получит ценную информацию о каждом животном из набора. Чтобы легче извлечь игрушку из гипсового блока, его можно поместить в воду на 15-20 минут для размягчения гипса.</t>
+  </si>
+  <si>
+    <t>1010084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/064/j95pbyfk95808qmpbv39ey8mjqf3737j.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Морские животные quot;, 12 видов, карточки, инструменты, BRAUBERG KIDS, 665126</t>
+  </si>
+  <si>
+    <t>Набор для проведения раскопок BRAUBERG KIDS – это необычный и увлекательный набор из гипсовых ракушек с морскими животными. Набор поможет узнать, как они выглядят, и изучить их особенности на ярких карточках. Все необходимые инструменты в наборе. В набор входят 12 гипсовых блоков в форме ракушки с морскими животными внутри, 12 инструментов для проведения раскопок &amp;#40;долото с кисточкой&amp;#41;, 12 красочных двусторонних карточек с информацией о каждом животном из набора. Виды морских животных в наборе: осьминог, морской лев, рыба-парусник, лобстер &amp;#40;омар&amp;#41;, акула, морской конёк, морская черепаха, кит, морская звезда, скат-манта, морж, краб.Как играть: возьмите ракушку и удобно расположите для работы на поверхности. Возьмите долото и начинайте процесс раскопок. Когда появится какая-то часть морского животного, лишний гипс можно смахнуть кисточкой. После полного освобождения игрушки нужно по картинке опознать животное и прочитать информацию о нём на обратной стороне карточки. Таким образом, ваш ребенок будет не только увлечен процессом раскопок, но и получит ценную информацию о каждом морском животном из набора. Чтобы легче извлечь игрушку из ракушки, его можно поместить в воду на 15-20 минут для размягчения гипса.</t>
+  </si>
+  <si>
+    <t>1010086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/839/6dwseql0ty84v1grrslwh8nvtpc0oe8o.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Насекомые quot;, 12 видов, карточки, инструменты, BRAUBERG KIDS, 665127</t>
+  </si>
+  <si>
+    <t>Набор для проведения раскопок BRAUBERG KIDS – это необычный и увлекательный набор из гипсовых блоков с насекомыми. Набор поможет узнать, как они выглядят, и изучить их особенности на ярких карточках. Все необходимые инструменты в наборе. В набор входят 12 гипсовых блоков с насекомыми внутри, 12 инструментов для проведения раскопок &amp;#40;долото с кисточкой&amp;#41;, 12 красочных двусторонних карточек с информацией о каждом насекомом из набора. Виды насекомых в наборе: скорпион, шмель, муравей, божья коровка, саранча, муха, таракан, богомол, сверчок, стрекоза, летающий муравей, цикада.Как играть: возьмите гипсовый блок и удобно расположите для работы на поверхности. Возьмите долото и начинайте процесс раскопок. Когда появится какая-то часть насекомого, лишний гипс можно смахнуть кисточкой. После полного освобождения игрушки нужно по картинке опознать насекомое и прочитать информацию о нём на обратной стороне карточки. Таким образом, ваш ребенок будет не только увлечен процессом раскопок, но и получит ценную информацию о каждом насекомом из набора. Чтобы легче извлечь игрушку из гипсового блока, его можно поместить в воду на 15-20 минут для размягчения гипса.</t>
+  </si>
+  <si>
+    <t>1010087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9a/490h9vrolsp50191a9wmewswvxygaium.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Русалки, феи, единороги quot;, 12 видов, карточки, инструменты, BRAUBERG KIDS, 665130</t>
+  </si>
+  <si>
+    <t>Набор для проведения раскопок BRAUBERG KIDS – это необычный и увлекательный набор из гипсовых блоков с разными сказочными существами. Набор поможет узнать, как они выглядят, и изучить их особенности на ярком постере. Все необходимые инструменты в наборе. В набор входят 12 гипсовых блоков в форме единорога с разными сказочными существами внутри, 12 инструментов для проведения раскопок &amp;#40;долото с кисточкой&amp;#41;, 1 красочный постер с легендами о феях, русалках и единорогах. Виды игрушек в наборе: 4 вида русалок, 4 вида единорогов, 4 вида фей.Как играть: возьмите гипсовый блок и удобно расположите для работы на поверхности. Возьмите долото и начинайте процесс раскопок. Когда появится какая-то часть сказочного существа, лишний гипс можно смахнуть кисточкой. После полного освобождения сказочного существа можно прочитать интересные легенды о каждом из них в постере. Таким образом, ваш ребенок будет не только увлечен процессом раскопок, но получит увлекательную информацию о сказочных существах. Чтобы легче извлечь игрушку из гипсового блока, его можно поместить в воду на 15-20 минут для размягчения гипса.</t>
+  </si>
+  <si>
+    <t>1010088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/673/a1hm7ftxtv5gd3qvkiw5hqkvf1hd12jq.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Сокровища Солнечной системы quot;, 8 планет, карточки, инструменты BRAUBERG KIDS, 665131</t>
+  </si>
+  <si>
+    <t>Набор для проведения раскопок BRAUBERG KIDS – это необычный и увлекательный набор из гипсовых блоков с различными минералами. Набор поможет узнать, как они выглядят, и изучить их особенности на ярких карточках. Все необходимые инструменты в наборе. В набор входят 8 гипсовых блоков в форме шара с минералами внутри, 16 инструментов для проведения раскопок &amp;#40;8 долот, 8 кисточек&amp;#41;, 8 красочных двусторонних карточек с информацией о каждой планете, красочный постер, 8 картонных значков, 8 виниловых магнитов с клеевым слоем &amp;#40;для создания магнитов из картонных значков&amp;#41;, красочный постер с информацией о каждом минерале.Виды минералов в наборе:Меркурий – содалит, опал, алмаз, цитрин, сердолик.Венера – аметист, зеленый авантюрин, алмаз, пирит, коралл.Земля – кристаллический кварц, красная яшма, алмаз, тектит, гематит.Марс – картинная яшма, розовый кварц, алмаз, пирит, лепидолит.Юпитер – картинная яшма, тигровый глаз, алмаз, красное золото, обсидиан.Сатурн – синий авантюрин, желтый нефрит, базальт, цитрин, аметист.Уран – красная яшма, тигровый глаз, тектит, аметист, говлит.Нептун – зеленый авантюрин, розовый кварц, алмаз, унакит, содалит.Как играть: возьмите гипсовый блок и удобно расположите для работы на поверхности. Сопоставьте его с карточкой и узнайте больше о планете, которую будете раскапывать. Возьмите долото и начинайте процесс раскопок. Когда появится какая-то часть минерала, лишний гипс можно смахнуть кисточкой. После полного освобождения камней нужно по картинке опознать минерал и прочитать информацию о нем. Таким образом, ваш ребенок будет не только увлечен процессом раскопок, но и получит ценную информацию о каждой планете и минерале из набора. Чтобы легче извлечь камень из гипсового блока, его можно поместить в воду на 15-20 минут для размягчения гипса.</t>
+  </si>
+  <si>
+    <t>1010089</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58d/47n5x255dfvx2ica4z28lflk1xix45t1.jpg</t>
+  </si>
+  <si>
+    <t>Игрушка ТМ ON TIME  quot;Набор раскопок аммонит quot;</t>
+  </si>
+  <si>
+    <t>Игрушка ТМ ON TIME &amp;quot;Набор раскопок аммонит&amp;quot;</t>
+  </si>
+  <si>
+    <t>1012918</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f26/4iyfjva6h7h2s8qdhebu2m2jwtoe6ri0.jpg</t>
+  </si>
+  <si>
+    <t>Набор раскопок  quot;Стегозавр quot;, светится в темноте</t>
+  </si>
+  <si>
+    <t>Набор раскопок &amp;quot;Стегозавр&amp;quot;, светится в темноте</t>
+  </si>
+  <si>
+    <t>1012920</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/611/ihxh8hj3svvraspc12rwyee5041fvued.jpg</t>
+  </si>
+  <si>
+    <t>Набор раскопок  quot;Яйцо динозавра quot;, 12 фигурок динозавров в ассортименте</t>
+  </si>
+  <si>
+    <t>Набор раскопок &amp;quot;Яйцо динозавра&amp;quot;, 12 фигурок динозавров в ассортименте</t>
+  </si>
+  <si>
+    <t>1012921</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c96/871sdtv1ivqw36puzwq8uv12c7a4ykdp.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Древние Майя quot; 16х23 см, инструменты, BRAUBERG KIDS, 665940</t>
+  </si>
+  <si>
+    <t>Готов ли ваш ребенок к настоящей экспедиции? Подарите ему возможность стать современным Индианой Джонсом и отправиться на поиски затерянных сокровищ древней цивилизации вместе с набором для раскопок &amp;quot;Древние Майя&amp;quot; от BRAUBERG KIDS! Почему этот набор идеален для вашего ребенка?• Развивает и обучает: игра знакомит с историей и культурой древних Майя в увлекательной форме, пробуждая интерес к науке и изучению мира.• Тренирует важные навыки: раскопки отлично развивают мелкую моторику, усидчивость, концентрацию внимания и логическое мышление.• Дарит яркие эмоции: радость от находки, азарт поиска и гордость за собственноручно добытые трофеи – это бесценно!• 3 красочные игрушки в одном наборе: найденными фигурками можно играть, собирать собственную коллекцию или использовать для школьных проектов.Откройте для вашего ребенка удивительный мир археологии и истории!Характеристики:• Тематика: Древние Майя.• Комплектация: 3 фигурки, брикет для раскопок, инструменты.• Возраст: для детей младшего и среднего школьного возраста.</t>
+  </si>
+  <si>
+    <t>1013921</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f4/cdnmw0f7e57qtf9h497gvudh6mpq4y79.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Древний Египет quot; 16х23 см, инструменты, BRAUBERG KIDS, 665936</t>
+  </si>
+  <si>
+    <t>Отправьтесь на поиски затерянных сокровищ фараонов, не выходя из дома! Погрузите вашего ребенка в загадочный мир пирамид, могущественных фараонов и древних богов вместе с набором для раскопок &amp;quot;Древний Египет&amp;quot; от BRAUBERG KIDS! Почему этот набор идеален для вашего ребенка?• Развивает и обучает: игра знакомит с историей и культурой Древнего Египта в увлекательной форме, пробуждая интерес к науке и изучению мира.• Тренирует важные навыки: раскопки отлично развивают мелкую моторику, усидчивость, концентрацию внимания и логическое мышление.• Дарит яркие эмоции: радость от находки, азарт поиска и гордость за собственноручно добытые трофеи – это бесценно!• 3 красочные игрушки в одном наборе: найденными фигурками можно играть, собирать собственную коллекцию или использовать для школьных проектов.Откройте для вашего ребенка удивительный мир археологии и истории!Характеристики:Тематика: Древний Египет.Комплектация: 3 фигурки, брикет для раскопок, инструменты.Возраст: для детей младшего и среднего школьного возраста.</t>
+  </si>
+  <si>
+    <t>1013922</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cab/kxg735zx0up1bf3xt4ftzc13ow2ztxg2.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Древний Китай quot; 16х23 см, инструменты, BRAUBERG KIDS, 665939</t>
+  </si>
+  <si>
+    <t>Погрузитесь в загадочный мир древней империи и откройте наследие великой цивилизации! Подарите вашему ребенку возможность стать настоящим археологом и совершить удивительные открытия вместе с набором для раскопок &amp;quot;Древний Китай&amp;quot; от BRAUBERG KIDS! Почему этот набор идеален для вашего ребенка?• Развивает и обучает: игра знакомит с историей и культурой древнего Китая в увлекательной форме, пробуждая интерес к науке и изучению мира.• Тренирует важные навыки: раскопки отлично развивают мелкую моторику, усидчивость, концентрацию внимания и логическое мышление.• Дарит яркие эмоции: радость от находки, азарт поиска и гордость за собственноручно добытые трофеи – это бесценно!• 3 красочные игрушки в одном наборе: найденными фигурками можно играть, собирать собственную коллекцию или использовать для школьных проектов.Откройте для вашего ребенка удивительный мир археологии и истории!Характеристики:Тематика: Древний Китай.Комплектация: 3 фигурки, брикет для раскопок, инструменты.Возраст: для детей младшего и среднего школьного возраста.</t>
+  </si>
+  <si>
+    <t>1013923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53a/ugmwkcp1943otshz2zh2cgf0fbvjbzk2.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Древняя Греция quot; 16х23 см, инструменты, BRAUBERG KIDS, 665941</t>
+  </si>
+  <si>
+    <t>Подарите вашему ребенку увлекательное путешествие в мир античных героев и мифов вместе с набором для раскопок &amp;quot;Древняя Греция&amp;quot; от BRAUBERG KIDS! Почему этот набор идеален для вашего ребенка?• Развивает и обучает: игра знакомит с историей и культурой Древней Греции в увлекательной форме, пробуждая интерес к науке и изучению мира.• Тренирует важные навыки: раскопки отлично развивают мелкую моторику, усидчивость, концентрацию внимания и логическое мышление.• Дарит яркие эмоции: радость от находки, азарт поиска и гордость за собственноручно добытые трофеи – это бесценно!• 3 красочные игрушки в одном наборе: найденными фигурками можно играть, собирать собственную коллекцию или использовать для школьных проектов.Откройте для вашего ребенка удивительный мир археологии и истории!Характеристики:Тематика: Древняя Греция.Комплектация: 3 фигурки, брикет для раскопок, инструменты.Возраст: для детей младшего и среднего школьного возраста.</t>
+  </si>
+  <si>
+    <t>1013924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/910/kskk9m7y3rqezm9hv0k4dzxmy6tq0n88.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Древний Рим quot; 16х23 см, инструменты, BRAUBERG KIDS, 665937</t>
+  </si>
+  <si>
+    <t>Ваш маленький исследователь жаждет приключений и великих открытий? Тогда этот набор создан специально для него! Подарите вашему ребенку билет в эпоху великих цезарей и легионеров с набором для раскопок &amp;quot;Древний Рим&amp;quot; BRAUBERG KIDS! В набор входят:- гипсовый блок для раскопок;- 3 игрушки;- инструменты археолога;- буклет.Почему этот набор идеален для вашего ребенка?Игра знакомит с историей и культурой Древнего Рима в увлекательной форме, пробуждая интерес к науке и изучению мира.Раскопки отлично развивают мелкую моторику, усидчивость, концентрацию внимания и логическое мышление и дарят яркие эмоции от находки!</t>
+  </si>
+  <si>
+    <t>1017282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2b/goz1thioyys02tvbcwvxdte5fyqucx9h.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Космос quot; 9,5х13,3 см, инструменты, 8 видов ассорти, BRAUBERG KIDS, 665919</t>
+  </si>
+  <si>
+    <t>Отправьтесь в увлекательную космическую миссию, не выходя из дома! Научный набор &amp;quot;Космос&amp;quot; BRAUBERG KIDS для раскопок откроет перед юным астрономом двери в мир исследований далёких галактик. Что скрывает таинственный гипсовый блок?Вашему ребёнку предстоит провести раскопки и найти пять уникальных минералов, скрытых на одной из планет Солнечной системы. Это не просто игра, а увлекательное образовательное приключение, которое подарит часы захватывающего досуга и расширит кругозор.Что входит в набор?- Гипсовый блок для раскопок: прочная порода, которую содержит в себе уникальные минералы.- 5 минералов: камни разного цвета и фактуры- 2 профессиональных инструмента археолога: кисточка и долото помогут аккуратно и бережно извлечь каждую находку.- Познавательный буклет, представляющий собой красочный путеводитель по Солнечной системе, рассказывающий о планетах, их особенностях и интересных фактах. Ребёнок узнает, почему планеты имеет разный цвет и чем они уникальны.Почему этот набор понравится детям и родителям:- Этот набор погружает ребенка в удивительный мир астрономии, геологии и истории покорения космоса. - Он помогает развивать усидчивость и улучшает мелкую моторику. - Увлекательные открытия дарят радость и волнение.</t>
+  </si>
+  <si>
+    <t>1017283</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/102/dtftzu20voui49uenqc85b45tg6ytngh.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Легенды о пиратах quot; 16х23 см, инструменты, BRAUBERG KIDS, 665938</t>
+  </si>
+  <si>
+    <t>Набор для раскопок &amp;quot;Легенды о пиратах&amp;quot; BRAUBERG KIDS – это не просто игра, а настоящая экспедиция, которая превратит детскую комнату в таинственный остров с кладом! В набор входят:- гипсовый блок для раскопок;- 3 игрушки;- инструменты археолога;- буклет.Почему этот набор идеален для вашего ребенка?- Набор погружает в мир морских приключений и истории, пробуждая воображение и любознательность. - Раскопки отлично развивают мелкую моторику, усидчивость, концентрацию внимания и логическое мышление.- Раскопки отлично развивают мелкую моторику, усидчивость, концентрацию внимания и логическое мышление и дарят яркие эмоции от находки!</t>
+  </si>
+  <si>
+    <t>1017284</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd8/l5wad1r2mx1ut0p2bqek1mb1c65a45yb.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Мир quot; 16х23 см, инструменты, 6 видов ассорти, BRAUBERG KIDS, 665918</t>
+  </si>
+  <si>
+    <t>Набор для раскопок &amp;quot;Мир&amp;quot; BRAUBERG KIDS – это не просто игрушка, а настоящее приключение, которое погрузит вашего ребенка в глубины истории и познакомит с великими цивилизациями. Что внутри набора?- Гипсовый блок: как у настоящих археологов! Ребенок почувствует себя первооткрывателем, аккуратно расчищая породу.- 3 древних артефакта: в каждом блоке спрятаны 3 тематические фигурки-сокровища &amp;#40;например, амулет фараона, греческая амфора, римский меч&amp;#41;, которые нужно отыскать.- 2 инструмента: кисточка и скребок помогут аккуратно и безопасно извлечь все находки из гипса6 увлекательных тематик:- Древний Египет: раскрой тайны фараонов и пирамид.- Древняя Греция: найди наследие богов Олимпа.- Древний Рим: прикоснись к могуществу империи.- Древний Китай: погрузись в эпоху великих императоров и династий.- Древние Майя: исследуй загадки исчезнувшей цивилизации.- Легенды о пиратах: отправляйся на поиски сокровищ Карибского моря! &amp;#40;Внимание! В пиратском наборе спрятано не 3, а целых 10 сюрпризов!&amp;#41;Почему этот набор понравится детям?- Реалистичный процесс: полное погружение в роль археолога, от долбления гипса до аккуратного очищения кисточкой.- Эффект неожиданности и радость открытия: никогда не знаешь, какая находка скрывается следующей!- Развитие с игрой: игра развивает мелкую моторику, логику, терпение и внимательность, пробуждает интерес к истории и географии.- Найденными артефактами можно играть, коллекционировать их или обмениваться ими с друзьями.</t>
+  </si>
+  <si>
+    <t>1017285</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e19/9rrr3mkeozgomelhgezw356ucvgq20ug.jpg</t>
-[...185 lines deleted...]
-    <t>1013925</t>
+    <t>http://anytos.ru//upload/iblock/e34/699qs2wufiov7ad1yvwox9fvgyx8t710.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок  quot;Русалки quot; 17x21,5 см, инструменты, наклейки, BRAUBERG KIDS, 665927</t>
+  </si>
+  <si>
+    <t>Набор для раскопок &amp;quot;Русалки&amp;quot; BRAUBERG KIDS – это магический творческий квест для юных искателей, полный волшебства и новых открытий. Приготовьтесь к увлекательному путешествию и почувствуйте себя настоящим археологом, разгадывающим тайны морских глубин! Что ждет внутри?- Гипсовый блок для раскопок.- 6 красочных игрушек-русалок из 12 возможных! Собери всю коллекцию морских друзей.- Инструменты археолога.- Наклейки и листовка.</t>
+  </si>
+  <si>
+    <t>1017286</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/549/ob1ep2ff4ps83ktyq6oa0mg0kh2axqob.jpg</t>
-[...8 lines deleted...]
-    <t>1013926</t>
+    <t>http://anytos.ru//upload/iblock/12c/8u62gogydvq33446cahgxsy839ky1p8e.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок 17х21 см, инструменты, 6 видов ассорти, BRAUBERG KIDS, 665917</t>
+  </si>
+  <si>
+    <t>Теперь не нужно отправляться на край света, чтобы найти древние артефакты или останки динозавра. Набор для раскопок BRAUBERG KIDS превратит детскую комнату в научную лабораторию, пиратский корабль или волшебную страну! Что входит в каждый набор?- Гипсовый блок для раскопок &amp;#40;1 из 6 видов на выбор&amp;#41;: какую тайну скрывает на этот раз?- 3 специальных инструмента &amp;#40;кисточка, молоточек и скребок&amp;#41;: всё как у настоящих археологов!- Инструкция-гид с интересными фактами и подсказками.Выберите свое приключение:• СКЕЛЕТ ЧЕЛОВЕКАСтаньте ученым-антропологом! Соберите полный скелет человека из 17 костей — от черепа до фаланг пальцев. Это увлекательный способ познакомить ребенка с биологией и анатомией.• ДРЕВНИЕ ИСКОПАЕМЫЕПогрузитесь в прошлое на миллионы лет назад! Внутри блока вы найдете три точные копии окаменелостей древних существ. Откройте для себя удивительный мир динозавров и доисторических монстров!• ПИРАТСКИЕ СОКРОВИЩАЙо-хо-хо! На абордаж! Молодой пират найдет сундук с десятью сокровищами: золотыми монетами, драгоценными камнями и другими богатствами, которые спрятал капитан Флинт.• ЕДИНОРОГИ И ФЕИДля любителей магии и чудес! Внутри спрятаны 6 разноцветных фигурок &amp;#40;из 12 возможных&amp;#41;. Какого единорога или фею вы найдете? Коллекционируйте их всех и придумывайте собственные сказочные истории!• ЖЕМЧУЖНЫЙ БРАСЛЕТЮная модница может почувствовать себя настоящим дизайнером! Найдите 18 сверкающих жемчужин и создайте свой уникальный и элегантный браслет. Это не просто развлечение, а возможность проявить творчество.• РУСАЛКИПогрузитесь на морское дно! Найдите 6 загадочных и красочных обитательниц подводного царства &amp;#40;из 12 возможных&amp;#41;. Соберите всю коллекцию русалочек и создайте свой волшебный аквариум.Почему этот набор понравится вам и вашему ребенку?- Развивает и обучает: тренирует мелкую моторику, логику, усидчивость и внимание. Расширяет кругозор и пробуждает интерес к науке и истории.- Дарит эмоции: азарт настоящих раскопок, радость открытия и гордость за собранную коллекцию или украшение.- Развивает и обучает, тренируя мелкую моторику, логику, усидчивость и внимание. Расширяет кругозор, пробуждает интерес к науке и истории.- Дарит эмоции: азарт археологических раскопок, радость открытий и гордость за созданную коллекцию или украшение.- Увлекает надолго, ведь процесс раскопок требует времени, аккуратности и обеспечивает глубокое погружение в игру.- Идеальный подарок: яркая упаковка и шесть вариантов тем делают его подходящим для любого праздника.</t>
+  </si>
+  <si>
+    <t>1017287</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/410/dvgr5e75ddxb16rsw1nyno3pnesmn3st.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок 5х8 см, инструменты, 6 видов ассорти, BRAUBERG KIDS, 665915</t>
+  </si>
+  <si>
+    <t>Ваш ребенок мечтает о приключениях? Подарите ему возможность стать настоящим первооткрывателем с наборами для раскопок BRAUBERG KIDS! Что внутри?- Гипсовый блок: настоящая мини-скала, которая хранит в себе древнюю тайну.- Археологический инструмент: специальный скребок поможет аккуратно и безопасно провести все раскопки.- Игрушка-сюрприз: уникальная фигурка, которую нужно отыскать! Почему эти наборы идеальны для вашего ребенка?- Развивает любознательность: пробуждает интерес к истории, палеонтологии и географии в увлекательной игровой форме.- Тренирует усидчивость и аккуратность: процесс раскопок требует внимания и терпения, развивая мелкую моторику.- Дарит радость открытия: эмоции от того, что первым за тысячи лет держишь в руках &amp;quot;древний артефакт&amp;quot; или &amp;quot;кость динозавра&amp;quot; – бесценны!</t>
+  </si>
+  <si>
+    <t>1017288</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b35/p7uzxtlyo1d47k0p0qlspsyqcelu6ya0.jpg</t>
+  </si>
+  <si>
+    <t>Набор для раскопок 8,5х16 см, карточка, инструменты, 3 вида ассорти, BRAUBERG KIDS, 665916</t>
+  </si>
+  <si>
+    <t>Погрузитесь в мир чудес и станьте первооткрывателем! Наш набор для раскопок BRAUBERG KIDS – это не просто игра, а увлекательное научное приключение, которое можно устроить прямо у себя дома. В каждом наборе вас ждёт:- гипсовый блок, в котором надежно спрятан секретный артефакт;- 2 специальных инструмента для аккуратных и безопасных раскопок;- уникальная фигурка-сюрприз, которую предстоит найти!Выберите экспедицию своей мечты:• &amp;quot;Динозавры&amp;quot; – откройте свирепого тираннозавра, рогатого трицератопса или могучего стегозавра! Почувствуйте себя палеонтологом, изучающим древних гигантов;• &amp;quot;Волшебное королевство&amp;quot; – найдите прекрасную фею с мерцающими крыльями, загадочную русалку или величественного единорога! Раскройте магию, скрытую в каждом камне.• &amp;quot;Сафари-экспедиция&amp;quot; – отправляйтесь навстречу дикой природе, чтобы отыскать царственного льва, быстрого гепарда или могучего слона! Изучите обитателей саванны и джунглей.Почему это идеальный подарок?- Развивает любознательность и интерес к науке или творческому миру.- Тренирует усидчивость, внимание и мелкую моторику.- Дарит яркие эмоции от собственноручно сделанного открытия.- Подходит для детей от 5-6 лет и станет отличным занятием для всей семьи.</t>
+  </si>
+  <si>
+    <t>1017289</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1250,1801 +1313,1905 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J77"/>
+  <dimension ref="A1:M81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G77" sqref="G77"/>
+      <selection pane="bottomRight" activeCell="G81" sqref="G81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B41" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F41" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>137</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>189</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F62" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...174 lines deleted...]
-      </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>189</v>
+        <v>139</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>137</v>
+        <v>195</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G71" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...12 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>284</v>
+        <v>291</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">