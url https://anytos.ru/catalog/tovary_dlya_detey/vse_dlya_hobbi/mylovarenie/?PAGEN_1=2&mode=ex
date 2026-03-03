--- v0 (2026-01-08)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -68,128 +68,107 @@
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f47/f47b126b870a962a93a4197aa89d9251/090c19ad56c8c6cb1cd6908efceb6eff.jpg</t>
   </si>
   <si>
     <t>Французские опыты Науки с Буки, BONDIBON,  Волшебная студия , арт. WS 914</t>
   </si>
   <si>
     <t>Мыловарение и Spa студия</t>
   </si>
   <si>
     <t>166266</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4bf/4bfb06bbd1196fce48d69354a955a06a/985ecb55107087a79e95d11823db1796.jpg</t>
+  </si>
+  <si>
+    <t>Набор для изготовления мыла Апельсин 01923 штр.  4606088019239</t>
+  </si>
+  <si>
+    <t>При помощи этого Набора для творчества ребенок сможет своими собственными руками создать яркий и красивый кусочек фигурного мыла в виде разрезанных долек &amp;quot;Апельсина&amp;quot;. Для этого потребуется внимание, ответственность и соблюдение инструкции, что вполне по силам детям от 8-ми лет и старше, а единственным ограничением является контроль со стороны взрослых.</t>
+  </si>
+  <si>
+    <t>340616</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65a/65a3d23eb24b69e0791a620ddff6f7b3/50195cb2052611802ef1b4113c3fc300.jpg</t>
+  </si>
+  <si>
+    <t>Набор для изготовления мыла Розочка 01924 штр.  4606088019246</t>
+  </si>
+  <si>
+    <t>При помощи этого Набора для творчества ребенок сможет своими собственными руками создать яркий и красивый кусочек фигурного мыла в виде распустившегося бутона &amp;quot;Розочки&amp;quot;. Для этого потребуется внимание, ответственность и соблюдение инструкции, что вполне по силам детям от 8-ми лет и старше, а единственным ограничением является контроль со стороны взрослых.</t>
+  </si>
+  <si>
+    <t>340618</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/818/0xk68f9tdkqtrd3wf6hc6br3eqghkto2.jpg</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ  quot;Авокот quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>Мыловарение — это необыкновенное занятие, которое подарит положительные эмоции и поможет развить фантазию и мелкую моторику. С помощью этого набора вы сможете создать ароматное мыло с яркой картинкой &amp;quot;Авокота&amp;quot; в домашних условиях. В комплект входят все необходимые компоненты и подробная инструкция. Мыло собственного производства принесёт вам положительные эмоции. Готовая продукция станет прекрасным и необычным подарком. Уровень pH &amp;#40;кислотности&amp;#41; в готовом мыле при соблюдении пропорций всех указанных ингредиентов соответствует естественному уровню pH кожи, поэтому оно не будет сушить кожу при использовании. Картинка по мере использования мыла незаметно раствориться.</t>
   </si>
   <si>
     <t>940207</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/626/skooqqnj1tkdgvwbubbbd5iwi2t4r2ma.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/82c/f4va53chmealvpq3n8iv8x6ydr57i27v.jpg</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ  quot;Милый Йорк quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>Мыловарение — это необыкновенное занятие, которое подарит положительные эмоции и поможет развить фантазию и мелкую моторику. С помощью этого набора вы сможете создать ароматное мыло с яркой картинкой &amp;quot;Милого Йорка&amp;quot; в домашних условиях. В комплект входят все необходимые компоненты и подробная инструкция. Мыло собственного производства принесёт вам положительные эмоции. Готовая продукция станет прекрасным и необычным подарком. Уровень pH &amp;#40;кислотности&amp;#41; в готовом мыле при соблюдении пропорций всех указанных ингредиентов соответствует естественному уровню pH кожи, поэтому оно не будет сушить кожу при использовании. Картинка по мере использования мыла незаметно раствориться.</t>
   </si>
   <si>
     <t>940211</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c2a/1rj4rw5bad0snf8hiwko9kmun4lcd58w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/370/2ko7utrpiqs0wm19obqbes9f4bwwgdc6.jpg</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ  quot;Динопринцесса, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ &amp;quot;Динопринцесса, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>967645</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/678/2e79y51os3x7u8jes1xt81caz8lp3viv.jpg</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ  quot;Котик в пончике quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ &amp;quot;Котик в пончике&amp;quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>967646</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d0/dh10swxdtxyhj25vsj0yxalgt7916bhk.jpg</t>
@@ -197,96 +176,90 @@
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ  quot;Которусалка quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ &amp;quot;Которусалка&amp;quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>967647</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93b/3gypsycmgtwlnv74lnt8iv0qr2bm61f9.jpg</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ  quot;Совушка quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>Набор для мыловарения ТРИ СОВЫ &amp;quot;Совушка&amp;quot;, 1 мыло с картинкой, картонная коробка</t>
   </si>
   <si>
     <t>967648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/756/rvtzbqqu2mmulqtu7uz9f1y31y4mr20l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/461/wg9c5rn1uue3a2m4omg6ji2h950kzx21.jpg</t>
   </si>
   <si>
     <t>Набор для мыловарения 3в1 ТРИ СОВЫ  quot;Единорожки quot;, 1 мыло с картинкой, 2 классических мыла, картонная коробка</t>
   </si>
   <si>
     <t>Набор для мыловарения 3в1 ТРИ СОВЫ &amp;quot;Единорожки&amp;quot;, 1 мыло с картинкой, 2 классических мыла, картонная коробка</t>
   </si>
   <si>
     <t>982849</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/578/16djq5j0t5u34x91xm29im68jfcf9a9k.jpg</t>
   </si>
   <si>
     <t>Набор для изготовления мыла. Рукодельное мыло с картинкой Василиса</t>
   </si>
   <si>
     <t>997748</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/desjatoe-korolevstvo/"&gt;Десятое королевство&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e9f/wf63fc0dooqe9oev8xxo4udueyq9l0mt.jpg</t>
   </si>
   <si>
     <t>Набор для изготовления мыла. Рукодельное мыло с картинкой Вероника</t>
   </si>
   <si>
     <t>997749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45a/2gyxprll23pwb4ls6jsshq9qktymcca2.jpg</t>
+  </si>
+  <si>
+    <t>Набор для изготовления мыла. Рукодельное мыло с картинкой Котенок</t>
+  </si>
+  <si>
+    <t>997751</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -613,57 +586,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M18"/>
+  <dimension ref="A1:M16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G18" sqref="G18"/>
+      <selection pane="bottomRight" activeCell="G16" sqref="G16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -717,349 +690,303 @@
       </c>
       <c r="G4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="3" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>32</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>69</v>
-[...44 lines deleted...]
-      <c r="G18" s="3" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>