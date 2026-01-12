--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -12,451 +12,400 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="914">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1035">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8cd/qt0bxmcll1140n2hp6wt8hft615nbefn.jpg</t>
-[...5 lines deleted...]
-    <t>Универсальное чистящее средство Пемолюкс не содержит опасных химикатов и подходит для чистки керамических, эмалированных, металлических и других твердых поверхностей на кухне, в ванной комнате и в прочих помещениях. Основные преимущества средства:- Эффективно уничтожает жир и въевшуюся грязь- Универсальное чистящее средство применимо для убоки по всему дому- Бережно очищает разные поверхности- Не содержит агрессивных химикатов.Состав: &amp;lt;5&amp;#37; амфотерные ПАВ, отдушка &amp;#40;в т.ч. лимонен&amp;#41; природный молотый мрамор, сода, краситель.Срок годности 3 года.ТУ 2383-022-89589540-2009</t>
+    <t>http://anytos.ru//upload/iblock/69b/4obbhv8y6mqri5ox6jcim1hgnct40qp5.jpg</t>
+  </si>
+  <si>
+    <t>Ср-во чист. универсал. для сантехники CILLIT BANG Антиналет Блеск 750 мл с курком: 3018800 штр.: 5997321740690</t>
   </si>
   <si>
     <t>Универсальные чистящие средства</t>
   </si>
   <si>
-    <t>116281</t>
+    <t>157217</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/cillit-bang/"&gt;Cillit Bang&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11a/11aaaa3cc63c3f0fcaa3bf9faa77e900.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее ПЕМОЛЮКС порошок, 480гр, Морской бриз: 1891733 штр.:  9000100453530</t>
+  </si>
+  <si>
+    <t>Средство чистящее ПЕМОЛЮКС порошок, 480гр, Морской бриз: 1891733 Подходит для удаления загрязнений с различных поверхностей: кафеля, керамики, металла, линолеума и др. Порошок обладает приятным запахом &amp;quot;морской бриз&amp;quot;.</t>
+  </si>
+  <si>
+    <t>213828</t>
   </si>
   <si>
     <t>&lt;a href="/brands/henkel/"&gt;Henkel&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...25 lines deleted...]
-  <si>
     <t>16</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/69b/4obbhv8y6mqri5ox6jcim1hgnct40qp5.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/23b/23b22661b9f3e25bce74e41cb64b0f84.jpg</t>
   </si>
   <si>
     <t>Средство для чистки ЧИСТИН Универсал, 750мл: 2794 штр.:  4602984007677</t>
   </si>
   <si>
     <t>Средство для чистки ЧИСТИН Универсал, 750мл: 2794 Уничтожает микробы, грибок, неприятные запахи. Предназначено для чистки и антимикробной обработки раковин, ванн, душевых кабин, унитазов, профилактики засоров, канализационных стоков, мытья керамической плитки, кухонных плит, любых твердых моющихся напольных покрытий, настенных панелей, моющихся обоев, бытовой техники.</t>
   </si>
   <si>
     <t>214740</t>
   </si>
   <si>
     <t>&lt;a href="/brands/chistin/"&gt;Чистин&lt;/a&gt;</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/11c/11c6e7c63d1ef9a787eff0bc8f48f597.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/reckitt-benckiser/"&gt;Reckitt Benckiser&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/8b2/8b2bd0dcc48ca613ae9f90739e34bb7c.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее CIF Актив крем, 500 мл, Розовая свежесть: 21138914 штр.:  4605922016212</t>
+  </si>
+  <si>
+    <t>Средство чистящее CIF Актив крем, 500 мл, Розовая свежесть: 21138914 В основе широкой линейки чистящих средств CIF лежит сочетание эффективностии забота о поверхности. Уникальная формула кремов содержит особые микрогранулы и компоненты, удаляющие жир, что позволяет быстро и эффективно справиться с самыми сложными загрязнениями: пригоревшим жиром на кухне, известковым налетом в ванной комнате, мытьными разводами, любой въевшейся трудновыводимой грязью. Чистящее средство CIF подходит для всех видов поверхностей: эмалированных, керамических, стальных, пластиковых и акриловых. CIF можно использовать для раковины и ванны, душевой кабины, шкафчиков, плиты, холодильника, столешниц и кастрюль.В отличие от чистящих средств, содержащих твердые и острые абразивные частицы, кремы и спреи CIF деликатно относятся к поверхностям и не царапают их.</t>
+  </si>
+  <si>
+    <t>216177</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/cif/"&gt;Cif&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/307/307058f3a1df80bd47ba48f60ab11d6f.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее ЧИСТИН порошок, 400гр, Лимон: 73 штр.:  4602984002795</t>
+  </si>
+  <si>
+    <t>Средство чистящее ЧИСТИН порошок, 400гр, Лимон: 73 Чистящий порошок на основе неорганической кислоты. Прекрасно удаляет застарелые пятна, известковый налет и ржавчину, растворяет мочевой камень с фаянсовых санизделий, кафеля, душевых кабин и кранов. Убивает бактерий, отлично устраняет неприятный запах.</t>
+  </si>
+  <si>
+    <t>216380</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/156/156dff3c41145ccb2a0c3ff516166b72.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее ЧИСТИН порошок, 400гр, Ландыш: 71 штр.:  4602984000425</t>
+  </si>
+  <si>
+    <t>Средство чистящее ЧИСТИН порошок, 400гр, Ландыш: 71</t>
+  </si>
+  <si>
+    <t>218721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00a/00a0e267b5d50cb3ab07e549b98b1ec4.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее SANFOR 1000мл, Лимонная свежесть : 8894 штр.:  4602984010356</t>
+  </si>
+  <si>
+    <t>Средство чистящее SANFOR 1000мл, Лимонная свежесть : 8894</t>
+  </si>
+  <si>
+    <t>219865</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sanfor/"&gt;Sanfor&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/884/8847beb3e456051d29160081777f415f.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее ПЕМОЛЮКС порошок, 480гр, Лимон: 1891732 штр.:  9000100453448</t>
+  </si>
+  <si>
+    <t>Средство чистящее ПЕМОЛЮКС порошок, 480гр, Лимон: 1891732 Подходит для удаления загрязнений с различных поверхностей: кафеля, керамики, металла, линолеума и др. Порошок обладает приятным запахом &amp;quot;лимон&amp;quot;.</t>
+  </si>
+  <si>
+    <t>236263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/208/2084748441f29c80db6194a5b4d09a48.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит САНИТА гель Антижир 500г ассорт. Микроволновые печ штр.  4602984004348</t>
+  </si>
+  <si>
+    <t>Средство для чистки кухонных плит &amp;quot;Sanita&amp;quot; гель Антижир&amp;quot;&amp;lt;br /&amp;gt;Предназначено для удаления жировых загрязнений с кухонных плит, микроволновых печей, грилей, духовых шкафов, &amp;lt;br /&amp;gt;а также для мытья полов на кухне.&amp;lt;br /&amp;gt;Способ применения:&amp;lt;br /&amp;gt; Средство выдержать на очищаемой поверхности не более 7 мин, почистить и смыть водой. При необходимости &amp;lt;br /&amp;gt;обработку повторить. &amp;lt;br /&amp;gt;Для&amp;nbsp;&amp;nbsp;мытья&amp;nbsp;&amp;nbsp;полов&amp;nbsp;&amp;nbsp;на&amp;nbsp;&amp;nbsp;кухне&amp;nbsp;&amp;nbsp;использовать&amp;nbsp;&amp;nbsp;раствор&amp;nbsp;&amp;nbsp;средства&amp;nbsp;&amp;nbsp;2,5 г &amp;#40;чайной ложки&amp;#41; на&amp;nbsp;&amp;nbsp;5 л&amp;nbsp;&amp;nbsp;воды. &amp;lt;br /&amp;gt;Меры предосторожности:&amp;lt;br /&amp;gt; Осторожно! Содержит&amp;nbsp;&amp;nbsp;щелочь!&amp;lt;br /&amp;gt; При работе&amp;nbsp;&amp;nbsp;использовать&amp;nbsp;&amp;nbsp;щетку или&amp;nbsp;&amp;nbsp;резиновые&amp;nbsp;&amp;nbsp;перчатки.&amp;lt;br /&amp;gt; При попадании средства на кожу -&amp;nbsp;&amp;nbsp;тщательно промыть струей воды!&amp;lt;br /&amp;gt;При попадании средства на кожу - промыть струей воды. При попадании средства в глаза - длительно &amp;#40;15-20 мин&amp;#41; &amp;lt;br /&amp;gt;промыть большим количеством воды, затем закапать глазные капли альбуцид-натрий &amp;#40;сульфацил-натрия&amp;#41;. &amp;lt;br /&amp;gt; При необходимости обратиться к врачу!&amp;lt;br /&amp;gt; Хранить плотно закрытым в вертикальном&amp;nbsp;&amp;nbsp;положении в недоступных&amp;nbsp;&amp;nbsp;для&amp;nbsp;&amp;nbsp;детей&amp;nbsp;&amp;nbsp;местах!&amp;lt;br /&amp;gt; Не использовать для чистки нержавеющей стали, алюминия, окрашенных, полированных и лакированных &amp;lt;br /&amp;gt;поверхностей.&amp;lt;br /&amp;gt; Не&amp;nbsp;&amp;nbsp;смешивать с другими&amp;nbsp;&amp;nbsp;средствами!&amp;lt;br /&amp;gt;Температурный режим хранения и транспортирования средств неограничен. Средство&amp;nbsp;&amp;nbsp;замерзает,&amp;nbsp;&amp;nbsp;&amp;lt;br /&amp;gt;после&amp;nbsp;&amp;nbsp;размораживания&amp;nbsp;&amp;nbsp;сохраняет&amp;nbsp;&amp;nbsp;свои&amp;nbsp;&amp;nbsp;свойства.&amp;lt;br /&amp;gt;Масса нетто 500 г</t>
+  </si>
+  <si>
+    <t>244184</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sanita/"&gt;Sanita&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b57/b57ff6987fd083a1d9811eae2ea2c75c/4d14691ffa8094182499609e94cdef1e.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство для кухни Sanita спрей для кухни 1 МИНУТА 500 гр штр.  4602984004393</t>
+  </si>
+  <si>
+    <t>Быстро и эффективно удалит жирные пятна, налет, сложные загрязнения. Идеально подходит для очищения плит, кухонной бытовой техники, микроволновых печей, вытяжек, духовых шкафов.&amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Способ применения:&amp;lt;br /&amp;gt;Использовать средство только на охлажденной поверхности, не использовать абразивные губки. Распылить средство на загрязненную поверхность. Выдержать 5-7 минут, протереть тряпкой или губкой. При необходимости обработку повторить. &amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Меры предосторожности:&amp;lt;br /&amp;gt;Осторожно! При попадании в глаза вызывает раздражение! При попадании в глаза - промыть большим количеством воды. При необходимости обратиться к врачу! Хранить в недоступных для детей местах отдельно от пищевых продуктов. Рекомендуется использовать резиновые перчатки. Не использовать для чистки окрашенных,&amp;nbsp;&amp;nbsp;полированных и лакированных поверхностей, а также изделий из нержавеющей стали и алюминия. Не смешивать с другими средствами. Средство замерзает, после размораживания сохраняет свои свойства. По истечении срока годности средство и упаковку утилизируют как бытовой отход.&amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>244195</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f01/f0114f494745270ee5092ba72f026836.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее Пемолюкс порошок,  quot;Сода 5. Яблоко quot;, 480г: 2073824 штр.: 9000100980777</t>
+  </si>
+  <si>
+    <t>Чистящий порошок Пемолюкс&amp;nbsp;&amp;nbsp;Яблоко обеспечивает 5 слагаемых эффективной и безопасной уборки: Эффективность против жира и въевшейся грязи. Универсальное использование по всему дому. Бережное очищение разнообразных поверхностей. Безопасное средство - без агрессивных химикатов. Аромат чистоты и свежести Пемолюкс: Бескомпромиссная Чистота! Мощная формула Пемолюкс с содой и мягким абразивом не содержит опасных химикатов и подходит для чистки керамических, эмалированных, металлических и других твердых поверхностей на кухне, в ванной комнате и в прочих помещениях. С осторожностью использовать на полированных и пластиковых поверхностях. Не содержит хлор, дерматологически протестировано. Химический состав: &amp;lt;5&amp;#37; амфотерные ПАВ, кислородсодержащий отбеливатель, отдушка, природный молотый мрамор, сода, сульфат натрия, краситель.</t>
+  </si>
+  <si>
+    <t>336581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fc/1fc7e0e86f48044a9d683990bb99266d.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее Пемолюкс порошок,  quot;Сода 5Extra. Ослепительно белый quot;, 480г 977911</t>
+  </si>
+  <si>
+    <t>Уникальная&amp;nbsp;&amp;nbsp;формула Пемолюкс Ослепительно Белый с содой, мягким абразивом и активным кислородом поможет вернуть первоначальную белизну поверхностям. Активный кислород борется со сложными загрязнениями, такими как пятна от чая, кофе и ягод. Пемолюкс не содержит опасных химикатов и подходит для чистки керамических, эмалированных, металлических и других твердых поверхностей на кухне, в ванной и в прочих помещениях. Химический состав: &amp;lt;5&amp;#37; амфотерные ПАВ, кислородсодержащий отбеливатель, отдушка, природный молотый мрамор, сода, сульфат натрия, краситель.</t>
+  </si>
+  <si>
+    <t>336582</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64f/64f38ce24c3157a298b29c3beaa449d1.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее OfficeClean  quot;Professional. Антижир quot; гель, 500мл 248152 131500ВВ</t>
+  </si>
+  <si>
+    <t>Эффективное средство OfficeClean Антижир, 0,5 л для удаления жира и нагара с кухонных поверхностей, плит, духовых шкафов и грилей. Аналог Шуманит.</t>
+  </si>
+  <si>
+    <t>338067</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55b/55bc25448b50792462645269492fc916.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки Чистин 3 в 1, активный хлор, 750мл 2795</t>
+  </si>
+  <si>
+    <t>Уничтожает микробы, грибок, неприятные запахи. Предназначено для чистки и антимикробной обработки раковин, ванн, душевых кабин, унитазов, профилактики засоров, канализационных стоков, мытья керамической плитки, кухонных плит, любых твердых моющихся напольных покрытий, настенных панелей, моющихся обоев, бытовой техники. Химический состав:&amp;lt; 5 &amp;#37;: гипохлорит натрия &amp;#40;калия&amp;#41;, &amp;lt; 5 &amp;#37;: АПАВ и НПАВ, &amp;lt; 5 &amp;#37;: щелочь, соль ЭДТА, ароматизирующая добавка</t>
+  </si>
+  <si>
+    <t>338967</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5b/b5bd977c2efb3d76a47c91974c63909e.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство для сантехники Санокс, 750мл</t>
+  </si>
+  <si>
+    <t>Средство чистящее для сантехники Санокс предназначено для чистки раковин, унитазов, фаянсовых изделий и кафеля от ржавчины, известковых отложений, жировых и прочих загрязнений. Уничтожает возбудителей всех кишечных инфекций. Способ применения: равномерно распределить средство по загрязненной поверхности и оставить на 5-10 минут, потереть губкой или щеткой, затем смыть водой.Содержит щавелевую кислоту. Пользуйтесь резиновыми перчатками. Не рекомендуется для чистки эмалированных поверхностей &amp;#40;кроме покрытий кислотостойкими эмалями&amp;#41;.</t>
+  </si>
+  <si>
+    <t>340895</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aist/"&gt;Аист&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/223/223c3bb6af6f3da9e0e782056e258e30.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное Domestos  quot;Свежесть Атлантики quot;, 500мл 67046714</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Domestos &amp;quot;Свежесть Атлантики&amp;quot; подходит для уборки раковин и ванн, кафеля, пола, унитаза, сливов и водостоков на кухне и в ванной. Чистит, дезинфицирует и отбеливает, уничтожает все микробы в доме. Ежедневное применение обеспечит круглосуточную защиту от &amp;quot;летающих микробов&amp;quot; в туалете и ванной. Domestos &amp;quot;Свежесть Атлантики&amp;quot; удаляет грязь и убивает все известные микробы даже под водой.</t>
+  </si>
+  <si>
+    <t>340896</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/domestos/"&gt;Domestos&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23d/23d202a8a30afe57f134b73072c7aa34.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное моющее средство Прогресс, 5л, канистра М08-01</t>
+  </si>
+  <si>
+    <t>Универсальное моющее средство со сверхвысокой концентрацией активной основы, что обеспечивает чрезвычайно высокую моющую способность и экономичность при использовании. Предназначено для применения в промышленности, на объектах социальной и общественной сферы, предприятиях общественного питания, в коммунальном хозяйстве для мытья стен, полов, облицовочной плитки, посуды, сантехоборудования. Меры предосторожности: при длительном контакте с концентратом использовать резиновые перчатки, при попадании в глаза- промыть водой. Средство замерзает, после размораживания, встряхнуть канистру. Состав: 30&amp;#37; очищенная вода, 5-15&amp;#37; АПАВ, 5-15&amp;#37; НПАВ, 5&amp;#37; консервант, 5&amp;#37;.</t>
+  </si>
+  <si>
+    <t>350008</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/progress/"&gt;Прогресс&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b2/8b2bd0dcc48ca613ae9f90739e34bb7c.jpg</t>
-[...236 lines deleted...]
-    <t>5</t>
+    <t>http://anytos.ru//upload/iblock/44f/44f1c5d48c277561f0fd7f086e852927.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное моющее средство Прогресс, 5л, ПЭТ М07-3</t>
+  </si>
+  <si>
+    <t>350009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/507/50790cb0f2039898f983db414becdbf1.jpg</t>
+  </si>
+  <si>
+    <t>Спрей для магнитно-маркерных досок OfficeSpace, 250мл 260886</t>
+  </si>
+  <si>
+    <t>Жидкость-спрей предназначена для очистки поверхности маркерных досок. Удаляет следы маркерных разводов.</t>
+  </si>
+  <si>
+    <t>350660</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed3/ed32a4e759acad92dc38ae86c2380649.jpg</t>
   </si>
   <si>
     <t>Средство чистящее OfficeClean Пемоксоль  quot;Лимон. Сода-эффект quot;, порошок, 400г 257959</t>
   </si>
   <si>
     <t>Чистящий порошок для мытья и придания блеска поверхностям из любых материалов</t>
   </si>
   <si>
     <t>350683</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/292/292cd4668832166268f1761c81739cf7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e3/5e330e9daf785a414310fcffcaa70224.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Чистин  quot;Санитарный quot;, жидкость, 750мл 2807</t>
   </si>
   <si>
     <t>Средство для ухода за туалетом и ванной комнатой. Удаляет известковый налет и ржавчину. Растворяет мочевой камень. Убивает бактерии. Обеспечивает свежий запах. Подходит дляфаянсовых изделий, кафеля, душевых кабин, кранов, душа. Не содержит хлор.</t>
   </si>
   <si>
     <t>350688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/702/7029ecf2c17c044c7190c3212164d9ec.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Чистин, гель, 750мл 2798</t>
   </si>
   <si>
     <t>Санитарно-гигиеническое средство. Удаляет ржавчину, мочевой камень, известковый налет. Удаляет мыльные осадки и подтеки. Не содержит хлор.</t>
   </si>
   <si>
     <t>350689</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52f/52f5499878e1f6ecf70c24239dc096b3.jpg</t>
@@ -507,246 +456,222 @@
     <t>352243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af5/af5fffc936478b9af675cdfc44c3ec28.jpg</t>
   </si>
   <si>
     <t>Чистящее средство Cif  quot;Легкость чистоты quot; для ванн, спрей, 500мл 67215707</t>
   </si>
   <si>
     <t>Новый спрей Легкость чистоты для ванной комнаты благодаря своей инновационной формуле потрясающе легко удаляет стойкие загрязнения в ванной. Уникальная технология водо- и грязеотталкивания создает защитное покрытие на поверхностях, которые соприкасаются с водой. В результате поверхности отталкивают воду и грязь, продлевая эффект чистоты и блеска без Ваших дополнительных усилий. Дермотологически протестировано. Состав: &amp;lt;5&amp;#37; неионогенные ПАВ, отдушка, лимонен, бензизотиазолинон, метилизотиазолинон.&amp;quot;</t>
   </si>
   <si>
     <t>354771</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b7/0b7a8036b994e70cc1a01d196b5a7be1.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для сантехники OfficeClean, WC  для чистки ванн и раковин , с курком, 500мл . 268819</t>
   </si>
   <si>
     <t>Средство для чистки и ухода за ваннами, душевыми кабинами, кранами, раковинами, кафельной плиткой, унитазами. Эффективно удаляет водный камень, ржавчину, жир, мыло и известковые отложения.</t>
   </si>
   <si>
     <t>355922</t>
-  </si>
-[...22 lines deleted...]
-    <t>357108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/021/ajagzecesna2kz2de6zn39swqpbxrej6.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Sanita  quot;Универсал. Зеленый чай и лайм quot;, крем, 600мл. 3100</t>
   </si>
   <si>
     <t>Универсальное средство для очистки кухонных поверхностей и ванной комнаты. Не оставляет царапин.&lt;br /&gt;
 &lt;br /&gt;
 Температурный режим хранения не ограничен.&lt;br /&gt;
 Замерзает при температуре -4С, после размораживания сохраняет свои свойства.&lt;br /&gt;
 &lt;br /&gt;
 Состав: ≥ 30 &amp;#37; мягкий абразивный наполнитель, &amp;lt; 5 &amp;#37; сода, &amp;lt; 5 &amp;#37; АПАВ и НПАВ , &amp;lt; 5&amp;#37;: консервант, краситель, ароматизатор.</t>
   </si>
   <si>
     <t>357109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/940/94041fd841944fafa34d46d2521849e4.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для сантехники Sanfor  quot;Universal 10в 1. Морской бриз quot;, гель с хлором, 750мл. 1543</t>
   </si>
   <si>
     <t>Универсальный антимикробный гель. Загущенная гелевая формула содержит хлор, что улучшает его антимикробные свойства. Заменит 10 специальных чистящих средств для разных поверхностей и областей применения по всему дому: легко и быстро отчистит раковины, ванны и душевые кабины, унитазы, сливы и водостоки, керамическую плитку, кухонные плиты, любые твердые моющиеся напольные покрытия, настенные панели, моющиеся обои, бытовую технику. Подходит для уборки и дезинфекции туалетов для животных. Не повреждает поверхности! Эффективно устраняет серый налет, плесень, жир, мыльные потеки, въевшиеся пятна от продуктов питания и другие загрязнения. Благодаря загущенной формуле экономичен в расходе. Обеспечивает свежий запах.</t>
   </si>
   <si>
     <t>357126</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/005/367635y2blzqia72b1trn0emsaw1augu.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Ника  quot;Санита пена quot;, с курком, 500г.</t>
   </si>
   <si>
     <t>Средство преднозначено для ухода за сантехникой: раковина, ванна, унитаз, душевая кабина, поверхности в ванной, кафель. Состав: кислота ортофосфорная менее 5&amp;#37;, кислота щавелевая менее 5&amp;#37;, НПАВ менее 5&amp;#37;. Способ применения: распылить средство, выдержать на поверхности 10-20 мин, почистить и смыть водой. Разрешено на предприятиях общественного питания, пищевой промышленности, в лечебно-профилактических, детских школьных и дошкольных учрехщениях, на объектах сферы обслуживания и в быту населением.</t>
   </si>
   <si>
     <t>367228</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nika/"&gt;NIKA&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/480/4803219b760b6aa508629893a65e5cfa.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное Ника  quot;Универсал quot;, 1кг.</t>
+  </si>
+  <si>
+    <t>Средство предназначено для мытья полов, стен, внешних поверхностей бытовых электроприборов, различных поверхностей из кафеля, мрамора, бетона, пластика, дерева &amp;#40;включая лакированное и окрашенное&amp;#41;, линолиума, всех видов посуды. Состав: НПАВ менее 5&amp;#37;, АПАВ менее 5&amp;#37;. Разрешено на предприятиях общественного питания, пищевой промышленности, в лечебно-профилактических, детских школьных и дошкольных учреждениях, на объектах сферы обслуживания и в быту населением.</t>
+  </si>
+  <si>
+    <t>368125</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nika/"&gt;Ника&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/235/2357f215e89b8e187770570d8c3cfb20.jpg</t>
   </si>
   <si>
     <t>Средство моющее универсальное Ника  quot;Универсал quot;, канистра, 5кг.</t>
   </si>
   <si>
-    <t>Средство предназначено для мытья полов, стен, внешних поверхностей бытовых электроприборов, различных поверхностей из кафеля, мрамора, бетона, пластика, дерева &amp;#40;включая лакированное и окрашенное&amp;#41;, линолиума, всех видов посуды. Состав: НПАВ менее 5&amp;#37;, АПАВ менее 5&amp;#37;. Разрешено на предприятиях общественного питания, пищевой промышленности, в лечебно-профилактических, детских школьных и дошкольных учреждениях, на объектах сферы обслуживания и в быту населением.</t>
-[...1 lines deleted...]
-  <si>
     <t>368126</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/acd/xlu9efnrvqjyay5a1vd1wxjhck2midby.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5d/b5d43aa42b80d0309a621a2ef923d359.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Sorti  quot;Морская свежесть quot;, порошок, 500г. 87-6</t>
   </si>
   <si>
     <t>Новая формула «Интенсив комплекс» включает мельчайшие частицы мягких при-родных компонентов и уникальные бирюзовые гранулы. Интенсив-гранулы мгновенно расщепляют загрязнения, а&amp;nbsp;&amp;nbsp;мягкие минеральные частицы быстро очищают поверхности. Результат –&amp;nbsp;&amp;nbsp;идеальное очищение при мягком и бережном отношении к поверхности и коже рук. Благодаря ароматическим добавкам Sorti активно борется с неприятными запахами. Мы постарались сделать продукт безопаснее, и поэтому Sorti не содержит хлор, что&amp;nbsp;&amp;nbsp;особенно&amp;nbsp;&amp;nbsp;важно в домах&amp;nbsp;&amp;nbsp;с&amp;nbsp;&amp;nbsp;маленькими&amp;nbsp;&amp;nbsp;детьми. Состав: карбонат кальция, сульфат натрия, сода, силикат натрия, &amp;lt;5&amp;#37;: анионные ПАВ, ароматизирующая добавка, краситель. Хранить:в сухом месте, вдали от пищевых продуктов,&amp;nbsp;&amp;nbsp;в недоступном для детей месте, температурный режим хранения не ограничен</t>
   </si>
   <si>
     <t>370541</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sorti/"&gt;SORTI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/985/o4yxorv6sdlw5lhb669adwyw8nkl3xjw.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок и стеклокерамики 500 мл, UNICUM  Уникум , спрей, 300049</t>
   </si>
   <si>
     <t>Особо эффективное средство для мгновенного удаления пригоревшего жира, масла и других пищевых загрязнений с покрытий из стеклокерамики, нержавеющей стали, кафеля, пластика и других материалов, устойчивых к действию щелочей. Жироудалитель для стеклокерамики – особо эффективное средство для мгновенного удаления пригоревших жиров, масел, сахара и других пищевых загрязнений с рабочих поверхностей стеклокерамических плит, в том числе индукционных, а также для другого кухонного оборудования и покрытий из стеклокерамики, нержавеющей стали. Возможна очистка кафеля, пластика и других материалов, устойчивых к действию щелочей. Средство глубоко и бережно очищает стеклокерамику, не оставляет царапин, придает блеск и оставляет защитный слой, облегчающий последующую чистку.Состав: вода умягченная более 30&amp;#37;, щелочной компонент 5-15&amp;#37;, растворители 5-15&amp;#37;, НПАВ.</t>
   </si>
   <si>
     <t>385622</t>
   </si>
   <si>
     <t>&lt;a href="/brands/unicum/"&gt;UNICUM&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/134/8jivphxhxe9kycsmi020pjrik1voan03.jpg</t>
-[...8 lines deleted...]
-    <t>385624</t>
+    <t>http://anytos.ru//upload/iblock/f72/fzthr5msntdkx9kpz51lm2qv8nmgoetr.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 3 л, АНТИЖИР ЛАЙМА  аналог  quot;Шуманит quot; , 601614</t>
+  </si>
+  <si>
+    <t>Концентрированное щелочное средство LAIMA PROFESSIONAL для удаления жира и нагара с плит, духовок и грилей благодаря особой инновационной формуле обеспечивает быстрое и эффективное удаление жира и пригоревших остатков пищи. Средство объемом 3 л с особой активной формулой предназначено для чистки пищевого технологического оборудования из нержавеющей стали &amp;#40;печей, грилей, дымогенераторов, вакуум-выпарных аппаратов, и т.д.&amp;#41; в широком температурном диапазоне. Удаляет масложировые, белковые и углеводные нагары. Не оставляет разводов.Способ применения: нанести средство при помощи распылителя на расстоянии 15-20 см от загрязненной поверхности и выдержать 1-2 минуты. Протереть влажной губкой и тщательно смыть водой. При особо стойких загрязнениях процедуру повторить, увеличив время выдержки до 3-5 минут. Меры предосторожности: содержит концентрированную щелочь. Опасно для кожи и слизистых оболочек. Использовать строго по назначению и в резиновых перчатках. Не использовать для обработки окрашенных, алюминиевых и поврежденных тефлоновых поверхностей.Состав: очищенная вода, щелочные &amp;#40;алкальные&amp;#41; компоненты, 5-15&amp;#37;, растворители до 5&amp;#37;, ПАВ до 5&amp;#37;, загуститель менее 5&amp;#37;, функциональные добавки менее 5&amp;#37;. Значение pH: 12±0,5 &amp;#40;щелочная среда&amp;#41;.</t>
+  </si>
+  <si>
+    <t>385625</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/453/l2klrl2agefd0etqz15njy6qzijnyb4x.jpg</t>
   </si>
   <si>
     <t>Средство моющее универсальное 5 л  quot;ФОРМУЛА ПРОГРЕССА quot; АКВАГЕЛЬ, концентрат, канистра, 203520</t>
   </si>
   <si>
     <t>Высокоэффективное средство &amp;quot;ФОРМУЛА ПРОГРЕССА&amp;quot; для мытья и обезжиривания кафеля и полов, водостойких поверхностей, кухонной мебели, плит, холодильников, кухонной посуды, стекла и хрусталя. Придает поверхности блеск. Эффективно удаляет пыль, грязь, жировые загрязнения.Не оставляет разводов. Укупорка с дозированием и с функцией «защита от детей»Состав: вода очищенная, аПАВ 5-15&amp;#37;, нПАВ &amp;lt; 5&amp;#37;, комплексообразователь &amp;lt; 5&amp;#37;, парфюмерная композиция, консервант, краситель.</t>
   </si>
   <si>
     <t>385633</t>
   </si>
   <si>
     <t>&lt;a href="/brands/akvagel/"&gt;АКВАГЕЛЬ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c1a/ht7gleq6hxi84s1izhooi7gewreubbxl.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/ljubasha/"&gt;ЛЮБАША&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/4ff/4ffb0f42abdb4c34ed02bff0622992d3.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное Domestos  quot;Свежесть Атлантики quot;, гель, 1,5л. 67683281</t>
+  </si>
+  <si>
+    <t>Универсальное средство Domestos Свежесть Атлантики это эффективный чистящий гель, который уничтожает 100&amp;#37; известных микробов во всем доме для защиты вашей семьи. Новый формат Domestos 1500мл избавит вас от необходимости частых покупок. Его хватит надолго, при этом он удобен в хранении. Средство Domestos универсально и подойдет для уборки всего дома. В неразбавленном виде средство можно использовать для очищения и дезинфекции унитаза, ванны, раковины, стоков и сливов, а в разбавленном - для мытья множества поверхностей &amp;#40;пол, кафель, плитка, рабочие поверхности на кухне&amp;#41; и даже для отбеливания белья. Дозатор обеспечит удобство использования. Благодаря особой формуле с дезинфицирующим эффектом и чистящими компонентами, Domestos убивает все известные микробы, максимально отчищает грязь и устраняет неприятные запахи. Уникальная формула геля Domestos предотвращает появление известкового налета. Густая текстура геля Domestos обеспечивает гарантированное очищение и убивает бактерии, грибки, вирусы и споры. Регулярно используйте Domestos для постоянной чистоты и белизны вашего туалета. Универсальное средство Domestos экономично и обеспечивает длительное действие</t>
+  </si>
+  <si>
+    <t>395178</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/886/jfi28qlxgfrkim4scf8audzrbw9d8txm.jpg</t>
   </si>
   <si>
     <t>Крем очищающий, 200 мл, АРМАКОН  quot;ЦИТРОЛИН quot;, от технических загрязнений, без абразива, 1206</t>
   </si>
   <si>
     <t>Средство предназначено для очистки кожи от технических загрязнений &amp;#40;нефтепродуктов, масел, копоти, жира, угольной, графитовой, металлической пыли и т.п.&amp;#41;. •Предназначено для очистки кожи от нефтепродуктов, масел, копоти, жира, угольной, графитовой, металлической пыли и т.п.•Благодаря комбинации мягких и безопасных ПАВ эффективно очищает кожу, не травмируя ее.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•Эффективно в воде любой жесткости; возможно применение без добавления воды.•Содержит увлажняющие и ухаживающие компоненты.•Не содержит растворителей, щелочей, абразивов, красителей, силиконов, парабенов.•Подходит для частого использования.•ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на руки 1-2 мл средства. Хорошо растереть, уделяя особое внимание местам, где грязь въелась в кожу. Добавить 4-5 мл воды, снова растереть. Смыть водой или удалить загрязнения ветошью.</t>
   </si>
   <si>
     <t>422570</t>
   </si>
   <si>
     <t>&lt;a href="/brands/armakon/"&gt;Армакон&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e12/hj0wr9wxwh3l78lltwb86elkuiin1o07.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок 750 мл, CILLIT BANG  Силлит Бэнг   quot;Антижир quot;, распылитель</t>
   </si>
   <si>
     <t>CILLIT BANG эффективно справляется с жирными и пригоревшими загрязнениями. Удаляет даже пригоревшие остатки жирной пищи и трудновыводимые загрязнения с кухонных столов и плит, кафеля, поверхностей из нержавеющей стали. Состав:менее 5&amp;#37; анионные ПАВ, ароматизатор, линалоол.</t>
   </si>
   <si>
     <t>422574</t>
   </si>
   <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9a0/xtvzrc3fgcigo9tpxd6w7hp2crc16ims.jpg</t>
   </si>
   <si>
     <t>Средство для кухни 500 г, SANITA  Санита   quot;Спрей 1 минута quot;, распылитель, 1789</t>
   </si>
   <si>
     <t>Актив-компоненты действуют быстрее и сильнее обычных средств, поэтому идеальный результат заметен сразу! Без усилий удалит любой вид жира, въевшуюся грязь, налет, плесень, грибок. Придаст сияющий блеск надолго. Состав: &amp;#8805; 5&amp;#37;, но &amp;lt; 15&amp;#37; растворитель, &amp;lt; 5&amp;#37; НПАВ, &amp;lt; 5&amp;#37;:АПАВ, d-лимонен, соль ЭДТА, ароматизирующая добавка, гидроксид натрия.</t>
   </si>
   <si>
     <t>422575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c92/y6e5xy3blqoiue47pefwj39hapqlwt5a.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок, грилей от жира нагара 500 г, SANITA  Санита   quot;Гель Антижир quot;, 2642</t>
   </si>
   <si>
     <t>Содержит уникальный расщепитель жира, действие которого гарантирует 100&amp;#37; результат без механических усилий! Эффективно и без усилий удалит жир, копоть, нагар, пригоревшую пищу. Не царапает поверхность. Эффективное средство для удаления жировых загрязнений с кухонных плит, духовых шкафов, пластиковых панелей и керамических плит. Обеспечивает чистоту и сияние.</t>
   </si>
   <si>
     <t>422577</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5e/p6bp5vig2040p7qj0urnk714jfh05r3y.jpg</t>
@@ -778,335 +703,311 @@
   <si>
     <t>http://anytos.ru//upload/iblock/72c/2jlubxp8aomkuhnclk8aqduz635jbd1k.jpg</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG для LCD  ЖК -мониторов, 250 мл, 510120</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG обеспечивает идеальное очищение сильно загрязненных LCD&amp;#40;ЖК&amp;#41;-мониторов компьютеров, планшетов, мобильных телефонов, GPS-навигаторов и другой техники Не содержит спирта и растворителей. Благодаря отсутствию в формуле твердых включений не повреждает поверхность. Объем - 250 мл. Обладает антистатическим эффектом. Размер - 195х50х50 мм.Состав: вода; н-пропанол не менее 5&amp;#37;,но не более 15&amp;#37;; нПАВ 5&amp;#37; или менее; консервант.Допускается нанесение средства сразу на экран, но чтобы избежать образования разводов на протираемой поверхности - рекомендуем наносить жидкость-спрей сначала на салфетку, а затем протирать экран.</t>
   </si>
   <si>
     <t>422582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c5/ylxr2fq52rnekfudcd0xv3ji6zlldudk.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG для LCD  ЖК -мониторов, сухие и влажные в тубе, 50 50 шт., 510121</t>
   </si>
   <si>
     <t>Чистящие сухие и влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов ЖК-мониторов, ноутбуков, телевизоров, мобильных телефонов, GPS-навигаторов. Чтобы салфетки легко доставались из крышки, необходимо взять салфетку из СЕРЕДИНЫ рулона и продеть её в дозирующее отверстие.Офисные салфетки BRAUBERG изготовлены из нетканого материала, предназначены для очистки экранов мониторов, телевизоров, плазменных панелей, ноутбуков, стеклянных поверхностей сканеров и копиров и других оптических поверхностей. Очищают поверхности от пыли, грязи и отпечатков пальцев. Не оставляют разводов и ворса. Обладают антистатическим эффектом. Туба содержит 2 вида салфеток &amp;#40;50 &amp;#43; 50 штук&amp;#41;: Влажной салфеткой Вы можете очистить поверхность экрана от загрязнений, а сухой салфеткой завершить очистку, для исключения разводов на экране. Размер одной салфетки: 13x17 см, плотность 29 г/м2. Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент, ароматическая композиция.Перед применением необходимо ознакомиться с инструкцией пользователя устройства, поверхность которого планируется очищать.</t>
   </si>
   <si>
     <t>422583</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/680/iwouvpy58jab9o3q7e59wtfwwc6kx16f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d56/mkan774vz06iryvuhxf25mxve1fzbt65.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG  quot;Power Clean quot;, в тубе, 100 шт., влажные, для пластика, 510123</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с корпусов мониторов, клавиатур, телефонов, бытовой техники и прочего офисного оборудования. Пропитаны специальной чистящей жидкостью. Они имеют размер 130х170 мм и выполнены из нетканного материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий раствор включает в себя комбинацию ионогенных и неионогенных ПАВ менее 5&amp;#37;, консервант, антистатический компонент, воду. Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/706/hrf63lt0u6tuyz1pbeofqff7fnc1gwky.jpg</t>
   </si>
   <si>
     <t>Чистящий набор BRAUBERG салфетки для экранов мониторов   спрей, 100 мл, 510341</t>
   </si>
   <si>
     <t>Чистящий набор BRAUBERG для ухода за экранами плазменных панелей, ЖК-мониторов, телевизоров и смартфонов легко удаляет пыль, отпечатки пальцев и другие загрязнения. Сочетание высококачественного материала салфетки и специально разработанного чистящего состава позволяют достичь моментального эффекта с минимальными усилиями. Гипоаллергенная салфетка из микрофибры легко стирается в теплой воде. Дезинфицирует и удаляет статическое электричество. Не царапает поверхность и не оставляет разводов и ворсинок. В комплекте - салфетка и спрей объемом 100 мл.Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент.</t>
   </si>
   <si>
     <t>422586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/91sam9kxjhdmx0guzxtl1hfs0x8rj7to.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для экранов и пластика универсальные STAFF, 13х15 см, туба 100 шт., влажные, 511518</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки STAFF предназначены для удаления пыли и загрязнений с экранов мониторов, ноутбуков, телевизоров, а также протирки пластиковых поверхностей - клавиатур, компьютеров &amp;#40;ПК&amp;#41;, телефонных аппаратов, мебели и т.д. Они имеют размер 135х145 мм и выполнены из нетканного материла плотностью 18 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;. Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.Перед применением слегка проветрить, чтобы салфетка не была слишком влажной. Идеальны для обычной влажной уборки любых поверхностей.</t>
   </si>
   <si>
     <t>422590</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4b9/jrbmunlkywp4vl83tu1wwexfusw7sif6.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий баллон со сжатым воздухом BRAUBERG, 300 мл, 511519</t>
+  </si>
+  <si>
+    <t>Баллон со сжатым воздухом BRAUBERG предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Подходит для очистки поверхностей печатных плат, линз оптических приборов, лабораторного, диагностического и другого деликатного оборудования. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Не оставляет следов при распылении.При систематическом применении увеличивает срок службы техники.Внимание! Очистку проводить только после отключения устройств от электропитания! В процессе применения средство значительно охлаждает очищаемые детали. Резкое охлаждение горячих деталей может негативно сказаться на их работоспособности и даже вывести их из строя!Применение:1&amp;#41; Установить трубку в распылительную головку. Внимание! Для установки трубочки в отверстие клапана необходимо вставить ее с усилием до полной фиксации.2&amp;#41; С расстояния 10-15 см короткими порциями продуть места скопления пыли и загрязнений. Размер баллона – 217х52х52 мм.Состав: алифатические углеводороды &amp;gt; 30&amp;#37;.Меры предосторожности: баллон под давлением. При нагревании возможен взрыв. Предохранять от воздействия прямых солнечных лучей и нагревания выше 50 градусов. Не распылять вблизи источников открытого огня и раскаленных предметов. Не курить во время пользования. Не разбирать и не давать детям. Не вдыхать испарения и брызги. Рекомендации по утилизации: не вскрывать и не сжигать даже после использования. Использованный баллон утилизировать как бытовой отход.Условия хранения: температурный режим транспортировки от -30 до &amp;#43;30 °С. Хранить в крытых сухих складских вентилируемых помещениях при температуре от -30 до &amp;#43;30 °С на расстоянии не менее 1 м от нагревательных приборов.</t>
+  </si>
+  <si>
+    <t>422591</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cd3/1nvqai19eihz8had2xkwoa56v08g5py8.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для экранов и пластика  запасной блок  BRAUBERG, 100 шт., влажные, 511685</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов LCD, TFT-мониторов, ноутбуков, телевизоров, мебели, клавиатур, системных блоков и других поверхностей. Очищают поверхности от пыли и загрязнений без разводов. Они имеют размер 130х170 мм и выполнены из нетканного материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пакет с зип-локом по 100 штук. Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент, ароматическая композиция.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8f/pgs3z35y4rlux7oqainbgut55ii09g7u.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG для экранов и пластика, с ароматом  quot;ЛИМОН quot;, в тубе 100 шт., влажные, 511688</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов мониторов, ноутбуков, телевизоров, а также протирки пластиковых поверхностей - клавиатур, системных блоков, телефонных аппаратов, мебели. Имеют приятный аромат. Они имеют размер 130х170 мм и выполнены из нетканного материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, нПАВ менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;, консервант менее 5&amp;#37;, отдушка менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ac/8l6s42c1s906fmiho87wwih0xo2cdo4t.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG для экранов и пластика, с ароматом  quot;АСТРА quot;, в тубе 100 шт., влажные, 511689</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов LCD, TFT-мониторов, ноутбуков, телевизоров, мебели, PDA, клавиатур, системных блоков, телефонных аппаратов и других поверхностей. Имеют приятный аромат. Они имеют размер 130х170 мм и выполнены из крепированной бумаги плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, нПАВ менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;, консервант менее 5&amp;#37;, отдушка менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422594</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ee6/3krt682x4mz2sv0uyz8n8431jjyrojrl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d03/6f142mx7ruha0i1utw1r003km793m3nh.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для экранов и пластика универсальные STAFF, 10х12 см, туба 100 шт., влажные, 512657</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки STAFF станут незаменимым помощником по уходу за экранами мониторов, ноутбуков, планшетов, смартфонов, мебели, клавиатур, компьютеров &amp;#40;ПК&amp;#41; и других поверхностей. Они имеют размер 110х114 мм и выполнены из нетканого материала плотностью 18 г/м2. Не оставляют разводов, устраняют статическое электричество и не содержат абразивных веществ. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422600</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68d/3g6b92pv8fma7rc3jz6uz5je72lun3yv.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для ноутбуков и оптических поверхностей BRAUBERG, КОМПЛЕКТ туба 100 шт., влажные, 512810</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для ухода и очистки экранов и пластиковых поверхностей портативных устройств: ноутбуков, нетбуков и планшетных компьютеров. Эффективно удаляют загрязнения без разводов. Они имеют размер 90х115 мм и выполнены из крепированной бумаги плотностью 29 г/м2. Упакованы в компактную пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент, ароматическая композиция.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422601</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/117/ew1o8jstdpn74ne6zc9k62g8dtpwxwgz.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8df/gdl49f3h20zzrc4y3kxz1qamcn6j9nxx.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 1,5 л DOMESTOS  Доместос   quot;Свежесть Атлантики quot;, с отбеливающим эффектом, 67683281</t>
   </si>
   <si>
     <t>Универсальное средство Domestos Свежесть Атлантики - это эффективный чистящий гель, который уничтожает 100&amp;#37; известных микробов во всем доме для защиты семьи. Средство Domestos универсально и подойдет для уборки всего дома. В неразбавленном виде средство можно использовать для очищения и дезинфекции унитаза, ванны, раковины, стоков и сливов, а в разбавленном - для мытья множества поверхностей &amp;#40;пол, кафельные поверхности, плитка, рабочие поверхности на кухне, мусорные ведра&amp;#41; и даже для отбеливания белья и тканей. Универсальное средство Domestos подходит для септиков. Ознакомьтесь с инструкцией по применению для каждого вида поверхностей.Благодаря особой формуле с дезинфицирующим эффектом и чистящими компонентами, Domestos убивает все известные микробы, максимально отчищает грязь и устраняет неприятные запахи. Уникальная формула геля Domestos предотвращает появление известкового налета. Густая текстура геля Domestos обеспечивает гарантированное очищение и убивает бактерии, грибки, вирусы и споры. Изогнутый дозатор обеспечит удобство использования. Регулярно используйте Domestos для постоянной чистоты и белизны вашего туалета и других поверхностей, а также для защиты семьи.Универсальное средство Domestos экономично и быстро обеспечивает длительное действие и защиту. Тысячи лабораторных тестов каждую неделю подтверждают, Domestos - непобедимый. Безжалостное уничтожение микробов обеспечит дезинфекцию и чистоту в доме.</t>
   </si>
   <si>
     <t>422607</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b31/udmsxvi1lbb50kwkq58hlx2plqycdbe1.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 750 мл CILLIT BANG  Силлит Бэнг   quot;Антиналет   Блеск quot;, универсал, 8149771</t>
   </si>
   <si>
     <t>Эффективное чистящее средство CILLIT BANG для удаления трудновыводимых загрязнений. Восстанавливает блеск различных бытовых поверхностей, полностью удаляя разводы от жесткой воды, известковый налет, ржавчину, а также мыльные отложения и глубоко въевшуюся грязь. Без усилия чистит хромированные,керамические, пластиковые, стеклянные и поверхности из нержавеющей стали. Химический состав: менее 5&amp;#37; неионогенные ПАВ, щавелевая кислота, ароматизатор.</t>
   </si>
   <si>
     <t>422615</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/205/s4e52vpy0pyx7yb040qxrhojrj2k0y1n.jpg</t>
+  </si>
+  <si>
+    <t>Баллон со сжатым воздухом BRAUBERG ДЛЯ ОЧИСТКИ ТЕХНИКИ 400 мл, 513287</t>
+  </si>
+  <si>
+    <t>Баллон со сжатым воздухом BRAUBERG предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Подходит для очистки поверхностей печатных плат, линз оптических приборов, лабораторного, диагностического и другого деликатного оборудования. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Не оставляет следов при распылении.При систематическом применении увеличивает срок службы техники.Внимание! Очистку проводить только после отключения устройств от электропитания! В процессе применения средство значительно охлаждает очищаемые детали. Резкое охлаждение горячих деталей может негативно сказаться на их работоспособности и даже вывести их из строя!Применение:1&amp;#41; Установить трубку в распылительную головку. Внимание! Для установки трубочки в отверстие клапана необходимо вставить ее с усилием до полной фиксации.2&amp;#41; С расстояния 10-15 см короткими порциями продуть места скопления пыли и загрязнений. Объем – 520 мл. Размер баллона – 183х66х66 мм.Состав: алифатические углеводороды &amp;gt; 30&amp;#37;.Меры предосторожности: Баллон под давлением. При нагревании возможен взрыв. Предохранять от воздействия прямых солнечных лучей и нагревания выше 50 °С. Не распылять вблизи источников открытого огня и раскаленных предметов. Не курить во время пользования. Не разбирать и не давать детям. Не вдыхать испарения и брызги. Рекомендации по утилизации: не вскрывать и не сжигать даже после использования. Использованный баллон утилизировать как бытовой отход.Условия хранения: температурный режим транспортировки от -30 до &amp;#43;30 °С. Хранить в крытых сухих складских вентилируемых помещениях при температуре от -30 до &amp;#43;30 градусов на расстоянии не менее 1 м от нагревательных приборов.</t>
+  </si>
+  <si>
+    <t>459556</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/57c/5k0vhl7qboopzwbvqwa1ltfmffese0ei.jpg</t>
   </si>
   <si>
     <t>Салфетки для экранов всех типов и оптики BRAUBERG PRO ПЛОТНЫЕ, 13х17 см, туба 100 шт., влажные, 513284</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG MAX предназначены для ухода за экранами LCD, TFT-мониторов, ноутбуков, телевизоров, смартфонов, оптики и других поверхностей. Они имеют размер 130х170 мм и выполнены из нетканного материала на целлюлозной основе плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, нПАВ менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;, консервант менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.Перед применением слегка проветрить, чтобы салфетка не была слишком влажной. Идеальны для обычной влажной уборки любых поверхностей.</t>
   </si>
   <si>
     <t>468989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c9/5xmnfqqytqpw6ydt9krnnemcoftojoec.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG для экранов и пластика с ароматом АБРИКОСА, в тубе 100 шт., влажные, 513321</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов LCD, TFT-мониторов, ноутбуков, телевизоров, мебели, PDA, клавиатур, системных блоков, телефонных аппаратов и других поверхностей. Обладают приятным ароматом. Они имеют размер 130х170 мм и выполнены из крепированной бумаги плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук.Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, нПАВ менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;, консервант менее 5&amp;#37;, отдушка менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>473052</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/260/260b05bc853530fde937c58088d98dc4/cc2373fdc650c3093890f40d4e3bec5b.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Cif  quot;Active Fresh quot;, крем с микрокристаллами, 500мл</t>
   </si>
   <si>
     <t>Крем чистящий CIF удаляет грязь благодаря силе микрогранул, обладает приятным цветочным ароматом. Крем проникает и полностью удаляет такие въевшиеся и застарелые загрязнения от жира, пригоревшей еды, известкового налета. Мощная формула крема Cif легко справляется с ржавчиной, дезинфицирует поверхность. Крем удаляет разнообразные загрязнения на различных поверхностях во всем доме. Менее 5&amp;#37; анионные ПАВ, гипохлорит натрия, неионогенные ПАВ, мыло, отдушка</t>
   </si>
   <si>
     <t>561234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18e/18e000ce11b12fc3ffb7b00cd0955e51/e93fd03d5cb4fb9f4aae0612aff9baa2.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Cif, спрей  quot;Универсальный. Ультра быстрый quot;, 500мл</t>
   </si>
   <si>
     <t>Чистящий спрей Cif УНИВЕРСАЛЬНЫЙ. Инновационная* формула спрея Cif помогает легко и быстро отчистить грязь с поверхностей Вашего дома: кухни и ванной комнаты, а также с ковров, диванов и одежды. Подходит для удаления таких загрязнений, как жир, пятна от джема, горчицы и томатного соуса, оливковое масло, пятна от чая и кофе, мыльный налет, моторное масло, пятна от травы. Спрей создан для эффективной очситки типичных видов загрязнений, которые появляются в повседневной жизни. Перед применением обязательно прочтите инструкцию и соблюдайте осторожность при использовании средства. *В линейке средств Unilever Способ применения:&amp;nbsp;&amp;nbsp;1. Распылите спрей на поверхность. 2. Спрей Cif моментально проникнет в загрязнения и легко отделит их от поверхности. 3. Быстро протрите поверхность влажной тряпкой - нет необходимости в длительном смывании! Раз-два-три – и готово! Cif даёт вам больше времени для жизни! Для удаления трудновыводимых загрязнений не смывайте средство в течение 1 минуты. Для ещё более сияющего результата протрите поверхность сухой тряпкой. &amp;#39;по результам теста в Инновационном центре Unilever &amp;#40;Италия, 2012&amp;#41; на удаление 4 типов повседневных загрязнений. Состав продукта:&amp;nbsp;&amp;nbsp;менее 5&amp;#37;: неионогенные ПАВ, отдушка, лимонен, линалоол, бензизотиазолинон</t>
   </si>
   <si>
     <t>561235</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/55d/55d1aa012203eac35245e595982872cf/859b77a62d54eae0debaa55ddaede26b.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bec/56d4hzhl2r4lw5pzz0kzlnysfzp8hga1.jpg</t>
   </si>
   <si>
     <t>Антистатик 200 мл, CHIRTON  Чиртон , аэрозоль</t>
   </si>
   <si>
     <t>Препятствует возникновению статического электричества на одежде, тканях, полимерных и пластиковых покрытиях. Не оставляет следов и запаха. Состав: растворитель &amp;#40;более 30&amp;#37;&amp;#41;, пропан, бутан, изобутан &amp;#40;более 30&amp;#37;&amp;#41;, смесь полиоксиэтиленгликолиевых эфиров высших жирных спиртов &amp;#40;менее 5&amp;#37;&amp;#41;, пропиленгликоль &amp;#40;менее 5&amp;#37;&amp;#41;.</t>
   </si>
   <si>
     <t>563274</t>
   </si>
   <si>
     <t>&lt;a href="/brands/chirton/"&gt;Chirton&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c9e/92azx7jbjn43xj76vre452dp1fi714j1.jpg</t>
+  </si>
+  <si>
+    <t>Баллон со сжатым воздухом BRAUBERG ДЛЯ ОЧИСТКИ ТЕХНИКИ 1000 мл, 513317</t>
+  </si>
+  <si>
+    <t>Баллон со сжатым воздухом BRAUBERG предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Подходит для очистки поверхностей печатных плат, линз оптических приборов, лабораторного, диагностического и другого деликатного оборудования. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Не оставляет следов при распылении. Давление внутри баллона – 5,5 Бар.При систематическом применении увеличивает срок службы техники.Внимание! Очистку проводить только после отключения устройств от электропитания! В процессе применения средство значительно охлаждает очищаемые детали. Резкое охлаждение горячих деталей может негативно сказаться на их работоспособности и даже вывести их из строя!Применение:1&amp;#41; Установить трубку в распылительную головку. Внимание! Для установки трубочки в отверстие клапана необходимо вставить ее с усилием до полной фиксации.2&amp;#41; С расстояния 10-15 см короткими порциями продуть места скопления пыли и загрязнений. Объем – 1000 мл. Размер баллона – 650x700x3400 мм.Состав: алифатические углеводороды &amp;gt; 30&amp;#37;.Меры предосторожности: баллон под давлением. При нагревании возможен взрыв. Предохранять от воздействия прямых солнечных лучей и нагревания выше 50 °С. Не распылять вблизи источников открытого огня и раскаленных предметов. Не курить во время пользования. Не разбирать и не давать детям. Не вдыхать испарения и брызги. Рекомендации по утилизации: не вскрывать и не сжигать даже после использования. Использованный баллон утилизировать как бытовой отход.Условия хранения: температурный режим транспортировки от -30 до &amp;#43;30 °С. Хранить в крытых сухих складских вентилируемых помещениях при температуре от -30 до &amp;#43;30 °С на расстоянии не менее 1 м от нагревательных приборов.</t>
+  </si>
+  <si>
+    <t>563281</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/122/o3jybst5webgvwtal8ozb347gcsqkuzl.jpg</t>
   </si>
   <si>
     <t>Паста очищающая, 200 мл, АРМАКОН  quot;ЛАЙМЕКС quot;, от трудноудаляемых загрязнений, с абразивом, 1193</t>
   </si>
   <si>
     <t>Предназначена для очищения кожи от трудносмываемых загрязнений: нефтепродуктов, масел, металлической пыли, графита, смазочных веществ, масляных красок, битума, сажи и нейтрализации неприятных запахов с кожи. •Предназначена для очищения кожи от нефтепродуктов, масел, металлической пыли, графита, смазочных веществ, масляных красок, битума, сажи и т.п.•Обеспечивает бережное и эффективное очищение кожи благодаря сбалансированной комбинации ПАВ и мягкого абразива из скорлупы грецкого ореха. Абразив изготовлен с использованием современной вакуумной технологии, исключающей образование острых частиц.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•Удаляет неприятные запахи с кожи, легко и без остатка смывается водой.•Подходит для частого применения.•Не содержит растворителей, красителей, силиконов, парабенов.•Соответствует ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на загрязненные участки кожи 1-2 мл пасты. Хорошо растереть, уделяя особое внимание местам, где грязь въелась в кожу. Добавить 4-5 мл воды, и снова тщательно растереть. Смыть водой.</t>
   </si>
   <si>
     <t>565003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f1/pmvk2d442krolpuxcy179y7btvpw6fjq.jpg</t>
   </si>
   <si>
     <t>Паста очищающая, 200 мл, АРМАКОН  quot;ТОПХЭНД quot;, от особо устойчивых загрязнений, с абразивом, 1205</t>
   </si>
   <si>
     <t>Паста с абразивом из скорлупы грецкого ореха предназначена для очистки кожи от особо устойчивых загрязнений &amp;#40;масляные, типографские и нитрокраски, лаки, смолы, клей, битум, монтажная пена и пр.&amp;#41;. •Предназначена для очистки кожи от масляных, типографских и нитрокрасок, лаков, смол, клея, битума, монтажной пены и пр.&amp;#41;.•Обеспечивает глубокую щадящую очистку кожи за счёт сбалансированной комбинации мягких эфирных кислородосодержащих растворителей, ПАВ в сочетании с натуральным абразивом разной фракции из скорлупы грецкого ореха. Абразив изготовлен с использованием современной вакуумной технологии, исключающей образование острых частиц.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•В состав входят увлажняющие и ухаживающие компоненты.•Подходит для частого применения.•Не содержит минерального абразива, щелочей, сильных растворителей, красителей, силиконов, парабенов.•Соответствует ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на загрязненные участки кожи 1-2 мл пасты. Хорошо растереть, уделяя особое внимание местам, где грязь въелась в кожу. Когда грязь начнет растворяться, добавить 4-5 мл воды, снова тщательно растереть, смыть водой.</t>
   </si>
   <si>
     <t>565004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83c/bwug9mk4tszqed43d1otrh9dn1gyccc0.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок, грилей от жира нагара 500 мл, АНТИЖИР ЛАЙМА,  аналог Шуманит , распылитель, 601613</t>
   </si>
   <si>
     <t>Концентрированное щелочное средство LAIMA PROFESSIONAL для удаления жира и нагара с плит, духовок и грилей благодаря особой инновационной формуле обеспечивает быстрое и эффективное удаление жира и пригоревших остатков пищи. Средство объемом 500 мл с особо активной формулой предназначено для чистки пищевого технологического оборудования из нержавеющей стали &amp;#40;печей, грилей, дымогенераторов, вакуум-выпарных аппаратов, и т.д.&amp;#41; в широком температурном диапазоне. Удаляет масложировые, белковые и углеводные нагары. Не оставляет разводов.Способ применения: нанести средство при помощи распылителя на расстоянии 15-20 см. на загрязненную поверхность и выдержать 1-2 минуты. Протереть влажной губкой и тщательно смыть водой. При особо стойких загрязнениях процедуру повторить, увеличив время выдержки до 3-5 минут. Меры предосторожности: содержит концентрированную щелочь. Опасно для кожи и слизистых оболочек. Использовать строго по назначению и в резиновых перчатках. Не использовать для обработки окрашенных, алюминиевых и поврежденных тефлоновых поверхностей.Состав: очищенная вода, щелочные &amp;#40;алкальные&amp;#41; компоненты, 5-15&amp;#37;, растворители до 5&amp;#37;, ПАВ до 5&amp;#37;, загуститель менее 5&amp;#37;, функциональные добавки менее 5&amp;#37;. Значение pH: 12±0,5 &amp;#40;щелочная среда&amp;#41;.</t>
   </si>
   <si>
     <t>565506</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0f6/qr6jn8ph1gx7bhmzo0g0p3t30tq7xad0.jpg</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG для экранов и офисной техники, универсальная, 500 мл, 513288</t>
   </si>
   <si>
     <t>Высокоэффективное средство BRAUBERG для легкой и мягкой очистки всех типов экранов, оптических, стеклянных и пластиковых поверхностей бытовой и офисной техники от пыли, грязи и жирных пятен. Средство объёмом 500 мл быстро удаляет пыль, грязь, следы от высохших капель воды, следы от рук, не дает разводов, не разрушает антибликовых покрытий, быстро высыхает и оставляет защитный слой с антистатическим действием.ВНИМАНИЕ!Перед очисткой электроприборов отключите их от источников тока. Устройства с питанием от батареек или аккумуляторов переведите в режим отключения или удалите источник питания.</t>
   </si>
   <si>
     <t>565864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8d/6mnypvdnskj37rbodktz8hqcl0u75zex.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 1,5 л, DOMESTOS  Доместос   quot;Лимонная свежесть quot;, с отбеливающим эффектом, 67682978</t>
   </si>
   <si>
     <t>Благодаря особой формуле с дезинфицирующим эффектом и чистящими компонентами Domestos убивает все известные микробы, максимально очищает грязь и устраняет неприятные запахи. Уникальная формула геля предотвращает появление известкового налета. Хотите обеспечить блестящую чистоту и защиту от микробов в вашем доме быстро и надолго? Универсальное средство Domestos &amp;quot;Лимонная Свежесть&amp;quot; - это эффективный чистящий гель, который уничтожает 100&amp;#37; известных микробов во всем доме для защиты семьи. Средство Domestos универсально и подойдет для уборки всего дома. В неразбавленном виде средство можно использовать для очищения и дезинфекции унитаза, ванны, раковины, стоков и сливов, а в разбавленном - для мытья множества поверхностей &amp;#40;пол, кафельные поверхности, плитка, рабочие поверхности на кухне, мусорные ведра&amp;#41; и даже для отбеливания белья и тканей, также подходит для септиков. Густая текстура геля Domestos обеспечивает гарантированное очищение и убивает бактерии, грибки, вирусы и споры. Изогнутый дозатор обеспечит удобство использования.&amp;nbsp;&amp;nbsp;Тысячи лабораторных тестов каждую неделю подтверждают, что Domestos - непобедимый.Ознакомьтесь с инструкцией по применению для каждого из видов поверхностей. Регулярно используйте Domestos для постоянной чистоты и белизны туалета и других поверхностей.</t>
   </si>
   <si>
     <t>565865</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6e/m3yw7w49kwczxr2w940m9zg0h9wpd832.jpg</t>
@@ -1147,268 +1048,210 @@
   <si>
     <t>586519</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lira/"&gt;ЛИРА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd5/fd5f9d7357309db7c929a8ecf1ebd45c/fb5674f774a7827218e4ed116ff6c210.jpg</t>
   </si>
   <si>
     <t>Средство для сантехники Адрилан 0,85 л цветочый_СПб</t>
   </si>
   <si>
     <t>586537</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/191/191b70d885a2923ce65648ac8ccb6300/845ba3ff35fab2f3622c877ef4e8c394.jpg</t>
   </si>
   <si>
     <t>Средство для сантехники Адрилан 5л</t>
   </si>
   <si>
     <t>586539</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3fc/3fc206ff7b4ed3768328779d11cd1f66/624a522bb5b6ceea8cf251fb1d2a957d.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее Ника  quot;КСД quot;, с дезинфицирующим эффектом, канистра, 6кг</t>
+  </si>
+  <si>
+    <t>593894</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4b/ef1or1fgza75z0hrikvvtnyp4s2e6qbh.jpg</t>
+  </si>
+  <si>
+    <t>Средство для комплексной уборки кухни 500 мл LAIMA PROFESSIONAL, распылитель, 606377</t>
+  </si>
+  <si>
+    <t>Средство для комплексной уборки кухни LAIMA PROFESSIONAL эффективно для мытья и чистки плит, моек, кранов, наружных поверхностей, воздухоочистителей, кухонной мебели из дерева, полимерных материалов и металлических изделий. Средство объемом 500 мл эффективно против жировых загрязнений, грязи и копоти. Безопасно для стеклокерамики.Особенности:- не содержит метанола и аммиака;- не имеет раздражающего запаха;- безопасно при использовании по назначению.Не подходит для мытья холодильников, поверхностей из акрила и пищевой посуды.СОСТАВ: 30&amp;#37; и более воды, менее 5&amp;#37; этиленгликоля, менее 5&amp;#37; НПАВ, менее 5&amp;#37; цитрата натрия, менее 5&amp;#37; консерванта, менее 5&amp;#37; парфюмерной композиции &amp;#40;лимонена&amp;#41;.Соответствует ТУ 2383-006-18461799-02</t>
+  </si>
+  <si>
+    <t>601273</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8d2/6uuvyzgxmha0ft7q8k9hn8h28n3rsz2h.jpg</t>
   </si>
   <si>
     <t>Средство для чистки ванн и душевых 500 мл LAIMA PROFESSIONAL, распылитель, 606376</t>
   </si>
   <si>
     <t>Средство для чистки ванн и душевых LAIMA PROFESSIONAL эффективно для чистки сантехники: смесителей, раковин, ванн, душевых кабин и других поверхностей в ванной комнате. Средство объемом 500 мл эффективно удаляет грязь, мыльный налёт и известковые отложения. Не повреждает поверхность, очищает и придаёт блеск.Особенности:- не содержит метанола и аммиака;- не имеет раздражающего запаха;- безопасно при использовании по назначению.СОСТАВ: 30&amp;#37; и более воды, менее 5&amp;#37; лимонной кислоты, менее 5&amp;#37; НПАВ, менее 5&amp;#37; парфюмерной композиции.Соответствует ТУ 2383-006-18461799-02</t>
   </si>
   <si>
     <t>601278</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d6/wa82nwmboqyx6sjx5c0mp1lz1jtxg9p2.jpg</t>
   </si>
   <si>
     <t>Средство для чистки ковров и мягкой мебели 500 мл LAIMA PROFESSIONAL, распылитель, 606378</t>
   </si>
   <si>
     <t>Средство для чистки ковров и мягкой мебели LAIMA PROFESSIONAL эффективно для ручной чистки ковров, ковровых покрытий, мягкой мебели и салонов автомобилей. Средство объемом 500 мл эффективно удаляет грязь, пятна и пыль. Освежает краски. Нейтрализует неприятные запахи и придает приятный аромат.Особенности:- не содержит метанола и аммиака;- не имеет раздражающего запаха;- безопасно при использовании по назначению.СОСТАВ: 30&amp;#37; и более воды, менее 5&amp;#37; АПАВ, менее 5&amp;#37; изопропанола, менее 5&amp;#37; пропиленгликоля, менее 5&amp;#37; поликарбоксилата, менее 5&amp;#37; тетранатриевой соли этилендиаминтетрауксусной кислоты, менее 5&amp;#37; парфюмерной композиции, менее 5&amp;#37; консерванта, менее 5&amp;#37; красителя.Соответствует ТУ 2383-032-18461799-2011</t>
   </si>
   <si>
     <t>601279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e5/wwv3nn1vu21ty1cy7f71tsso0n4kz7t0.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 750 мл CILLIT BANG  Силлит Бэнг   quot;Мегаблеск и защита quot;, универсал, распылитель, 3083474</t>
   </si>
   <si>
     <t>CILLIT BANG &amp;quot;Мегаблеск и Защита&amp;quot; эффективно удаляет грязь, мыльные разводы, и известковый налет. Компоненты, входящие в состав средства, создают невидимое защитное покрытие, которое предотвращает появление новых загрязнений уже после первого применения. Рекомендации к применению:Используйте перчатки. После использования тщательно вымыть руки. При попадании на кожу смыть большим количеством воды с мылом. При попадании в глаза осторожно промыть водой в течение нескольких минут.</t>
   </si>
   <si>
     <t>601287</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f6b/f6b99683b337dbae2aae69f4e2ce3aba/1f25f4123f6542760c4c7fdbc5663782.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/31e/31e7c657876727d5646bae9552e97b27/ea7520bd05a439e5b2620e6a6fd1d777.jpg</t>
   </si>
   <si>
     <t>Сарма чист.средство для сантех.750мл.Свежесть  3 18</t>
   </si>
   <si>
     <t>Н.К.Сарма чист.ср-во д/сантех.750мл.Свежесть *3/18</t>
   </si>
   <si>
     <t>602436</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>Сан-Мастер WC Гель 0,75л. 4 16</t>
   </si>
   <si>
     <t>Сан-Мастер WC Гель 0,75л.*4/16</t>
   </si>
   <si>
     <t>602438</t>
   </si>
   <si>
     <t xml:space="preserve">Сан-Мастер Санитарно-гигиеническое средство ГЕЛЬ 0,75.л черн.бутылка Санмастер  4 16  утенок </t>
   </si>
   <si>
     <t>Сан-Мастер Санитарно-гигиеническое ср-во ГЕЛЬ 0,75.л черн.бутылка Санмастер *4/16 &amp;#40;утенок&amp;#41;</t>
   </si>
   <si>
     <t>602439</t>
-  </si>
-[...10 lines deleted...]
-    <t>602443</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4f/b4fb3e8e292b86e501621265cdb35688/aa63e90228c300005b18c4d7e5fd3d28.jpg</t>
   </si>
   <si>
     <t>Универсальное моющее средство Семь Зв зд Прогрессивное, ПЭТ канистра, 5 л</t>
   </si>
   <si>
     <t>Моющие средства от производителя ТБХ.&lt;br /&gt;
  Для профессиональной уборки подойдут только проверенные моющие средства. Дешёвые некачественные составы приведут к лишней потере времени и неудовлетворительному результату, который вызовет негативные отзывы.&lt;br /&gt;
  Отлично зарекомендовало себя Универсальное моющее средство «Прогрессивное» под брендом Семь Звёзд. Оно быстро справляется со своей задачей и не вызывает нареканий. Подходит для бытовой и профессиональной уборки. Фасовка в пятилитровые канистры позволит сэкономить на приобретении.&lt;br /&gt;
  Универсальное моющее средство справится с жировыми и прочими загрязнениями на любых поверхностях. Это достигается за счёт концентрированной формулы. Не содержит агрессивных компонентов, которые могут привести к повреждению элементов отделки, потери яркости цвета или глянца.&lt;br /&gt;
  Состав: не менее 30&amp;#37; очищенной воды; от 5 до 15&amp;#37; смесь активных ПАВ; не более 5&amp;#37; консервантов, ароматизаторов и загустителя; пигмент; модификатор реологии; антибактериальные добавки; комплексообразователь</t>
   </si>
   <si>
     <t>602444</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sem-zvezd/"&gt;Семь Звезд&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/294/2940761b333120fe64e07077e355be0a/043b3713f28e1de7e4b0b6c72c89eb71.jpeg</t>
-[...44 lines deleted...]
-    <t>603377</t>
+    <t>http://anytos.ru//upload/iblock/4a2/4a2f55aafea7e03ec70e29576a7bd00d/001b5a3f0309482bb04cf05266492bed.jpg</t>
+  </si>
+  <si>
+    <t>Санита крем 600г.Универсал Сила Лимона  8615 3 12</t>
+  </si>
+  <si>
+    <t>Санита крем 600г.Универсал Сила Лимона &amp;#40;8615&amp;#41;*3/12</t>
+  </si>
+  <si>
+    <t>602454</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ba/0ba873d7d7626f7bdcb517f8fe92c333/d4792367674fedc38ba41ba1531ee2dd.jpeg</t>
   </si>
   <si>
     <t>Средство для удаления засоров САНОКС Чистый сток, 500 мл</t>
   </si>
   <si>
     <t>Средство для удаления засоров от производителя ЗАО АИСТ.&lt;br /&gt;
  С проблемой засоров труб сталкивался каждый. Есть ли эффективный способ устранения засоров? САНОКС-Чистый сток &amp;#40;Крот&amp;#41; – это специально созданное средство для высокоэффективной и быстрой очистки стоков раковин, ванн, унитазов. На 100&amp;#37; прочищает трубы от любых видов загрязнений, в том числе волос, шерсти, жира, органических материалов, налета, растворяя их при соприкосновении.&lt;br /&gt;
  Гелеообразная консистенция средства позволяет мягко, не разрушая трубу, мгновенно очистить ее от самых сильных засоров. Уже через 20 минут после нанесения, от загрязнений не останется и следа. После использования смывается водой. Средство уничтожает все виды микробов и бактерий, обладает дезинфицирующими свойствами, убивает неприятные запахи. Может применяться для всех видов стоков и сливных труб.&lt;br /&gt;
  Средство не содержит хлора. Экономично расходуется, удобно в использовании. Постоянное применение средство значительно уменьшает вероятность повторных загрязнений и появления микробов</t>
   </si>
   <si>
     <t>603382</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sanoks/"&gt;Санокс&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af8/af87826a698e2798df7a0af9ab2ba0dc/dd8fce65f6e7395a5841f1cf7c5a0c30.jpeg</t>
   </si>
   <si>
     <t>Чистящий порошок Sarma Лимон, 400 г</t>
   </si>
   <si>
     <t>Чистящий порошок от производителя Невская Косметика.&lt;br /&gt;
  При поддержании чистоты на кухне, каждая хозяйка сталкивается с огромным количеством типов загрязнений. Самые большие трудности вызывают застаревшие въевшиеся пятна. Отлично себя зарекомендовало чистящее средство под торговой маркой «Сарма». Оно великолепно отчищает посуду от жировых пятен, застаревших налётов кофе и пригоревших остатков пищи. Гарантирует эффективное отбеливание и антибактериальный эффект.&lt;br /&gt;
  Специальная формула без применения хлора бережно относится к коже рук и обрабатываемой поверхности. При этом противодействует болезнетворным бактериям, что доказано и подтверждено лабораторными исследованиями. Чистящее средство рекомендовано к применению в детских школьных и дошкольных учреждениях, предприятиях общественного питания и гостиничных комплексах.&lt;br /&gt;
  Качественно отбеливает поверхности, а благодаря лимонным отдушкам, придаёт устойчивый цитрусовый аромат и удаляет старые неприятные запахи, в том числе такие стойкие как рыбный, чесночный и луковый</t>
   </si>
   <si>
     <t>603383</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sarma/"&gt;Sarma&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/76d/76d9ecdc572b26a52e36abf1ba5477ac/51043dd3bd336d5fe631fa65f5228d7f.jpeg</t>
-[...17 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8e8/8e81d797748a03c3c1fc338c24f1f74c/9303abeff4cf5ac366de02c10fdedee9.jpeg</t>
   </si>
   <si>
     <t>Чистящее средство Сан-Мастер Универсал гель, 750 мл</t>
   </si>
   <si>
     <t>Дезинфицирующие и освежающие средства от производителя ТБХ.&lt;br /&gt;
  Специализированные средства бытовой химии отлично подойдут при генеральной уборке, когда нужно добиться идеальной чистоты каждого элемента интерьера. В повседневном пользовании хорошо себя зарекомендовали многофункциональные составы, которым под силу очистить сразу много видов покрытий.&lt;br /&gt;
  Отличным представителем является гель Сан-Мастер «Универсал». Он прекрасно зарекомендовал себя для очистки загрязнений на разных поверхностях. Уберёт даже сложные пятна, при этом окажет бережное действие к глянцевым элементам и сохранит их в первозданном виде. Универсальный гель не только справится с загрязнениями, но и устранит бактерии. Станет лучшим выборам семей с маленькими детьми. Он сможет гарантировать гигиеническую чистоту и не оставит микроорганизмам шансов для дальнейшего распространения.&lt;br /&gt;
  Удаляет неприятные запахи и придаёт необычайную летнюю свежесть всему помещению. Сможет заменить рад других жидкостей и не уступит им в качестве уборки. Займёт заслуженное место на полке предметов бытовой химии</t>
   </si>
   <si>
     <t>603393</t>
   </si>
   <si>
     <t>&lt;a href="/brands/san-master/"&gt;Сан-Мастер&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b5/6b50d79e2ee7a1a47375ac31dcd179ac/9cd0da512d18dade0730b62255470f71.jpeg</t>
   </si>
   <si>
     <t>Чистящее средство для туалета Сан-Мастер WC гель, 1 л</t>
   </si>
   <si>
     <t>Средства для туалета и ванной от производителя ТБХ.&lt;br /&gt;
@@ -1428,1255 +1271,1141 @@
   <si>
     <t>Дезинфицирующие и освежающие средства от производителя ТБХ.&lt;br /&gt;
  Белые элементы в каждом доме требуют дополнительного внимания в процессе уборки. На них остаётся больше всего загрязнений, которые бросаются в глаза окружающим. Чтобы качественно очистить поверхность без разводов и подтёков, нужно использовать проверенное временем средство.&lt;br /&gt;
  На практике хорошо себя зарекомендовал гель Белизна Сан-Мастер. Это универсальное моющее средство, которое поможет поддержать чистоту, вернёт блеск и сияние в ваш дом. Оно бережно относится не только к отделочным материалам, но и к тканям. Состав заменит несколько средств бытовой химии и позволит сократить бюджет на их приобретение. Жидкость подойдёт для мытья пола, стен и рабочих поверхностей. При добавлении в воду при стирке вернёт первозданную белизну тканям, избавит от серого или рыжего налёта.&lt;br /&gt;
  Универсальное средство прекрасно справиться с грязной посудой. Нанесите его на губку и удаление застаревших остатков пищи и жира будет выполнено одним движением руки. Индикатором чистоты станут вымытые до скрипа тарелки</t>
   </si>
   <si>
     <t>603398</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfb/bfb04e1f46fd86f31ee239c466a859a7/b436df30b4dc9d76b3d19f324a8665b1.jpeg</t>
   </si>
   <si>
     <t>Чистящее средство Сан-Мастер Универсал гель, 1 л</t>
   </si>
   <si>
     <t>Дезинфицирующие и освежающие средства от производителя ТБХ.&lt;br /&gt;
  Универсальные средства бытовой химии позволяют заменить несколько флаконов узкоспециализированных составов. Их действия достаточно при ежедневной уборке не требующей удаления трудновыводимых пятен.&lt;br /&gt;
  Ярким представителем подобных средств является гель Универсал под торговой маркой Сан-Мастер. Он эффективно справляется с очисткой различных поверхностей, убирает загрязнения и удаляет болезнетворные бактерии. Универсальное средство станет незаменимым для молодых родителей. Оно позволит гарантировать гигиеническую чистоту без угрозы для здоровья малыша.&lt;br /&gt;
  Состав прост в использовании и не требует применения дополнительных компонентов для смывания. Не оставит после себя подтёков и разводов. Благодаря мощным моющим компонентам, универсальное средство борется с неприятными запахами. Ароматические добавки позволят получить благоухающий аромат свежести и создадут в помещении приятную располагающую атмосферу. Уборка перестанет быть для вас тяжёлой рутинной задачей</t>
   </si>
   <si>
     <t>603400</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f5f/f5fa400650b728e9b80034c4b15a5dfe/cdac3777751cfd3d827a36b2f599daf6.jpeg</t>
-[...32 lines deleted...]
-    <t>Чистящее средство Баги Шуманит, жироудалитель, спрей, 400 мл</t>
+    <t>http://anytos.ru//upload/iblock/4a4/4a413342cb7bc70908441b4e61ac9405/00f0482b9dc86e5b93ad1e13fff3fafb.jpeg</t>
+  </si>
+  <si>
+    <t>Чистящее средство Биолан Сочный Лимон, 400 г</t>
+  </si>
+  <si>
+    <t>Чистящие средства от производителя NEFIS.&lt;br /&gt;
+ Выбирая чистящие порошки нам хочется, чтобы они не просто справились с загрязнениями, а и придали поверхности приятный аромат. Но порой производители, делая акцент на ароматической составляющей забывают про моющие свойства. Чтобы не столкнуться с этим, нужно использовать проверенные составы.&lt;br /&gt;
+ Для этих целей отлично подойдет чистящий порошок Биолан Сочный Лимон. В его формулу входят мощные моющие вещества, которые быстро справляются с загрязнениями и оставляют после себя кристально чистую поверхность. Они связывают жировые и маслянистые соединения, не позволяя им въедаться в эмаль. Состав отлично зарекомендовал себя в уборке всех поверхностей в ванной комнате и на кухне.&lt;br /&gt;
+ Чистящий порошок отличается абразивным действием. Его гранулы содержат мельчайшие частицы, которые при трении въедаются в стойкие загрязнения. Несмотря на такой подход, средство бережно относится к деликатным поверхностям. Если их обрабатывать без приложения больших механических усилий, то внешнему виду ничего не грозит</t>
+  </si>
+  <si>
+    <t>603413</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/biolan/"&gt;Биолан&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/800/800aeaede40f2362fe07bfe73b6e8247/a85bf8af29f6f279f2dd225ddaec2eab.jpeg</t>
+  </si>
+  <si>
+    <t>Чистящее средство Золушка Антижир, с содой, 500 мл</t>
+  </si>
+  <si>
+    <t>Чистящие средства от производителя АМС Медиа.&lt;br /&gt;
+ Каждая хозяйка знает, что если не убрать сразу брызги жира и пятна, то отчистить их в дальнейшем будет непростой задачей. Рядовые средства с трудом растворяют загрязнения и требуют продолжительного оттирания.&lt;br /&gt;
+ Сэкономить время, и силы поможет средство для кухни Золушка Антижир. Оно отлично справляется со всеми типами жировых отложений, начиная от пролитого масла, заканчивая пригоревшими остатками пищи на гриле. Эффект достигается благодаря использованию в составе натурального очистителя на основе соды. Идеальное соотношение компонентов позволяет совместить в одном флаконе великолепные моющие и щадящие абразивные качества.&lt;br /&gt;
+ Средство для кухни станет незаменимым помощником в уборке. Поможет справиться с загрязнениями на рабочих поверхностях, керамической плитке, бытовой технике и посуде. Бережно относится к полированным глянцевым элементам, не оставляет царапин и эффекта матовости поверхности. Благодаря удобному флакону с распылителем равномерно наносится на поверхность. Отличается экономичным расходом.</t>
+  </si>
+  <si>
+    <t>603416</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zolushka/"&gt;Золушка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/baf/bafe1a3a28ad7e0a134baf9ec4e835c4/926a8cecf6579e4843dae367eb8c7506.jpeg</t>
+  </si>
+  <si>
+    <t>Чистящий крем Sanita Универсал, зеленый чай и лайм, 600 г</t>
+  </si>
+  <si>
+    <t>Чистящие средства от производителя Ступинский Химический Завод.&lt;br /&gt;
+ Чистящий крем Санита обеспечивает чистоту и блеск по уходу за поверхностью кафеля, раковин, столов, плиты в доме. Уборка станет простым и приятным занятием. Благодаря универсальности средства, можно отмыть даже сложные загрязнения с любой поверхности на кухне или в ванной комнате.&lt;br /&gt;
+ Для крема характерна деликатность действия. Он не повреждает даже самые чувствительные материалы и сохраняет защитные функции поверхности. Крайне деликатное очищение: без царапин, крем полирует поверхность мягко и бережно.&lt;br /&gt;
+ Можно нанести минимальное количество крема на влажную губку и эффективно очистить любую поверхность. Обладает обезжиривающим эффектом и обеспечивает защиту от бактерий. Отдушка зелёного чая и лайма наполнят ваши помещения чарующим ароматом. &lt;br /&gt;
+ У чистящего крема Санита очень практичная упаковка: небьющаяся пластмассовая бутылочка с расфасовкой в 600 грамм. Компоненты средства, при правильном хранении, дают возможность длительного использования. Состав: НПАВ и АПАВ, краситель, загуститель, ароматизатор</t>
+  </si>
+  <si>
+    <t>603419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87f/87ff274f7e0b58ac8a4531750a135860/9448bb02fb9d3e7ba6a86f8b03ad93a5.png</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bagi Шуманит для удаления жиров 3 л. для плит  1 6 310140 </t>
+  </si>
+  <si>
+    <t>БАГИ Шуманит д/удал.Жиров 3л .д/плит *1/6&amp;#40;310140&amp;#41;</t>
+  </si>
+  <si>
+    <t>604950</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bagi/"&gt;Bagi&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d51/d51a3857dd482a25ed049cb654896014/700156a46f98c5082c8419413aac11f3.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство Bagi Шуманит, жироудалитель, спрей, 400 мл.</t>
   </si>
   <si>
     <t>Чистящие средства от производителя Bagi.&lt;br /&gt;
  Среди обилия средств для удаления жировых отложений сложно найти состав, который эффективно справляется с пятнами и отличается экономным использованием. Распространенные гелеобразные вещества хорошо пронимают внутрь загрязнений. Сложность заключается в их экономичном нанесении.&lt;br /&gt;
  Избежать этого недостатка позволит спрей для удаления жира с кухонных плит Шуманит под торговой маркой Баги. Флакон оснащен распылителем, который равномерно распределяет состав по поверхности и не допустит перерасхода. Активные компоненты средства проникают к самому основанию загрязнения и отделяют его от поверхности. Это позволяет справиться даже с застаревшими и подгоревшими пятнами.&lt;br /&gt;
  Мощные компоненты в составе средства для удаления жира дают возможность практически мгновенно растворять жир и выводить его с поверхности. Достаточно нанести жидкость, выждать до 5 минут и стереть все влажной ветошью. Распылитель удобно использовать на наклонных элементах и труднодоступных частях рабочих зон</t>
   </si>
   <si>
-    <t>603412</t>
-[...41 lines deleted...]
-  <si>
     <t>604951</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9c7/7vvdf5obciw1jban16zxu5bs490yn9wn.jpg</t>
+  </si>
+  <si>
+    <t>Bagi Шуманит ЭКОНОМ 270гр Жироудалитель концентрат</t>
+  </si>
+  <si>
+    <t>Bagi Шуманит ЭКОНОМ 270гр Жироудалитель концентрат *1/20</t>
+  </si>
+  <si>
+    <t>604961</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c94/c9487af09db55c1f0df159d390617306/b982d1a4946719e7cf7ca450f41875a8.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Адрилан 0,5 л  цветочный фруктовый _СПб</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Адрилан 0,5 л &amp;#40;цветочный/фруктовый&amp;#41;_СПб</t>
+  </si>
+  <si>
+    <t>613495</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/938/i66x8wl22utuimkxhu1t0kdccdfo0l7h.jpg</t>
   </si>
   <si>
     <t>Крем очищающий, 5000 мл, АРМАКОН  quot;ЦИТРОЛИН quot;, от технических загрязнений, без абразива, канистра, 1093</t>
   </si>
   <si>
     <t>Средство предназначено для очистки кожи от технических загрязнений &amp;#40;нефтепродуктов, масел, копоти, жира, угольной, графитовой, металлической пыли и т.п.&amp;#41;. •Предназначено для очистки кожи от нефтепродуктов, масел, копоти, жира, угольной, графитовой, металлической пыли и т.п.•Благодаря комбинации мягких и безопасных ПАВ эффективно очищает кожу, не травмируя ее.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•Эффективно в воде любой жесткости; возможно применение без добавления воды.•Содержит увлажняющие и ухаживающие компоненты.•Не содержит растворителей, щелочей, абразивов, красителей, силиконов, парабенов.•Подходит для частого использования.•ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на руки 1-2 мл средства. Хорошо растереть, уделяя особое внимания местам, где грязь въелась в кожу. Добавить 4-5 мл воды, снова растереть. Смыть водой или удалить загрязнения ветошью.Срок годности: 24 месяца.</t>
   </si>
   <si>
     <t>617270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e30/e3055da0b76b54a5ffcbe37e66a7053e.jpg</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей Office Clean для пластиковых поверхностей, компьютеров, телефонов, факс-аппаратов и другой оргтехники 250мл</t>
   </si>
   <si>
     <t>Жидкость-спрей рекомендуется для обработки корпусов всех видов мониторов, системных блоков компьютеров, принтеров, факсов, копировальных аппаратов и другой офисной техники.</t>
   </si>
   <si>
     <t>618653</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b0/3b01b79154674fc2216cca598fa12e2f.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Sanita  quot;Антижир quot;, гель, 500мл.</t>
   </si>
   <si>
     <t>Содержит уникальный расщепитель жира, действие которого гарантирует 100&amp;#37; результат без механических усилий! Эффективно и без усилий удалит жир, копоть, нагар, пригоревшую пищу. Не царапает поверхность. Состав: &amp;gt;5&amp;#37;, но &amp;lt;15&amp;#37; щелочные компоненты, &amp;lt;5&amp;#37; АПАВ, &amp;lt;5&amp;#37;: краситель, ароматизирующая добавка.</t>
   </si>
   <si>
     <t>618656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/138/138dc0e67114c9e99c784476a46e87a7.jpg</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей OfficeSpace  quot;PRO quot; для маркерных досок, перманентных маркетов, усиленная формула, 250мл.</t>
   </si>
   <si>
     <t>Жидкость-спрей предназначена для очистки поверхности маркерных досок. Удаляет следы от маркера &amp;#40;в том числе и перманентного&amp;#41;, обезжиривает поверхность. Для эффективной очистки старых следов маркера с поверхности доски необходимо использовать спрей вместе с салфетками.</t>
   </si>
   <si>
     <t>618657</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/636/636d10b9ff2fa37f98ba706cdc9c403e.jpg</t>
   </si>
   <si>
     <t>Гель очищающий Армакон Цитролин 200мл 1206</t>
   </si>
   <si>
     <t>619849</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf0/cf0794b1160782ce589d4a063717d772.jpg</t>
   </si>
   <si>
     <t>Гель очищающий Армакон Цитролин 5000мл 1093</t>
   </si>
   <si>
     <t>619850</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a4/7a4d8ecd14cca600b1872646b93dc872.jpg</t>
   </si>
   <si>
     <t>Паста очищающая Армакон Лаймекс 200мл 1193</t>
   </si>
   <si>
     <t>619852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/479/4797adc2f54fbf81ae0e64c03a474f79.jpg</t>
   </si>
   <si>
     <t>Средство для стекол 500мл. тригер</t>
   </si>
   <si>
     <t>Назначение: Средство для очистки стекол, пластиковых окон и подоконников. Способ применения Повернуть носик распылителя в положении &amp;#39;Spray&amp;#39;. -нанесите средство на загрязненную поверхность и протрите мягкой сухой салфеткой. -после использования закройте распылитель, повернув его в положение &amp;#39;Off&amp;#39;. Меры предосторожности Хранить в недоступном для детей месте! При использовании рекомендуется применять резиновые перчатки. При попадании в глаза промыть большим количеством воды в течение 15-20 минут. При случайном проглатывании - прополоскать рот водой. При необходимости обратиться к врачу. Состав Вода дистиллированная &amp;#40;30&amp;#37; и более&amp;#41;, изопропиловый спирт &amp;#40;менее 5&amp;#37;&amp;#41;, аммиак &amp;#40;менее 5&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизирующий компонент &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41;, краситель CI 42090 &amp;#40;менее 5&amp;#37;&amp;#41;. Условия хранения Хранить при температуре от 0 до &amp;#43;25 °С. Не допускается хранение под воздействием прямых солнечных лучей и вблизи отопительных приборов. Срок годности 24 месяца.</t>
   </si>
   <si>
     <t>626271</t>
   </si>
   <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f31/4a2az7bv3omel5ylcn5fhkrvi0csqmj5.jpg</t>
   </si>
   <si>
     <t>Губка-ластик МЕЛАМИНОВАЯ  BASF, Germany  для удаления пятен и стойких загрязнений, 105х60х25 мм, КОМПЛЕКТ 10 шт., колорбокс, ЛАЙМА, 606894</t>
   </si>
   <si>
     <t>Губка-ластик удаляет стойкие загрязнения, следы перманентного маркера с твердых поверхностей, жирный налет, доводит до блеска закопченные поверхности кастрюль. Убирает мыльный налет в ванной, некоторые пятна с одежды. P.S: СМОЧИТЬ ПЕРЕД ПРИМЕНЕНИЕМ. ГУБКА МОЖЕТ КРОШИТСЯ, ЕСЛИ ПОВЕРХНОСТЬ НЕ ГЛАДКАЯ, ЭТО НОРМАЛЬНО.Перед началом использования важно оценить визуально размер губки и площадь поверхности, которую Вы собираетесь отмывать. Если площадь загрязнения маленькая, то можно отрезать лишнюю часть при помощи ножниц или же острого ножа и не использовать губку целиком, т.к. как правило после использования отработанный кусочек ВЫБРАСЫВАЕТСЯ.Во время использования меламиновую губку требуется пропитать небольшим количеством воды, затем отжать не перекручивая и не перегибая, чтобы удалить все излишки влаги. ВАЖНО: при работе с губкой влажными должны быть и губка и обрабатываемая поверхность.Губка состоит из 100&amp;#37; вспененного МЕЛАМИНА &amp;#40;моющего вещества&amp;#41;. Можно использовать как ластик, который удаляет застарелые загрязнения различного рода на кафеле, обуви, пластике, коже и других поверхностях. Другие моющие средства вместе с ней не применяются, меланиновая губка сама является моющим средством при взаимодействии с водой. Перед применением необходимо поместить меламиновую губку в емкость с холодной водой, аккуратно отжать между ладонями, чтобы меланин вступил в реакцию. Скручивать не желательно &amp;#40;может нарушится целостность губки&amp;#41;. Рекомендуем пользоваться перчатками. Беречь от детей и домашних животных.Меламин — это полимерный материал, из которого делают множество вещей: клеи, лаки, пенопласты и, в том числе, меламиновые губки — это губки-ластики, которые используются в быту для очищения посуды и мебели от пятен различного происхождения. Как это часто бывает при появлении на рынке новых продуктов, возникает обеспокоенность по поводу безопасности меламина, но в отношении него было проведено множество исследований, которые говорят о том, что меламин не более токсичен, чем обычная кухонная соль. Меламиновая губка внешне напоминает кусок светлого поролона, но по текстуре и на ощупь это совершенно другой материал, твердость можно сравнить со стеклом или наждачной бумагой, но при контакте с водой губка становится мягкой и податливой. А всё дело в образовании пены. При образовании пены одна часть пор остается закрытой, а вторая — открывается. Та часть губки, которая остается открытой, обогащена множеством усиков, которые во время соответствующей работы придают свойства шершавости и цепкости. А вот закрытая часть губки имеет иные характеристики и свойства: жесткость и эластичность. Перед началом использования важно оценить визуально размер губки, если кажется, что она по своим размерам слишком велика, то можно отрезать лишнюю часть при помощи ножниц или же острого ножа.Во время использования меламиновую губку требуется пропитать небольшим количеством воды, затем тщательно отжать, чтобы удалить все излишки влаги.Чистящее изделие способно самостоятельно справиться с различными загрязнениями, поэтому добавления жидких чистящих средств при этом можно не допускать. Очень опасно наносить на поверхность меламиновой губки любые химические реагенты, так как это спровоцирует появление негативной химической реакции.Во время использования рекомендовано чистить поверхности предметов от загрязнений кончиком меламиновой губки. Чистящее изделие имеет свойство изнашиваться, поэтому использованный кончик губки можно регулярно «затачивать» при помощи ножниц или ножа.Размер: 105х60х25 мм. Комплект: 10 штук.Плотность меламина: 10 кг/м3.</t>
   </si>
   <si>
     <t>626940</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/081/nqpduda64zewbk89qk2cih44suci3f7v.jpg</t>
-[...8 lines deleted...]
-    <t>626941</t>
+    <t>http://anytos.ru//upload/iblock/bf7/bf7fca9699558a2992a4eb79572359fd.jpg</t>
+  </si>
+  <si>
+    <t>Паста очищающая Армакон Топхэнд 200мл. 1205</t>
+  </si>
+  <si>
+    <t>629517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c4/v75u187cef5cufnsyp5ziov32bgsim8h.jpg</t>
+  </si>
+  <si>
+    <t>Паста очищающая, 2000 мл, АРМАКОН  quot;ЛАЙМЕКС quot;, от трудноудаляемых загрязнений,с абразивом, дозатор, 1187</t>
+  </si>
+  <si>
+    <t>Паста для очищения кожи от трудносмываемых загрязнений: нефтепродуктов, масел, металлической пыли, графита, смазочных веществ, масляных красок, битума, сажи и для нейтрализации неприятных запахов с кожи. •Предназначена для очищения кожи от нефтепродуктов, масел, металлической пыли, графита, смазочных веществ, масляных красок, битума, сажи и т.п.•Обеспечивает бережное и эффективное очищение кожи благодаря сбалансированной комбинации ПАВ и мягкого абразива из скорлупы грецкого ореха. Абразив изготовлен с использованием современной вакуумной технологии, исключающей образование острых частиц.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•Удаляет неприятные запахи с кожи, легко и без остатка смывается водой.•Подходит для частого применения.•Не содержит растворителей, красителей, силиконов, парабенов.•Соответствует ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на загрязненные участки кожи 1-2 мл пасты. Хорошо растереть, уделяя особое внимание местам, где грязь въелась в кожу. Добавить 4-5 мл воды, и снова тщательно растереть. Смыть водой.</t>
+  </si>
+  <si>
+    <t>629804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d09/ji2ngdwderfjhc73agx6d7rqka6ujwnm.jpg</t>
+  </si>
+  <si>
+    <t>Спрей-гель для удаления этикеток, следов клея и липких лент, BRAUBERG MAX, 210 мл, 607163</t>
+  </si>
+  <si>
+    <t>Средство BRAUBERG MAX для быстрого и эффективного удаления остатков клейкой ленты, тонировочной пленки, информационных наклеек и рекламы. Средство обеспечивает быстрое и безопасное удаление остатков клея, различных клейких лент, самоклеящихся этикеток, наклеек и жевательной резинки с твердых поверхностей в домашних условиях, офисе, на производстве. Объем баллона составляет 210 мл.Гелеобразный тиксотропный состав после распыления не стекает с поверхности и эффективно растворяет остатки клея без повреждений и царапин на поверхности.Состав огнеопасен! Баллон необходимо предохранять от воздействия прямых солнечных лучей и нагревания свыше 50°С. Запрещается распылять вблизи источников открытого огня и раскаленных предметов! Использовать строго при выключенном оборудовании!Инструкция по применению:• Перед использованием энергично встряхните баллон.• Во избежание попадания следов аэрозоля защитите поверхности, не подвергающиеся обработке.• Удалите следы основы от клейких лент, наклеек и этикеток пластиковым скребком или вручную.• Равномерно распылите состав на остатки клеевого слоя, дайте подействовать 30-40 секунд.• Не допускайте длительный контакт состава с пластиковыми деталями.• Удалите средство с помощью пластикового скребка, сухой тряпки или салфетки.• Если этикетка имеет влагоотталкивающий слой - предварительно удалите его так, чтобы средство могло проникнуть к клеевой основе.Следует соблюдать повышенную аккуратность при работе с окрашенными и ламинированными поверхностями!ПЕРЕД ПРИМЕНЕНИЕМ НА ПЛАСТИКОВЫХ И ОКРАШЕННЫХ ПОВЕРХНОСТЯХ РЕКОМЕНДУЕТСЯ ПРОТЕСТИРОВАТЬ НА МАЛОЗАМЕТНОМ УЧАСТКЕ &amp;#40;ВОЗМОЖНО ПОВРЕЖДЕНИЕ ПОВЕРХНОСТЕЙ&amp;#41;!</t>
+  </si>
+  <si>
+    <t>631204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/243/9zx2tkqicvm421kw210suznd3dzys69o.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 750 мл CILLIT BANG  quot;Удаление черной плесени quot;, для ванной и кухни, распылитель, 3032923</t>
   </si>
   <si>
     <t>Благодаря мощной формуле &amp;quot;Cillit Bang&amp;quot; эффективно устраняет плесень и грибок. Теперь не нужно прикладывать усилия для того, чтобы оттереть въевшееся пятно. Средство идеально подходит для сырых поверхностей, подвергающихся образованию плесени и грибка. На некоторых поверхностях &amp;#40;гранит, мрамор, медь, латунь, глянцевые поверхности, линолеум, текстиль, ковры, резина, обработанный деревянный пол&amp;#41; не рекомендуется использовать Cillit Bang &amp;quot;Удаление черной плесени&amp;quot;.</t>
   </si>
   <si>
     <t>631205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f37/f3711c7a754005c35d2a0981c71117ee.jpg</t>
   </si>
   <si>
     <t>Средство чистящее OfficeClean  quot;Professional Антижир quot; гель, 500мл.</t>
   </si>
   <si>
     <t>Эффективное средство для удаления подгоревших масложировых загрязнений, жира, нагара и копоти. Предназначено для чистки кухонных плит, духовых шкафов, грилей, кухонной утвари и других твёрдых моющихся поверхностей, нечувствительных к действию щелочей. Состав: ? 30 &amp;#37; вода, ? 5 &amp;#37; гидроксид натрия, ? 5 &amp;#37; АПАВ, ? 5 &amp;#37; глицерин.</t>
   </si>
   <si>
     <t>632434</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad4/4sj9ib175jsl1hw3ouj1gnto9atus33f.jpg</t>
-[...8 lines deleted...]
-    <t>686606</t>
+    <t>http://anytos.ru//upload/iblock/22d/48vd8m8vumyr7zvzd2sf0mje25qnlfj6.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 5 л, МЕГОЛ М, гель, А120</t>
+  </si>
+  <si>
+    <t>Средство МЕГОЛ М &amp;#40;гель&amp;#41; для очистки грилей, кухонных плит, духовых шкафов. Средство гелеобразное для очистки от нагаров кухонных плит, грилей, духовок, печей, конвектоматов, коптильного оборудования, котлов для варки, фритюрниц, противней и другого пищевого оборудования, посуды и столовых приборов, для мойки и обезжиривания различных твердых щелочестойких поверхностей. Средство хорошо удерживается на вертикальных поверхностях, удаляет застарелые жировые, углеводные и белковые загрязнения, смолы, пригары, копоть, сажу. Эффективно в воде любой жесткости, не повреждает обрабатываемые поверхности.ОБЛАСТЬ ПРИМЕНЕНИЯ:- Профессиональный клининг.- Административные и общественные здания.- Учебные и медицинские учреждения.- Предприятия торговли и общественного питания.- Гостиницы и рестораны.- Промышленные предприятия и транспорт.ОСОБЕННОСТИ:Обладает высокой моющей, обезжиривающей и эмульгирующей способностьюЭффективно в воде любой жесткостиВысокое и стабильное пенообразованиеНе обладает агрессивным запахомРЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ:Очистка плит, грилей, духовок и печей от нагараИспользуйте готовое средство. Нанесите небольшое количество средства на загрязненную поверхность, выдержите 2-10 минут, разотрите щеткой и тщательно промойте водой. Нагрев загрязненной поверхности до 50-70С сократит время мойки и облегчит очистку.Очистка и обезжиривание различных поверхностей, посуды и столовых приборовИспользуйте рабочий раствор 3-6&amp;#37; концентрации &amp;#40;30-60 мл средства на 1 л воды&amp;#41;. Нанесите раствор на загрязненную поверхность методом протирания, распыления или погрузите изделие в раствор, выдержите 2-10 минут, протрите и тщательно промойте водой. При необходимости обработайте повторно.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: более 30&amp;#37; очищенная вода, 5-15&amp;#37; АПАВ, 5-15&amp;#37; щелочь, 5-15&amp;#37; щелочные добавки, 1&amp;#37;-5&amp;#37; НПАВ, 1&amp;#37;-5&amp;#37; краситель.Внешний вид: прозрачная однородная гелеобразная жидкость голубого цвета.рН: 11,0–13,0;Плотность: 1,05 – 1,15 г/см3.</t>
+  </si>
+  <si>
+    <t>683301</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mega/"&gt;МЕГА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e06/6kec565r1hrbi5jo8vk4jb37m5r2s9wi.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 5 л, МЕГАЮТ, нейтральное</t>
+  </si>
+  <si>
+    <t>Средство для ручной мойки и очистки любых твердых поверхностей, полов с полимерным или ламинированным покрытием, линолеума, паркета, керамической плитки, пластмассы, лакированных, стеклянных, металлических, кожаных и других поверхностей. Средство для ручной мойки и очистки любых твердых поверхностей, полов с полимерным или ламинированным покрытием, линолеума, паркета, керамической плитки, натурального и искусственного камня, пластмассы, окрашенных, лакированных, стеклянных, металлических, кожаных и других поверхностей. Средство обладает высокой моющей и проникающей способностью, эффективно удаляет различные загрязнения, работает в воде любой температуры и жесткости. Средство нейтрально, не повреждает обрабатываемые поверхности, придает блеск.ОБЛАСТЬ ПРИМЕНЕНИЯ:- Профессиональный клининг.- Административные и общественные здания.- Учебные и медицинские учреждения.- Предприятия торговли и общественного питания.- Гостиницы и рестораны.- Промышленные предприятия и транспорт.ОСОБЕННОСТИ:Универсально для любых твердых поверхностейОбладает высокой моющей и проникающей способностьюВысокое и стабильное пенообразованиеПридает блескРЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ:Ежедневная уборкаИспользуйте рабочий раствор средства 0,5-1&amp;#37; концентрации &amp;#40;5-10 мл средства на 1л воды&amp;#41;. Нанесите раствор методом протирания или распыления на загрязненную поверхность, протрите и при необходимости затрите насухо.Очистка сильнозагрязненных поверхностейИспользуйте рабочий раствор средства 1-5&amp;#37; концентрации &amp;#40;10-50 мл средства на 1 л воды&amp;#41;. Нанесите раствор на загрязненную поверхность, выдержите 2-5 минут, при необходимости разотрите щеткой и промойте водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: &amp;gt;30&amp;#37; очищенная вода, 5-15&amp;#37; АПАВ, 1&amp;#37;-5&amp;#37; смесь НПАВ, 1&amp;#37;-5&amp;#37; фосфаты, 1&amp;#37;-5&amp;#37; комплексообразователь, 1&amp;#37;-5&amp;#37; краситель, 1&amp;#37;-5&amp;#37; отдушка &amp;#40;d-Лимонен&amp;#41;, 1&amp;#37;-5&amp;#37; консервант.Внешний вид: непрозрачная однородная жидкость оранжево-желтого цвета с цитрусовым запахом.рН: 6,0–8,0;Плотность: 1,03 – 1,10 г/см3.МЕРЫ ПРЕДОСТОРОЖНОСТИ: Осторожно. При попадании в глаза вызывает раздражение. Перед использованием ознакомиться с инструкцией по применению. При чувствительной коже рук рекомендуется использовать резиновые перчатки. После работы тщательно вымыть руки. При попадании в глаза - осторожно промыть глаза водой в течение нескольких минут. Снять контактные линзы, если Вы ими пользуетесь и если это легко сделать. Продолжить промывание глаз. При необходимости обратиться за медицинской помощью, по возможности показать упаковку.</t>
+  </si>
+  <si>
+    <t>693183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80f/vs14wjexpiqw3d5q9bfr5qgo6hv8qfi0.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий набор для экранов всех типов и оптики BRAUBERG, комплект салфетка и спрей, 200 мл, 513560, наш</t>
+  </si>
+  <si>
+    <t>Чистящий набор BRAUBERG содержит спрей-очиститель с антистатической добавкой и многоразовую салфетку из микрофибры. Безворсовая салфетка не оставляет разводов, хорошо очищает экраны всех типов, стёкла, зеркала и пластиковые поверхности. Сочетание высококачественного материала салфетки и специально разработанного чистящего состава позволяют достичь моментального эффекта с минимальными усилиями, легко очищая любые поверхности от пыли и загрязнений. Гипоаллергенная салфетка из микрофибры легко стирается в теплой воде. Удаляет статическое электричество. Не царапает поверхность и не оставляет разводов и ворсинок. В комплект входят: салфетка и спрей объемом 200 мл.Пропитывающий состав: вода более 30&amp;#37;, н-пропанол менее 5&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант.</t>
+  </si>
+  <si>
+    <t>770094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbb/w9jjkrtoen2urgs2engqaylpke7is9v7.jpg</t>
+  </si>
+  <si>
+    <t>Антискотч cпрей для удаления этикеток, следов клея, липких лент, маркера, смолы, копоти, сажи, жиров и масел LAIMA, 400 мл, 607629</t>
+  </si>
+  <si>
+    <t>Средство LAIMA подходит как для быстрого и эффективного удаления остатков клейкой ленты, тонировочной пленки, информационных наклеек и рекламы, так и для очищения поверхностей от следов клея, маркера, смолы, копоти, сажи, жиров и масел. Средство обеспечивает быстрое и безопасное удаление остатков клея, клейких лент, самоклеящихся этикеток, наклеек, жевательной резинки и различных сложных промышленных загрязнений с твердых поверхностей в домашних условиях, офисе, на производстве. Гелеобразный тиксотропный состав после распыления не стекает с поверхности и эффективно растворяет остатки клея без повреждений и царапин на поверхности. Состав огнеопасен! Баллон необходимо предохранять от воздействия прямых солнечных лучей и нагревания свыше 50°С. Запрещается распылять вблизи источников открытого огня и раскаленных предметов! Использовать строго при выключенном оборудовании! Инструкция по применению: Перед использованием энергично встряхните баллон. Во избежание попадания следов аэрозоля защитите поверхности, не подвергающиеся обработке. Удалите следы загрязнений пластиковым скребком, тряпкой или вручную. Равномерно распылите состав на остатки клеевого слоя или загрязнений, дайте подействовать 30-40 секунд. Не допускайте длительный контакт состава с пластиковыми деталями. Удалите средство с помощью пластикового скребка, сухой тряпки или салфетки. Если этикетка или клейкая лента имеет влагоотталкивающий слой - предварительно удалите его так, чтобы средство могло проникнуть к клеевой основе. Следует соблюдать повышенную аккуратность при работе с окрашенными и ламинированными поверхностями! Состав: алифатические углеводороды более 30&amp;#37;, бутилацетат менее 30&amp;#37;, нафтеновые углеводороды менее 15&amp;#37;, гликолиевый эфир менее 15&amp;#37;, функциональные добавки менее 5&amp;#37;, ароматизирующая добавка менее 5&amp;#37;.Объем баллона составляет 400 мл.Внимание! Перед применением на пластиковых и окрашенных поверхностях рекомендуется протестировать на малозаметном участке &amp;#40;возможно повреждение поверхностей&amp;#41;!</t>
+  </si>
+  <si>
+    <t>774752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aec/t7wbiklpmcpec04q820hn0737cohrit1.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство САНФОР УНИВЕРСАЛ 750г Лимонная свежесть</t>
+  </si>
+  <si>
+    <t>796482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/995/v077hthtipt0aq0ades1crs47mwcj4ls.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство САНФОР УНИВЕРСАЛ 750г Морской бриз</t>
+  </si>
+  <si>
+    <t>796483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f16/82zdbnoq0e9y3dbt0u9847e575w1ksp0.jpg</t>
+  </si>
+  <si>
+    <t>Паста очищающая для кожи 200 мл M SOLO CLEANUP от загрязнений  мазут, смазки, строительные смеси , 9001</t>
+  </si>
+  <si>
+    <t>Паста специальная M SOLO CLEANUP для мытья и очистки кожи рук от сильных загрязнений. Предназначена для эффективного удаления масляных и сажевых загрязнений, в том числе нефти, мазута, битума, жира, графита, металлической пыли, смазки и других технологических и бытовых загрязнений.В состав пасты входят только высококачественные ингредиенты, хорошо переносимые кожей. Наличие натурального скраба – скорлупы ореха фундук и специально подобранных компонентов способствует высокоэффективному удалению сильных загрязнений, очищению пор, ускорению процессов регенерации и восстановлению клеток кожи. Паста содержит регенерирующие и увлажняющие компоненты: Д-пантенол, витамин Е, масло виноградной косточки. Также в пасте содержится природный минерал-каолин, обладающий высокой адсорбирующей способностью. После использования пасты отсутствует неприятное ощущение сухости кожи. Обладает приятным ароматом, устраняющим неприятный запах загрязнений.Содержит толерантные коже ПАВы. Не содержит аллергенов, подходит для чувствительной кожи.Расход 1-2 мл.ТР ТС 019/2011ГОСТ 31696-2012, СТ1ГОСТ Р 12.4.303-2018</t>
+  </si>
+  <si>
+    <t>839861</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/m-solo/"&gt;M SOLO&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a2/estlg7nm2h2a56b4ftp82xsngasmjcpu.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 1 л DOMESTOS PROFESSIONAL универсальное дезинфицирующее, отбеливающий эффект</t>
+  </si>
+  <si>
+    <t>Чистящее средство Domestos Professional поможет обеспечить чистоту и дезинфекцию санузла, устранение неприятных запахов, удаление плесени и мыльного осадка, антимикробную и противогрибковую обработку различных поверхностей. Чистящее универсальное средство Domestos Professional дезинфицирует до 4 раз быстрее. Густая формула гарантирует экономичный расход, что немаловажно для профессионального клининга. Domestos Professional разработан специально для профессионального применения: дезинфекции и очищения поверхностей в помещениях различного назначения, санитарно-технического оборудования, белья, уборочного инвентаря в медицинских организациях, в организациях всевозможного профиля, в том числе коммунально-бытового обслуживания &amp;#40;гостиницы, общежития, общественные туалеты&amp;#41;, в образовательных, санаторно-курортных и других учреждениях.Чистящее средство для клининга Domestos Professional эффективно для чистоты и гигиены полов и рабочих поверхностей, унитазов, кафеля, раковин и ванн, устранения неприятных запахов. С его помощью легко провести антимикробную, антибактериальную, противовирусную и противогрибковую обработку поверхностей. Гель Domestos не только уничтожает до 100&amp;#37; микробов, но и препятствует образованию известкового налета на поверхности сантехники. Domestos Professional рекомендован для очищения и дезинфекции тряпок, ветоши и губок для посуды, отбеливания белья.Профессиональное моющее и чистящее средство Domestos Professional:• убивает до 100&amp;#37; микробов;• обладает отбеливающим эффектом;• устраняет сложные загрязнения;• универсален в применении;• готовое решение для профессиональной уборки;• обладает дезинфицирующим эффектом’;• борется с запахами, плесенью и налетом;• экономичный формат упаковки.Готовое решение от Domestos для качественной профессиональной уборки помещений различного назначения – универсальное чистящее и дезинфицирующее средство Domestos Professional.Средство обладает антимикробным действием в отношении грамотрицательных и грамположительных бактерий &amp;#40;в т.ч. микробактерий туберкулеза&amp;#41;, дрожжеподобных грибов &amp;#40;рода Candida&amp;#41;, вирусов &amp;#40;Коксаки, ЕСНО, полиовирусов, аденовирусов, ротавирусов, норовирусов, коронавирусов, гепатитов A, B, C, гриппа, в т.ч. H5N1, H1N1, герпеса и др.&amp;#41;, спор B.cereus.Инструментальные и микробиологические тесты Unilever, Россия, 2020.Способ применения:Унитаз: нанесите Domestos под ободок унитаза и оставьте на 15 минут, чтобы убить бактерии, грибок, вирусы и споры. Для максимального эффекта защиты от известкового налета и микробов используйте средство по крайней мере раз в день. Раковины и ванны: нанесите Domestos на поверхность и обработайте с помощью щетки. Через 15 минут тщательно смойте. Сливы и водостоки на кухне и в ванной: налейте Domestos в сливное отверстие, оставьте на 15 минут, затем промойте водой. Применение разбавленным:Полы и рабочие поверхности: 200 мл Domestos на 5 л воды. Не используйте неразбавленным для мытья полов.Кафель: 200 мл Domestos на 5 л воды. Смочите губку в растворе и обработайте кафель. Domestos очистит поверхность и уничтожит микробы, включая грибок.Губки для мытья посуды и тряпочки: замочите в специальном растворе: 80 мл Domestos на 1 л воды, через 2 часа прополоскать водой.Отбеливание белья: 40 мл Domestos на 1 л воды, замочите белье на 60 минут., после этого белье постирать и прополоскать водой.Подходит для септиков: использовать не более 20 мл за одно применение.Состав: &amp;lt; 5&amp;#37; гипохлорит натрия, &amp;lt; 5&amp;#37; анионные ПАВ, &amp;lt; 5&amp;#37; неионогенные ПАВ, &amp;lt; 5&amp;#37; мыло, &amp;lt; 5&amp;#37; отдушка.Дезинфицирующий компонент: гипохлорит натрия &amp;#40;2.7-3.3&amp;#37;&amp;#41;.Условия хранения: хранить в сухом защищённом место без воздействия прямых солнечных лучей при температуре от 0 до &amp;#43;25 °С.</t>
+  </si>
+  <si>
+    <t>839863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/335/ye7wmn2h4ash8r2yeyc39k1ij687eic4.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники SANFOR Белизна гель 3в1, 1000гр</t>
+  </si>
+  <si>
+    <t>882115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/918/wv6ldrg1ql2r208r733ck8licp9gcd8s.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство SANFOR летний дождь, 1000гр</t>
+  </si>
+  <si>
+    <t>882134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b52/2u4lsz1n3kwic7qnyubstgjula2rfpx3.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 5 л, SANFOR 10 в 1 Universal  quot;Лимонная свежесть quot;, 22055</t>
+  </si>
+  <si>
+    <t>Подходит для разных поверхностей: легко и быстро отчистит раковины, ванны и душевые кабины, унитазы, сливы, водостоки, керамическую плитку, кухонные плиты, любые твердые моющиеся напольные покрытия, настенные панели, моющиеся обои. Дезинфицирует.</t>
+  </si>
+  <si>
+    <t>887016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83a/502bmvuq5g586q203gzit3rynz0bd9mt.jpg</t>
+  </si>
+  <si>
+    <t>Сода кальцинированная 600 гр пэт</t>
+  </si>
+  <si>
+    <t>900341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04b/sxor9b120jmuymk56xkv50brl8ma104k.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Sanfor WС гель speсial black 1000гр</t>
+  </si>
+  <si>
+    <t>900354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be5/duxfprim80g0svamywcc7hx2srph0ooe.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Sanfor универсал морской бриз 1000гр</t>
+  </si>
+  <si>
+    <t>900355</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/596/88iy9z6503e06f5ylknblgrkh8ashefg.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит SANITA гель антижир 500гр</t>
+  </si>
+  <si>
+    <t>900358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1c/dx8pqw0r8cyvs3q4qln8492o4x6m2ny7.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство IQUP Progressive Purity конц ПЭТ 1л</t>
+  </si>
+  <si>
+    <t>900363</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e72/ii8vsv41l529w65gzy1apya3ldytmhwm.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Бархат ДЕЗИНФЕКТОР с антиб отбел эф 500гр</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Бархат ДЕЗИНФЕКТОР с антиб/отбел эф 500гр</t>
+  </si>
+  <si>
+    <t>900371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fab/9k9npwv1db3h5htly221n4hakzcgtjnq.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Бархат ПЕМОКСОЛЬ порошок лимон 480гр</t>
+  </si>
+  <si>
+    <t>900372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abc/gvxebh1o36uuwsv9bt1uzl9iube90la2.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Прогресс М-малопенный 5л канистра</t>
+  </si>
+  <si>
+    <t>900373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92a/9bk4o3i31hsvscbg9m81fmmezcpnln6s.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство для кухни Luscan антижир гель 3л</t>
+  </si>
+  <si>
+    <t>900377</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luscan/"&gt;Luscan&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fc/h181lsytonwargbf3d0po5ilma2jvxtg.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство крем 750 мл, CIF PROFESSIONAL quot;Active Fresh quot;</t>
+  </si>
+  <si>
+    <t>CIF PROFESSIONAL &amp;quot;Active Fresh&amp;quot; – универсальный крем для профессионального очищения различных поверхностей. Его обновленная формула в 2 раза быстрее и эффективнее справляется со сложными загрязнениями. Универсальное чистящее средство эффективно удаляет 100&amp;#37; самых стойких загрязнений и легко смывается с поверхностей, оставляя после себя свежий аромат чистоты.Мощная формула CIF PROFESSIONAL легко удаляет пятна с кафеля, справляется с жиром и следами пригоревшей еды на профессиональной кухне, а также легко избавляет сантехнику в общественных уборных от известковых отложений и мыльного налёта. Гранулы, входящие в состав средства, способствуют глубокому очищению поверхности без повреждения.Учитывая высокие требования к стандартам уборки коммерческих помещений, стоит использовать только профессиональные чистящие средства для клининга. Новый густой крем CIF – эффективное решение для очистки, дезинфекции и дезодорации коммерческих помещений, таких как офисы, гостиницы, рестораны и кафе.Чистящий крем прост в применении и быстро очищает поверхность, экономя время. Всего за 1-2 минуты компоненты формулы размягчают загрязнения, что способствует быстрой и эффективной уборке.CIF PROFESSIONAL – надёжный клининговый партнёр в профессиональной уборке и поддержании чистоты офисных помещений и помещений сегмента HoReCa.Использовать строго согласно инструкции по применению. Подходит для профессионального использования.Способ применения:1. Встряхните перед использованием.2. Нанесите крем на абразивную сторону губки или на саму поверхность.3. Подождите 1-2 мин. Компоненты формулы размягчат загрязнение.4. Активируйте формулу с микрокристаллами, потерев загрязнение.5. Смойте остатки водой.Область применения:1. Рестораны, кафе, столовые.2. Гостиницы.3. Офисы.4. Образовательные учреждения.</t>
+  </si>
+  <si>
+    <t>903895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/569/p8nmk2x6hyrk0ingbft3e5vbeiqunga1.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Sanfor для ванн лимонная свежесть 750 гр.</t>
+  </si>
+  <si>
+    <t>905361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1d/gqrznzeerjkgck0bkmcpkbkr2kghr4w2.jpg</t>
+  </si>
+  <si>
+    <t>Сода кальцинированная Бархат Эконом 25кг.</t>
+  </si>
+  <si>
+    <t>907786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6c/td5ugybl8d26xz36u5ndpypxfodac565.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Бархат чистящее средство с щавелевой кислотой 750гр.</t>
+  </si>
+  <si>
+    <t>907788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e70/7r4ogx0mncujfp7o36qgoxpelo3l645k.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий ГЕЛЬ для САНТЕХНИКИ Универсальный, 750мл, код 02 04</t>
+  </si>
+  <si>
+    <t>Универсальный гель с активной формулой безупречно удаляет любые загрязнения с сантехники, в том числе известковый налет, ржавчину, мочевой камень и др. Обладает антимикробным и дезинфицирующим действием, оставляет поверхности идеально чистыми. Благодаря современным компонентам и густой консистенции, гель действует быстро и эффективно даже на наклонных поверхностях и под водой. Удобная форма бутылки позволяет легко обрабатывать труднодоступные места под кромкой унитаза и в стоке раковины. Объем: 750 мл Штрих-код: 4810153036568 Применение: нажать гладкое место на колпачке и откручивать против часовой стрелки. Нанести средство на поверхность, обработать щеткой или губкой, для сильно загрязненной поверхности выдержать 10 -15 минут, затем смыть водой. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза и на кожу, при попадании в глаза промыть большим количеством воды и обратиться к врачу. При проглатывании немедленно обратиться к врачу и показать этикетку. При работе со средством использовать резиновые перчатки. Не применять для чистки поверхностей, чувствительных к действию кислот. Не смешивать с отбеливающими средствами. Состав: вода, ортофосфорная кислота &amp;gt; 5 &amp;#37;, но &amp;lt; 15 &amp;#37;, неионогенные ПАВ &amp;lt; 5 &amp;#37;, функциональная добавка, парфюмерная композиция, бензилсалицилат, лимонен, красители.</t>
+  </si>
+  <si>
+    <t>923101</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vitjeks/"&gt;ВИТЭКС&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6a/mflqoau0myuec15rl7bq51eu4sai6p5w.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий КРЕМ для КУХНИ и ВАННОЙ Универсальный, 500мл, код 08 46</t>
+  </si>
+  <si>
+    <t>Инновационная формула универсального крема содержит микрокристаллы белого мрамора высокой чистоты в сочетании с кальцинированной содой, благодаря чему обеспечивает эффективное удаление стойких жировых пятен, известкового налета, мыльных разводов и других сложных загрязнений с различных поверхностей на кухне и в ванной: в ванной комнате &amp;#40;раковина, ванна &amp;#40;в том числе акриловая&amp;#41;, керамическая плитка, хромированные поверхности, краны и т.д.&amp;#41; на кухне &amp;#40;плита, варочная поверхность &amp;#40;в том числе стеклокерамическая&amp;#41;, мойка, духовой шкаф, столешница, скиналь и т.д.&amp;#41; Чистящий крем легко смывается, оставляет поверхности сияющими и гладкими. Объем: 500 мл Штрих-код: 4810153036766 Применение: встряхнуть перед использованием. Нанести крем на влажную тряпочку или на обрабатываемую поверхность, очистить поверхность, смыть водой. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. При необходимости обратиться к врачу. При работе со средством использовать резиновые перчатки. Использовать средство на твердых влагостойких поверхностях, а также поверхностях из алюминия и металлизированной пластмассы. При использовании на деликатных поверхностях сначала попробовать средство на незаметном участке. Состав: вода, карбонат кальция, кальцинированная сода, неионогенные ПАВ &amp;lt; 5 &amp;#37;, феноксиэтанол, метилпарабен, этилпарабен, пропилпарабен, 2-бромо-2-нитропропан-1,3-диол, парфюмерная композиция.</t>
+  </si>
+  <si>
+    <t>923102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a08/d8zxe4u9gjmdp6mxiqvievbu74i6ocpl.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий СПРЕЙ для КУХОННЫХ ПЛИТ и МИКРОВОЛНОВЫХ ПЕЧЕЙ, 500мл, код 02 20</t>
+  </si>
+  <si>
+    <t>ЧИСТОТА И БЛЕСК БЕЗ УСИЛИЙ УДАЛЯЕТ ВЪЕВШУЮСЯ ГРЯЗЬ, ЖИР И КОПОТЬ Активные компоненты средства всего за 30 секунд обеспечивают эффективное расщепление густого, засохшего и пригоревшего жира, остатков пищи и других сложных загрязнений. Благодаря усиленной формуле можно легко и быстро очистить все виды кухонных плит &amp;#40;кроме стеклокерамических&amp;#41;, микроволновые печи, а также эмалированные поверхности и поверхности из нержавеющей стали без царапин и разводов. Объем: 500 мл Штрих-код: 4810153037015 Применение: нанесите на очищаемую поверхность, тщательно смойте водой. Внимание! Содержит щелочь! Использовать средство только на охлажденной поверхности.При работе со средством использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. Не использовать для чистки изделий из стекла, стеклокерамики, алюминия, металлизированной пластмассы. Не использовать для чистки наружных поверхностей мебели и бытовой техники. Состав: вода, гидроксид натрия, неионогенные ПАВ &amp;lt; 5 &amp;#37;, ЭДТА динатрия &amp;lt; 5 &amp;#37; .</t>
+  </si>
+  <si>
+    <t>923103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/158/nw8zqdqzxlfh9qc3ixy9og28nhsk2chc.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Спрей-АНТИЖИР для КУХНИ, 500мл, код 02 21</t>
+  </si>
+  <si>
+    <t>БЫСТРОДЕЙСТВУЮЩАЯ ФОРМУЛА УДАЛЯЕТ ЖИРОВЫЕ ЗАГРЯЗНЕНИЯ ЛЕГКО И БЫСТРО СМЫВАЕТСЯ Активные компоненты спрея всего за 10 секунд обеспечивают эффективное расщепление пригоревшего жира и других сложных загрязнений. Благодаря усиленной формуле, можно быстро очистить все виды кухонных поверхностей: плиту &amp;#40;в том числе стеклокерамическую&amp;#41;, микроволновую печь, столешницу, керамическую плитку, скиналь, а также эмалированные поверхности и поверхности из нержавеющей стали. Легко смывается, не оставляет разводов, придает блеск. Объем: 500 мл Штрих-код: 4810153037022 Применение: нанесите на поверхность, протрите салфеткой или губкой, смойте водой. В случае сильного загрязнения оставьте на несколько минут для воздействия. Использовать средство только на охлажденной поверхности. При работе со средством рекомендуется использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. Состав: вода, монометиловый эфир дипропиленгликоля, неионогенные ПАВ &amp;lt; 5 &amp;#37;, гидроксид натрия, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон.</t>
+  </si>
+  <si>
+    <t>923104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/7rnqnz0bn78u22ke81t5zwws10iqrbni.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Удалитель-спрей против ПЛЕСЕНИ и ГРИБКА, 500мл, код 02 22</t>
+  </si>
+  <si>
+    <t>НАДЕЖНАЯ ПРОТИВОГРИБКОВАЯ ЗАЩИТА БЕЗ ХЛОРА И РАСТВОРИТЕЛЕЙ УДАЛЯЕТ ПЛЕСЕНЬ И УСТРАНЯЕТ ЗАПАХ Активные компоненты спрея быстро проникают в глубь поверхности и эффективно удаляют плесень, грибок, бактерии. Спрей подходит для обработки смесителей, стоков, душевых насадок, обоев, штукатурки, плитки, деревянных, бетонных, кирпичных поверхностей, а также изделий из пластмассы и ткани. Инновационная система-антиплесень длительное время защищает от повторного появления плесени и грибка. Не содержит хлора, не имеет резкого запаха. Можно применять в жилых помещениях. Объем: 500 мл Штрих-код: 4810153037039 Применение: равномерно нанесите на поверхность на 15-20 минут. При сильном поражении оставьте на 1 час. Удалите загрязнения губкой или щеткой. Тщательно смойте. Через 15 минут повторите обработку, не смывайте! Внимание! При работе со средством использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза и на кожу, при попадании в глаза промыть большим количеством воды и обратиться к врачу. При проглатывании немедленно обратиться к врачу и показать этикетку. Не смешивать с другими средствами. Перед использованием на поверхностях неизвестного типа сначала попробуйте средство на незаметном участке. Не применять для мрамора и натурального камня, содержащего известь. Состав: вода, пероксид водорода &amp;gt; 5 &amp;#37;, но &amp;lt; 15 &amp;#37;, дидецилдиметиламмония хлорид, неионогенные ПАВ &amp;lt; 5 &amp;#37;, фосфонаты &amp;lt; 5 &amp;#37;.</t>
+  </si>
+  <si>
+    <t>923105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b7/dgxkygup0vpp7lcnp3vzt43clqi63tr8.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий СПРЕЙ для ДУШЕВЫХ КАБИН и АКРИЛОВЫХ ВАНН, 500мл, код 02 23</t>
+  </si>
+  <si>
+    <t>ОЧИЩАЕТ РЖАВЧИНУ, ИЗВЕСТКОВЫЙ И МЫЛЬНЫЙ НАЛЕТ Чистящий спрей предназначен для мытья душевых кабин, акриловых и эмалированных ванн, раковин, плитки, кранов и смесителей, а также поверхностей из пластика, хрома и никеля. Активная формула превосходно удаляет ржавчину, известковый и мыльный налет, въевшуюся грязь и другие сложные загрязнения. Специальные защитные компоненты образуют на поверхности невидимую пленку, которая отталкивает воду и грязь и придает поверхностям блеск без разводов. Не содержит фосфатов, абразивов, хлора и агрессивных кислот. Объем: 500 мл Применение: нанесите на поверхность, протрите салфеткой или губкой, смойте водой. В случае сильного загрязнения оставьте на несколько минут для воздействия. При работе со средством рекомендуется использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. Перед использованием на поверхностях неизвестного типа сначала попробуйте средство на незаметном участке. Состав: вода, кислота лимонная, изопропиловый спирт, неионогенные ПАВ &amp;lt; 5 &amp;#37;, фосфонаты &amp;lt; 5 &amp;#37;, функциональная добавка, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон.</t>
+  </si>
+  <si>
+    <t>923106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da2/okyhh9s0a0emseq6z6cf3jn1f9ad7kkz.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий КРЕМ для СТЕКЛОКЕРАМИКИ и деликатных поверхностей, 700г код 08 47</t>
+  </si>
+  <si>
+    <t>ЭФФЕКТ ПОЛИРОВКИ БЕЗ ЦАРАПИН Уникальная формула крема – это превосходное сочетание быстрого, эффективного, при этом очень бережного очищения и аккуратной полировки поверхностей. Специальные компоненты расщепляют даже сложные загрязнения &amp;#40;густой, засохший и пригоревший жир, остатки пищи, известковый налет и др.&amp;#41;, позволяют легко очистить стеклокерамическую плиту и другие деликатные поверхности без царапин, придают сияющий блеск. Использовать только на охлажденной поверхности. Объем: 700 г Штрих-код: 4810153037084 Применение: встряхните перед использованием. Нанесите крем на влажную губку или на поверхность, потрите и смойте водой. В случае сильного загрязнения оставьте на несколько минут для воздействия. Отполируйте мягкой сухой тканью. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. При работе со средством рекомендуется использовать резиновые перчатки. Состав: вода, карбонат кальция, кальцинированная сода, неионогенные ПАВ &amp;lt; 5 &amp;#37;, силикон, феноксиэтанол, метилпарабен, этилпарабен, пропилпарабен, 2-бромо-2-нитропропан-1,3-диол, парфюмерная композиция.</t>
+  </si>
+  <si>
+    <t>923107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58b/jzuasx44fxfm17t7lwempbhqunyl27ma.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий СПРЕЙ для ОРГТЕХНИКИ и ОПТИКИ, 215мл</t>
+  </si>
+  <si>
+    <t>Высокоэффективное средство для легкой и аккуратной очистки всех типов экранов, стеклянных и пластиковых поверхностей бытовой и офисной техники, а также диоптрических, солнцезащитных, 3D-очков, луп. Моментально удаляет пыль, грязь, следы от капель воды, отпечатки пальцев, не оставляет разводов. Быстро высыхает, оставляя невидимый защитный слой с антистатическим эффектом. Объем: 215 мл Штрих-код: 4810153037480 Применение: Нанесите средство на чистую салфетку из микрофибры, аккуратно очистите поверхность. Состав: вода, изопропиловый спирт &amp;lt; 5 &amp;#37;, неионогенные ПАВ &amp;lt; 5 &amp;#37;, функциональная добавка, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон.</t>
+  </si>
+  <si>
+    <t>923108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/095/3j1z4kolill6joehm3h2j9n57zduti6r.png</t>
+  </si>
+  <si>
+    <t>Grass Dos Gel универсальный чистящий 750мл. для сантехники. арт.219275</t>
+  </si>
+  <si>
+    <t>Grass Dos Gel универсальный чистящий 750мл. для сантехники. арт.219275 *3/12</t>
+  </si>
+  <si>
+    <t>927974</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/grass/"&gt;Grass&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>928575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/694/5glxcu3dg9pddtgx7hjhf09chqtuq6ts.jpeg</t>
+  </si>
+  <si>
+    <t>Grass Dos Gel универсальный чистящий 750мл. для сантехники. Сила Цитрусов. арт.125678</t>
+  </si>
+  <si>
+    <t>Grass Dos Gel универсальный чистящий 750мл. для сантехники. Сила Цитрусов арт.125678 *3/12</t>
+  </si>
+  <si>
+    <t>928580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/728/jd3tvv0erbc1lxjdrw1m5p2krff1uywy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Золушка для ванной курок 500мл.  АМС Медиа   Ч20-2 </t>
+  </si>
+  <si>
+    <t>Золушка для ванной курок 500мл.*3/12 &amp;#40;АМС Медиа&amp;#41; &amp;#40;Ч20-2&amp;#41;</t>
+  </si>
+  <si>
+    <t>928585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1eb/bhsn7ltw4xchkv1nbvi892b1qau8z6tw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sarma чистящее средство для сантехники 750мл. Антибактериальное Лимон  7067 </t>
+  </si>
+  <si>
+    <t>Sarma чистящее средство для сантехники 750мл. Антибактериальное Лимон *3/18 &amp;#40;7067&amp;#41;</t>
+  </si>
+  <si>
+    <t>928591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b67/7sghbkd47b3qzrwnz5l3km66j531nftw.png</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanita гель 500мл Антижир для плит чистящее средство  дизайн 2022   23014 </t>
+  </si>
+  <si>
+    <t>Sanita гель 500мл Антижир для плит чистящее средство &amp;#40;дизайн 2022&amp;#41; &amp;#40;23014&amp;#41;*3/21</t>
+  </si>
+  <si>
+    <t>928593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/883/vxhbao93l4ucn1co9rf70go8it1rxtrk.jpg</t>
+  </si>
+  <si>
+    <t>Sanfor-белизна гель 3 в 1 с Хлором 700гр.</t>
+  </si>
+  <si>
+    <t>Sanfor-белизна гель 3в1 с Хлором 700гр. *15 -1966</t>
+  </si>
+  <si>
+    <t>928596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/947/nn0cepmtstloo3ks2ywa63he19scjtfr.jpg</t>
+  </si>
+  <si>
+    <t>ТБХ ПРОГРЕСС 5л.  quot;Семь зв зд quot; универсальное моющее средство ПЭТ канистра</t>
+  </si>
+  <si>
+    <t>ТБХ ПРОГРЕСС 5л. &amp;quot;Семь звёзд&amp;quot; универсальное моющее средство ПЭТ канистра в кор *1/3</t>
+  </si>
+  <si>
+    <t>928604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/890/5f9ssg8t5l63fysfvr2ym67werp8m2pz.jpg</t>
+  </si>
+  <si>
+    <t>Уникум Жироудалитель Gold для плит и духовок 3л.</t>
+  </si>
+  <si>
+    <t>Уникум Жироудалитель Gold для плит и духовок 3л.*1/6</t>
+  </si>
+  <si>
+    <t>928609</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/unikum/"&gt;Уникум&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7b/5b1huujj1gbg48yl585rf1x2kf0clbtn.jpg</t>
+  </si>
+  <si>
+    <t>Help для пластиковых окон Апельсин 750мл. Курок</t>
+  </si>
+  <si>
+    <t>Help для пластиковых окон Апельсин 750мл. курок *3/12</t>
+  </si>
+  <si>
+    <t>928614</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/help/"&gt;Help&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a9/hj4dtgq29n1mzwnndaet1q0fenzai0ph.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Чистин Чистящее средство 400г Лимон  0073 </t>
+  </si>
+  <si>
+    <t>Чистин Чистящее средство 400г Лимон &amp;#40;0073&amp;#41;*5/20</t>
+  </si>
+  <si>
+    <t>928618</t>
+  </si>
+  <si>
+    <t>Sanfor-белизна гель 3в1 с Хлором 700гр.</t>
+  </si>
+  <si>
+    <t>928916</t>
+  </si>
+  <si>
+    <t>928923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/308/kmiwt9s2vlghqg4vks6k5dvphbb0bu13.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее Sanita  quot;Блеск металла quot;, спрей, для чистки металла, 500мл</t>
+  </si>
+  <si>
+    <t>Средство чистящее Sanita &amp;quot;Блеск металла&amp;quot;, спрей, для чистки металла, 500мл</t>
+  </si>
+  <si>
+    <t>945416</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c17/hqd7ft6dvujh9d6jlksxyau616pkode1.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное Domestos  quot;Антиналет блеск. Цветущая магнолия quot;, гель, без хлора, 750мл</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное Domestos &amp;quot;Антиналет&amp;#43;блеск. Цветущая магнолия&amp;quot;, гель, без хлора, 750мл</t>
+  </si>
+  <si>
+    <t>945419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/132/gwat29cuzyev7camrw6av2y5c089oq66.jpg</t>
+  </si>
+  <si>
+    <t>Антискотч-спрей для удаления этикеток, следов клея, липких лент, битума BRAUBERG, 400 мл, 608433</t>
+  </si>
+  <si>
+    <t>Средство BRAUBERG предназначено для быстрого и эффективного удаления остатков клея, клейкой ленты, тонировочной пленки, битума, информационных наклеек и рекламы. Средство обеспечивает быстрое и безопасное удаление остатков клея, различных клейких лент, самоклеящихся этикеток, наклеек и жевательной резинки с твердых поверхностей в домашних условиях, офисе, на производстве. Объем баллона составляет 400 мл.После распыления эффективно растворяет остатки клея без повреждений и царапин на поверхности.Состав огнеопасен! Баллон необходимо предохранять от воздействия прямых солнечных лучей и нагревания свыше 50°С. Запрещается распылять вблизи источников открытого огня и раскаленных предметов! Использовать строго при выключенном оборудовании!Инструкция по применению:• Перед использованием энергично встряхните баллон.• Во избежание попадания следов аэрозоля защитите поверхности, не подвергающиеся обработке.• Удалите следы основы от клейких лент, наклеек и этикеток пластиковым скребком или вручную.• Равномерно распылите состав на остатки клеевого слоя, дайте подействовать 2-4 минуты.• При необходимости можно провести обработку еще раз. Некоторые этикетки имеют плотный верхний слой, ламинацию или лак, который препятствует проникновению средства. В таком случае необходимо отделить поверхностный слой.• Не допускайте длительный контакт состава с пластиковыми деталями.• Удалите средство с помощью пластикового скребка, сухой тряпки или салфетки.• Если этикетка имеет влагоотталкивающий слой - предварительно удалите его так, чтобы средство могло проникнуть к клеевой основе.Следует соблюдать повышенную аккуратность при работе с окрашенными и ламинированными поверхностями!ПЕРЕД ПРИМЕНЕНИЕМ НА ПЛАСТИКОВЫХ И ОКРАШЕННЫХ ПОВЕРХНОСТЯХ РЕКОМЕНДУЕТСЯ ПРОТЕСТИРОВАТЬ НА МАЛОЗАМЕТНОМ УЧАСТКЕ &amp;#40;ВОЗМОЖНО ПОВРЕЖДЕНИЕ ПОВЕРХНОСТЕЙ&amp;#41;!Не нарушать целостность упаковки и не сжигать даже после использования! После использования баллон утилизируется как бытовой отход.</t>
+  </si>
+  <si>
+    <t>946712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff7/8x2gmyj5sh71x9d01soi3bwtvriogq13.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий баллон со сжатым воздухом пневмоочиститель SONNEN 1000 мл, 513755</t>
+  </si>
+  <si>
+    <t>Чистящий баллон со сжатым воздухом/пневмоочиститель SONNEN предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Продукт предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Подходит для очистки поверхностей печатных плат, линз оптических приборов, лабораторного, диагностического и другого деликатного оборудования. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Не оставляет следов при распылении. Давление внутри баллона – 5,5 Бар.При систематическом применении увеличивает срок службы техники.Внимание! Очистку проводить только после отключения устройств от электропитания! В процессе применения средство значительно охлаждает очищаемые детали. Резкое охлаждение горячих деталей может негативно сказаться на их работоспособности и даже вывести их из строя!Применение:1. Установить трубку в распылительную головку. Внимание! Для установки трубочки в отверстие клапана необходимо вставить ее с усилием до полной фиксации.2. С расстояния 10–15 см короткими порциями продуть места скопления пыли и загрязнений. Объем – 1000 мл. Размер баллона – 650x700x3400 мм.Состав: Алифатические углеводороды &amp;gt;30&amp;#37;.Меры предосторожности: Баллон под давлением. При нагревании возможен взрыв. Предохранять от воздействия прямых солнечных лучей и нагревания выше 50 °С. Не распылять вблизи источников открытого огня и раскаленных предметов. Не курить во время пользования. Не разбирать и не давать детям. Не вдыхать испарения и брызги. Рекомендации по утилизации: Не вскрывать и не сжигать даже после использования. Использованный баллон утилизировать как бытовой отход.Условия хранения: Температурный режим транспортировки от -30 до &amp;#43;30 °С. Хранить в крытых сухих складских вентилируемых помещениях при температуре от -30 до &amp;#43;30 °С на расстоянии не менее 1 м от нагревательных приборов.</t>
+  </si>
+  <si>
+    <t>949888</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sonnen/"&gt;SONNEN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a41/hd15b2ft9paa0gon29nm8pfb92m6x2qy.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники и дезинфекции SANFOR Ультра Белый спрей унив 500мл</t>
+  </si>
+  <si>
+    <t>952284</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/048/fjjz5ojcxdiyc71pggam8lmlyb9e937c.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство для кухни для холодильн и удал запахов AQUALON, 650мл</t>
+  </si>
+  <si>
+    <t>952301</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/akvalon/"&gt;Аквалон&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa6/mkq8v7iur8y90qzu623t8399ya6fje8b.jpg</t>
+  </si>
+  <si>
+    <t>Антискотч-спрей для удаления этикеток, следов клея, липких лент, битума BRAUBERG, 210 мл, 608434</t>
+  </si>
+  <si>
+    <t>Средство BRAUBERG предназначено для быстрого и эффективного удаления остатков клея, клейкой ленты, тонировочной пленки, битума, информационных наклеек и рекламы. Средство обеспечивает быстрое и безопасное удаление остатков клея, различных клейких лент, самоклеящихся этикеток, наклеек и жевательной резинки с твердых поверхностей в домашних условиях, офисе, на производстве. Объем баллона составляет 210 мл.После распыления эффективно растворяет остатки клея без повреждений и царапин на поверхности.Состав огнеопасен! Баллон необходимо предохранять от воздействия прямых солнечных лучей и нагревания свыше 50°С. Запрещается распылять вблизи источников открытого огня и раскаленных предметов! Использовать строго при выключенном оборудовании!Инструкция по применению:• Перед использованием энергично встряхните баллон.• Во избежание попадания следов аэрозоля защитите поверхности, не подвергающиеся обработке.• Удалите следы основы от клейких лент, наклеек и этикеток пластиковым скребком или вручную.• Равномерно распылите состав на остатки клеевого слоя, дайте подействовать 30-40 секунд.• При необходимости можно провести обработку еще раз. Некоторые этикетки имеют плотный верхний слой, ламинацию или лак, который препятствует проникновению средства. В таком случае необходимо отделить поверхностный слой.• Не допускайте длительный контакт состава с пластиковыми деталями.• Удалите средство с помощью пластикового скребка, сухой тряпки или салфетки.• Если этикетка имеет влагоотталкивающий слой - предварительно удалите его так, чтобы средство могло проникнуть к клеевой основе.Следует соблюдать повышенную аккуратность при работе с окрашенными и ламинированными поверхностями!ПЕРЕД ПРИМЕНЕНИЕМ НА ПЛАСТИКОВЫХ И ОКРАШЕННЫХ ПОВЕРХНОСТЯХ РЕКОМЕНДУЕТСЯ ПРОТЕСТИРОВАТЬ НА МАЛОЗАМЕТНОМ УЧАСТКЕ &amp;#40;ВОЗМОЖНО ПОВРЕЖДЕНИЕ ПОВЕРХНОСТЕЙ&amp;#41;!Не нарушать целостность упаковки и не сжигать даже после использования! После использования баллон утилизируется как бытовой отход.</t>
+  </si>
+  <si>
+    <t>954030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba5/ku0kw2wio2a7oo2wl2js3fgy0bhfvhz2.jpg</t>
+  </si>
+  <si>
+    <t>Таблетки для очистки кофемашин от эфирных масел TOPPERR, КОМПЛЕКТ 10 шт., 3037</t>
+  </si>
+  <si>
+    <t>Таблетки TOPPERR для очистки кофемашин от масел с активным кислородом предназначены для безопасного и эффективного удаления кофейного осадка, жира и кофейных масел, оседающих на внутренних поверхностях блока заваривания кофеварок и кофемашин. Таблетки TOPPERR очищают кофемашину, продлевают срок службы техники.Подходят для всех типов кофемашин.Производитель оставляет за собой право изменять характеристики товара, его внешний вид и комплектность без предварительного уведомления продавца.</t>
+  </si>
+  <si>
+    <t>954034</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/topperr/"&gt;Topperr&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23b/0xh3mybh877yzzp3mzrabz1xu4zxdubd.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Бархат чистящее средство гель 500мл</t>
+  </si>
+  <si>
+    <t>965175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d79/c6vzkvkzyudm89uy58808t5lq7ufuluo.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство для кухни Бархат гель антижир 500мл</t>
+  </si>
+  <si>
+    <t>965176</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/445/ctbo0g0szjj5lhnnnbhztvuci86pf8d4.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Luscan гель с кислотой 5 л</t>
+  </si>
+  <si>
+    <t>965189</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc0/r9v254mw5yyoji8f620ajd1fcuqj4odp.jpg</t>
+  </si>
+  <si>
+    <t>Салфетки для экранов всех типов и оптики BRAUBERG ТОП, 13х17 см, туба 100 шт., влажные, 513812</t>
+  </si>
+  <si>
+    <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с поверхностей различных типов: мониторов, оптики, зеркал и других поверхностей из стекла. Пропитаны специальной чистящей жидкостью. Салфетки размером 130х170 мм и выполнены из нетканого материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук.Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
+  </si>
+  <si>
+    <t>974422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffc/vhro72h05w86805n2u4ckkwuls8pxvj2.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное крем 520 мл, LAIMA  quot;White fresh quot;, 608659</t>
+  </si>
+  <si>
+    <t>Благодаря специально разработанной формуле крем LAIMA очищает и полирует раковину, плитку, ванную, кафель и кухонные предметы, не царапая их. Миллионы микрочастиц легко удаляют даже самую стойкую грязь, а деликатная отдушка помогает устранить неприятные запахи, распространяющиеся по ванной комнате и кухне.Состав: 30&amp;#37; и более карбонат кальция, 30&amp;#37; и более вода, менее 5&amp;#37; анионные ПАВ, менее 5&amp;#37; неионогенные ПАВ, метилхлоризотиазолинон, метилизотиазолинон, аммиак, отдушка.Инструкция по применению: взболтать перед применением. Нанести непосредственно на очищаемую поверхность напрямую из флакона либо с помощью влажной тряпки или губки. Обработать очищаемую поверхность и удалить остатки средства. Не требует разбавления. Перед использованием на металлических, глянцевых и деревянных поверхностях рекомендуется провести тест на небольшом участке.Условия хранения: хранить в сухом помещении, в недоступных для детей и животных местах, предохраняя от влаги и прямых солнечных лучей. Хранить при температуре от &amp;#43;5 °С до &amp;#43;30 °С. По истечении срока годности утилизировать вместе с бытовыми отходами.</t>
+  </si>
+  <si>
+    <t>979543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73c/g3dz3433dssclr81i3fz3dkk0pg0jui9.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное крем, 520 мл, LAIMA  quot;Лимон quot;, 608660</t>
+  </si>
+  <si>
+    <t>Благодаря специально разработанной формуле крем LAIMA очищает и полирует раковину, плитку, ванную, кафель и кухонные предметы, не царапая их. Миллионы микрочастиц легко удаляют даже самую стойкую грязь, а яркая отдушка помогает устранить неприятные запахи, распространяющиеся по ванной комнате и кухне.Состав: 30&amp;#37; и более карбонат кальция, 30&amp;#37; и более вода, менее 5&amp;#37; анионные ПАВ, менее 5&amp;#37; неионогенные ПАВ, метилхлоризотиазолинон, метилизотиазолинон, отдушка.Инструкция по применению: взболтать перед применением. Нанести непосредственно на очищаемую поверхность напрямую из флакона либо с помощью влажной тряпки или губки. Обработать очищаемую поверхность и удалить остатки средства. Не требует разбавления. Перед использованием на металлических, глянцевых и деревянных поверхностях рекомендуется провести тест на небольшом участке.Условия хранения: хранить в сухом помещении, в недоступных для детей и животных местах, предохраняя от влаги и прямых солнечных лучей. Хранить при температуре от &amp;#43;5 до &amp;#43;30 °С. По истечении срока годности утилизировать вместе с бытовыми отходами.</t>
+  </si>
+  <si>
+    <t>985332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/953/s5ouehg17chqa1m0t8v6gbh59i9mtoef.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное крем, 780 мл, LAIMA  quot;White fresh quot;, 608661</t>
+  </si>
+  <si>
+    <t>Благодаря специально разработанной формуле крем LAIMA очищает и полирует раковину, плитку, ванную, кафель и кухонные предметы, не царапая их. Миллионы микрочастиц легко удаляют даже самую стойкую грязь, а деликатная отдушка помогает устранить неприятные запахи, распространяющиеся по ванной комнате и кухне.Состав: 30&amp;#37; и более карбонат кальция, 30&amp;#37; и более вода, менее 5&amp;#37; анионные ПАВ, менее 5&amp;#37; неионогенные ПАВ, метилхлоризотиазолинон, метилизотиазолинон, аммиак, отдушка.Инструкция по применению: взболтать перед применением. Нанести непосредственно на очищаемую поверхность напрямую из флакона либо с помощью влажной тряпки или губки. Обработать очищаемую поверхность и удалить остатки средства. Не требует разбавления. Перед использованием на металлических, глянцевых и деревянных поверхностях рекомендуется провести тест на небольшом участке.Условия хранения: хранить в сухом помещении, в недоступных для детей и животных местах, предохраняя от влаги и прямых солнечных лучей. Хранить при температуре от &amp;#43;5 до &amp;#43;30 °С. По истечении срока годности утилизировать вместе с бытовыми отходами.</t>
+  </si>
+  <si>
+    <t>985333</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e69/e564ri10kogbgu365o7gv3kz6rq1mcfd.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное крем, 780 мл, LAIMA  quot;Лимон quot;, 608662</t>
+  </si>
+  <si>
+    <t>985334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37d/s183gqpm4e842vo9gnuz2hkub5sp796q.jpg</t>
+  </si>
+  <si>
+    <t>Комплексное средство для очистки воды в бассейнах 1л КРИСТАЛПУЛ COMPLEX 4 в 1, концентрат, KPCX1S</t>
+  </si>
+  <si>
+    <t>Средство для бассейнов КРИСТАЛПУЛ COMPLEX представляет собой прозрачную жидкость от бесцветного до светло-желтого цвета со слабым специфическим запахом. Предназначается для уничтожения широкого спектра патогенных микроорганизмов. Препарат не содержит хлора и тяжелых металлов; не пенящийся – пригоден для любого типа бассейнов &amp;#40;в том числе SPA&amp;#41;. Комплексный двухкомпонентный препарат на основе активного кислорода.КРИСТАЛПУЛ COMPLEX не оказывает отрицательного воздействия на поверхности из цветного декоративного пластика &amp;#40;бумажнослоистого, стеклопластика&amp;#41;, тисненых поверхностей из винилис-кожи трудногорючей, мрамора, деревянных поверхностей, резиновых и виниловых изделий, ворсового полотна. Не фиксирует органические загрязнения. Не вызывает коррозии металлов и пр. Не наносит вреда системам циркуляции/фильтрации в том числе SPA. Разрешено применять в водоемах и бассейнах с кварцевым песком.Рекомендуемые дозировки на 10 м3 воды:- первая обработка – 70 мл препарата. Требуется технический перерыв в работе бассейна не менее 12 часов при непрерывной фильтрации. Затем фильтр следует тщательно промыть.- текущая обработка – 25-30 мл препарата еженедельно. При интенсивном использовании бассейна и/или высоких температурах увеличивают частоту использования и/или дозировку двукратно.Меры предосторожности:При работе с препаратом следует пользоваться перчатками и защитными очками;Избегать контакта с кожей и одеждой;Хранить в недоступном для детей месте;Никогда не смешивать с другими химикатами, т.к. могут выделяться вредные газы;При попадании в глаза и на кожу промыть их большим количеством воды.Состав: полигексаметиленгуанидин гидрохлорид и функциональные добавки.Хранение и транспортировка:Хранить при температуре не выше &amp;#43;25 °С в сухом помещении и герметично закрытой упаковке;Хранить вдали от нагревательных приборов и горючих веществ;Беречь от нагревания и прямых солнечных лучей.Срок хранения препарата: 1 год с даты изготовления.</t>
+  </si>
+  <si>
+    <t>986284</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kristalpul/"&gt;КРИСТАЛПУЛ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22b/qo5j91tt9wsco6m4fxtfuzemgw9dpbmz.jpg</t>
+  </si>
+  <si>
+    <t>Пена чистящая для LCD LED экранов Attache Selection Professional, 180 мл</t>
+  </si>
+  <si>
+    <t>Пена чистящая для LCD/LED экранов Attache Selection Professional, 180 мл</t>
+  </si>
+  <si>
+    <t>992072</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d5/wa6nln34pmwpbgrz835cibp5i34g3dye.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира и нагара 500 мл, CIF Антижир  quot;Цитрус quot;</t>
+  </si>
+  <si>
+    <t>Средство CIF Антижир &amp;quot;Цитрус&amp;quot; подходят для удаления жира и нагара с плит, духовок и грилей. Благодаря инновационной формуле обеспечивают быстрое и эффективное удаление жира и пригоревших остатков пищи. Используйте его для очистки плит, вытяжек и духовок, а также рабочих поверхностей, в том числе контактирующих с пищей. Спрей безопасен даже для деликатных поверхностей, включая стеклокерамику, и не оставляет белых следов и разводов: только чистота и блеск!Формула спрея содержит соду и эффективно растворяет загрязнения органического происхождения, а масла апельсина и лимона усиливают очищающий эффект и придают легкий цитрусовый аромат.Одного флакона спрея CIF 500 мл хватит надолго: 1-2 распыления достаточно, чтобы очистить 1 м2 поверхности. Средство дерматологически протестировано и отмечено экомаркировкой &amp;quot;Листок жизни&amp;quot;, которая признана международными организациями. CIF гарантирует экологическую безопасность спрея для человека и окружающей среды.Способ применения: для тщательной уборки распылите средство на загрязненный участок с небольшого расстояния, оставьте на несколько секунд. За это время усиленная формула чистящего спрея растворит загрязнение. Теперь достаточно протереть поверхность влажной тканью или губкой и смыть остатки средства водой. Для безупречного блеска глянцевых поверхностей дополнительно протрите их сухой тканью, убирая остатки влаги. Для удаления застарелой грязи оставьте средство на несколько минут перед тем, как протереть. Состав: менее 5&amp;#37; неионогенные ПАВ, менее 5&amp;#37; натрия бикарбонат &amp;#40;сода&amp;#41;, менее 5&amp;#37; консерванты, менее 5&amp;#37; отдушка, менее 5&amp;#37; эфирное масло апельсина, менее 5&amp;#37; эфирное масло лимона, менее 5&amp;#37; лимонен.</t>
+  </si>
+  <si>
+    <t>995774</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/452/i906n8oej72carbtigprgeg7y6lvlqlg.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее Vega Пемоксоль  quot;Лимон. Сода-эффект quot;, порошок, 400г</t>
+  </si>
+  <si>
+    <t>Средство чистящее Vega Пемоксоль &amp;quot;Лимон. Сода-эффект&amp;quot;, порошок, 400г</t>
+  </si>
+  <si>
+    <t>998922</t>
   </si>
   <si>
     <t>&lt;a href="/brands/vega/"&gt;Vega&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea8/dqo84i90lh05sx8vu82o1nif1blw5dkj.jpg</t>
-[...856 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4b2/bhvldm5qj89znzq1b18iqyjntdex226q.jpg</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG для экранов всех типов и оптики, универсальная, 250 мл, ВБ, 880727</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG обеспечивает идеальное очищение сильно загрязненных поверхностей из стекла: компьютеров, мониторов, мобильных устройств и т.д. Подходит для протирки оптических поверхностей и линз очков. Не содержит спирта и растворителей. Благодаря отсутствию в формуле твердых включений не повреждает поверхность. Объем – 250 мл. Обладает антистатическим эффектом. Размер – 190х50х50 мм.Состав: вода; н-пропанол не менее 5&amp;#37;, но не более 15&amp;#37;; нПАВ 5&amp;#37; или менее; консервант.Допускается нанесение средства сразу на экран, но чтобы избежать образования разводов на протираемой поверхности, рекомендуем наносить жидкость-спрей сначала на салфетку, а затем протирать экран.</t>
   </si>
   <si>
     <t>999037</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/867/x3w57cg03jtyew97t8ycipcbcc42jo30.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/689/dgy9rmzud58rveh8xmuff02y5z308e76.jpg</t>
   </si>
   <si>
     <t>Салфетки влажные OfficeClean, 50шт., универсальные очищающие, экстракт зеленого чая</t>
   </si>
   <si>
     <t>1002909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/553/i03ivspm57xwknntwifsrt48s5b5mmdd.jpg</t>
   </si>
   <si>
     <t>Смягчитель воды для стиральных машин Calgon 3в1, порошок, 750г</t>
   </si>
   <si>
     <t>1002911</t>
   </si>
   <si>
     <t>&lt;a href="/brands/calgon/"&gt;Calgon&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ffa/hdxc4h8md1fycikr0myf642h1bu7ds43.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее Ника  quot;КМ. Беспенное quot;, концентрированное, высокощелочное, 1кг</t>
+  </si>
+  <si>
+    <t>Средство моющее Ника &amp;quot;КМ. Беспенное&amp;quot;, концентрированное, высокощелочное, 1кг</t>
+  </si>
+  <si>
+    <t>1002912</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/815/1n94s3clgmn5n3as2pn3lzaoykfb5lr6.jpg</t>
   </si>
   <si>
     <t>Средство моющее Ника  quot;КМ. Пенное quot;, концентрированное, высокощелочное, 1кг</t>
   </si>
   <si>
     <t>Средство моющее Ника &amp;quot;КМ. Пенное&amp;quot;, концентрированное, высокощелочное, 1кг</t>
   </si>
   <si>
     <t>1002913</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21b/3f0w7jfil1plmf82vz72oc3vk1k2sxdp.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Cif  quot;Active lemon quot;, крем с микрокристаллами, 500мл</t>
   </si>
   <si>
     <t>Средство чистящее Cif &amp;quot;Active lemon&amp;quot;, крем с микрокристаллами, 500мл</t>
   </si>
   <si>
     <t>1002914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a7/xanil0bmhvvwbeyzdthpm6mk0gj7zi8q.jpg</t>
   </si>
   <si>
     <t>Средство чистящее OfficeClean Пемоксоль с хлором, порошок, 400г</t>
   </si>
   <si>
     <t>1002915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/932/22kdo7t9h1vjrsh8pg0ia4ftd297pmvz.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Биолан  quot;Горная свежесть quot;, порошок, 400г</t>
   </si>
   <si>
     <t>Средство чистящее Биолан &amp;quot;Горная свежесть&amp;quot;, порошок, 400г</t>
   </si>
   <si>
     <t>1002916</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;a href="/brands/biolan/"&gt;Биолан&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b31/kwr4fnh2i1yr8n8p1e2ykaxov57srbvo.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Биолан  quot;Сочный Лимон quot;, порошок, 400г</t>
   </si>
   <si>
     <t>Средство чистящее Биолан &amp;quot;Сочный Лимон&amp;quot;, порошок, 400г</t>
   </si>
   <si>
     <t>1002917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16c/23ucbj6pdsfbsgdldeuai8fu2a2tlgln.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Ника  quot;Блеск quot;, концентрат, 1кг</t>
   </si>
   <si>
     <t>Средство чистящее Ника &amp;quot;Блеск&amp;quot;, концентрат, 1кг</t>
   </si>
   <si>
     <t>1002918</t>
   </si>
@@ -2801,63 +2530,678 @@
   <si>
     <t>1006611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/it2tii2v7ln7pysqbckqvkn2hrtjd3a6.jpg</t>
   </si>
   <si>
     <t>Средство чистящее универсальное Санокс 750 мл</t>
   </si>
   <si>
     <t>1006612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/677/j4peczxbli6sfjdywdrink082bsttks3.jpg</t>
   </si>
   <si>
     <t>Универсальное чистящее средство ПРОГРЕСС 5л., Канистра</t>
   </si>
   <si>
     <t>Универсальное чистящее средство Прогресс жидкость 5 л. НазначениеУниверсальное средство для мойки и обезжиривания поверхностей и посуды. Способ примененияДля посуды: в готовом виде или рабочий раствор 0,2-5&amp;#37; концентрации &amp;#40;2-50 мл средства на 1 л воды&amp;#41;. Обработайте поверхность и смойте водой.Для твердых поверхностей: рабочий раствор 0,2-5&amp;#37; концентрации &amp;#40;2-50 мл на 1 л воды&amp;#41;. Разотрите и промойте водой. Меры предосторожностиПри попадании в глаза - промыть большим количеством воды. При чувствительной коже рук рекомендуется использовать резиновые перчатки. Состав: &amp;gt; 30&amp;#37; очищенная вода, 5-15&amp;#37; смесь АПАВ,&amp;lt;5&amp;#37; загуститель, &amp;lt;5&amp;#37; отдушка, &amp;lt; 5&amp;#37; консервант. Условия храненияВ таре изготовителя с плотно закрытой крышкой при температуре от нуля до 30 °С, не допускать попадания прямых солнечных лучей. Срок годности: 24 месяца.</t>
   </si>
   <si>
     <t>1009456</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/progress/"&gt;Прогресс&lt;/a&gt;</t>
-[...11 lines deleted...]
-    <t>1009998</t>
+    <t>http://anytos.ru//upload/iblock/cab/ez30hfbcovx8oaxvj2wluh9o0czhspxj.jpg</t>
+  </si>
+  <si>
+    <t>Сода кальцинированная, 600 г</t>
+  </si>
+  <si>
+    <t>Сода кальцинированная &amp;#40;натрий углекислый&amp;#41; применяется для мытья фарфоровой, фаянсовой, эмалированной, керамической посуды, чистки кафеля, раковин, ванн, линолеума, стирки и кипячения, замачивания хлопчатобумажных, льняных тканей, смягчения воды и пр.</t>
+  </si>
+  <si>
+    <t>1013482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37a/r21pm6jp6i4es1j5o1f5pk3f3luf0q5k.jpg</t>
+  </si>
+  <si>
+    <t>Средство для кухни 5 кг, EFFECT  quot;Gamma 301 quot;, для применения во флаконах с триггером, 25680</t>
+  </si>
+  <si>
+    <t>Предназначено для удаления пригоревших пищевых загрязнений с рабочих поверхностей сковород, кастрюль, стеклокерамических плит, и другого кухонного оборудования из стеклокерамики, нержавеющей стали, кафеля и других материалов, устойчивых к действию щелочей. Можно использовать для гостиниц, ресторанов, офисов, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санаторно-курортных, детских, дошкольных и других аналогичных учреждениях.Способ применения: перелить во флакон с триггером &amp;#40;арт. 700251&amp;#41;. Использовать только на охлажденных поверхностях. Распылить средство с расстояния 15-20 см на загрязненную поверхность, выдержать 20 секунд, протереть влажной тряпкой, смыть водой и протереть сухой тряпкой. В случае стойких загрязнений – повторить действие, увеличив время обработки до 1 минуты.Дозировка: использовать без разбавления.Внешний вид: прозрачная однородная жидкость светло-желтого цвета со специфичным запахом;pH &amp;#40;1&amp;#37;-ный р-р&amp;#41; – 12,0;Плотность – 1,043 г/см3.Состав: более 5&amp;#37;, но менее 15&amp;#37;: смесь растворителей; менее 5&amp;#37;: НПАВ, щелочь, ароматизирующая добавка.Область применения:средство может быть использовано в гостиницах, ресторанах, офисах, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санитарно-курортных, детских, дошкольных и других аналогичных учреждениях.</t>
+  </si>
+  <si>
+    <t>1015618</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/effect/"&gt;EFFECT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d5/okvp1c65k0wj8tqav2n2o3k1d1943p8z.jpg</t>
+  </si>
+  <si>
+    <t>Средство для отбеливания и дезинфекции 750 мл, ВЫГОДНАЯ УБОРКА БЕЛИЗНА-ГЕЛЬ, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2847</t>
+  </si>
+  <si>
+    <t>Хлорсодержащий продукт. Эффективен для борьбы с пятнами, уничтожения микробов. Имеет гелевую структуру, что обеспечивает экономичный расход и удобство в использовании. Применяется для замачивания и отбеливания белья, чистки ванн, раковин, унитазов, водостоков, мытья пола, кафеля, пластика. Состав: вода деионизированная &amp;#40;30&amp;#37; и более&amp;#41;, гипохлорит натрия &amp;#40;15&amp;#37; или более, но менее 30&amp;#37;&amp;#41;, анионные ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, гидроксид натрия &amp;#40;менее 5&amp;#37;&amp;#41;, неионогенные ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, стабилизатор &amp;#40;менее 5&amp;#37;&amp;#41;.Способ применения: Стирка: белье с общим загрязнением замочить перед стиркой в растворе 100 мл на 10 л воды в течение 20-30 минут, при отбеливании в течение 40-60 минут, в зависимости от загрязнения и наличия пятен. Прополоскать, далее стирать как обычно. Не использовать для шелка, шерсти, непрочно окрашенных тканей. Чистка ванн, раковин унитазов: средство нанести на поверхность. Через 5 минут смыть водой. Для чистки стоков, удаления загрязнения и и пятен выдержать 60 минут, смыть водой. Мытье полов: мыть раствором 20 мл &amp;#40;2 ст. ложки&amp;#41; на 5 л воды, смыть водой.Меры предосторожности: избегать попадания в глаза и на кожу, использовать резиновые перчатки, хранить в недоступном для детей месте и не смешивать с другими средствами, особенно кислотосодержащими.Условия хранения: хранить при температуре от 0 до &amp;#43;25 °С. Не допускать воздействия прямых солнечных лучей и хранения вблизи отопительных приборов.</t>
+  </si>
+  <si>
+    <t>1015619</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/renessans-kosmetik/"&gt;Ренессанс косметик&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbc/40ae8qnm8idmwps5r2h1ifemg5bkzy4g.jpg</t>
+  </si>
+  <si>
+    <t>Средство для отбеливания и чистки тканей 1,5 л, SANFOR  quot;Белизна quot; 3 в 1 гель, 25408</t>
+  </si>
+  <si>
+    <t>Средство для отбеливания и чистки тканей SANFOR &amp;quot;Белизна&amp;quot; 3 в 1 для отбеливания и удаления пятен при стирке, а также для дезинфекции и чистки сантехники и труб. Многофункциональное средство комплексного действия с хлором.Состав: больше 5&amp;#37;, но меньше 15&amp;#37; гипохлорит натрия; меньше 5&amp;#37;: АПАВ или мыло на основе натуральных жирных кислот, НПАВ, щелочь, ароматизирующая добавка.Способ применения: • Для замачивания перед стиркой &amp;#40;белое белье с общим загрязнением&amp;#41; приготовить раствор – 30 г средства на 5 л воды &amp;#40;20-25 °С&amp;#41;. Выдержать белье в растворе 10 минут, прополоскать, далее стирать обычным способом. • Для отбеливания и удаления пятен с белых изделий из хлопка, льна – приготовить раствор 30 г средства на 5 л воды &amp;#40;40-45 °С&amp;#41;. Выдержать изделия в растворе 30 минут, тщательно прополоскать и стирать обычным способом. • Чистка ванн, раковин, унитазов – нанести средство на поверхность, почистить губкой или щеткой и смыть водой. • Напольные, настенные покрытия, кафельные, пластиковые и эмалированные поверхности мыть раствором – 60 г средства на 5 л воды, смыть водой. • Акриловые поверхности мыть раствором – 20 г средства на 5 л воды, смыть водой. • Для чистки стоков налить средство &amp;#40;250 мл&amp;#41; в водосток, выдержать 60 минут &amp;#40;или оставить на ночь&amp;#41;, смыть водой.</t>
+  </si>
+  <si>
+    <t>1015620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a6/vskesn4jsenqrzjw81tmxgazqf9en5zm.jpg</t>
+  </si>
+  <si>
+    <t>Средство для отбеливания, дезинфекции 1 л, ВЫГОДНАЯ УБОРКА  quot;Белизна quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2689</t>
+  </si>
+  <si>
+    <t>Хлоросодержащее универсальное средство &amp;quot;Белизна&amp;quot; применяется для отбеливания и удаления пятен с тканей, чистки ванн, раковин, унитазов, канализационных стоков, мытья пола, кафеля. Эффективно удаляет загрязнения, устраняет неприятный запах и уничтожает микробов.Состав: вода деионизированная &amp;#40;30&amp;#37; и более&amp;#41;, гипохлорит натрия &amp;#40;5&amp;#37; или более, но менее 15&amp;#37;&amp;#41;.Способ применения: Отбеливание и удаление пятен с хлопчатобумажных и льняных тканей: в 10 л воды температурой &amp;#43;40-50 °С растворить 50 г &amp;#40;4 столовые ложки&amp;#41; отбеливателя, опустить выстиранное белье на 20 минут. После отбеливания белье тщательно прополоскать водой. Чистка ванн, раковин, унитазов: средство нанести на поверхность, через 5 минут смыть. Для удаления загрязнений и пятен: выдержать 60 минут, смыть водой.Меры предосторожности: избегать попадания в глаза и на кожу, использовать резиновые перчатки, хранить в недоступном для детей месте и не смешивать с другими средствами, особенно кислотосодержащими.Условия хранения: хранить при температуре от 0 до &amp;#43;25 °С. Не допускать воздействия прямых солнечных лучей и хранения вблизи отопительных приборов.</t>
+  </si>
+  <si>
+    <t>1015621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ab/fsa0h4or538socahgenrhh2gfzf8vx7l.jpg</t>
+  </si>
+  <si>
+    <t>Средство для отбеливания, дезинфекции и уборки 5 л,  quot;Белизна quot;  хлора 15-30 , жидкость</t>
+  </si>
+  <si>
+    <t>Предназначено как для отбеливания и удаления пятен с х/б и льняных тканей, так и для дезинфекции посуды, кафеля, ванн, раковин, унитазов и других поверхностей. Растворяет и удаляет загрязнения. Гарантирует отличный результат при применении. Состав: вода, гипохлорит натрия, натр едкий, отдушка. ТУ 2382-001-70722717-2004.</t>
+  </si>
+  <si>
+    <t>1015622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab6/xsb5q17bataxdrjbrzpsa055kg6vua3q.jpg</t>
+  </si>
+  <si>
+    <t>Средство для уборки после строительства 5 л, PRO-BRITE ALFA-19, кислотное, концентрат, 013-5</t>
+  </si>
+  <si>
+    <t>Средство для чистки кислотостойких поверхностей после строительства и ремонта. Применимо для чистки межплиточных швов. Область применения: для ухода за всеми моющимися поверхностями в гостиницах, кафе, ресторанах в местах общественного питания, на предприятиях пищевой промышленности; в школьных и дошкольных учреждениях, ВУЗах; в авто, авиа и ж/д транспорте; в медицинских и ЛПУ; в быту.Свойства: жидкий сильнокислотный концентрат против цемента и строительных растворов на его основе, известковых отложений и водного камня, шовных затирок, ржавчины и высолов на кирпичной кладке и в швах, кафеле и керамике, прочих кислотостойких поверхностях. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания возможно выпадение осадка, свойства сохраняются.Способ применения: обезжирить &amp;#40;при необходимости&amp;#41; поверхность! Обеспечить хорошую проветриваемость помещения! Приготовить раствор и проверить стойкость поверхности на незаметном участке! Температурный режим мытья - 20-40°С. Использовать распылением или вручную. Нанести на загрязнение, через 5-10 мин растереть &amp;#40;при необходимости&amp;#41; и смыть водой. Максимальное разбавление:- 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для уборки после строительных и ремонтных работ. При необходимости обработку повторить;- 1:5 &amp;#40;200 мл &amp;#43; 800 мл воды = 1 л 20&amp;#37;-раствора&amp;#41; или использовать концентрат для удаления въевшихся загрязнений и остатков цемента.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, температуре воды, типу поверхности и другим условиям чистки. В жаркую, солнечную погоду поверхность предварительно увлажнить водой!Основные характеристики:Состав: вода, смесь кислот, ПАВ.Плотность: 1,10 г/см? при 20 °С.Значение pH 1&amp;#37;-раствора: 1,5 ± 0,5.Предупреждающие меры: Опасно! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки и спецодежду. Избегать вдыхания паров, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не использовать на алюминиевых, медных, чугунных, хромированных, оцинкованных и эмалированных поверхностях, а также на мраморе, бетоне и глазурованной плитке! Не смешивать со щелочными и хлорсодержащими препаратами!Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом месте, отдельно от пищевых продуктов и кормов для животных, а также щелочных и хлорсодержащих препаратов. Не допускать воздействия прямых солнечных лучей и нагрева ? 30 °С!Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015623</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pro-brite/"&gt;PRO-BRITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45b/wmad2smsenkcpk0su1mnd1987pp5kllk.jpg</t>
+  </si>
+  <si>
+    <t>Средство для уборки после строительства моющее, 5 л, PRO-BRITE ALFA-20, кислотное, концентрат, 034-5</t>
+  </si>
+  <si>
+    <t>Средство PRO-BRITE ALFA-20 подходит для уборки фасадов, полов и стен производственных и складских помещений различного профиля, а также для обработки санузлов. Свойства: жидкий сильнокислотный концентрат, прозрачный светло-зеленого цвета со специфическим запахом, против цемента и строительных растворов на его основе, известковых отложений и водного камня, шовных затирок, ржавчины и высолов, а также улично-бытовых загрязнений на кирпичной кладке и в швах, кафеле и другой керамике, кислотостойких поверхностях. Пожаро- и взрывобезопасный. Замерзает, после размораживания возможно выпадение осадка, свойства сохраняются.Способ применения: использовать распылением или вручную. Приготовить раствор и проверить стойкость поверхности на незаметном участке! Температурный режим мойки 20-40 °С. Нанести на загрязнение, через 5-10 минут растереть &amp;#40;при необходимости&amp;#41; и смыть водой. Максимальное разбавление:– 1:100 &amp;#40;10 мл средство &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для уборки после строительных и ремонтных работ. При необходимости обработку повторить;– 1:5 &amp;#40;200 мл &amp;#43; 800 мл воды = 1 л 20&amp;#37;-раствора&amp;#41; или использовать концентрат для удаления въевшихся загрязнений и остатков цемента.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, температуре воды, типу поверхности. В жаркую солнечную погоду поверхность предварительно увлажнить водой!Состав: вода; кислоты; растворитель; ПАВ; краситель.Плотность: 1,11±0,05 г/см при 20 °С.Значение pH 1&amp;#37;-раствора: 1,5±0,5.Предупреждающие меры: Опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки или маску, респиратор и спецодежду. Избегать проглатывания, вдыхания, попадания на кожу и в глаза. При попадании на кожу и в глаза вызывает химические ожоги. Вредно при проглатывании и вдыхании. При попадании на кожу: немедленно снять всю загрязненную одежду. Кожу промыть водой или под душем. При попадании в глаза: осторожно промыть водой в течение нескольких минут. Снять контактные линзы, если вы ими пользуетесь и если это легко сделать. Продолжить промывание глаз. При проглатывании: прополоскать рот, обильное питье холодной воды. Не вызывать рвоту! При вдыхании: свежий воздух, покой. Во всех случаях немедленно обратиться за медицинской помощью! После работы тщательно вымыть руки и лицо. Перед повторным использованием выстирать загрязненную одежду. Может вызывать коррозию металлов. Не использовать на алюминиевых, медных, чугунных, хромированных, оцинкованных и эмалированных поверхностях, а также на мраморе, бетоне и глазурованной плитке! Не смешивать со щелочными и хлорсодержащими препаратами! Хранение: хранить плотно закрытым в заводской упаковке в темном сухом месте отдельно от пищевых продуктов и кормов, а также щелочных и хлорсодержащих препаратов. Не допускать воздействия прямых солнечных лучей и нагрева до 30 °С!Область применения: Для ухода за всеми моющимися поверхностями в гостиницах, кафе, ресторанах в местах общественного питания, на предприятиях пищевой промышленности; в школьных и дошкольных учреждениях, ВУЗах; в авто, авиа и ж/д транспорте; в медицинских и ЛПУ; в быту.</t>
+  </si>
+  <si>
+    <t>1015624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d29/tr1f9g8tyrrp30mjw2yiwkpe7u4e4vo5.jpg</t>
+  </si>
+  <si>
+    <t>Средство для уборки санитарных помещений 5 л, PRO-BRITE ALFA-GEL, кислотное, концентрат, гель, 054-5</t>
+  </si>
+  <si>
+    <t>Усиленное средство против известковых отложений и ржавчины, с бактерицидными свойствами для чистки унитазов, писсуаров, раковин и др. оборудования, а также полов в санузлах. Применимо для уборки после строительства и ремонта. Область применения: торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, гостиницы и вокзалы, в быту.Свойства: гелеобразный сильнокислотный низкопенный готовый к применению препарат, полупрозрачный оранжевого цвета с ароматом морской свежести, против ржавчины, окалины, копоти, серы, известкового налёта, водного, мочевого и котлового камня, цемента и растворов на его основе, строительных замазок, жировых и др. загрязнений на кафеле и др. керамике, нержавеющей стали, стёклах и др. кислотостойких поверхностях. Обладает бактерицидными свойствами. Удаляет неприятные запахи. Замерзает, после размораживания свойства сохраняются.Способ применения: обеспечить хорошую проветриваемость помещения! Температурный режим мойки – 20-40 °С. Нанести на поверхность &amp;#40;для унитаза – под и на ободок&amp;#41; и равномерно распределить гель, через 5-10 мин. растереть &amp;#40;при необходимости&amp;#41; и смыть водой. При необходимости обработку повторить.Примечание: не применять на пластиках, мраморе, бетоне, алюминии и цветных металлах, эмалированных, никелированных, хромированных и оцинкованных поверхностях!Основные характеристики:• Состав: вода; кислоты; загуститель; ИПС; ПАВ; краситель; ароматизатор.• Плотность: 1,10 ± 0,05 г/см3 при 20 °С.• Значение pH 1&amp;#37;-раствора: 1,5 ± 0,5Предупреждающие меры: Опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки, респиратор и спецодежду. Избегать проглатывания, попадания на кожу и в глаза. При попадании на кожу или волосы промыть водой, в глаза – осторожно промывать водой несколько минут, обратиться к врачу. Не смешивать со щелочными препаратами!Хранение: плотно закрытым в заводской упаковке, при температуре от 2 до 35 °С, в тёмном сухом недоступном детям и животным месте, отдельно от пищевых продуктов и кормов, а также кислотных препаратов. Не допускать воздействия прямых солнечных лучей и излучения!Срок годности: 1 год от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce4/fd6o3i161r71zupiundqci6zooqjkgvv.jpg</t>
+  </si>
+  <si>
+    <t>Средство для уборки санитарных помещений 750 мл, PRO-BRITE ALFA-GEL, кислотное, концентрат, гель, 054-075</t>
+  </si>
+  <si>
+    <t>Усиленное средство против известковых отложений и ржавчины, с бактерицидными свойствами для чистки унитазов, писсуаров, раковин и др. оборудования, а также полов в санузлах. Применимо для уборки после строительства и ремонта. Область применения: торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, гостиницы и вокзалы, в быту.Свойства: гелеобразный сильнокислотный низкопенный готовый к применению препарат, полупрозрачный оранжевого цвета с ароматом морской свежести, против ржавчины, окалины, копоти, серы, известкового налёта, водного, мочевого и котлового камня, цемента и растворов на его основе, строительных замазок, жировых и др. загрязнений на кафеле и др. керамике, нержавеющей стали, стёклах и др. кислотостойких поверхностях. Обладает бактерицидными свойствами. Удаляет неприятные запахи. Замерзает, после размораживания свойства сохраняются.Способ применения: обеспечить хорошую проветриваемость помещения! Температурный режим мойки 20-40°С. Нанести на поверхность &amp;#40;для унитаза – под и на ободок&amp;#41; и равномерно распределить гель, через 5-10мин растереть &amp;#40;при необходимости&amp;#41; и смыть водой. При необходимости обработку повторить.Примечание: не применять на пластиках, мраморе, бетоне, алюминии и цветных металлах, эмалированных, никелированных, хромированных и оцинкованных поверхностях!Основные характеристики:Состав: вода; кислоты; загуститель; ИПС; ПАВ; краситель; ароматизатор.Плотность: 1,10 ± 0,05 г/см3 при 20°С.Значение pH 1&amp;#37;-раствора: 1,5 ± 0,5Предупреждающие меры: Опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки, респиратор и спецодежду. Избегать проглатывания, попадания на кожу и в глаза. При попадании на кожу или волосы промыть водой, в глаза – осторожно промывать водой несколько минут, обратиться к врачу. Не смешивать со щелочными препаратами!Хранение: плотно закрытым в заводской упаковке в тёмном сухом недоступном детям и животным месте отдельно от пищевых продуктов и кормов, а также щелочных и хлорсодержащих препаратов. Не допускать воздействия прямых солнечных лучей и нагрева более 30 °С!Срок годности: 1 год от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ed/nppmyxwmsrx81fuo9s7tvqoi8y6px8co.jpg</t>
+  </si>
+  <si>
+    <t>Средство для уборки санитарных помещений, 5 л, PRO-BRITE SUPER DOLPHY, кислотное, концентрат, 017-5</t>
+  </si>
+  <si>
+    <t>Средство PRO-BRITE SUPER DOLPHY подходит к применению против ржавчины, известковых отложений, мочевого и мыльного камня, жировых и других загрязнений на нержавеющей стали, пластиках, кафеле и керамике. Область применения: торговые и деловые центры, медицинские, образовательные &amp;#40;включая школьные и дошкольные&amp;#41;, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, гостиницы и вокзалы, бытовые помещения.Свойства: гелеобразный сильнокислотный низкопенный готовый к применению препарат непрозрачный синего цвета. Уничтожает неприятные запахи. Легко смывается. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: испытать на незаметном участке! Нанести на поверхность &amp;#40;для унитаза – под и на ободок&amp;#41; и равномерно распределить гель, через 5-10 минут растереть &amp;#40;при необходимости&amp;#41; и смыть водой. При необходимости обработку повторить. Примечание: не использовать на мраморе, бетоне, алюминии, хромированных, никелированных, акриловых и эмалированных поверхностях!Состав: вода; кислота; загуститель; ИПС; ПАВ; краситель; ароматизатор. Плотность: 1,03±0,05 г/см при 20 °С. Значение pH 1&amp;#37;-раствора: 2,5±0,5.Предупреждающие меры: опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки или маску и спецодежду. Избегать проглатывания, попадания на кожу и в глаза. При попадании на кожу или волосы промыть водой, в глаза – осторожно промывать водой несколько минут, обратиться к врачу. Не смешивать со щелочными и хлорсодержащими препаратами!</t>
+  </si>
+  <si>
+    <t>1015627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b18/55tlwqyivx293fb60jmyf9ndd3d3dkql.jpg</t>
+  </si>
+  <si>
+    <t>Средство для удаления жира и нагара 500 мл, ВЫГОДНАЯ УБОРКА, РЕНЕССАНС КОСМЕТИК, 2602</t>
+  </si>
+  <si>
+    <t>Антижир имеет усиленную рецептуру, которая справляется даже с самыми сильными загрязнениями за 15 минут. Подходит для чистки плит, посуды, гриля. Средство удаляет нагар, жир, пригоревшую пищу без особых усилий. Легко смывается водой. • Основные преимущества:- удаляет жир, копоть, нагар;- для плит, духовок, грилей и СВЧ.Состав: вода деионизированная &amp;#40;30&amp;#37; и более&amp;#41;, гидроксид натрия &amp;#40;5&amp;#37; или более, но менее 15&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;5&amp;#37; или более,но менее 15&amp;#37;&amp;#41;.Способ применения: равномерно нанесите гель на очищаемую поверхность и оставьте на 5-10 минут, для устойчивых загрязнений на 15 минут. Почистите и смойте водой. Не использовать на алюминиевых, окрашенных, тефлоновых поверхностях с нарушенным покрытием.Меры предосторожности: рекомендуется использовать резиновые перчатки для защиты кожи, избегать попадания средства на слизистые оболочки и в глаза, а в случае попадания тщательно промыть пораженные участки водой и обратиться к врачу при необходимости. Также следует хранить средство в недоступном для детей месте.Условия хранения: Хранить при температуре от 0 до &amp;#43;25 °С. Не допускать воздействия прямых солнечных лучей и хранения вблизи отопительных приборов.</t>
+  </si>
+  <si>
+    <t>1015628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2e/yvqmj3y5ed5u32ovjtirfw2o9wg6isal.jpg</t>
+  </si>
+  <si>
+    <t>Средство для удаления известкового налета и ржавчины кислотное 500 мл, EFFECT  quot;Alfa 103 quot;, триггер, 26194</t>
+  </si>
+  <si>
+    <t>Средство EFFECT &amp;quot;Alfa 103&amp;quot; предназначено для профессиональной чистки сантехники, кранов, кафельной плитки и других влагостойких поверхностей в ванной комнате, туалетах, бассейнах, саунах. Подходит для применения в гостиничном секторе, прачечных, на объектах ЖКХ, образовательных учреждениях, включая школьные и дошкольные, ЛПУ, предприятиях общественного питания и пищевой промышленности, в офисных помещениях.Средство удаляет известковый налет, мыльные и жировые загрязнения. Ежедневная уборка.Способ применения: нанести средство на поверхность, выдержать 5-15 минут, смыть водой и протереть насухо. При необходимости обработку повторить. Меры предосторожности: будьте осторожны! Средство при попадании в глаза и на кожу вызывает раздражение. При работе необходимо использовать резиновые перчатки. При попадании в глаза и на кожу промыть большим количеством воды. При необходимости обратиться за медицинской помощью. Не смешивать с другими средствами бытовой химии. Не использовать для чистки поверхностей с поврежденной эмалью, из мрамора и природного камня. Перед применением проверить стойкость поверхности в незаметном месте. Условия хранения: хранить в плотно закрытой упаковке в недоступном для детей месте, отдельно от пищевых продуктов. Средство замерзает, после размораживания сохраняет свои свойства. После использования утилизировать упаковку и при необходимости средство как бытовой отход.Состав: больше 5&amp;#37;, но меньше 15&amp;#37; кислота лимонная, меньше 5&amp;#37;: АПАВ, меньше 5&amp;#37;: НПАВ, меньше 5&amp;#37;: краситель, ароматизирующая добавка. Значение pH – 2,1.Срок годности – 36 месяцев.</t>
+  </si>
+  <si>
+    <t>1015629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/814/l2iaafjw7sky5buvjo0mulstv0c3brnq.jpg</t>
+  </si>
+  <si>
+    <t>Средство для удаления пятен 100 г, ВЫГОДНАЯ СТИРКА COLOR, РЕНЕССАНС КОСМЕТИК, 3297</t>
+  </si>
+  <si>
+    <t>Работает даже в условиях жесткой воды. Содержит отбеливающий компонент на основе кислорода. Подходит для цветных вещей. Улучшает стирочную и отбеливающую способность. Состав: перкарбонат натрия &amp;#40;15&amp;#37; или более, но менее 30&amp;#37;&amp;#41;, триполифосфат натрия &amp;#40;5&amp;#37; или более, но менее 15&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;.Способ применения: Машинная стирка: засыпать 50 г пятновыводителя на 4-5 кг сухого белья вместе со стиральным порошком 40-50 г в отделение основной стирки. Далее стирать, соблюдая инструкцию по использованию стиральной машины. Ручная и активаторная стирка: Растворить в 10 л теплой воды 30-40 г стирального порошка, добавить 50 г пятновыводителя и выдержать в растворе 15-20 минут, периодически помешивая, выстирать, затем тщательно прополоскать.Меры предосторожности: избегать попадания средства в глаза и на кожу.Условия хранения: хранить при температуре от 0 до &amp;#43;25 °С. Не допускать воздействия прямых солнечных лучей и хранения вблизи отопительных приборов.</t>
+  </si>
+  <si>
+    <t>1015630</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b82/vmit8j2a60pmhwu1by8vd0z22h0b08sa.jpg</t>
+  </si>
+  <si>
+    <t>Средство для удаления следов скотча, этикеток, жевательной резинки 300 мл, PRO-BRITE FORMULA X-5, аэрозоль, 144-03</t>
+  </si>
+  <si>
+    <t>Предназначено для чистки различных поверхностей и для удаления наклеек различного типа. Рекомендуется для чистки пластиковых окон после их установки. Область применения: торговые и деловые центры, спортивно-оздоровительные, культурно-досуговые, медицинские, образовательные, научные, финансовые и иные учреждения, организации общественного питания, предприятия промышленности, гостиницы и вокзалы, все виды транспорта, в быту.Свойства: аэрозольный готовый к применению препарат против скотч-клея, маркера, чернил, нефтепродуктов, жиров и отпечатков пальцев, смолы, графитового порошка и сажи на стёклах, кафеле и другой керамике, камне, алюминии и прочих металлах, отдельных видах пластика, деревянных и других поверхностях. Не повреждает лакокрасочные поверхности. Растворяет клеевую основу этикеток, наклеек, стикеров и пр. Отбеливает некоторые виды пластика. Легко воспламеняемый. Не замерзает.Способ применения: обеспечить хорошую проветриваемость при работе в помещении! Проверить стойкость поверхности на незаметном участке, особенно пластика!1. Для удаления наклеек и стикеров: распылить на наклейку, через 5-10 мин её отделить, вытереть насухо.2. Для удаления скотч-клея, сажи и копоти: распылить на пятно и слегка потереть для повышения проницаемости, через 2-3 мин вытереть насухо.3. Для удаления въевшихся загрязнений: смочить пятно, через 5-10 мин крестообразными движениями очистить салфеткой. При необходимости обработку повторить.Значение рН: не применимо.Состав: пропеллент, растворители, изопропанол, ПАВ.</t>
+  </si>
+  <si>
+    <t>1015631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8b/4l2xfrxyoz0ferz1to0u1hhtpxpzt3a2.jpg</t>
+  </si>
+  <si>
+    <t>Средство для удаления сложных загрязнений, известкового налета и ржавчины 5 л, EFFECT  quot;Alfa 105 quot;, 25994</t>
+  </si>
+  <si>
+    <t>Средство EFFECT &amp;quot;Alfa 105&amp;quot; предназначено для чистки и удаления устойчивых загрязнений, известкового налета, мочевого камня и ржавчины с поверхности унитазов и плитки. Можно использовать в гостиницах, ресторанах, офисах, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санаторно-курортных, детских, дошкольных и других аналогичных учреждениях.Рекомендации по применению: нанесите средство под ободок унитаза по окружности, распределить щеткой по очищаемой поверхности. Для удаления загрязнений в нижней части унитаза налейте средство в воду и оставьте на 1 минуту, затем смойте. Плотно закрутите колпачок. При сильном загрязнении обработку повторите. Используйте регулярно для поддержания чистоты и свежести туалета. Для ежедневной уборки полов, стен, керамических поверхностей в ванной комнате используйте 0,5-3&amp;#37; раствор.Состав: более 30&amp;#37; вода, более 5&amp;#37;, но менее 15&amp;#37; кислота соляная ингибированная, менее 5&amp;#37; НПАВ, менее 5&amp;#37; амфотерное ПАВ, менее 5&amp;#37;: краситель, ароматизирующая добавка. Значение pH – 2.Меры предосторожности: будьте осторожны! Средство раздражает глаза, органы дыхания и кожу. Следует избегать контакта средства с кожей и глазами. В случае попадания в глаза немедленно промыть их большим количеством воды и обратиться за медицинской помощью. При контакте с кожей немедленно смыть большим количеством мыльного раствора. При вдыхании выйти на свежий воздух. При работе использовать щетку и резиновые перчатки. Не глотать! При случайном проглатывании выпить большое количество воды и немедленно обратиться к врачу. Не применять для чистки чувствительных к действию кислот поверхностей &amp;#40;мрамор, акрил, эмаль&amp;#41;. Не смешивать с другими средствами.Условия хранения: хранить в плотно закрытой упаковке, отдельно от пищевых продуктов, в недоступных для детей местах. Средство замерзает, после размораживания сохраняет свои свойства. Срок годности – 24 месяца. По истечении срока годности средство утилизируют как бытовой отход.</t>
+  </si>
+  <si>
+    <t>1015632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/032/wt596vebfa4j3g8rabszvk3busnu6hi4.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки акриловых ванн и душевых 500 г, BLITZ, распылитель, 6000009</t>
+  </si>
+  <si>
+    <t>BLITZ бережно ухаживает за сантехникой, эффективно удаляя ржавчину, известковый налёт, плесень и грибок. Мощная формула справляется даже с мочевым камнем и предотвращает появление ржавчины. Содержащий в себе мощные очищающие свойства BLITZ обладает удивительной способностью разрушать даже самые стойкие загрязнения. Его уникальная формула на основе компонентов обеспечивает быстрое и эффективное решение проблем с грязью.Гель безопасен для мытья пластика, стеклокерамики, эмалированной, фаянсовой и нержавеющей поверхности. В отличие от других агрессивных продуктов очистки, которые могут повредить поверхность и окружающую среду, этот спрей позволяет сохранять ваше здоровье и здоровье окружающих.Способ применения: равномерно нанести жидкость для уборки, оставить средство на 5-10 минут, потереть губкой или щеткой, смыть водой.Состав: вода, менее 5&amp;#37; кислота лимонная, анионные и неионогенные ПАВ, отдушка.</t>
+  </si>
+  <si>
+    <t>1015633</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/blitz/"&gt;Blitz&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fac/f1gfrofc18oxrd9i45zpz8cwui225ya5.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки ванн и душевых 750 г, SANFOR  Санфор   quot;Лимонная свежесть quot;, 1554</t>
+  </si>
+  <si>
+    <t>Средство для чистки ванн и душевых SANFOR &amp;quot;Лимонная свежесть&amp;quot;. Специальная формула позволяет использовать абсолютно для любых видов ванн, в том числе акриловых, хромированных кранов и душа, не повреждая поверхности даже при ежедневном использовании, эффективно удаляет известковый налет, препятствует его появлению.</t>
+  </si>
+  <si>
+    <t>1015634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bf/it4y9d9ytsx2ncbxoz7z5y346ei1eh8i.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки обивки из кожи и синтетики 500 мл, PRO-BRITE LENOT, щелочное, концентрат, распылитель, 527-05</t>
+  </si>
+  <si>
+    <t>Предназначено для чистки синтетической текстильной и кожаной обивки. Применимо для чистки с парогенератором. Область применения: гостиницы и вокзалы, торговые и деловые центры, медицинские, образовательные &amp;#40;в т.ч. в школьные и дошкольные учреждения, ВУЗы&amp;#41;, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, все виды транспорта, в быту.Свойства: жидкий щелочной пенный концентрат против жировых, улично-бытовых и других загрязнений на синтетических кожаных и текстильных поверхностях. Глубоко проникает в волокна ткани и в поры кожи. Не повреждает волокна ткани. Восстанавливает вид поверхности. Удаляет неприятные запахи &amp;#40;дыма, сырости, домашних животных и т.д.&amp;#41; Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: удалить &amp;#40;при необходимости&amp;#41; пятна! Очистить поверхность пылесосом! Проверить стойкость красителя ткани на незаметном участке!1. Вручную: распылить на загрязнение с расстояния 15-20 см, влажной губкой &amp;#40;салфеткой&amp;#41; втереть в обивку, через 5-10 мин. вытереть чистой влажной губкой &amp;#40;салфеткой&amp;#41;. При необходимости обработку повторить.2. С парогенератором: приготовить раствор из расчёта 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41;, залить в бак парогенератора, распылить на поверхность с расстояния 10-15 см, вытереть насухо.Примечание: оптимальную концентрацию определять по виду и степени загрязнений, типу поверхности и условиям чистки.Значение pH 1&amp;#37;-раствора: 10,0 ± 0,5.Состав: вода, аПАВ &amp;lt; 5&amp;#37;, нПАВ &amp;lt; 5&amp;#37;, комплексоны, специальные и щелочные добавки, гликоль, ароматизатор &amp;lt; 5&amp;#37;.Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки и спецодежду. Избегать вдыхания при распылении, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, при необходимости обратиться к врачу. Не использовать на натуральных тканях из шерсти, хлопка и шёлка!</t>
+  </si>
+  <si>
+    <t>1015635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3c/99hej9pkum59lvld4vz5k3tyxsgplq0f.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира и нагара, 5 л, PRO-BRITE AMOL, концентрат, 298-5</t>
+  </si>
+  <si>
+    <t>Средство PRO-BRITE AMOL подходит для чистки от стойких пищевых пригаров и жира кухонных плит, пароконвектоматов, жарочного оборудования, духовых шкафов, грилей, вытяжных зонтов, противней, сковород и другой посуды. Свойства: жидкий сильнощелочной концентрат, прозрачный без цвета со специфическим запахом. Удаляет неприятные запахи. Легко смывается. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: использовать распылением, замачиванием или вручную. Проверить стойкость поверхности на незаметном участке! Температурный режим мойки 20-40 °С.1. Для плит и прочего жарочного оборудования: нанести концентрат на охлажденную &amp;#40;40 °С&amp;#41; поверхность, через 5-15 минут растереть и смыть водой.2. Для пароконвектоматов: нанести концентрат на поверхность, включить режим пропаривания &amp;#40;15-20 минут&amp;#41;, промыть поверхности водой.3. Для замачивания инвентаря и посуды: добавить в воду из расчета 1:20 &amp;#40;50 мл средства &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41;, поместить посуду, через 15 минут растереть &amp;#40;при необходимости&amp;#41; и промыть водой.Состав: вода, щелочь, ПАВ, растворители, ИПС, поликарбоксилат, соль.Плотность: 1,19±0,05 г/см при 20 °С.Значение pH 1&amp;#37;-раствора: 12,5±0,5.Предупреждающие меры: опасно! Беречь от детей! Применять строго по назначению указанным способам. Использовать резиновые перчатки, защитные очки или маску и спецодежду. Избегать вдыхания, проглатывания, попадания на кожу и в глаза. После работы тщательно вымыть руки. При попадании на кожу и в глаза вызывает химические ожоги. Вредно при проглатывании. Может вызвать раздражение дыхательных путей. При попадании на кожу и в глаза: осторожно промывать водой несколько минут. Снять контактные линзы, если вы ими пользуетесь и если это легко сделать, продолжить промывание, немедленно обратиться за медицинской помощью. При вдыхании: свежий воздух, покой. При проглатывании: прополоскать рот, немедленно обратиться за медицинской помощью. Не вызывать рвоту! Не смешивать с кислотными препаратами! Не использовать на алюминии и цветных металлах, окрашенных поверхностях!Свидетельство о гос. рег. № RU.47.01.05.015.Е.000060.11.23 от 29.11.2023 г.ТУ 20.41.32-021-42164595-2023.Область применения: Для чистки кухонных плит, духовых шкафов, грилей, коптильных агрегатов, пароуловителей, противней, сковород из нержавеющей стали, чугуна, керамики, стекла, а также хромированных, никелированных и др. щелочестойких поверхностях. Рекомендуется для использования в торговых и деловых центрах; гостиницах; объектах культурного наследия; образовательных &amp;#40; в т.ч. школьных и дошкольных&amp;#41;; ЖКХ; культурно-досуговых; спортивно-оздоровительных; медицинских &amp;#40;ЛПУ&amp;#41;; научных; финансовых; организациях общественного питания; предприятиях пищевой, машиностроительной, легкой, перерабатывающей и др. промышленности; лесопромышленных, агропромышленных и сельскохозяйственных отраслях; вокзалах; аэропортах; автосервисах и СТО; автомойках; на всех видах транспорта; пенитенциарных и иных учреждениях, в быту.</t>
+  </si>
+  <si>
+    <t>1015636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d44/abh5qtozz93wxgpjg64jhogc9twx6kql.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 5 л, PRO-BRITE QUICK SUDS, концентрат, 78078, 044-5</t>
+  </si>
+  <si>
+    <t>Средство для чистки коптильных камер, печей, жарочных шкафов, фритюрниц, грилей, блинниц, противней, вытяжных зонтов и др. оборудования от дымовых смол, копоти и пищевых пригаров. Применимо для мойки полов и стен, а также для удаления копоти после пожара. Область применения: гостиницы и вокзалы, торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, все виды транспорта, в быту.Свойства: жидкий сильнощелочной пенный концентрат против дымовых смол и копоти, пищевых пригаров и жиров, других пищевых загрязнений на поверхностях из нержавеющей стали, чугуна, керамики, а также эмалированных поверхностях, щелочестойких пластиках и т.д. Легко смывается. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: проверить стойкость поверхности на незаметном участке! Использовать пенным способом или замачиванием. Температурный режим мойки 20-85°С.1. Для коптильных камер, печей, вытяжных зонтов: максимальное разбавление 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41;, нанести на поверхность с пеногенератором или вручную, через 10-30 мин растереть и смыть водой.2. Для грилей, жаровен, блинниц и др.: нанести концентрат на поверхность, через 5-10 мин растереть и смыть горячей водой. Нагревание поверхности до 60°С значительно усиливает чистящий эффект.3. Для фритюрниц: слить масло, закрыть клапан, залить водой по уровню наполнения маслом, добавить препарат из расчёта 1:10 &amp;#40;100 мл &amp;#43; 900 мл воды = 1 л 10&amp;#37;-раствора&amp;#41;, нагреть до 85°С, дать остыть, слить раствор, растереть щёткой и промыть водой.4. Для противней, сковород и кастрюль замачиванием: поместить посуду в ванну с водой, добавить препарат из расчёта 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41;, через 15 мин растереть и промыть водой.5. Для мойки полов и стен: максимальное разбавление 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41;, нанести на поверхность и смыть водой. Для удаления копоти после пожара использовать с пеногенератором или вручную 5&amp;#37;-раствор.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, другим условиям мытья.Основные характеристики:состав: вода, щёлочь, ПАВ, поликарбоксилат, соль органическая;плотность: 1,22 ± 0,05 г/см3; при 20°С;значение pH 1&amp;#37;-раствора: 12,5 ± 0,5.Предупреждающие меры: Опасно! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки и спецодежду. Избегать вдыхания при распылении, проглатывания, попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не смешивать с кислотными препаратами! Не использовать на алюминии и цветных металлах, окрашенных поверхностях!Хранение: плотно закрытым в заводской упаковке в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов, а также кислотных препаратов.Срок годности: 3 года от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015637</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/418/pv5s89k2w0e0oryrz93cum2430oetb3d.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 500 мл, EFFECT  quot;Gamma 301 quot;, распылитель, 25681</t>
+  </si>
+  <si>
+    <t>Средство EFFECT &amp;quot;Gamma 301&amp;quot; предназначено для удаления пригоревших пищевых загрязнений с рабочих поверхностей Подходит для сковород, кастрюль, стеклокерамических плит, а также другого кухонного оборудования из стеклокерамики, нержавеющей стали, кафеля и других материалов, устойчивых к действию щелочей. Можно использовать в гостиницах, ресторанах, офисах, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санаторно-курортных, детских, дошкольных и других аналогичных учреждениях.Рекомендации по применению: распылить средство с расстояния 15-20 см на загрязненную, смоченную водой поверхность, выдержать 20 секунд, протереть влажной тряпкой, смыть водой и протереть сухой тряпкой. В случае стойких загрязнений повторить действие, увеличив время обработки до 1 минуты.Состав: более 5&amp;#37;, но менее 15&amp;#37;: смесь растворителей; менее 5&amp;#37;: НПАВ, щелочь, ароматизирующая добавка, краситель. Значение pH – 13,3.Меры предосторожности: будьте осторожны! Средство содержит щелочь. При попадании в глаза и на кожу вызывает раздражение. При попадании средства на слизистые оболочки и кожные покровы промыть большим количеством воды и обратиться к врачу. При попадании в глаза – длительно &amp;#40;15-20 минут&amp;#41; промыть большим количеством воды и обратиться к врачу! При работе со средством использовать резиновые перчатки. Не вдыхать пары средства. Не смешивать с другими веществами. Перед мойкой отключить электроприборы от источников тока. Перед использованием проверить стойкость покрытий в незаметном месте. Не использовать для чистки нарушенных пластиковых и тефлоновых покрытий, окрашенных поверхностей и изделий из алюминия. Условия хранения: хранить при температуре не выше &amp;#43;35 °С в закрытой упаковке в недоступных для детей местах отдельно от пищевых продуктов. Средство замерзает, после размораживания сохраняет свои свойства. Срок годности – 3 года. По истечении срока годности средство и упаковку утилизируют как бытовой отход.</t>
+  </si>
+  <si>
+    <t>1015638</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9df/3wsecnd23i6rhyzmbyjd3jfounspiiq4.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 500 мл, PRO-BRITE GRILL, концентрат, распылитель, 032-05</t>
+  </si>
+  <si>
+    <t>Предназначено для чистки кухонных плит, духовых шкафов, грилей, сковород и другой посуды. Область применения: гостиницы и вокзалы, торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, все виды транспорта, в быту.Свойства: жидкий сильнощелочной низкопенный концентрат против пригаров жира и других пищевых остатков на поверхностях из нержавеющей стали, чугуна, керамики, стекла, а также хромированных, никелированных и прочих щелочестойких поверхностях. Легко смывается. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: энергично встряхнуть бутылку! Проверить стойкость поверхности на незаметном участке! Использовать распылением, замачиванием или вручную.1. Для плит, духовок, грилей: нанести на нагретую до 60°С поверхность &amp;#40;либо на холодную с последующим нагреванием&amp;#41;, через 5-10 мин &amp;#40;после размягчения загрязнения!&amp;#41; растереть и смыть водой. При сильных загрязнениях и на холодных поверхностях обработку повторить, либо увеличить время выдержки. Нагревание поверхности до 60°С значительно усиливает чистящий эффект.2. Для замачивания посуды: добавить в воду из расчёта 1:10 &amp;#40;100 мл &amp;#43; 900 мл воды = 1 л 10&amp;#37;-раствора&amp;#41;, поместить посуду, через 15-20 мин промыть водой. Температурный режим мойки 20-65°С.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и другим условиям мытья.Основные характеристики:состав: вода; щёлочь; ПАВ; поликарбоксилат; комплексон; фосфат; ароматизатор.;плотность: 1,13±0,05 г/см3; при 20°С;значение pH 1&amp;#37;-раствора: 12,5±0,5.Предупреждающие меры: Опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки и спецодежду. Избегать вдыхания при распылении, проглатывания, попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не смешивать с кислотными препаратами! Не использовать на алюминии и цветных металлах, окрашенных поверхностях!Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c1/eafwo7eyijkuhrtkb1wgrg5eu1rhyo4m.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара PERKLIN  ПЕРКЛИН  АНТИЖИР, 5 л, 700612</t>
+  </si>
+  <si>
+    <t>PERKLIN АНТИЖИР - концентрированное средство для удаления застарелого жира, нагара и копоти со сковородок, плит, решеток, коптильных камер, фритюрниц, духовых шкафов, микроволновых печей и др. Средство объемом 5 л максимально эффективно справляется с застарелыми загрязнениями.Состав: 30&amp;#37; и более вода очищенная; менее 5&amp;#37;: неионогенные ПАВ, соль ЭДТА, гидроксид натрия, гидроксид калия, органический растворитель, ароматизирующая добавка.Способ применения:Нанести на поверхность, оставить на 1 минуту, убрать пену, смыть водой, при необходимости повторить процедуру. Максимальное время выдержки на поверхности – 2 минуты.Область применения: для удаления застарелого жира, нагара и копоти со сковородок, плит, решеток, коптильных камер, фритюрниц, духовых шкафов, микроволновых печей и др. Может для бытового и профессионального использования, на автомойках, на предприятиях торговли, общественного питания, в гостиницах и в жилищно-коммунальном хозяйстве, в детских школьных и дошкольных учреждениях, а также учреждениях здравоохранения &amp;#40;больницах, поликлиниках, аптеках и иных организациях&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015640</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/perklin/"&gt;PERKLIN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16f/8ef8kq2usk0738heukcx94qgtpu42p7j.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара PERKLIN  ПЕРКЛИН  АНТИЖИР, 600 мл, 700611</t>
+  </si>
+  <si>
+    <t>PERKLIN АНТИЖИР – концентрированное средство для удаления застарелого жира, нагара и копоти со сковородок, плит, решеток, коптильных камер, фритюрниц, духовых шкафов, микроволновых печей и др. Средство объемом 600 мл максимально эффективно справляется с застарелыми загрязнениями.Состав: 30&amp;#37; и более вода очищенная; менее 5&amp;#37;: неионогенные ПАВ, соль ЭДТА, гидроксид натрия, гидроксид калия, органический растворитель, ароматизирующая добавка.Способ применения:Повернуть насадку распылителя в положение распыления. Нанести на поверхность, оставить на 1 минуту, убрать пену, смыть водой, при необходимости повторить процедуру. Максимальное время выдержки на поверхности – 2 минуты.Область применения: для удаления застарелого жира, нагара и копоти со сковородок, плит, решеток, коптильных камер, фритюрниц, духовых шкафов, микроволновых печей и др. Может для бытового и профессионального использования, на автомойках, на предприятиях торговли, общественного питания, в гостиницах и в жилищно-коммунальном хозяйстве, в детских школьных и дошкольных учреждениях, а также учреждениях здравоохранения &amp;#40;больницах, поликлиниках, аптеках и иных организациях&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015641</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a79/kswo644vq8sd7ylwewnk73m93aavmepx.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки сантехники 520 мл, УТЕНОК  quot;Антиналет и ржавчина quot;, распылитель, 865017</t>
+  </si>
+  <si>
+    <t>УТЕНОК средство специально создано для удаления самых сложных пятен в ванной. Быстро устраняет ржавчину, мыльные отложения и въевшуюся грязь. Устраняет 100&amp;#37; известкового налета. Возвращает поверхностям первоначальный блеск. Легко проникает даже в самые труднодоступные места. Убивает 99,99&amp;#37; вирусов и бактерий. Идеально подходит для очистки поверхностей из нержавеющей стали, латуни, хромированных поверхностей, фарфора, керамической плитки, стекла, пластика. Не применять для чистки поврежденных или растрескавшихся, а также чувствительных к действию кислот поверхностей &amp;#40;мрамор, натуральный камень, эмалированные, алюминиевые, стеклокерамические поверхности, посеребренные, позолоченные детали&amp;#41;. Эффективность обеззараживания в отношении исследованных вирусов &amp;#40;аденовирус, вирус полиомиелита&amp;#41;, бактерий &amp;#40;E.coli, S.aureus, P.aeruginosa&amp;#41; достигается при экспозиции от 2 минут.Способ применения: поверните носик распылителя в положение ON. Нанесите средство на поверхность, нажимая на курок. Протрите загрязненную поверхность с помощью губки и через 2-5 минут смойте водой. Перед первым применением протестируйте на незаметном участке поверхности. ОПАСНО! При попадании в глаза вызывает необратимые последствия. При попадании на кожу вызывает раздражение. Вредно для водных организмов. МЕРЫ ПРЕДОСТОРОЖНОСТИ. Беречь от детей. Не вдыхать пары средства. Использовать только в хорошо проветриваемых помещениях. При необходимости обратиться за медицинской помощью, показать маркировку продукта. Не смешивать с другими чистящими и отбеливающими средствами. Избегать попадания в окружающую среду. Не допускать попадания в глаза, использовать резиновые перчатки и средства защиты глаз. Не глотать! После работы тщательно вымыть руки. ПРИ ПОПАДАНИИ В ГЛАЗА: осторожно промыть глаза водой в течение нескольких минут. Снять контактные линзы, если вы ими пользуетесь и если это легко сделать. Продолжить промывание глаз. Немедленно обратиться за медицинской помощью. ПРИ ПРОГЛАТЫВАНИИ: немедленно обратиться за медицинской помощью.Срок годности: 2 года от даты изготовления &amp;#40;см. возле штрихкода&amp;#41;. После использования или по окончании срока годности упаковку/содержимое утилизировать как бытовые отходы.Состав: вода; более 5&amp;#37; но менее 15&amp;#37;: сульфаминовая кислота, лимонная кислота моногидрат; менее 5&amp;#37;: метиловый эфир дипропиленгликоля, н-ПАВ, отдушка, краситель.ТУ 20.41.32-012-18578805-2021.</t>
+  </si>
+  <si>
+    <t>1015642</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tualetnyj-utenok/"&gt;Туалетный утенок&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a8/1inlw47drrbhvw63b5qy6n5g17t2mkw9.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки сантехники 520 мл, УТЕНОК  quot;Экспресс-уборка quot;, распылитель, 865016</t>
+  </si>
+  <si>
+    <t>УТЕНОК &amp;quot;Экспресс-уборка&amp;quot; идеально подходит для ежедневной уборки и очищения различных типов поверхностей в ванной комнате. Отлично справляется с мыльным налетом и въевшейся грязью. Возвращает ванной комнате первоначальный блеск. Средство идеально подходит для ежедневной уборки и очищения различных типов поверхностей: раковин, плит, столешниц, керамической плитки, хромированных деталей, поверхностей из нержавеющей стали, винила, стеклопластика, фарфора. Убивает 99,99&amp;#37; вирусов и бактерий. Эффективность обеззараживания в отношении исследованных вирусов &amp;#40;аденовирус&amp;#41;, бактерий &amp;#40;E.coli, S.aureus, S. typhimurium, P.aeruginosa&amp;#41; достигается при экспозиции от 10 минут. Способ применения: поверните носик распылителя в положение ОN. С расстояния 20 см обильно нанесите средство на поверхность, нажимая на курок. При сильных загрязнениях оставьте средство на несколько минут, затем протрите губкой и смойте. Для уничтожения микроорганизмов оставьте средство на 10 минут, затем смойте. Перед первым применением всегда тестируйте на незаметном участке поверхности. Во время очистки бытовую технику отключите от электросети, не допускайте попадания средства в продукты питания. ОСТОРОЖНО! При попадании в глаза вызывает раздражение. При попадании на кожу вызывает слабое раздражение. Вредно для водных организмов с долгосрочными последствиями.МЕРЫ ПРЕДОСТОРОЖНОСТИ: беречь от детей! Не вдыхать пары средства. Использовать только в хорошо проветриваемых помещениях. Не смешивать с другими чистящими средствами. После работы тщательно вымыть руки. При возникновении раздражения кожи обратиться за медицинской помощью. ПРИ ПОПАДАНИИ В ГЛАЗА: осторожно промыть глаза водой в течение нескольких минут. Снять контактные линзы, если вы ими пользуетесь и если это легко сделать. Продолжить промывание глаз. Если раздражение глаз не проходит, обратиться за медицинской помощью. Не глотать! При необходимости обратиться за медицинской помощью, показать маркировку продукта. Избегать попадания в окружающую среду.Срок годности: 2 года от даты изготовления. После использования или по окончании срока годности упаковку/содержимое утилизировать как бытовые отходы.Состав: вода; менее 5&amp;#37;: диизопропаноламин, н-ПАВ, амфотерное ПАВ, алкил C12-16 диметилбензиламмоний хлорид, отдушка, тетранатрий иминодисукцинат.ТУ 20.41.32-017-18578805-2023.</t>
+  </si>
+  <si>
+    <t>1015643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b9/s2bw4ie37jpfoi90bgw44nmcznqjncuh.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее 5 л, PRO-BRITE TRIO-GEL, с отбеливающим эффектом, концентрат, 067-5</t>
+  </si>
+  <si>
+    <t>Предназначено для чистки и отбеливания стен, столов, рабочих поверхностей, инвентаря и посуды, унитазов, раковин, ванн, полов и других поверхностей. Применимо для устранения неприятных запахов из сточных труб, а также для уборки туалетов для животных. Область применения: организации общественного питания, пищевые производства, медицинские, образовательные &amp;#40;в т. ч. школьные и дошкольные&amp;#41;, научные, финансовые, спортивно-оздоровительные и культурно-досуговые учреждения, торговые и деловые центры, предприятия промышленности, гостиницы и вокзалы, все виды транспорта, в быту.Свойства: гелеобразный сильнощелочной концентрат, прозрачный светло-жёлтого цвета с хлорным запахом, с содержанием активного хлора 4&amp;#37; против пищевых, улично-бытовых, мыльных и слизистых загрязнений, а также серого налёта и следов плесени на керамических, каменных, пластиковых и деревянных поверхностях, на нержавеющей стали. Уничтожает патогенные микроорганизмы, в т.ч. плесень. Легко смывается. Пожаро и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: использовать вручную или замачиванием. Температурный режим мойки 20-40°С.1. Для чистки и отбеливания унитаза: использовать концентрат, распределить гель по поверхности, через 3-5мин смыть водой.2. Для уборки полов и стен: максимальное разбавление 1/100 &amp;#40;10мл &amp;#43; 990мл воды = 1л 1&amp;#37;-раствора&amp;#41;, нанести раствор на поверхность и смыть водой.3. Для отбеливания посуды и инвентаря: в тёплую &amp;#40;около 40°С&amp;#41; воду добавить из расчёта 1/10 &amp;#40;100мл &amp;#43; 900мл воды = 1л 10&amp;#37;-раствора&amp;#41;, поместить посуду &amp;#40;инвентарь&amp;#41;, через 10-25мин &amp;#40;после достижения нужного эффекта!&amp;#41; промыть водой.4. Для удаления следов плесени: использовать концентрат, нанести гель на пятно, через?20мин растереть щёткой и смыть водой.5. Для устранения неприятных запахов из сточных труб: залить 250-500мл концентрата в сток, через 15-30мин смыть водой.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и др. условиям мойки.Основные характеристики:Состав: вода; хлорный дезинфектант; ПАВ; щёлочь; соль; комплексон; ароматизатор.Плотность: 1,10±0,05 г/см3 при 20°С.Значение pH 1&amp;#37;-раствора: 11,5±0,5 Предупреждающие меры: Опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, спецодежду, респиратор и защитные очки. Избегать вдыхания паров, проглатывания, попадания на кожу и в глаза. При попадании на кожу или волосы промыть водой, в глаза – осторожно промывать водой несколько минут, обратиться к врачу. Не смешивать с кислотными препаратами! Не использовать на алюминии и цветных металлах, а также для мойки ламината, паркета и полов из пробки! Не допускать попадания концентрата в открытые водоёмы!Хранение: плотно закрытым в заводской упаковке в тёмном сухом недоступном детям и животным месте отдельно от пищевых продуктов и кормов, а также кислотных препаратов. Не допускать воздействия прямых солнечных лучей и нагрева более 30°С!Срок годности: 18 месяцев от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;. По истечении срока годности или при нарушении условий хранения эффективность препарата снижается.</t>
+  </si>
+  <si>
+    <t>1015644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/772/l5q1l9gp5yzj2kr0em3tzry75u6f03ya.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее c дезинфицирующим эффектом 5 л PRO-BRITE SEPTA 200, концентрат, 191-5</t>
+  </si>
+  <si>
+    <t>Предназначено для мытья различных поверхностей. Применимо для мытья скорлупы яиц на птицефабриках, оборудования на пищевых производствах, а также для заполнения дезковриков. Область применения: организации общественного питания, пищевые производства, торговые и деловые центры, медицинские, образовательные &amp;#40;включая школьные и дошкольные&amp;#41;, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, предприятия промышленности, гостиницы и вокзалы, все виды транспорта, в быту.Свойства: жидкий щелочной низкопенный концентрат без запаха против улично-бытовых, жировых и других загрязнений на водостойких поверхностях, в т.ч. на алюминии. Уничтожает патогенные микроорганизмы &amp;#40;кроме туберкулёза и споровых форм&amp;#41; при t воздуха &amp;#8805; 5°С. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания возможно помутнение, свойства сохраняются.Способ применения: приготовить раствор. Температурный режим мытья - 20-60°С. Использовать с поломоечной или роторной машиной, АВД, замачиванием, распылением или вручную. Нанести на поверхность, через 5-15 мин вытереть насухо, либо смыть тёплой водой. Максимальное разбавление:- 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для мытья;- 1:65 &amp;#40;16 мл &amp;#43; 984 мл воды = 1 л 1,6&amp;#37;-раствора&amp;#41; для заполнения дезковриков;- 1:10 &amp;#40;100 мл &amp;#43; 900 мл воды = 1 л 10&amp;#37;-раствора&amp;#41; для мытья скорлупы яиц машинным способом или вручную. При обработке вручную раствор использовать однократно!Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и другим условиям мытья.Основные характеристики:Состав: ПАВ, бензалкониум хлорид, щелочные добавки, смачиватели, комплексоны и вода.Плотность: 1,02 г/см&amp;#179; при 20°С.Значение pH 1&amp;#37;-раствора: 11,0 ± 0,5.Меры предосторожности: Осторожно! Беречь от детей! Использовать резиновые перчатки и спецодежду. Избегать вдыхания при распылении, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, при необходимости обратиться к врачу. Не смешивать с кислотными и хлорсодержащими препаратами!Хранение: плотно закрытым в заводской упаковке в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015645</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ff/b0w84muzps22zlquzzp0ky2qv8frj2w7.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее для пароконвектоматов 5 л, PRO-BRITE STRONG, щелочное, 248-5</t>
+  </si>
+  <si>
+    <t>Средство для пароконвектоматов со встроенными автоматическими системами мойки двумя препаратами &amp;#40;моющим средством и ополаскивателем&amp;#41;. Область применения: гостиницы и вокзалы, торговые и деловые центры, медицинские, образовательные &amp;#40;в т.ч. в школьных и дошкольных учреждениях, ВУЗах&amp;#41;, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, все виды транспорта, в быту.Свойства: жидкий сильнощелочной готовый к применению препарат против пригаров жиров, крахмала, белковых и других пищевых загрязнений. Не вызывает коррозию и потемнение поверхностей. Предотвращает образование известкового налёта. Легко смывается. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: заполнить препаратом отделение &amp;#40;бачок&amp;#41;, предназначенное для моющего средства, автоматической системы мойки. Далее действовать по инструкции производителя пароконвектомата.Состав: ПАВ, щёлочь, комплексоны, ингибиторы коррозии, краситель, вода.Плотность: 1,13 г/см3; при 20 °C.Значение pH 1&amp;#37;-раствора: 12,5 ± 0,5.Меры предосторожности: опасно! Использовать резиновые перчатки, защитные очки и спецодежду. Избегать проглатывания, попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не смешивать с кислотными препаратами!Хранение: плотно закрытым, в заводской упаковке, в тёмном сухом месте, отдельно от пищевых продуктов и кормов для животных, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c1/2licdb703mwt9b08iv6k3hjnqxjk27w8.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 5 л, PRO-BRITE D-CONCENTRATE, щелочное, низкопенное, концентрат, 037-5</t>
+  </si>
+  <si>
+    <t>Средство для мытья различных поверхностей. Рекомендуется для мытья кафеля и другой керамики. Область применения: торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, гостиницы и вокзалы, все виды транспорта, в быту.Свойства: жидкий щелочной низкопенный концентрат против улично-бытовых загрязнений на кафеле и другой керамике, стёклах, металлах, камне, терраццо, асфальте, бетоне, каучуке, ПВХ-линолеуме и прочих пластиках, текстиле, деревянных, окрашенных и других поверхностях. Эффективен в жёсткой воде. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются. Способ применения: приготовить раствор. Температурный режим мытья - 20-60°С. Использовать с поломоечной машиной, распылением или вручную. Нанести на поверхность, через 1-3 мин растереть и вытереть насухо или смыть &amp;#40;при необходимости&amp;#41; водой. Максимальное разбавление:- 1:200 &amp;#40;5 мл &amp;#43; 995 мл воды = 1 л 0,5&amp;#37;-раствора&amp;#41; для ежедневного мытья полов и стен;- 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для ежедневного мытья деревянных поверхностей и пластика;- 1:50 &amp;#40;20 мл &amp;#43; 980 мл воды = 1 л 2&amp;#37;-раствора&amp;#41; для мытья полов в спортзалах, а также нержавеющей стали и алюминия;- 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41; для генеральной уборки.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и другим условиям мытья.Основные характеристики:Состав: вода; ПАВ; комплексон; соль; поликарбоксилат; кислота; щёлочь; краситель; ароматизатор.Плотность: 1,12±0,05 г/см3 при 20°С.Значение pH 1&amp;#37;-раствора: 11,0±0,5Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки и спецодежду. Избегать вдыхания при распылении, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, при необходимости обратиться к врачу.Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов для животных, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления&amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015647</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/100/3fti7043xnv1ydsbgpyodnmnsrt6gfm3.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 5 л, PRO-BRITE HEAVY DUTY, щелочное, низкопенное, концентрат, 009-5</t>
+  </si>
+  <si>
+    <t>Средство для мытья полов и стен, а также вытяжных зонтов и дымоходов, СВЧ-печей, холодильников, столов, подоконников и окон, плинтусов, мусоропроводов, раковин, ванн, водостоков и другого оборудования. Область применения: организации общественного питания, торговые и деловые центры, медицинские, образовательные &amp;#40;включая школьные и дошкольные&amp;#41;, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, предприятия промышленности, гостиницы и вокзалы, все виды транспорта, в быту.Рекомендуется для холодильного и морозильного оборудования после размораживания, а также кондиционеров. Применимо против чайных, кофейных пятен и пятен колы на пористой керамической плитке. Применимо для профилактики органических засоров в сточных трубах и для удаления зимой дорожной соли во входных зонах учреждений.Свойства: жидкий щелочной низкопенный концентрат против жировых, мыльных, улично-бытовых и других загрязнений, в т.ч. косметики, графитового порошка и т.д. на кафеле и другой керамике, стёклах, алюминии, цветных и других металлах, камне, терраццо, асфальте, бетоне, каучуке, ПВХ-линолеуме и других пластиках, деревянных, текстильных, окрашенных и прочих поверхностях. Удаляет неприятные запахи. Отбеливает пластик. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: приготовить раствор. Температурный режим мытья - 20-60°С. Использовать с поломоечной или роторной машиной, распылением или вручную. Нанести на поверхность и вытереть насухо, либо смыть водой. Максимальное разбавление:- 1:60 &amp;#40;17 мл &amp;#43; 983 мл воды = 1 л 1,7&amp;#37;-раствора&amp;#41; для ежедневной уборки;- 1:40 &amp;#40;25 мл &amp;#43; 975 мл воды = 1 л 2,5&amp;#37;-раствора&amp;#41; для ПВХ-линолеума и других пластиков, асфальта, резины, а также светильников;- 1:30 &amp;#40;34 мл &amp;#43; 966 мл воды = 1 л 3,4&amp;#37;-раствора&amp;#41; для мрамора и терраццо, а также для холодильников;- 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41; для генеральной уборки, для кондиционеров и воздуховодов, поверхностей из бетона и нержавеющей стали;- 1:10 &amp;#40;100 мл &amp;#43; 900 мл воды = 1 л 10&amp;#37;-раствора&amp;#41; для бассейнов, для маслосборников, конвейеров, типографского оборудования, стоек душа;- 1:4 &amp;#40;250 мл &amp;#43; 750 мл воды = 1 л 25&amp;#37;-раствора&amp;#41; для кухонного оборудования, воздушных фильтров, сантехнического фарфора;- 1:3 &amp;#40;334 мл &amp;#43; 666 мл воды = 1 л 33&amp;#37;-раствора&amp;#41; для двигателей, выхлопных труб, дымоходов;- 1:2 &amp;#40;500 мл &amp;#43; 500 мл воды = 1 л 50&amp;#37;-раствора&amp;#41; для удаления следов резины.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и другим условиям мытья.Основные характеристики:Состав: вода, фосфаты, растворители, комплексон, ПАВ, щёлочь, краситель.Плотность: 1,02±0,05 г/см3 при 20°C.Значение pH 1&amp;#37;-раствора: 11,0 ± 0,5.Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки. Избегать вдыхания при распылении, проглатывания, попадания на кожу и в глаза. При попадании на кожу и в глаза промыть водой, при необходимости обратиться к врачу. Не смешивать с кислотными препаратами!Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов для животных, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015648</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/804/fpqj7xe6ahkdbdvblg8w3y302w73rakm.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 5 л, PRO-BRITE REAL, щелочное, низкопенное, концентрат, 169-5</t>
+  </si>
+  <si>
+    <t>Жидкий щелочной низкопенный концентрат против улично-бытовых загрязнений на кафеле и другой керамике, стёклах, металлах, камне, терраццо, асфальте, бетоне, каучуке, ПВХ-линолеуме и др. пластиках, деревянных, текстильных, окрашенных и прочих поверхностях. Назначение: для мытья водостойких поверхностей.Область применения: торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, гостиницы и вокзалы, все виды транспорта, в быту.Свойства: жидкий щелочной низкопенный концентрат против улично-бытовых загрязнений на кафеле и другой керамике, стёклах, металлах, камне, терраццо, асфальте, бетоне, каучуке, ПВХ-линолеуме и прочих пластиках, деревянных, текстильных, окрашенных и других поверхностях. Не содержит агрессивных веществ. Не требует смывания. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: приготовить раствор. Температурный режим мытья - 20-60°С. Использовать с поломоечной машиной, распылением или вручную. Нанести на поверхность, через 2-3 мин растереть и вытереть насухо, либо смыть &amp;#40;при необходимости&amp;#41; водой. Максимальное разбавление:- 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для ежедневной уборки вручную;- 1:50 &amp;#40;20 мл &amp;#43; 980 мл воды = 1 л 2&amp;#37;-раствора&amp;#41; для деревянных поверхностей, кожи и пластика;- 1:30 &amp;#40;34 мл &amp;#43; 966 мл воды = 1 л 3,4&amp;#37;-раствора&amp;#41; для нержавеющей стали и алюминия;- 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41; для транспорта и пластиковой тары;- 1:10 &amp;#40;100 мл &amp;#43; 900 мл воды = 1 л 10&amp;#37;-раствора&amp;#41; для генеральной уборки, а также для полов в спортзалах &amp;#40;с горячей водой&amp;#41;.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и другим условиям мытья.Основные характеристики:Состав: вода, соли неорганические, ПАВ, поликарбоксилат, гликоль, ароматизирующая добавка, пеногаситель.Плотность: 1,04 ± 0,05 г/см3 при 20 °С.Значение pH 1&amp;#37;-раствора: 11,0 ± 0,5.Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки и спецодежду. Избегать вдыхания при распылении, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, при необходимости обратиться к врачу.Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов для животных, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a85/4yoybm4z2x1699s41t2rv61rfqeuoibi.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 5 л, PRO-BRITE REM-300, щелочное, низкопенное, концентрат, 069-5</t>
+  </si>
+  <si>
+    <t>Предназначено для мытья оборудования, полов и стен. Рекомендуется для мытья полов и стен в ремонтных и технических зонах, на пищевых предприятиях и профессиональной кухне. Назначение: для мойки оборудования, полов и стен. Рекомендуется для мойки полов и стен в ремонтных и технических зонах, на пищевых предприятиях и профессиональной кухне.Область применения: автомастерские, автосервисы, СТО, автосалоны, депо, пищевые предприятия, организации общественного питания, гаражи и парковки торговых и деловых центров, медицинских, образовательных, научных, финансовых, спортивно-оздоровительных, культурно-досуговых и иных учреждений, предприятий промышленности, гостиниц и вокзалов, все виды транспорта.Свойства: жидкий щелочной низкопенный концентрат против жировых, улично-бытовых и др. загрязнений, в т.ч. битума, мазута и др. нефтепродуктов на нержавеющей стали, кафеле и др. керамике, камне, наливных полах и др. поверхностях. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: приготовить раствор. Температурный режим мойки 20-60 °С. Использовать с поломоечными или роторными машинами, распылением и вручную. Нанести на поверхность, растереть &amp;#40;при необходимости&amp;#41; и смыть водой &amp;#40;менее чем через 1ч после нанесения!&amp;#41; Максимальное разбавление:- 1:150 &amp;#40;7 мл &amp;#43; 993 мл воды = 1 л 0,7&amp;#37;-раствора&amp;#41; для ежедневной уборки вручную; - 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для мойки пищевого оборудования, а также для мойки с поломоечными машинами;- 1:80 &amp;#40;12,5 мл &amp;#43; 987,5 мл воды = 1 л 1,25&amp;#37;-раствора&amp;#41; для ежедневной уборки в мастерских, ремонтных и технических зонах, а также для мойки транспорта;- 1:60 &amp;#40;17 мл &amp;#43; 983 мл воды = 1 л 1,7&amp;#37;-раствора&amp;#41; для генеральной уборки вручную.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и др. условиям мойки.Основные характеристики:Состав: вода; ПАВ; растворитель; комплексон; соль; щёлочь; поликарбоксилат.Плотность: 1,06 ± 0,05 г/см3 при 20 °С. Значение pH 1&amp;#37;-раствора: 12,0 ± 0,5.Предупреждающие меры: Опасно! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки/маску и спецодежду. Избегать вдыхания при распылении, проглатывания, попадания на кожу и в глаза. При попадании на кожу или волосы промыть водой, в глаза – осторожно промывать водой несколько минут, обратиться к врачу. Не смешивать с кислотными препаратами! Не использовать на алюминии, меди, латуни и др. цветных металлах!</t>
+  </si>
+  <si>
+    <t>1015650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b06/nblq7t207gjm36lwtbvkpjpy9nouxce1.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 5 л, МОСКОВСКИЙ BLITZ, концентрат, аналог ПРОГРЕСС, 1100010</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное МОСКОВСКИЙ BLITZ предназначено для мытья и обезжиривания различных твердых поверхностей: посуды, поверхностей бытового и производственного оборудования, стен и полов. Также возможно применение на поверхностях из линолеума, камня, металла, стекла, керамики, фаянса, ПВХ.Подходит для мытья и обезжиривания кухонной посуды, чистки ковровых изделий и твердых покрытий в быту и на предприятиях общественного питания, в лечебно-профилактических и общеобразовательных учреждениях. Хорошо расщепляет жиры в холодной воде любой жесткости, не сушит и не раздражает кожу рук, хорошо смывается водой.Состав: вода, более 5&amp;#37;, но менее 15&amp;#37; анионные поверхностно-активные вещества, менее 5&amp;#37; амфотерные ПАВ, менее 5&amp;#37; хлорид натрия, комплексообразователь, активные добавки, ароматизатор, краситель.</t>
+  </si>
+  <si>
+    <t>1015651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffd/wbaiyjovvj09osdpxw54h5b8p1rvzkwe.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 500 мл, PRO-BRITE HEAVY DUTY, щелочное, низкопенное, распылитель, 179-05</t>
+  </si>
+  <si>
+    <t>1015652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/572/3r26r8g1mf2binbbbgd2cr8s5qssgbib.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 500 мл, PRO-BRITE SPRAY CLEANER, щелочное, низкопенное, распылитель, 003-05</t>
+  </si>
+  <si>
+    <t>Средство для чистки аудио- и видеоаппаратуры, ЖК-мониторов и экранов телевизоров, плазменных панелей, оргтехники, мебели, стен, окон, подоконников и других твёрдых поверхностей. Область применения: торговые и деловые центры, гостиницы, образовательные &amp;#40;в т.ч. школьные и дошкольные&amp;#41;, культурно-досуговые, спортивно-оздоровительные, медицинские, научные, финансовые и иные учреждения, организации общественного питания, предприятия промышленности, вокзалы, все виды транспорта, в быту.Свойства: жидкий щелочной низкопенный, готовый к применению препарат против бытовых, лёгких жировых и других загрязнений, в т.ч. следов косметики, чернил, скотч-клея и т.д. на пластиках, керамике, камне, металлах, стекле, деревянных, лакированных, окрашенных и других поверхностях. Не содержит агрессивных веществ, в т.ч. щелочей. Не оставляет разводов. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: распылить на поверхность или нанести смоченной салфеткой, вытереть насухо.Основные характеристики:Состав: вода; растворители; ПАВ; комплексон; ароматизатор; краситель.Плотность: 1,00±0,01 г/см3 при 20°С.Значение pH: 10,0±0,5 Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки. Избегать вдыхания при распылении, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, при необходимости обратиться к врачу.Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов для животных.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3e/tpiupckgc1ob9dhhz4e0wpaqpe8d18m2.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное, 5 л, PRO-BRITE BLUE CONCENTRATE, низкопенное, концентрат, 001-5</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное PRO-BRITE BLUE CONCENTRATE – это жидкий концентрат против улично-бытовых загрязнений на керамической плитке, стеклах, металлах, камне, терраццо, каучуке, ПВХ-линолеуме и других пластиках. Область применения: торговые и деловые центры, медицинские, образовательные &amp;#40;в том числе школьные и дошкольные&amp;#41;, научные, финансовые, спортивно-оздоровительные, культурно-досуговые учреждения, гостиницы и вокзалы, все виды транспорта, бытовые помещения.Свойства: эффективен в мягкой воде и воде средней жесткости. Не содержит щелочей. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: использовать с поломоечной машиной, распылением или вручную. Приготовить раствор. Температурный режим мойки 20-60 °С. Нанести на поверхность, через 1-2 минуты растереть и вытереть насухо или смыть &amp;#40;при необходимости&amp;#41; водой. Максимальное разбавление:– 1:200 &amp;#40;5 мл средства &amp;#43; 995 мл воды = 1 л 0,5&amp;#37;-раствора&amp;#41; для ежедневной мойки полов и стен;– 1:100 &amp;#40;10 мл средства &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для ежедневной мойки деревянных поверхностей и пластика;– 1:50 &amp;#40;20 мл средства &amp;#43; 980 мл воды = 1 л 2&amp;#37;-раствора&amp;#41; для мойки полов в спортзалах, а также нержавеющей стали и алюминия;– 1:20 &amp;#40;50 мл средства &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41; для генеральной уборки.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жесткости и температуре воды, типу поверхности.Состав: вода; ПАВ; комплексон; соль; краситель; ароматизатор. Плотность: 1,10±0,05 г/см при 20 °С. Значение pH 1&amp;#37;-раствора: 11,0±0,5. Предупреждающие меры: осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки. Избегать вдыхания при распылении, а также проглатывания и попадания на кожу и в глаза. При попадании на кожу или волосы промыть водой, в глаза – осторожно промывать водой несколько минут. Если раздражение глаз не проходит, обратиться к врачу.ТУ 2383-001-15179298-2010. Не подлежит обязательной сертификации и декларированию.</t>
+  </si>
+  <si>
+    <t>1015654</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99f/a5vxrk5hqknwd2xyvwc45n4457534wsh.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 1 кг, SANFOR WC gel  Санфор гель   quot;Special Black quot;, 1953</t>
+  </si>
+  <si>
+    <t>Чистящее средство SANFOR WC gel &amp;quot;Special Black&amp;quot; – это современный подход к генеральной уборке туалета и ванной! Густой гель для туалета с улучшенной формулой. На 100&amp;#37; удаляет известковый налет и растворяет мочевой камень. Эффективно очищает поверхности унитазов, биде и писсуаров. Убивает 99,9&amp;#37; микробов и устраняет неприятные запахи. Оставляет после уборки аромат цветущей сакуры. Чистота и гигиена надолго!Состав: более 5&amp;#37;, но менее 15&amp;#37;: АПАВ, кислота щавелевая, менее 5&amp;#37;: лимонная кислота, краситель, ароматизирующая добавка.Способ применения: • Унитазы: нанести средство под ободок и распределить внутри унитаза, выдержать не более 10 минут, почистить и смыть водой. При необходимости обработку повторить. • Раковины, ванны: обработать средством и смыть водой. • Кафельные поверхности: мыть раствором 50 мл средства на 1 л воды.Новая эффективная гель-формула разработана Институтом бытовой химии на основе изучения лучших чистящих средств от мировых лидеров. Безупречно устраняет известковый налет, ржавчину.</t>
+  </si>
+  <si>
+    <t>1015655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d5/x5hnp3qs69bfvreou3iszr6pee79s406.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 1,5 л, SANFOR Universal  quot;Лимонная свежесть quot;, гель, 24503</t>
+  </si>
+  <si>
+    <t>Чистящее средство SANFOR Universal &amp;quot;Лимонная свежесть&amp;quot; подходит для туалетных и ванных комнат, а также для кухни. Универсальный антимикробный гель с хлором для чистки разных поверхностей в туалетных и ванных комнатах, на кухне.Удаляет серый налет, жировые, мыльные загрязнения, плесень. Убивает микробы и устраняет неприятные запахи.Состав: более 5&amp;#37;, но менее 15&amp;#37; гипохлорит натрия; менее 5&amp;#37;: АПАВ или мыло на основе натуральных жирных кислот, НПАВ, щелочь, ароматизатор.Способ применения: • Раковины, ванны, унитазы, керамическая плитка: нанести средство на поверхность, при необходимости выдержать 2-5 минут, почистить и тщательно смыть. Для уничтожения микробов и удаления стойких загрязнений – выдержать 30 минут и смыть водой. • Канализационные стоки: налить средство в водосток &amp;#40;250 мл&amp;#41;, оставить на ночь. • Напольные, настенные, акриловые и другие твердые моющиеся поверхности: мыть раствором 20 мл средства на 5 л воды.</t>
+  </si>
+  <si>
+    <t>1015656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f56/po81avfro7ne4xiy5m1gg120o8hz4ft3.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 400 г, PRO-BRITE MARIO, порошок, 285-04</t>
+  </si>
+  <si>
+    <t>Чистящее средство для абразивной чистки различных кухонных и иных поверхностей. Область применения: организации общественного питания &amp;#40;включая столовые школьных и дошкольных учреждений&amp;#41;, пищевые производства, в быту.Свойства: порошок частично растворимый абразивный против пригаров жиров и других пищевых остатков, пигментированных, улично-бытовых и других загрязнений, в т.ч. пятен кофе, чая и т.д. на фарфоре, фаянсе и другой керамике, эмали, металлах, пластиках и пр. Не царапает поверхность. Уничтожает патогенные микроорганизмы. Устраняет неприятные запахи. Пожаро- и взрывобезопасный.Способ применения: нанести на увлажнённую поверхность, растереть сразу или через 5-7 мин &amp;#40;по степени загрязнения&amp;#41;, смыть водой и вытереть насухо.Примечание: не оставлять открытым на воздухе!Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки. Избегать формирования пыли и её вдыхания, проглатывания и попадания раствора в глаза. При попадании в глаза промыть водой, при необходимости обратиться к врачу.Хранение: плотно закрытым в заводской упаковке в тёмном сухом недоступном детям и животным месте отдельно от пищевых продуктов и кормов. Не допускать увлажнения! Гигроскопично!Состав: абразив, соли неорганические, щёлочь, хлорное соединение, ПАВ, ароматизирующая добавка.Значение pH: не применимо.</t>
+  </si>
+  <si>
+    <t>1015657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/867/ycser2d2j85ehl92e2e3d5rydxia7r45.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 500 мл, PRO-BRITE VEKSA, против плесени, отбеливающее, концентрат, распылитель, 091-05</t>
+  </si>
+  <si>
+    <t>Средство для чистки и отбеливания различных поверхностей, пищевого инвентаря и посуды, сантехнического, в т.ч. эмалированного, оборудования. Область применения: организации общественного питания, пищевые производства, образовательные &amp;#40;в т.ч. школьные и дошкольные&amp;#41;, медицинские, спортивно-оздоровительные учреждения, другие коммунальные объекты, все виды транспорта, в быту.Свойства: жидкий щелочной концентрат с содержанием активного хлора 2&amp;#37; против пищевых, бытовых и пигментированных загрязнений, а также желтизны, следов плесени и никотиновых смол на керамических, каменных, пластиковых и деревянных поверхностях, на нержавеющей стали. Уничтожает различные патогенные микроорганизмы, в т.ч. плесневые микрогрибы и их споры. Устраняет неприятные запахи пищевого происхождения, в т.ч. рыбный и гнилостный. Легко смывается. Биоразлагаемый. Пожаро- и взрывобезопасный. Возможно выпадение осадка. Замерзает, после размораживания свойства сохраняются.Способ применения: температурный режим мытья - 20-40°С.1. Для отбеливания инвентаря и посуды: добавить в воду из расчёта 1:10 &amp;#40;100 мл &amp;#43; 900 мл воды = 1 л 10&amp;#37;-раствора&amp;#41;, погрузить в раствор посуду &amp;#40;инвентарь&amp;#41;, после достижения нужного эффекта промыть водой.2. Для общей уборки и уничтожения запахов: нанести раствор на поверхность и смыть водой. Максимальное разбавление:- 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для полов;- 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41; для других поверхностей.3. Для удаления плесени: использовать концентрат, нанести на загрязнение, через 10-25 мин &amp;#40;не допуская высыхания!&amp;#41; растереть щёткой и смыть водой. При необходимости обработку повторить.4. Для чистки сантехники: использовать концентрат, нанести на загрязнение, обработать щёткой &amp;#40;губкой&amp;#41; и смыть водой.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и другим условиям мытья.Основные характеристики:Состав: вода, хлорное соединение, ПАВ, щёлочь, соль неорганическая.Плотность: 1,03 г/см? при 20°C.Значение pH 1&amp;#37;-раствора: 11,5 ± 0,5.Предупреждающие меры: Опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки и спецодежду. Избегать вдыхания паров и при распылении, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не смешивать с кислотными препаратами! Не допускать попадание концентрата в открытые водоёмы!Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов для животных, а также кислотных препаратов. Не допускать воздействия прямых солнечных лучей и нагрева ? 30°С!Срок годности: 18 месяцев от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;. По истечении срока годности или при нарушении условий хранения эффективность препарата снижается.</t>
+  </si>
+  <si>
+    <t>1015658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46d/hzqsw9hnunazb04fe8z4kj05m0o3vxeb.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 500 мл, SANITA  quot;Антиналет quot;, без хлора, 25761</t>
+  </si>
+  <si>
+    <t>Чистящее средство SANITA &amp;quot;Антиналет&amp;quot; без хлора. Предназначено для быстрого и эффективного удаления известкового налёта и ржавчины с поверхности ванн, душевых кабин, раковин, кафельной плитки, унитазов. Не оставляет разводов. Антимикробный эффект. Способ применения: • Раковины, унитазы, кафельная плитка, душевые кабины, акриловые ванны, поверхности из искусственного камня и пластика: распылить средство на поверхность, выдержать 5-15 минут, смыть водой и протереть насухо. • Эмалированные и чугунные ванны: распылить средство на поверхность, выдержать не более 45 секунд, смыть водой и протереть насухо. При необходимости обработку повторить.</t>
+  </si>
+  <si>
+    <t>1015659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92f/962thhj5nre3ndn29rocx7k24mxhenon.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 750 мл EFFECT  quot;Alfa 106 quot;, универсальное, щелочное, 26196</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство для сантехники, сливов и водостоков, керамической плитки, твердых напольных покрытий, стен, бытовой техники. Эффективно устраняет серый налет, плесень, жир, мыльные потеки и другие загрязнения. Готовое к применению средство предназначено для разных поверхностей и областей применения: сан. техника, сливы и водостоки, керамическая плитка, любые твердые моющиеся напольные покрытия, стены, бытовая техника. Эффективно устраняет серый налет, плесень, жир, мыльные потеки и другие загрязнения. Обладает антимикробными свойствами. Может также применяться для замачивания мопов и удаления чайно-кофейного налета с посуды.Рекомендовано для использования в гостиницах, ресторанах, офисах, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санаторно-курортных, детских, дошкольных и других аналогичных учреждениях.Рекомендации по применению: раковины, ванны, унитазы, керамическая плитка: нанести средство на поверхность, при необходимости выдержать 2-5 минут, почистить и тщательно смыть. Для уничтожения микробов и удаления стойких загрязнений выдержать 60 минут. Канализационные стоки: налить в водосток &amp;#40;250 мл&amp;#41;, оставить на ночь. Напольные, настенные и другие твердые поверхности: мыть раствором 0,4&amp;#37;. Для замачивания посуды, используется – 1-2&amp;#37; раствор.Меры предосторожности: Осторожно! Содержит щелочь. При попадании в глаза и на кожу вызывает раздражение! При попадании на кожу – промыть большим количеством воды! При попадании в глаза – осторожно промыть водой в течение нескольких минут. При необходимости обратиться за медицинской помощью. При работе рекомендуется использовать щетку или резиновые перчатки. Хранить в недоступном для детей месте! Не смешивать с другими веществами. Хранить плотно закрытым в прохладном месте, отдельно от пищевых продуктов. Перед применением рекомендуется опробовать средство на небольшом незаметном участке. Не использовать для чистки поверхностей из нержавеющей стали, акриловых ванн, окрашенных и других чувствительных к средству поверхностей. Средство замерзает, после размораживания сохраняет свои свойства. По истечении срока годности средство и упаковку утилизируют как бытовой отход.Состав: не менее 5&amp;#37;, но не более 15&amp;#37; гипохлорит натрия &amp;#40;калия&amp;#41;; менее 5&amp;#37; АПАВ или мыло на основе натуральных жирных кислот; НПАВ; щелочь; ароматизатор.</t>
+  </si>
+  <si>
+    <t>1015660</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b5/ryb5h1kx1a0wodblhwb89jq7mot4amd1.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство для удаления черной плесени 500 мл, SANFOR  quot;Ультра белый quot;, 18396</t>
+  </si>
+  <si>
+    <t>SANFOR &amp;quot;Ультра белый&amp;quot; эффективное средство для вашей сантехники и ванной комнаты! Удаляет черную плесень! Отбеливает и чистит поверхности по всему дому, уничтожает микробы, удаляет черную плесень. Предназначен для чистки и ухода за раковинами, ваннами, душевыми кабинами, унитазами, плиткой. Подходит для уборки туалетов для животных. Обладает антимикробным эффектом.Состав: менее 5&amp;#37; гипохлорит натрия; менее 5&amp;#37; АПАВ или мыло на основе натуральных жирных кислот; менее 5&amp;#37; НПАВ; менее 5&amp;#37;: щёлочь, соль ЭДТА, ароматизирующая добавкаСпособ применения: распылить средство на очищаемую поверхность, затем протереть тряпкой или смыть водой. При сильном загрязнении оставить средство на 1 минуту. Использовать только на остывшей поверхности. Для получения антимикробного действия необходимо распылить средство по поверхности до полного увлажнения, выдержать 10 минут, затем протереть поверхность тряпкой.</t>
+  </si>
+  <si>
+    <t>1015661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/153/6jcl2r40gel7qhh7fpicmoxnm6ux8zw7.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное  дегризер  щелочное 5 л, EFFECT  quot;Delta 416 quot;, 25984</t>
+  </si>
+  <si>
+    <t>Средство EFFECT &amp;quot;Delta 416&amp;quot; предназначено для профессионального и бытового мытья полов, стен, фасадов, очистки деталей, кузовов транспортных средств и других поверхностей, а также для предварительной обработки тканей от сложных загрязнений. Подходит для использования в гостиничном секторе, на объектах ЖКХ, в химчистках и прачечных, в образовательных учреждениях, включая школьные и дошкольные, в ЛПУ, на предприятиях общественного питания и пищевой промышленности, в офисных помещениях.Способ применения: при очистке поверхностей вручную приготовить водный раствор в концентрации 2&amp;#37;-9&amp;#37; &amp;#40;20-90 мл на 1 л воды&amp;#41;. Равномерно нанести раствор на обрабатываемую поверхность щеткой, губкой или методом распыления с использованием оборудования высокого или низкого давления. Также можно погрузить изделие в раствор. Выдержать раствор в течение 1-10 минут &amp;#40;при методе погружения – до 5 часов&amp;#41;, при необходимости растереть обрабатываемую поверхность щеткой, а затем смыть водой. После промывки поверхность тщательно просушить. Для удаления сильных загрязнений нанести раствор на обрабатываемую поверхность повторно или обработать концентратом. Для предварительной обработки тканей от сложных масложировых и индустриальных загрязнений перед стиркой: приготовить водный раствор средства 1:20, оставить ткань в растворе до 10 минут &amp;#40;в зависимости от типа загрязнения&amp;#41;, прополоскать, далее стирать обычным способом.Меры предосторожности: будьте осторожны! Содержит щелочные компоненты. При работе с концентратом необходимо использовать резиновые перчатки, очки, спецодежду. При попадании на слизистую оболочку глаз обильно промыть водой, обратиться к врачу. При попадании в глаза и на кожу вызывает раздражение. При попадании на кожу промыть большим количеством воды. При необходимости обратиться за медицинской помощью. Вредно для водных организмов. Не смешивать с кислотами и другими веществами. Условия хранения: хранить в плотно закрытой упаковке в недоступном для детей месте, отдельно от пищевых продуктов. Средство замерзает, после размораживания сохраняет свои свойства.Состав: более 5&amp;#37;, но менее 15&amp;#37; смесь НПАВ и КПАВ; 5&amp;#37; фосфаты. Значение pH – 11,7.Срок годности – 2 года. По истечении срока годности упаковку и при необходимости средство утилизировать как бытовой отход.</t>
+  </si>
+  <si>
+    <t>1015662</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f81/bpnp8a11u8z1wxa9s2pc160h1txk3qe7.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное для твердых поверхностей щелочное 5 л, EFFECT  quot;Alfa 106 quot;, 26008</t>
+  </si>
+  <si>
+    <t>Средство EFFECT &amp;quot;Alfa 106&amp;quot; предназначено для разных поверхностей и областей применения: сантехника, сливы и водостоки, керамическая плитка, любые твердые моющиеся напольные покрытия, стены, бытовая техника. Рекомендовано для использования в гостиницах, ресторанах, офисах, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санаторно-курортных, детских дошкольных и других аналогичных учреждениях.Способ применения: • Раковины, ванны, унитазы, керамическая плитка: нанести средство на поверхность, при необходимости выдержать 2-5 минут, почистить и тщательно смыть. • Для уничтожения микробов и удаления стойких загрязнений: выдержать средство 30 минут и смыть водой. • Канализационные стоки: налить средство &amp;#40;250 мл&amp;#41; в водосток, оставить на ночь, смыть водой. • Напольные, настенные и другие моющиеся твердые поверхности: мыть раствором – 20 мл средства на 5 л воды. • Для кухонных плит: наносить раствор на остывшую поверхность.Меры предосторожности: будьте осторожны! Средство при попадании в глаза может вызвать необратимые последствия. Чрезвычайно токсично для водных организмов. При попадании на кожу вызывает раздражение. Использовать резиновые перчатки или щетку. При попадании на кожу промыть большим количеством воды. При попадании в глаза осторожно промыть водой в течение нескольких минут. При необходимости обратиться за медицинской помощью. Не смешивать с другими средствами бытовой химии. Перед применением опробовать средство на небольшом незаметном участке. Не использовать средство для чистки поверхностей из нержавеющей стали, акриловых ванн, окрашенных и других чувствительных к средству поверхностей. Условия хранения: хранить в плотно закрытой упаковке в прохладном, недоступном для детей месте, отдельно от пищевых продуктов. Средство замерзает, после размораживания сохраняет свои свойства. Средство и упаковку утилизировать как бытовой отход.Состав: более 5&amp;#37;, но менее 15&amp;#37; гипохлорит натрия; менее 5&amp;#37;: АПАВ или мыло на основе натуральных жирных кислот, НПАВ, щелочь, ароматизирующая добавка. Значение pH – 11,5.</t>
+  </si>
+  <si>
+    <t>1015663</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e4/5x3zf5kf721ro2qkkeg5dgabr5d5oibg.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное крем 600 г, SANITA  quot;Зеленый чай и лайм quot;, 22949</t>
+  </si>
+  <si>
+    <t>Чистящее средство универсальное крем SANITA &amp;quot;Зеленый чай и лайм&amp;quot; для очистки кухонных поверхностей и ванной комнаты. Не царапает и не повреждает поверхности. Легко смывается, не оставляя разводов. Может применяться для ежедневной уборки. Место применения: бытовая техника, металлические и хромированные поверхности, изделия из нержавеющей стали, серебра, мельхиора, фаянса, керамическая плитка, ванны, раковины, краны, посуда, рабочие поверхности.Способ применения: крем встряхнуть. С помощью влажной губки распределить по поверхности, почистить, смыть водой. Использовать крем только на остывших керамических, эмалированных, стальных и других влагоустойчивых твёрдых поверхностях.</t>
+  </si>
+  <si>
+    <t>1015664</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfd/9qijoc87etfc7xd2gq2rir57dfnof27i.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий порошок сода-эффект 480 г, BRAND  quot;Грейпфрут и лимон quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2733</t>
+  </si>
+  <si>
+    <t>Средство предназначено для чистки и дезинфекции кухни, раковин, ванн, туалетных приборов. Обладает антимикробным действием. Приятный хвойный аромат подарит вам ощущение чистоты и природной свежести. Состав: карбонат кальция &amp;#40;30&amp;#37; и более&amp;#41;, карбонат натрия &amp;#40;5&amp;#37; или более, но менее 15&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, кислота щавелевая &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизирующая добавка &amp;#40;менее 5&amp;#37;&amp;#41;.Способ применения: нанести на влажную губку или непосредственно на загрязнённую поверхность, почистить и смыть водой. При необходимости повторите.Меры предосторожности: необходимо избегать попадания порошка в глаза и на кожу, а также не вдыхать его, поэтому рекомендуется использовать резиновые перчатки и, при необходимости, защитную маску. При попадании в глаза или на кожу следует немедленно промыть пораженный участок большим количеством воды.Условия хранения: температурный режим не ограничен. Хранить в сухом месте!</t>
+  </si>
+  <si>
+    <t>1015666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4f/6nm17uh7w1kdo5svuq7gh93sre0pr0na.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий порошок универсальный 400 г, ВЫГОДНАЯ УБОРКА  quot;Лимон quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2701</t>
+  </si>
+  <si>
+    <t>Средство широкого спектра действия: применяется как для уборки на кухне, так и в ванной комнате. Справляется с различными видами загрязнений, глубоко очищает, устраняет неприятные запахи, не оставляет царапин. Состав: карбонат кальция &amp;#40;30&amp;#37; и более&amp;#41;, карбонат натрия &amp;#40;менее 5&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, кислота щавелевая &amp;#40;менее 5&amp;#37;&amp;#41;, парфюмерная композиция &amp;#40;менее 5&amp;#37;&amp;#41;.Способ применения: нанести на влажную губку или непосредственно на загрязнённую поверхность, почистить и смыть водой. При необходимости повторите.Меры предосторожности: необходимо избегать попадания порошка в глаза и на кожу, а также не вдыхать его, поэтому рекомендуется использовать резиновые перчатки и, при необходимости, защитную маску. При попадании в глаза или на кожу следует немедленно промыть пораженный участок большим количеством воды. Условия хранения: температурный режим не ограничен. Хранить в сухом месте!</t>
+  </si>
+  <si>
+    <t>1015667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b99/1a3im91vvdydwg28q5m5ttno7ahsh11y.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий порошок хлор-эффект 500 г, ВЫГОДНАЯ УБОРКА  quot;Лимон и лайм quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2610</t>
+  </si>
+  <si>
+    <t>Чистящий порошок из новой линейки &amp;quot;Выгодная уборка&amp;quot; порадует своим высоким качеством и низкой ценой.Идеально очистит любую поверхность, не оставляя царапин. Средство эффективно удаляет жир, въевшуюся грязь, имеет приятный аромат. • Основные преимущества:- не оставляет царапин,- идеальное очищение.Способ применения: нанести на влажную губку или непосредственно на загрязнённую поверхность, почистить и смыть водой.Меры предосторожности: необходимо избегать попадания порошка в глаза и на кожу, а также не вдыхать его, поэтому рекомендуется использовать резиновые перчатки и, при необходимости, защитную маску. При попадании в глаза или на кожу следует немедленно промыть пораженный участок большим количеством воды.Состав: карбонат кальция &amp;#40;30&amp;#37; и более&amp;#41;, карбонат натрия &amp;#40;менее 5&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, гипохлорит кальция &amp;#40;менее 5&amp;#37;&amp;#41;, триполифосфат натрия &amp;#40;менее 5&amp;#37;&amp;#41;, парфюмерная композиция &amp;#40;менее 5&amp;#37;&amp;#41;.Условия хранения: температурный режим не ограничен. Хранить в сухом месте!</t>
+  </si>
+  <si>
+    <t>1015668</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3184,5059 +3528,5725 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J224"/>
+  <dimension ref="A1:M252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G224" sqref="G224"/>
+      <selection pane="bottomRight" activeCell="G252" sqref="G252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="C5" s="1"/>
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="C6" s="1"/>
-[...3 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G11" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...20 lines deleted...]
-      <c r="F7" s="3" t="s">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="G7" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="1" t="s">
+      <c r="G17" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B9" s="1" t="s">
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G30" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...51 lines deleted...]
-      <c r="F11" s="3" t="s">
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G11" s="3" t="s">
-[...137 lines deleted...]
-      <c r="G17" s="3" t="s">
+      <c r="G33" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...413 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>98</v>
+        <v>160</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>98</v>
+        <v>173</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>43</v>
+        <v>178</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>78</v>
+        <v>183</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>69</v>
+        <v>188</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>185</v>
+        <v>95</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>194</v>
+        <v>16</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>199</v>
+        <v>58</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...35 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B48" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F48" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G48" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>28</v>
+        <v>215</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>78</v>
+        <v>215</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>78</v>
+        <v>240</v>
       </c>
       <c r="G52" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G54" s="3" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...45 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>240</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>240</v>
+        <v>95</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>240</v>
+        <v>34</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>269</v>
+        <v>34</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>240</v>
+        <v>297</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>19</v>
+        <v>197</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>118</v>
+        <v>197</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>28</v>
+        <v>183</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>240</v>
+        <v>95</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>197</v>
+        <v>334</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>199</v>
+        <v>336</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>333</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>223</v>
-[...5 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>341</v>
+        <v>163</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>223</v>
+        <v>165</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>347</v>
+        <v>183</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>240</v>
+        <v>183</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>118</v>
+        <v>183</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>367</v>
-      </c>
-[...15 lines deleted...]
-        <v>370</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>378</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>347</v>
-[...5 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>347</v>
+        <v>387</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>28</v>
+        <v>392</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>397</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>397</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="F92" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B92" s="1" t="s">
-[...15 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G92" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F93" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...15 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G93" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>414</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>428</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G99" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>434</v>
-[...5 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>19</v>
+        <v>197</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>444</v>
+        <v>78</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>444</v>
+        <v>58</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>444</v>
+        <v>110</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>429</v>
-[...5 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="F107" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B107" s="1" t="s">
-[...18 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>473</v>
+        <v>183</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>197</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="F116" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G116" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>347</v>
+        <v>523</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>347</v>
+        <v>95</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>536</v>
+        <v>49</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>536</v>
-[...5 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>536</v>
-[...5 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>546</v>
       </c>
       <c r="F128" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="G128" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="F129" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="B131" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="B132" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="B133" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="C134" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="F134" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="G134" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="B135" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="F134" s="3" t="s">
+      <c r="C135" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="G134" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="C136" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="F136" s="3" t="s">
+      <c r="F137" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="G136" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="B138" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="C138" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="F138" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="C139" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="F139" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="G139" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="B140" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="C140" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="C140" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="C141" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F141" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>596</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>584</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>597</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>584</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>584</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>584</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>584</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>617</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>613</v>
+        <v>433</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>614</v>
+        <v>434</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>614</v>
+        <v>435</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>428</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B149" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="F149" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="C149" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="F150" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="F153" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G150" s="3" t="s">
-[...63 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G153" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F154" s="3" t="s">
+      <c r="B158" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="G154" s="3" t="s">
-[...79 lines deleted...]
-      <c r="C158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B159" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="B159" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>642</v>
+        <v>28</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>642</v>
+        <v>58</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>642</v>
+        <v>95</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>642</v>
+        <v>215</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>678</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F164" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="G164" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C165" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="F165" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="G165" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="F166" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="B167" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F167" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G167" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
         <v>693</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C168" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="F168" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="B169" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="C169" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="B170" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G169" s="3" t="s">
+      <c r="C170" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G171" s="3" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...26 lines deleted...]
-      <c r="B171" s="1" t="s">
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="C172" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="F171" s="3" t="s">
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>709</v>
       </c>
-      <c r="G171" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="F173" s="3" t="s">
+      <c r="F174" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="G173" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C175" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="B176" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="F174" s="3" t="s">
+      <c r="C176" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="G174" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="F176" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="G176" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="B177" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B176" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...19 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F177" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G177" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
         <v>731</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>734</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>735</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>739</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
         <v>740</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>741</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>742</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>743</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>78</v>
+        <v>215</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
         <v>744</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>745</v>
       </c>
       <c r="C181" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C182" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="F182" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="G182" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>754</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>755</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>758</v>
-[...5 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>759</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>762</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>240</v>
+        <v>34</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>763</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C186" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="F186" s="3" t="s">
+      <c r="B187" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="G186" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F187" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>772</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>773</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>414</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>774</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>775</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>619</v>
-[...5 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>536</v>
+        <v>49</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>240</v>
+        <v>95</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>347</v>
+        <v>95</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>347</v>
+        <v>95</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>347</v>
+        <v>58</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>347</v>
+        <v>802</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="F196" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="F199" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="F205" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G199" s="3" t="s">
-[...105 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="G205" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F214" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...30 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="G214" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="F215" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="B206" s="1" t="s">
-[...31 lines deleted...]
-      <c r="F207" s="3" t="s">
+      <c r="G215" s="3" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="F219" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G207" s="3" t="s">
-[...53 lines deleted...]
-      <c r="B210" s="1" t="s">
+      <c r="G219" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="F220" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...223 lines deleted...]
-      <c r="B220" s="1" t="s">
+      <c r="G220" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="F236" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="C220" s="1" t="s">
-[...28 lines deleted...]
-      <c r="F221" s="3" t="s">
+      <c r="G236" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>974</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>978</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="F240" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="G221" s="3" t="s">
-[...69 lines deleted...]
-        <v>104</v>
+      <c r="G240" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>998</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">