--- v0 (2026-01-02)
+++ v1 (2026-02-26)
@@ -12,124 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1035">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1014">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e40/94l73bg6jmgryasi65d75u0yl1yk71ck.jpg</t>
+  </si>
+  <si>
+    <t>Моющ. ж-ть д пола и тв. поверх. Mr.PROPER ассорти 500 мл: 180403 штр.: 5413149071131</t>
+  </si>
+  <si>
+    <t>Универсальные чистящие средства</t>
+  </si>
+  <si>
+    <t>116319</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mr-proper/"&gt;Mr. Proper&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/838/pl0dfmt3jzk27qb09ff0e1j19124ntyy.jpg</t>
+  </si>
+  <si>
+    <t>Чист.порошок универсал. ПЕМОЛЮКС морской бриз 480 г: 935072 штр.: 9000100980814</t>
+  </si>
+  <si>
+    <t>121108</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/henkel/"&gt;Henkel&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/69b/4obbhv8y6mqri5ox6jcim1hgnct40qp5.jpg</t>
   </si>
   <si>
     <t>Ср-во чист. универсал. для сантехники CILLIT BANG Антиналет Блеск 750 мл с курком: 3018800 штр.: 5997321740690</t>
   </si>
   <si>
-    <t>Универсальные чистящие средства</t>
-[...1 lines deleted...]
-  <si>
     <t>157217</t>
   </si>
   <si>
     <t>&lt;a href="/brands/cillit-bang/"&gt;Cillit Bang&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11a/11aaaa3cc63c3f0fcaa3bf9faa77e900.jpg</t>
   </si>
   <si>
     <t>Средство чистящее ПЕМОЛЮКС порошок, 480гр, Морской бриз: 1891733 штр.:  9000100453530</t>
   </si>
   <si>
     <t>Средство чистящее ПЕМОЛЮКС порошок, 480гр, Морской бриз: 1891733 Подходит для удаления загрязнений с различных поверхностей: кафеля, керамики, металла, линолеума и др. Порошок обладает приятным запахом &amp;quot;морской бриз&amp;quot;.</t>
   </si>
   <si>
     <t>213828</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/henkel/"&gt;Henkel&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/23b/23b22661b9f3e25bce74e41cb64b0f84.jpg</t>
   </si>
   <si>
     <t>Средство для чистки ЧИСТИН Универсал, 750мл: 2794 штр.:  4602984007677</t>
   </si>
   <si>
     <t>Средство для чистки ЧИСТИН Универсал, 750мл: 2794 Уничтожает микробы, грибок, неприятные запахи. Предназначено для чистки и антимикробной обработки раковин, ванн, душевых кабин, унитазов, профилактики засоров, канализационных стоков, мытья керамической плитки, кухонных плит, любых твердых моющихся напольных покрытий, настенных панелей, моющихся обоев, бытовой техники.</t>
   </si>
   <si>
     <t>214740</t>
   </si>
   <si>
     <t>&lt;a href="/brands/chistin/"&gt;Чистин&lt;/a&gt;</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b2/8b2bd0dcc48ca613ae9f90739e34bb7c.jpg</t>
   </si>
   <si>
     <t>Средство чистящее CIF Актив крем, 500 мл, Розовая свежесть: 21138914 штр.:  4605922016212</t>
   </si>
   <si>
     <t>Средство чистящее CIF Актив крем, 500 мл, Розовая свежесть: 21138914 В основе широкой линейки чистящих средств CIF лежит сочетание эффективностии забота о поверхности. Уникальная формула кремов содержит особые микрогранулы и компоненты, удаляющие жир, что позволяет быстро и эффективно справиться с самыми сложными загрязнениями: пригоревшим жиром на кухне, известковым налетом в ванной комнате, мытьными разводами, любой въевшейся трудновыводимой грязью. Чистящее средство CIF подходит для всех видов поверхностей: эмалированных, керамических, стальных, пластиковых и акриловых. CIF можно использовать для раковины и ванны, душевой кабины, шкафчиков, плиты, холодильника, столешниц и кастрюль.В отличие от чистящих средств, содержащих твердые и острые абразивные частицы, кремы и спреи CIF деликатно относятся к поверхностям и не царапают их.</t>
@@ -137,50 +161,65 @@
   <si>
     <t>216177</t>
   </si>
   <si>
     <t>&lt;a href="/brands/cif/"&gt;Cif&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/307/307058f3a1df80bd47ba48f60ab11d6f.jpg</t>
   </si>
   <si>
     <t>Средство чистящее ЧИСТИН порошок, 400гр, Лимон: 73 штр.:  4602984002795</t>
   </si>
   <si>
     <t>Средство чистящее ЧИСТИН порошок, 400гр, Лимон: 73 Чистящий порошок на основе неорганической кислоты. Прекрасно удаляет застарелые пятна, известковый налет и ржавчину, растворяет мочевой камень с фаянсовых санизделий, кафеля, душевых кабин и кранов. Убивает бактерий, отлично устраняет неприятный запах.</t>
   </si>
   <si>
     <t>216380</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5c4/5c4415279743a3dc139fc5be48639b63.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее SANITA спрей 1минута, 500мл, с курком: 1789 штр.:  4602984004393</t>
+  </si>
+  <si>
+    <t>Средство чистящее SANITA спрей 1минута, 500мл, с курком: 1789 Актив-компоненты действуют быстрее и сильнее обычных средств, поэтому идеальный результат заметен сразу! Без усилий удалит любой вид жира, въевшуюся грязь, налет, плесень, грибки. Придаст сияющий блеск надолго!</t>
+  </si>
+  <si>
+    <t>216510</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stupinskij-himzavod/"&gt;Ступинский ХимЗавод&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/156/156dff3c41145ccb2a0c3ff516166b72.jpg</t>
   </si>
   <si>
     <t>Средство чистящее ЧИСТИН порошок, 400гр, Ландыш: 71 штр.:  4602984000425</t>
   </si>
   <si>
     <t>Средство чистящее ЧИСТИН порошок, 400гр, Ландыш: 71</t>
   </si>
   <si>
     <t>218721</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00a/00a0e267b5d50cb3ab07e549b98b1ec4.jpg</t>
   </si>
   <si>
     <t>Средство чистящее SANFOR 1000мл, Лимонная свежесть : 8894 штр.:  4602984010356</t>
   </si>
   <si>
     <t>Средство чистящее SANFOR 1000мл, Лимонная свежесть : 8894</t>
   </si>
   <si>
     <t>219865</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sanfor/"&gt;Sanfor&lt;/a&gt;</t>
@@ -305,141 +344,126 @@
   <si>
     <t>&lt;a href="/brands/aist/"&gt;Аист&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/223/223c3bb6af6f3da9e0e782056e258e30.jpg</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos  quot;Свежесть Атлантики quot;, 500мл 67046714</t>
   </si>
   <si>
     <t>Универсальное чистящее средство Domestos &amp;quot;Свежесть Атлантики&amp;quot; подходит для уборки раковин и ванн, кафеля, пола, унитаза, сливов и водостоков на кухне и в ванной. Чистит, дезинфицирует и отбеливает, уничтожает все микробы в доме. Ежедневное применение обеспечит круглосуточную защиту от &amp;quot;летающих микробов&amp;quot; в туалете и ванной. Domestos &amp;quot;Свежесть Атлантики&amp;quot; удаляет грязь и убивает все известные микробы даже под водой.</t>
   </si>
   <si>
     <t>340896</t>
   </si>
   <si>
     <t>&lt;a href="/brands/domestos/"&gt;Domestos&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ec/8ec4e33cd02d57f7ed1d2d0a2d071292.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное моющее средство Прогресс, 1л М07-02</t>
+  </si>
+  <si>
+    <t>Универсальное моющее средство со сверхвысокой концентрацией активной основы, что обеспечивает чрезвычайно высокую моющую способность и экономичность при использовании. Предназначено для применения в промышленности, на объектах социальной и общественной сферы, предприятиях общественного питания, в коммунальном хозяйстве для мытья стен, полов, облицовочной плитки, посуды, сантехоборудования. Меры предосторожности: при длительном контакте с концентратом использовать резиновые перчатки, при попадании в глаза- промыть водой. Средство замерзает, после размораживания, встряхнуть канистру. Состав: 30&amp;#37; очищенная вода, 5-15&amp;#37; АПАВ, 5-15&amp;#37; НПАВ, 5&amp;#37; консервант, 5&amp;#37;.</t>
+  </si>
+  <si>
+    <t>350006</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/progress/"&gt;Прогресс&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/23d/23d202a8a30afe57f134b73072c7aa34.jpg</t>
   </si>
   <si>
     <t>Универсальное моющее средство Прогресс, 5л, канистра М08-01</t>
   </si>
   <si>
-    <t>Универсальное моющее средство со сверхвысокой концентрацией активной основы, что обеспечивает чрезвычайно высокую моющую способность и экономичность при использовании. Предназначено для применения в промышленности, на объектах социальной и общественной сферы, предприятиях общественного питания, в коммунальном хозяйстве для мытья стен, полов, облицовочной плитки, посуды, сантехоборудования. Меры предосторожности: при длительном контакте с концентратом использовать резиновые перчатки, при попадании в глаза- промыть водой. Средство замерзает, после размораживания, встряхнуть канистру. Состав: 30&amp;#37; очищенная вода, 5-15&amp;#37; АПАВ, 5-15&amp;#37; НПАВ, 5&amp;#37; консервант, 5&amp;#37;.</t>
-[...1 lines deleted...]
-  <si>
     <t>350008</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/progress/"&gt;Прогресс&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/44f/44f1c5d48c277561f0fd7f086e852927.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/507/50790cb0f2039898f983db414becdbf1.jpg</t>
   </si>
   <si>
     <t>Спрей для магнитно-маркерных досок OfficeSpace, 250мл 260886</t>
   </si>
   <si>
     <t>Жидкость-спрей предназначена для очистки поверхности маркерных досок. Удаляет следы маркерных разводов.</t>
   </si>
   <si>
     <t>350660</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ed3/ed32a4e759acad92dc38ae86c2380649.jpg</t>
-[...11 lines deleted...]
-    <t>12</t>
+    <t>http://anytos.ru//upload/iblock/256/256858200c180e8e90f1319e843d0e70.jpg</t>
+  </si>
+  <si>
+    <t>Спрей чистящий для экранов OfficeClean, универсальный, 250мл 260888</t>
+  </si>
+  <si>
+    <t>Жидкость-спрей рекомендуется для обработки всех видов мониторов. Обеспечивает идеальное очищение сильно загрязненных поверхностей из стекла. Благодаря отсутствию в формуле твердых включений не повреждает поверхность.</t>
+  </si>
+  <si>
+    <t>350662</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e3/5e330e9daf785a414310fcffcaa70224.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Чистин  quot;Санитарный quot;, жидкость, 750мл 2807</t>
   </si>
   <si>
     <t>Средство для ухода за туалетом и ванной комнатой. Удаляет известковый налет и ржавчину. Растворяет мочевой камень. Убивает бактерии. Обеспечивает свежий запах. Подходит дляфаянсовых изделий, кафеля, душевых кабин, кранов, душа. Не содержит хлор.</t>
   </si>
   <si>
     <t>350688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/702/7029ecf2c17c044c7190c3212164d9ec.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Чистин, гель, 750мл 2798</t>
   </si>
   <si>
     <t>Санитарно-гигиеническое средство. Удаляет ржавчину, мочевой камень, известковый налет. Удаляет мыльные осадки и подтеки. Не содержит хлор.</t>
   </si>
   <si>
     <t>350689</t>
-  </si>
-[...10 lines deleted...]
-    <t>350734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/311/3116e52a7ce98ceabf2cd1df3e76fca6.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для сантехники Sanfor  quot;Универсал. Лимонная свежесть quot;, 750мл 1544</t>
   </si>
   <si>
     <t>Лимонная свежесть. Универсальный антимикробный гель с хлором для чистки разных поверхностей в туалетных и ванных комнатах, на кухне. Подходит для мытья полов и стен, для прочистки труб.</t>
   </si>
   <si>
     <t>350735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e17/e175b636c62a871dec73c9f50a6db0bc.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для сантехники Sanfor Activ  quot;Антиржавчина quot;, гель, 750мл 1557</t>
   </si>
   <si>
     <t>Мощная формула геля быстро справляется с ржавчиной и другими трудными загрязнениями: известковым налетом, мочевым камнем. Припятствует появлению новых отложений. Благодаря загущенной формуле равномерно распределяется и не стекает с наклонных поверхностей. Не содержит хлор.</t>
   </si>
   <si>
     <t>350736</t>
   </si>
@@ -487,119 +511,122 @@
   </si>
   <si>
     <t>Универсальное средство для очистки кухонных поверхностей и ванной комнаты. Не оставляет царапин.&lt;br /&gt;
 &lt;br /&gt;
 Температурный режим хранения не ограничен.&lt;br /&gt;
 Замерзает при температуре -4С, после размораживания сохраняет свои свойства.&lt;br /&gt;
 &lt;br /&gt;
 Состав: ≥ 30 &amp;#37; мягкий абразивный наполнитель, &amp;lt; 5 &amp;#37; сода, &amp;lt; 5 &amp;#37; АПАВ и НПАВ , &amp;lt; 5&amp;#37;: консервант, краситель, ароматизатор.</t>
   </si>
   <si>
     <t>357109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/940/94041fd841944fafa34d46d2521849e4.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для сантехники Sanfor  quot;Universal 10в 1. Морской бриз quot;, гель с хлором, 750мл. 1543</t>
   </si>
   <si>
     <t>Универсальный антимикробный гель. Загущенная гелевая формула содержит хлор, что улучшает его антимикробные свойства. Заменит 10 специальных чистящих средств для разных поверхностей и областей применения по всему дому: легко и быстро отчистит раковины, ванны и душевые кабины, унитазы, сливы и водостоки, керамическую плитку, кухонные плиты, любые твердые моющиеся напольные покрытия, настенные панели, моющиеся обои, бытовую технику. Подходит для уборки и дезинфекции туалетов для животных. Не повреждает поверхности! Эффективно устраняет серый налет, плесень, жир, мыльные потеки, въевшиеся пятна от продуктов питания и другие загрязнения. Благодаря загущенной формуле экономичен в расходе. Обеспечивает свежий запах.</t>
   </si>
   <si>
     <t>357126</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/005/367635y2blzqia72b1trn0emsaw1augu.jpg</t>
-[...8 lines deleted...]
-    <t>367228</t>
+    <t>http://anytos.ru//upload/iblock/480/4803219b760b6aa508629893a65e5cfa.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное Ника  quot;Универсал quot;, 1кг.</t>
+  </si>
+  <si>
+    <t>Средство предназначено для мытья полов, стен, внешних поверхностей бытовых электроприборов, различных поверхностей из кафеля, мрамора, бетона, пластика, дерева &amp;#40;включая лакированное и окрашенное&amp;#41;, линолиума, всех видов посуды. Состав: НПАВ менее 5&amp;#37;, АПАВ менее 5&amp;#37;. Разрешено на предприятиях общественного питания, пищевой промышленности, в лечебно-профилактических, детских школьных и дошкольных учреждениях, на объектах сферы обслуживания и в быту населением.</t>
+  </si>
+  <si>
+    <t>368125</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nika/"&gt;Ника&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/235/2357f215e89b8e187770570d8c3cfb20.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное Ника  quot;Универсал quot;, канистра, 5кг.</t>
+  </si>
+  <si>
+    <t>368126</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nika/"&gt;NIKA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/480/4803219b760b6aa508629893a65e5cfa.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5d/b5d43aa42b80d0309a621a2ef923d359.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Sorti  quot;Морская свежесть quot;, порошок, 500г. 87-6</t>
   </si>
   <si>
     <t>Новая формула «Интенсив комплекс» включает мельчайшие частицы мягких при-родных компонентов и уникальные бирюзовые гранулы. Интенсив-гранулы мгновенно расщепляют загрязнения, а&amp;nbsp;&amp;nbsp;мягкие минеральные частицы быстро очищают поверхности. Результат –&amp;nbsp;&amp;nbsp;идеальное очищение при мягком и бережном отношении к поверхности и коже рук. Благодаря ароматическим добавкам Sorti активно борется с неприятными запахами. Мы постарались сделать продукт безопаснее, и поэтому Sorti не содержит хлор, что&amp;nbsp;&amp;nbsp;особенно&amp;nbsp;&amp;nbsp;важно в домах&amp;nbsp;&amp;nbsp;с&amp;nbsp;&amp;nbsp;маленькими&amp;nbsp;&amp;nbsp;детьми. Состав: карбонат кальция, сульфат натрия, сода, силикат натрия, &amp;lt;5&amp;#37;: анионные ПАВ, ароматизирующая добавка, краситель. Хранить:в сухом месте, вдали от пищевых продуктов,&amp;nbsp;&amp;nbsp;в недоступном для детей месте, температурный режим хранения не ограничен</t>
   </si>
   <si>
     <t>370541</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sorti/"&gt;SORTI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/985/o4yxorv6sdlw5lhb669adwyw8nkl3xjw.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок и стеклокерамики 500 мл, UNICUM  Уникум , спрей, 300049</t>
   </si>
   <si>
     <t>Особо эффективное средство для мгновенного удаления пригоревшего жира, масла и других пищевых загрязнений с покрытий из стеклокерамики, нержавеющей стали, кафеля, пластика и других материалов, устойчивых к действию щелочей. Жироудалитель для стеклокерамики – особо эффективное средство для мгновенного удаления пригоревших жиров, масел, сахара и других пищевых загрязнений с рабочих поверхностей стеклокерамических плит, в том числе индукционных, а также для другого кухонного оборудования и покрытий из стеклокерамики, нержавеющей стали. Возможна очистка кафеля, пластика и других материалов, устойчивых к действию щелочей. Средство глубоко и бережно очищает стеклокерамику, не оставляет царапин, придает блеск и оставляет защитный слой, облегчающий последующую чистку.Состав: вода умягченная более 30&amp;#37;, щелочной компонент 5-15&amp;#37;, растворители 5-15&amp;#37;, НПАВ.</t>
   </si>
   <si>
     <t>385622</t>
   </si>
   <si>
     <t>&lt;a href="/brands/unicum/"&gt;UNICUM&lt;/a&gt;</t>
   </si>
   <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/134/8jivphxhxe9kycsmi020pjrik1voan03.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 3 л, UNICUM  quot;Gold Professional quot;, 300025</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей UNICUM &amp;quot;Gold&amp;quot; – особое средство для мгновенного удаления самых стойких, застарелых и подгоревших масложировых загрязнений, нагара, копоти. Подходит для удаления грязи с поверхностей кухонных плит, духовых шкафов, грилей, кастрюль, сковородок, пароуловителей и с прочих поверхностей для приготовления пищи, в том числе и с охлажденных.Состав: вода очищенная более 30&amp;#37;, щелочные компоненты 5-15&amp;#37;, растворители 5-15&amp;#37;, НПАВ.</t>
+  </si>
+  <si>
+    <t>385624</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f72/fzthr5msntdkx9kpz51lm2qv8nmgoetr.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок, грилей от жира нагара 3 л, АНТИЖИР ЛАЙМА  аналог  quot;Шуманит quot; , 601614</t>
   </si>
   <si>
     <t>Концентрированное щелочное средство LAIMA PROFESSIONAL для удаления жира и нагара с плит, духовок и грилей благодаря особой инновационной формуле обеспечивает быстрое и эффективное удаление жира и пригоревших остатков пищи. Средство объемом 3 л с особой активной формулой предназначено для чистки пищевого технологического оборудования из нержавеющей стали &amp;#40;печей, грилей, дымогенераторов, вакуум-выпарных аппаратов, и т.д.&amp;#41; в широком температурном диапазоне. Удаляет масложировые, белковые и углеводные нагары. Не оставляет разводов.Способ применения: нанести средство при помощи распылителя на расстоянии 15-20 см от загрязненной поверхности и выдержать 1-2 минуты. Протереть влажной губкой и тщательно смыть водой. При особо стойких загрязнениях процедуру повторить, увеличив время выдержки до 3-5 минут. Меры предосторожности: содержит концентрированную щелочь. Опасно для кожи и слизистых оболочек. Использовать строго по назначению и в резиновых перчатках. Не использовать для обработки окрашенных, алюминиевых и поврежденных тефлоновых поверхностей.Состав: очищенная вода, щелочные &amp;#40;алкальные&amp;#41; компоненты, 5-15&amp;#37;, растворители до 5&amp;#37;, ПАВ до 5&amp;#37;, загуститель менее 5&amp;#37;, функциональные добавки менее 5&amp;#37;. Значение pH: 12±0,5 &amp;#40;щелочная среда&amp;#41;.</t>
   </si>
   <si>
     <t>385625</t>
   </si>
   <si>
     <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/453/l2klrl2agefd0etqz15njy6qzijnyb4x.jpg</t>
   </si>
   <si>
     <t>Средство моющее универсальное 5 л  quot;ФОРМУЛА ПРОГРЕССА quot; АКВАГЕЛЬ, концентрат, канистра, 203520</t>
   </si>
   <si>
     <t>Высокоэффективное средство &amp;quot;ФОРМУЛА ПРОГРЕССА&amp;quot; для мытья и обезжиривания кафеля и полов, водостойких поверхностей, кухонной мебели, плит, холодильников, кухонной посуды, стекла и хрусталя. Придает поверхности блеск. Эффективно удаляет пыль, грязь, жировые загрязнения.Не оставляет разводов. Укупорка с дозированием и с функцией «защита от детей»Состав: вода очищенная, аПАВ 5-15&amp;#37;, нПАВ &amp;lt; 5&amp;#37;, комплексообразователь &amp;lt; 5&amp;#37;, парфюмерная композиция, консервант, краситель.</t>
   </si>
   <si>
     <t>385633</t>
@@ -703,101 +730,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/72c/2jlubxp8aomkuhnclk8aqduz635jbd1k.jpg</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG для LCD  ЖК -мониторов, 250 мл, 510120</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG обеспечивает идеальное очищение сильно загрязненных LCD&amp;#40;ЖК&amp;#41;-мониторов компьютеров, планшетов, мобильных телефонов, GPS-навигаторов и другой техники Не содержит спирта и растворителей. Благодаря отсутствию в формуле твердых включений не повреждает поверхность. Объем - 250 мл. Обладает антистатическим эффектом. Размер - 195х50х50 мм.Состав: вода; н-пропанол не менее 5&amp;#37;,но не более 15&amp;#37;; нПАВ 5&amp;#37; или менее; консервант.Допускается нанесение средства сразу на экран, но чтобы избежать образования разводов на протираемой поверхности - рекомендуем наносить жидкость-спрей сначала на салфетку, а затем протирать экран.</t>
   </si>
   <si>
     <t>422582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c5/ylxr2fq52rnekfudcd0xv3ji6zlldudk.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG для LCD  ЖК -мониторов, сухие и влажные в тубе, 50 50 шт., 510121</t>
   </si>
   <si>
     <t>Чистящие сухие и влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов ЖК-мониторов, ноутбуков, телевизоров, мобильных телефонов, GPS-навигаторов. Чтобы салфетки легко доставались из крышки, необходимо взять салфетку из СЕРЕДИНЫ рулона и продеть её в дозирующее отверстие.Офисные салфетки BRAUBERG изготовлены из нетканого материала, предназначены для очистки экранов мониторов, телевизоров, плазменных панелей, ноутбуков, стеклянных поверхностей сканеров и копиров и других оптических поверхностей. Очищают поверхности от пыли, грязи и отпечатков пальцев. Не оставляют разводов и ворса. Обладают антистатическим эффектом. Туба содержит 2 вида салфеток &amp;#40;50 &amp;#43; 50 штук&amp;#41;: Влажной салфеткой Вы можете очистить поверхность экрана от загрязнений, а сухой салфеткой завершить очистку, для исключения разводов на экране. Размер одной салфетки: 13x17 см, плотность 29 г/м2. Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент, ароматическая композиция.Перед применением необходимо ознакомиться с инструкцией пользователя устройства, поверхность которого планируется очищать.</t>
   </si>
   <si>
     <t>422583</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/680/iwouvpy58jab9o3q7e59wtfwwc6kx16f.jpg</t>
+  </si>
+  <si>
+    <t>Чистящие салфетки BRAUBERG для экранов и оптических поверхностей, влажные, в тубе 100 шт., 510122</t>
+  </si>
+  <si>
+    <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с поверхностей различных типов: мониторов, оптики, зеркал и других поверхностей из стекла. Пропитаны специальной чистящей жидкостью. Они имеют размер 130х170 мм и выполнены из нетканного материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
+  </si>
+  <si>
+    <t>422584</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d56/mkan774vz06iryvuhxf25mxve1fzbt65.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG  quot;Power Clean quot;, в тубе, 100 шт., влажные, для пластика, 510123</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с корпусов мониторов, клавиатур, телефонов, бытовой техники и прочего офисного оборудования. Пропитаны специальной чистящей жидкостью. Они имеют размер 130х170 мм и выполнены из нетканного материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий раствор включает в себя комбинацию ионогенных и неионогенных ПАВ менее 5&amp;#37;, консервант, антистатический компонент, воду. Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/706/hrf63lt0u6tuyz1pbeofqff7fnc1gwky.jpg</t>
   </si>
   <si>
     <t>Чистящий набор BRAUBERG салфетки для экранов мониторов   спрей, 100 мл, 510341</t>
   </si>
   <si>
     <t>Чистящий набор BRAUBERG для ухода за экранами плазменных панелей, ЖК-мониторов, телевизоров и смартфонов легко удаляет пыль, отпечатки пальцев и другие загрязнения. Сочетание высококачественного материала салфетки и специально разработанного чистящего состава позволяют достичь моментального эффекта с минимальными усилиями. Гипоаллергенная салфетка из микрофибры легко стирается в теплой воде. Дезинфицирует и удаляет статическое электричество. Не царапает поверхность и не оставляет разводов и ворсинок. В комплекте - салфетка и спрей объемом 100 мл.Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент.</t>
   </si>
   <si>
     <t>422586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/91sam9kxjhdmx0guzxtl1hfs0x8rj7to.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для экранов и пластика универсальные STAFF, 13х15 см, туба 100 шт., влажные, 511518</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки STAFF предназначены для удаления пыли и загрязнений с экранов мониторов, ноутбуков, телевизоров, а также протирки пластиковых поверхностей - клавиатур, компьютеров &amp;#40;ПК&amp;#41;, телефонных аппаратов, мебели и т.д. Они имеют размер 135х145 мм и выполнены из нетканного материла плотностью 18 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;. Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.Перед применением слегка проветрить, чтобы салфетка не была слишком влажной. Идеальны для обычной влажной уборки любых поверхностей.</t>
   </si>
   <si>
     <t>422590</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b9/jrbmunlkywp4vl83tu1wwexfusw7sif6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd3/1nvqai19eihz8had2xkwoa56v08g5py8.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для экранов и пластика  запасной блок  BRAUBERG, 100 шт., влажные, 511685</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов LCD, TFT-мониторов, ноутбуков, телевизоров, мебели, клавиатур, системных блоков и других поверхностей. Очищают поверхности от пыли и загрязнений без разводов. Они имеют размер 130х170 мм и выполнены из нетканного материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пакет с зип-локом по 100 штук. Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент, ароматическая композиция.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8f/pgs3z35y4rlux7oqainbgut55ii09g7u.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG для экранов и пластика, с ароматом  quot;ЛИМОН quot;, в тубе 100 шт., влажные, 511688</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов мониторов, ноутбуков, телевизоров, а также протирки пластиковых поверхностей - клавиатур, системных блоков, телефонных аппаратов, мебели. Имеют приятный аромат. Они имеют размер 130х170 мм и выполнены из нетканного материла на целлюлозной основе плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, нПАВ менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;, консервант менее 5&amp;#37;, отдушка менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ac/8l6s42c1s906fmiho87wwih0xo2cdo4t.jpg</t>
@@ -814,164 +841,149 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d03/6f142mx7ruha0i1utw1r003km793m3nh.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для экранов и пластика универсальные STAFF, 10х12 см, туба 100 шт., влажные, 512657</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки STAFF станут незаменимым помощником по уходу за экранами мониторов, ноутбуков, планшетов, смартфонов, мебели, клавиатур, компьютеров &amp;#40;ПК&amp;#41; и других поверхностей. Они имеют размер 110х114 мм и выполнены из нетканого материала плотностью 18 г/м2. Не оставляют разводов, устраняют статическое электричество и не содержат абразивных веществ. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422600</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68d/3g6b92pv8fma7rc3jz6uz5je72lun3yv.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки для ноутбуков и оптических поверхностей BRAUBERG, КОМПЛЕКТ туба 100 шт., влажные, 512810</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для ухода и очистки экранов и пластиковых поверхностей портативных устройств: ноутбуков, нетбуков и планшетных компьютеров. Эффективно удаляют загрязнения без разводов. Они имеют размер 90х115 мм и выполнены из крепированной бумаги плотностью 29 г/м2. Упакованы в компактную пластиковую тубу по 100 штук. Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент, ароматическая композиция.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>422601</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ffa/degzti4c8mhd7kqfgnnuhol1uluozlcz.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья пола и стен 1 л, MR. PROPER  Мистер Пропер   quot;Лимон quot;, 1008196</t>
+  </si>
+  <si>
+    <t>Универсальное моющее средство MR. PROPER идеально подходит для очищения практически любых твердых поверхностей в доме. Его можно использовать для мытья кухонных раковин, удаления жира с плиты и даже для пола. После очищения поверхностей, соприкасающихся с пищевыми продуктами, необходимо промыть их водой. Удаляет до 100&amp;#37; грязи, жира и въевшихся пятен.Универсальное моющее средство Mr. Proper это решение для всего дома. Эффективное очищение практически любых поверхностей. Придает свежесть и невероятный блеск. Очищает даже в холодной воде, позволяя экономить электроэнергию.Состав: анионные ПАВ, неионогенные ПАВ, консерванты, ароматизирующие добавки, цитраль, цитронеллол, гераниол, гексилкоричный альдегид, лимонен, линалоол.</t>
+  </si>
+  <si>
+    <t>422605</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8df/gdl49f3h20zzrc4y3kxz1qamcn6j9nxx.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 1,5 л DOMESTOS  Доместос   quot;Свежесть Атлантики quot;, с отбеливающим эффектом, 67683281</t>
   </si>
   <si>
     <t>Универсальное средство Domestos Свежесть Атлантики - это эффективный чистящий гель, который уничтожает 100&amp;#37; известных микробов во всем доме для защиты семьи. Средство Domestos универсально и подойдет для уборки всего дома. В неразбавленном виде средство можно использовать для очищения и дезинфекции унитаза, ванны, раковины, стоков и сливов, а в разбавленном - для мытья множества поверхностей &amp;#40;пол, кафельные поверхности, плитка, рабочие поверхности на кухне, мусорные ведра&amp;#41; и даже для отбеливания белья и тканей. Универсальное средство Domestos подходит для септиков. Ознакомьтесь с инструкцией по применению для каждого вида поверхностей.Благодаря особой формуле с дезинфицирующим эффектом и чистящими компонентами, Domestos убивает все известные микробы, максимально отчищает грязь и устраняет неприятные запахи. Уникальная формула геля Domestos предотвращает появление известкового налета. Густая текстура геля Domestos обеспечивает гарантированное очищение и убивает бактерии, грибки, вирусы и споры. Изогнутый дозатор обеспечит удобство использования. Регулярно используйте Domestos для постоянной чистоты и белизны вашего туалета и других поверхностей, а также для защиты семьи.Универсальное средство Domestos экономично и быстро обеспечивает длительное действие и защиту. Тысячи лабораторных тестов каждую неделю подтверждают, Domestos - непобедимый. Безжалостное уничтожение микробов обеспечит дезинфекцию и чистоту в доме.</t>
   </si>
   <si>
     <t>422607</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b31/udmsxvi1lbb50kwkq58hlx2plqycdbe1.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 750 мл CILLIT BANG  Силлит Бэнг   quot;Антиналет   Блеск quot;, универсал, 8149771</t>
   </si>
   <si>
     <t>Эффективное чистящее средство CILLIT BANG для удаления трудновыводимых загрязнений. Восстанавливает блеск различных бытовых поверхностей, полностью удаляя разводы от жесткой воды, известковый налет, ржавчину, а также мыльные отложения и глубоко въевшуюся грязь. Без усилия чистит хромированные,керамические, пластиковые, стеклянные и поверхности из нержавеющей стали. Химический состав: менее 5&amp;#37; неионогенные ПАВ, щавелевая кислота, ароматизатор.</t>
   </si>
   <si>
     <t>422615</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/205/s4e52vpy0pyx7yb040qxrhojrj2k0y1n.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0c9/5xmnfqqytqpw6ydt9krnnemcoftojoec.jpg</t>
   </si>
   <si>
     <t>Чистящие салфетки BRAUBERG для экранов и пластика с ароматом АБРИКОСА, в тубе 100 шт., влажные, 513321</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки BRAUBERG предназначены для удаления пыли и загрязнений с экранов LCD, TFT-мониторов, ноутбуков, телевизоров, мебели, PDA, клавиатур, системных блоков, телефонных аппаратов и других поверхностей. Обладают приятным ароматом. Они имеют размер 130х170 мм и выполнены из крепированной бумаги плотностью 29 г/м2. Упакованы в пластиковую тубу по 100 штук.Пропитывающий состав: вода более 30&amp;#37;, н-пропанол 5&amp;#37; или более, но менее 15&amp;#37;, нПАВ менее 5&amp;#37;, антистатический компонент менее 5&amp;#37;, консервант менее 5&amp;#37;, отдушка менее 5&amp;#37;.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>473052</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/260/260b05bc853530fde937c58088d98dc4/cc2373fdc650c3093890f40d4e3bec5b.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Cif  quot;Active Fresh quot;, крем с микрокристаллами, 500мл</t>
   </si>
   <si>
     <t>Крем чистящий CIF удаляет грязь благодаря силе микрогранул, обладает приятным цветочным ароматом. Крем проникает и полностью удаляет такие въевшиеся и застарелые загрязнения от жира, пригоревшей еды, известкового налета. Мощная формула крема Cif легко справляется с ржавчиной, дезинфицирует поверхность. Крем удаляет разнообразные загрязнения на различных поверхностях во всем доме. Менее 5&amp;#37; анионные ПАВ, гипохлорит натрия, неионогенные ПАВ, мыло, отдушка</t>
   </si>
   <si>
     <t>561234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18e/18e000ce11b12fc3ffb7b00cd0955e51/e93fd03d5cb4fb9f4aae0612aff9baa2.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Cif, спрей  quot;Универсальный. Ультра быстрый quot;, 500мл</t>
   </si>
   <si>
     <t>Чистящий спрей Cif УНИВЕРСАЛЬНЫЙ. Инновационная* формула спрея Cif помогает легко и быстро отчистить грязь с поверхностей Вашего дома: кухни и ванной комнаты, а также с ковров, диванов и одежды. Подходит для удаления таких загрязнений, как жир, пятна от джема, горчицы и томатного соуса, оливковое масло, пятна от чая и кофе, мыльный налет, моторное масло, пятна от травы. Спрей создан для эффективной очситки типичных видов загрязнений, которые появляются в повседневной жизни. Перед применением обязательно прочтите инструкцию и соблюдайте осторожность при использовании средства. *В линейке средств Unilever Способ применения:&amp;nbsp;&amp;nbsp;1. Распылите спрей на поверхность. 2. Спрей Cif моментально проникнет в загрязнения и легко отделит их от поверхности. 3. Быстро протрите поверхность влажной тряпкой - нет необходимости в длительном смывании! Раз-два-три – и готово! Cif даёт вам больше времени для жизни! Для удаления трудновыводимых загрязнений не смывайте средство в течение 1 минуты. Для ещё более сияющего результата протрите поверхность сухой тряпкой. &amp;#39;по результам теста в Инновационном центре Unilever &amp;#40;Италия, 2012&amp;#41; на удаление 4 типов повседневных загрязнений. Состав продукта:&amp;nbsp;&amp;nbsp;менее 5&amp;#37;: неионогенные ПАВ, отдушка, лимонен, линалоол, бензизотиазолинон</t>
   </si>
   <si>
     <t>561235</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/55d/55d1aa012203eac35245e595982872cf/859b77a62d54eae0debaa55ddaede26b.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее Sorti  quot;Лимон quot;, порошок, 500г</t>
+  </si>
+  <si>
+    <t>561236</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bec/56d4hzhl2r4lw5pzz0kzlnysfzp8hga1.jpg</t>
   </si>
   <si>
     <t>Антистатик 200 мл, CHIRTON  Чиртон , аэрозоль</t>
   </si>
   <si>
     <t>Препятствует возникновению статического электричества на одежде, тканях, полимерных и пластиковых покрытиях. Не оставляет следов и запаха. Состав: растворитель &amp;#40;более 30&amp;#37;&amp;#41;, пропан, бутан, изобутан &amp;#40;более 30&amp;#37;&amp;#41;, смесь полиоксиэтиленгликолиевых эфиров высших жирных спиртов &amp;#40;менее 5&amp;#37;&amp;#41;, пропиленгликоль &amp;#40;менее 5&amp;#37;&amp;#41;.</t>
   </si>
   <si>
     <t>563274</t>
   </si>
   <si>
     <t>&lt;a href="/brands/chirton/"&gt;Chirton&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9e/92azx7jbjn43xj76vre452dp1fi714j1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/122/o3jybst5webgvwtal8ozb347gcsqkuzl.jpg</t>
   </si>
   <si>
     <t>Паста очищающая, 200 мл, АРМАКОН  quot;ЛАЙМЕКС quot;, от трудноудаляемых загрязнений, с абразивом, 1193</t>
   </si>
   <si>
     <t>Предназначена для очищения кожи от трудносмываемых загрязнений: нефтепродуктов, масел, металлической пыли, графита, смазочных веществ, масляных красок, битума, сажи и нейтрализации неприятных запахов с кожи. •Предназначена для очищения кожи от нефтепродуктов, масел, металлической пыли, графита, смазочных веществ, масляных красок, битума, сажи и т.п.•Обеспечивает бережное и эффективное очищение кожи благодаря сбалансированной комбинации ПАВ и мягкого абразива из скорлупы грецкого ореха. Абразив изготовлен с использованием современной вакуумной технологии, исключающей образование острых частиц.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•Удаляет неприятные запахи с кожи, легко и без остатка смывается водой.•Подходит для частого применения.•Не содержит растворителей, красителей, силиконов, парабенов.•Соответствует ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на загрязненные участки кожи 1-2 мл пасты. Хорошо растереть, уделяя особое внимание местам, где грязь въелась в кожу. Добавить 4-5 мл воды, и снова тщательно растереть. Смыть водой.</t>
   </si>
   <si>
     <t>565003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f1/pmvk2d442krolpuxcy179y7btvpw6fjq.jpg</t>
   </si>
   <si>
     <t>Паста очищающая, 200 мл, АРМАКОН  quot;ТОПХЭНД quot;, от особо устойчивых загрязнений, с абразивом, 1205</t>
   </si>
   <si>
     <t>Паста с абразивом из скорлупы грецкого ореха предназначена для очистки кожи от особо устойчивых загрязнений &amp;#40;масляные, типографские и нитрокраски, лаки, смолы, клей, битум, монтажная пена и пр.&amp;#41;. •Предназначена для очистки кожи от масляных, типографских и нитрокрасок, лаков, смол, клея, битума, монтажной пены и пр.&amp;#41;.•Обеспечивает глубокую щадящую очистку кожи за счёт сбалансированной комбинации мягких эфирных кислородосодержащих растворителей, ПАВ в сочетании с натуральным абразивом разной фракции из скорлупы грецкого ореха. Абразив изготовлен с использованием современной вакуумной технологии, исключающей образование острых частиц.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•В состав входят увлажняющие и ухаживающие компоненты.•Подходит для частого применения.•Не содержит минерального абразива, щелочей, сильных растворителей, красителей, силиконов, парабенов.•Соответствует ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на загрязненные участки кожи 1-2 мл пасты. Хорошо растереть, уделяя особое внимание местам, где грязь въелась в кожу. Когда грязь начнет растворяться, добавить 4-5 мл воды, снова тщательно растереть, смыть водой.</t>
   </si>
   <si>
     <t>565004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83c/bwug9mk4tszqed43d1otrh9dn1gyccc0.jpg</t>
@@ -1015,205 +1027,170 @@
   <si>
     <t>Чистящее средство 500 мл, DOMESTOS  quot;Свежесть Атлантики quot;, с отбеливающим эффектом, гель</t>
   </si>
   <si>
     <t>Domestos – универсальное чистящее средство для защиты от микробов. Идеально очищает поверхности и уничтожает все микробы. Благодаря густой формуле, а также удобной форме бутылки, его легко нанести даже на самые труднодоступные участки. Хотите обеспечить блестящую чистоту и защиту от микробов в доме быстро и надолго? Универсальное средство Domestos Свежесть Атлантики - это эффективный чистящий гель, который уничтожает 100&amp;#37; известных микробов во всем доме для защиты вашей семьи.Средство Domestos универсально и подойдет для уборки всего дома. В неразбавленном виде средство можно использовать для очищения и дезинфекции унитаза, ванны, раковины, стоков и сливов, а в разбавленном - для мытья множества поверхностей &amp;#40;пол, кафельные поверхности, плитка, рабочие поверхности на кухне, мусорные ведра&amp;#41; и даже для отбеливания белья и тканей. А универсальное средство Domestos подходит для септиков. Ознакомьтесь с инструкцией по применению для каждого вида поверхностей.Благодаря особой формуле с дезинфицирующим эффектом и чистящими компонентами, Domestos убивает все известные микробы, максимально отчищает грязь и устраняет неприятные запахи. Уникальная формула геля Domestos предотвращает появление известкового налета. Густая текстура геля Domestos обеспечивает гарантированное очищение и убивает бактерии, грибки, вирусы и споры. Изогнутый дозатор обеспечит удобство использования. Регулярно используйте Domestos для постоянной чистоты и белизны туалета и других поверхностей, а также для защиты семьи.Универсальное средство Domestos экономично и быстро обеспечивает длительное действие и защиту. Тысячи лабораторных тестов каждую неделю подтверждают, Domestos - непобедимый. Безжалостное уничтожение микробов обеспечит дезинфекцию и чистоту в доме в борьбе с микробами.Состав: не более 5&amp;#37; гипохлорит натрия, анионные ПАВ, неиногенные ПАВ, мыло, отдушка.</t>
   </si>
   <si>
     <t>565867</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ec/2csfhvvxgp3tjsvjg3yzs4tymix6l01p.jpg</t>
   </si>
   <si>
     <t>Чистящее средство 500 мл, DOMESTOS  quot;Свежесть цитруса quot;, с отбеливающим эффектом, гель, 3441,3442</t>
   </si>
   <si>
     <t>Хотите обеспечить блестящую чистоту и защиту от микробов в доме быстро и надолго? Универсальное средство Domestos Лимонная Свежесть - это эффективный чистящий гель, который уничтожает 100&amp;#37; известных микробов во всем доме для защиты вашей семьи. Средство Domestos универсально и подойдет для уборки всего дома. В неразбавленном виде средство можно использовать для очищения и дезинфекции унитаза, ванны, раковины, стоков и сливов, а в разбавленном - для мытья множества поверхностей &amp;#40;пол, кафельные поверхности, плитка, рабочие поверхности на кухне, мусорные ведра&amp;#41; и даже для отбеливания белья и тканей. Универсальное средство Domestos также подходит для септиков. Ознакомьтесь с инструкцией по применению для каждого из видов поверхностей. Благодаря особой формуле с дезинфицирующим эффектом и чистящими компонентами, Domestos убивает все известные микробы, максимально отчищает грязь и устраняет неприятные запахи. Уникальная формула геля Domestos предотвращает появление известкового налета. Густая текстура геля Domestos обеспечивает гарантированное очищение и убивает бактерии, грибки, вирусы и споры. Изогнутый дозатор обеспечит удобство использования. Регулярно используйте Domestos для постоянной чистоты и белизны вашего туалета и других поверхностей. Универсальное средство Domestos экономично и быстро обеспечивает длительное действие и защиту. Тысячи лабораторных тестов каждую неделю подтверждают, Domestos - непобедимый. Безжалостное уничтожение микробов обеспечит дезинфекцию и чистоту в доме в борьбе с микробами. Состав: не более 5&amp;#37; гипохлорит натрия, анионные ПАВ, неиногенные ПАВ, мыло, отдушка. Хотите обеспечить блестящую чистоту и защиту от микробов в вашем доме быстро и надолго? Универсальное средство Domestos Лимонная Свежесть - это эффективный чистящий гель, который уничтожает 100&amp;#37; известных микробов во всем доме для защиты вашей семьи. Средство Domestos универсально и подойдет для уборки всего дома. В неразбавленном виде средство можно использовать для очищения и дезинфекции унитаза, ванны, раковины, стоков и сливов, а в разбавленном - для мытья множества поверхностей &amp;#40;пол, кафельные поверхности, плитка, рабочие поверхности на кухне, мусорные ведра&amp;#41; и даже для отбеливания белья и тканей. Универсальное средство Domestos также подходит для септиков. Ознакомьтесь с инструкцией по применению для каждого из видов поверхностей.Благодаря особой формуле с дезинфицирующим эффектом и чистящими компонентами, Domestos убивает все известные микробы, максимально отчищает грязь и устраняет неприятные запахи. Уникальная формула геля Domestos предотвращает появление известкового налета. Густая текстура геля Domestos обеспечивает гарантированное очищение и убивает бактерии, грибки, вирусы и споры. Изогнутый дозатор обеспечит удобство использования.&amp;nbsp;&amp;nbsp;Регулярно используйте Domestos для постоянной чистоты и белизны вашего туалета и других поверхностей. Универсальное средство Domestos экономично и быстро обеспечивает длительное действие и защиту. Тысячи лабораторных тестов каждую неделю подтверждают, Domestos - непобедимый. Безжалостное уничтожение микробов обеспечит дезинфекцию и чистоту в доме в борьбе с микробами.Состав: не более 5&amp;#37; гипохлорит натрия, анионные ПАВ, неиногенные ПАВ, мыло, отдушка.</t>
   </si>
   <si>
     <t>565868</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bcd/bcd2536cd3eace46aa573450b04bd91a/635f9229bba218a7a3306e7666cc1ebe.jpg</t>
-[...38 lines deleted...]
-    <t>593894</t>
+    <t>http://anytos.ru//upload/iblock/f5b/f5b3110ad432949526500276035cf1ed/39f9914c6220f76dd45be150482fc402.jpg</t>
+  </si>
+  <si>
+    <t>Салфетки Attache Selection в тубе д чистки экранов, пов пл, 100 шт</t>
+  </si>
+  <si>
+    <t>Салфетки Attache Selection в тубе д/чистки экранов, пов/пл, 100 шт</t>
+  </si>
+  <si>
+    <t>586546</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c4b/ef1or1fgza75z0hrikvvtnyp4s2e6qbh.jpg</t>
   </si>
   <si>
     <t>Средство для комплексной уборки кухни 500 мл LAIMA PROFESSIONAL, распылитель, 606377</t>
   </si>
   <si>
     <t>Средство для комплексной уборки кухни LAIMA PROFESSIONAL эффективно для мытья и чистки плит, моек, кранов, наружных поверхностей, воздухоочистителей, кухонной мебели из дерева, полимерных материалов и металлических изделий. Средство объемом 500 мл эффективно против жировых загрязнений, грязи и копоти. Безопасно для стеклокерамики.Особенности:- не содержит метанола и аммиака;- не имеет раздражающего запаха;- безопасно при использовании по назначению.Не подходит для мытья холодильников, поверхностей из акрила и пищевой посуды.СОСТАВ: 30&amp;#37; и более воды, менее 5&amp;#37; этиленгликоля, менее 5&amp;#37; НПАВ, менее 5&amp;#37; цитрата натрия, менее 5&amp;#37; консерванта, менее 5&amp;#37; парфюмерной композиции &amp;#40;лимонена&amp;#41;.Соответствует ТУ 2383-006-18461799-02</t>
   </si>
   <si>
     <t>601273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d2/6uuvyzgxmha0ft7q8k9hn8h28n3rsz2h.jpg</t>
   </si>
   <si>
     <t>Средство для чистки ванн и душевых 500 мл LAIMA PROFESSIONAL, распылитель, 606376</t>
   </si>
   <si>
     <t>Средство для чистки ванн и душевых LAIMA PROFESSIONAL эффективно для чистки сантехники: смесителей, раковин, ванн, душевых кабин и других поверхностей в ванной комнате. Средство объемом 500 мл эффективно удаляет грязь, мыльный налёт и известковые отложения. Не повреждает поверхность, очищает и придаёт блеск.Особенности:- не содержит метанола и аммиака;- не имеет раздражающего запаха;- безопасно при использовании по назначению.СОСТАВ: 30&amp;#37; и более воды, менее 5&amp;#37; лимонной кислоты, менее 5&amp;#37; НПАВ, менее 5&amp;#37; парфюмерной композиции.Соответствует ТУ 2383-006-18461799-02</t>
   </si>
   <si>
     <t>601278</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d6/wa82nwmboqyx6sjx5c0mp1lz1jtxg9p2.jpg</t>
-[...20 lines deleted...]
-    <t>601287</t>
+    <t>http://anytos.ru//upload/iblock/f6b/f6b99683b337dbae2aae69f4e2ce3aba/1f25f4123f6542760c4c7fdbc5663782.png</t>
+  </si>
+  <si>
+    <t xml:space="preserve">БАГИ Шуманит для удал.Жиров 3л .для плит  1 6 310140 </t>
+  </si>
+  <si>
+    <t>БАГИ Шуманит д/удал.Жиров 3л .д/плит *1/6&amp;#40;310140&amp;#41;</t>
+  </si>
+  <si>
+    <t>602431</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/31e/31e7c657876727d5646bae9552e97b27/ea7520bd05a439e5b2620e6a6fd1d777.jpg</t>
   </si>
   <si>
     <t>Сарма чист.средство для сантех.750мл.Свежесть  3 18</t>
   </si>
   <si>
     <t>Н.К.Сарма чист.ср-во д/сантех.750мл.Свежесть *3/18</t>
   </si>
   <si>
     <t>602436</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>Сан-Мастер WC Гель 0,75л. 4 16</t>
   </si>
   <si>
     <t>Сан-Мастер WC Гель 0,75л.*4/16</t>
   </si>
   <si>
     <t>602438</t>
   </si>
   <si>
-    <t xml:space="preserve">Сан-Мастер Санитарно-гигиеническое средство ГЕЛЬ 0,75.л черн.бутылка Санмастер  4 16  утенок </t>
-[...26 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4a2/4a2f55aafea7e03ec70e29576a7bd00d/001b5a3f0309482bb04cf05266492bed.jpg</t>
   </si>
   <si>
     <t>Санита крем 600г.Универсал Сила Лимона  8615 3 12</t>
   </si>
   <si>
     <t>Санита крем 600г.Универсал Сила Лимона &amp;#40;8615&amp;#41;*3/12</t>
   </si>
   <si>
     <t>602454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6aa/6aa398c93115b55e0942dce25e18c828/5c552712fa7759f397e6a924249c0f7d.jpeg</t>
+  </si>
+  <si>
+    <t>Чистящее средство с курком CIllit Bang АнтиНАЛЕТ БЛЕСК, 750 мл</t>
+  </si>
+  <si>
+    <t>Чистящее средство с курком от производителя Reckitt Benckiser.&lt;br /&gt;
+ СИЛИТ Bang «Антиналет&amp;#43;Блеск» это мультифункциональное чистящее средство способно справится с сильным въевшимся налетом, уничтожить плесневой грибок и вредоносные бактерии, вернуть изделиям блеск и новизну. Предназначен для чистки смесителей, душа, кранов, ванн, кафеля, искусственного камня, пластиковых и резиновых поверхностей.&lt;br /&gt;
+ Ярко-оранжевая бутыль с дозатором объёмом 750 мл, содержит прозрачную с розоватым оттенком жидкость. При нанесении её на загрязненную поверхность ржавчина отходит моментально! Также активно и качественно борется с сильным налетом, устраняет желтизну и серость. Расщепляет известь за короткое время &amp;#40;выдержка на поверхности 3-4 минуты&amp;#41;.&lt;br /&gt;
+ Кроме быстродействия, продукт обладает легким и приятным ароматом. При применении не выделяет едкого запаха, уборка в закрытых или тесных помещениях становится более простой и комфортной. Способен уничтожать вредные бактерии.&lt;br /&gt;
+ Состав: 5&amp;#37; хлорсодержащий отбеливатель, 5-10 &amp;#37; анионные и амфотерные ПАВ, парфюмерная отдушка</t>
+  </si>
+  <si>
+    <t>603376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1e/d1e737169a51a61bb619d449bc20ed8a/cf2676bf817f69758ed4b2cb766eccf4.jpeg</t>
+  </si>
+  <si>
+    <t>Чистящее средство с курком CIllit Bang АнтиПЯТНА ГИГИЕНА, 750 мл</t>
+  </si>
+  <si>
+    <t>Чистящее средство с курком от производителя Reckitt Benckiser.&lt;br /&gt;
+ СИЛИТ Bang – двойная защита против пятен и плесени. Отлично отбеливает поверхности ванн, раковин, очищает от желтого и серого налета, убивает плесневой грибок и предотвращает его появление снова на пластиковых, металлических, резиновых изделиях. Подходит не только для ежедневных, но и застарелых пятен.&lt;br /&gt;
+ Удобная бутыль с распылителем объёмом 750 мл. Флакон с распылителем оснащен на выходе жидкости специальной сеточкой, которая вспенивает вещество. Благодаря этому, обрабатываемая поверхность и все её труднодоступные места полностью очищаются от грязи и плесени. Справляется с выведением пятен от кофе и чая, застывшего жира, вина и ягод. Удаляет плесневые грибки легко и быстро, достаточно нанести пену на место поражения плесенью.&lt;br /&gt;
+ Отбеливает пожелтевшую эмаль, очищает от пятен и грязи изделия из искусственного камня. Средство способно дезинфицировать поверхности, уничтожать вредоносные бактерии и микробы.&lt;br /&gt;
+ Состав: менее 5&amp;#37; хлорсодержащего отбеливателя, отдушка, анионные и неионогенные ПАВ.</t>
+  </si>
+  <si>
+    <t>603377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ba/0ba873d7d7626f7bdcb517f8fe92c333/d4792367674fedc38ba41ba1531ee2dd.jpeg</t>
   </si>
   <si>
     <t>Средство для удаления засоров САНОКС Чистый сток, 500 мл</t>
   </si>
   <si>
     <t>Средство для удаления засоров от производителя ЗАО АИСТ.&lt;br /&gt;
  С проблемой засоров труб сталкивался каждый. Есть ли эффективный способ устранения засоров? САНОКС-Чистый сток &amp;#40;Крот&amp;#41; – это специально созданное средство для высокоэффективной и быстрой очистки стоков раковин, ванн, унитазов. На 100&amp;#37; прочищает трубы от любых видов загрязнений, в том числе волос, шерсти, жира, органических материалов, налета, растворяя их при соприкосновении.&lt;br /&gt;
  Гелеообразная консистенция средства позволяет мягко, не разрушая трубу, мгновенно очистить ее от самых сильных засоров. Уже через 20 минут после нанесения, от загрязнений не останется и следа. После использования смывается водой. Средство уничтожает все виды микробов и бактерий, обладает дезинфицирующими свойствами, убивает неприятные запахи. Может применяться для всех видов стоков и сливных труб.&lt;br /&gt;
  Средство не содержит хлора. Экономично расходуется, удобно в использовании. Постоянное применение средство значительно уменьшает вероятность повторных загрязнений и появления микробов</t>
   </si>
   <si>
     <t>603382</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sanoks/"&gt;Санокс&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af8/af87826a698e2798df7a0af9ab2ba0dc/dd8fce65f6e7395a5841f1cf7c5a0c30.jpeg</t>
   </si>
   <si>
     <t>Чистящий порошок Sarma Лимон, 400 г</t>
   </si>
@@ -1226,892 +1203,869 @@
   <si>
     <t>603383</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sarma/"&gt;Sarma&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e8/8e81d797748a03c3c1fc338c24f1f74c/9303abeff4cf5ac366de02c10fdedee9.jpeg</t>
   </si>
   <si>
     <t>Чистящее средство Сан-Мастер Универсал гель, 750 мл</t>
   </si>
   <si>
     <t>Дезинфицирующие и освежающие средства от производителя ТБХ.&lt;br /&gt;
  Специализированные средства бытовой химии отлично подойдут при генеральной уборке, когда нужно добиться идеальной чистоты каждого элемента интерьера. В повседневном пользовании хорошо себя зарекомендовали многофункциональные составы, которым под силу очистить сразу много видов покрытий.&lt;br /&gt;
  Отличным представителем является гель Сан-Мастер «Универсал». Он прекрасно зарекомендовал себя для очистки загрязнений на разных поверхностях. Уберёт даже сложные пятна, при этом окажет бережное действие к глянцевым элементам и сохранит их в первозданном виде. Универсальный гель не только справится с загрязнениями, но и устранит бактерии. Станет лучшим выборам семей с маленькими детьми. Он сможет гарантировать гигиеническую чистоту и не оставит микроорганизмам шансов для дальнейшего распространения.&lt;br /&gt;
  Удаляет неприятные запахи и придаёт необычайную летнюю свежесть всему помещению. Сможет заменить рад других жидкостей и не уступит им в качестве уборки. Займёт заслуженное место на полке предметов бытовой химии</t>
   </si>
   <si>
     <t>603393</t>
   </si>
   <si>
     <t>&lt;a href="/brands/san-master/"&gt;Сан-Мастер&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6b5/6b50d79e2ee7a1a47375ac31dcd179ac/9cd0da512d18dade0730b62255470f71.jpeg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ce4/ce46bd9849c140bceba6f29348caedaf/81cc34f5be9e578d15a9be5ca5144ca8.jpeg</t>
   </si>
   <si>
     <t>Чистящее средство Сан-Мастер Белизна гель, 1 л</t>
   </si>
   <si>
     <t>Дезинфицирующие и освежающие средства от производителя ТБХ.&lt;br /&gt;
  Белые элементы в каждом доме требуют дополнительного внимания в процессе уборки. На них остаётся больше всего загрязнений, которые бросаются в глаза окружающим. Чтобы качественно очистить поверхность без разводов и подтёков, нужно использовать проверенное временем средство.&lt;br /&gt;
  На практике хорошо себя зарекомендовал гель Белизна Сан-Мастер. Это универсальное моющее средство, которое поможет поддержать чистоту, вернёт блеск и сияние в ваш дом. Оно бережно относится не только к отделочным материалам, но и к тканям. Состав заменит несколько средств бытовой химии и позволит сократить бюджет на их приобретение. Жидкость подойдёт для мытья пола, стен и рабочих поверхностей. При добавлении в воду при стирке вернёт первозданную белизну тканям, избавит от серого или рыжего налёта.&lt;br /&gt;
  Универсальное средство прекрасно справиться с грязной посудой. Нанесите его на губку и удаление застаревших остатков пищи и жира будет выполнено одним движением руки. Индикатором чистоты станут вымытые до скрипа тарелки</t>
   </si>
   <si>
     <t>603398</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfb/bfb04e1f46fd86f31ee239c466a859a7/b436df30b4dc9d76b3d19f324a8665b1.jpeg</t>
   </si>
   <si>
     <t>Чистящее средство Сан-Мастер Универсал гель, 1 л</t>
   </si>
   <si>
     <t>Дезинфицирующие и освежающие средства от производителя ТБХ.&lt;br /&gt;
  Универсальные средства бытовой химии позволяют заменить несколько флаконов узкоспециализированных составов. Их действия достаточно при ежедневной уборке не требующей удаления трудновыводимых пятен.&lt;br /&gt;
  Ярким представителем подобных средств является гель Универсал под торговой маркой Сан-Мастер. Он эффективно справляется с очисткой различных поверхностей, убирает загрязнения и удаляет болезнетворные бактерии. Универсальное средство станет незаменимым для молодых родителей. Оно позволит гарантировать гигиеническую чистоту без угрозы для здоровья малыша.&lt;br /&gt;
  Состав прост в использовании и не требует применения дополнительных компонентов для смывания. Не оставит после себя подтёков и разводов. Благодаря мощным моющим компонентам, универсальное средство борется с неприятными запахами. Ароматические добавки позволят получить благоухающий аромат свежести и создадут в помещении приятную располагающую атмосферу. Уборка перестанет быть для вас тяжёлой рутинной задачей</t>
   </si>
   <si>
     <t>603400</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4a4/4a413342cb7bc70908441b4e61ac9405/00f0482b9dc86e5b93ad1e13fff3fafb.jpeg</t>
-[...14 lines deleted...]
-    <t>&lt;a href="/brands/biolan/"&gt;Биолан&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/f5f/f5fa400650b728e9b80034c4b15a5dfe/cdac3777751cfd3d827a36b2f599daf6.jpeg</t>
+  </si>
+  <si>
+    <t>Средство для удаления засоров САНОКС Чистая ванна, 500 мл</t>
+  </si>
+  <si>
+    <t>Чистящие средства от производителя ЗАО АИСТ.&lt;br /&gt;
+ Бывает достаточно сложно подобрать подходящее средство для чистки сантехники и ванной комнаты в целом. Одни не дают видимого результата, другие царапают поверхность, третьи вызывают головокружения, аллергические реакции и другие неприятности.&lt;br /&gt;
+ Чистящее средство для сантехники Санокс Чистая ванна справляется сразу со всеми возможными проблемами, мягко очищает поверхности от загрязнений, бактерий, ржавчины и налета. При этом действует бережно, но качественно. Ванна, унитаз, душевая кабина, кафель и раковина будут сиять. Гель обладает дезинфицирующим эффектом, устраняет загрязнения и неприятный запах. Для удаления жирных пятен или мыльного налета достаточно вспенить чистящее средство на мочалке, протереть нужное место и смыть чистой водой. Для борьбы со ржавчиной или въевшимися пятнами его наносят на 10 минут, а затем смывают.&lt;br /&gt;
+ Гелеобразная консистенция хорошо пенится и без труда смывается, а также не оставляет царапин. В составе присутствует глицерин и экстракт лимона. Без хлора.</t>
+  </si>
+  <si>
+    <t>603401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/742/74227a34ece60a8a7a20a4146ac71fef/5ad1aeda6450891331500e2aabad7957.jpeg</t>
+  </si>
+  <si>
+    <t>Чистящее средство с курком CIllit Bang Для удаление черной плесени, 750 мл</t>
+  </si>
+  <si>
+    <t>Чистящие средства от производителя Reckitt Benckiser.&lt;br /&gt;
+ В сырых помещениях с нарушенной системой вентиляции и воздухообмена часто приходится встречать образование черной плесени. Больше всего подвержены появлению этой проблемы душевые и ванные комнаты, оконные откосы и наружные углы дома.&lt;br /&gt;
+ Устранить неприятные проявления поможет средство Силит Бэнг Анти-плесень. Оно эффективно устраняет грибок и черную плесень. Позволяет избавиться не только от внешних проявлений, но и от микроорганизмов, которые способствуют распространению образований. Идеально подходит для использования как на сухих, так и на сырых поверхностях.&lt;br /&gt;
+ Средство отличается мощной формулой. Оно устраняет плесень без приложения физических усилий. Флакон с распылителем позволяет равномерно распределить состав тонким слоем по всей поверхности и избежать его перерасхода. Перед использованием жидкости необходимо устранить первопричину появления налета и восстановить воздухообмен. В противном случае очистка будет иметь временный характер, и проблема может повториться вновь</t>
+  </si>
+  <si>
+    <t>603410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/974/974f4f9ab78d3710c8a062106d6d233b/4425ebdd48df65cb624dc95eb160354d.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство Баги Шуманит, жироудалитель, спрей, 400 мл</t>
+  </si>
+  <si>
+    <t>Чистящие средства от производителя Bagi.&lt;br /&gt;
+ Среди обилия средств для удаления жировых отложений сложно найти состав, который эффективно справляется с пятнами и отличается экономным использованием. Распространенные гелеобразные вещества хорошо пронимают внутрь загрязнений. Сложность заключается в их экономичном нанесении.&lt;br /&gt;
+ Избежать этого недостатка позволит спрей для удаления жира с кухонных плит Шуманит под торговой маркой Баги. Флакон оснащен распылителем, который равномерно распределяет состав по поверхности и не допустит перерасхода. Активные компоненты средства проникают к самому основанию загрязнения и отделяют его от поверхности. Это позволяет справиться даже с застаревшими и подгоревшими пятнами.&lt;br /&gt;
+ Мощные компоненты в составе средства для удаления жира дают возможность практически мгновенно растворять жир и выводить его с поверхности. Достаточно нанести жидкость, выждать до 5 минут и стереть все влажной ветошью. Распылитель удобно использовать на наклонных элементах и труднодоступных частях рабочих зон</t>
+  </si>
+  <si>
+    <t>603412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/800/800aeaede40f2362fe07bfe73b6e8247/a85bf8af29f6f279f2dd225ddaec2eab.jpeg</t>
   </si>
   <si>
     <t>Чистящее средство Золушка Антижир, с содой, 500 мл</t>
   </si>
   <si>
     <t>Чистящие средства от производителя АМС Медиа.&lt;br /&gt;
  Каждая хозяйка знает, что если не убрать сразу брызги жира и пятна, то отчистить их в дальнейшем будет непростой задачей. Рядовые средства с трудом растворяют загрязнения и требуют продолжительного оттирания.&lt;br /&gt;
  Сэкономить время, и силы поможет средство для кухни Золушка Антижир. Оно отлично справляется со всеми типами жировых отложений, начиная от пролитого масла, заканчивая пригоревшими остатками пищи на гриле. Эффект достигается благодаря использованию в составе натурального очистителя на основе соды. Идеальное соотношение компонентов позволяет совместить в одном флаконе великолепные моющие и щадящие абразивные качества.&lt;br /&gt;
  Средство для кухни станет незаменимым помощником в уборке. Поможет справиться с загрязнениями на рабочих поверхностях, керамической плитке, бытовой технике и посуде. Бережно относится к полированным глянцевым элементам, не оставляет царапин и эффекта матовости поверхности. Благодаря удобному флакону с распылителем равномерно наносится на поверхность. Отличается экономичным расходом.</t>
   </si>
   <si>
     <t>603416</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolushka/"&gt;Золушка&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/baf/bafe1a3a28ad7e0a134baf9ec4e835c4/926a8cecf6579e4843dae367eb8c7506.jpeg</t>
-[...12 lines deleted...]
-    <t>603419</t>
+    <t>http://anytos.ru//upload/iblock/f02/f02a79776c4098c4be3fce1232c3d672/5c7eaab987d9d8c160133c56c6debac6.jpeg</t>
+  </si>
+  <si>
+    <t>Чистящий порошок Mr.Proper Универсал с отбеливателем, 400 г</t>
+  </si>
+  <si>
+    <t>Чистящие средства от производителя Procter Gamble.&lt;br /&gt;
+ Белые поверхности требуют более тщательного ухода не зависимо от их назначения. Это может быть, как керамическая плитка, так и эмаль или фаянс. Чтобы каждый раз не подбирать новое средство, лучше воспользоваться универсальным составом.&lt;br /&gt;
+ Для этого подойдет универсальный чистящий порошок Мистер Пропер с содержанием отбеливателя. Он может использоваться для приготовления раствора для мытья пола и стен. В чистом виде применяется для рабочих поверхностей на кухне, очистки бытовых приборов или сантехники. Прекрасно справляется с застаревшими отложениями пыли или жировыми пятнами.&lt;br /&gt;
+ Универсальный порошок содержит абразивные компоненты, которые помогут справиться даже со сложными загрязнениями. Тонкий помол абразива и наличие смягчающих компонентов позволяют не оставлять царапин на мягких эмалированных или лакированных элементах. Эффективно устраняет неприятные запахи.&lt;br /&gt;
+ Состав: от 5 до 15&amp;#37; анионных ПАВ, не более 5&amp;#37; отбеливателей на базе хлора, неионогенные ПАВ, поликарбоксилаты</t>
+  </si>
+  <si>
+    <t>603421</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfc/bfc27e26fca4fcd3de8acb03d6c80c40/dbf302fc5512b3fc26857c1482ac3ca5.jpeg</t>
+  </si>
+  <si>
+    <t>Гель для чистки туалета Sanfor Морской бриз, удаляет налет, 750 мл</t>
+  </si>
+  <si>
+    <t>Средства для туалета и ванной от производителя Ступинский Химический Завод.&lt;br /&gt;
+ Гель для чистки туалета Санфор Морской бриз, удаляет налет. позволяет привести в порядок унитаз до идеальной чистоты и блеска. Не оставляет разводов на фаянсовых раковинах, кафельной плитке и линолеуме. Допускается использование в ванной комнате.&lt;br /&gt;
+ Можно быстро удалить ржавчину и водный камень, образовавшиеся от потёков воды, не применяя физической силы. Это санитарно-гигиеническое средство избавляет унитаз от мочевого камня и препятствует дальнейшему его образованию. Особая гелевая основа помогает надолго сохранить свежий аромат «Морской бриз».&lt;br /&gt;
+ Оригинальная форма упаковки позволяет добраться до труднодоступных мест. Изогнутый носик поможет избавиться от бактерий под ободком унитаза. Бутылочка весом в 750 грамм не затруднит уборку, её удобно держать в руке.&lt;br /&gt;
+ В отличие от моющих гелей других марок, данное средство обладает более низкой ценой и не уступает в качестве. Обладает антимикробными свойствами. Дезинфекция происходит без помощи хлора. Можно использовать для уборки и дезинфекции туалетов для животных. Состав: красители, ароматизаторы, щавельная кислота, АПАВ</t>
+  </si>
+  <si>
+    <t>603425</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87f/87ff274f7e0b58ac8a4531750a135860/9448bb02fb9d3e7ba6a86f8b03ad93a5.png</t>
   </si>
   <si>
     <t xml:space="preserve">Bagi Шуманит для удаления жиров 3 л. для плит  1 6 310140 </t>
   </si>
   <si>
-    <t>БАГИ Шуманит д/удал.Жиров 3л .д/плит *1/6&amp;#40;310140&amp;#41;</t>
-[...1 lines deleted...]
-  <si>
     <t>604950</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bagi/"&gt;Bagi&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d51/d51a3857dd482a25ed049cb654896014/700156a46f98c5082c8419413aac11f3.jpg</t>
-[...11 lines deleted...]
-    <t>604951</t>
+    <t>http://anytos.ru//upload/iblock/938/i66x8wl22utuimkxhu1t0kdccdfo0l7h.jpg</t>
+  </si>
+  <si>
+    <t>Крем очищающий, 5000 мл, АРМАКОН  quot;ЦИТРОЛИН quot;, от технических загрязнений, без абразива, канистра, 1093</t>
+  </si>
+  <si>
+    <t>Средство предназначено для очистки кожи от технических загрязнений &amp;#40;нефтепродуктов, масел, копоти, жира, угольной, графитовой, металлической пыли и т.п.&amp;#41;. •Предназначено для очистки кожи от нефтепродуктов, масел, копоти, жира, угольной, графитовой, металлической пыли и т.п.•Благодаря комбинации мягких и безопасных ПАВ эффективно очищает кожу, не травмируя ее.•Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Эффективность подтверждена заключениями научных исследований.•Эффективно в воде любой жесткости; возможно применение без добавления воды.•Содержит увлажняющие и ухаживающие компоненты.•Не содержит растворителей, щелочей, абразивов, красителей, силиконов, парабенов.•Подходит для частого использования.•ГОСТ 31696-2012, ТР ТС 019/2011.•Высшая категория эффективности по ГОСТ Р 12.4.303-2018.Способ применения: не добавляя воды, нанести на руки 1-2 мл средства. Хорошо растереть, уделяя особое внимания местам, где грязь въелась в кожу. Добавить 4-5 мл воды, снова растереть. Смыть водой или удалить загрязнения ветошью.Срок годности: 24 месяца.</t>
+  </si>
+  <si>
+    <t>617270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e30/e3055da0b76b54a5ffcbe37e66a7053e.jpg</t>
+  </si>
+  <si>
+    <t>Чистящая жидкость-спрей Office Clean для пластиковых поверхностей, компьютеров, телефонов, факс-аппаратов и другой оргтехники 250мл</t>
+  </si>
+  <si>
+    <t>Жидкость-спрей рекомендуется для обработки корпусов всех видов мониторов, системных блоков компьютеров, принтеров, факсов, копировальных аппаратов и другой офисной техники.</t>
+  </si>
+  <si>
+    <t>618653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/766/766224ed02253021224a4a05ad99e547.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Влажные портативные чистящие салфетки OfficeClean для экранов и мониторов, 100шт.  малая плоская туба </t>
+  </si>
+  <si>
+    <t>Влажные чистящие салфетки предназначены для ухода и очистки экранов&amp;nbsp;&amp;nbsp;устройств: ноутбуков, нетбуков и планшетных компьютеров. Эффективно удаляют загрязнения без разводов. Компактная туба удобна при транспортировке. Салфетки подходят для протирки оптических поверхностей и линз очков. Салфетки удаляют загрязнения различного происхождения, снимают статическое электричество, не оставляют разводов.</t>
+  </si>
+  <si>
+    <t>618655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b0/3b01b79154674fc2216cca598fa12e2f.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее Sanita  quot;Антижир quot;, гель, 500мл.</t>
+  </si>
+  <si>
+    <t>Содержит уникальный расщепитель жира, действие которого гарантирует 100&amp;#37; результат без механических усилий! Эффективно и без усилий удалит жир, копоть, нагар, пригоревшую пищу. Не царапает поверхность. Состав: &amp;gt;5&amp;#37;, но &amp;lt;15&amp;#37; щелочные компоненты, &amp;lt;5&amp;#37; АПАВ, &amp;lt;5&amp;#37;: краситель, ароматизирующая добавка.</t>
+  </si>
+  <si>
+    <t>618656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/138/138dc0e67114c9e99c784476a46e87a7.jpg</t>
+  </si>
+  <si>
+    <t>Чистящая жидкость-спрей OfficeSpace  quot;PRO quot; для маркерных досок, перманентных маркетов, усиленная формула, 250мл.</t>
+  </si>
+  <si>
+    <t>Жидкость-спрей предназначена для очистки поверхности маркерных досок. Удаляет следы от маркера &amp;#40;в том числе и перманентного&amp;#41;, обезжиривает поверхность. Для эффективной очистки старых следов маркера с поверхности доски необходимо использовать спрей вместе с салфетками.</t>
+  </si>
+  <si>
+    <t>618657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb0/eb0a9fa923cb0a95585b48a68bd0d441.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий спрей OfficeClean для всех типов экранов и мониторов, в комплекте салфетка из микрофибры</t>
+  </si>
+  <si>
+    <t>Чистящий комплект для ухода за экранами плазменных панелей, ЖК-мониторов и телевизоров. Легко удаляет пыль, отпечатки пальцев и другие загрязнения, удаляет статическое электричество. Салфетка легко стирается в теплой воде.</t>
+  </si>
+  <si>
+    <t>618659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf0/cf0794b1160782ce589d4a063717d772.jpg</t>
+  </si>
+  <si>
+    <t>Гель очищающий Армакон Цитролин 5000мл 1093</t>
+  </si>
+  <si>
+    <t>619850</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a4/7a4d8ecd14cca600b1872646b93dc872.jpg</t>
+  </si>
+  <si>
+    <t>Паста очищающая Армакон Лаймекс 200мл 1193</t>
+  </si>
+  <si>
+    <t>619852</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/479/4797adc2f54fbf81ae0e64c03a474f79.jpg</t>
+  </si>
+  <si>
+    <t>Средство для стекол 500мл. тригер</t>
+  </si>
+  <si>
+    <t>Назначение: Средство для очистки стекол, пластиковых окон и подоконников. Способ применения Повернуть носик распылителя в положении &amp;#39;Spray&amp;#39;. -нанесите средство на загрязненную поверхность и протрите мягкой сухой салфеткой. -после использования закройте распылитель, повернув его в положение &amp;#39;Off&amp;#39;. Меры предосторожности Хранить в недоступном для детей месте! При использовании рекомендуется применять резиновые перчатки. При попадании в глаза промыть большим количеством воды в течение 15-20 минут. При случайном проглатывании - прополоскать рот водой. При необходимости обратиться к врачу. Состав Вода дистиллированная &amp;#40;30&amp;#37; и более&amp;#41;, изопропиловый спирт &amp;#40;менее 5&amp;#37;&amp;#41;, аммиак &amp;#40;менее 5&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизирующий компонент &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41;, краситель CI 42090 &amp;#40;менее 5&amp;#37;&amp;#41;. Условия хранения Хранить при температуре от 0 до &amp;#43;25 °С. Не допускается хранение под воздействием прямых солнечных лучей и вблизи отопительных приборов. Срок годности 24 месяца.</t>
+  </si>
+  <si>
+    <t>626271</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f31/4a2az7bv3omel5ylcn5fhkrvi0csqmj5.jpg</t>
+  </si>
+  <si>
+    <t>Губка-ластик МЕЛАМИНОВАЯ  BASF, Germany  для удаления пятен и стойких загрязнений, 105х60х25 мм, КОМПЛЕКТ 10 шт., колорбокс, ЛАЙМА, 606894</t>
+  </si>
+  <si>
+    <t>Губка-ластик удаляет стойкие загрязнения, следы перманентного маркера с твердых поверхностей, жирный налет, доводит до блеска закопченные поверхности кастрюль. Убирает мыльный налет в ванной, некоторые пятна с одежды. P.S: СМОЧИТЬ ПЕРЕД ПРИМЕНЕНИЕМ. ГУБКА МОЖЕТ КРОШИТСЯ, ЕСЛИ ПОВЕРХНОСТЬ НЕ ГЛАДКАЯ, ЭТО НОРМАЛЬНО.Перед началом использования важно оценить визуально размер губки и площадь поверхности, которую Вы собираетесь отмывать. Если площадь загрязнения маленькая, то можно отрезать лишнюю часть при помощи ножниц или же острого ножа и не использовать губку целиком, т.к. как правило после использования отработанный кусочек ВЫБРАСЫВАЕТСЯ.Во время использования меламиновую губку требуется пропитать небольшим количеством воды, затем отжать не перекручивая и не перегибая, чтобы удалить все излишки влаги. ВАЖНО: при работе с губкой влажными должны быть и губка и обрабатываемая поверхность.Губка состоит из 100&amp;#37; вспененного МЕЛАМИНА &amp;#40;моющего вещества&amp;#41;. Можно использовать как ластик, который удаляет застарелые загрязнения различного рода на кафеле, обуви, пластике, коже и других поверхностях. Другие моющие средства вместе с ней не применяются, меланиновая губка сама является моющим средством при взаимодействии с водой. Перед применением необходимо поместить меламиновую губку в емкость с холодной водой, аккуратно отжать между ладонями, чтобы меланин вступил в реакцию. Скручивать не желательно &amp;#40;может нарушится целостность губки&amp;#41;. Рекомендуем пользоваться перчатками. Беречь от детей и домашних животных.Меламин — это полимерный материал, из которого делают множество вещей: клеи, лаки, пенопласты и, в том числе, меламиновые губки — это губки-ластики, которые используются в быту для очищения посуды и мебели от пятен различного происхождения. Как это часто бывает при появлении на рынке новых продуктов, возникает обеспокоенность по поводу безопасности меламина, но в отношении него было проведено множество исследований, которые говорят о том, что меламин не более токсичен, чем обычная кухонная соль. Меламиновая губка внешне напоминает кусок светлого поролона, но по текстуре и на ощупь это совершенно другой материал, твердость можно сравнить со стеклом или наждачной бумагой, но при контакте с водой губка становится мягкой и податливой. А всё дело в образовании пены. При образовании пены одна часть пор остается закрытой, а вторая — открывается. Та часть губки, которая остается открытой, обогащена множеством усиков, которые во время соответствующей работы придают свойства шершавости и цепкости. А вот закрытая часть губки имеет иные характеристики и свойства: жесткость и эластичность. Перед началом использования важно оценить визуально размер губки, если кажется, что она по своим размерам слишком велика, то можно отрезать лишнюю часть при помощи ножниц или же острого ножа.Во время использования меламиновую губку требуется пропитать небольшим количеством воды, затем тщательно отжать, чтобы удалить все излишки влаги.Чистящее изделие способно самостоятельно справиться с различными загрязнениями, поэтому добавления жидких чистящих средств при этом можно не допускать. Очень опасно наносить на поверхность меламиновой губки любые химические реагенты, так как это спровоцирует появление негативной химической реакции.Во время использования рекомендовано чистить поверхности предметов от загрязнений кончиком меламиновой губки. Чистящее изделие имеет свойство изнашиваться, поэтому использованный кончик губки можно регулярно «затачивать» при помощи ножниц или ножа.Размер: 105х60х25 мм. Комплект: 10 штук.Плотность меламина: 10 кг/м3.</t>
+  </si>
+  <si>
+    <t>626940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/081/nqpduda64zewbk89qk2cih44suci3f7v.jpg</t>
+  </si>
+  <si>
+    <t>Губка-ластик МЕЛАМИНОВАЯ  BASF, Germany  для удаления пятен и стойких загрязнений, 90х55х20 мм, КОМПЛЕКТ 5 шт., колорбокс, ЛАЙМА, 606891</t>
+  </si>
+  <si>
+    <t>Губка-ластик удаляет стойкие загрязнения, следы перманентного маркера с твердых поверхностей, жирный налет, доводит до блеска закопченные поверхности кастрюль. Убирает мыльный налет в ванной, некоторые пятна с одежды. P.S: СМОЧИТЬ ПЕРЕД ПРИМЕНЕНИЕМ. ГУБКА МОЖЕТ КРОШИТСЯ, ЕСЛИ ПОВЕРХНОСТЬ НЕ ГЛАДКАЯ, ЭТО НОРМАЛЬНО.Перед началом использования важно оценить визуально размер губки и площадь поверхности, которую Вы собираетесь отмывать. Если площадь загрязнения маленькая, то можно отрезать лишнюю часть при помощи ножниц или же острого ножа и не использовать губку целиком, т.к. как правило после использования отработанный кусочек ВЫБРАСЫВАЕТСЯ.Во время использования меламиновую губку требуется пропитать небольшим количеством воды, затем отжать не перекручивая и не перегибая, чтобы удалить все излишки влаги. ВАЖНО: при работе с губкой влажными должны быть и губка и обрабатываемая поверхность.Губка состоит из 100&amp;#37; вспененного МЕЛАМИНА &amp;#40;моющего вещества&amp;#41;. Можно использовать как ластик, который удаляет застарелые загрязнения различного рода на кафеле, обуви, пластике, коже и других поверхностях. Другие моющие средства вместе с ней не применяются, меланиновая губка сама является моющим средством при взаимодействии с водой. Перед применением необходимо поместить меламиновую губку в емкость с холодной водой, аккуратно отжать между ладонями, чтобы меланин вступил в реакцию. Скручивать не желательно &amp;#40;может нарушится целостность губки&amp;#41;. Рекомендуем пользоваться перчатками. Беречь от детей и домашних животных.Меламин — это полимерный материал, из которого делают множество вещей: клеи, лаки, пенопласты и, в том числе, меламиновые губки — это губки-ластики, которые используются в быту для очищения посуды и мебели от пятен различного происхождения. Как это часто бывает при появлении на рынке новых продуктов, возникает обеспокоенность по поводу безопасности меламина, но в отношении него было проведено множество исследований, которые говорят о том, что меламин не более токсичен, чем обычная кухонная соль. Меламиновая губка внешне напоминает кусок светлого поролона, но по текстуре и на ощупь это совершенно другой материал, твердость можно сравнить со стеклом или наждачной бумагой, но при контакте с водой губка становится мягкой и податливой. А всё дело в образовании пены. При образовании пены одна часть пор остается закрытой, а вторая — открывается. Та часть губки, которая остается открытой, обогащена множеством усиков, которые во время соответствующей работы придают свойства шершавости и цепкости. А вот закрытая часть губки имеет иные характеристики и свойства: жесткость и эластичность. ГУБКА МОЖЕТ КРОШИТСЯ, ЕСЛИ ПОВЕРХНОСТЬ НЕ ГЛАДКАЯ, ЭТО НОРМАЛЬНО.Перед началом использования важно оценить визуально размер губки площадь, которую Вы собираетесь отмывать, если кажется, что она по своим размерам слишком велика, то можно отрезать лишнюю часть при помощи ножниц или же острого ножа.Во время использования меламиновую губку требуется пропитать небольшим количеством воды, затем тщательно отжать, чтобы удалить все излишки влаги.Чистящее изделие способно самостоятельно справиться с различными загрязнениями, поэтому добавления жидких чистящих средств при этом можно не допускать. Очень опасно наносить на поверхность меламиновой губки любые химические реагенты, так как это спровоцирует появление негативной химической реакции.Во время использования рекомендовано чистить поверхности предметов от загрязнений кончиком меламиновой губки. Чистящее изделие имеет свойство изнашиваться, поэтому использованный кончик губки можно регулярно «затачивать» при помощи ножниц или ножа.Размер: 90х55х20 мм. Комплект: 5 штук.Плотность меламина: 10 кг/м3.</t>
+  </si>
+  <si>
+    <t>626941</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f37/f3711c7a754005c35d2a0981c71117ee.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее OfficeClean  quot;Professional Антижир quot; гель, 500мл.</t>
+  </si>
+  <si>
+    <t>Эффективное средство для удаления подгоревших масложировых загрязнений, жира, нагара и копоти. Предназначено для чистки кухонных плит, духовых шкафов, грилей, кухонной утвари и других твёрдых моющихся поверхностей, нечувствительных к действию щелочей. Состав: ? 30 &amp;#37; вода, ? 5 &amp;#37; гидроксид натрия, ? 5 &amp;#37; АПАВ, ? 5 &amp;#37; глицерин.</t>
+  </si>
+  <si>
+    <t>632434</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22d/48vd8m8vumyr7zvzd2sf0mje25qnlfj6.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 5 л, МЕГОЛ М, гель, А120</t>
+  </si>
+  <si>
+    <t>Средство МЕГОЛ М &amp;#40;гель&amp;#41; для очистки грилей, кухонных плит, духовых шкафов. Средство гелеобразное для очистки от нагаров кухонных плит, грилей, духовок, печей, конвектоматов, коптильного оборудования, котлов для варки, фритюрниц, противней и другого пищевого оборудования, посуды и столовых приборов, для мойки и обезжиривания различных твердых щелочестойких поверхностей. Средство хорошо удерживается на вертикальных поверхностях, удаляет застарелые жировые, углеводные и белковые загрязнения, смолы, пригары, копоть, сажу. Эффективно в воде любой жесткости, не повреждает обрабатываемые поверхности.ОБЛАСТЬ ПРИМЕНЕНИЯ:- Профессиональный клининг.- Административные и общественные здания.- Учебные и медицинские учреждения.- Предприятия торговли и общественного питания.- Гостиницы и рестораны.- Промышленные предприятия и транспорт.ОСОБЕННОСТИ:Обладает высокой моющей, обезжиривающей и эмульгирующей способностьюЭффективно в воде любой жесткостиВысокое и стабильное пенообразованиеНе обладает агрессивным запахомРЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ:Очистка плит, грилей, духовок и печей от нагараИспользуйте готовое средство. Нанесите небольшое количество средства на загрязненную поверхность, выдержите 2-10 минут, разотрите щеткой и тщательно промойте водой. Нагрев загрязненной поверхности до 50-70С сократит время мойки и облегчит очистку.Очистка и обезжиривание различных поверхностей, посуды и столовых приборовИспользуйте рабочий раствор 3-6&amp;#37; концентрации &amp;#40;30-60 мл средства на 1 л воды&amp;#41;. Нанесите раствор на загрязненную поверхность методом протирания, распыления или погрузите изделие в раствор, выдержите 2-10 минут, протрите и тщательно промойте водой. При необходимости обработайте повторно.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: более 30&amp;#37; очищенная вода, 5-15&amp;#37; АПАВ, 5-15&amp;#37; щелочь, 5-15&amp;#37; щелочные добавки, 1&amp;#37;-5&amp;#37; НПАВ, 1&amp;#37;-5&amp;#37; краситель.Внешний вид: прозрачная однородная гелеобразная жидкость голубого цвета.рН: 11,0–13,0;Плотность: 1,05 – 1,15 г/см3.</t>
+  </si>
+  <si>
+    <t>683301</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mega/"&gt;МЕГА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e06/6kec565r1hrbi5jo8vk4jb37m5r2s9wi.jpg</t>
+  </si>
+  <si>
+    <t>Средство моющее универсальное 5 л, МЕГАЮТ, нейтральное</t>
+  </si>
+  <si>
+    <t>Средство для ручной мойки и очистки любых твердых поверхностей, полов с полимерным или ламинированным покрытием, линолеума, паркета, керамической плитки, пластмассы, лакированных, стеклянных, металлических, кожаных и других поверхностей. Средство для ручной мойки и очистки любых твердых поверхностей, полов с полимерным или ламинированным покрытием, линолеума, паркета, керамической плитки, натурального и искусственного камня, пластмассы, окрашенных, лакированных, стеклянных, металлических, кожаных и других поверхностей. Средство обладает высокой моющей и проникающей способностью, эффективно удаляет различные загрязнения, работает в воде любой температуры и жесткости. Средство нейтрально, не повреждает обрабатываемые поверхности, придает блеск.ОБЛАСТЬ ПРИМЕНЕНИЯ:- Профессиональный клининг.- Административные и общественные здания.- Учебные и медицинские учреждения.- Предприятия торговли и общественного питания.- Гостиницы и рестораны.- Промышленные предприятия и транспорт.ОСОБЕННОСТИ:Универсально для любых твердых поверхностейОбладает высокой моющей и проникающей способностьюВысокое и стабильное пенообразованиеПридает блескРЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ:Ежедневная уборкаИспользуйте рабочий раствор средства 0,5-1&amp;#37; концентрации &amp;#40;5-10 мл средства на 1л воды&amp;#41;. Нанесите раствор методом протирания или распыления на загрязненную поверхность, протрите и при необходимости затрите насухо.Очистка сильнозагрязненных поверхностейИспользуйте рабочий раствор средства 1-5&amp;#37; концентрации &amp;#40;10-50 мл средства на 1 л воды&amp;#41;. Нанесите раствор на загрязненную поверхность, выдержите 2-5 минут, при необходимости разотрите щеткой и промойте водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: &amp;gt;30&amp;#37; очищенная вода, 5-15&amp;#37; АПАВ, 1&amp;#37;-5&amp;#37; смесь НПАВ, 1&amp;#37;-5&amp;#37; фосфаты, 1&amp;#37;-5&amp;#37; комплексообразователь, 1&amp;#37;-5&amp;#37; краситель, 1&amp;#37;-5&amp;#37; отдушка &amp;#40;d-Лимонен&amp;#41;, 1&amp;#37;-5&amp;#37; консервант.Внешний вид: непрозрачная однородная жидкость оранжево-желтого цвета с цитрусовым запахом.рН: 6,0–8,0;Плотность: 1,03 – 1,10 г/см3.МЕРЫ ПРЕДОСТОРОЖНОСТИ: Осторожно. При попадании в глаза вызывает раздражение. Перед использованием ознакомиться с инструкцией по применению. При чувствительной коже рук рекомендуется использовать резиновые перчатки. После работы тщательно вымыть руки. При попадании в глаза - осторожно промыть глаза водой в течение нескольких минут. Снять контактные линзы, если Вы ими пользуетесь и если это легко сделать. Продолжить промывание глаз. При необходимости обратиться за медицинской помощью, по возможности показать упаковку.</t>
+  </si>
+  <si>
+    <t>693183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80f/vs14wjexpiqw3d5q9bfr5qgo6hv8qfi0.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий набор для экранов всех типов и оптики BRAUBERG, комплект салфетка и спрей, 200 мл, 513560, наш</t>
+  </si>
+  <si>
+    <t>Чистящий набор BRAUBERG содержит спрей-очиститель с антистатической добавкой и многоразовую салфетку из микрофибры. Безворсовая салфетка не оставляет разводов, хорошо очищает экраны всех типов, стёкла, зеркала и пластиковые поверхности. Сочетание высококачественного материала салфетки и специально разработанного чистящего состава позволяют достичь моментального эффекта с минимальными усилиями, легко очищая любые поверхности от пыли и загрязнений. Гипоаллергенная салфетка из микрофибры легко стирается в теплой воде. Удаляет статическое электричество. Не царапает поверхность и не оставляет разводов и ворсинок. В комплект входят: салфетка и спрей объемом 200 мл.Пропитывающий состав: вода более 30&amp;#37;, н-пропанол менее 5&amp;#37;, неионогенные ПАВ менее 5&amp;#37;, консервант.</t>
+  </si>
+  <si>
+    <t>770094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21a/e5i2z2ucji39q0h0naj7trwyv9yjgun1.jpg</t>
+  </si>
+  <si>
+    <t>Салфетки чистящие влажные OfficeClean, универсальные, антибактериальные, в тубе, плотные, 100шт.</t>
+  </si>
+  <si>
+    <t>Влажные салфетки для оргтехники OfficeClean предназначены для очистки и обеззараживания различных поверхностей техники: системных блоков компьютеров, клавиатур, мышей, корпусов мониторов, принтеров, МФУ, факс-аппаратов и других устройств. Очищают поверхности от пыли, грязи и отпечатков пальцев.&amp;nbsp;&amp;nbsp;Не оставляют разводов и ворса. Обладают антистатическим эффектом. Повышенная плотность салфетки позволит справиться с давними загрязнениями. ВНИМАНИЕ: Производите чистку экрана аппаратуры только&amp;nbsp;&amp;nbsp;в выключенном состоянии. В случае недавней работы аппаратуры, дайте экрану остыть — это исключит образование разводов. Влажные салфетки для оргтехники OfficeClean - отличное решение для уборки в офисе. Во все времена за техникой дешевле ухаживать, чем ремонтировать!</t>
+  </si>
+  <si>
+    <t>772265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbb/w9jjkrtoen2urgs2engqaylpke7is9v7.jpg</t>
+  </si>
+  <si>
+    <t>Антискотч cпрей для удаления этикеток, следов клея, липких лент, маркера, смолы, копоти, сажи, жиров и масел LAIMA, 400 мл, 607629</t>
+  </si>
+  <si>
+    <t>Средство LAIMA подходит как для быстрого и эффективного удаления остатков клейкой ленты, тонировочной пленки, информационных наклеек и рекламы, так и для очищения поверхностей от следов клея, маркера, смолы, копоти, сажи, жиров и масел. Средство обеспечивает быстрое и безопасное удаление остатков клея, клейких лент, самоклеящихся этикеток, наклеек, жевательной резинки и различных сложных промышленных загрязнений с твердых поверхностей в домашних условиях, офисе, на производстве. Гелеобразный тиксотропный состав после распыления не стекает с поверхности и эффективно растворяет остатки клея без повреждений и царапин на поверхности. Состав огнеопасен! Баллон необходимо предохранять от воздействия прямых солнечных лучей и нагревания свыше 50°С. Запрещается распылять вблизи источников открытого огня и раскаленных предметов! Использовать строго при выключенном оборудовании! Инструкция по применению: Перед использованием энергично встряхните баллон. Во избежание попадания следов аэрозоля защитите поверхности, не подвергающиеся обработке. Удалите следы загрязнений пластиковым скребком, тряпкой или вручную. Равномерно распылите состав на остатки клеевого слоя или загрязнений, дайте подействовать 30-40 секунд. Не допускайте длительный контакт состава с пластиковыми деталями. Удалите средство с помощью пластикового скребка, сухой тряпки или салфетки. Если этикетка или клейкая лента имеет влагоотталкивающий слой - предварительно удалите его так, чтобы средство могло проникнуть к клеевой основе. Следует соблюдать повышенную аккуратность при работе с окрашенными и ламинированными поверхностями! Состав: алифатические углеводороды более 30&amp;#37;, бутилацетат менее 30&amp;#37;, нафтеновые углеводороды менее 15&amp;#37;, гликолиевый эфир менее 15&amp;#37;, функциональные добавки менее 5&amp;#37;, ароматизирующая добавка менее 5&amp;#37;.Объем баллона составляет 400 мл.Внимание! Перед применением на пластиковых и окрашенных поверхностях рекомендуется протестировать на малозаметном участке &amp;#40;возможно повреждение поверхностей&amp;#41;!</t>
+  </si>
+  <si>
+    <t>774752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aec/t7wbiklpmcpec04q820hn0737cohrit1.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство САНФОР УНИВЕРСАЛ 750г Лимонная свежесть</t>
+  </si>
+  <si>
+    <t>796482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/995/v077hthtipt0aq0ades1crs47mwcj4ls.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство САНФОР УНИВЕРСАЛ 750г Морской бриз</t>
+  </si>
+  <si>
+    <t>796483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f16/82zdbnoq0e9y3dbt0u9847e575w1ksp0.jpg</t>
+  </si>
+  <si>
+    <t>Паста очищающая для кожи 200 мл M SOLO CLEANUP от загрязнений  мазут, смазки, строительные смеси , 9001</t>
+  </si>
+  <si>
+    <t>Паста специальная M SOLO CLEANUP для мытья и очистки кожи рук от сильных загрязнений. Предназначена для эффективного удаления масляных и сажевых загрязнений, в том числе нефти, мазута, битума, жира, графита, металлической пыли, смазки и других технологических и бытовых загрязнений.В состав пасты входят только высококачественные ингредиенты, хорошо переносимые кожей. Наличие натурального скраба – скорлупы ореха фундук и специально подобранных компонентов способствует высокоэффективному удалению сильных загрязнений, очищению пор, ускорению процессов регенерации и восстановлению клеток кожи. Паста содержит регенерирующие и увлажняющие компоненты: Д-пантенол, витамин Е, масло виноградной косточки. Также в пасте содержится природный минерал-каолин, обладающий высокой адсорбирующей способностью. После использования пасты отсутствует неприятное ощущение сухости кожи. Обладает приятным ароматом, устраняющим неприятный запах загрязнений.Содержит толерантные коже ПАВы. Не содержит аллергенов, подходит для чувствительной кожи.Расход 1-2 мл.ТР ТС 019/2011ГОСТ 31696-2012, СТ1ГОСТ Р 12.4.303-2018</t>
+  </si>
+  <si>
+    <t>839861</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/m-solo/"&gt;M SOLO&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a2/estlg7nm2h2a56b4ftp82xsngasmjcpu.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 1 л DOMESTOS PROFESSIONAL универсальное дезинфицирующее, отбеливающий эффект</t>
+  </si>
+  <si>
+    <t>Чистящее средство Domestos Professional поможет обеспечить чистоту и дезинфекцию санузла, устранение неприятных запахов, удаление плесени и мыльного осадка, антимикробную и противогрибковую обработку различных поверхностей. Чистящее универсальное средство Domestos Professional дезинфицирует до 4 раз быстрее. Густая формула гарантирует экономичный расход, что немаловажно для профессионального клининга. Domestos Professional разработан специально для профессионального применения: дезинфекции и очищения поверхностей в помещениях различного назначения, санитарно-технического оборудования, белья, уборочного инвентаря в медицинских организациях, в организациях всевозможного профиля, в том числе коммунально-бытового обслуживания &amp;#40;гостиницы, общежития, общественные туалеты&amp;#41;, в образовательных, санаторно-курортных и других учреждениях.Чистящее средство для клининга Domestos Professional эффективно для чистоты и гигиены полов и рабочих поверхностей, унитазов, кафеля, раковин и ванн, устранения неприятных запахов. С его помощью легко провести антимикробную, антибактериальную, противовирусную и противогрибковую обработку поверхностей. Гель Domestos не только уничтожает до 100&amp;#37; микробов, но и препятствует образованию известкового налета на поверхности сантехники. Domestos Professional рекомендован для очищения и дезинфекции тряпок, ветоши и губок для посуды, отбеливания белья.Профессиональное моющее и чистящее средство Domestos Professional:• убивает до 100&amp;#37; микробов;• обладает отбеливающим эффектом;• устраняет сложные загрязнения;• универсален в применении;• готовое решение для профессиональной уборки;• обладает дезинфицирующим эффектом’;• борется с запахами, плесенью и налетом;• экономичный формат упаковки.Готовое решение от Domestos для качественной профессиональной уборки помещений различного назначения – универсальное чистящее и дезинфицирующее средство Domestos Professional.Средство обладает антимикробным действием в отношении грамотрицательных и грамположительных бактерий &amp;#40;в т.ч. микробактерий туберкулеза&amp;#41;, дрожжеподобных грибов &amp;#40;рода Candida&amp;#41;, вирусов &amp;#40;Коксаки, ЕСНО, полиовирусов, аденовирусов, ротавирусов, норовирусов, коронавирусов, гепатитов A, B, C, гриппа, в т.ч. H5N1, H1N1, герпеса и др.&amp;#41;, спор B.cereus.Инструментальные и микробиологические тесты Unilever, Россия, 2020.Способ применения:Унитаз: нанесите Domestos под ободок унитаза и оставьте на 15 минут, чтобы убить бактерии, грибок, вирусы и споры. Для максимального эффекта защиты от известкового налета и микробов используйте средство по крайней мере раз в день. Раковины и ванны: нанесите Domestos на поверхность и обработайте с помощью щетки. Через 15 минут тщательно смойте. Сливы и водостоки на кухне и в ванной: налейте Domestos в сливное отверстие, оставьте на 15 минут, затем промойте водой. Применение разбавленным:Полы и рабочие поверхности: 200 мл Domestos на 5 л воды. Не используйте неразбавленным для мытья полов.Кафель: 200 мл Domestos на 5 л воды. Смочите губку в растворе и обработайте кафель. Domestos очистит поверхность и уничтожит микробы, включая грибок.Губки для мытья посуды и тряпочки: замочите в специальном растворе: 80 мл Domestos на 1 л воды, через 2 часа прополоскать водой.Отбеливание белья: 40 мл Domestos на 1 л воды, замочите белье на 60 минут., после этого белье постирать и прополоскать водой.Подходит для септиков: использовать не более 20 мл за одно применение.Состав: &amp;lt; 5&amp;#37; гипохлорит натрия, &amp;lt; 5&amp;#37; анионные ПАВ, &amp;lt; 5&amp;#37; неионогенные ПАВ, &amp;lt; 5&amp;#37; мыло, &amp;lt; 5&amp;#37; отдушка.Дезинфицирующий компонент: гипохлорит натрия &amp;#40;2.7-3.3&amp;#37;&amp;#41;.Условия хранения: хранить в сухом защищённом место без воздействия прямых солнечных лучей при температуре от 0 до &amp;#43;25 °С.</t>
+  </si>
+  <si>
+    <t>839863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d0/e3hz3es69n95qxjs5511axu1kxpubxx2.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее Cif Professional  quot;Active Fresh quot;, крем универсальный, 750мл</t>
+  </si>
+  <si>
+    <t>Cif Professional – универсальный крем для профессионального очищения различных поверхностей*. Его обновленная формула в 2 раза быстрее и эффективнее справляется со сложными загрязнениями*. Это универсальное чистящее средство эффективно удаляет 100&amp;#37; самых стойких загрязнений** и легко смывается с поверхностей, оставляя после себя свежий аромат чистоты. Мощная формула Cif Professional легко удаляет пятна с кафеля, справляется с жиром и следами пригоревшей еды на профессиональной кухне, а также легко избавляет сантехнику в общественных уборных от известковых отложений и мыльного налёта. Гранулы, входящие в состав средства, способствуют глубокому очищению поверхности без их повреждения. Учитывая высокие требования к стандартам уборки коммерческих помещений стоит использовать только профессиональные чистящие средства для клининга. Новый густой крем Cif – настоящий про в своём деле и эффективное решения для очистки, дезинфекции и дезодорации коммерческих помещений, таких как офисы, гостиницы, рестораны и кафе. Чистящий крем Cif прост в применении и быстро очищает поверхность, экономя время. Всего за 1-2 минуты компоненты формулы размягчают загрязнения, что способствует быстрой и эффективной уборке. Cif Professional - надёжный клининговый партнёр в профессиональной уборке и поддержании чистоты офисных помещений и помещений сегмента HoReCa. Использовать строго согласно инструкции по применению. Подходит для профессионального использования. *Инструментальные тесты Unilever, в линейке продукции Unilever. **Инструментальные тесты Unilever по удалению типичных загрязнений на кухне и ванной &amp;#40;Италия, 2019&amp;#41;.</t>
+  </si>
+  <si>
+    <t>851133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/554/pzgmt7xfrgawxq63y5t0huxfh0h62kvn.jpg</t>
+  </si>
+  <si>
+    <t>Спрей для чистки маркерных досок Kores 32585</t>
+  </si>
+  <si>
+    <t>882103</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/335/ye7wmn2h4ash8r2yeyc39k1ij687eic4.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники SANFOR Белизна гель 3в1, 1000гр</t>
+  </si>
+  <si>
+    <t>882115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/918/wv6ldrg1ql2r208r733ck8licp9gcd8s.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство SANFOR летний дождь, 1000гр</t>
+  </si>
+  <si>
+    <t>882134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b52/2u4lsz1n3kwic7qnyubstgjula2rfpx3.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство 5 л, SANFOR 10 в 1 Universal  quot;Лимонная свежесть quot;, 22055</t>
+  </si>
+  <si>
+    <t>Подходит для разных поверхностей: легко и быстро отчистит раковины, ванны и душевые кабины, унитазы, сливы, водостоки, керамическую плитку, кухонные плиты, любые твердые моющиеся напольные покрытия, настенные панели, моющиеся обои. Дезинфицирует.</t>
+  </si>
+  <si>
+    <t>887016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80c/m9st3dliw236mrjj26qcqiu5g7c0p7jq.jpg</t>
+  </si>
+  <si>
+    <t>Сода кальцинированная 600гр картон пачка</t>
+  </si>
+  <si>
+    <t>900342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ae/1tk3sxzdoaqeas9i1mll5lbh0crbovys.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Sanfor Chlorum 750гр</t>
+  </si>
+  <si>
+    <t>900352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04b/sxor9b120jmuymk56xkv50brl8ma104k.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Sanfor WС гель speсial black 1000гр</t>
+  </si>
+  <si>
+    <t>900354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be5/duxfprim80g0svamywcc7hx2srph0ooe.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Sanfor универсал морской бриз 1000гр</t>
+  </si>
+  <si>
+    <t>900355</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e72/ii8vsv41l529w65gzy1apya3ldytmhwm.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Бархат ДЕЗИНФЕКТОР с антиб отбел эф 500гр</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Бархат ДЕЗИНФЕКТОР с антиб/отбел эф 500гр</t>
+  </si>
+  <si>
+    <t>900371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fab/9k9npwv1db3h5htly221n4hakzcgtjnq.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Бархат ПЕМОКСОЛЬ порошок лимон 480гр</t>
+  </si>
+  <si>
+    <t>900372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abc/gvxebh1o36uuwsv9bt1uzl9iube90la2.jpg</t>
+  </si>
+  <si>
+    <t>Универсальное чистящее средство Прогресс М-малопенный 5л канистра</t>
+  </si>
+  <si>
+    <t>900373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92a/9bk4o3i31hsvscbg9m81fmmezcpnln6s.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство для кухни Luscan антижир гель 3л</t>
+  </si>
+  <si>
+    <t>900377</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luscan/"&gt;Luscan&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fc/h181lsytonwargbf3d0po5ilma2jvxtg.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство крем 750 мл, CIF PROFESSIONAL quot;Active Fresh quot;</t>
+  </si>
+  <si>
+    <t>CIF PROFESSIONAL &amp;quot;Active Fresh&amp;quot; – универсальный крем для профессионального очищения различных поверхностей. Его обновленная формула в 2 раза быстрее и эффективнее справляется со сложными загрязнениями. Универсальное чистящее средство эффективно удаляет 100&amp;#37; самых стойких загрязнений и легко смывается с поверхностей, оставляя после себя свежий аромат чистоты.Мощная формула CIF PROFESSIONAL легко удаляет пятна с кафеля, справляется с жиром и следами пригоревшей еды на профессиональной кухне, а также легко избавляет сантехнику в общественных уборных от известковых отложений и мыльного налёта. Гранулы, входящие в состав средства, способствуют глубокому очищению поверхности без повреждения.Учитывая высокие требования к стандартам уборки коммерческих помещений, стоит использовать только профессиональные чистящие средства для клининга. Новый густой крем CIF – эффективное решение для очистки, дезинфекции и дезодорации коммерческих помещений, таких как офисы, гостиницы, рестораны и кафе.Чистящий крем прост в применении и быстро очищает поверхность, экономя время. Всего за 1-2 минуты компоненты формулы размягчают загрязнения, что способствует быстрой и эффективной уборке.CIF PROFESSIONAL – надёжный клининговый партнёр в профессиональной уборке и поддержании чистоты офисных помещений и помещений сегмента HoReCa.Использовать строго согласно инструкции по применению. Подходит для профессионального использования.Способ применения:1. Встряхните перед использованием.2. Нанесите крем на абразивную сторону губки или на саму поверхность.3. Подождите 1-2 мин. Компоненты формулы размягчат загрязнение.4. Активируйте формулу с микрокристаллами, потерев загрязнение.5. Смойте остатки водой.Область применения:1. Рестораны, кафе, столовые.2. Гостиницы.3. Офисы.4. Образовательные учреждения.</t>
+  </si>
+  <si>
+    <t>903895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/569/p8nmk2x6hyrk0ingbft3e5vbeiqunga1.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Sanfor для ванн лимонная свежесть 750 гр.</t>
+  </si>
+  <si>
+    <t>905361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1d/gqrznzeerjkgck0bkmcpkbkr2kghr4w2.jpg</t>
+  </si>
+  <si>
+    <t>Сода кальцинированная Бархат Эконом 25кг.</t>
+  </si>
+  <si>
+    <t>907786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6c/td5ugybl8d26xz36u5ndpypxfodac565.jpg</t>
+  </si>
+  <si>
+    <t>Средство для сантехники Бархат чистящее средство с щавелевой кислотой 750гр.</t>
+  </si>
+  <si>
+    <t>907788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e70/7r4ogx0mncujfp7o36qgoxpelo3l645k.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий ГЕЛЬ для САНТЕХНИКИ Универсальный, 750мл, код 02 04</t>
+  </si>
+  <si>
+    <t>Универсальный гель с активной формулой безупречно удаляет любые загрязнения с сантехники, в том числе известковый налет, ржавчину, мочевой камень и др. Обладает антимикробным и дезинфицирующим действием, оставляет поверхности идеально чистыми. Благодаря современным компонентам и густой консистенции, гель действует быстро и эффективно даже на наклонных поверхностях и под водой. Удобная форма бутылки позволяет легко обрабатывать труднодоступные места под кромкой унитаза и в стоке раковины. Объем: 750 мл Штрих-код: 4810153036568 Применение: нажать гладкое место на колпачке и откручивать против часовой стрелки. Нанести средство на поверхность, обработать щеткой или губкой, для сильно загрязненной поверхности выдержать 10 -15 минут, затем смыть водой. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза и на кожу, при попадании в глаза промыть большим количеством воды и обратиться к врачу. При проглатывании немедленно обратиться к врачу и показать этикетку. При работе со средством использовать резиновые перчатки. Не применять для чистки поверхностей, чувствительных к действию кислот. Не смешивать с отбеливающими средствами. Состав: вода, ортофосфорная кислота &amp;gt; 5 &amp;#37;, но &amp;lt; 15 &amp;#37;, неионогенные ПАВ &amp;lt; 5 &amp;#37;, функциональная добавка, парфюмерная композиция, бензилсалицилат, лимонен, красители.</t>
+  </si>
+  <si>
+    <t>923101</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vitjeks/"&gt;ВИТЭКС&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6a/mflqoau0myuec15rl7bq51eu4sai6p5w.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий КРЕМ для КУХНИ и ВАННОЙ Универсальный, 500мл, код 08 46</t>
+  </si>
+  <si>
+    <t>Инновационная формула универсального крема содержит микрокристаллы белого мрамора высокой чистоты в сочетании с кальцинированной содой, благодаря чему обеспечивает эффективное удаление стойких жировых пятен, известкового налета, мыльных разводов и других сложных загрязнений с различных поверхностей на кухне и в ванной: в ванной комнате &amp;#40;раковина, ванна &amp;#40;в том числе акриловая&amp;#41;, керамическая плитка, хромированные поверхности, краны и т.д.&amp;#41; на кухне &amp;#40;плита, варочная поверхность &amp;#40;в том числе стеклокерамическая&amp;#41;, мойка, духовой шкаф, столешница, скиналь и т.д.&amp;#41; Чистящий крем легко смывается, оставляет поверхности сияющими и гладкими. Объем: 500 мл Штрих-код: 4810153036766 Применение: встряхнуть перед использованием. Нанести крем на влажную тряпочку или на обрабатываемую поверхность, очистить поверхность, смыть водой. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. При необходимости обратиться к врачу. При работе со средством использовать резиновые перчатки. Использовать средство на твердых влагостойких поверхностях, а также поверхностях из алюминия и металлизированной пластмассы. При использовании на деликатных поверхностях сначала попробовать средство на незаметном участке. Состав: вода, карбонат кальция, кальцинированная сода, неионогенные ПАВ &amp;lt; 5 &amp;#37;, феноксиэтанол, метилпарабен, этилпарабен, пропилпарабен, 2-бромо-2-нитропропан-1,3-диол, парфюмерная композиция.</t>
+  </si>
+  <si>
+    <t>923102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a08/d8zxe4u9gjmdp6mxiqvievbu74i6ocpl.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий СПРЕЙ для КУХОННЫХ ПЛИТ и МИКРОВОЛНОВЫХ ПЕЧЕЙ, 500мл, код 02 20</t>
+  </si>
+  <si>
+    <t>ЧИСТОТА И БЛЕСК БЕЗ УСИЛИЙ УДАЛЯЕТ ВЪЕВШУЮСЯ ГРЯЗЬ, ЖИР И КОПОТЬ Активные компоненты средства всего за 30 секунд обеспечивают эффективное расщепление густого, засохшего и пригоревшего жира, остатков пищи и других сложных загрязнений. Благодаря усиленной формуле можно легко и быстро очистить все виды кухонных плит &amp;#40;кроме стеклокерамических&amp;#41;, микроволновые печи, а также эмалированные поверхности и поверхности из нержавеющей стали без царапин и разводов. Объем: 500 мл Штрих-код: 4810153037015 Применение: нанесите на очищаемую поверхность, тщательно смойте водой. Внимание! Содержит щелочь! Использовать средство только на охлажденной поверхности.При работе со средством использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. Не использовать для чистки изделий из стекла, стеклокерамики, алюминия, металлизированной пластмассы. Не использовать для чистки наружных поверхностей мебели и бытовой техники. Состав: вода, гидроксид натрия, неионогенные ПАВ &amp;lt; 5 &amp;#37;, ЭДТА динатрия &amp;lt; 5 &amp;#37; .</t>
+  </si>
+  <si>
+    <t>923103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/158/nw8zqdqzxlfh9qc3ixy9og28nhsk2chc.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Спрей-АНТИЖИР для КУХНИ, 500мл, код 02 21</t>
+  </si>
+  <si>
+    <t>БЫСТРОДЕЙСТВУЮЩАЯ ФОРМУЛА УДАЛЯЕТ ЖИРОВЫЕ ЗАГРЯЗНЕНИЯ ЛЕГКО И БЫСТРО СМЫВАЕТСЯ Активные компоненты спрея всего за 10 секунд обеспечивают эффективное расщепление пригоревшего жира и других сложных загрязнений. Благодаря усиленной формуле, можно быстро очистить все виды кухонных поверхностей: плиту &amp;#40;в том числе стеклокерамическую&amp;#41;, микроволновую печь, столешницу, керамическую плитку, скиналь, а также эмалированные поверхности и поверхности из нержавеющей стали. Легко смывается, не оставляет разводов, придает блеск. Объем: 500 мл Штрих-код: 4810153037022 Применение: нанесите на поверхность, протрите салфеткой или губкой, смойте водой. В случае сильного загрязнения оставьте на несколько минут для воздействия. Использовать средство только на охлажденной поверхности. При работе со средством рекомендуется использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. Состав: вода, монометиловый эфир дипропиленгликоля, неионогенные ПАВ &amp;lt; 5 &amp;#37;, гидроксид натрия, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон.</t>
+  </si>
+  <si>
+    <t>923104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/7rnqnz0bn78u22ke81t5zwws10iqrbni.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Удалитель-спрей против ПЛЕСЕНИ и ГРИБКА, 500мл, код 02 22</t>
+  </si>
+  <si>
+    <t>НАДЕЖНАЯ ПРОТИВОГРИБКОВАЯ ЗАЩИТА БЕЗ ХЛОРА И РАСТВОРИТЕЛЕЙ УДАЛЯЕТ ПЛЕСЕНЬ И УСТРАНЯЕТ ЗАПАХ Активные компоненты спрея быстро проникают в глубь поверхности и эффективно удаляют плесень, грибок, бактерии. Спрей подходит для обработки смесителей, стоков, душевых насадок, обоев, штукатурки, плитки, деревянных, бетонных, кирпичных поверхностей, а также изделий из пластмассы и ткани. Инновационная система-антиплесень длительное время защищает от повторного появления плесени и грибка. Не содержит хлора, не имеет резкого запаха. Можно применять в жилых помещениях. Объем: 500 мл Штрих-код: 4810153037039 Применение: равномерно нанесите на поверхность на 15-20 минут. При сильном поражении оставьте на 1 час. Удалите загрязнения губкой или щеткой. Тщательно смойте. Через 15 минут повторите обработку, не смывайте! Внимание! При работе со средством использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза и на кожу, при попадании в глаза промыть большим количеством воды и обратиться к врачу. При проглатывании немедленно обратиться к врачу и показать этикетку. Не смешивать с другими средствами. Перед использованием на поверхностях неизвестного типа сначала попробуйте средство на незаметном участке. Не применять для мрамора и натурального камня, содержащего известь. Состав: вода, пероксид водорода &amp;gt; 5 &amp;#37;, но &amp;lt; 15 &amp;#37;, дидецилдиметиламмония хлорид, неионогенные ПАВ &amp;lt; 5 &amp;#37;, фосфонаты &amp;lt; 5 &amp;#37;.</t>
+  </si>
+  <si>
+    <t>923105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b7/dgxkygup0vpp7lcnp3vzt43clqi63tr8.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий СПРЕЙ для ДУШЕВЫХ КАБИН и АКРИЛОВЫХ ВАНН, 500мл, код 02 23</t>
+  </si>
+  <si>
+    <t>ОЧИЩАЕТ РЖАВЧИНУ, ИЗВЕСТКОВЫЙ И МЫЛЬНЫЙ НАЛЕТ Чистящий спрей предназначен для мытья душевых кабин, акриловых и эмалированных ванн, раковин, плитки, кранов и смесителей, а также поверхностей из пластика, хрома и никеля. Активная формула превосходно удаляет ржавчину, известковый и мыльный налет, въевшуюся грязь и другие сложные загрязнения. Специальные защитные компоненты образуют на поверхности невидимую пленку, которая отталкивает воду и грязь и придает поверхностям блеск без разводов. Не содержит фосфатов, абразивов, хлора и агрессивных кислот. Объем: 500 мл Применение: нанесите на поверхность, протрите салфеткой или губкой, смойте водой. В случае сильного загрязнения оставьте на несколько минут для воздействия. При работе со средством рекомендуется использовать резиновые перчатки. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. Перед использованием на поверхностях неизвестного типа сначала попробуйте средство на незаметном участке. Состав: вода, кислота лимонная, изопропиловый спирт, неионогенные ПАВ &amp;lt; 5 &amp;#37;, фосфонаты &amp;lt; 5 &amp;#37;, функциональная добавка, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон.</t>
+  </si>
+  <si>
+    <t>923106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da2/okyhh9s0a0emseq6z6cf3jn1f9ad7kkz.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий КРЕМ для СТЕКЛОКЕРАМИКИ и деликатных поверхностей, 700г код 08 47</t>
+  </si>
+  <si>
+    <t>ЭФФЕКТ ПОЛИРОВКИ БЕЗ ЦАРАПИН Уникальная формула крема – это превосходное сочетание быстрого, эффективного, при этом очень бережного очищения и аккуратной полировки поверхностей. Специальные компоненты расщепляют даже сложные загрязнения &amp;#40;густой, засохший и пригоревший жир, остатки пищи, известковый налет и др.&amp;#41;, позволяют легко очистить стеклокерамическую плиту и другие деликатные поверхности без царапин, придают сияющий блеск. Использовать только на охлажденной поверхности. Объем: 700 г Штрих-код: 4810153037084 Применение: встряхните перед использованием. Нанесите крем на влажную губку или на поверхность, потрите и смойте водой. В случае сильного загрязнения оставьте на несколько минут для воздействия. Отполируйте мягкой сухой тканью. Меры предосторожности: хранить отдельно от пищевых продуктов и в местах, недоступных для детей. Избегать попадания в глаза, при попадании в глаза промыть большим количеством воды. При работе со средством рекомендуется использовать резиновые перчатки. Состав: вода, карбонат кальция, кальцинированная сода, неионогенные ПАВ &amp;lt; 5 &amp;#37;, силикон, феноксиэтанол, метилпарабен, этилпарабен, пропилпарабен, 2-бромо-2-нитропропан-1,3-диол, парфюмерная композиция.</t>
+  </si>
+  <si>
+    <t>923107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58b/jzuasx44fxfm17t7lwempbhqunyl27ma.jpg</t>
+  </si>
+  <si>
+    <t>ВИТЭКС HOME Чистящий СПРЕЙ для ОРГТЕХНИКИ и ОПТИКИ, 215мл</t>
+  </si>
+  <si>
+    <t>Высокоэффективное средство для легкой и аккуратной очистки всех типов экранов, стеклянных и пластиковых поверхностей бытовой и офисной техники, а также диоптрических, солнцезащитных, 3D-очков, луп. Моментально удаляет пыль, грязь, следы от капель воды, отпечатки пальцев, не оставляет разводов. Быстро высыхает, оставляя невидимый защитный слой с антистатическим эффектом. Объем: 215 мл Штрих-код: 4810153037480 Применение: Нанесите средство на чистую салфетку из микрофибры, аккуратно очистите поверхность. Состав: вода, изопропиловый спирт &amp;lt; 5 &amp;#37;, неионогенные ПАВ &amp;lt; 5 &amp;#37;, функциональная добавка, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон.</t>
+  </si>
+  <si>
+    <t>923108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c7/7vvdf5obciw1jban16zxu5bs490yn9wn.jpg</t>
   </si>
   <si>
     <t>Bagi Шуманит ЭКОНОМ 270гр Жироудалитель концентрат</t>
   </si>
   <si>
     <t>Bagi Шуманит ЭКОНОМ 270гр Жироудалитель концентрат *1/20</t>
   </si>
   <si>
-    <t>604961</t>
-[...544 lines deleted...]
-  <si>
     <t>928575</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/694/5glxcu3dg9pddtgx7hjhf09chqtuq6ts.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/728/jd3tvv0erbc1lxjdrw1m5p2krff1uywy.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Золушка для ванной курок 500мл.  АМС Медиа   Ч20-2 </t>
   </si>
   <si>
     <t>Золушка для ванной курок 500мл.*3/12 &amp;#40;АМС Медиа&amp;#41; &amp;#40;Ч20-2&amp;#41;</t>
   </si>
   <si>
     <t>928585</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1eb/bhsn7ltw4xchkv1nbvi892b1qau8z6tw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b67/7sghbkd47b3qzrwnz5l3km66j531nftw.png</t>
   </si>
   <si>
     <t xml:space="preserve">Sanita гель 500мл Антижир для плит чистящее средство  дизайн 2022   23014 </t>
   </si>
   <si>
     <t>Sanita гель 500мл Антижир для плит чистящее средство &amp;#40;дизайн 2022&amp;#41; &amp;#40;23014&amp;#41;*3/21</t>
   </si>
   <si>
     <t>928593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/883/vxhbao93l4ucn1co9rf70go8it1rxtrk.jpg</t>
   </si>
   <si>
     <t>Sanfor-белизна гель 3 в 1 с Хлором 700гр.</t>
   </si>
   <si>
     <t>Sanfor-белизна гель 3в1 с Хлором 700гр. *15 -1966</t>
   </si>
   <si>
     <t>928596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/947/nn0cepmtstloo3ks2ywa63he19scjtfr.jpg</t>
   </si>
   <si>
     <t>ТБХ ПРОГРЕСС 5л.  quot;Семь зв зд quot; универсальное моющее средство ПЭТ канистра</t>
   </si>
   <si>
     <t>ТБХ ПРОГРЕСС 5л. &amp;quot;Семь звёзд&amp;quot; универсальное моющее средство ПЭТ канистра в кор *1/3</t>
   </si>
   <si>
     <t>928604</t>
   </si>
   <si>
+    <t>&lt;a href="/brands/sem-zvezd/"&gt;Семь Звезд&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/890/5f9ssg8t5l63fysfvr2ym67werp8m2pz.jpg</t>
   </si>
   <si>
     <t>Уникум Жироудалитель Gold для плит и духовок 3л.</t>
   </si>
   <si>
     <t>Уникум Жироудалитель Gold для плит и духовок 3л.*1/6</t>
   </si>
   <si>
     <t>928609</t>
   </si>
   <si>
     <t>&lt;a href="/brands/unikum/"&gt;Уникум&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f7b/5b1huujj1gbg48yl585rf1x2kf0clbtn.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0a9/hj4dtgq29n1mzwnndaet1q0fenzai0ph.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чистин Чистящее средство 400г Лимон  0073 </t>
   </si>
   <si>
     <t>Чистин Чистящее средство 400г Лимон &amp;#40;0073&amp;#41;*5/20</t>
   </si>
   <si>
     <t>928618</t>
   </si>
   <si>
     <t>Sanfor-белизна гель 3в1 с Хлором 700гр.</t>
   </si>
   <si>
     <t>928916</t>
   </si>
   <si>
     <t>928923</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/365/b89g7hox7nfv1wjo87k3cwoh5kau45nn.jpg</t>
+  </si>
+  <si>
+    <t>Средство чистящее мгновенного действия Sanita  quot;Жироудалитель Gold quot;, спрей, с курком, 500мл</t>
+  </si>
+  <si>
+    <t>Разработан при помощи современных формул и рецептур, которые отвечают всем последним требованиям и тенденциям рынка бытовой химии, быстро удаляет жир, содержит щелочь. Состав: 5&amp;#37;, но &amp;lt; 15&amp;#37;: смесь растворителей, НПАВ; &amp;lt; 5&amp;#37;: щелочь, ароматизирующая добавка. Температурный режим хранения и транспортирования средства неограничен. Средство замерзает при температуре -15С, после размораживания сохраняет свои свойства.</t>
+  </si>
+  <si>
+    <t>940766</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/399/ne7vjx016m499712wpa92kz3to001lv9.jpg</t>
+  </si>
+  <si>
+    <t>Чистящее средство спрей для ванной Туалетный утенок  quot;Супер Сила. Видимый эффект quot;, антиналет, дезинф, 515мл</t>
+  </si>
+  <si>
+    <t>Туалетный Утенок Супер Сила Видимый Эффект устраняет 100&amp;#37; известкового налета, ржавчину, въевшуюся грязь и возвращает поверхностям первоначальный блеск. Легко проникает даже в самые труднодоступные места, создан специально для удаления самых сложных пятен в ванной. Эффективно дезинфицирует. Средство предназначено для очищения поверхностей из нержавеющей стали, латуни, хромированных поверхностей, фарфора, керамической плитки, стекла, пластика. ОСНОВНЫЕ ПРЕИМУЩЕСТВА: - Устраняет 100&amp;#37; известкового налета без усилий - Подходит для большинства поверхностей в ванной - Эффективно дезинфицирует</t>
+  </si>
+  <si>
+    <t>940767</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sc-johnson/"&gt;SC Johnson&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/308/kmiwt9s2vlghqg4vks6k5dvphbb0bu13.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Sanita  quot;Блеск металла quot;, спрей, для чистки металла, 500мл</t>
   </si>
   <si>
     <t>Средство чистящее Sanita &amp;quot;Блеск металла&amp;quot;, спрей, для чистки металла, 500мл</t>
   </si>
   <si>
     <t>945416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c17/hqd7ft6dvujh9d6jlksxyau616pkode1.jpg</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos  quot;Антиналет блеск. Цветущая магнолия quot;, гель, без хлора, 750мл</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos &amp;quot;Антиналет&amp;#43;блеск. Цветущая магнолия&amp;quot;, гель, без хлора, 750мл</t>
   </si>
   <si>
     <t>945419</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/132/gwat29cuzyev7camrw6av2y5c089oq66.jpg</t>
-[...8 lines deleted...]
-    <t>946712</t>
+    <t>http://anytos.ru//upload/iblock/de3/sqc9tu2lyncfm3inwd1v4lezgdfg4sib.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий баллон со сжатым воздухом пневмоочиститель  quot;BRAUBERG 800 quot;, 800 мл, 513691</t>
+  </si>
+  <si>
+    <t>Баллон со сжатым воздухом BRAUBERG предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Подходит для очистки поверхностей печатных плат, линз оптических приборов, лабораторного, диагностического и другого деликатного оборудования. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Не оставляет следов при распылении.При систематическом применении увеличивает срок службы техники.Внимание! Очистку проводить только после отключения устройств от электропитания! В процессе применения средство значительно охлаждает очищаемые детали. Резкое охлаждение горячих деталей может негативно сказаться на их работоспособности и даже вывести их из строя!Применение:1. Установить трубку в распылительную головку. Внимание! Для установки трубочки в отверстие клапана необходимо вставить ее с усилием до полной фиксации.2. С расстояния 10-15 см короткими порциями продуть места скопления пыли и загрязнений. Объем – 800 мл. Состав: Алифатические углеводороды &amp;gt;30&amp;#37;.Меры предосторожности: баллон под давлением. При нагревании возможен взрыв. Предохранять от воздействия прямых солнечных лучей и нагревания выше 50 °С. Не распылять вблизи источников открытого огня и раскаленных предметов. Не курить во время пользования. Не разбирать и не давать детям. Не вдыхать испарения и брызги. Рекомендации по утилизации: не вскрывать и не сжигать даже после использования. Использованный баллон утилизировать как бытовой отход.Условия хранения: температурный режим транспортировки от -30 до &amp;#43;30 °С. Хранить в крытых сухих складских вентилируемых помещениях при температуре от -30 до &amp;#43;30 °С на расстоянии не менее 1 м от нагревательных приборов.</t>
+  </si>
+  <si>
+    <t>946713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff7/8x2gmyj5sh71x9d01soi3bwtvriogq13.jpg</t>
   </si>
   <si>
     <t>Чистящий баллон со сжатым воздухом пневмоочиститель SONNEN 1000 мл, 513755</t>
   </si>
   <si>
     <t>Чистящий баллон со сжатым воздухом/пневмоочиститель SONNEN предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Продукт предназначен для бесконтактного удаления пыли и мелкого мусора из труднодоступных мест и внутреннего пространства компьютерной техники, аудио-, видео- и фотоаппаратуры, офисной и бытовой техники. Подходит для очистки поверхностей печатных плат, линз оптических приборов, лабораторного, диагностического и другого деликатного оборудования. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Распылительная головка с трубочкой позволяет контролировать направление и силу струи очистителя. Не оставляет следов при распылении. Давление внутри баллона – 5,5 Бар.При систематическом применении увеличивает срок службы техники.Внимание! Очистку проводить только после отключения устройств от электропитания! В процессе применения средство значительно охлаждает очищаемые детали. Резкое охлаждение горячих деталей может негативно сказаться на их работоспособности и даже вывести их из строя!Применение:1. Установить трубку в распылительную головку. Внимание! Для установки трубочки в отверстие клапана необходимо вставить ее с усилием до полной фиксации.2. С расстояния 10–15 см короткими порциями продуть места скопления пыли и загрязнений. Объем – 1000 мл. Размер баллона – 650x700x3400 мм.Состав: Алифатические углеводороды &amp;gt;30&amp;#37;.Меры предосторожности: Баллон под давлением. При нагревании возможен взрыв. Предохранять от воздействия прямых солнечных лучей и нагревания выше 50 °С. Не распылять вблизи источников открытого огня и раскаленных предметов. Не курить во время пользования. Не разбирать и не давать детям. Не вдыхать испарения и брызги. Рекомендации по утилизации: Не вскрывать и не сжигать даже после использования. Использованный баллон утилизировать как бытовой отход.Условия хранения: Температурный режим транспортировки от -30 до &amp;#43;30 °С. Хранить в крытых сухих складских вентилируемых помещениях при температуре от -30 до &amp;#43;30 °С на расстоянии не менее 1 м от нагревательных приборов.</t>
   </si>
   <si>
     <t>949888</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sonnen/"&gt;SONNEN&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a41/hd15b2ft9paa0gon29nm8pfb92m6x2qy.jpg</t>
   </si>
   <si>
     <t>Средство для сантехники и дезинфекции SANFOR Ультра Белый спрей унив 500мл</t>
   </si>
   <si>
     <t>952284</t>
   </si>
@@ -2133,50 +2087,62 @@
   <si>
     <t>Антискотч-спрей для удаления этикеток, следов клея, липких лент, битума BRAUBERG, 210 мл, 608434</t>
   </si>
   <si>
     <t>Средство BRAUBERG предназначено для быстрого и эффективного удаления остатков клея, клейкой ленты, тонировочной пленки, битума, информационных наклеек и рекламы. Средство обеспечивает быстрое и безопасное удаление остатков клея, различных клейких лент, самоклеящихся этикеток, наклеек и жевательной резинки с твердых поверхностей в домашних условиях, офисе, на производстве. Объем баллона составляет 210 мл.После распыления эффективно растворяет остатки клея без повреждений и царапин на поверхности.Состав огнеопасен! Баллон необходимо предохранять от воздействия прямых солнечных лучей и нагревания свыше 50°С. Запрещается распылять вблизи источников открытого огня и раскаленных предметов! Использовать строго при выключенном оборудовании!Инструкция по применению:• Перед использованием энергично встряхните баллон.• Во избежание попадания следов аэрозоля защитите поверхности, не подвергающиеся обработке.• Удалите следы основы от клейких лент, наклеек и этикеток пластиковым скребком или вручную.• Равномерно распылите состав на остатки клеевого слоя, дайте подействовать 30-40 секунд.• При необходимости можно провести обработку еще раз. Некоторые этикетки имеют плотный верхний слой, ламинацию или лак, который препятствует проникновению средства. В таком случае необходимо отделить поверхностный слой.• Не допускайте длительный контакт состава с пластиковыми деталями.• Удалите средство с помощью пластикового скребка, сухой тряпки или салфетки.• Если этикетка имеет влагоотталкивающий слой - предварительно удалите его так, чтобы средство могло проникнуть к клеевой основе.Следует соблюдать повышенную аккуратность при работе с окрашенными и ламинированными поверхностями!ПЕРЕД ПРИМЕНЕНИЕМ НА ПЛАСТИКОВЫХ И ОКРАШЕННЫХ ПОВЕРХНОСТЯХ РЕКОМЕНДУЕТСЯ ПРОТЕСТИРОВАТЬ НА МАЛОЗАМЕТНОМ УЧАСТКЕ &amp;#40;ВОЗМОЖНО ПОВРЕЖДЕНИЕ ПОВЕРХНОСТЕЙ&amp;#41;!Не нарушать целостность упаковки и не сжигать даже после использования! После использования баллон утилизируется как бытовой отход.</t>
   </si>
   <si>
     <t>954030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba5/ku0kw2wio2a7oo2wl2js3fgy0bhfvhz2.jpg</t>
   </si>
   <si>
     <t>Таблетки для очистки кофемашин от эфирных масел TOPPERR, КОМПЛЕКТ 10 шт., 3037</t>
   </si>
   <si>
     <t>Таблетки TOPPERR для очистки кофемашин от масел с активным кислородом предназначены для безопасного и эффективного удаления кофейного осадка, жира и кофейных масел, оседающих на внутренних поверхностях блока заваривания кофеварок и кофемашин. Таблетки TOPPERR очищают кофемашину, продлевают срок службы техники.Подходят для всех типов кофемашин.Производитель оставляет за собой право изменять характеристики товара, его внешний вид и комплектность без предварительного уведомления продавца.</t>
   </si>
   <si>
     <t>954034</t>
   </si>
   <si>
     <t>&lt;a href="/brands/topperr/"&gt;Topperr&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d12/pye5th9c84vrqaz9d3f8rr2jmhf1spc9.jpg</t>
+  </si>
+  <si>
+    <t>Салфетки Attache Selection Smart Price для экранов туба 100шт уп 112х110 МБЛ</t>
+  </si>
+  <si>
+    <t>Салфетки Attache Selection Smart Price для экранов туба 100шт/уп 112х110 МБЛ</t>
+  </si>
+  <si>
+    <t>965166</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/23b/0xh3mybh877yzzp3mzrabz1xu4zxdubd.jpg</t>
   </si>
   <si>
     <t>Средство для сантехники Бархат чистящее средство гель 500мл</t>
   </si>
   <si>
     <t>965175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d79/c6vzkvkzyudm89uy58808t5lq7ufuluo.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для кухни Бархат гель антижир 500мл</t>
   </si>
   <si>
     <t>965176</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/445/ctbo0g0szjj5lhnnnbhztvuci86pf8d4.jpg</t>
   </si>
   <si>
     <t>Средство для сантехники Luscan гель с кислотой 5 л</t>
   </si>
   <si>
     <t>965189</t>
@@ -2244,101 +2210,128 @@
   <si>
     <t>Комплексное средство для очистки воды в бассейнах 1л КРИСТАЛПУЛ COMPLEX 4 в 1, концентрат, KPCX1S</t>
   </si>
   <si>
     <t>Средство для бассейнов КРИСТАЛПУЛ COMPLEX представляет собой прозрачную жидкость от бесцветного до светло-желтого цвета со слабым специфическим запахом. Предназначается для уничтожения широкого спектра патогенных микроорганизмов. Препарат не содержит хлора и тяжелых металлов; не пенящийся – пригоден для любого типа бассейнов &amp;#40;в том числе SPA&amp;#41;. Комплексный двухкомпонентный препарат на основе активного кислорода.КРИСТАЛПУЛ COMPLEX не оказывает отрицательного воздействия на поверхности из цветного декоративного пластика &amp;#40;бумажнослоистого, стеклопластика&amp;#41;, тисненых поверхностей из винилис-кожи трудногорючей, мрамора, деревянных поверхностей, резиновых и виниловых изделий, ворсового полотна. Не фиксирует органические загрязнения. Не вызывает коррозии металлов и пр. Не наносит вреда системам циркуляции/фильтрации в том числе SPA. Разрешено применять в водоемах и бассейнах с кварцевым песком.Рекомендуемые дозировки на 10 м3 воды:- первая обработка – 70 мл препарата. Требуется технический перерыв в работе бассейна не менее 12 часов при непрерывной фильтрации. Затем фильтр следует тщательно промыть.- текущая обработка – 25-30 мл препарата еженедельно. При интенсивном использовании бассейна и/или высоких температурах увеличивают частоту использования и/или дозировку двукратно.Меры предосторожности:При работе с препаратом следует пользоваться перчатками и защитными очками;Избегать контакта с кожей и одеждой;Хранить в недоступном для детей месте;Никогда не смешивать с другими химикатами, т.к. могут выделяться вредные газы;При попадании в глаза и на кожу промыть их большим количеством воды.Состав: полигексаметиленгуанидин гидрохлорид и функциональные добавки.Хранение и транспортировка:Хранить при температуре не выше &amp;#43;25 °С в сухом помещении и герметично закрытой упаковке;Хранить вдали от нагревательных приборов и горючих веществ;Беречь от нагревания и прямых солнечных лучей.Срок хранения препарата: 1 год с даты изготовления.</t>
   </si>
   <si>
     <t>986284</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kristalpul/"&gt;КРИСТАЛПУЛ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22b/qo5j91tt9wsco6m4fxtfuzemgw9dpbmz.jpg</t>
   </si>
   <si>
     <t>Пена чистящая для LCD LED экранов Attache Selection Professional, 180 мл</t>
   </si>
   <si>
     <t>Пена чистящая для LCD/LED экранов Attache Selection Professional, 180 мл</t>
   </si>
   <si>
     <t>992072</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/1e6/47qeajiqpimf0mate2h05imbne2bqa1e.jpg</t>
+  </si>
+  <si>
+    <t>Гель чистки для экранов и оптики Attache Selection, 200 мл</t>
+  </si>
+  <si>
+    <t>992074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d5/wa6nln34pmwpbgrz835cibp5i34g3dye.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок, грилей от жира и нагара 500 мл, CIF Антижир  quot;Цитрус quot;</t>
   </si>
   <si>
     <t>Средство CIF Антижир &amp;quot;Цитрус&amp;quot; подходят для удаления жира и нагара с плит, духовок и грилей. Благодаря инновационной формуле обеспечивают быстрое и эффективное удаление жира и пригоревших остатков пищи. Используйте его для очистки плит, вытяжек и духовок, а также рабочих поверхностей, в том числе контактирующих с пищей. Спрей безопасен даже для деликатных поверхностей, включая стеклокерамику, и не оставляет белых следов и разводов: только чистота и блеск!Формула спрея содержит соду и эффективно растворяет загрязнения органического происхождения, а масла апельсина и лимона усиливают очищающий эффект и придают легкий цитрусовый аромат.Одного флакона спрея CIF 500 мл хватит надолго: 1-2 распыления достаточно, чтобы очистить 1 м2 поверхности. Средство дерматологически протестировано и отмечено экомаркировкой &amp;quot;Листок жизни&amp;quot;, которая признана международными организациями. CIF гарантирует экологическую безопасность спрея для человека и окружающей среды.Способ применения: для тщательной уборки распылите средство на загрязненный участок с небольшого расстояния, оставьте на несколько секунд. За это время усиленная формула чистящего спрея растворит загрязнение. Теперь достаточно протереть поверхность влажной тканью или губкой и смыть остатки средства водой. Для безупречного блеска глянцевых поверхностей дополнительно протрите их сухой тканью, убирая остатки влаги. Для удаления застарелой грязи оставьте средство на несколько минут перед тем, как протереть. Состав: менее 5&amp;#37; неионогенные ПАВ, менее 5&amp;#37; натрия бикарбонат &amp;#40;сода&amp;#41;, менее 5&amp;#37; консерванты, менее 5&amp;#37; отдушка, менее 5&amp;#37; эфирное масло апельсина, менее 5&amp;#37; эфирное масло лимона, менее 5&amp;#37; лимонен.</t>
   </si>
   <si>
     <t>995774</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/452/i906n8oej72carbtigprgeg7y6lvlqlg.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Vega Пемоксоль  quot;Лимон. Сода-эффект quot;, порошок, 400г</t>
   </si>
   <si>
     <t>Средство чистящее Vega Пемоксоль &amp;quot;Лимон. Сода-эффект&amp;quot;, порошок, 400г</t>
   </si>
   <si>
     <t>998922</t>
   </si>
   <si>
     <t>&lt;a href="/brands/vega/"&gt;Vega&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b2/bhvldm5qj89znzq1b18iqyjntdex226q.jpg</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG для экранов всех типов и оптики, универсальная, 250 мл, ВБ, 880727</t>
   </si>
   <si>
     <t>Чистящая жидкость-спрей BRAUBERG обеспечивает идеальное очищение сильно загрязненных поверхностей из стекла: компьютеров, мониторов, мобильных устройств и т.д. Подходит для протирки оптических поверхностей и линз очков. Не содержит спирта и растворителей. Благодаря отсутствию в формуле твердых включений не повреждает поверхность. Объем – 250 мл. Обладает антистатическим эффектом. Размер – 190х50х50 мм.Состав: вода; н-пропанол не менее 5&amp;#37;, но не более 15&amp;#37;; нПАВ 5&amp;#37; или менее; консервант.Допускается нанесение средства сразу на экран, но чтобы избежать образования разводов на протираемой поверхности, рекомендуем наносить жидкость-спрей сначала на салфетку, а затем протирать экран.</t>
   </si>
   <si>
     <t>999037</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/867/x3w57cg03jtyew97t8ycipcbcc42jo30.jpg</t>
+  </si>
+  <si>
+    <t>Жироудалитель Ника  quot;Пенаблеск экспресс quot;, 500г спрей</t>
+  </si>
+  <si>
+    <t>Жироудалитель Ника &amp;quot;Пенаблеск экспресс&amp;quot;, 500г спрей</t>
+  </si>
+  <si>
+    <t>1002908</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/689/dgy9rmzud58rveh8xmuff02y5z308e76.jpg</t>
   </si>
   <si>
     <t>Салфетки влажные OfficeClean, 50шт., универсальные очищающие, экстракт зеленого чая</t>
   </si>
   <si>
     <t>1002909</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2cf/fhpvjc9f86h9ytd3vh3mxc5z704b359l.jpg</t>
+  </si>
+  <si>
+    <t>Салфетки чистящие влажные OfficeClean, для мониторов всех типов, в тубе, с ароматом абрикоса, 100шт.</t>
+  </si>
+  <si>
+    <t>1002910</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/553/i03ivspm57xwknntwifsrt48s5b5mmdd.jpg</t>
   </si>
   <si>
     <t>Смягчитель воды для стиральных машин Calgon 3в1, порошок, 750г</t>
   </si>
   <si>
     <t>1002911</t>
   </si>
   <si>
     <t>&lt;a href="/brands/calgon/"&gt;Calgon&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffa/hdxc4h8md1fycikr0myf642h1bu7ds43.jpg</t>
   </si>
   <si>
     <t>Средство моющее Ника  quot;КМ. Беспенное quot;, концентрированное, высокощелочное, 1кг</t>
   </si>
   <si>
     <t>Средство моющее Ника &amp;quot;КМ. Беспенное&amp;quot;, концентрированное, высокощелочное, 1кг</t>
   </si>
   <si>
     <t>1002912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/815/1n94s3clgmn5n3as2pn3lzaoykfb5lr6.jpg</t>
@@ -2352,145 +2345,132 @@
   <si>
     <t>1002913</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21b/3f0w7jfil1plmf82vz72oc3vk1k2sxdp.jpg</t>
   </si>
   <si>
     <t>Средство чистящее Cif  quot;Active lemon quot;, крем с микрокристаллами, 500мл</t>
   </si>
   <si>
     <t>Средство чистящее Cif &amp;quot;Active lemon&amp;quot;, крем с микрокристаллами, 500мл</t>
   </si>
   <si>
     <t>1002914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a7/xanil0bmhvvwbeyzdthpm6mk0gj7zi8q.jpg</t>
   </si>
   <si>
     <t>Средство чистящее OfficeClean Пемоксоль с хлором, порошок, 400г</t>
   </si>
   <si>
     <t>1002915</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/932/22kdo7t9h1vjrsh8pg0ia4ftd297pmvz.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc5/3dw8wh2tj6dquvxgcxe8gagqhl69x6dp.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для сантехники Sanfor  quot;Universal 10в1. Ультра Блеск. Чистота и гигиена quot;, гель с хлором, 750мл</t>
   </si>
   <si>
     <t>Чистящее средство для сантехники Sanfor &amp;quot;Universal 10в1. Ультра Блеск. Чистота и гигиена&amp;quot;, гель с хлором, 750мл</t>
   </si>
   <si>
     <t>1002919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cf/vlh1dkxegjhb80wmwaeq51wwkwxs7f2r.jpg</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos  quot;Антиналет блеск. Освежающий цитрус quot;, гель, без хлора, 750мл</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos &amp;quot;Антиналет&amp;#43;блеск. Освежающий цитрус&amp;quot;, гель, без хлора, 750мл</t>
   </si>
   <si>
     <t>1002920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a04/wo9h2cyeu725butg3ek8u5p69t4mgcwp.jpg</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos  quot;Лимонная свежесть quot;, гель, 1л</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos &amp;quot;Лимонная свежесть&amp;quot;, гель, 1л</t>
   </si>
   <si>
     <t>1002921</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/x8mg4ehwnq6jmwsx9e3s3b6u1jwda1zt.jpg</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos  quot;Свежесть Атлантики quot;, гель, 1л</t>
   </si>
   <si>
     <t>Чистящее средство универсальное Domestos &amp;quot;Свежесть Атлантики&amp;quot;, гель, 1л</t>
   </si>
   <si>
     <t>1002922</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9e8/7qhyq3wfrntikwir50wifla7etw1agnn.jpg</t>
-[...9 lines deleted...]
-    <t>1005809</t>
+    <t>http://anytos.ru//upload/iblock/0f7/7u4834fgvst2nl7zm0pypfh2ujxrdk3y.jpg</t>
+  </si>
+  <si>
+    <t>Средство для чистки плит, духовок, грилей от жира нагара 500 мл, UNICUM  Уникум   quot;Gold quot;, спрей, 300032</t>
+  </si>
+  <si>
+    <t>UNICUM &amp;quot;Gold&amp;quot; – современное эффективное средство, позволяющее быстро ликвидировать даже самые сложные и застарелые следы жира и вернуть кухонной посуде и приборам первозданную чистоту и блеск. Жироудалитель Gold – особое средство для мгновенного удаления самых стойких застарелых и подгоревших масложировых загрязнений, нагара, копоти с поверхностей кухонных плит, духовых шкафов, грилей, кастрюль, сковородок, с прочих поверхностей для приготовления пищи, в том числе охлажденных. Состав: вода очищенная более 30&amp;#37;, щелочные компоненты 5-15&amp;#37;, растворители 5-15&amp;#37;, НПАВ.</t>
+  </si>
+  <si>
+    <t>1004443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19b/o9heu89jmc6javws9m6ogmzgqop3w6m8.jpg</t>
+  </si>
+  <si>
+    <t>Салфетки д экранов Luscan, туба, 100 штук, 130х170</t>
+  </si>
+  <si>
+    <t>Салфетки д/экранов Luscan, туба, 100 штук, 130х170</t>
+  </si>
+  <si>
+    <t>1005802</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ec/60q46o2ls6ot71ea0zqfstv6nzu4dr0c.jpg</t>
+  </si>
+  <si>
+    <t>Салфетки д экранов Luscan, туба, а бакт, 100 штук, 13х17</t>
+  </si>
+  <si>
+    <t>Салфетки д/экранов Luscan, туба, а/бакт, 100 штук, 13х17</t>
+  </si>
+  <si>
+    <t>1005803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04d/xuiwsgqti9lcvag9ncohv7i77ksf4qi4.jpg</t>
   </si>
   <si>
     <t>Салфетки для мониторов всех типов DEFENDER CLN30320, в тубе, 100 шт., 30320</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки DEFENDER CLN30320 предназначены для удаления пыли и загрязнений с экранов мониторов, ноутбуков, телевизоров, а также протирки пластиковых поверхностей - клавиатур, системных блоков, телефонных аппаратов, мебели и т.д. Салфетки имеют размер 110х170 мм и выполнены из нетканого материла на целлюлозной основе плотностью 21 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
   <si>
     <t>1005879</t>
   </si>
   <si>
     <t>&lt;a href="/brands/defender/"&gt;Defender&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa7/ywm22835tmpdg4qwre92t70665e001ti.jpg</t>
   </si>
   <si>
     <t>Салфетки для мониторов всех типов DEFENDER CLN30322, в тубе, 100 шт., 30322</t>
   </si>
   <si>
     <t>Чистящие влажные салфетки DEFENDER CLN30322 предназначены для удаления пыли и загрязнений с экранов мониторов, ноутбуков, телевизоров, а также протирки пластиковых поверхностей - клавиатур, системных блоков, телефонных аппаратов, мебели и т.д. Салфетки имеют размер 110х110 мм и выполнены из нетканого материла на целлюлозной основе плотностью 21 г/м2. Упакованы в пластиковую тубу по 100 штук. Пропитывающий состав: вода, неионогенные ПАВ менее 5&amp;#37;, консервант, антистатический компонент.Перед применением необходимо ознакомиться с инструкцией производителя устройства, которое подвергается очистке.</t>
   </si>
@@ -2761,62 +2741,50 @@
   <si>
     <t>Средство для чистки акриловых ванн и душевых 500 г, BLITZ, распылитель, 6000009</t>
   </si>
   <si>
     <t>BLITZ бережно ухаживает за сантехникой, эффективно удаляя ржавчину, известковый налёт, плесень и грибок. Мощная формула справляется даже с мочевым камнем и предотвращает появление ржавчины. Содержащий в себе мощные очищающие свойства BLITZ обладает удивительной способностью разрушать даже самые стойкие загрязнения. Его уникальная формула на основе компонентов обеспечивает быстрое и эффективное решение проблем с грязью.Гель безопасен для мытья пластика, стеклокерамики, эмалированной, фаянсовой и нержавеющей поверхности. В отличие от других агрессивных продуктов очистки, которые могут повредить поверхность и окружающую среду, этот спрей позволяет сохранять ваше здоровье и здоровье окружающих.Способ применения: равномерно нанести жидкость для уборки, оставить средство на 5-10 минут, потереть губкой или щеткой, смыть водой.Состав: вода, менее 5&amp;#37; кислота лимонная, анионные и неионогенные ПАВ, отдушка.</t>
   </si>
   <si>
     <t>1015633</t>
   </si>
   <si>
     <t>&lt;a href="/brands/blitz/"&gt;Blitz&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/f1gfrofc18oxrd9i45zpz8cwui225ya5.jpg</t>
   </si>
   <si>
     <t>Средство для чистки ванн и душевых 750 г, SANFOR  Санфор   quot;Лимонная свежесть quot;, 1554</t>
   </si>
   <si>
     <t>Средство для чистки ванн и душевых SANFOR &amp;quot;Лимонная свежесть&amp;quot;. Специальная формула позволяет использовать абсолютно для любых видов ванн, в том числе акриловых, хромированных кранов и душа, не повреждая поверхности даже при ежедневном использовании, эффективно удаляет известковый налет, препятствует его появлению.</t>
   </si>
   <si>
     <t>1015634</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4bf/it4y9d9ytsx2ncbxoz7z5y346ei1eh8i.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e3c/99hej9pkum59lvld4vz5k3tyxsgplq0f.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок, грилей от жира и нагара, 5 л, PRO-BRITE AMOL, концентрат, 298-5</t>
   </si>
   <si>
     <t>Средство PRO-BRITE AMOL подходит для чистки от стойких пищевых пригаров и жира кухонных плит, пароконвектоматов, жарочного оборудования, духовых шкафов, грилей, вытяжных зонтов, противней, сковород и другой посуды. Свойства: жидкий сильнощелочной концентрат, прозрачный без цвета со специфическим запахом. Удаляет неприятные запахи. Легко смывается. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: использовать распылением, замачиванием или вручную. Проверить стойкость поверхности на незаметном участке! Температурный режим мойки 20-40 °С.1. Для плит и прочего жарочного оборудования: нанести концентрат на охлажденную &amp;#40;40 °С&amp;#41; поверхность, через 5-15 минут растереть и смыть водой.2. Для пароконвектоматов: нанести концентрат на поверхность, включить режим пропаривания &amp;#40;15-20 минут&amp;#41;, промыть поверхности водой.3. Для замачивания инвентаря и посуды: добавить в воду из расчета 1:20 &amp;#40;50 мл средства &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41;, поместить посуду, через 15 минут растереть &amp;#40;при необходимости&amp;#41; и промыть водой.Состав: вода, щелочь, ПАВ, растворители, ИПС, поликарбоксилат, соль.Плотность: 1,19±0,05 г/см при 20 °С.Значение pH 1&amp;#37;-раствора: 12,5±0,5.Предупреждающие меры: опасно! Беречь от детей! Применять строго по назначению указанным способам. Использовать резиновые перчатки, защитные очки или маску и спецодежду. Избегать вдыхания, проглатывания, попадания на кожу и в глаза. После работы тщательно вымыть руки. При попадании на кожу и в глаза вызывает химические ожоги. Вредно при проглатывании. Может вызвать раздражение дыхательных путей. При попадании на кожу и в глаза: осторожно промывать водой несколько минут. Снять контактные линзы, если вы ими пользуетесь и если это легко сделать, продолжить промывание, немедленно обратиться за медицинской помощью. При вдыхании: свежий воздух, покой. При проглатывании: прополоскать рот, немедленно обратиться за медицинской помощью. Не вызывать рвоту! Не смешивать с кислотными препаратами! Не использовать на алюминии и цветных металлах, окрашенных поверхностях!Свидетельство о гос. рег. № RU.47.01.05.015.Е.000060.11.23 от 29.11.2023 г.ТУ 20.41.32-021-42164595-2023.Область применения: Для чистки кухонных плит, духовых шкафов, грилей, коптильных агрегатов, пароуловителей, противней, сковород из нержавеющей стали, чугуна, керамики, стекла, а также хромированных, никелированных и др. щелочестойких поверхностях. Рекомендуется для использования в торговых и деловых центрах; гостиницах; объектах культурного наследия; образовательных &amp;#40; в т.ч. школьных и дошкольных&amp;#41;; ЖКХ; культурно-досуговых; спортивно-оздоровительных; медицинских &amp;#40;ЛПУ&amp;#41;; научных; финансовых; организациях общественного питания; предприятиях пищевой, машиностроительной, легкой, перерабатывающей и др. промышленности; лесопромышленных, агропромышленных и сельскохозяйственных отраслях; вокзалах; аэропортах; автосервисах и СТО; автомойках; на всех видах транспорта; пенитенциарных и иных учреждениях, в быту.</t>
   </si>
   <si>
     <t>1015636</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d44/abh5qtozz93wxgpjg64jhogc9twx6kql.jpg</t>
   </si>
   <si>
     <t>Средство для чистки плит, духовок, грилей от жира нагара 5 л, PRO-BRITE QUICK SUDS, концентрат, 78078, 044-5</t>
   </si>
   <si>
     <t>Средство для чистки коптильных камер, печей, жарочных шкафов, фритюрниц, грилей, блинниц, противней, вытяжных зонтов и др. оборудования от дымовых смол, копоти и пищевых пригаров. Применимо для мойки полов и стен, а также для удаления копоти после пожара. Область применения: гостиницы и вокзалы, торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, все виды транспорта, в быту.Свойства: жидкий сильнощелочной пенный концентрат против дымовых смол и копоти, пищевых пригаров и жиров, других пищевых загрязнений на поверхностях из нержавеющей стали, чугуна, керамики, а также эмалированных поверхностях, щелочестойких пластиках и т.д. Легко смывается. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: проверить стойкость поверхности на незаметном участке! Использовать пенным способом или замачиванием. Температурный режим мойки 20-85°С.1. Для коптильных камер, печей, вытяжных зонтов: максимальное разбавление 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41;, нанести на поверхность с пеногенератором или вручную, через 10-30 мин растереть и смыть водой.2. Для грилей, жаровен, блинниц и др.: нанести концентрат на поверхность, через 5-10 мин растереть и смыть горячей водой. Нагревание поверхности до 60°С значительно усиливает чистящий эффект.3. Для фритюрниц: слить масло, закрыть клапан, залить водой по уровню наполнения маслом, добавить препарат из расчёта 1:10 &amp;#40;100 мл &amp;#43; 900 мл воды = 1 л 10&amp;#37;-раствора&amp;#41;, нагреть до 85°С, дать остыть, слить раствор, растереть щёткой и промыть водой.4. Для противней, сковород и кастрюль замачиванием: поместить посуду в ванну с водой, добавить препарат из расчёта 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41;, через 15 мин растереть и промыть водой.5. Для мойки полов и стен: максимальное разбавление 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41;, нанести на поверхность и смыть водой. Для удаления копоти после пожара использовать с пеногенератором или вручную 5&amp;#37;-раствор.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, другим условиям мытья.Основные характеристики:состав: вода, щёлочь, ПАВ, поликарбоксилат, соль органическая;плотность: 1,22 ± 0,05 г/см3; при 20°С;значение pH 1&amp;#37;-раствора: 12,5 ± 0,5.Предупреждающие меры: Опасно! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, защитные очки и спецодежду. Избегать вдыхания при распылении, проглатывания, попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не смешивать с кислотными препаратами! Не использовать на алюминии и цветных металлах, окрашенных поверхностях!Хранение: плотно закрытым в заводской упаковке в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов, а также кислотных препаратов.Срок годности: 3 года от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
   </si>
   <si>
     <t>1015637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/418/pv5s89k2w0e0oryrz93cum2430oetb3d.jpg</t>
@@ -2887,62 +2855,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5a8/1inlw47drrbhvw63b5qy6n5g17t2mkw9.jpg</t>
   </si>
   <si>
     <t>Средство для чистки сантехники 520 мл, УТЕНОК  quot;Экспресс-уборка quot;, распылитель, 865016</t>
   </si>
   <si>
     <t>УТЕНОК &amp;quot;Экспресс-уборка&amp;quot; идеально подходит для ежедневной уборки и очищения различных типов поверхностей в ванной комнате. Отлично справляется с мыльным налетом и въевшейся грязью. Возвращает ванной комнате первоначальный блеск. Средство идеально подходит для ежедневной уборки и очищения различных типов поверхностей: раковин, плит, столешниц, керамической плитки, хромированных деталей, поверхностей из нержавеющей стали, винила, стеклопластика, фарфора. Убивает 99,99&amp;#37; вирусов и бактерий. Эффективность обеззараживания в отношении исследованных вирусов &amp;#40;аденовирус&amp;#41;, бактерий &amp;#40;E.coli, S.aureus, S. typhimurium, P.aeruginosa&amp;#41; достигается при экспозиции от 10 минут. Способ применения: поверните носик распылителя в положение ОN. С расстояния 20 см обильно нанесите средство на поверхность, нажимая на курок. При сильных загрязнениях оставьте средство на несколько минут, затем протрите губкой и смойте. Для уничтожения микроорганизмов оставьте средство на 10 минут, затем смойте. Перед первым применением всегда тестируйте на незаметном участке поверхности. Во время очистки бытовую технику отключите от электросети, не допускайте попадания средства в продукты питания. ОСТОРОЖНО! При попадании в глаза вызывает раздражение. При попадании на кожу вызывает слабое раздражение. Вредно для водных организмов с долгосрочными последствиями.МЕРЫ ПРЕДОСТОРОЖНОСТИ: беречь от детей! Не вдыхать пары средства. Использовать только в хорошо проветриваемых помещениях. Не смешивать с другими чистящими средствами. После работы тщательно вымыть руки. При возникновении раздражения кожи обратиться за медицинской помощью. ПРИ ПОПАДАНИИ В ГЛАЗА: осторожно промыть глаза водой в течение нескольких минут. Снять контактные линзы, если вы ими пользуетесь и если это легко сделать. Продолжить промывание глаз. Если раздражение глаз не проходит, обратиться за медицинской помощью. Не глотать! При необходимости обратиться за медицинской помощью, показать маркировку продукта. Избегать попадания в окружающую среду.Срок годности: 2 года от даты изготовления. После использования или по окончании срока годности упаковку/содержимое утилизировать как бытовые отходы.Состав: вода; менее 5&amp;#37;: диизопропаноламин, н-ПАВ, амфотерное ПАВ, алкил C12-16 диметилбензиламмоний хлорид, отдушка, тетранатрий иминодисукцинат.ТУ 20.41.32-017-18578805-2023.</t>
   </si>
   <si>
     <t>1015643</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b9/s2bw4ie37jpfoi90bgw44nmcznqjncuh.jpg</t>
   </si>
   <si>
     <t>Средство моющее 5 л, PRO-BRITE TRIO-GEL, с отбеливающим эффектом, концентрат, 067-5</t>
   </si>
   <si>
     <t>Предназначено для чистки и отбеливания стен, столов, рабочих поверхностей, инвентаря и посуды, унитазов, раковин, ванн, полов и других поверхностей. Применимо для устранения неприятных запахов из сточных труб, а также для уборки туалетов для животных. Область применения: организации общественного питания, пищевые производства, медицинские, образовательные &amp;#40;в т. ч. школьные и дошкольные&amp;#41;, научные, финансовые, спортивно-оздоровительные и культурно-досуговые учреждения, торговые и деловые центры, предприятия промышленности, гостиницы и вокзалы, все виды транспорта, в быту.Свойства: гелеобразный сильнощелочной концентрат, прозрачный светло-жёлтого цвета с хлорным запахом, с содержанием активного хлора 4&amp;#37; против пищевых, улично-бытовых, мыльных и слизистых загрязнений, а также серого налёта и следов плесени на керамических, каменных, пластиковых и деревянных поверхностях, на нержавеющей стали. Уничтожает патогенные микроорганизмы, в т.ч. плесень. Легко смывается. Пожаро и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: использовать вручную или замачиванием. Температурный режим мойки 20-40°С.1. Для чистки и отбеливания унитаза: использовать концентрат, распределить гель по поверхности, через 3-5мин смыть водой.2. Для уборки полов и стен: максимальное разбавление 1/100 &amp;#40;10мл &amp;#43; 990мл воды = 1л 1&amp;#37;-раствора&amp;#41;, нанести раствор на поверхность и смыть водой.3. Для отбеливания посуды и инвентаря: в тёплую &amp;#40;около 40°С&amp;#41; воду добавить из расчёта 1/10 &amp;#40;100мл &amp;#43; 900мл воды = 1л 10&amp;#37;-раствора&amp;#41;, поместить посуду &amp;#40;инвентарь&amp;#41;, через 10-25мин &amp;#40;после достижения нужного эффекта!&amp;#41; промыть водой.4. Для удаления следов плесени: использовать концентрат, нанести гель на пятно, через?20мин растереть щёткой и смыть водой.5. Для устранения неприятных запахов из сточных труб: залить 250-500мл концентрата в сток, через 15-30мин смыть водой.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и др. условиям мойки.Основные характеристики:Состав: вода; хлорный дезинфектант; ПАВ; щёлочь; соль; комплексон; ароматизатор.Плотность: 1,10±0,05 г/см3 при 20°С.Значение pH 1&amp;#37;-раствора: 11,5±0,5 Предупреждающие меры: Опасно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки, спецодежду, респиратор и защитные очки. Избегать вдыхания паров, проглатывания, попадания на кожу и в глаза. При попадании на кожу или волосы промыть водой, в глаза – осторожно промывать водой несколько минут, обратиться к врачу. Не смешивать с кислотными препаратами! Не использовать на алюминии и цветных металлах, а также для мойки ламината, паркета и полов из пробки! Не допускать попадания концентрата в открытые водоёмы!Хранение: плотно закрытым в заводской упаковке в тёмном сухом недоступном детям и животным месте отдельно от пищевых продуктов и кормов, а также кислотных препаратов. Не допускать воздействия прямых солнечных лучей и нагрева более 30°С!Срок годности: 18 месяцев от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;. По истечении срока годности или при нарушении условий хранения эффективность препарата снижается.</t>
   </si>
   <si>
     <t>1015644</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/772/l5q1l9gp5yzj2kr0em3tzry75u6f03ya.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ff/b0w84muzps22zlquzzp0ky2qv8frj2w7.jpg</t>
   </si>
   <si>
     <t>Средство моющее для пароконвектоматов 5 л, PRO-BRITE STRONG, щелочное, 248-5</t>
   </si>
   <si>
     <t>Средство для пароконвектоматов со встроенными автоматическими системами мойки двумя препаратами &amp;#40;моющим средством и ополаскивателем&amp;#41;. Область применения: гостиницы и вокзалы, торговые и деловые центры, медицинские, образовательные &amp;#40;в т.ч. в школьных и дошкольных учреждениях, ВУЗах&amp;#41;, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, организации общественного питания, предприятия промышленности, все виды транспорта, в быту.Свойства: жидкий сильнощелочной готовый к применению препарат против пригаров жиров, крахмала, белковых и других пищевых загрязнений. Не вызывает коррозию и потемнение поверхностей. Предотвращает образование известкового налёта. Легко смывается. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: заполнить препаратом отделение &amp;#40;бачок&amp;#41;, предназначенное для моющего средства, автоматической системы мойки. Далее действовать по инструкции производителя пароконвектомата.Состав: ПАВ, щёлочь, комплексоны, ингибиторы коррозии, краситель, вода.Плотность: 1,13 г/см3; при 20 °C.Значение pH 1&amp;#37;-раствора: 12,5 ± 0,5.Меры предосторожности: опасно! Использовать резиновые перчатки, защитные очки и спецодежду. Избегать проглатывания, попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не смешивать с кислотными препаратами!Хранение: плотно закрытым, в заводской упаковке, в тёмном сухом месте, отдельно от пищевых продуктов и кормов для животных, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
   </si>
   <si>
     <t>1015646</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c1/2licdb703mwt9b08iv6k3hjnqxjk27w8.jpg</t>
   </si>
   <si>
     <t>Средство моющее универсальное 5 л, PRO-BRITE D-CONCENTRATE, щелочное, низкопенное, концентрат, 037-5</t>
   </si>
   <si>
     <t>Средство для мытья различных поверхностей. Рекомендуется для мытья кафеля и другой керамики. Область применения: торговые и деловые центры, медицинские, образовательные, научные, финансовые, спортивно-оздоровительные, культурно-досуговые и иные учреждения, гостиницы и вокзалы, все виды транспорта, в быту.Свойства: жидкий щелочной низкопенный концентрат против улично-бытовых загрязнений на кафеле и другой керамике, стёклах, металлах, камне, терраццо, асфальте, бетоне, каучуке, ПВХ-линолеуме и прочих пластиках, текстиле, деревянных, окрашенных и других поверхностях. Эффективен в жёсткой воде. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются. Способ применения: приготовить раствор. Температурный режим мытья - 20-60°С. Использовать с поломоечной машиной, распылением или вручную. Нанести на поверхность, через 1-3 мин растереть и вытереть насухо или смыть &amp;#40;при необходимости&amp;#41; водой. Максимальное разбавление:- 1:200 &amp;#40;5 мл &amp;#43; 995 мл воды = 1 л 0,5&amp;#37;-раствора&amp;#41; для ежедневного мытья полов и стен;- 1:100 &amp;#40;10 мл &amp;#43; 990 мл воды = 1 л 1&amp;#37;-раствора&amp;#41; для ежедневного мытья деревянных поверхностей и пластика;- 1:50 &amp;#40;20 мл &amp;#43; 980 мл воды = 1 л 2&amp;#37;-раствора&amp;#41; для мытья полов в спортзалах, а также нержавеющей стали и алюминия;- 1:20 &amp;#40;50 мл &amp;#43; 950 мл воды = 1 л 5&amp;#37;-раствора&amp;#41; для генеральной уборки.Примечание: оптимальную концентрацию определять по виду и степени загрязнения, жёсткости и температуре воды, типу поверхности и другим условиям мытья.Основные характеристики:Состав: вода; ПАВ; комплексон; соль; поликарбоксилат; кислота; щёлочь; краситель; ароматизатор.Плотность: 1,12±0,05 г/см3 при 20°С.Значение pH 1&amp;#37;-раствора: 11,0±0,5Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки и спецодежду. Избегать вдыхания при распылении, проглатывания и попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, при необходимости обратиться к врачу.Хранение: плотно закрытым в заводской упаковке, в тёмном, сухом, недоступном детям и животным месте, отдельно от пищевых продуктов и кормов для животных, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления&amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
   </si>
   <si>
     <t>1015647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/100/3fti7043xnv1ydsbgpyodnmnsrt6gfm3.jpg</t>
@@ -3100,84 +3056,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9b5/ryb5h1kx1a0wodblhwb89jq7mot4amd1.jpg</t>
   </si>
   <si>
     <t>Чистящее средство для удаления черной плесени 500 мл, SANFOR  quot;Ультра белый quot;, 18396</t>
   </si>
   <si>
     <t>SANFOR &amp;quot;Ультра белый&amp;quot; эффективное средство для вашей сантехники и ванной комнаты! Удаляет черную плесень! Отбеливает и чистит поверхности по всему дому, уничтожает микробы, удаляет черную плесень. Предназначен для чистки и ухода за раковинами, ваннами, душевыми кабинами, унитазами, плиткой. Подходит для уборки туалетов для животных. Обладает антимикробным эффектом.Состав: менее 5&amp;#37; гипохлорит натрия; менее 5&amp;#37; АПАВ или мыло на основе натуральных жирных кислот; менее 5&amp;#37; НПАВ; менее 5&amp;#37;: щёлочь, соль ЭДТА, ароматизирующая добавкаСпособ применения: распылить средство на очищаемую поверхность, затем протереть тряпкой или смыть водой. При сильном загрязнении оставить средство на 1 минуту. Использовать только на остывшей поверхности. Для получения антимикробного действия необходимо распылить средство по поверхности до полного увлажнения, выдержать 10 минут, затем протереть поверхность тряпкой.</t>
   </si>
   <si>
     <t>1015661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/153/6jcl2r40gel7qhh7fpicmoxnm6ux8zw7.jpg</t>
   </si>
   <si>
     <t>Чистящее средство универсальное  дегризер  щелочное 5 л, EFFECT  quot;Delta 416 quot;, 25984</t>
   </si>
   <si>
     <t>Средство EFFECT &amp;quot;Delta 416&amp;quot; предназначено для профессионального и бытового мытья полов, стен, фасадов, очистки деталей, кузовов транспортных средств и других поверхностей, а также для предварительной обработки тканей от сложных загрязнений. Подходит для использования в гостиничном секторе, на объектах ЖКХ, в химчистках и прачечных, в образовательных учреждениях, включая школьные и дошкольные, в ЛПУ, на предприятиях общественного питания и пищевой промышленности, в офисных помещениях.Способ применения: при очистке поверхностей вручную приготовить водный раствор в концентрации 2&amp;#37;-9&amp;#37; &amp;#40;20-90 мл на 1 л воды&amp;#41;. Равномерно нанести раствор на обрабатываемую поверхность щеткой, губкой или методом распыления с использованием оборудования высокого или низкого давления. Также можно погрузить изделие в раствор. Выдержать раствор в течение 1-10 минут &amp;#40;при методе погружения – до 5 часов&amp;#41;, при необходимости растереть обрабатываемую поверхность щеткой, а затем смыть водой. После промывки поверхность тщательно просушить. Для удаления сильных загрязнений нанести раствор на обрабатываемую поверхность повторно или обработать концентратом. Для предварительной обработки тканей от сложных масложировых и индустриальных загрязнений перед стиркой: приготовить водный раствор средства 1:20, оставить ткань в растворе до 10 минут &amp;#40;в зависимости от типа загрязнения&amp;#41;, прополоскать, далее стирать обычным способом.Меры предосторожности: будьте осторожны! Содержит щелочные компоненты. При работе с концентратом необходимо использовать резиновые перчатки, очки, спецодежду. При попадании на слизистую оболочку глаз обильно промыть водой, обратиться к врачу. При попадании в глаза и на кожу вызывает раздражение. При попадании на кожу промыть большим количеством воды. При необходимости обратиться за медицинской помощью. Вредно для водных организмов. Не смешивать с кислотами и другими веществами. Условия хранения: хранить в плотно закрытой упаковке в недоступном для детей месте, отдельно от пищевых продуктов. Средство замерзает, после размораживания сохраняет свои свойства.Состав: более 5&amp;#37;, но менее 15&amp;#37; смесь НПАВ и КПАВ; 5&amp;#37; фосфаты. Значение pH – 11,7.Срок годности – 2 года. По истечении срока годности упаковку и при необходимости средство утилизировать как бытовой отход.</t>
   </si>
   <si>
     <t>1015662</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f81/bpnp8a11u8z1wxa9s2pc160h1txk3qe7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3e4/5x3zf5kf721ro2qkkeg5dgabr5d5oibg.jpg</t>
   </si>
   <si>
     <t>Чистящее средство универсальное крем 600 г, SANITA  quot;Зеленый чай и лайм quot;, 22949</t>
   </si>
   <si>
     <t>Чистящее средство универсальное крем SANITA &amp;quot;Зеленый чай и лайм&amp;quot; для очистки кухонных поверхностей и ванной комнаты. Не царапает и не повреждает поверхности. Легко смывается, не оставляя разводов. Может применяться для ежедневной уборки. Место применения: бытовая техника, металлические и хромированные поверхности, изделия из нержавеющей стали, серебра, мельхиора, фаянса, керамическая плитка, ванны, раковины, краны, посуда, рабочие поверхности.Способ применения: крем встряхнуть. С помощью влажной губки распределить по поверхности, почистить, смыть водой. Использовать крем только на остывших керамических, эмалированных, стальных и других влагоустойчивых твёрдых поверхностях.</t>
   </si>
   <si>
     <t>1015664</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bfd/9qijoc87etfc7xd2gq2rir57dfnof27i.jpg</t>
-[...8 lines deleted...]
-    <t>1015666</t>
+    <t>http://anytos.ru//upload/iblock/0f6/h07b01udhqywe3usp7nhw6dulf82jxp1.jpg</t>
+  </si>
+  <si>
+    <t>Чистящий порошок сода-эффект 400 г, ВЫГОДНАЯ УБОРКА  quot;Лимон quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 4225</t>
+  </si>
+  <si>
+    <t>Чистящий порошок из новой линейки &amp;quot;Выгодная уборка&amp;quot; порадует своим высоким качеством и низкой ценой.Идеально очистит любую поверхность, не оставляя царапин. Средство эффективно удаляет жир, въевшуюся грязь, имеет приятный аромат. Состав: карбонат кальция &amp;#40;30&amp;#37; и более&amp;#41;, карбонат натрия &amp;#40;менее 5&amp;#37;&amp;#41;, анионные ПАВы &amp;#40;менее 5&amp;#37;&amp;#41;, кислота щавелевая &amp;#40;менее 5&amp;#37;&amp;#41;, парфюмерная композиция &amp;#40;менее 5&amp;#37;&amp;#41;.Способ применения: нанести на влажную губку или непосредственно на загрязнённую поверхность, почистить и смыть водой. При необходимости повторите.Меры предосторожности: необходимо избегать попадания порошка в глаза и на кожу, а также не вдыхать его, поэтому рекомендуется использовать резиновые перчатки и, при необходимости, защитную маску. При попадании в глаза или на кожу следует немедленно промыть пораженный участок большим количеством воды.Условия хранения: температурный режим не ограничен. Хранить в сухом месте!</t>
+  </si>
+  <si>
+    <t>1015665</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c4f/6nm17uh7w1kdo5svuq7gh93sre0pr0na.jpg</t>
   </si>
   <si>
     <t>Чистящий порошок универсальный 400 г, ВЫГОДНАЯ УБОРКА  quot;Лимон quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2701</t>
   </si>
   <si>
     <t>Средство широкого спектра действия: применяется как для уборки на кухне, так и в ванной комнате. Справляется с различными видами загрязнений, глубоко очищает, устраняет неприятные запахи, не оставляет царапин. Состав: карбонат кальция &amp;#40;30&amp;#37; и более&amp;#41;, карбонат натрия &amp;#40;менее 5&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, кислота щавелевая &amp;#40;менее 5&amp;#37;&amp;#41;, парфюмерная композиция &amp;#40;менее 5&amp;#37;&amp;#41;.Способ применения: нанести на влажную губку или непосредственно на загрязнённую поверхность, почистить и смыть водой. При необходимости повторите.Меры предосторожности: необходимо избегать попадания порошка в глаза и на кожу, а также не вдыхать его, поэтому рекомендуется использовать резиновые перчатки и, при необходимости, защитную маску. При попадании в глаза или на кожу следует немедленно промыть пораженный участок большим количеством воды. Условия хранения: температурный режим не ограничен. Хранить в сухом месте!</t>
   </si>
   <si>
     <t>1015667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b99/1a3im91vvdydwg28q5m5ttno7ahsh11y.jpg</t>
   </si>
   <si>
     <t>Чистящий порошок хлор-эффект 500 г, ВЫГОДНАЯ УБОРКА  quot;Лимон и лайм quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2610</t>
   </si>
   <si>
     <t>Чистящий порошок из новой линейки &amp;quot;Выгодная уборка&amp;quot; порадует своим высоким качеством и низкой ценой.Идеально очистит любую поверхность, не оставляя царапин. Средство эффективно удаляет жир, въевшуюся грязь, имеет приятный аромат. • Основные преимущества:- не оставляет царапин,- идеальное очищение.Способ применения: нанести на влажную губку или непосредственно на загрязнённую поверхность, почистить и смыть водой.Меры предосторожности: необходимо избегать попадания порошка в глаза и на кожу, а также не вдыхать его, поэтому рекомендуется использовать резиновые перчатки и, при необходимости, защитную маску. При попадании в глаза или на кожу следует немедленно промыть пораженный участок большим количеством воды.Состав: карбонат кальция &amp;#40;30&amp;#37; и более&amp;#41;, карбонат натрия &amp;#40;менее 5&amp;#37;&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, гипохлорит кальция &amp;#40;менее 5&amp;#37;&amp;#41;, триполифосфат натрия &amp;#40;менее 5&amp;#37;&amp;#41;, парфюмерная композиция &amp;#40;менее 5&amp;#37;&amp;#41;.Условия хранения: температурный режим не ограничен. Хранить в сухом месте!</t>
   </si>
   <si>
     <t>1015668</t>
   </si>
@@ -3528,57 +3472,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M252"/>
+  <dimension ref="A1:M246"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G252" sqref="G252"/>
+      <selection pane="bottomRight" activeCell="G246" sqref="G246"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3619,5634 +3563,5507 @@
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="C5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="F6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="3" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="G8" s="3" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="F9" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>43</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="F10" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="3" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="F13" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="F15" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="G15" s="3" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="F16" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="F18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="G19" s="3" t="s">
         <v>92</v>
-      </c>
-[...13 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>103</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="F22" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="G22" s="3" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="F23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="3" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="F24" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="F25" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="3" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>95</v>
+        <v>62</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>141</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>151</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>159</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>160</v>
+        <v>71</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>165</v>
+        <v>62</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="F36" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="3" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="3" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="F38" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="3" t="s">
-        <v>115</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="F39" s="3" t="s">
+      <c r="G39" s="3" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>187</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>197</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>40</v>
+        <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>202</v>
+        <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="F44" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="3" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>207</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>59</v>
+        <v>211</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>215</v>
+        <v>71</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>202</v>
+        <v>77</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>215</v>
+        <v>71</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>79</v>
+        <v>211</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F49" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G49" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>248</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>252</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>215</v>
+        <v>253</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>95</v>
+        <v>253</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>16</v>
+        <v>224</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>202</v>
+        <v>109</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>215</v>
+        <v>16</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>35</v>
+        <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>215</v>
+        <v>108</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>215</v>
+        <v>26</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>79</v>
+        <v>211</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>34</v>
+        <v>224</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>102</v>
+        <v>43</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>297</v>
+        <v>42</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>298</v>
+        <v>118</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>215</v>
+        <v>177</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="F68" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="G68" s="3" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>310</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>79</v>
+        <v>211</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>183</v>
+        <v>206</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>215</v>
+        <v>192</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>96</v>
+        <v>183</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>95</v>
+        <v>224</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>79</v>
+        <v>109</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>327</v>
+        <v>92</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>336</v>
+        <v>108</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>115</v>
+        <v>331</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>339</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>23</v>
+        <v>340</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>17</v>
+        <v>192</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>163</v>
+        <v>347</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>165</v>
+        <v>192</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="G79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>357</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>183</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>366</v>
+        <v>183</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>23</v>
+        <v>378</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>115</v>
+        <v>357</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>115</v>
+        <v>388</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F89" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G89" s="3" t="s">
-        <v>366</v>
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>397</v>
+        <v>378</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>397</v>
+        <v>26</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>183</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>397</v>
+        <v>413</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>414</v>
+        <v>16</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>298</v>
+        <v>418</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>419</v>
+        <v>62</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>422</v>
+        <v>351</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>58</v>
+        <v>426</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>115</v>
+        <v>183</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>428</v>
+        <v>206</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>115</v>
+        <v>91</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>428</v>
+        <v>91</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>441</v>
+        <v>71</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>197</v>
+        <v>123</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>453</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>109</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="F104" s="3" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>461</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>462</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>96</v>
+        <v>192</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>461</v>
+        <v>192</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>472</v>
+        <v>91</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>183</v>
+        <v>478</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B110" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F110" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...9 lines deleted...]
-        <v>461</v>
+      <c r="G110" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>197</v>
+        <v>224</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>215</v>
+        <v>91</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>501</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>504</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>17</v>
+        <v>211</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>215</v>
+        <v>108</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>35</v>
+        <v>183</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>183</v>
+        <v>42</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>17</v>
+        <v>517</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>27</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>524</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>525</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>527</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>95</v>
+        <v>62</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>528</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>529</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>531</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>532</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>533</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>534</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>535</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>27</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>542</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>543</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>544</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>545</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>546</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>547</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>548</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>549</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>550</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>552</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>17</v>
+        <v>553</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>17</v>
+        <v>42</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>567</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>570</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>34</v>
+        <v>571</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>202</v>
+        <v>27</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="F136" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="B136" s="1" t="s">
-[...12 lines deleted...]
-        <v>17</v>
+      <c r="G136" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>17</v>
+        <v>571</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>17</v>
+        <v>571</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>584</v>
+        <v>426</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>584</v>
+        <v>413</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>584</v>
+        <v>71</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>584</v>
+        <v>62</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>115</v>
+        <v>183</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>433</v>
+        <v>621</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>434</v>
+        <v>622</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>435</v>
+        <v>623</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>428</v>
+        <v>625</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>90</v>
+        <v>183</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>617</v>
+        <v>36</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>625</v>
+        <v>614</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>419</v>
+        <v>62</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B151" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>392</v>
+        <v>36</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>366</v>
+        <v>48</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>59</v>
+        <v>118</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>49</v>
+        <v>641</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>64</v>
+        <v>118</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>378</v>
+        <v>71</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>647</v>
+        <v>108</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>652</v>
+        <v>224</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>28</v>
+        <v>658</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>472</v>
+        <v>118</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>635</v>
+        <v>659</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>637</v>
+        <v>660</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>27</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>28</v>
+        <v>665</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>58</v>
+        <v>224</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>95</v>
+        <v>674</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>215</v>
+        <v>340</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>27</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>683</v>
+        <v>553</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>692</v>
+        <v>192</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>17</v>
+        <v>192</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>17</v>
+        <v>192</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>566</v>
+        <v>192</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>215</v>
+        <v>711</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>183</v>
+        <v>340</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>90</v>
+        <v>306</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>183</v>
+        <v>340</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="F174" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G174" s="3" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>712</v>
+        <v>725</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>183</v>
+        <v>727</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>725</v>
+        <v>224</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>43</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>34</v>
+        <v>91</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>115</v>
+        <v>183</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>739</v>
+        <v>91</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>215</v>
+        <v>745</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>43</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>43</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>35</v>
+        <v>42</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>35</v>
+        <v>91</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>414</v>
+        <v>108</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>298</v>
+        <v>43</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>414</v>
+        <v>108</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>298</v>
+        <v>43</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>96</v>
+        <v>182</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>49</v>
+        <v>553</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>95</v>
+        <v>553</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>95</v>
+        <v>793</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="F193" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G193" s="3" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>58</v>
+        <v>802</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>802</v>
+        <v>42</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>811</v>
+        <v>378</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>812</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>17</v>
+        <v>114</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G199" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>387</v>
+        <v>824</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>101</v>
+        <v>829</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
     </row>
     <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>472</v>
+        <v>62</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F203" s="3" t="s">
         <v>829</v>
       </c>
-      <c r="B203" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G203" s="3" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
     </row>
     <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>838</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>49</v>
+        <v>846</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F206" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G206" s="3" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>35</v>
+        <v>846</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
     </row>
     <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>855</v>
+        <v>829</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>855</v>
+        <v>824</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>855</v>
+        <v>829</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>17</v>
+        <v>875</v>
       </c>
     </row>
     <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>472</v>
+        <v>43</v>
       </c>
     </row>
     <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
     </row>
     <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>838</v>
+        <v>888</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>884</v>
+        <v>211</v>
       </c>
     </row>
     <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>855</v>
+        <v>62</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
     </row>
     <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>833</v>
+        <v>846</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
     </row>
     <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>897</v>
+        <v>846</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>202</v>
+        <v>118</v>
       </c>
     </row>
     <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>49</v>
+        <v>824</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
     </row>
     <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>79</v>
+        <v>183</v>
       </c>
     </row>
     <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>855</v>
+        <v>913</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="F222" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G222" s="3" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
     </row>
     <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>833</v>
+        <v>922</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>855</v>
+        <v>922</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
     </row>
     <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>926</v>
+        <v>846</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>926</v>
+        <v>846</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>202</v>
+        <v>27</v>
       </c>
     </row>
     <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>935</v>
+        <v>846</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>935</v>
+        <v>846</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>855</v>
+        <v>888</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
     </row>
     <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>954</v>
+        <v>941</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
     </row>
     <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
     </row>
     <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>855</v>
+        <v>62</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
     </row>
     <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>897</v>
+        <v>62</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>958</v>
+        <v>976</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>96</v>
+        <v>211</v>
       </c>
     </row>
     <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>855</v>
+        <v>71</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
     </row>
     <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>49</v>
+        <v>824</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>79</v>
+        <v>183</v>
       </c>
     </row>
     <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>855</v>
+        <v>824</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>855</v>
+        <v>71</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
     </row>
     <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>58</v>
+        <v>829</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
     </row>
     <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>49</v>
+        <v>829</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>115</v>
-[...137 lines deleted...]
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">