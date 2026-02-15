--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -12,685 +12,625 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="494">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/957/957c5f82f105d53cecaed00416e73da5.jpg</t>
-[...5 lines deleted...]
-    <t>Средство для мытья посуды в посудомоечной машине CALGON Finish Power Порошок, 1кг:&amp;nbsp;&amp;nbsp;Порошок для ПММ отмывает великолепно посуду, обеспечивает ей блеск. Компонент StainSoaker с эффектом замачивания проникает в засохшие загрязнения и позвоняет гарантированно удалять их без замачивания вручную. Порошок полностью удаляет налет от чая и кофе, следы от губной помады, гарантируя блестящий результат.</t>
+    <t>http://anytos.ru//upload/iblock/fb3/mytb4p148ec1w1p3de0p8anep6p6j8g6.jpg</t>
+  </si>
+  <si>
+    <t>Ср-во д посуды гель-бальзам СЕМЬ ЗВЕЗД ромашка 500 мл: 4А-1-2 40702 штр.: 4603720256328</t>
   </si>
   <si>
     <t>Средства для мытья посуды</t>
   </si>
   <si>
-    <t>213725</t>
-[...2 lines deleted...]
-    <t>&lt;a href="/brands/reckitt-benckiser/"&gt;Reckitt Benckiser&lt;/a&gt;</t>
+    <t>169008</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sem-zvezd/"&gt;Семь Звезд&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/378/3782d2e3fc2f3731857e63fccaa2eb83/9649a7c08dbe33594ca85e2fab50078a.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды AQUALON 5л яблоко штр.  4603580002981</t>
+  </si>
+  <si>
+    <t>Жидкое средство для мытья посуды в канистре объемом 5 литров придает очищаемым поверхностям блеск и приятный запах. Может быть использовано для мытья посуды как в домашних, так и в промышленных условиях. Изготовлено согласно ГОСТ-Р51696-200. Удаляет все известные растительные и животные жиры, даже в холодной воде. Подходит для всех типов влагостойкой посуды.</t>
+  </si>
+  <si>
+    <t>244222</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/akvalon/"&gt;Аквалон&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c5/3c501bc670db5cfb2e9ab05fd04746ca/fc1d1765fc604750580cd0d80f7f4332.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Синергетик  500мл флиптоп штр.  4613720438877</t>
+  </si>
+  <si>
+    <t>Концентрированное высокопенное средство для мытья посуды Sinergetic.&amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Эффективно устраняет запахи, удаляет жир даже в ледяной воде! Не вредит микрофлоре септических установок. &amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Подходит для мытья фруктов, детской посуды и игрушек. &amp;lt;br /&amp;gt;Полностью натуральный состав, разработанный немецкими учеными концерна Sasol&amp;#40;Германия&amp;#41;. &amp;lt;br /&amp;gt;Полностью смывается водой.</t>
+  </si>
+  <si>
+    <t>244245</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/synergetic/"&gt;Synergetic&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/378/3782d2e3fc2f3731857e63fccaa2eb83/9649a7c08dbe33594ca85e2fab50078a.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ad4/ad44fcb455fedc7debf759cde5b282b8/645cadc3d1bf33527f406089ba1cb675.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды Средство для стекол  Синергетик  500 мл триггер штр.  4613720439027</t>
   </si>
   <si>
     <t>Биоразлагаемое средство для чистки и мытья окон, стекол и любых блестящих поверхностей SYNERGETIC с антибактериальным действием. &amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Эффективно и легко удаляет жир и грязь с любых поверхностей. Чистит до блеска, не оставляет разводов. &amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Образует защитную пленку от пыли и грязи, облегчая последующее мытье. &amp;lt;br /&amp;gt;Обладает приятным ароматом сирени. При постоянном применении улучшает светопроницаемость. &amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Способ применения: Средство распылить&amp;nbsp;&amp;nbsp;на обрабатываемую поверхность, выдержать 10-15 секунд, насухо протереть салфеткой. Не требует смывания.</t>
   </si>
   <si>
     <t>244291</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee0/ee034f9444baa53e2267f3ae5f788fd8.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды FAIRY, 900мл, Сочный лимон</t>
   </si>
   <si>
     <t>Всего одна капля нового, более концентрированного Fairy сможет отмыть целую гору грязной посуды. Тарелки, стаканы, кастрюли и сковородки — формула Fairy с легкостью удалит даже самые сложные загрязнения с любой поверхности без особых усилий. А еще с Fairy Вы экономите, так как его хватает в 2 раза больше. В 2 раза больше чистой посуды. Новая, более концентрированная формула с Пена-Эффектом. Химический состав: 5-15&amp;#37; анионные пав, менее 5&amp;#37; неионогенные пав, консерванты, ароматизируюшие добавки, цитронеллол, лимонен, линалоол</t>
   </si>
   <si>
     <t>304566</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pg/"&gt;P&amp;G&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7c9/7c94ea159a9818aaa8c4006605d68ecf.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды FAIRY Нежные руки, 900мл, Ромашка и витамин Е</t>
+  </si>
+  <si>
+    <t>Концентрированная формула Fairy удалит даже самые сложные загрязнения с любой поверхности без особых усилий. С Fairy Вы экономите, так как его хватает в 2 раза больше. Новая формула с Пена-Эффектом глубоко проникает в жир и расщепляет его изнутри, позволяя отмыть вдвое больше посуды. Пена эффект делает средство еще более экономичным. Химический состав: 5-15&amp;#37; анионные пав, менее 5&amp;#37; неионогенные пав, консерванты, ароматизируюшие добавки, цитронеллол, лимонен, линалоол</t>
+  </si>
+  <si>
+    <t>304572</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/fairy/"&gt;Fairy&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a63/a63be06ec93f615478e8c1f7eadf8acd.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды FAIRY Нежные руки, 900мл, Чайное дерево и мята</t>
   </si>
   <si>
     <t>304573</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/428/4287042aded79b649eca704b3e7fa1cd.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды Fairy  quot;Зеленое яблоко quot;, 0,45л: 81562999 штр.: 4015400869320</t>
   </si>
   <si>
     <t>336877</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/253/253640c897bee796d9695ceb91eeb2e4.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Fairy  quot;Нежные руки. Ромашка и витамин Е quot;, 0,45л: 81574462 штр.: 8001090016928</t>
+  </si>
+  <si>
+    <t>336878</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/386/3865796dbd6192e915cb9b862e9f2233.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды Fairy  quot;Нежные руки. Чайное дерево и мята quot;, 0,45л: 81574478 штр.: 8001090016959</t>
   </si>
   <si>
-    <t>Концентрированная формула Fairy удалит даже самые сложные загрязнения с любой поверхности без особых усилий. С Fairy Вы экономите, так как его хватает в 2 раза больше. Новая формула с Пена-Эффектом глубоко проникает в жир и расщепляет его изнутри, позволяя отмыть вдвое больше посуды. Пена эффект делает средство еще более экономичным. Химический состав: 5-15&amp;#37; анионные пав, менее 5&amp;#37; неионогенные пав, консерванты, ароматизируюшие добавки, цитронеллол, лимонен, линалоол</t>
-[...1 lines deleted...]
-  <si>
     <t>336879</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/683/68386373caa3fa3b136af1fa225101fa.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Fairy  quot;Сочный лимон quot;, 0,45л 976781</t>
+  </si>
+  <si>
+    <t>336880</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/165/1656cd48888ae849895abc47208cb21b.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды OfficeClean  quot;Professional. Алоэ и зеленый чай quot;, канистра, 5л: 246164 А штр.: 4680211131364</t>
   </si>
   <si>
     <t>Средства для мытья посуды OfficeClean Алоэ 5л моет быстро и экономно, создаёт обильную устойчивую пену в жёсткой и холодной воде, легко расщепляет жир, устраняет любые пищевые загрязнения и неприятные запахи, придаёт посуде зеркальный блеск, и никаких разводов! рН-сбалансирован, безопасен для кожи Ваших рук.</t>
   </si>
   <si>
     <t>336881</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34a/34a8c56181af19e260768ce62f977083.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды OfficeClean  quot;Professional. Алоэ и зеленый чай quot;, ПЭТ, 5л: 246161 П штр.: 4680211131494</t>
   </si>
   <si>
     <t>336882</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db0/db0c6fa2f618357fae26edfb5996d0e8.jpg</t>
-[...2 lines deleted...]
-    <t>Средство для мытья посуды OfficeClean  quot;Professional. Лимон quot;, канистра, 5л: 246163 А штр.: 4680211131357</t>
+    <t>http://anytos.ru//upload/iblock/cb8/cb8664bb66432df4eb8499ccedbde3d4.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды OfficeClean  quot;Professional. Лимон quot;, ПЭТ, 5л: 246162 П штр.: 4680211131487</t>
   </si>
   <si>
     <t>Средства для мытья посуды OfficeClean Лимон 5л моет быстро и экономно, создаёт обильную устойчивую пену в жёсткой и холодной воде, легко расщепляет жир, устраняет любые пищевые загрязнения и неприятные запахи, придаёт посуде зеркальный блеск, и никаких разводов! рН-сбалансирован, безопасен для кожи Ваших рук.</t>
   </si>
   <si>
-    <t>336883</t>
-[...7 lines deleted...]
-  <si>
     <t>336884</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d75/d75f6f095a031547986a795e7d77e487.jpg</t>
-[...2 lines deleted...]
-    <t>Средство для мытья посуды OfficeClean  quot;Апельсин quot;, пуш-пул, 0,5л: 230168 штр.: 4680211078010</t>
+    <t>http://anytos.ru//upload/iblock/352/352742369acd3330ebe1d029e352cb4d.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды OfficeClean  quot;Лимон quot;, пуш-пул, 1л: 230187 штр.: 4680211078058</t>
   </si>
   <si>
     <t>Экономичная жидкость для мытья посуды, создает обильную пену, отлично отмывает жир и другие загрязнения. Способ применения: растворить одну чайную ложку средства в 5 л воды, или небольшое количество средства нанести на губку, и помыть посуду. Вымытую посуду ополоснуть водой. Химический состав:вода, изопропиловый спирт менее 5&amp;#37;, этиленгликоль 1-1,5&amp;#37; ,композиция ПАВ 0,1-0,5&amp;#37;, отдушка, краситель</t>
   </si>
   <si>
-    <t>336885</t>
+    <t>336887</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99c/99cf0a46ac0209a18d787ec29949148c.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Aos  quot;Бальзам Алое вера quot;, 0,45л 1112-3</t>
+  </si>
+  <si>
+    <t>Жидкость для мытья посуды Aos эффективно удаляет любые загрязнения даже в холодной воде. Благодаря новой сбалансированной формуле средство отлично пенится и легко смывается, придает посуде кристальный блеск, после ополаскивания не оставляет разводов. Смягчает и увлажняет кожу рук.</t>
+  </si>
+  <si>
+    <t>350666</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aos/"&gt;AOS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/731/7319bd15535b207f6b288dbd10eacfba.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Aos  quot;Бальзам Алое вера quot;, 0,9л 1113-3</t>
+  </si>
+  <si>
+    <t>350667</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/418/418406588379ea2b5575ba2f1b83ef7b.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Aos  quot;Бальзам Ромашка и Витамин Е quot;, 0,45л 1114-3</t>
+  </si>
+  <si>
+    <t>350668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ec/nwkj9anezurhkwhqfrzdhu61wbgpvpna.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Aos  quot;Бальзам Ромашка и Витамин Е quot;, 0,9л 1115-3</t>
+  </si>
+  <si>
+    <t>350669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77a/77a0ad7a20a74de444e6f189af2bae09.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Aos  quot;Бальзам quot;,0,9л 1111-3</t>
+  </si>
+  <si>
+    <t>350671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa5/fa5e2dda5d3b6c18c3a456a0080b282d.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Aos  quot;Лимон quot;, 0,9л 1119-3</t>
+  </si>
+  <si>
+    <t>350672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/136/1360773b43e733cafd55e759a4fb6df2.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Sorti  quot;Бальзам Алоэ вера quot;,0,45л 1092-3</t>
+  </si>
+  <si>
+    <t>Жидкость для мытья посуды Sorti эффективно удаляет любые загрязнения даже в холодной воде, отлично смывается водой. Благодаря новой сбалансированной формуле средство отлично пенится, придает посуде кристальный блеск, после ополаскивания не оставляет разводов. Защищает кожу рук.Состав: 5-15&amp;#37;: анионные ПАВ, &amp;lt;5&amp;#37;: неионогенные ПАВ, соль этилендиа-минтетрауксусной кислоты, ароматизирующая добавка &amp;#40;в т.ч. цитраль, лимонен&amp;#41;, экстракт лимона, регулятор рН, красители, консервант</t>
+  </si>
+  <si>
+    <t>350673</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sorti/"&gt;SORTI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39a/39aea1f95d8ea3f7fc3d8692bcdcad1b.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Sorti  quot;Лимон quot; ,0,45л 1098-3</t>
+  </si>
+  <si>
+    <t>350675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f7/8f7ff80088ae7d401d2274f9ce5f42ea.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Биолан  quot;Бальзам Алоэ вера quot; ,0,45л 1126-3</t>
+  </si>
+  <si>
+    <t>Жидкость для мытья посуды Биолан эффективно удаляет жир, придает блеск посуде, не оставляя разводов. Отлично пенится и легко смывается водой. Натуральный экстракт алоэ вера смягчает и увлажняет кожу.. Обладает приятным ароматом.</t>
+  </si>
+  <si>
+    <t>350676</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/biolan/"&gt;Биолан&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbf/fbf6f7177ac587a85685f8a76c0bce9d.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья детской посуды Ушастый нянь  quot;Ромашка и алоэ quot;, 0,5л  6058</t>
+  </si>
+  <si>
+    <t>Для мытья детской посуды, бутылочек из стекла и пластика, сосок из латекса и силикона, а также любых моющихся поверхностей, с которыми соприкасается ребенок. Полностью удаляет загрязнения даже в холодной воде, смывается без следов и запаха, не раздражает кожу рук, экономично расходуется. Доказанный антибактериальный эффект.</t>
+  </si>
+  <si>
+    <t>351055</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ushastyj-njan/"&gt;Ушастый Нянь&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ad/7add08a80618a8229dbc6d672a3ca8e1.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Fairy  quot;Зеленое яблоко quot;, 0,9л  FR-81628056</t>
+  </si>
+  <si>
+    <t>Всего одна капля нового, более концентрированного Fairy сможет отмыть целую гору грязной посуды. Тарелки, стаканы, кастрюли и сковородки - формула Fairy с легкостью удалит даже самые сложные загрязнения с любой поверхности без особых усилий. А еще с Fairy Вы экономите, так как его хватает в 2 раза больше. В 2 раза больше чистой посуды. Новая, более концентрированная формула с Пена-Эффектом. Химический состав: 5-15&amp;#37; анионные пав, менее 5&amp;#37; неионогенные пав, консерванты, ароматизируюшие добавки, цитронеллол, лимонен, линалоол</t>
+  </si>
+  <si>
+    <t>351258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/542/5429601bbd2a3d810d2496ccba0cf6ad.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Ника  quot;Супер quot;, концентрат, ПЭТ, 5кг.</t>
+  </si>
+  <si>
+    <t>Средство предназначено для мытья всех видов посуды и предметов домашнего обихода ручным способом, кухонной утвари и бытовой техники. Состав: АПАВ более 5&amp;#37;, НПАВ более &amp;#37;. Способ применения: • нанести средство на губку, мыть под струей воды, • экономичное мытье: 1 г на 1 л воды. Разрешено на предприятиях общественного питания, пищевой промышленности, в лечебно-профилапических, детских школьных и дошкольных учреждениях, на объектах сферы обслуживания и в быту населением. Смываемость с посуды подтверждена и соответствует ГОСТ 32443-2013. Подтвержденная моющая способность средства 97 &amp;#37; по ОСТ 6-15-1662-90.</t>
+  </si>
+  <si>
+    <t>368123</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nika/"&gt;Ника&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/556/h05dy3f8gkkg6s7t1w58gmxu9w7h2j7q.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Ника  quot;Супер Плюс quot;, концентрат, 1кг.</t>
+  </si>
+  <si>
+    <t>Средство предназначено для мытья всех видов посуды и предметов домашнего обихода ручным способом, кухонной утвари и бытовой техники. Состав: только натуральные, биоразлагаемые ПАВ из кокосового масла &amp;#40;АПАВ более 5&amp;#37;, НПАВ менее 5&amp;#37;&amp;#41;. Разрешено на предприятиях общественного питания, пищевой промышленности, в лечебно-профилактических, детских школьных и дошкольных учреждениях, на объектах сферы обслуживания и в быту населением. Смываемость с посуды подтверждена и соответствует ГОСТ 32443-2013. Подтвержденная моющая способность средства 98 &amp;#37; по ОСТ 6-15-1662-90</t>
+  </si>
+  <si>
+    <t>368662</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nika/"&gt;NIKA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6c/d6cff16ad80f7fe82eb0a7c6604a787b.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Synergetic  quot;Арбуз quot;, с дозатором, 1л. 4623722258298</t>
+  </si>
+  <si>
+    <t>Безопасное средство с ароматом сочного арбуза для мытья посуды, детской и взрослой, фруктов и овощей, а также игрушек, которые дети так любят тянуть в рот. На 100&amp;#37; смывается и удаляет органические загрязнения. Устраняет запахи и жир при любой температуре воды. Средство Synergetic биоразлагается в воде и не вредит микрофлоре септических установок. Подготовленная вода &amp;gt;30&amp;#37;, А-тензиды 5-15&amp;#37; &amp;#40;растительного происхождения&amp;#41;, Н-тензиды &amp;#40;на основе глюкозы&amp;#41; &amp;lt;5&amp;#37;, глицерин &amp;#40;glycerol&amp;#41; &amp;lt;5&amp;#37;, парфюмерная композиция «Арбуз» &amp;#40;масла бергамота, сантала, лемонграсса&amp;#41;, пищевой краситель &amp;#40;кармуазин&amp;#41;. Средство гипоаллергенно, имеет антибактериальный эффект, защищает кожу рук</t>
+  </si>
+  <si>
+    <t>370261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/b9b370c6d2e7dfa0cc1047b4b68d927c.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Synergetic  quot;Сочный апельсин quot;, с дозатором, 1л. 4623722258328</t>
+  </si>
+  <si>
+    <t>Безопасное средство с ароматом сочного апельсина для мытья посуды, детской и взрослой, фруктов и овощей, а также игрушек, которые дети так любят тянуть в рот. На 100&amp;#37; смывается и удаляет органические загрязнения. Устраняет запахи и жир при любой температуре воды. Средство Synergetic биоразлагается в воде и не вредит микрофлоре септических установок. Подготовленная вода &amp;gt;30&amp;#37;, А-тензиды 5-15&amp;#37; &amp;#40;растительного происхождения&amp;#41;, Н-тензиды &amp;#40;на основе глюкозы&amp;#41; &amp;lt;5&amp;#37;, глицерин &amp;#40;glycerol&amp;#41; &amp;lt;5&amp;#37;, парфюмерная композиция «Апельсин» &amp;#40;масла апельсина, померанца, петигрейна, мандарина, бергамота&amp;#41;, пищевой краситель абрикос. Средство гипоаллергенно, имеет антибактериальный эффект, защищает кожу рук</t>
+  </si>
+  <si>
+    <t>370262</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6f/e6fd5c5a3b114c7bbc33154ef06da54d.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Ника  quot;Супер Плюс quot;, концентрат, канистра, 5кг.</t>
+  </si>
+  <si>
+    <t>370264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/085/085a5bc81472e47cb7f0b6954568403d.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Sorti  quot;Бальзам с экстактом ромашки quot;, 900мл. 1095-3</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Комплекс активных компонентов еще лучше удаляет жир и другие загрязнения даже в холодной воде. Придает зеркальный блеск Вашей посуде. Экстракт ромашки смягчает и увлажняет кожу Ваших рук. Состав: 5-15&amp;#37;: анионные ПАВ, &amp;lt;5&amp;#37;: неионогенные ПАВ, соль этилендиаминтетрауксусной кислоты, ароматизирующая добавка &amp;#40;в т.ч. гексилциннамаль, лимонен&amp;#41;, красители,экстракт ромашки,регулятор рН, консервант. Условия хранения: хранить в сухом помещении, предохраняя от прямых солнечных лучей, вдали от отопительных приборов, в недоступном для детей месте. При попадании средства на слизистые оболочки и в глаза необходимо промыть их проточной водой. По истечении указанного срока годности средство можно применять для мытья полов, кафеля, зеркал, моющихся обоев. Средство замерзает, после размораживания сохраняет свои свойства&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>370532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/844/84438015c1692b3072338671122ed543/1a53c6a21b88996b4a815c59dfac5893.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды AQUALON 5л яблоко концентрат</t>
+  </si>
+  <si>
+    <t>384092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf6/cf61bfbd5877e9d66b647d981b4ee07b/d1a28bee3e8a62486bb0c67a616f4732.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 500мл Лимон</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 0,5л Эффективно борется с жиром даже в холодной воде. Средство отлично смывается и не остается на посуде. Способ применения Небольшое количество средства нанести на смоченную водой губку или мягкую щетку, протереть им загрязненную поверхность, затем прополоскать под струей воды. Меры предосторожности Хранить в недоступном для детей месте. Людям с повышенной чувствительностью кожи рекомендуется применять резиновые перчатки! При попадании в глаза промыть большим количеством воды в течение 15-20 мин. При случайном проглатывании - прополоскать рот. При необходимости обратиться к врачу. По истечении срока годности средство утилизируют как бытовой отход. Состав Вода деионизированная &amp;#40;30&amp;#37; и более&amp;#41;, анионный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, загуститель &amp;#40;менее 5&amp;#37;&amp;#41;, неионогенный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизирующий компонент &amp;#40;менее 5&amp;#37;&amp;#41;, регулятор кислотности &amp;#40;менее 5&amp;#37;&amp;#41;, краситель CI 19140 &amp;#40;менее 5&amp;#37;&amp;#41;. ГОСТ/ТУ ТУ 2383-019-52080830-06 Условия хранения Хранить при температуре от 0 °С до &amp;#43;25 °С. Не хранить под воздействием прямых солнечных лучей и вблизи отопительных приборов. Срок годности 24 месяца.</t>
+  </si>
+  <si>
+    <t>384106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/598/j9wfka2q7zizw45oubqig3dvhoj5xwy3.jpg</t>
+  </si>
+  <si>
+    <t>Ополаскиватель для мытья посуды в посудомоечных машинах 750 мл SOMAT  Сомат , 2038690</t>
+  </si>
+  <si>
+    <t>Ополаскиватель &amp;quot;Сомат&amp;quot; предотвращает образование разводов и пятен от воды на посуде после высыхания и придает ей ослепительный блеск. Ополаскиватель &amp;quot;Сомат&amp;quot; придает сияющий блеск посуде и способствует ее быстрому высыханию. Он защищает от известкового налета и сохраняет чистоту посудомоечной машины. Перед использованием внимательно ознакомьтесь с инструкцией от производителя Вашей посудомоечной машины.Применение:Ополаскиватель использовать только в посудомоечных машинах. Налейте средство в специальный контейнер в машине и установите дозировку ополаскивателя, как указано в инструкции к машине. Ополаскиватель дозируется автоматически. Если ополаскиватель перелился за край, удалите его, чтобы исключить повышенное пенообразование в процессе мытья.Состав: 5-15&amp;#37; неионогенных ПАВ, лимонной кислоты; менее 5&amp;#37; анионных ПАВ.Условия хранения:Хранить в сухом месте при температуре от &amp;#43;5 до &amp;#43;40 °C.</t>
+  </si>
+  <si>
+    <t>386812</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/somat/"&gt;SOMAT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c14/ew2bi01zko4q4pi5ir4a43gj0cxei93m.jpg</t>
+  </si>
+  <si>
+    <t>Порошок для мытья посуды в посудомоечных машинах 1 кг FINISH  Финиш , 3010892</t>
+  </si>
+  <si>
+    <t>Специальный компонент с эффектом отмачивания проникает в засохшие загрязнения, что позволяет гарантированно удалять их без замачивания, имеет приятный аромат лимона. Он также полностью удаляет сильный налет от чая или кофе, гарантируя блестящий результат. Состав:менее 5&amp;#37; кислородосодержащий отбеливатель, неоногенные ПАВ, поликарбосилаты, фосфонаты, фосфаты, энзимы, ароматизатор, лимонен. </t>
+  </si>
+  <si>
+    <t>386813</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/finish/"&gt;FINISH&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e50/e500cdfcf17573b0b2ba70df48062b5f.jpg</t>
-[...355 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5b/3zl1kzdasp7b6tctke5d21dg4b095ee7.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 1 кг, ЛАЙМА PROFESSIONAL  quot;Лимон quot;, 602300</t>
   </si>
   <si>
     <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет с посуды все загрязнения даже при мытье в холодной воде. Средство&amp;nbsp;&amp;nbsp;обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её.РЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ: нанести небольшое количество средства на влажную губку, сжать до образования пены, протереть загрязненную поверхность и тщательно промыть водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: вода, 5&amp;#37; АПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, загуститель, консервант, парфюмерная композиция, краситель.рН: 6,0–8,0.Плотность: 1,00 – 1,10 г/см3.</t>
   </si>
   <si>
     <t>386818</t>
   </si>
   <si>
     <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b57/efmkclfxnunqcf4oiqe0myvle04bbsca.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 1 кг, ЛАЙМА PROFESSIONAL, концентрат,  quot;Алоэ Вера quot;, 604647</t>
   </si>
   <si>
     <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет с посуды все загрязнения даже при мытье в холодной воде. Средство обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её. РЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ: нанести небольшое количество средства на влажную губку, сжать до образования пены, протереть загрязненную поверхность и тщательно промыть водой. ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: вода, 5&amp;#37; АПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, загуститель, консервант, парфюмерная композиция, краситель.рН: 6,0–8,0.Плотность: 1,00 – 1,10 г/см3.</t>
   </si>
   <si>
     <t>386819</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/431/koov0oc315a7c7rm74efg3txrenvtqsb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a58/l5qijcrw5lujo9c5pcg49o7n3zlh2u4z.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 5 л, ЗОЛУШКА  quot;Лимон quot;, пэт, М04-2</t>
   </si>
   <si>
     <t>Всего несколько капель средства Золушка обеспечат идеальную чистоту вашей посуды даже при мытье в холодной воде. Средство эффективно растворяет жир и грязь, легко смывается водой. Также применяется для мытья окон, облицовочной плитки и т. п. Способ применения: нанести небольшое количество средства на губку или на посуду, или растворить 1 ч. ложку в 4-5 воды, ополоснуть посуду водой.Меры предосторожности: беречь от детей. При попадании средства в глаза промыть большим количеством воды.Состав: Анионное ПАВ 5-10&amp;#37;, неионогенное ПАВ 3-5&amp;#37;, натрия хлорид 1-3&amp;#37;, лимонная кислота моногидрат &amp;#40;менее 0,5&amp;#37;&amp;#41;,&amp;nbsp;&amp;nbsp;смесь хлорметилизотиазолинона и метилизотиазолинона &amp;#40;менее 0,1&amp;#37;&amp;#41;, отдушка &amp;#40;менее 0,1&amp;#37;&amp;#41;, краситель &amp;#40;менее 0,001&amp;#37;&amp;#41;, вода до 100&amp;#37;.</t>
   </si>
   <si>
     <t>386832</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zolushka/"&gt;Золушка&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/692/70tbtltt3g8bg0vxd8t4igjf9q1u6zj9.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 5 л, ЛАЙМА PROFESSIONAL концентрат,  quot;Алоэ Вера quot;, 602298</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет с посуды все загрязнения даже при мытье в холодной воде. Средство объемом 5 л обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её. РЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ: нанести небольшое количество средства на влажную губку, сжать до образования пены, протереть загрязненную поверхность и тщательно промыть водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: очищенная вода 30&amp;#37; и более, АПАВ &amp;#40;5&amp;#37;-15&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, хлорид натрия &amp;#40;менее 5&amp;#37;&amp;#41;, трилон Б &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизатор &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41;, лимонная кислота &amp;#40;менее 5&amp;#37;&amp;#41;, краситель &amp;#40;менее 5&amp;#37;&amp;#41;.рН: 6,0–8,0.Плотность: 1,00 – 1,10 г/см3.ТУ 2383-002-55219799-2011.</t>
+  </si>
+  <si>
+    <t>386833</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/443/h96eb1qkwc4xhrglqydf8u655akcz0l3.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 5 л, ЛАЙМА PROFESSIONAL, концентрат,  quot;Лимон quot;, 601608</t>
   </si>
   <si>
     <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет с посуды все загрязнения даже при мытье в холодной воде. Средство объемом 5 л обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её. Имеет нейтральный pH, гипоаллергенно.Рекомендации по применению: нанести небольшое количество средства на влажную губку или на посуду или растворить 5 мл в литре воды. Добавлять средство по необходимости. Прополоскать посуду в чистой воде. Использовать только по назначению.Состав: очищенная вода 30&amp;#37; и более, АПАВ &amp;#40;5&amp;#37;-15&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, хлорид натрия &amp;#40;менее 5&amp;#37;&amp;#41;, трилон Б &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизатор &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41;, лимонная кислота &amp;#40;менее 5&amp;#37;&amp;#41;, краситель &amp;#40;менее 5&amp;#37;&amp;#41;.рН: 6,0–8,0; Плотность: 1,00 – 1,10 г/см3.Соответствует ТУ 2383-002-55219799-2011.</t>
   </si>
   <si>
     <t>386834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33f/iubkugja7jcu0sv3dsdvgpq0vhmo1hxq.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 5 л, ЛАЙМА PROFESSIONAL, концентрат,  quot;Яблоко quot;, 604651</t>
   </si>
   <si>
-    <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет с посуды все загрязнения даже при мытье в холодной воде. Средство объемом 5 л обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её. РЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ: нанести небольшое количество средства на влажную губку, сжать до образования пены, протереть загрязненную поверхность и тщательно промыть водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: очищенная вода 30&amp;#37; и более, АПАВ &amp;#40;5&amp;#37;-15&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, хлорид натрия &amp;#40;менее 5&amp;#37;&amp;#41;, трилон Б &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизатор &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41;, лимонная кислота &amp;#40;менее 5&amp;#37;&amp;#41;, краситель &amp;#40;менее 5&amp;#37;&amp;#41;.рН: 6,0–8,0.Плотность: 1,00 – 1,10 г/см3.ТУ 2383-002-55219799-2011.</t>
-[...1 lines deleted...]
-  <si>
     <t>386835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78c/a9a4k7gus6lfs5ql7n7z03f1mu73vs91.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 500 г, ЛАЙМА PROFESSIONAL  quot;Лимон quot;, 602299</t>
   </si>
   <si>
     <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет с посуды все загрязнения даже при мытье в холодной воде. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук. Средство&amp;nbsp;&amp;nbsp;обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её. РЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ: Нанести небольшое количество средства на влажную губку, сжать до образования пены, протереть загрязненную поверхность и тщательно промыть водой. ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ: Состав: вода, 5&amp;#37; АПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, загуститель, консервант, парфюмерная композиция, краситель. рН: 6,0–8,0; Плотность: 1,00 – 1,10 г/см3.</t>
   </si>
   <si>
     <t>386837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/405/33vcogfm2cf1tq3yyron0ahv7avwiq1z.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 500 г, ЛАЙМА PROFESSIONAL, концентрат,  quot;Алоэ Вера quot;, 604649</t>
   </si>
   <si>
     <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет все загрязнения даже в холодной воде. Средство&amp;nbsp;&amp;nbsp;обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её.РЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ: нанести небольшое количество средства на влажную губку, сжать до образования пены, протереть загрязненную поверхность и тщательно промыть водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: вода, 5&amp;#37; АПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, загуститель, консервант, парфюмерная композиция, краситель.рН: 6,0–8,0.Плотность: 1,00 – 1,10 г/см3.</t>
   </si>
   <si>
     <t>386838</t>
@@ -722,218 +662,239 @@
   <si>
     <t>Средство для мытья посуды в посудомоечных машинах 5 л, МЕГА М, низкопенное, концентрат, А 150</t>
   </si>
   <si>
     <t>Средство для мытья всех видов посуды в посудомоечных машинах промышленного и бытового типа. Эффективно очищает посуду от остатков пищи. Рекомендуется для мойки керамической, фарфоровой, стеклянной и фаянсовой посуды, и посуды из пластмассы и нержавейки. Низкопенное средство для посудомоечных машин. Средство концентрированное, обладает высокой моющей и обезжиривающей способностью. Эффективно работает в воде любой жесткости и температуры. Не вызывает коррозии оборудования. Рекомендуется использовать вместе с ополаскивателем МЕГА ОП.ОБЛАСТЬ ПРИМЕНЕНИЯ:- Предприятия пищевой промышленности;- Административные и общественные здания;- Учебные и медицинские учреждения;- Предприятия торговли и общественного питания;- Гостиницы и рестораны;- Профессиональный клининг.ОСОБЕННОСТИ:Подходит для любых типов посудомоечных машинОбладает высокой моющей и обезжиривающей способностьюПодходит для всех видов посудыЭффективно в воде любой температуры и жесткостиРЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ:Мытье посуды в посудомоечной машинеРуководствуйтесь соответствующими инструкциями для посудомоечных машин. При отсутствии инструкций используйте средство в 0,05-0,5&amp;#37; концентрации &amp;#40;0,5-5 мл средства на 1 л воды&amp;#41;. Для придания блеска после мытья используйте ополаскиватель МЕГА ОП.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: более 30&amp;#37; очищенная вода, 5-15&amp;#37; щелочные добавки, 1&amp;#37;-5&amp;#37; щелочь, 1&amp;#37;-5&amp;#37; полимер, 1&amp;#37;-5&amp;#37; краситель.Внешний вид: прозрачная однородная жидкость голубого цвета.рН: 10,0–12,0;Плотность: 1,00 – 1,10 г/см3.</t>
   </si>
   <si>
     <t>386845</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mega/"&gt;МЕГА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/441/9hlrnncito2oyf4f8ki2uz4hwehyeow4.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды в посудомоечных машинах 5 л, МЕГА ОП, ополаскиватель, К 340</t>
   </si>
   <si>
     <t>Низкопенное средство для ополаскивания посуды в посудомоечных и ополаскивающих машинах всех типов. Рекомендуется для ополаскивания керамической, фарфоровой, стеклянной и фаянсовой посуды, а также посуды из пластмассы и нержавеющей стали. Ополаскиватель для посудомоечных машинСредство низкопенное концентрированное нейтрализует остатки щелочных растворов, придает блеск посуде, способствует ее быстрому высыханию без подтеков и разводов. Эффективно в воде любой жесткости, не вызывает коррозии оборудования.ОБЛАСТЬ ПРИМЕНЕНИЯ:- Предприятия пищевой промышленности;- Административные и общественные здания;- Учебные и медицинские учреждения;- Предприятия торговли и общественного питания;- Гостиницы и рестораны;- Профессиональный клининг.ОСОБЕННОСТИ:Подходит для любых типов посудомоечных машинПодходит для всех видов посудыВысококонцентрировано и экономичноПридает блеск и способствует быстрому высыханиюЭффективно в воде любой температуры и жесткостиРЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ:Ополаскивание посуды в посудомоечной машинеРуководствуйтесь соответствующими инструкциями для посудомоечных машин. При отсутствии инструкций используйте средство в 0,05-0,5&amp;#37; концентрации &amp;#40;0,5-5 мл средства на 1 л воды&amp;#41;. Для мытья посуды перед ополаскиванием используйте средство МЕГА М.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: более 30&amp;#37; очищенная вода, 5-15&amp;#37; смесь кислот, 1&amp;#37;-5&amp;#37; НПАВ, 1&amp;#37;-5&amp;#37; растворитель, 1&amp;#37;-5&amp;#37; краситель.Внешний вид: прозрачная однородная жидкость розового цвета.рН: 2,0–4,0;Плотность: 1,00 – 1,10 г/см3.</t>
   </si>
   <si>
     <t>386846</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f06/rxz1h0zxjavjcqtav9b8lgszy205szsx.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/fairy/"&gt;Fairy&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/970/u7bkbcjuno0r5ls74b61icnqnyl61yep.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды, 450 мл, FAIRY  Фейри   quot;Нежные руки quot;,  quot;Чайное дерево и мята quot;</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды эффективно для удаления застаревшего жира даже в холодной воде. Ухаживающая формула помогает защитить кожу рук. Состав:5-15&amp;#37; анионные ПАВ; не более 5&amp;#37; неионогенные ПАВ.Дополнительно: отдушка, консерванты, цитронеллол, линалоол.</t>
+  </si>
+  <si>
+    <t>386848</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/970/u7bkbcjuno0r5ls74b61icnqnyl61yep.jpg</t>
-[...8 lines deleted...]
-    <t>386848</t>
+    <t>http://anytos.ru//upload/iblock/f88/omyi772lubc3ea1k2ig5hytxd2dj38mf.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды, 450 мл, FAIRY  Фейри   quot;Ромашка и витамин Е quot;</t>
+  </si>
+  <si>
+    <t>Благодаря новой формуле Fairy легко справляется с самым сложно удаляемым жиром, растворяя его даже в холодной воде. Состав: 5-15&amp;#37; анионные пав, менее 5&amp;#37; амфолитные пав, консервант &amp;#40;молочная кислота&amp;#41;, отдушки.</t>
+  </si>
+  <si>
+    <t>386849</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45a/ph9jpvqxto3wmr1zej9emvhzn2vc5l2a.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды, 450 мл, FAIRY  Фейри   quot;Сочный лимон quot;</t>
   </si>
   <si>
     <t>Благодаря новой формуле Fairy легко справляется с самым сложно удаляемым жиром, растворяя его даже в холодной воде. Состав: 5-15&amp;#37; анионные пав, 5&amp;#37; неионогенные пав, ароматизирующие добавки, гексилкоричный альдегид, линаоол.</t>
   </si>
   <si>
     <t>386850</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/80f/zz3tg343wmkmksm26v0piqlxqmr0fbqq.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды, 900 мл, FAIRY  Фейри   quot;Зеленое яблоко quot;</t>
   </si>
   <si>
     <t>Благодаря новой формуле Fairy легко справляется с самым сложно удаляемым жиром, растворяя его даже в холодной воде. Состав: 5-15&amp;#37; анионные ПАВ, менее 5&amp;#37; неионогенные ПАВ, ароматизирующие добавки, консервант, цитронеллол, лимонен.</t>
   </si>
   <si>
     <t>386852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/h6b9xd6hbm0ckxr8p3q52riqtcnjscij.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды, 900 мл, FAIRY  Фейри   quot;Сочный лимон quot;</t>
   </si>
   <si>
     <t>Благодаря новой формуле Fairy легко справляется с самым сложно удаляемым жиром, растворяя его даже в холодной воде. Состав: 5-15&amp;#37; анионные ПАВ, 5&amp;#37; неионогенные ПАВ, ароматизирующие добавки, гексилкоричный альдегид, линаоол.</t>
   </si>
   <si>
     <t>386853</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db4/eumswm6xounedi1tsyxfb5edye8t2ax1.jpg</t>
-[...8 lines deleted...]
-    <t>386856</t>
+    <t>http://anytos.ru//upload/iblock/b61/a0pxeie6ozjvc5p85rhhg3cxs5wnh04t.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды, 900 мл, FAIRY  Фейри  Нежные руки  quot;Чайное дерево и мята quot;</t>
+  </si>
+  <si>
+    <t>Эффективное средство для мытья посуды и удаления устаревшего жира без трения даже в холодной воде. Мягкое для рук. Состав: 5-15&amp;#37; анионные ПАВ, менее 5&amp;#37; амфолитные ПАВ, консервант &amp;#40;молочная кислота&amp;#41;, отдушки.</t>
+  </si>
+  <si>
+    <t>386854</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/935/9355d48f9d2963ccb422a7674ab5b6ba/55a24f1bc1ead454da2f3c29c4b9baf6.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 5л. ПЭТ</t>
   </si>
   <si>
     <t>Назначение: Экономично в использовании. Для мытья посуды и кухонных поверхностей. Мягкое для кожи рук. Быстро и эффективно смывается водой. Способ применения Нанести небольшое количество средства на влажную губку, сжать её рукой до образования пены и протереть губкой грязную посуду. После этого тщательно ополоснуть посуду чистой водой. Состав &amp;gt;30&amp;#37; вода, &amp;gt;5&amp;#37;, но &amp;lt;15&amp;#37; хлорид натрия, &amp;lt;5&amp;#37; АПАВ, &amp;lt;5&amp;#37; парфюмерная композиция &amp;#40;лимонен&amp;#41;, &amp;lt;5&amp;#37; консервант, &amp;lt;5&amp;#37; краситель. Меры предосторожности Осторожно! При попадании в глаза вызывает раздражение! Использовать только по назначению! После работы тщательно вымыть руки. Хранить в плотно закрытой упаковке, отдельно от пищевых продуктов, в недоступном для детей месте. Избегать попадания средства в глаза. В случае попадания средства в глаза немедленно промыть их чистой водой. При необходимости обратиться к врачу. Условия хранения Хранить при температуре не ниже -20 и не выше 50 °С. Средство замерзает, после размораживания и интенсивного встряхивания восстанавливает свои свойства. Срок годности 24 месяца. Дата изготовления и номер партии указаны на упаковке. По истечении срока годности средство утилизируют как бытовой отход.</t>
   </si>
   <si>
     <t>416224</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa8/qcl4v1s5c91w9rdvykf7ap8cft2sezf2.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 5 л, ЛАЙМА PROFESSIONAL, антибактериальное, концентрат, 600197</t>
   </si>
   <si>
     <t>Средство для мытья посуды LAIMA PROFESSIONAL эффективно удаляет с посуды все загрязнения даже при мытье в холодной воде. Средство объемом 5 л обладает высоким уровнем пенообразования и моющей способности, полностью смывается водой. Густая консистенция обеспечивает экономичный расход, а особые компоненты в составе оказывают мягкое воздействие на кожу рук, не пересушивая её. Антибактериальные компоненты эффективно справляются с бактериями и вирусами. РЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ: нанести небольшое количество средства на влажную губку, сжать до образования пены, протереть загрязненную поверхность и тщательно промыть водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: очищенная вода 30&amp;#37; и более, АПАВ &amp;#40;5&amp;#37;-15&amp;#37;&amp;#41;, НПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, хлорид натрия &amp;#40;менее 5&amp;#37;&amp;#41;, трилон Б &amp;#40;менее 5&amp;#37;&amp;#41;, ароматизатор &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41; триклозан, лимонная кислота &amp;#40;менее 5&amp;#37;&amp;#41;, краситель &amp;#40;менее 5&amp;#37;&amp;#41;.рН: 6,0–8,0.Плотность: 1,00 – 1,10 г/см3.ТУ 2383-002-55219799-2011.</t>
   </si>
   <si>
     <t>426501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa1/i6i8x2u7c24rh3iyzrbtfqgpn8lk712o.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 450 мл, SORTI  Сорти   quot;Бальзам Алоэ Вера quot;, 1092-3</t>
   </si>
   <si>
     <t>Средство для мытья посуды SORTI обладает густой формулой и не только эффективно борется с загрязнениями, но и бережно относится к коже рук. Экстракт алоэ вера обладает увлажняющим эффектом. Состав: 5-15&amp;#37;: анионные ПАВ; не более 5&amp;#37;: неионогенные ПАВ, соль тилендиаминтетрауксусной кислоты, ароматизирующая добавка, алоэ вера гель,  красители, регулятор pH, консервант.</t>
   </si>
   <si>
     <t>426509</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b93/oszbe1fle2dtd8qzlvdtznt1j8m5gk73.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 450 мл, SORTI  Сорти   quot;Лимон quot;, 1098-3</t>
   </si>
   <si>
     <t>Экономичное и эффективное средство для мытья посуды, не оставляет разводов и придает посуде зеркальный блеск. Средство SORTI обладает приятным ароматом лимона, который удаляет неприятные запахи. Состав: 5-15&amp;#37; анионные ПАВ, не более 5&amp;#37; неионогенные ПАВ, амфотерные ПАВ, соль этилендиаминтетрауксусной кислоты, ароматизирующая добавка, лимонный сок, регулятор рН, консервант, красители.</t>
   </si>
   <si>
     <t>426510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a26/dcediu3eybp7ow72odtet1f10jxrikve.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 450 мл, БИОЛАН  quot;Бальзам Алоэ Вера quot;, 1126-3</t>
   </si>
   <si>
     <t>Компоненты, входящие в состав средства БИОЛАН быстро справляются с загрязнением, при этом средство полностью смывается с посуды. Экстракт алоэ вера смягчает и увлажняет кожу рук. Состав: 5-15&amp;#37;: анионные ПАВ; не более 5&amp;#37;: неионогенные ПАВ, соль этилендиаминтетрауксусной кислоты, ароматизирующая добавка, алоэ вера гель,  красители, регулятор pH, консервант.</t>
   </si>
   <si>
     <t>426511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e07/rkjkr7rm19t03hqpctqgqeopv3qw3wys.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 1,35 л FAIRY  Фейри  Нежные руки,  quot;Ромашка и витамин Е quot;, 740297</t>
   </si>
   <si>
     <t>Эффективное и безопасное средство для очищения посуды от загрязнений, остатков жира, чайного или кофейного налета. Особый мягкий состав позволяет защитить нежную кожу рук от сухости и растрескивания. Состав: 5-15&amp;#37; анионные пав, менее 5&amp;#37; амфолитные пав, консервант &amp;#40;молочная кислота&amp;#41;, отдушки.</t>
   </si>
   <si>
     <t>426518</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/113/113907f872c1aa8ebc2fc12fe650c0c8.jpeg</t>
+  </si>
+  <si>
+    <t>Губки для посуды Paclan  quot;Practi. Profi quot;, 2шт.</t>
+  </si>
+  <si>
+    <t>Свойства продукта: мелкопористый поролон и абразивная фибра высокого качества, большой размер губки: 95*70*45 мм, профилированные, вложение в упаковку – 2 шт. Мелкопористый поролон отлично держит пену, не крошится и не деформируется, высокая прочность склейки слоев обеспечивает комфортное и более длительное использование, удобная и качественная вырубка для захвата защищает маникюр.</t>
+  </si>
+  <si>
+    <t>429444</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/paclan/"&gt;Paclan&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/090/090a3ee71cb8c7bdccbebdedd245edc9.jpeg</t>
   </si>
   <si>
     <t>Средство для мытья посуды, фруктов, игрушек Synergetic  quot;Лимон quot;, антибакт., концентрат, канистра, 5л</t>
   </si>
   <si>
     <t>Концентрированное высокопенное средство для мытья всех видов посуды от любых видов загрязнений. 100&amp;#37; смываемость. Подходит для мытья фруктов, детской посуды и игрушек. Эффективно устраняет запахи, удаляет жир даже в ледяной воде! 100&amp;#37; биоразлагаемость в воде, не вредит микрофлоре септических установок.</t>
   </si>
   <si>
     <t>437085</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a5c/a5ccc975cf1727bfe715c157c2242d1b.jpeg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Dolphin Hard Imnova 5л</t>
+  </si>
+  <si>
+    <t>439263</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/dolphin/"&gt;Dolphin&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/914/9147c277f391ecbef8a577b57993d12e.jpeg</t>
   </si>
   <si>
     <t>Средство для мытья посуды, фруктов, игрушек Synergetic  quot;Алоэ quot;, антибакт., концентрат, канистра, 5л</t>
   </si>
   <si>
     <t>469172</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3e/krbihvgoehmdaar1bvfj5w3v32rt1xua.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды антибактериальное 900г SORTI  quot;Контроль чистоты quot;, 1179-3</t>
   </si>
   <si>
     <t>Средство для мытья посуды Sorti Контроль чистоты традиционно очищает от жирных загрязнений даже в холодной воде. И благодаря антимикробной добавке убивает бактерии на 99,9&amp;#37; на поверхности посуды и на губке для ее мытья, а также подавляет их рост. Состав: 5&amp;#37; или более, но менее 15&amp;#37;: анионные ПАВ; менее 5&amp;#37;: неионогенные ПАВ, ароматизирующая добавка, регулятор рН, соль этилендиаминтетрауксусной кислоты, антимикробная добавка, консервант, красители.</t>
   </si>
   <si>
     <t>473003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c33/c33eebde52e0b37cb11e884fa3bc7be0/08966a0a688c6635f68d3c6c2a6dcb30.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды, фруктов, игрушек Synergetic  quot;Яблоко quot;, антибакт, концентр, с дозат без дозатора, 500мл</t>
@@ -950,601 +911,671 @@
   <si>
     <t>Средство для мытья посуды, фруктов, игрушек Synergetic  quot;Алоэ quot;, антибакт.,концентрат,с дозатором без дозатора, 1 л</t>
   </si>
   <si>
     <t>Концентрированное высокопенное средство для мытья всех видов посуды от любых видов загрязнений. 100&amp;#37; смываемость. Подходит для мытья фруктов, детской посуды и игрушек. Эффективно устраняет запахи, удаляет жир даже в ледяной воде! 100&amp;#37; биоразлагаемость в воде, не вредит микрофлоре септических установок. Подготовленная вода &amp;gt;30&amp;#37;, А-тензиды 5-15&amp;#37; &amp;#40;растительного происхождения&amp;#41;, Н-тензиды &amp;#40;на основе глюкозы&amp;#41; &amp;lt;5&amp;#37;, глицерин &amp;#40;glycerol&amp;#41; &amp;lt;5&amp;#37;, парфюмерная композиция «Алоэ» &amp;#40;масла аира, гальбанума, мяты, шалфея, лемонграсса, муската&amp;#41;.</t>
   </si>
   <si>
     <t>560657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/481/nphe5sh37y64fz8h1t6ch8dnsxlojqqb.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 500 мл, ЗОЛУШКА  quot;Лимон quot;, пуш-пул, М01-1</t>
   </si>
   <si>
     <t>Всего несколько капель средства Золушка обеспечат идеальную чистоту вашей посуды даже при мытье в холодной воде. Средство эффективно растворяет жир и грязь, легко смывается водой. Также применяется для мытья окон, облицовочной плитки и т. п. Способ применения: нанести небольшое количество средства на губку или на посуду, или растворить 1 ч. ложку в 4-5 воды, ополоснуть посуду водой.Меры предосторожности: беречь от детей. При попадании средства в глаза промыть большим количеством воды.Состав: анионное ПАВ &amp;#40;смесь&amp;#41; &amp;#40;менее 10&amp;#37;&amp;#41;, натрия хлорид 1-3&amp;#37;, смесь хлорметилизотиазолинона и метилизотиазолинона &amp;#40;менее 0,1&amp;#37;&amp;#41;, отдушка &amp;#40;менее 0,1&amp;#37;&amp;#41;, краситель &amp;#40;менее 0,001&amp;#37;&amp;#41;, вода до 100&amp;#37;.</t>
   </si>
   <si>
     <t>565473</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b96/6ph2e890ljaly1scyfj44kcudi92glb7.jpg</t>
-[...14 lines deleted...]
-    <t>24</t>
+    <t>http://anytos.ru//upload/iblock/e36/e36a4a64ed473bb8101632945cc531f6/ee3219c70a1371451d09e7da62b85bc8.jpg</t>
+  </si>
+  <si>
+    <t>Профхим д ПММ конц. д мытья посуды Effect VITA 203, 5л</t>
+  </si>
+  <si>
+    <t>Профхим д/ПММ конц. д/мытья посуды Effect/VITA 203, 5л</t>
+  </si>
+  <si>
+    <t>585773</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/effect-shz/"&gt;Effect СХЗ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c74/c740cba1078adffa22bbebd43e77f8e3/fe859466d588f98a97b29fd27c92a30b.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Fairy  quot;Pure Clean. Бергамот и Имбирь quot;, 450мл</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Fairy Pure &amp; Clean сочетает в себе высокую эффективность Fairy в борьбе с загрязнениями и 100&amp;#37; натуральный аромат имбиря и бергамота из итальянской Калабрии. Активные компоненты Fairy полностью удаляют остатки жира даже в холодной воде, а за счет образования стойкой пены даже одной капли средства хватает надолго. Формула легко смывается и дерматологически протестирована Ассоциацией здоровья кожи &amp;#40;Skin Health Alliance&amp;#41;. 100&amp;#37; перерабатываемая бутылка. Обладает сертификатом экологического соответствия.</t>
+  </si>
+  <si>
+    <t>588386</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>Garden Dreams средство для посуды 5л Лимон ПЭТ канистра в кор.  1 3</t>
   </si>
   <si>
     <t>Garden Dreams средство д/посуды 5л Лимон ПЭТ канистра в кор. *1/3</t>
   </si>
   <si>
     <t>602244</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33c/2s88q1e8oq2ak8tf8xcvgtcn2q6ky3ck.jpg</t>
   </si>
   <si>
     <t>Garden Dreams средство для посуды 5л Яблоко канистра  1 без коробки</t>
   </si>
   <si>
     <t>Garden Dreams средство д/посуды 5л Яблоко канистра *1 без коробки</t>
   </si>
   <si>
     <t>602245</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b95/b95a0d10070f77c43b0a052d2e556aff/588cb2eaee1009928cf5234d7f862b61.jpg</t>
-[...29 lines deleted...]
-    <t>Средство для мытья посуды AOS Бальзам Алое Вера, 450 мл.</t>
+    <t>ЛИДЕР ЧИСТОТЫ средство для посуды 500мл Яблоко  5 20</t>
+  </si>
+  <si>
+    <t>ЛИДЕР ЧИСТОТЫ средство для посуды 500мл Яблоко *5/20</t>
+  </si>
+  <si>
+    <t>602253</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/178/178d048b63ccfdbd5ac6af2db5fdb694/530b988b6749183965dbb03208ca6e31.jpg</t>
+  </si>
+  <si>
+    <t>ФЕЙРИ для посуды 900мл. Яблоко  3 12</t>
+  </si>
+  <si>
+    <t>ФЕЙРИ д/посуды 900мл. Яблоко *3/12</t>
+  </si>
+  <si>
+    <t>602261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff0/ff018f41776343262b86c9740d080149/6832fa49876260bdcabf2f2a0a6de8bc.jpeg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды AOS Бальзам Алое Вера, 450 мл</t>
   </si>
   <si>
     <t>Средства для мытья посуды от производителя NEFIS.&lt;br /&gt;
  Гель для мытья посуды из различных материалов с ухаживающими компонентами в составе. Благодаря Аос с натуральным экстрактом алоэ, кожа ваших рук под надежной защитой от сухости и ощущения стянутости. Даже при каждодневном использовании без специальных перчаток вы не будете ощущать дискомфорт.&lt;br /&gt;
  Всего одна капля средства позволяет перемыть до 20 тарелок и бокалов. Густая пена эффективно справляется с жиром, пригоревшей пищей и убивает большинство известных бактерий и инфекций. Можно мыть посуду даже в холодной и жесткой воде, не переживая за конечный результат. С помощью этого средства можно быстро отмыть такие сложные поверхности, как противни, формы, кастрюли и сковороды. &lt;br /&gt;
  Протестировано дерматологами и имеет все необходимые сертификаты. Не вызывает зуда и аллергических высыпаний на коже. Не оставляет на посуде налета и мыльной пленки. Одной упаковки хватает на множество использований, а, благодаря удобной крышечке, ее удобно открывать и закрывать даже мокрыми руками.&lt;br /&gt;
  Состав: краситель, ароматизатор алоэ вера, консервант, регулятор pH, ПАВ, соль этилендиаминтетрауксусной кислоты</t>
   </si>
   <si>
+    <t>603159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc6/cc614bb7ee400d2308c1c3cd5e279bc0/3314dd9c6fe29536381a54bad305d0f2.jpeg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Fairy Лимон, 900 мл</t>
+  </si>
+  <si>
+    <t>Средства для мытья посуды от производителя Procter Gamble.&lt;br /&gt;
+ Усовершенствованная формула моющего средства для посуды из совершенно любого материала поможет с легкостью справиться даже с застывшим жиром, засохшими крупами и следами от крепкого чая и кофе. После использования остается нежный аромат лимона.&lt;br /&gt;
+ Лучшее действие обусловлено новейшим пена-эффектом, благодаря которому активные компоненты легче проникают в самую глубь загрязнений и расщепляют их изнутри. Фейри может одинаково эффективно работать как в горячей, так и в холодной воде. Легко наносится и так же легко смывается, не оставляя после себя неприятных ощущений на посуде и мыльных разводов.&lt;br /&gt;
+ Гель для мытья посуды отличается высокой концентрацией действующих веществ, поэтому для целой горы посуды и столовых приборов достаточно всего нескольких капель средства. Продукт, созданный в научно-исследовательском центре по европейским стандартам, является безопасным. Это подтверждают результаты большого количества исследований. &lt;br /&gt;
+ Состав: Гераниол, анионные и неионогенные поверхностно-активные добавки, ароматизатор «Лимон», консервант</t>
+  </si>
+  <si>
+    <t>603162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8d/d8d0d5ddf2b19ad42e4a52531208c159/895b7e0417a812c756db1e048410344c.jpeg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Sarma Лимон, 500 мл</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды от производителя Невская Косметика.&lt;br /&gt;
+ При поддержании чистоты на кухне домашние хозяйки постоянно сталкиваются с необходимостью мытья большого количества посуды. Чтобы обеспечить кристальное сияние всех столовых приборов нежно тщательно подходить к выбору чистящего средства.&lt;br /&gt;
+ Отлично зарекомендовал себя гель для мытья посуды под торговой маркой Сарма. Он превосходно подходит для мытья посуды из любых материалов – стекла, керамики, стали, чугуна и других. Это позволит заменить несколько специализированных составов и сэкономить место на кухне и деньги в кошельке. Гель замечательно справляется с жиром. Обволакивает и нейтрализует его частички даже в холодной воде. Добивается не только визуальной чистоты, но и борется с бактериями, оседающими на поверхности, что доказано и подтверждено лабораторными исследованиями.&lt;br /&gt;
+ Благодаря наличию в составе лимонного экстракта, отлично справляется с посторонними запахами и придаёт всей посуде нежный лимонный аромат. Благодаря обильной густой пене, легко отмывает загрязнения небольшим количеством геля. Это помогает бережно и экономно расходовать средство</t>
+  </si>
+  <si>
+    <t>603163</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sarma/"&gt;Sarma&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f68/f683dbd61ef51f3614cd528ba382f8e9/d23225ea5f5ef659bdef73af0353d8be.jpeg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды AOS Бальзам Алое Вера, 450 мл.</t>
+  </si>
+  <si>
     <t>604825</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/569/56986c0da64bf7d555115d8dfd55012b/43d825674fa4959dc1d037865d20a0cf.jpg</t>
   </si>
   <si>
     <t>АОС для посуды 450мл. Бальзам Лимон  1118-3 5 20</t>
   </si>
   <si>
     <t>АОС д/посуды 450мл Бальзам Лимон&amp;#40;1118-3&amp;#41;*5/20</t>
   </si>
   <si>
     <t>604835</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/29a/29a2af502cf62c7b3ffcad5a81f406a0/1a273d84b19f26d33237671667cd1336.jpg</t>
+  </si>
+  <si>
+    <t>АОС для посуды 900мл. Лимон  3 12</t>
+  </si>
+  <si>
+    <t>АОС д/посуды 900мл. Лимон *3/12</t>
+  </si>
+  <si>
+    <t>604837</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f7c/qwqhvmjfivunvvtzbcl75v0ua0wr8516.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 5 л, МЕГА, концентрат, Н 530</t>
   </si>
   <si>
     <t>Средство для ручного мытья всех видов посуды и столовых приборов, очистки и обезжиривания кухонного оборудования, рабочих и различных твердых поверхностей на кухне. Средство нейтрально, не повреждает обрабатываемые поверхности. Средство концентрированное, обладает высокой моющей и обезжиривающей способностью, эффективно в воде любой жесткости и температуры. В готовом виде рекомендуется использовать для ручного мытья керамической, стеклянной, фаянсовой, хрустальной, металлической, деревянной и другой посуды. В разбавленном виде для очистки внутренних и внешних поверхностей кухонного оборудования, рабочих поверхностей, столов и любых влагостойких поверхностей.ОБЛАСТЬ ПРИМЕНЕНИЯ:Профессиональный клинингПредприятия пищевой и другой промышленностиАдминистративные и общественные зданияУчебные и медицинские учрежденияПредприятия торговли и общественного питанияГостиницы и рестораны, в бытуОСОБЕННОСТИ:Универсально для любых видов посуды и влагостойких поверхностейОбладает высокой моющей и обезжиривающей способностьюЭффективно в воде любой жесткости и температурыОбладает высоким и стабильным пенообразованиемРЕКОМЕНДАЦИИ ПО ПРИМЕНЕНИЮ:Мытье посуды под струей водыИспользуйте готовое средство. Нанесите небольшое количество средства на губку или непосредственно на посуду, протрите загрязненную поверхность и промойте водой.Очистка и обезжиривание различных поверхностейИспользуйте рабочий раствор средства 0,5-3&amp;#37; концентрации &amp;#40;5-30 мл средства на 1 л воды&amp;#41;. Нанесите раствор на загрязненную поверхность с помощью губки, щетки или салфетки, методом распыления или погрузите изделие в раствор, протрите и при необходимости промойте водой.ФИЗИКО-ХИМИЧЕСКИЕ ПОКАЗАТЕЛИ:Состав: более 30&amp;#37; очищенная вода, 15-30&amp;#37; смесь АПАВ, менее 5&amp;#37; комплексообразователь, менее 5&amp;#37; модификатор реологии, менее 5&amp;#37; консервант, менее 5&amp;#37; краситель, менее 5&amp;#37; отдушка.Внешний вид: прозрачная однородная гелеобразная жидкость желтого цвета с цитрусовым запахом.рН: 6,0-8,0 Плотность 1,00-1,10 г/см3</t>
   </si>
   <si>
     <t>617174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6a/a6aecbe70a16d21052b1c167db9b7473.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды AQUALON 5л Нейтральное</t>
   </si>
   <si>
     <t>627581</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/14a/14a382808715cb7da0a02a7053134d4d.jpg</t>
-[...106 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/674/pv4aii8hbhiqnxqnr9utp9bh18ajcjss.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды SORTI бальзам с алоэ вера 450г</t>
   </si>
   <si>
     <t>796316</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ca/eq2prodabd2v5w789o4v0si13dl4t9j4.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды SORTI бальзам с витамином Е 450г</t>
   </si>
   <si>
     <t>796317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e57/qi5k27t4h7opkeqnumna65hpizqgn80z.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды SORTI Лимон 450г</t>
   </si>
   <si>
     <t>796319</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ec7/zwtjc2fr5btqu0yg0t8wmjk6gda7pjy8.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды Fairy  quot;Platinum Арбуз quot;, 430мл</t>
+  </si>
+  <si>
+    <t>Со средством для мытья посуды Fairy Platinum Арбуз вы сможете уйти с кухни поскорее благодаря более быстрому и простому мытью посуды. Каждая капля Fairy быстро проникает и эффективно расщепляет жирный налет на посуде для безупречного результата даже при самых трудных загрязнениях.</t>
+  </si>
+  <si>
+    <t>801107</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dcc/dhajglbwlk5lv1kdqp715oge1jlvwad3.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 900 мл SORTI  quot;Лимон quot;, ГЕЛЬ АКТИВ</t>
   </si>
   <si>
     <t>Эффективная и нежная для кожи рук формула средств для мытья посуды SORTI с витаминами и экстрактами без труда справляется с жиром, отлично смывается, не оставляя разводов, а также обладает приятными ароматами. Состав: 5-15&amp;#37;: анионные ПАВ; не более 5&amp;#37;: неионогенные ПАВ, соль тилендиаминтетрауксусной кислоты, ароматизирующая добавка, красители, регулятор pH, консервант.</t>
   </si>
   <si>
     <t>833371</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c21/u87td3z3jwy79so3y75ev60j583sfegu.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e71/lk15710g4y6jnt9cymakbcpp060j5khh.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды Sorti Лимон 900гр</t>
   </si>
   <si>
     <t>900029</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b45/wjakjhdz84le6m0f0j4p2wbv5wvghztn.jpg</t>
-[...86 lines deleted...]
-    <t>922777</t>
+    <t>http://anytos.ru//upload/iblock/b66/tl19hrg91p11kd5vhijwos5hqekcg4f2.png</t>
+  </si>
+  <si>
+    <t>АОС средство для мытья посуды 900мл. Бальзам</t>
+  </si>
+  <si>
+    <t>907263</t>
+  </si>
+  <si>
+    <t>907264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87d/15a7c8c78fyqz0mbkmui0usnmjyn77ft.jpg</t>
   </si>
   <si>
     <t>ВИТЭКС HOME Густой ГЕЛЬ для ПОСУДЫ Антижир, ЛИМОН 500мл. код 08 45</t>
   </si>
   <si>
     <t>Густой гель для мытья посуды с приятным цитрусовым ароматом – современное средство, благодаря которому можно легко и быстро очистить посуду до сверкающего блеска. Инновационная технология «Антижир» мгновенно расщепляет загрязнения различного происхождения и действует эффективно даже в холодной и жесткой воде. Современные моющие компоненты образуют густую пушистую пену, которая помогает легко и быстро вымыть посуду даже в холодной и жесткой воде, полностью смывается водой и не оставляет разводов. Усиленная формула-концентрат делает гель очень экономичным в использовании. Объем: 500 мл Штрих-код: 4810153036681 Применение: нанести 1-2 капли средства на влажную губку, вымыть посуду и ополоснуть под струей воды или растворить 1 чайную ложку средства в 5 литрах воды, вымыть посуду, ополоснуть водой. Добавлять средство по мере необходимости в соответствии с количеством посуды, типом и степенью загрязнения. Состав: вода, анионные ПАВ &amp;gt; 5 &amp;#37; но &amp;lt; 15 &amp;#37;, неионогенные ПАВ &amp;lt; 5 &amp;#37;, амфотерные ПАВ &amp;lt; 5 &amp;#37;, парфюмерная композиция, ЭДТА динатрия, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон, гераниол, лимонен, красители.</t>
   </si>
   <si>
     <t>922785</t>
   </si>
   <si>
     <t>&lt;a href="/brands/vitjeks/"&gt;ВИТЭКС&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b77/g7v09rnxshhetcl2hf23ch28n119r2we.jpg</t>
   </si>
   <si>
     <t>ВИТЭКС HOME БАЛЬЗАМ для посуды НЕЖНЫЕ РУКИ с глицерином и Алоэ, 500мл, код 08 44</t>
   </si>
   <si>
     <t>Бальзам для мытья посуды не только великолепно очищает посуду от жира и других загрязнений, но и очень бережно относится к коже рук. Современная формула содержит натуральный гель алоэ вера и глицерин, благодаря чему обладает увлажняющим, смягчающим, восстанавливающим и успокаивающим действием на кожу. Гель содержит эффективные и при этом очень мягкие для кожи моющие компоненты, благодаря чему не сушит и не раздражает кожу рук. Легко смывается без остатка и не требует обильного промывания посуды водой. Объем: 500 мл Штрих-код: 4810153036698 Применение: нанести 1-2 капли средства на влажную губку, вымыть посуду и ополоснуть под струей воды или растворить 1 чайную ложку средства в 5 литрах воды, вымыть посуду, ополоснуть водой. Добавлять средство по мере необходимости в соответствии с количеством посуды, типом и степенью загрязнения. Состав: вода, анионные ПАВ &amp;gt; 5 &amp;#37; но &amp;lt; 15 &amp;#37;, неионогенные ПАВ &amp;gt; 5 &amp;#37; но &amp;lt; 15 &amp;#37;, амфотерные ПАВ &amp;lt; 5 &amp;#37;, парфюмерная композиция, глицерин, ЭДТА динатрия, бензиловый спирт, метилхлороизотиазолинон, метилизотиазолинон, гель алоэ вера, красители.</t>
   </si>
   <si>
     <t>922786</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff8/gtpid0uwv944rv5ge93yadjurngtmwkv.jpg</t>
-[...20 lines deleted...]
-    <t>928407</t>
+    <t>АОС для посуды 900мл. Яблоко и мята</t>
+  </si>
+  <si>
+    <t>АОС для посуды 900мл. Яблоко и мята *3/12</t>
+  </si>
+  <si>
+    <t>927942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/416/4a8qtsargsdmoal5w3shz2594vc1yvsj.jpg</t>
   </si>
   <si>
     <t>Минута Средство для мытья посуды 0,5л. Лимон</t>
   </si>
   <si>
     <t>Минута Средство для мытья посуды 0,5л. Лимон*6/12</t>
   </si>
   <si>
     <t>928410</t>
   </si>
   <si>
     <t>&lt;a href="/brands/minuta/"&gt;Минута&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd6/5he4wfklhgasty9r7d7ya8wzz9wo7cg3.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 4,8 кг, SORTI  quot;Лимон quot;</t>
   </si>
   <si>
     <t>Гель для посуды SORTI &amp;quot;Лимон&amp;quot; отличается усовершенствованной формулой. Средство, обогащенное натуральным соком лимона, эффективно растворяет жир, не повреждая поверхность посуды. За счёт густой консистенции продукт отлично пенится, экономично расходуется и легко смывается водой. Отмоет посуду до блеска без лишних усилий. Не оставляет разводов.Гелевая основа позволяет использовать SORTI &amp;quot;Лимон&amp;quot; для мытья посуды из разных материалов. Изготовлен в соответствии с требованиями сертификата ГОСТ Р ИСО 9001. Применение: нанесите 1-2 капли средства на влажную губку, обработайте поверхность посуды и ополосните её под струей воды.Состав: комплекс ПАВ, лимонный сок, парфюмерная композиция, функциональные добавки, комплексообразователь для смягчения воды, краситель.</t>
   </si>
   <si>
     <t>938799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd8/g8lcofqqvv84c361rdf5lopwissyaflt.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды 900 мл, БИОЛАН  quot;Апельсин и лимон quot;</t>
   </si>
   <si>
     <t>Моющее средство для посуды БИОЛАН &amp;quot;Апельсин и лимон&amp;quot; эффективно удаляет жир, хорошо пенится и легко смывается водой. Не оставляет разводов и придает блеск посуде.</t>
   </si>
   <si>
     <t>938801</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/34a/11wgs690fwq4ebvyrtykzhtyf9wxha9u.jpg</t>
+  </si>
+  <si>
+    <t>Профхим для посуды гель конц. для ручного мытья Luscan Prof Cooky Foam Eso, 5л</t>
+  </si>
+  <si>
+    <t>Профхим для посуды гель конц. для ручного мытья Luscan Prof/Cooky Foam Eso, 5л</t>
+  </si>
+  <si>
+    <t>964803</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luscan-professional/"&gt;Luscan Professional&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bd/lb6vkfn74row0nkixjww2rsxwnhh8h1z.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды AKTIV Алоэ-вера гель, 500 мл</t>
+  </si>
+  <si>
+    <t>964814</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/946/e3nenqfgxskcbnakhedf66695iyi1nno.jpg</t>
+  </si>
+  <si>
+    <t>Cредство для мытья посуды АВС 500мл. Лимон</t>
+  </si>
+  <si>
+    <t>АВС средство для мытья посуды 500мл. Лимон*1/24</t>
+  </si>
+  <si>
+    <t>977898</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/abc/"&gt;АВС&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/231/76dga3ml4ixplaj485zag2kesx93fri7.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды Fairy  quot;Нежные руки. Розовый жасмин и Алоэ Вера quot;, 450мл</t>
   </si>
   <si>
     <t>Средство для мытья посуды Fairy &amp;quot;Нежные руки. Розовый жасмин и Алоэ Вера&amp;quot;, 450мл</t>
   </si>
   <si>
     <t>984225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b6/zlocis58d06imt5s6wqel6lb2zeq7230.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды AOS ЭКО  quot;С Фруктовыми кислотами quot;, 4,8л, канистра</t>
   </si>
   <si>
     <t>Средство для мытья посуды AOS ЭКО &amp;quot;С Фруктовыми кислотами&amp;quot;, 4,8л, канистра</t>
   </si>
   <si>
     <t>986076</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/089/hofing6gud20i04clyn18qlix1sq0c02.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>Средство для мытья посуды AOS ЭКО  quot;С Фруктовыми кислотами quot;, 900мл, с дозатором</t>
   </si>
   <si>
     <t>Средство для мытья посуды AOS ЭКО &amp;quot;С Фруктовыми кислотами&amp;quot;, 900мл, с дозатором</t>
   </si>
   <si>
     <t>1002635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f94/jtkqf9du4ed2hsvfs7lu14xw7a1hi0fz.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды Sorti  quot;Алоэ quot;, 4,8л, канистра</t>
   </si>
   <si>
     <t>Средство для мытья посуды Sorti &amp;quot;Алоэ&amp;quot;, 4,8л, канистра</t>
   </si>
   <si>
     <t>1002636</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2a/29qfzm4ly4puw5vncyoghbszikd7oa27.jpg</t>
   </si>
   <si>
     <t>Средство для мытья посуды Радуга гель Лимон 5000 мл</t>
   </si>
   <si>
     <t>1009748</t>
   </si>
   <si>
     <t>&lt;a href="/brands/raduga/"&gt;Радуга&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0bb/51nym3qya35sy20zbhp6mak26qvd31ui.jpg</t>
+  </si>
+  <si>
+    <t>Гель для мытья посуды 450 г, SANITA  quot;Грейпфрут и мята quot;, 27857</t>
+  </si>
+  <si>
+    <t>Гель для мытья посуды SANITA &amp;quot;Грейпфрут и мята&amp;quot; – это эффективное средство, которое легко справится с засохшими загрязнениями и жиром. Действует даже в холодной воде. Создано на основе биоразлагаемых ПАВ.Полностью смывается, нейтрализует запахи и сохраняет естественный pH.Способ применения: нанести несколько капель средства на губку или растворить 2,5 г средства в 1 л воды. Помыть посуду или кухонную бытовую технику и другие поверхности на кухне. Смыть водой.</t>
+  </si>
+  <si>
+    <t>1015422</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sanita/"&gt;Sanita&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef1/79tptywz12zi4ubqgduuqcwnjnccv9je.jpg</t>
+  </si>
+  <si>
+    <t>Гель для мытья посуды 900 г, SANITA  quot;Мандарин и белый чай quot;, дозатор, 27861</t>
+  </si>
+  <si>
+    <t>Гель для мытья посуды SANITA &amp;quot;Мандарин и белый чай&amp;quot; – это эффективное средство, которое легко справится с засохшими загрязнениями и жиром. Действует даже в холодной воде. Создано на основе биоразлагаемых ПАВ.Полностью смывается, нейтрализует запахи и сохраняет естественный pH.Способ применения: нанести несколько капель средства на губку или растворить 2,5 г средства в 1 л воды. Помыть посуду или кухонную бытовую технику и другие поверхности на кухне. Смыть водой.</t>
+  </si>
+  <si>
+    <t>1015423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/728/67wyz8o3rjg8s1hbjj00ogwole4q6i9o.jpg</t>
+  </si>
+  <si>
+    <t>Гель для мытья посуды 900г SANITA  quot;Огурец и лемонграсс quot;, дозатор, 27863</t>
+  </si>
+  <si>
+    <t>Гель для мытья посуды SANITA &amp;quot;Огурец и лемонграсс&amp;quot; – это эффективное средство, которое легко справится с засохшими загрязнениями и жиром. Действует даже в холодной воде. Создано на основе биоразлагаемых ПАВ.Полностью смывается, нейтрализует запахи и сохраняет естественный pH.Способ применения: нанести несколько капель средства на губку или растворить 2,5 г средства в 1 л воды. Помыть посуду или кухонную бытовую технику и другие поверхности на кухне. Смыть водой.</t>
+  </si>
+  <si>
+    <t>1015424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/465/nrkz12j8k4o3qlh1xrccnak25uuupcl2.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 1 л, ПЕРВОЦЕН  quot;Лимон quot;, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 3246</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды применяется в качестве средства для мытья всех видов посуды, столовых приборов, кухонной утвари на предприятиях общепита, в мед. учреждениях различного профиля, в детских и учебных заведениях различного типа. Состав: вода деионизированная &amp;#40;30&amp;#37; и более&amp;#41;, анионный ПАВ &amp;#40;5&amp;#37; или более, но менее 15&amp;#37;&amp;#41;, натрий хлористый &amp;#40;менее 5&amp;#37;&amp;#41;, неионогенный ПАВ &amp;#40;менее 5&amp;#37;&amp;#41;, консервант &amp;#40;менее 5&amp;#37;&amp;#41;, парфюмерная композиция &amp;#40;менее 5&amp;#37;&amp;#41;, кислота лимонная &amp;#40;менее 5&amp;#37;&amp;#41;, краситель CI 19140 &amp;#40;менее 5&amp;#37;&amp;#41;.Способ применения: нанесите небольшое количество на губку. Намыльте посуду и ополосните ее под струей воды.Меры предосторожности: хранить в недоступном для детей месте, избегать попадания в глаза и на кожу, использовать перчатки при длительном контакте с раствором, а также тщательно смывать средство с посуды после мытья.Условия хранения: хранить в сухом месте, предохраняя от влаги и прямых солнечных лучей, вдали от отопительных приборов. Температурный режим не ограничен.</t>
+  </si>
+  <si>
+    <t>1015425</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/renessans-kosmetik/"&gt;Ренессанс косметик&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b67/4nultrsuee460qdpetnnriku1ojxax7q.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 1,35 л, FAIRY  Фейри   quot;Сочный Лимон quot;, 740646</t>
+  </si>
+  <si>
+    <t>FAIRY &amp;quot;Сочный Лимон&amp;quot; – эффективное моющее средство для посуды. Молекулы средства глубоко проникают даже в застывший жир, расщепляя его изнутри и устраняя стойкие запахи. Средство обладает свежим ароматом лимона. Имеет консистенцию геля, благодаря которой хорошо пенится и обеспечивает экономичный расход. Бережно относится к вашей коже. Формула геля FAIRY безопасна для кожи рук, при этом безжалостна к пищевым загрязнениям. Концентрат на основе биоразлагаемых компонентов хорошо смывается водой. Эффект – чистая посуда без усилий даже при мытье в холодной воде.Особенности средства для мытья посуды FAIRY: 1. Благодаря концентрированной формуле мгновенного расщепления жира посуда будет сиять;2. Теперь ваша посуда не требует замачивания, так как активные компоненты FAIRY работают даже в холодной воде и удаляют жир без остатка;3. Благодаря мягкой формуле концентрата вам не понадобится надевать защитные перчатки;4. За счет стойкой густой пены одна капля FAIRY отмоет в 2 раза больше посуды, чем более бюджетные средства из ассортимента P&amp;G.Моющее средство FAIRY очистит стойкие и сложные загрязнения с любой посуды – керамической, стеклянной, стальной, алюминиевой и другой, вытесняя даже въедливые запахи. Подходит для очищения сковороды, решетки для гриля и других поверхностей. Без остатка смывается водой.После семейных обедов и домашних праздников вы легко отмоете все тарелки и приборы вместе с FAIRY. Для мытья посуды просто добавьте каплю геля на влажную губку и нанесите на очищаемую поверхность. Добавляйте средство по мере необходимости в соответствии с количеством посуды, типом и степенью загрязнения. Геля для мытья посуды FAIRY в бутылке объемом 1,35 л хватит надолго. Срок годности средства – 24 месяца с даты производства. Размеры упаковки &amp;#40;ДхШхВ&amp;#41; – 121x79x283 мм. Вес составляет 1436 г. Материал пластиковой бутылки подлежит переработке.Состав: 5-15&amp;#37; анионные ПАВ, менее 5&amp;#37; неионогенные ПАВ, консерванты, ароматизирующие добавки, гераниол, лимонен.Способ применения: используйте одну каплю, общий объем зависит от степени и вида загрязнения.Меры предосторожности: беречь от детей. Избегайте попадания в глаза. При попадании в глаза немедленно промыть большим количеством проточной воды.</t>
+  </si>
+  <si>
+    <t>1015426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/708/5twa69lcuyh9mgsfl5an0k5ar839t2v6.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 5 кг, EFFECT  quot;Vita 202 quot;, универсальное, 25675</t>
+  </si>
+  <si>
+    <t>Средство EFFECT &amp;quot;Vita 202&amp;quot; подходит для ручного мытья любой посуды, кухонной бытовой техники, а также для уборки на кухне. Удаляет пищевые загрязнения, грязь, копоть. Рекомендуется использовать для гостиниц, ресторанов, офисов, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санаторно-курортных, детских, дошкольных и других аналогичных учреждениях.Рекомендации по применению: нанести несколько капель средства на губку и помыть посуду или подготовить раствор &amp;#40;для мытья пеной&amp;#41; в концентрации 1&amp;#37;-2&amp;#37; &amp;#40;10-20 мл/1 л воды&amp;#41;, смыть водой.Меры предосторожности: при попадании в глаза – длительно &amp;#40;15-20 минут&amp;#41; промывать большим количеством воды. Хранить в недоступном для детей месте. Хранить отдельно от пищевых продуктов. Не смешивать с другими средствами. Средство замерзает, после размораживания сохраняет свои свойства. По истечении срока годности средство и упаковку утилизируют как бытовой отход.Состав: больше или равно 5&amp;#37;, но меньше 15&amp;#37; АПАВ; &amp;lt; 5&amp;#37; амфотерное ПАВ; менее 5&amp;#37; соль ЭДТА; краситель; ароматизирующая добавка; консервант.Значение pH – 6,8Область применения: для мытья посуды, любых моющихся поверхностей. Средство может быть использовано в гостиницах, ресторанах, офисах, на объектах пищевой промышленности, предприятиях общественного питания, в лечебно-профилактических, санитарно-курортных, детских, дошкольных и других аналогичных учреждениях.</t>
+  </si>
+  <si>
+    <t>1015428</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/effect/"&gt;EFFECT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48b/e7yvpafip9gg4g2fo5w7ottgx9l5b2zd.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 5 л, PRO-BRITE DREAM, фруктовый аромат, нейтральное, концентрат, 162-5</t>
+  </si>
+  <si>
+    <t>Моющее средство для мытья посуды с усиленным обезжиривающим действием. Назначение: для мойки вручную столовой и кухонной посуды, столовых приборов, устройств и аппаратов, гастроёмкостей, тары, инвентаря, столов и др. оборудования.Область применения: организации общественного питания &amp;#40;включая столовые в школьных и дошкольных учреждениях&amp;#41;, пищеблоки ЛПУ, пищевые производства, в быту.Свойства: гелеобразный пенный концентрат, прозрачный светло-голубого цвета с приятным запахом, против жировых, белковых и др. пищевых загрязнений на стекле и хрустале, керамике, пластиках, нержавеющей стали, алюминии и цветных металлах, камне, деревянных и окрашенных поверхностях. Наличие комплексона в составе обеспечивает эффективность в воде любой жёсткости, а также в холодной воде. Образует мелкоячеистую стойкую пену, благодаря тензидам нового поколения легко отделяет загрязнения от поверхности. Хорошо смывается. Придаёт блеск стеклу. Не содержит фосфатов и фосфонатов, а также щелочей и др. агрессивных веществ. Замерзает, после размораживания возможно расслоение, свойства сохраняются.Способ применения: температурный режим мойки 20-60°С. При длительном контакте использовать резиновые перчатки.1. Замачиванием:- основная мойка: добавить в воду из расчёта максимального разбавления 1/200 &amp;#40;5мл&amp;#43;995мл воды=1л 0,5&amp;#37;-раствора&amp;#41;, поместить посуду, через 5-мин извлечь, обработать щёткой, промыть водой;- предварительная мойка: добавить в воду из расчёта максимального разбавления 1/330 &amp;#40;3мл&amp;#43;997мл воды=1л 0,3&amp;#37;-раствора&amp;#41;, обработать посуду, промыть водой.2. Вручную, для сильно загрязнённой посуды: нанести 2-3мл на смоченную водой щётку &amp;#40;ручной кухонный пад&amp;#41; или на поверхность, растереть и промыть водой.3. Для гастроёмкостей, оборудования, устройств и т.п.: разбавить в воде из расчёта максимального разбавления 1/100-1/50 &amp;#40;1-2&amp;#37; раствор&amp;#41;, обработать поверхности раствором и промыть водой.4. Для рабочих поверхностей: разбавить в воде из расчёта максимального разбавления 1/100 &amp;#40;1&amp;#37;-раствор&amp;#41;, промыть поверхности раствором.Примечание: оптимальную концентрацию определять по виду и степени загрязнений, жёсткости и температуре воды, типу поверхности и др. условиям мойкиОсновные характеристики:Состав: вода, ПАВ, соль, комплексон, консервант, краситель, ароматизатор.Плотность: 1,03±0.05 г/см3 при 20°C.Значение pH 1&amp;#37;-раствора: 9,0±0,5Предупреждающие меры: Осторожно! Беречь от детей! Применять строго по назначению указанными способами. При работе использовать резиновые перчатки. Избегать проглатывания и попадания в глаза. При попадании в глаза осторожно промывать водой несколько минут. Если раздражение глаз не проходит, обратиться к врачу.</t>
+  </si>
+  <si>
+    <t>1015429</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pro-brite/"&gt;PRO-BRITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0c/iwylekrzpjtwfu02rlv16funb5kcwadm.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 5 л, QUALITA  quot;Гель Lemon   Orange quot;, 14840</t>
+  </si>
+  <si>
+    <t>QUALITA &amp;quot;Гель Lemon &amp; Orange&amp;quot; с новой активной формулой &amp;quot;АНТИЖИР&amp;quot; быстро и эффективно справляется с самыми стойкими жировыми загрязнениями. Формула эффективно расщепляет жир даже в холодной воде, что делает процесс мытья посуды максимально комфортным и быстрым. Гель для мытья посуды QUALITA обеспечивает густую пену и экономичный расход, легко смывается с посуды, не оставляет следов на поверхности. Также, гель для мытья посуды содержит экстракты цитрусов, которые помогают бороться со стойкими запахами пищи на посуде.• Особенности и преимущества:- предназначен для ручного мытья всех видов посуды;- средство хорошо пенится, отлично удаляет загрязнения, легко смывается;- с ароматом лимона и апельсина;- формула с экстрактом цитруса удаляет загрязнения даже в холодной воде.• Способ применения: нанесите небольшое количество геля на влажную губку, помойте посуду, ополосните. Добавляйте средство по мере необходимости. Использовать только по назначению. Беречь от детей. При попадании в глаза промыть большим количеством воды. При необходимости обратиться к врачу. Для особо чувствительной кожи рекомендуем использовать перчатки.• Состав: меньше 5&amp;#37; АПАВ, меньше 5&amp;#37; амфотерных ПАВ, меньше 5&amp;#37; НПАВ, растительный экстракт, отдушка, консервант. Все ПАВ растительного происхождения. Содержит экстракт апельсина и лайма.</t>
+  </si>
+  <si>
+    <t>1015430</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/qualita/"&gt;QUALITA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc0/suuavl4riahbk80nbchiurubnwok64fy.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды 800 мл, FAIRY  Фейри   quot;Сочный лимон quot;, 741914</t>
+  </si>
+  <si>
+    <t>FAIRY &amp;#40;Фейри&amp;#41; &amp;quot;Сочный лимон&amp;quot; – эффективное моющее средство для посуды. Молекулы средства глубоко проникают даже в застывший жир, расщепляя его изнутри и устраняя стойкие запахи. Средство обладает свежим ароматом лимона. Имеет консистенцию геля, благодаря которой хорошо пенится и обеспечивает экономичный расход. Бережно относится к вашей коже. Формула геля FAIRY безопасна для кожи рук, при этом безжалостна к пищевым загрязнениям. Концентрат на основе биоразлагаемых компонентов хорошо смывается водой. Эффект — чистая посуда без усилий даже при мытье в холодной воде.Особенности средства для мытья посуды FAIRY: 1. Благодаря концентрированной формуле мгновенного расщепления жира посуда будет сиять;2. Теперь ваша посуда не требует замачивания, так как активные компоненты FAIRY работают даже в холодной воде и удаляют жир без остатка;3. Благодаря мягкой формуле концентрата вам не понадобится надевать защитные перчатки;4. За счет стойкой густой пены, одна капля FAIRY отмоет в 2 раза больше посуды, чем более бюджетные средства из ассортимента P&amp;G.Моющее средство FAIRY очистит стойкие и сложные загрязнения с любой посуды – керамической, стеклянной, стальной, алюминиевой и другой, вытесняя даже въедливые запахи. Подходит для очищения сковороды, решетки для гриля и других поверхностей. Без остатка смывается водой.После семейных обедов и домашних праздников вы легко отмоете все тарелки и приборы вместе с FAIRY. Для мытья посуды просто добавьте каплю геля на влажную губку и нанесите на очищаемую поверхность. Добавляйте средство по мере необходимости в соответствии с количеством посуды, типом и степенью загрязнения. Геля для мытья посуды FAIRY в бутылке объемом 1,35 л хватит надолго. Срок годности средства – 24 месяца с даты производства. Размеры упаковки &amp;#40;ДхШхВ&amp;#41; – 121x79x283 мм. Вес составляет 1436 г. Материал пластиковой бутылки подлежит переработке.Состав: 5-15&amp;#37; анионные пав, менее 5&amp;#37; неионогенные пав, консерванты, ароматизирующие добавки, гераниол, лимонен</t>
+  </si>
+  <si>
+    <t>1015431</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17e/cfv7xl4k31rlpr5hi141fb9he6ubrayf.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды в посудомоечных машинах 5 л, PRO-BRITE MDW A-11, щелочное, концентрат, 619-5</t>
+  </si>
+  <si>
+    <t>Предназначено для мытья столовой и кухонной посуды, столовых приборов в профессиональных посудомоечных машинах. Концентрат для машинной мойки посуды и тары в воде любой жёсткостиОбласть применения: организации общественного питания, пищевые производства, в школьных и дошкольных учреждениях, ВУЗах.Свойства: жидкий сильнощелочной низкопенный концентрат против пищевых загрязнений на нержавеющей стали, стекле, керамике и пластике. Предотвращает отложения на посуде, таре и в машине. Не вызывает коррозию. Биоразлагаемый. Пожаро- и взрывобезопасный. Замерзает, после размораживания свойства сохраняются.Способ применения: по инструкции изготовителя посудомоечной машины произвести настройку автоматической подачи препарата. Максимальное разбавление:- 1:5000 &amp;#40;0,02&amp;#37;-раствор&amp;#41; в мягкой &amp;#40;&amp;#8804;4°Ж&amp;#41; воде;- 1:4000 &amp;#40;0,025&amp;#37;-раствор&amp;#41; в воде средней &amp;#40;4-8°Ж&amp;#41; жёсткости;- 1:2000 &amp;#40;0,05&amp;#37;-раствор&amp;#41; в жёсткой &amp;#40;&amp;#8805;8°Ж&amp;#41; воде.Температурный режим мытья - 50-70°С. После мытья использовать ополаскиватель.Примечание: оптимальную концентрацию определять по типу машины, виду и степени загрязнения, жёсткости и температуре воды и др. условиям мойки.Основные характеристики:Состав: щелочные компоненты, комплексоны, краситель, вода.Плотность: 1,25 г/см&amp;#179; при 20°C.Значение pH 1&amp;#37;-раствора: 12,0 ± 0,5.Меры предосторожности: Опасно! Использовать резиновые перчатки, защитные очки и спецодежду. Избегать проглатывания, попадания на кожу и в глаза. При попадании на кожу или в глаза промыть водой, обратиться к врачу. Не использовать на алюминии и цветных металлах!Хранение: плотно закрытым в заводской упаковке в тёмном сухом месте отдельно от пищевых продуктов и кормов, а также кислотных препаратов.Срок годности: 5 лет от даты изготовления &amp;#40;при соблюдении условий транспортировки и хранения&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1015433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/107/q3bdiw05ffa78zi5y5tb50wjw4xfkf88.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды гипоаллергенное 1 л, SEPTIVIT  quot;Нежное алоэ quot;, биоразлагаемый, дозатор</t>
+  </si>
+  <si>
+    <t>Концентрированное средство для мытья посуды SEPTIVIT &amp;quot;Нежное алоэ&amp;quot; позволит даже без использования посудомойки, соли и агрессивных чистящих средств произвести эффективную чистку кухонной утвари. Эффективная формула тщательно отмывает загрязнения с посуды, легко устраняет жир и запахи даже в холодной воде. Средство обладает приятным травянистым легким ароматом свежесрезанного алоэ. Способ применения: нанесите небольшое количество средства на влажную моющую губку или непосредственно на посуду. После мытья ополосните посуду водой.Состав: вода деминерализованная более 30&amp;#37;, анионные ПАВ из возобновляемого сырья пальмы и сахарного тростника 5-15&amp;#37;, неионогенные ПАВ растительного происхождения на основе глюкозы менее 5&amp;#37;, глицерин менее 5&amp;#37;, хлорид натрия менее 5&amp;#37;, лимонная кислота менее 1&amp;#37;, консервант менее 1&amp;#37;, парфюмерная композиция менее 1&amp;#37;, пищевой краситель менее 1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>1015434</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/septivit/"&gt;SEPTIVIT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbe/6zbagfc8wodcmnwtb4k6wb4hdw0bnqbn.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды гипоаллергенное 1 л, SEPTIVIT  quot;Сочный цитрус quot;, биоразлагаемый, дозатор, 41110</t>
+  </si>
+  <si>
+    <t>Концентрированное средство для мытья посуды SEPTIVIT &amp;quot;Сочный цитрус&amp;quot; позволит даже без использования посудомойки, соли и агрессивных чистящих средств произвести эффективную чистку кухонной утвари. Эффективная формула тщательно отмывает загрязнения с посуды, легко устраняет жир и запахи даже в холодной воде. Средство обладает свежей, бодрящей отдушкой спелого, сочного апельсина. Способ применения: нанесите небольшое количество средства на влажную моющую губку или непосредственно на посуду. После мытья ополосните посуду водой.Состав: вода деминерализованная более 30&amp;#37;, анионные ПАВ из возобновляемого сырья пальмы и сахарного тростника 5-15&amp;#37;, неионогенные ПАВ растительного происхождения на основе глюкозы менее 5&amp;#37;, глицерин менее 5&amp;#37;, хлорид натрия менее 5&amp;#37;, лимонная кислота менее 1&amp;#37;, консервант менее 1&amp;#37;, парфюмерная композиция менее 1&amp;#37;, пищевой краситель менее 1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>1015435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfc/xywdh33bopjhbv81au3bdzu8vwe80lne.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды гипоаллергенное 5 л, SEPTIVIT  quot;Без запаха quot;, биоразлагаемый</t>
+  </si>
+  <si>
+    <t>Концентрированное средство для мытья посуды SEPTIVIT &amp;quot;Без запаха&amp;quot; позволит даже без использования посудомойки, соли и агрессивных чистящих средств произвести чистку кухонной утвари. Эффективная формула тщательно отмывает загрязнения с посуды, легко устраняет жир и запахи даже в холодной воде. Способ применения: нанесите небольшое количество средства на влажную моющую губку или непосредственно на посуду. После мытья ополосните посуду водой.Состав: вода деминерализованная более 30&amp;#37;, анионные ПАВ из возобновляемого сырья пальмы и сахарного тростника 5-15&amp;#37;, неионогенные ПАВ растительного происхождения на основе глюкозы менее 5&amp;#37;, глицерин менее 5&amp;#37;, хлорид натрия менее 5&amp;#37;, лимонная кислота менее 1&amp;#37;, консервант менее 1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>1015436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90b/0eq8gk0svj99a6hsjzd9aw8j8eki1x8l.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды и кухонных поверхностей Dolphin Imnova Prime, 5 л, D048-5</t>
+  </si>
+  <si>
+    <t>Dolphin Imnova Prime - средство для ручного мытья посуды и поверхностей на пищевых производствах. Легко удаляет с поверхности жир и органические загрязнения. Стабильно работает в воде разной жёсткости. Средство можно использовать для мытья окон в летнее время. Не раздражает и не сушит кожу.Предназначено для ручного мытья посуды, оборудования и других поверхностей на всех пищевых производствах, на объектах общественного питания, в дошкольных и школьных учреждениях.Уровень pH: концентрат – 8, рабочий раствор – 7.</t>
+  </si>
+  <si>
+    <t>1015437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f2/g32j3cv36550g1loid2f29ma5whmbjw6.jpg</t>
+  </si>
+  <si>
+    <t>Средство для мытья посуды, 450 мл, FAIRY  Фейри   quot;Зеленое яблоко quot;, 700422</t>
+  </si>
+  <si>
+    <t>FAIRY &amp;quot;Зеленое яблоко&amp;quot; – эффективное моющее средство для посуды с формулой, против которой не устоят любые пищевые загрязнения. Молекулы средства глубоко проникают даже в застывший жир, расщепляя его изнутри и устраняя стойкие запахи. Средство обладает приятным яблочным ароматом. Имеет консистенцию геля, благодаря которой хорошо пенится и обеспечивает экономичный расход. Бережно относится к Вашей коже. Формула геля FAIRY безопасна для кожи рук, при этом безжалостна к пищевым загрязнениям. Концентрат на основе биоразлагаемых компонентов хорошо смывается водой. Особенности средства для мытья посуды FAIRY: 1. Концентрированная формула: благодаря концентрированной формуле мгновенного расщепления жира посуда будет сиять;2. Идеально чистая посуда без замачивания: теперь ваша посуда не требует замачивания, так как активные компоненты FAIRY работают даже в холодной воде и удаляют жир без остатка;3. Забота о коже: благодаря мягкой формуле концентрата Вам не понадобится надевать защитные перчатки;4. Экономичный расход: за счет стойкой густой пены, одна капля FAIRY отмоет в 2 раза больше посуды, чем более бюджетные средства из ассортимента P&amp;G;5. Восхитительный аромат: FAIRY сделает повседневную задачу мытья посуды приятнее и наполнит кухню свежим ароматом яблоневого сада.Моющее средство FAIRY очистит стойкие и сложные загрязнения с любой посуды: керамической, стеклянной, стальной, алюминиевой и другой, вытесняя даже въедливые запахи. Подходит для очищения сковороды, решетки для гриля и других поверхностей. Без остатка смывается водой.После семейных обедов и домашних праздников вы легко отмоете все тарелки и приборы вместе с FAIRY. Для мытья посуды просто добавьте каплю геля на влажную губку и нанесите на очищаемую поверхность. Добавляйте средство по мере необходимости в соответствии с количеством посуды, типом и степенью загрязнения. Геля для мытья посуды FAIRY в бутылке объемом 450 мл хватит надолго. Срок годности средства – 24 месяца с даты производства. Размеры упаковки &amp;#40;ДхШхВ&amp;#41; – 93x55x206 мм. Вес составляет 487 г. Материал пластиковой бутылки подлежит переработке.Состав: 5-15&amp;#37; анионные ПАВ, менее 5&amp;#37; неионогенные ПАВ, консерванты, ароматизирующие добавки, гераниол.Способ применения: используйте одну каплю, общий объем зависит от степени и вида загрязнения.Меры предосторожности: беречь от детей. Избегайте попадания в глаза. При попадании в глаза немедленно промыть большим количеством проточной воды.</t>
+  </si>
+  <si>
+    <t>1015438</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1871,2826 +1902,2816 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J123"/>
+  <dimension ref="A1:M122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G123" sqref="G123"/>
+      <selection pane="bottomRight" activeCell="G122" sqref="G122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G60" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...16 lines deleted...]
-      <c r="A6" s="1" t="s">
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F85" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...25 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="G85" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...1779 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>353</v>
+        <v>104</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>357</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>353</v>
+        <v>104</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>362</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>353</v>
+        <v>104</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>363</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>351</v>
+        <v>365</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>353</v>
+        <v>39</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>373</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C92" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="F94" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="G94" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="C94" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="B95" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B96" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>393</v>
       </c>
       <c r="F97" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="G109" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="G97" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F98" s="3" t="s">
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="G110" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="G98" s="3" t="s">
-[...59 lines deleted...]
-      <c r="F101" s="3" t="s">
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G122" s="3" t="s">
         <v>105</v>
-      </c>
-[...507 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">