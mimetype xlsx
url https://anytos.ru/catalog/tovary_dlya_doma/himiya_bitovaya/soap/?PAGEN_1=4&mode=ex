--- v0 (2025-11-12)
+++ v1 (2025-12-31)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2048">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ebe/ebe88aa410ad611f4a1a98ae45d31068.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное Ушастый нянь, для детского белья, пятновыводитель, 180г 11387</t>
   </si>
   <si>
     <t>Гипоаллергенное хозяйственное мыло против пятен для стирки детских вещей. Удаляет пятна белкового характера &amp;#40;молоко, яйца, мясо, кровь, трава&amp;#41;. Подходит для всех видов тканей, не повреждает их структуру.</t>
   </si>
   <si>
     <t>Мыло</t>
@@ -80,95 +89,101 @@
   <si>
     <t>&lt;a href="/brands/ushastyj-njan/"&gt;Ушастый Нянь&lt;/a&gt;</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a11/a11994455fcf19e3bc620645103f670d.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Невская Косметика  quot;Дивный сад. Зеленое яблоко quot;, бумажная обертка, 90г. 10173</t>
   </si>
   <si>
     <t>Очищение кожи Состав: Sodium Palmate, Sodium Tallowate, Sodium Cocoate, Aqua, Glycerin,&amp;nbsp;&amp;nbsp;Parfum, Titanium Dioxide,&amp;nbsp;&amp;nbsp;Triethanolamine, PEG - 400, Disodium EDTA, Citric Acid, Cellulose Gum, Benzoic Acid, Sodium Chloride, CI 74260, CI 77492. Активные компоненты: Глицерин защищает кожу от потери естественной влаги, обеспечивает смягчение и увлажнение. Назначение: Предназначено для бережного очищения кожи, обладает отличной моющей способностью, хорошо пенится, имеет яркий аромат зеленого яблока. Не сушит кожу. Имеет удобную форму куска, благодаря чему не раскисает и не трескается.&amp;nbsp;&amp;nbsp;Отличительные свойства продукта, информация по безопасности:&amp;nbsp;&amp;nbsp;Произведено из высококачественного натурального сырья, имеет яркий фруктовый аромат. Способ применения: Нанести легкими массажными движениями на влажное тело, смыть проточной водой.</t>
   </si>
   <si>
     <t>370465</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nevskaja-kosmetika/"&gt;Невская Косметика&lt;/a&gt;</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/22a/22a5dd72ad45c3cbb928b0bfdd6a1d5f.jpg</t>
-[...8 lines deleted...]
-    <t>213184</t>
+    <t>http://anytos.ru//upload/iblock/824/bq8pvh3nhb5soatxio9153kmi3d7ee2r.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА, наливной, 0,38 л, ABS-пластик, белый, 603923</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, вокзале и т. д. Корпус выполнен из ударопрочного пластика ABS. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы.Преимущества дозатора для жидкого мыла LAIMA:1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 0,38 л.</t>
+  </si>
+  <si>
+    <t>424967</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aac/aacaac66bfa3c6e005f4151c542d283f.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72 , 200гр, без обертки:</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72&amp;#37;, 200гр, без обертки:&amp;nbsp;&amp;nbsp;Кусковое хозяйственное мыло подходит для уборки, стирки и мытья посуды. Содержание жирных кислот не превышает 72&amp;#37;. Щелочи в составе мыла отлично растворяют грязь, оказывают дезинфицирующее действие. Хозяйственное мыло не содержит отдушек и красителей, и не вызывает раздражения на коже.</t>
+  </si>
+  <si>
+    <t>219403</t>
   </si>
   <si>
     <t>&lt;a href="/brands/moskovskij-mylovar/"&gt;Московский Мыловар&lt;/a&gt;</t>
   </si>
   <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff6/ff61c66333c725d1837eb22499364294.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Аромат цветов, 100гр:  штр.:  4620771970799</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Аромат цветов, 100гр:&amp;nbsp;&amp;nbsp;Мыло туалетное Аромат цветов, марка &amp;quot;Ординарное&amp;quot;, ГОСТ 28546-2002</t>
+  </si>
+  <si>
+    <t>237043</t>
+  </si>
+  <si>
     <t>25</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aac/aacaac66bfa3c6e005f4151c542d283f.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/441/44171f5eeff90c465bf8fda3ad26280a/6c2668fcae05ef18f4ca7bde07101b0d.jpg</t>
   </si>
   <si>
     <t>Мыло ИЗАБЕЛЛА 5л Яблоко канистра штр.  4603580000499</t>
   </si>
   <si>
     <t>Жидкое мыло 5л «Изабелла» с выраженным увлажняющим и антибактериальным эффектом благотворно воздействует на кожу, не подсушивая и не раздражая ее. Имеет легкий яблочный запах и прозрачную текстуру. Мыло произведено из натурального сырья с добавлением глицерина. Поставляется в канистрах объемом 5 литров.</t>
   </si>
   <si>
     <t>244064</t>
   </si>
   <si>
     <t>&lt;a href="/brands/izabella/"&gt;Изабелла&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de1/de15b10263c99be2f53e89a6ad4e7c8b/4cd817120e2f3517a674524d06d8a1fc.jpg</t>
   </si>
   <si>
     <t>Мыло КЛЕВЕР 5л канистра ассорт. _КП штр.  4603580004893</t>
   </si>
   <si>
     <t>Изготовленно из натурального сырья с добавлением биологически активных компонентов и глицерина. &amp;lt;br /&amp;gt;Обладает увлажняющим и антибактериальным действием. Не сушит кожу. Имеет приятный аромат.</t>
@@ -203,53 +218,50 @@
   <si>
     <t>Жидкое биоразлагаемое мыло&amp;nbsp;&amp;nbsp;- гипоалергенное антибактериальное средство без консервантов. Продукт по составу полностью натуральный, произведен с применением разработок немецких ученых концерна Sasol. Средство включает растительного происхождения А-тензиды &amp;#40;компоненты сахарного тростника и пальмы&amp;#41;, использованы натуральные ароматизаторы из полевых трав, пищевые красители на основе яичного желтка, глицерин. Мыло со слабо ощутимым приятным запахом, средней густоты. Пену легко смыть с рук, хорошо отмывается, при этом не сушит кожу.</t>
   </si>
   <si>
     <t>244083</t>
   </si>
   <si>
     <t>&lt;a href="/brands/synergetic/"&gt;Synergetic&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b40/b40c7555799c6294f30c81cc9ea2d131/8d65ac2110df73a2695a1b089a1e09d6.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 100г ДЕТСКОЕ 4шт. штр.  4600697100791, 4600697101521</t>
   </si>
   <si>
     <t>Упаковка включает четыре куска детского мыла, которое содержит норковый жир, предупреждающий обезжиривание кожи при мытье и питающий ее. Мыло туалетное кусковое не вызывает аллергии благодаря нейтральной отдушке и натуральному составу компонентов. Общий вес - 400 г.</t>
   </si>
   <si>
     <t>244086</t>
   </si>
   <si>
     <t>&lt;a href="/brands/detskoe/"&gt;Детское&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9d4/9d42aa3e34397a22b74aae0a904beaf5/724d4621a0b7fa4564c45371dd314703.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Детское 0   100гр, в упаковке штр.  4620017151647</t>
   </si>
   <si>
     <t>Штампованное мыло имеет приятную округлую форму. Овальные формы куска позволяют удобно держать его в руке при намыливании.&amp;lt;br /&amp;gt;Мыло бережно очищает и не пересушивает детскую кожу.&amp;lt;br /&amp;gt;Имеет максимально натуральный состав для того чтобы бережно и безопасно очистить мягкие детские&amp;nbsp;&amp;nbsp;кожаные покровы.&amp;lt;br /&amp;gt;Подходит для использования с первых дней жизни. Детское мыло так же подойдет взрослым обладателям чувствительной кожи и аллергикам.&amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>244100</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/960/960a0f8d3efd3e8db547e87ea9643ebe/c336ec456e183f2f29bb43a3a6bd9ca5.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное тв рдое  Банное  100 гр. РМЗ штр.  4650060871735</t>
   </si>
   <si>
     <t>Мыло туалетное кусковое «Банное» с приятным ароматом создает обильную душистую пену, оставляя ощущение свежести, чистоты и комфорта. Вес мыла - 100 г.</t>
   </si>
   <si>
     <t>244103</t>
@@ -341,1307 +353,1241 @@
   <si>
     <t>Жидкое мыло «Химитек» с&amp;nbsp;&amp;nbsp;активной дезинфицирующей формулой активно борется с патогенной микрофлорой, не повреждая кожу. Не&amp;nbsp;&amp;nbsp;содержит отдушек и ароматизаторов. Может применяться как в быту, так и в&amp;nbsp;&amp;nbsp;учреждениях со строгим санитарным контролем &amp;#40;больницы, общепит, учебные заведения всех уровней&amp;#41;. Подходит для пищевого производства. В канистре 5 литров жидкого мыла.</t>
   </si>
   <si>
     <t>244123</t>
   </si>
   <si>
     <t>&lt;a href="/brands/himitek/"&gt;ХИМИТЕК&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fc/6fc4f61dace1c83518647e098de560c0.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое OfficeClean  quot;Professional. Лимон quot; прозрачное, ПЭТ, 5л: 247029 П штр.: 4680211130909</t>
   </si>
   <si>
     <t>Жидкое крем мыло предназначено для мытья рук и тела. Экономичная Отпускается только упаковкой 5л. Возможно использовать в детских и дошкольных учреждениях.</t>
   </si>
   <si>
     <t>337243</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/97a/97a5d3ac9c98796009832f1d78399f50.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/274/27427f2b5858fd849d44fbffac4a142e.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое OfficeClean  quot;Professional. Алоэ quot; перламутровое, ПЭТ, 5л: 247027 П штр.: 4680211130886</t>
   </si>
   <si>
     <t>337252</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/707/7074dd90aad94c821890aab97d548473.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое OfficeClean  quot;Professional. Ландыш quot; перламутровое, ПЭТ, 5л 975063</t>
   </si>
   <si>
     <t>337253</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/89c/89c2b5f0b429ae8f34f4b07013151de9.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 65  ММЗ, без обертки, 200г:  штр.:</t>
+  </si>
+  <si>
+    <t>Кусковое хозяйственное мыло подходит для уборки, стирки и мытья посуды. Содержание жирных кислот не превышает 65&amp;#37;. Щелочи в составе мыла отлично растворяют грязь, оказывают дезинфицирующее действие. Хозяйственное мыло не содержит отдушек и красителей, и не вызывает раздражения на коже.</t>
+  </si>
+  <si>
+    <t>337259</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d51/d5196d030ead13e8da4d021af2394330.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое OfficeClean  quot;Professional. Лимон quot; прозрачное, канистра, 5л 247031 А</t>
   </si>
   <si>
     <t>Жидкое мыло предназначено для мытья рук и тела. Экономичная упаковка 5л, канистра с крышкой и удобной ручкой. Возможно использовать в детских и дошкольных учреждениях.</t>
   </si>
   <si>
     <t>338057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/776/7761bec879f04765e89fd822a0ffb7cb.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое OfficeClean  quot;Professional. Яблоко quot; прозрачное, канистра, 5л 247032 А</t>
   </si>
   <si>
     <t>338058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fde/fde25b8bea3a434445dea17dbbcb17c0.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое OfficeClean  quot;Proffesional. Душистый мед quot;, ПЭТ, 5л 257291 П</t>
   </si>
   <si>
     <t>Предназначено: для мытья рук на предприятиях общественного питания и в быту. Отдушка: цветочно-медовый аромат с легкими терпкими нотами. Состав: вода питьевая, лауретсульфат натрия, диэтаноламиды жирных кислот кокосового масла, хлорид натрия, кокамидопропилбетаин, консервант, парфюмерная композиция, лимонная кислота, краситель пищевой. Изготовлено по ГОСТ 31696-2012, ТР ТС 009/2011 «О безопасности парфюмерно-косметической продукции».</t>
   </si>
   <si>
     <t>350473</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca8/ca83e23d4fb2824edc19a8175e68b8e2.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое OfficeClean  quot;Proffesional. Цветочное quot;, прозрачное, ПЭТ, 5л 257292 П</t>
   </si>
   <si>
     <t>Предназначено: для мытья рук на предприятиях общественного питания и в быту. Состав: вода питьевая, лауретсульфат натрия, диэтаноламиды жирных кислот кокосового масла, хлорид натрия, кокамидопропилбетаин, консервант, парфюмерная композиция, лимонная кислота, краситель пищевой. Изготовлено по ГОСТ 31696-2012, ТР ТС 009/2011 «О безопасности парфюмерно-косметической продукции».</t>
   </si>
   <si>
     <t>350474</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32b/32b082942bc37bd04f1a463747e3178e.jpg</t>
-[...8 lines deleted...]
-    <t>350476</t>
+    <t>http://anytos.ru//upload/iblock/bcf/bcf36e07340865fd4f8a8144cbd6c5cf.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное Ушастый нянь, для детского белья, отбеливающее, 180г 11139</t>
+  </si>
+  <si>
+    <t>Гипоаллергенное хозяйственное мыло против пятен для стирки детских вещей. Удаляет загрязнения&amp;nbsp;&amp;nbsp;на светлых тканях в воде любой жесткости. Придает сияющую белизну, поддерживает эффект при повторных стирках.</t>
+  </si>
+  <si>
+    <t>350478</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bcf/bcf36e07340865fd4f8a8144cbd6c5cf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a31/a3126c7b23e764708054889cc5175406.jpg</t>
   </si>
   <si>
     <t>Мыло-крем Ушастый нянь, детское, с Алоэ-вера и подорожником, бумажная обертка, 90г 10199</t>
   </si>
   <si>
     <t>Содержит экстракты алоэ вера и подорожника, которые обладают антиоксидантными, бактерицидными и ранозаживляющими свойствами.</t>
   </si>
   <si>
     <t>350481</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7da/7da571e6ada3407c1667846fc82c8629.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f3/4f3b1bfcdbf2dca0db886af6d2ca8667.jpg</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла OfficeClean Professional, наливной, 0,5л, ABS-пластик, хром. 267510</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла OfficeClean Professional, наливной. Обеспечивает высокую гигиеничность. Предназначен для экономичного дозирования жидкого мыла. Оснащен кнопкой с плавным нажатием. Изготовлен из ударопрочного пластика. Прост в эксплуатации. Отвечает всем требованиям гигиены.</t>
   </si>
   <si>
     <t>359710</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbc/cep4i4d0ahxsb2aowhotidzuxrzkpheu.jpg</t>
-[...2 lines deleted...]
-    <t>Мыло жидкое Synergetic  quot;Аромагия quot;, биоразлагаемое, с дозатором, 500мл. 4623722341310</t>
+    <t>http://anytos.ru//upload/iblock/33f/33f55fa952aa3b7f16dbc785e5f70a91.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Меридиан  quot;Красавчик quot;, детское, 90г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>Предназначено для мытья рук и тела с целью придания гигиенического эффекта в качестве средства, как для основной, так и специальной очистки.</t>
+  </si>
+  <si>
+    <t>370446</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meridian/"&gt;Меридиан&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6f/b6fb82b9e8152447811c6f1f3e41783e.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Меридиан  quot;Красавчик quot;, детское, с ромашкой, 100г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>370447</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4e/a4ef753603282e1aaa5f649cfff2808e.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Меридиан  quot;Красавчик quot;, детское, с чередой, 100г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>370448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04c/04cf2edf608a08cdd40b3e20fab5ba37.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Меридиан  quot;Краснодарское. Алоэ quot;, 100г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>370449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab3/ab372241104ff3918fbf7bd7b90379ea.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Меридиан  quot;Краснодарское. Ландыш quot;, 100г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>370451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11f/m13821j87ja4ww3nc5cdohxdy94h3ube.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Меридиан  quot;Натуральное quot;, 100г, без упаковки.</t>
+  </si>
+  <si>
+    <t>370456</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17b/17b73a806014358ff65bd82f5ba8a866.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Меридиан  quot;Натуральное quot;, 100г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>370457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48c/48cc732e385cae4be8362dd2e28e4e81.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72  Меридиан  quot;Традиционное quot;, 150г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>Предназначено для санитарно-гигиенических и хозяйственных целей: мытья рук, посуды, стирки одежды.</t>
+  </si>
+  <si>
+    <t>370476</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee3/ee357c0fd0f26f62662851d14491c8fc.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72  Меридиан  quot;Традиционное quot;, 200г, флоу-пак.</t>
+  </si>
+  <si>
+    <t>370477</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/632/632d3e81af4fb17446bd4c868b89240c.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72  Меридиан, 150г, без упаковки</t>
+  </si>
+  <si>
+    <t>370478</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/177/1774983ed93dbe5faedd36f5ec40a0f4.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное Sarma против пятен, пленка, 140г. 11150</t>
+  </si>
+  <si>
+    <t>Отстирывает пятна молока, яиц, мяса, крови, травы Состав:&amp;nbsp;&amp;nbsp;Sodium Palmate, Sodium Tallowate, Sodium Cocoate, Aqua, Glycerin, Parfum, Protease, Titanium Dioxide, Triethanolamine, PEG - 400, Disodium EDTA, Citric Acid, Cellulose Gum, Benzoic Acid, Sodium Chloride. Активные компоненты: Глицерин защищает кожу от потери естественной влаги, обеспечивает смягчение и увлажнение,&amp;nbsp;&amp;nbsp;энзим используется для удаления пятен белкового характера с ткани. Назначение: Подходит для стирки белого и цветного белья всех типов тканей. Обильно пенится даже в жесткой воде. Удаляет пятна белкового характера &amp;#40;молоко, яйца, мясо, кровь, трава&amp;#41;. Обладает приятным ароматом свежести. Создано на основе натуральных жиров и масел. Не содержит запрещенных ингредиентов и безопасно для применения. Удаляет сложные и застарелые пятна. Отличительные свойства продукта, информация по безопасности: Подходит для стирки изделий из всех типов тканей. Удаляет стойкие пятна белкового происхождения.&amp;nbsp;&amp;nbsp;Способ применения: Вспенить, легкими движениями нанести на ткань, постирать, хорошо промыть водой.</t>
+  </si>
+  <si>
+    <t>370480</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sarma/"&gt;Sarma&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/125/12551a12590a7a23cba9afd18b7e1175.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное Солнышко, с ароматом лимона, 140г. 11141</t>
+  </si>
+  <si>
+    <t>Отстирывает вещи Состав:&amp;nbsp;&amp;nbsp;Sodium Palmate, Sodium Tallowate, Sodium Cocoate, Aqua, Glycerin,&amp;nbsp;&amp;nbsp; Parfum, Titanium Dioxide, Triethanolamine, PEG - 400, Disodium EDTA, Citric Acid, Cellulose Gum, Benzoic Acid, Sodium Chloride, CI 11710. Активные компоненты: Глицерин защищает кожу от потери естественной влаги, обеспечивает смягчение и увлажнение. Назначение: Подходит для стирки всех типов тканей. Может использоваться для мытья рук, посуды и твёрдых поверхностей. Содержит глицерин. Дает обильную пену даже в холодной воде. Обладает приятным цитрусовым ароматом. Не раздражает кожу рук. Отличительные свойства продукта, информация по безопасности: Подходит для стирки, уборки и мытья посуды&amp;nbsp;&amp;nbsp; Способ применения: Вспенить, легкими движениями нанести на ткань, постирать, хорошо промыть водой.</t>
+  </si>
+  <si>
+    <t>370482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae5/ae512d631311ad371303e99195376a27.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное Меридиан, 200г, без упаковки</t>
+  </si>
+  <si>
+    <t>370612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13b/13b204f65c00d09c9f0780387ff3d73e.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое OfficeClean  quot;Цветущая сакура quot;, с дозатором, 1л. 281357</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое OfficeClean &amp;quot;Цветущая сакура&amp;quot;, 1л. Эффективно очищает, увлажняет, придаёт мягкость коже рук. Специальные компоненты дополнительно питают кожу рук во время мытья.</t>
+  </si>
+  <si>
+    <t>370615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57f/57f0c439d759c3397a2f9979c963d090.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое OfficeClean  quot;Цветущая сирень quot;, с дозатором, 1л. 281960</t>
+  </si>
+  <si>
+    <t>Мыло жидкое крем&amp;nbsp;&amp;nbsp;OfficeClean &amp;quot;Цветущая сирень&amp;quot;,1л. Эффективно очищает, увлажняет, придаёт мягкость коже рук. Специальные компоненты дополнительно питают кожу рук во время мытья.</t>
+  </si>
+  <si>
+    <t>370616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62f/62f268b74dcf01f26b4d11bece5baacc/664dedcdbee3754af11fcb110a457b63.jpg</t>
+  </si>
+  <si>
+    <t>Крем-мыло Мой малыш классическое 100 г</t>
+  </si>
+  <si>
+    <t>383743</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/moj-malysh/"&gt;Мой малыш&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a59/a59f388777d687131e674846ab10f879/443779eb69a81d0e9ec314c739315c6e.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 75г Роза</t>
+  </si>
+  <si>
+    <t>383745</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d2/9d2253387bb0b1d550a6301e8edc3062/c805f1294e3ec14865ccad75f7d94fb5.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 75г Яблоко</t>
+  </si>
+  <si>
+    <t>383746</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/269/26964d2b63a9e6e2d83a5a9c38b6ebd7/92cb1ce55f2b8a0d44f596eb35635a75.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Душистое облако с ароматом розы 90г</t>
+  </si>
+  <si>
+    <t>383753</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/dushistoe-oblako/"&gt;Душистое облако&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db9/db96a4437369b289efff16fcbacd23a6/07b82e7ffd8564925873fdd66c2b9191.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Оригинальное Глицериновое 180 г</t>
+  </si>
+  <si>
+    <t>383756</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zao-td-nmzhk/"&gt;ЗАО ТД НМЖК&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f63/f6391999ccec8046d890a41870e22bd1/742ebede44c91ae5466d7e097b9eceee.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Оригинальное Земляничное 180 г</t>
+  </si>
+  <si>
+    <t>383757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7e/d7e60ef49a1bf1d2c665ce8e28dbd84d/161142908feeb4f7babb6eb8be01616c.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Рецепты чистоты Банное 180 г</t>
+  </si>
+  <si>
+    <t>383758</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/recepty-chistoty/"&gt;Рецепты чистоты&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d89/d89ac64c0145c7e04a07e98baa43f916/c7965e5720389b76a628f6a0d27fd19f.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Рецепты чистоты Дегтярное 90г</t>
+  </si>
+  <si>
+    <t>383759</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c2/9c247e87c154bf1cd2028660572409cb/a262b2b64af17bcacd8b58e153e98ae2.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное тв рдое 90г  Земляничное Банное</t>
+  </si>
+  <si>
+    <t>Мыло туалетное твёрдое 90г&amp;nbsp;&amp;nbsp;Земляничное Банное</t>
+  </si>
+  <si>
+    <t>383767</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee8/ee8921dafb9eb006b1c008a44c7932d4/30b9352701a79d71b701437b6d560ff2.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное тв рдое Банное 100 гр. РМЗ в прозр.уп</t>
+  </si>
+  <si>
+    <t>Мыло туалетное твёрдое Банное 100 гр. РМЗ в прозр.уп</t>
+  </si>
+  <si>
+    <t>383768</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eea/eeadc73e2c9fb4650bef8c55c94bada3/a7876e6722d70d173a9d7c398df4dd87.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное тв рдое Банное 150 гр в прозр.упаковке</t>
+  </si>
+  <si>
+    <t>Мыло туалетное твёрдое Банное 150 гр в прозр.упаковке</t>
+  </si>
+  <si>
+    <t>383769</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc0/cc0f2534885e18667293be012d6cf49f/7841f260113d842edf6e74feea2c8f40.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мыло хозяйственное  72   200г  в упаковке </t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное&amp;nbsp;&amp;nbsp;72&amp;#37;&amp;nbsp;&amp;nbsp;200г &amp;#40;в упаковке&amp;#41;</t>
+  </si>
+  <si>
+    <t>383770</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a55/a55d74bce37b5295d94825dd4a64aa52/c3c70dc1b9c248b2174104a862f549d9.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 65  250 гр. ГОСТ</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 65&amp;#37; 250 гр. ГОСТ</t>
+  </si>
+  <si>
+    <t>383781</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/575/575a89d0409c2669597c122d2379ab3e/1df245a71672888219dab8fbd46c2420.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72  250 гр. ГОСТ</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72&amp;#37; 250 гр. ГОСТ</t>
+  </si>
+  <si>
+    <t>383782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/992/992dccf390b96070769136f107ddfbc8/2d4adc0f0cc73789a69505bc962513dd.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72  Отбеливание 200г</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72&amp;#37; Отбеливание 200г</t>
+  </si>
+  <si>
+    <t>383783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb2/cb25b83828b7fef23c4bf7c847d2acd6/c3715ac368ad068ca84d0d883fd5b629.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72  Против пятен 200г</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72&amp;#37; Против пятен 200г</t>
+  </si>
+  <si>
+    <t>383784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40e/40e14be69c4378c4387ebb77769f5de3/418a5885d83d6f305f9fd1fcd6a1f699.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое Крем-мыло КРЕМОНА 5л Розовое масло</t>
+  </si>
+  <si>
+    <t>384218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e24/smq9cdloffvd23fnmkd2f66m7zz8u6o7.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА, НАЛИВНОЙ, 0,48 л, ABS пластик, хром, 605053</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, на вокзале и т. д. Корпус выполнен из ударопрочного пластика ABS. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы. Преимущества дозатора для жидкого мыла LAIMA: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 0,48 л.</t>
+  </si>
+  <si>
+    <t>389799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4b/8gy8vjbhb16mncesb0nmq8zbz20drr2m.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л MODUS  quot;Яблоко и лайм quot;, 106347</t>
+  </si>
+  <si>
+    <t>Жидкое мыло «MODUS» со стойкой нежной пеной и имеющее тонизирующий аромат яблока и лайма, разработано с учетом особенностей всех типов кожи. При использовании образует нежную пену. Идеально для ежедневного применения. pН-нейтральный. Состав: очищенная вода, лауретсульфат натрия, хлорид натрия, диэтаноламид жирных кислот кокосового масла, консервант, парфюмерная композиция, лимонная кислота,&amp;nbsp;&amp;nbsp;красители.</t>
+  </si>
+  <si>
+    <t>389812</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/modus/"&gt;Modus&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9dd/9b7esmtmqq3juj53bhzdgpgtbhkmq1uq.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л,  quot;Ромашка и вербена quot;, ПЭТ</t>
+  </si>
+  <si>
+    <t>Очищает, успокаивает, защищает кожу рук. Специальные увлажняющие компоненты препятствуют пересушиванию кожи. Нейтральный уровень рН позволяет использовать мыло для мытья лица и тела. Состав: этоксилированный лаурилсульфат натрия, хлористый натрий, вода очищенная, глицерин, кокамидопропилбетаин, пафюмерная отдушка, пищевой краситель, консервант.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>389815</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/melodija/"&gt;МЕЛОДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/930/dzw8s6952dbu2xfe50p6ve40281qhxgp.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л, ЗОДИАК  quot;Персик quot;, пэт, К10-6</t>
+  </si>
+  <si>
+    <t>Мягкие щадящие компоненты, входящие в состав мыла позволяют бережно, не вызывая сухости, очистить кожу рук и тела. За счет повышенного пенообразования экономично в использовании. Способ применения: нанесите небольшое количество мыла на влажную кожу, разотрите до образования пены, затем смойте водой.Меры предосторожности: Беречь от детей! При попадании в глаза промыть водой. Только для наружного применения.Состав: вода очищенная, натрия лауретсульфат, кокамидопропилбетаин, диэтаноламид кокосового масла, глицерин, гликоль дистеарат, натрия хлорид, хлорметилизотиазолинон, метилизотиазолинон, отдушка, краситель.</t>
+  </si>
+  <si>
+    <t>389816</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zodiak/"&gt;Зодиак&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/kd038alrj7t0p1pnlflcsdhd2a9gy6b9.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л, ЛАЙМА PROFESSIONAL  quot;Алоэ и зеленый чай quot;, 601431</t>
+  </si>
+  <si>
+    <t>Жидкое мыло ЛАЙМА &amp;quot;Professional&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожностиСледуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца. Состав: вода очищенная, лауретсульфат натрия, хлорид натрия, диэтаноламид жирных кислот кокосового масла, кокамидопропилбетаин, этиленгликольдистеарат, глицерин, лимонная кислота, парфюмерная композиция, растительный экстракт, триклозан, метилхлоризотиазолинон, метилизотиазолинон.рН = 5,0 - 8,5. Пенообразующая способность - пенное число, мм, не менее 145.Устойчивость пены не менее, секунд - 0,8.Массовая доля хлоридов не более 6&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389820</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37e/hfpgyfq3skney3hgb6g7uvi435jt5o4w.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л, ЛАЙМА PROFESSIONAL,  quot;Грейпфрут и Лайм quot;, 601432</t>
+  </si>
+  <si>
+    <t>Жидкое мыло ЛАЙМА &amp;quot;Professional&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожностиСледуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца. Состав: вода очищенная, хлорид натрия, лауретсульфат натрия, олефинсульфонат натрия, диэтаноламид кокосового масла, парфюмерна композиция, лимонная кислота, метилизотиазолинон, хлорметилизотиазолинон, краситель Е110.рН =5,0 - 8,5 Пенообразующая способность - пенное число, мм, не менее 145Устойчивость пены не менее, секунд - 0,8Массовая доля хлоридов не более 6&amp;#37;</t>
+  </si>
+  <si>
+    <t>389821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e6/xtuwinumz7umr5d3ln9wrbowbfn9cmem.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мыло туалетное 100 г ДЕТСКОЕ  quot;Красавчик quot;  Меридиан </t>
+  </si>
+  <si>
+    <t>Мягкие моющие компоненты, входящие в состав детского мыла, тщательно очищают чувствительную детскую кожу, одновременно увлажняя и защищая ее. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389836</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/784/221oijib14mko4p8nuznz6c3gtkks1x0.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г КРАСНОДАРСКОЕ  Меридиан ,  quot;Алоэ quot;</t>
+  </si>
+  <si>
+    <t>Туалетное мыло прекрасно сочетает в себе хорошее моющее свойство с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Изысканный аромат алоэ наполнит энергией, придаст бодрости. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389837</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0af/2rb4lkwn1p5ng231x2am30z2u69inj4w.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г КРАСНОДАРСКОЕ  Меридиан ,  quot;Ландыш quot;</t>
+  </si>
+  <si>
+    <t>Туалетное мыло прекрасно сочетает в себе хорошее моющее свойство с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Нежный аромат ландыша повысит настроение и прогонит меланхолию. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389838</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0da/gdqltipkhdl89kr5crk41tcrbuoigrdw.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г,  quot;Натуральное quot;,  Меридиан , без упаковки</t>
+  </si>
+  <si>
+    <t>Туалетное мыло прекрасно сочетает в себе хорошее моющее свойство с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389842</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c83/taqby71vcllpc20ejdveb4vhika21f3j.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г, детское,  quot;Красавчик quot;  Меридиан ,  quot;Ромашка quot;</t>
+  </si>
+  <si>
+    <t>Мягкие моющие компоненты и экстракт ромашки, входящие в состав детского мыла, тщательно очищают чувствительную детскую кожу, одновременно увлажняя и защищая ее. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,7&amp;#37;; вода - 8&amp;#37;; экстракты растений - 0,1&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 0,5&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389843</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07d/gnvd793x1enqxxcx10lrramw4ujoikg2.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г, Краснодарское,  Меридиан ,  quot;Сирень quot;</t>
+  </si>
+  <si>
+    <t>Туалетное мыло прекрасно сочетает в себе хорошее моющие свойство с благотворным влиянием на кожу. Нежный аромат сирени оказывает успокаивающий эффект. Предназначено для мытья рук и тела. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389844</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/269/ack8xx5r6l2t7qfvgkk91mbrz7r19uu9.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 200 г БАННОЕ  Меридиан ,  quot;Хвоя quot;</t>
+  </si>
+  <si>
+    <t>Туалетное мыло прекрасно сочетает в себе хорошее моющее свойство с благотворным влиянием на кожу. Предназначено для мытья рук и тела, идеально подходит для бани. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389845</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/791/31gybfbifmx9da9mvgcy6asaykk0tget.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 200 г КРАСНОДАРСКОЕ  Меридиан ,  quot;Ландыш quot;</t>
+  </si>
+  <si>
+    <t>Туалетное мыло прекрасно сочетает в себе хорошее моющие свойство с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Нежный аромат ландыша повысит настроение и прогонит меланхолию. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389846</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed3/7bzzagumrn733sbbzejf6k4wl296ne7d.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 75 г, Краснодарское,  Меридиан ,  quot;Ландыш quot;</t>
+  </si>
+  <si>
+    <t>Туалетное мыло прекрасно сочетает в себе хорошее моющие свойство с благотворным влиянием на кожу. Нежный аромат ландыша повысит настроение и прогонит меланхолию. Предназначено для мытья рук и тела. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел - 82,8&amp;#37;; вода - 8&amp;#37;; парфюмерная композиция 0,1&amp;#37;; глицерин - 8&amp;#37;; хлорид натрия - 05&amp;#37;; антал П-2 - 0,3&amp;#37;; диоксид титана - 0,3&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c96/59mbbktrb98o38b5g7nhrfdxus5nijz9.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 90 г,  quot;Детское quot;  Весна , 1140,6112</t>
+  </si>
+  <si>
+    <t>Классическое детское мыло для самых маленьких. Прекрасно очищает и не сушит нежную детскую кожу. Содержит глицерин и норковый жир для смягчения и увлажнения кожи. Не содержит отдушек и красителей. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового или пальмоядрового масел, вода, глицерин, хлорид натрия, антиоксидант-пластификатор, гидроксид натрия, C.I 77891.ГОСТ 28546-2002.</t>
+  </si>
+  <si>
+    <t>389857</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vesna/"&gt;Весна&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd3/najccob4vdkcsnss0zpqwmq7g6yibx78.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 140 г, SARMA  Сарма   quot;Против пятен quot;, 11150</t>
+  </si>
+  <si>
+    <t>Подходит для стирки белого и цветного белья всех типов тканей. Обильно пенится даже в жесткой воде. Удаляет пятна белкового характера &amp;#40;молоко, яйца, мясо, кровь, трава&amp;#41;. Обладает приятным ароматом свежести. Состав:натриевые соли жирных кислот растительных масел и животных жиров, вода, глицерин, отдушка,  энзим, диоксид титана, триэтаноламин, ПЭГ – 400, динатриевая соль ЭДТА, лимонная кислота, натрий карбоксиметилцеллюлоза, бензойная кислота, натрия хлорид.Соответствует: ГОСТ 30266-95.</t>
+  </si>
+  <si>
+    <t>389865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b3/fqhe0fc1d63d90ax6qq53xn9w17yiek1.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 180 г, УШАСТЫЙ НЯНЬ, с отбеливающим эффектом, 11139</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло «Ушастый нянь» предназначено специально для стирки детских вещей. Придаёт белью приятный нежный аромат. Мыло обладает доказанным гипоаллергенным эффектом и не содержит запрещённых ингредиентов. Состав:натриевые соли жирных кислот растительных масел и животных жиров, вода, глицерин, отдушка, оптический отбеливатель, диоксид титана, триэтаноламин, ПЭГ – 400, динатриевая соль ЭДТА, лимонная кислота, натрий карбоксиметилцеллюлоза, бензойная кислота, натрия хлоридСоответствует ГОСТ 30266-95.</t>
+  </si>
+  <si>
+    <t>389868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/437/p5hnja0pwlkvq8b87sc20lvx29j54l0f.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 65 , 200 г, МЕРИДИАН, без упаковки</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло является выгодной альтернативой другим моющим средствам, производится из натурального природного сырья и предназначено для санитарно-гигиенических и хозяйственных целей: мытья рук, посуды, стирки в горячей и холодной воде. Состав: натриевые соли жирных кислот натуральных жиров и масел - 82,8&amp;#37;; вода - 8&amp;#37;; глицерин - 9&amp;#37;; хлорид натрия - 0,1&amp;#37;; антиоксидант - 0,1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c4/jke37shnetz52g4h26i3vi79bpq3caqx.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72  КОМПЛЕКТ 4 шт. х 100 г  Невская Косметика , в упаковке, 11142</t>
+  </si>
+  <si>
+    <t>Традиционное хозяйственное мыло на основе натуральных компонентов. Не содержит красителей и ароматизаторов. Прекрасно подходит для стирки белья и домашней уборки, а также для мытья рук. Состав:натриевые соли жирных кислот  растительных масел и животных жиров, вода, глицерин, триэтаноламин,  ПЭГ – 400, динатриевая соль ЭДТА, лимонная кислота, натрий карбоксиметилцеллюлоза, бензойная кислота, натрия хлоридСоответствует ГОСТ 30266-95.</t>
+  </si>
+  <si>
+    <t>389872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/448/82ap1umiszbg0vsv4pwz2nldk48116xm.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72 , 150 г  Меридиан   quot;Традиционное quot;, в упаковке</t>
+  </si>
+  <si>
+    <t>389873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f79/12qrdy88c0m9kref5682q8t5ibuswj1a.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72 , 150 г  Меридиан , без упаковки</t>
+  </si>
+  <si>
+    <t>389874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/040/rwzyttk1frk360pcm6r0je3uy8qe0eaq.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72 , 200 г  Меридиан   quot;Традиционное quot;, в упаковке</t>
+  </si>
+  <si>
+    <t>389876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/516/4dngjk0e8ywft7hyv8nphzv8sdi51aeu.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72 , 200 г,  Аист   quot;Классическое quot;, в упаковке, 4304010046</t>
+  </si>
+  <si>
+    <t>Предназначено для использования в металлообрабатывающей, текстильной и других видах промышленности, а также в сельском хозяйстве и для профессиональной стирки изделий из различных тканей. Состав: натриевые соли жирных кислот натуральных жиров и масел, вода, глицерин, хлорид натрия, антиоксидант, диоксид титана.</t>
+  </si>
+  <si>
+    <t>389877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aec/9schf4c8sfic8ipvsw6rqq8iawjhryms.jpg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное 72 , 200 г, МЕРИДИАН, без упаковки</t>
+  </si>
+  <si>
+    <t>389878</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d8/tugmy06iequmb0t42m6nr82uunepdn05.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 280 мл, ВЕСНА  quot;Земляника со сливками quot;, дозатор, 5099</t>
+  </si>
+  <si>
+    <t>Мягкое и нежное средство для мытья рук. Не сушит кожу, бережно очищает ее и идеально подходит для повседневного использования. Состав: вода, лауретсульфат натрия, кокамидопропилбетаин, кокамид ДЭА, хлорид натрия, ПЭГ-7 глицерилкокоат, стирен/акриловый сополимер &amp;#40;и&amp;#41; кокогликозид, парфюмерная композиция &amp;#40;бензилсалицилат, гексилциннамаль, лимонен&amp;#41;, триклокарбан, масло чайного дерева, лимонная кислота, ЭДТА тетранатрия или ЭДТА динатрия, консервант.ГОСТ 31696-2012.</t>
+  </si>
+  <si>
+    <t>389883</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7de/0chwuztufpe4w6ojdkrbq8qmve465cyz.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 280 мл, ДЕТСКОЕ,  quot;Ромашка quot;, дозатор, 5005</t>
+  </si>
+  <si>
+    <t>Благодаря содержанию кремовых компонентов,натуральных масел и экстракта ромашки, мыло прекрасно очищает и не сушит нежную детскую кожу и обладает антисептическим и смягчающим действием. Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового или пальмоядрового масел, вода, глицерин, парфюмерная композиция &amp;#40;линалоол, кумарин, гераниол&amp;#41;, экстракт ромашки, хлорид натрия, антиоксидант-пластификатор, гидроксид натрия, C.I. 77891.ГОСТ 31696-2012.</t>
+  </si>
+  <si>
+    <t>389884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/414/0l224zwci8ur8sk7rl7yry9cy33f012r.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 300 мл, УШАСТЫЙ НЯНЬ, гипоаллергенное, с оливковым маслом и алоэ, дозатор, 12209</t>
+  </si>
+  <si>
+    <t>Благодаря содержанию кремовых компонентов,натурального оливкового масла и экстракта алоэ вера, мыло прекрасно очищает и увлажняет детскую кожу и обладает антисептическим и смягчающим действием. Может использоваться с первых дней жизни малыша. Состав:Aqua, Sodium Laureth Sulfate, Cocamidopropyl Betaine, Coco Glucoside, Glyceryl Oleate, Sodium Chloride, Cocamide DEA, Styrene/Acrylates Copolymer, Betaine, Olea Europaea &amp;#40;Olive&amp;#41; Fruit Oil,  Aloe Barbadensis Gel, PEG-40 Hydrogenated Castor Oil, Trideceth-9, Disodium EDTA, Methylisothiazolinone, Parfum, Potassium hydroxide/Citric AcidСоответствует ГОСТ 31696-2012.</t>
+  </si>
+  <si>
+    <t>389888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e3/3oc61ifku2s92pvdfzd4ep3yuwlij1ri.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 5 л КРЕМОНА  quot;Жемчужное quot;, ПРЕМИУМ, перламутровое, из натуральных компонентов, 102202</t>
+  </si>
+  <si>
+    <t>Мыло-крем класса «premium», изготовлено из высококачественного сырья на основе натуральных ингредиентов. Рекомендуется для частого применения. Идеально подходит для мытья рук и тела. Предназначено для профессионального использования. Благодаря специально разработанному составу обладает питательными и смягчающими свойствами для кожи, содержит натуральный глицерин.Состав: очищенная вода, лауретсульфат натрия, хлорид натрия, этиленгликольдистеарат, диэтаноламид жирных кислот кокосового масла, бетаин, глицерин, цитрат натрия, лимонная кислота, парфюмерная композиция, 2-бром-2-нитропропан-1,3-диол.</t>
+  </si>
+  <si>
+    <t>389892</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b52/cht8k02u358lsm60y4xtkj6cwxe1bapu.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 5 л КРЕМОНА  quot;Розовое масло quot;, ПРЕМИУМ, перламутровое, из натуральных компонентов, 102219</t>
+  </si>
+  <si>
+    <t>Мыло-крем КРЕМОНА класса «premium», изготовлено из высококачественного сырья на основе натуральных ингредиентов с ароматом розы. Подходит для мытья рук и тела. Рекомендуется для частого применения. Предназначено для профессионального использования. Благодаря специально разработанному составу обладает питательными и смягчающими свойствами для кожи, содержит натуральный глицерин. Состав: очищенная вода, лауретсульфат натрия, хлорид натрия, этиленгликольдистеарат, диэтаноламид жирных кислот кокосового масла, бетаин, глицерин, цитрат натрия, лимонная кислота, парфюмерная композиция, 2-бром-2-нитропропан-1,3-диол, красители.</t>
+  </si>
+  <si>
+    <t>389893</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/049/kp5fkw96ph2hy4ri5vvyzya3n8mpazb4.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 5 л, ЛАЙМА PROFESSIONAL  quot;Премиум нейтральное quot;, 601433</t>
+  </si>
+  <si>
+    <t>Жидкое крем-мыло ЛАЙМА Professional &amp;quot;Нейтральное&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения:Нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук.Меры предосторожности:Следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012.Условия хранения:Хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца.Состав: вода очищенная, лауретсульфат натрия, хлорид натрия, диэтаноламид жирных кислот кокосового масла, кокамидопропилбетаин, этиленгликольдистеарат, глицерин, лимонная кислота, парфюмерная композиция, растительный экстракт, триклозан, метилхлоризотиазолинон, метилизотиазолинон.рН = 5,0 - 8,5.Пенообразующая способность - пенное число, мм, не менее 145.Устойчивость пены не менее, секунд - 0,8.Массовая доля хлоридов не более 6&amp;#37;.</t>
+  </si>
+  <si>
+    <t>389895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a46/a46643fe309386f0f3b5d218f2d2da93/6ea765208886cb2078d82260196923e1.jpg</t>
+  </si>
+  <si>
+    <t>Крем-мыло жидкое LUSCAN Жемчужное 500мл с дозатором</t>
+  </si>
+  <si>
+    <t>415711</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luscan/"&gt;Luscan&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0eb/0eb23d7db993013feceb142a19a966b8/71039216ca5e90479a10188caf349643.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Душистое облако с ароматом зеленого яблока 90г</t>
+  </si>
+  <si>
+    <t>415717</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bd/uprxgegzwp63h89r1u8m8bm65k2beguy.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла TORK  Система S2  Elevation, 0,5 л, mini, белый, 561000</t>
+  </si>
+  <si>
+    <t>Мини-дозатор для жидкого мыла TORK подходит для туалетных комнат с малой проходимостью. Обеспечивает экономичный отбор мыла и высокую гигиеничность. Исключает протекание.</t>
+  </si>
+  <si>
+    <t>424958</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tork/"&gt;TORK&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05c/8ql0b07t2semzji80u7ialmnnkc5dnmp.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла TORK  Система S1  Elevation, 1 л, белый, 560000</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла TORK подойдет для всех типов туалетных комнат. Простая и надежная система. Обеспечивает высокую гигиеничность, экономичный отбор мыла. Исключает протекание.</t>
+  </si>
+  <si>
+    <t>424959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf4/qdyyj4vpczql20uqk66m8n71tzcas3xk.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА PROFESSIONAL, наливной, 0,6 л, белый, ABS-пластик, 601423</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA PROFESSIONAL подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, на вокзале. Антивандальный корпус выполнен из ударопрочного пластика ABS. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы.Преимущества дозатора для жидкого мыла LAIMA PROFESSIONAL: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 0,6 л.</t>
+  </si>
+  <si>
+    <t>424962</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da4/32qszs4si64s2ccb2lf55edj62xyarfk.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА PROFESSIONAL, наливной, 1 л, белый, ABS-пластик, 601424</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA PROFESSIONAL подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, на вокзале. Антивандальный корпус выполнен из ударопрочного пластика ABS. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы.Преимущества дозатора для жидкого мыла LAIMA PROFESSIONAL: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 1 л.</t>
+  </si>
+  <si>
+    <t>424963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c9/97dxv1xy9ckovraldy0mna841qv07ssy.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла-пены TORK  Система S4  Elevation, 1 л, белый, 561500</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла-пены подойдет для всех типов туалетных комнат. Мыло попадает на ладонь уже вспененным, обеспечивая комфортное очищение кожи рук. Очень экономичный расход: 1 нажатие подает 0,4 мл мыла-пены, емкость картриджа – на 2 500 порций.</t>
+  </si>
+  <si>
+    <t>424964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/baf/gkeufxkhk8dt23ey0g0oin951r7uz3fr.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА, наливной, 0,38 л, ABS-пластик, белый  тонированный , 603921</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, вокзале и т. д. Корпус выполнен из ударопрочного пластика ABS. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы. Преимущества дозатора для жидкого мыла LAIMA:1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 0,38 л.</t>
+  </si>
+  <si>
+    <t>424966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a65/vrkdqcf4rcd4oyl31y4gs1atzfrxgdm6.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА PROFESSIONAL  гарантия 36 месяцев , 1 л, нержавеющая сталь, матовый, 605395</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA PROFESSIONAL подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, Корпус из нержавеющей стали обеспечивает высокие антивандальные характеристики диспенсера. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. Гарантия 36 месяцев. В комплект входят крепежные материалы. Преимущества дозатора для жидкого мыла LAIMA PROFESSIONAL: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 1 л.</t>
+  </si>
+  <si>
+    <t>424969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/470/gozgob19cnrh9y9p1fpqqon040j0lfw0.jpg</t>
+  </si>
+  <si>
+    <t>Картридж с жидким мылом одноразовый KIMBERLY-CLARK Kleenex, 1 л, прозрачный, диспенсер 601541, АРТ. 6333</t>
+  </si>
+  <si>
+    <t>Жидкое мыло для рук для ежедневного использования повышает уровень личной гигиены и бережно заботится о коже. Подходит для частого использования. Не содержит красителей и ароматизаторов, что снижает риск аллергических реакций.</t>
+  </si>
+  <si>
+    <t>424971</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kimberly-clark/"&gt;KIMBERLY-CLARK&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/898/uy4kdsl0cj4pthjkf7yf99ipw356ofzh.jpg</t>
+  </si>
+  <si>
+    <t>Картридж с пенным мылом одноразовый SCOTT  quot;Control quot;, 1 л, прозрачный, диспенсер 601541, АРТ. 6342</t>
+  </si>
+  <si>
+    <t>Пенное мыло для повседневного использования бережно заботится о коже. Не содержит красителей и ароматизаторов, что снижает риск аллергических реакций. В два раза экономичнее, чем обычное жидкое мыло, снижает затраты при ежедневном использовании.</t>
+  </si>
+  <si>
+    <t>424972</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea9/3dl0ihh39jqm1mr7i78l15mi2vsc4cjy.jpg</t>
+  </si>
+  <si>
+    <t>Картридж с жидким мылом-гелем одноразовый TORK  Система S2  Premium, 0,475 л, 420602</t>
+  </si>
+  <si>
+    <t>Жидкое мыло-гель обладает всеми преимуществами геля для душа и шампуня. Широко применяется в отелях, школах и спортивных учреждениях. Обладает освежающим универсальным ароматом. Специальная формула придает коже и волосам мягкость. ВНИМАНИЕ. Правильно установите картридж в диспенсер. Лицевая сторона картриджа с наклейкой должна быть наружу.</t>
+  </si>
+  <si>
+    <t>424975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d69/eyqtbm3z2cyjzctu98h9ofmgm9csjx1y.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое дезинфицирующее, 1 л, БРИЛЛИАНТОВАЯ СЕСТРИЧКА-2, гипоаллергенное, дозатор</t>
+  </si>
+  <si>
+    <t>Антисептическое мыло с дезинфицирующим эффектом и пролонгированным действием. Активно в отношении:Бактерии - Mycobacterium tuberculosi, Возбудители ВБИ, Грамотрицательные бактерии, Грамположительные бактерии;Патогенные грибы - Дерматофитон, Кандида.Сфера применения дезсредства согласно инструкции: ЛПУ, Клинические лаборатории, Бактериологические лаборатории, Детские учреждения &amp;#40;детсады, школы и т.п.&amp;#41;, Пенитенциарные учреждения, Предприятия общественного питания, Предприятия продовольственной торговли, Потребительские рынки, Коммунальные объекты &amp;#40;бани, бассейны, гостиницы, общественные туалеты и т.п.&amp;#41;, Учреждения соцобеспечения, Парикмахерские, Косметические и &amp;#40;или&amp;#41; массажные салоны, Предприятия мясной промышленности, Предприятия фармацевтической промышленности, Объекты курортологии, Диагностические лаборатории, Лаборатории ПЦР.Объекты обработки: Гигиеническая обработка рук, Обработка кожи ног для профилактики грибковой инфекции, Обработка рук операционных медицинских сестер, акушерок и других лиц, учавствующих в операциях и приеме родов, Обработка рук хирургов Химический состав дезсредства: Третичный амин, Поверхностно-активные вещества &amp;#40;ПАВ&amp;#41;.Действующие вещества: N,N-бис&amp;#40;3-аминопропил&amp;#41;додециламин 0.1&amp;#37;, ПАВы</t>
+  </si>
+  <si>
+    <t>424977</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brilliant/"&gt;Бриллиант&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/185/8px4prsfrnhpwfg2fogzf5u7azg852z7.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое дезинфицирующее 5 л, БРИЛЛИАНТОВАЯ СЕСТРИЧКА, гипоаллергенное</t>
+  </si>
+  <si>
+    <t>Жидкое гигиеническое мыло светло-голубого цвета - косметическое средство по уходу за кожей, обладает антибактериальной активностью в отношении грамотрицательных и грамположительных бактерий. Жидкое мыло предназначено для гигиенической обработки рук медицинского персонала; санитарной обработки кожных покровов пациентов в лечебно-профилактических учреждениях; гигиенической обработки рук медицинских работников детских дошкольных и школьных учреждений; гигиенической обработки рук работников учреждений соцобеспечения; гигиенической обработки рук сотрудников парфюмерно-косметических предприятий; гигиенической обработки рук сотрудников организаций общественного питания и пищевой промышленности; гигиенической обработки рук работников коммунальной службы; гигиенической обработки рук сотрудников санаторно-курортных учреждений; гигиенической обработки рук сотрудников лабораторий; профилактики грибковых заболеваний при обработке ног населением в быту.Состав: смесь ПАВ, биоциды, фунгициды, функциональные добавки, вода.</t>
+  </si>
+  <si>
+    <t>424978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7bc/05ovb1phzlqsdp33r58olc02utb5lzon.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое дезинфицирующее 5 л, БРИЛЛИАНТОВАЯ СЕСТРИЧКА-2, гипоаллергенное</t>
+  </si>
+  <si>
+    <t>Антисептическое мыло с дезинфицирующим эффектом и пролонгированным действием. Активно в отношении:Бактерии - Mycobacterium tuberculosi, Возбудители ВБИ, Грамотрицательные бактерии, Грамположительные бактерии;Патогенные грибы - Дерматофитон, Кандида;Сфера применения дезсредства согласно инструкции: ЛПУ, Клинические лаборатории, Бактериологические лаборатории, Детские учреждения &amp;#40;детсады, школы и т.п.&amp;#41;, Пенитенциарные учреждения, Предприятия общественного питания, Предприятия продовольственной торговли, Потребительские рынки, Коммунальные объекты &amp;#40;бани, бассейны, гостиницы, общественные туалеты и т.п.&amp;#41;, Учреждения соцобеспечения, Парикмахерские, Косметические и &amp;#40;или&amp;#41; массажные салоны, Предприятия мясной промышленности, Предприятия фармацевтической промышленности, Объекты курортологии, Диагностические лаборатории, Лаборатории ПЦР.Объекты обработки: Гигиеническая обработка рук, Обработка кожи ног для профилактики грибковой инфекции, Обработка рук операционных медицинских сестер, акушерок и других лиц, учавствующих в операциях и приеме родов, Обработка рук хирургов Химический состав дезсредства: Третичный амин, Поверхностно-активные вещества &amp;#40;ПАВ&amp;#41;.Действующие вещества: N,N-бис&amp;#40;3-аминопропил&amp;#41;додециламин 0.1&amp;#37;, ПАВы.</t>
+  </si>
+  <si>
+    <t>424979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7dc/91u9c613msx0621jb1izd7d987dyf3jf.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 300 мл, МЕЛОДИЯ  quot;Лимон quot;, пуш-пул, 604783</t>
+  </si>
+  <si>
+    <t>Жидкое мыло МЕЛОДИЯ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Объем - 300 мл.Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожности:Следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца. Состав: Aqua, Sodium Laureth Sulfate, Cocamide DEA, Sodium Chloride, Cocamidopropyl Betaine, Parfum, Methylparaben, Propylparaben, Methylisothiazolinone, Citric Acid, &amp;#40;&amp;#43;/-&amp;#41; CI 19140, CI 42090, CI 14720, CI 15985.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>424983</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c07/34moagrb50mkz2538n6eg5t9dgspxirl.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 300 мл, МЕЛОДИЯ  quot;Малина quot;, пуш-пул, 604784</t>
+  </si>
+  <si>
+    <t>424984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/140/qjyy3ez3czarajjml008loprelblputr.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л, МЕЛОДИЯ  quot;Лимон quot;, с глицерином, ПЭТ, 604787</t>
+  </si>
+  <si>
+    <t>Жидкое мыло МЕЛОДИЯ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожностиСледуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 12 месяцев. Состав: этоксилированный лаурилсульфат натрия, хлористый натрий, вода очищенная, глицерин, кокамидопропилбетаин, пафюмерная отдушка, пищевой краситель, консервант.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>424987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/383/329gaesj6zjpipy67904yh2vyv9buujm.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л, МЕЛОДИЯ  quot;Зеленое яблоко quot;, с глицерином, ПЭТ, 604788</t>
+  </si>
+  <si>
+    <t>Жидкое мыло МЕЛОДИЯ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожностиСледуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 12 месяцев.Состав: этоксилированный лаурилсульфат натрия, хлористый натрий, вода очищенная, глицерин, кокамидопропилбетаин, пафюмерная отдушка, пищевой краситель, консервант.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>424988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da3/u19sky4hz45kn60clnl8z7xahtel710n.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-пена для специальных диспенсеров 5 л ЗОЛОТОЙ ИДЕАЛ  quot;Жемчужное quot;, 605907</t>
+  </si>
+  <si>
+    <t>Жидкое мыло-пена ЗОЛОТОЙ ИДЕАЛ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором.Способ применения: при нажатии на дозатор/срабатывании сенсора появляется готовая мыльная пена с нежной консистенцией. Распределить пену по поверхности кожи рук, после чего тщательно смыть водой. Примечание: не смешивать с другими сортами мыла. Не разбавлять водой. Меры предосторожности:Следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности – 24 месяца. Состав: вода, лауретсульфат натрия, динатрий лаурет-3 сульфосукцинат, кокамидопропилбетаин, глицерин, лимонная кислота, метилизотиазолинон, метилхлороизотиазолинон, парфюмерная композиция.</t>
+  </si>
+  <si>
+    <t>434421</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/zolotoi-ideal/"&gt;ЗОЛОТОЙ ИДЕАЛ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52a/t3mxsezuccefx3tbcd3c1gelehumz7v0.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-пена для специальных диспенсеров 5 л ЗОЛОТОЙ ИДЕАЛ  quot;Цветочное quot;, 605908</t>
+  </si>
+  <si>
+    <t>Жидкое мыло-пена ЗОЛОТОЙ ИДЕАЛ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: при нажатии на дозатор/срабатывании сенсора появляется готовая мыльная пена с нежной консистенцией. Распределить пену по поверхности кожи рук, после чего тщательно смыть водой. Примечание: не смешивать с другими сортами мыла. Не разбавлять водой. Меры предосторожности:Следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности – 24 месяца. Состав: вода, лауретсульфат натрия, динатрий лаурет-3 сульфосукцинат, кокамидопропилбетаин, глицерин, лимонная кислота, метилизотиазолинон, метилхлороизотиазолинон, парфюмерная композиция.</t>
+  </si>
+  <si>
+    <t>434422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1a/adv0jwoudesixz411n36f46mmbo2rm9u.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 500 мл ЗОЛОТОЙ ИДЕАЛ  quot;Жемчужное quot;, с антибактериальным эффектом, дозатор, 606414</t>
+  </si>
+  <si>
+    <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ &amp;quot;Жемчужное&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения с антибактериальным эффектом отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой.Меры предосторожности: Использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012. Срок годности: 24 месяца.Состав:Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Styrene/Acrylates Copolymer, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, Triclosan.</t>
+  </si>
+  <si>
+    <t>468847</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b8/9b81bda6b4f47f6e4ae11471c1f1a1ab/14703b56df7609d3b8622b6639e5fc67.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла OfficeClean Professional, наливной, механический, нержавеющая сталь, 0,5л</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла OfficeClean Professional, наливной. Обеспечивает высокую гигиеничность. Предназначен для экономичного дозирования жидкого мыла. Оснащен кнопкой с плавным нажатием. Изготовлен из нержавеющей стали. Прост в эксплуатации. Отвечает всем требованиям гигиены.&amp;nbsp;&amp;nbsp;Рекомендуется использовать мыло-крем: 247027, 247026, 257289, 257290, 269941, 269942, 269943, 269944.</t>
+  </si>
+  <si>
+    <t>559257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d00/d0044137bacbe84c64a9a8d28400abd5/5889a5b4c44c8e52d268ededc71be315.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла OfficeClean Professional, наливной, механический, нержавеющая сталь, 1л</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого крем-мыла OfficeClean Professional, наливной. Обеспечивает высокую гигиеничность. Предназначен для экономичного дозирования жидкого мыла. Оснащен кнопкой с плавным нажатием. Изготовлен из нержавеющей стали. Прост в эксплуатации. Отвечает всем требованиям гигиены.&amp;nbsp;&amp;nbsp;Рекомендуется использовать мыло-крем: 247027, 247026, 257289, 257290, 269941, 269942, 269943, 269944.</t>
+  </si>
+  <si>
+    <t>559258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/736/73631a9bd59a14fa6b3508b15eb9926a/334efda35bc3cf483eaa0c67127f698f.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое Synergetic  quot;Аромамагия quot;, канистра, 5л</t>
   </si>
   <si>
     <t>Жидкое мыло &amp;quot;Аромамагия&amp;quot; – просто мечта любой девочки вне зависимости от возраста. В одной бутылочке слились приятный натуральный аромат, обволакивающая текстура и привлекательный розовый оттенок. Никогда ещё мытьё рук не было таким умиротворяющим! С этим жидким мылом кожа станет не только чистой, но и невероятно нежной. Мыло гипоаллергенное и обладает эффектом увлажнения, создано полностью из растительных компонентов. Подготовленная вода &amp;gt;30&amp;#37;, А-тензиды &amp;#40;растительного происхождения&amp;#41; 5-15&amp;#37;, глицерин &amp;#40;glycerol&amp;#41; &amp;lt;5&amp;#37;, парфюмерная композиция «Ландыш» &amp;#40;масла жасмина, герани, розы, нероли&amp;#41;, пищевой краситель &amp;#40;кармуазин, глиттер жемчужный&amp;#41;.</t>
   </si>
   <si>
-    <t>370247</t>
-[...1105 lines deleted...]
-  <si>
     <t>559264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42c/42c3c7800ba5d18d363acb263b146ac2/6729ecc80dbcde36eb7905ea574b8050.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное ММЗ  quot;Стандарт. Детское quot;, флоу-пак, 200г</t>
   </si>
   <si>
     <t>Мыло туалетное &amp;quot;Детское&amp;quot;., 200гр. ГОСТ 28546-2002</t>
   </si>
   <si>
     <t>559289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e0/4e092022d88190a21192adda8088fa89/dadf4fbf060688eec479cc421b340c16.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное ММЗ  quot;Стандарт. Банное quot;, флоу-пак, 200г</t>
   </si>
   <si>
     <t>Мыло туалетное &amp;quot;Банное&amp;quot;, 200гр. ГОСТ 28546-2002</t>
   </si>
   <si>
     <t>559290</t>
@@ -1682,86 +1628,113 @@
   <si>
     <t>559294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/904/9046cc12608d91a524f591643004cee9/8ead1f0e4667026fc7671c95a229725b.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72  ММЗ  quot;Универсальное quot;, 150г</t>
   </si>
   <si>
     <t>559295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2e/mzzci649be95xyk4btn0cssi0qrcyyjo.jpg</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла ЛАЙМА, наливной, 0,38 л, ABS-пластик, белый  матовый , 603922</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, вокзале и т. д. Корпус выполнен из ударопрочного пластика ABS. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы. Преимущества дозатора для жидкого мыла LAIMA: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 0,38 л.</t>
   </si>
   <si>
     <t>563528</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0a2/z08lrlngtza5barpf5pso27pajyk1885.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА, НАЛИВНОЙ, 0,48 л, ABS пластик, белый, 605052</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, вокзале и т. д. Корпус выполнен из пластика. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы. Преимущества дозатора для жидкого мыла LAIMA:1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 0,48 л.</t>
+  </si>
+  <si>
+    <t>563529</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/65f/gru0jirmwcz1if6odez50rvnpitlrnda.jpg</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла ЛАЙМА, наливной, 0,5 л, ABS-пластик, белый, 601792</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, вокзале. Корпус выполнен из ударопрочного пластика ABS. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы. Преимущества дозатора для жидкого мыла LAIMA: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем – 0,5 л. Расстояние между креплениями – 6,7 см.</t>
   </si>
   <si>
     <t>563530</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4ac/icq0ysm3xoe1mloya2l444hzhjxkda7h.jpg</t>
-[...8 lines deleted...]
-    <t>563531</t>
+    <t>http://anytos.ru//upload/iblock/fc0/b30vvj6q2lfkkenin4r3hi5l2xat631j.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла ЛАЙМА, наливной, 1 л, ABS-пластик, белый, 601794</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, вокзале и т. д. Корпус выполнен из пластика. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы.Преимущества дозатора для жидкого мыла LAIMA: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем - 1 л.</t>
+  </si>
+  <si>
+    <t>563533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ee/j8ihni65k789rvl2iovigkkthdwlibs5.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое 500 мл ЗОЛОТОЙ ИДЕАЛ  quot;Ромашка quot;, флип топ, 606784</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ &amp;quot;Ромашка&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Объем - 500 мл.Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой.Меры предосторожности: Использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012. Срок годности: 24 месяца. Состав: Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, C.I. 19140.</t>
   </si>
   <si>
     <t>564647</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6a9/yyqj2hcp9erhr9zxmm0cdjrfx9ydtyr1.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое дезинфицирующее 500 мл АЛЬТСЕПТ М, увлажняющее, дозатор</t>
+  </si>
+  <si>
+    <t>Кожный антисептик – жидкое мыло. Дезинфицирующее средство &amp;#40;кожный антисептик&amp;#41; «Альтсепт-М» представляет собой готовую к применению непрозрачную гелеобразную жидкость голубого цвета со слабым специфическим запахом. Содержит в качестве действующего вещества ундециленамидопропилтримониум метосульфат &amp;#40;тетранил У&amp;#41; – 2,0&amp;#37;, а также функциональные добавки, увлажняющие и ухаживающие за кожей компоненты. рН средства 7,0.Средство «Альтсепт-М» обладает антибактерильной активностью в отношенииграмположительных &amp;#40;кроме микобактерий туберкулёза&amp;#41; и грамотрицательных бактерий ифунгицидной активностью в отношении грибов рода Кандида и дерматофитов.Средство обладает моющими свойствами. Дезинфицирующее средство &amp;#40;кожный антисептик&amp;#41; «Альтсепт-М» предназначенодля:- гигиенической обработки рук медицинского персонала лечебно-профилактическихучреждений &amp;#40;ЛПУ&amp;#41;, станций скорой медицинской помощи, работников лабораторий &amp;#40;в том числе бактериологических, вирусологических, иммунологических, клинических и прочих&amp;#41;;- для гигиенической обработки рук работников детских дошкольных и школьныхучреждений, санпропускников, учреждений соцобеспечения &amp;#40;дома престарелых, инвалидов, хосписы и т.п.&amp;#41;, работников парфюмерно-косметических предприятий &amp;#40;в том числе парикмахерских, косметических салонов и т.п.&amp;#41;, общественного питания, промышленных предприятий, в том числе предприятий пищевой и химико-фармацевтической промышленности, коммунальных служб; - для санитарной обработки кожных покровов медицинского персонала и пациентов вЛПУ;- для обработки ступней ног населением в быту в целях профилактики грибковыхзаболеваний;- для применения населением в быту &amp;#40;кроме детей&amp;#41;. Срок годности – 1 год со дня изготовления в невскрытой упаковке производителя.Срок годности средства после вскрытия флакона – не менее 3 месяцев. Состав: ундециленамидопропилтримониум метосульфат &amp;#40;тетранил У&amp;#41; – 2,0&amp;#37;, функциональные добавки, увлажняющие и ухаживающие за кожей компоненты.</t>
+  </si>
+  <si>
+    <t>564656</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/altsept/"&gt;Альтсепт&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/554/4jo7adzdqgeb7nmwtt37j00du8spdbtd.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 100 г АНТИБАКТЕРИАЛЬНОЕ  Меридиан , экстракт чайного дерева, бумажная упаковка</t>
   </si>
   <si>
     <t>Туалетное мыло марки &amp;quot;Ординарное&amp;quot; сочетает в себе хорошие моющие и гигиенические свойства с благоприятным воздействием на кожу. Экстракт чайного дерева тонизирует, очищает, освежает дерму. Антибактериальная основа просушивает и дезинфицирует кожу. Предназначено для мытья рук и тела с целью предания гигиенического эффекта в качестве средства как для основной, так и специальной очистки. Масляная база позволяет увлажнить дерму, не пересушивая деликатные и чувствительные ткани.Состав: натриевые соли жирных кислот пищевых жиров, пальмового, кокосового масел, вода, экстракт чайного дерева, парфюмерная композиция, глицерин, хлорид натрия, антал П-2, диоксид титана.</t>
   </si>
   <si>
     <t>564658</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac0/taopnmhupb1g6tkow3b4e2e2jg5p8uzz.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 90 г ВЕСНА  quot;Земляника со сливками quot;, ГОСТ, 6090</t>
   </si>
   <si>
     <t>Туалетное мыло ВЕСНА имеет натуральную природную основу, обеспечивающую безопасное использование. Изготовлено с применением натуральных компонентов, которые обеспечивают бережный уход за кожей. Состав: вода, лауретсульфат натрия, хлорид натрия, кокамид ДЭА, лаурилгликозид, парфюмерная композиция &amp;#40;бензилсалицилат, бутилфенилметилпропиональ, лимонен&amp;#41;, кислота лимонная, ЭДТА тетранатрия или ЭДТА динатрия, консервант, C.I. 47005, 42051.ГОСТ 28546-2002.</t>
   </si>
   <si>
     <t>564661</t>
@@ -1799,65 +1772,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ea5/c28ehi3k1lnb8eza4sv8d5lwn87u9u9p.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое 500 мл ЗОЛОТОЙ ИДЕАЛ  quot;Лимон quot;, с антибактериальным эффектом, дозатор, 606786</t>
   </si>
   <si>
     <t>Жидкое крем-мыло Золотой Идеал идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения с антибактериальным эффектом отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой. Меры предосторожности: использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012. Срок годности: 24 месяца. Состав: Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Styrene/Acrylates Copolymer, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, Triclosan, C.I. 19140.</t>
   </si>
   <si>
     <t>564672</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/690/tznbk29hajvgyoecd3a0f1tw8hc7sesr.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое 500 мл ЗОЛОТОЙ ИДЕАЛ  quot;Мед и молоко quot;, дозатор, 606787</t>
   </si>
   <si>
     <t>Жидкое мыло Золотой Идеал идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой.Меры предосторожности: использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012. Срок годности: 24 месяца. Состав: Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Styrene/Acrylates Copolymer, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, C.I. 15985.</t>
   </si>
   <si>
     <t>564673</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f6f/o1woqkkbnib0yfusd89wi42njb5fzg55.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/da3/c5zr3iecodhx7li4dv11c91gm3o4gol2.jpg</t>
   </si>
   <si>
     <t>Iris Aroma Line Жидкое мыло АВОКАДО и ЗЕЛЕННЫЙ ЧАЙ 500мл 8шт</t>
   </si>
   <si>
     <t>Экстракт авокадо смягчает и увлажняет кожу. Экстракт зеленого чая обладает антисептическим действием.</t>
   </si>
   <si>
     <t>573674</t>
   </si>
   <si>
     <t>&lt;a href="/brands/iris-cosmetic/"&gt;Iris Cosmetic&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e70/gnu8i5264gtya30wz37pn9cgu9p96ztl.jpg</t>
   </si>
   <si>
     <t>Iris Aroma Line Жидкое мыло ГРЕЙПФРУТ И МЯТА 500мл 8шт</t>
   </si>
   <si>
     <t>Мыло жидкое мягко и бережно очищает кожу, оставляя ощущение мягкости, ароматной свежести и комфорта. Экстракт ГРЕЙПФРУТА благотворно воздействует на состояние кожи рук, делая ее мягкой и бархатистой, а МЯТА прекрасно освежает и тонизирует кожу. Применение: небольшое количество мыла нанести на влажную кожу, вспенить, смыть теплой водой. Применение: небольшое количество мыла нанести на влажную кожу, вспенить, смыть теплой водой.</t>
   </si>
   <si>
     <t>573675</t>
@@ -2228,74 +2186,50 @@
   <si>
     <t>Мыло туалетное антибактериальное, 100 гр</t>
   </si>
   <si>
     <t>584075</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/020/02068897e0a26ccb63aaab1412c0cf58/6e3b7ffd76fa7f4e5c30ea1c9b04e9c9.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Люкс, 100 гр</t>
   </si>
   <si>
     <t>584076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01d/01df8983fc03f4366f7268477cebf1b5/aa481b060e0cbbc6c7d56bd7c2b54b69.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Рецепты чистоты Детское 180 г</t>
   </si>
   <si>
     <t>584080</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/496/496a5e22109fdbb77692df328d753a68/da48fdaf44e32a7eabe718468cd2e43d.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cdb/cljq7a0dwjp9xqc85ccvgl530v7pjuje.jpg</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла LAIMA PROFESSIONAL ORIGINAL, НАЛИВНОЙ, 1 л, прозрачный, пластик, 605773</t>
   </si>
   <si>
     <t>Наливной дозатор для жидкого мыла LAIMA PROFESSIONAL ORIGINAL предназначен для экономичного дозирования жидкого мыла в туалетных комнатах. Идеально подойдет для мест с невысокой и средней проходимостью. Дозатор из прозрачного пластика объемом 1 л обеспечивает высокую гигиеничность. Выдача мыла осуществляется экономичными порциями. Сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. Закрывается на пластиковый ключ. Размер: 215х135х95 см. Крепежные материалы в комплекте. Данный товар является отличным примером соотношения высокого качества и доступной цены.</t>
   </si>
   <si>
     <t>600778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ac/rp2jcs3ifeg8eu5cohq8jvgzjzbx29w2.jpg</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла LAIMA PROFESSIONAL ORIGINAL, НАЛИВНОЙ, СЕНСОРНЫЙ, 1 л, белый, ABS-пластик, 605778</t>
   </si>
   <si>
     <t>Наливной сенсорный дозатор для жидкого мыла LAIMA PROFESSIONAL ORIGINAL предназначен для экономичного дозирования жидкого мыла в туалетных комнатах. Идеально подойдет для мест с невысокой и средней проходимостью. Объем - 1 л. Антивандальный корпус изготовлен из ударопрочного ABS-пластика. Обеспечивает высокую гигиеничность. Выдача мыла осуществляется экономичными порциями. Сочетается с расходными материалами других производителей. Открывается при нажатии на крышку &amp;#40;фронтальная часть откидывается вниз&amp;#41;, закрывается путем захлопывания. Оснащен световым индикатором замены элементов питания &amp;#40;осуществляется от 6 батареек типа АА&amp;#41;. Имеет 3 режима дозирования: 1 капля, 2 капли или 3 капли подряд. Чувствительность сенсора - до 8 см. Размер: 265х124х120 см. Крепежные материалы в комплекте. Гарантия 12 месяцев. Рекомендованное расстояние между диспенсером и поверхностью - не менее 15 см.Данный товар является отличным примером соотношения высокого качества и доступной цены.</t>
   </si>
   <si>
     <t>600780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a2/2o6mr0k1vuderegn70b6hi2xlhz06vp8.jpg</t>
@@ -2318,50 +2252,59 @@
   <si>
     <t>Антибактериальное крем-мыло АЛМАДЕЗ-ЛАЙТ с пролонгированным эффектом. Представляет собой вязкую гелеобразную жидкость белого цвета без запаха или с запахом применяемой отдушки. В качестве действующего вещества содержит антибактериальную добавку ундециленамидопропиллтримониум метосульфат, в качестве моющей основы - комплекс мягких ПАВ, в качестве умягчающей и ухаживающей за кожей добавки – глицерин.рН мыла 6,0± 0,5Средство обладает антимикробной активностью в отношении грамотрицательных играмположительных бактерий &amp;#40;кроме микобактерий туберкулеза&amp;#41;, плесени и грибков.Обладает выраженным моющим действием. Крем-мыло антибактериальное «Алмадез-лайт» предназначено для гигиенической обработки рук перед и после проведения медицинских манипуляций:- медицинского персонала и пациентов в лечебно-профилактических учреждениях&amp;#40;больницы, поликлиники, санатории, профилактории, реабилитационные центры,медицинские многопрофильные центры, медсанчасти и медпункты, фельдшерские ифельдшерско-акушерские пункты, акушерские стационары, диспансеры, стоматологические клиники и отделения, родовспомогательные учреждения, кабинеты диагностики, эндоскопические и колоноскопические отделения, офтальмологические, приемные отделения, смотровые кабинеты, перевязочные, кабинеты амбулаторного приема, детские стационары, отделения неонатологии, отделения интенсивной терапии и реанимации, травматологии, ожоговые отделения, станции переливания крови, противотуберкулезные учреждения, кожно-венерологические учреждения и др.&amp;#41;; в учреждениях дезинфекционного профиля, включая санпропускники;- хирургов, оперирующего медицинского персонала, акушерок и других лиц, участвующих в приеме родов перед использованием кожного антисептика &amp;#40;например,«Алмадез-экспресс»&amp;#41;;- работников лабораторий &amp;#40;в том числе бактериологических, клинических, диагностических и прочих&amp;#41;, аптечных учреждений;- персонала детских дошкольных и школьных учреждений, санаториев, домов отдыха, пансионатов, учреждений соцобеспечения &amp;#40;дома престарелых, инвалидов, хосписы и т.п.&amp;#41;,- работников предприятий пищевой промышленности,- работников общественного питания, предприятий продовольственной торговли;-работников парфюмерно-косметической, химико-фармацевтической, биотехнологической и микробиологической промышленности;- работников и посетителей объектов коммунально-бытового обслуживания &amp;#40;гостиницы, общежития, вокзалы, общественные туалеты, прачечные, парикмахерские, массажные и косметические салоны, солярии, бани, бассейны, сауны, спортзалы и др.&amp;#41;- персонала пенитенциарных учреждений, спортивно-оздоровительных и санаторно-курортных комплексов;- сотрудников предприятий розничной торговли;- представителей силовых ведомств, в том числе спасателей МЧС, личного состава войск иформирований ГО;санитарной обработки кожных покровов &amp;#40;в том числе тело, ноги, стопы ног и пр.&amp;#41;; - для применения населением в быту. Может быть использовано в качестве пены для ванн.Срок годности средства – 5 лет в невскрытой упаковке производителя.Состав: ундециленамидопропиллтримониум метосульфат, комплекс мягких ПАВ, глицерин.</t>
   </si>
   <si>
     <t>600788</t>
   </si>
   <si>
     <t>&lt;a href="/brands/almadez/"&gt;Алмадез&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/191/pw4p3dzrd9tykmnha36ryxu5q3adarz6.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое 5 кг ЛЮБАША,  quot;Хозяйственное quot;, 605655</t>
   </si>
   <si>
     <t>Жидкое хозяйственное мыло Любаша идеально подходит для использования как дома, так и в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает кожу, подходит для мытья кухонной утвари и стирки. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: небольшое количество мыла нанесите на влажную кожу рук, взбейте пену, вымойте руки и тщательно ополосните их водой. Для мытья посуды нанесите небольшое количество средства на влажную губку, несколько раз сожмите её рукой до образования пены, вымойте посуду, затем тщательно ополосните её чистой водой. Для мытья полов разведите 60 г средства в 10 л воды, вымойте полы или поверхность с помощью тряпки или губки. Для ручной стирки разведите 100 г средства в 10 л воды. Замочите бельё на 1 – 2 часа или стирайте обычным способом. Для сильнозагрязнённого белья и в регионах с высокой жёсткостью воды дозировку средства увеличить в 2 раза.Меры предосторожности: следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца. Состав: Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Cocamidopropyl Betaine, Styrene/Acrylates Copolymer, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, C.I. 19140, C.I. 42090, C.I. 16255, C.I. 15985.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>600789</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ljubasha/"&gt;ЛЮБАША&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/429/cx29irk2qpowzx2vmf7j7w9qeoowlqq4.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое дезинфицирующее 5 л АЛЬТСЕПТ М, увлажняющее</t>
+  </si>
+  <si>
+    <t>600796</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/518/bpcxk3ij3rfl66n5jfbmk3tbavk48sez.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое ДЕТСКОЕ 300 г, ЗОЛОТОЙ ИДЕАЛ, дозатор, 605516</t>
   </si>
   <si>
     <t>Жидкое мыло Золотой Идеал идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой.Меры предосторожности: использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012Срок годности: 24 месяца. Состав: Aqua, Sodium Laureth Sulfate, Sodium Chloride, Cocamide DEA, Cocamidopropyl Betaine, Glycerin, Coco Glucoside/Glyceryl Oleate, Phenoxyethanol, Мethylchlorоisothiazolinone, Мethylisothiazolinone, Citric Acid.</t>
   </si>
   <si>
     <t>600797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c4/jdy3xz0jprvnw2g745nbvhv3sae2qd6a.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 200 г, АИСТ  quot;Антибактериальное quot;, 4304010015</t>
   </si>
   <si>
     <t>Предназначено для стирки изделий из различных тканей, а также для санитарно- гигиенических и промышленных целей. Натуральное хозяйственное мыло «Аист»- Антибактериальное» высококонцентрированное с дезинфицирующим и дезодорирующим эффектом. Состав: натриевые соли жирных кислот натуральных жиров и масел, вода, глицерин, хлорид натрия, антиоксидант, диоксид титана, антимикробная добавка.65&amp;#37;.Группа III.</t>
   </si>
   <si>
     <t>600798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e2/asbg9gwj6j3ahlhjhovxa4x8nnc79s6n.jpg</t>
@@ -2408,381 +2351,297 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0f8/br0qd0ofob4ur9ok6wv3ingy988he33x.jpg</t>
   </si>
   <si>
     <t>Garden Dreams ж м перламутровое 5л Жемчужное канистра ПЭТ  3</t>
   </si>
   <si>
     <t>Garden Dreams ж/м перламутровое 5л Жемчужное канистра ПЭТ *3</t>
   </si>
   <si>
     <t>601973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2d/brkrvc2g99qg71w9tjdcdewv2byfwqvh.jpg</t>
   </si>
   <si>
     <t>Жидкое мыло  quot;Garden Dreams quot; 5л Алоэ Вера глиц.в ПЭТканистре в кор.  1 3</t>
   </si>
   <si>
     <t>Жидкое мыло &amp;quot;Garden Dreams&amp;quot; 5л Алоэ/Вера глиц.в ПЭТканистре в кор. *1/3</t>
   </si>
   <si>
     <t>601974</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/044/0446c60569f0c88459ae119f5c4b0802/46fd901ff8ede2ab7a2c2913aa01f2c8.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ad/qmzo8s96epsqrzmejc1umypv5r9p0owm.jpeg</t>
   </si>
   <si>
     <t>Абсолют т м 90гр Белый чай NATURE  6 72</t>
   </si>
   <si>
     <t>Абсолют т/м 90гр Белый чай NATURE *6/72</t>
   </si>
   <si>
     <t>601983</t>
   </si>
   <si>
+    <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
+  </si>
+  <si>
+    <t>Абсолют т м 90гр Лемонграсс Мята  6 72</t>
+  </si>
+  <si>
+    <t>Абсолют т/м 90гр Лемонграсс/Мята *6/72</t>
+  </si>
+  <si>
+    <t>601984</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1f8/1f81297c8fd8c1961dbb436fc5468035/f9aa848f14a34ae0f7a36c47db1e9844.jpg</t>
   </si>
   <si>
     <t>Абсолют т м 90гр. CLASSIC Освежающее  6 72</t>
   </si>
   <si>
     <t>Абсолют т/м 90гр. CLASSIC Освежающее *6/72</t>
   </si>
   <si>
     <t>601985</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a50/a5097d915e5f293a67a6e76fc2bd9646/c484c08841e470aa2f5c1194f6042a54.jpg</t>
+  </si>
+  <si>
+    <t>АИСТ мыло Дегтярное 140гр. в об. 6 40</t>
+  </si>
+  <si>
+    <t>АИСТ мыло Дегтярное 140гр. в об.*6/40</t>
+  </si>
+  <si>
+    <t>601986</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7d9/7d9312811ee479860a63413f2e7f9fbf/bacd00ed191b5127ded6a4f82a6a2b91.jpg</t>
   </si>
   <si>
     <t>АИСТ мыло хоз.150гр Глицер.в об. 10 60</t>
   </si>
   <si>
     <t>АИСТ мыло хоз.150гр Глицер.в/об.*10/60</t>
   </si>
   <si>
     <t>601989</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/12d/8ilepp45kv146s8rv5g5by2x25abqqi6.jpeg</t>
-[...20 lines deleted...]
-    <t>602001</t>
+    <t>http://anytos.ru//upload/iblock/c64/c64154b4922ccd080fd8f7957fa679c5/87291cbbe31d41eaeaca37cef3720924.jpg</t>
+  </si>
+  <si>
+    <t>АИСТ мыло хоз.72  200гр. в обертке 48</t>
+  </si>
+  <si>
+    <t>АИСТ мыло хоз.72&amp;#37; 200гр. в обертке*48</t>
+  </si>
+  <si>
+    <t>601990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c8/ha0rt5xseb90k2hdrxtxncohrz5dwt7d.jpg</t>
   </si>
   <si>
     <t>ТБХ Жидкое крем-мыло Перламутр КОЛОКОЛЬЧИК 5л. quot;Белый Лотос quot; канистра</t>
   </si>
   <si>
     <t>ТБХ Жидкое крем-мыло Перламутр КОЛОКОЛЬЧИК 5л.&amp;quot;Белый Лотос&amp;quot; канистра *1/4</t>
   </si>
   <si>
     <t>602004</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kolokolchik/"&gt;Колокольчик&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/156/15677abf3eb98a8b7886ef54a667b20e/484aebb39c5529f187c04f3e992d1326.jpeg</t>
   </si>
   <si>
     <t>Жидкое крем-мыло Колокольчик Дикая орхидея, канистра, 5 л</t>
   </si>
   <si>
     <t>Жидкое мыло от производителя ТБХ.&lt;br /&gt;
  Использование жидкого мыла стало традиционным. Особенно это касается общественных мест и учреждений. Дозатор позволяет повысить уровень личной гигиены каждого посетителя и предотвращает контакт нескольких людей, как это было с туалетным мылом.&lt;br /&gt;
  Прекрасным представителем средств гигиены станет жидкое крем мыло «Дикая Орхидея», выпускаемое под брендом Душистый Колокольчик. Оно не только отлично очищает, но и питает кожу недостающей влагой. Это помогает избежать чувства стянутости и сухости. Гипоалергенный состав не вызовет негативных реакций даже на чувствительной коже.&lt;br /&gt;
  Крем-мыло отлично пенится, благодаря чему очень экономно расходуется. Пятилитровая канистра сможет удовлетворить месячные потребности небольшой точки общественного питания или дошкольного учреждения. Благодаря потребительским качествам крем-мыла и приятному нежному аромату, вам не придётся слушать нарекания на используемые средства гигиены.&lt;br /&gt;
  Состав: краситель, вода очищенная, комплекс ПАВ, консервант, глицерин, натрий хлористый, ароматизатор</t>
   </si>
   <si>
     <t>602005</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae2/fblie0e6ix3upea8x7ymautuqvidniko.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1e6/6n1np4ljdxa4oz0pl30epoah1i6v2v3f.jpg</t>
   </si>
   <si>
     <t>Душистый Колокольчик жидкое мыло 300мл пуш-пул Алое-Вера  4 20</t>
   </si>
   <si>
     <t>Душистый Колокольчик жидкое мыло 300мл пуш-пул Алое-Вера *4/20</t>
   </si>
   <si>
     <t>602008</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7d4/zoq8e8epyb9sh0ixhk1mp9hq7g4dpby3.jpg</t>
+  </si>
+  <si>
+    <t>Душистый Колокольчик жидкое мыло 300мл пуш-пул Персик  4 20</t>
+  </si>
+  <si>
+    <t>Душистый Колокольчик жидкое мыло 300мл пуш-пул Персик *4/20</t>
+  </si>
+  <si>
+    <t>602010</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ac0/gwl67v1q6t6kud8f6t9vunm9y0q4i7q7.jpg</t>
   </si>
   <si>
     <t>Душистый Колокольчик жидкое мыло 300мл пуш-пул Ромашка  4 20</t>
   </si>
   <si>
     <t>Душистый Колокольчик жидкое мыло 300мл пуш-пул Ромашка *4/20</t>
   </si>
   <si>
     <t>602011</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e78/95ywne0ealpf1e6u38vxt1r7mf8vaf0w.jpg</t>
+  </si>
+  <si>
+    <t>Душистый Колокольчик жидкое мыло 5л. quot;Антибактериальное quot; глиц.в ПЭТканистре  1 3 в коробке</t>
+  </si>
+  <si>
+    <t>Душистый Колокольчик жидкое мыло 5л.&amp;quot;Антибактериальное&amp;quot; глиц.в ПЭТканистре *1/3 в коробке</t>
+  </si>
+  <si>
+    <t>602012</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ff6/53naurleyfvn2osqqvbr8rj89c994efq.jpeg</t>
   </si>
   <si>
     <t>Душистый Колокольчик жидкое мыло антибактериальное 1000мл.дозатор  3 12</t>
   </si>
   <si>
     <t>Душистый Колокольчик жидкое мыло антибактериальное 1000мл.дозатор *3/12</t>
   </si>
   <si>
     <t>602015</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e86/e86dcf57074f1823f4dafa349eceb21b/517ef8e1a7a1c917cf40fbe2dad597bc.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6af/6af2a675016ea2809208f26c21deaecb/93e5e9132cb5a34e82a41eba234e6a16.jpg</t>
   </si>
   <si>
     <t>КР.ЛИНИЯ жидкое мыло интимн.250мл Календула  2 15</t>
   </si>
   <si>
     <t>КР.ЛИНИЯ жидкое мыло интимн.250мл Календула *2/15</t>
   </si>
   <si>
     <t>602039</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ac/5ac5994ae094e53c289aae3ff99f5984/7b5d58ddf3a7acf3648258c29537588a.jpg</t>
-[...20 lines deleted...]
-    <t>602044</t>
+    <t>http://anytos.ru//upload/iblock/eb3/eb3ddfa1320812cb88091b37799b6d13/2139d44646623349acd609a058593ea1.jpg</t>
+  </si>
+  <si>
+    <t>КР.ЛИНИЯ жидкое мыло интимн.250мл с экстр.Хлопка  2 15</t>
+  </si>
+  <si>
+    <t>КР.ЛИНИЯ жидкое мыло интимн.250мл с экстр.Хлопка *2/15</t>
+  </si>
+  <si>
+    <t>602042</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fd/1fdf6bb0b2b5b2bfb3c3bbc6eb34109e/ed0a93fe0e2dcfcaa87518dddcf7ef25.jpg</t>
   </si>
   <si>
     <t>м т 140гр. Сарма хоз.отбел. 4 48 -</t>
   </si>
   <si>
     <t>Н.К.м/т 140гр. Сарма хоз.отбел.*4/48 -</t>
   </si>
   <si>
     <t>602049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dad/dade736a1f9eae85f79be22d36148507/65f8212156ca2f262331cd43fe6b83f9.jpg</t>
   </si>
   <si>
     <t>м т 140гр. Солнышко хоз.Лимон  4 48</t>
   </si>
   <si>
     <t>Н.К.м/т 140гр. Солнышко хоз.Лимон *4/48</t>
   </si>
   <si>
     <t>602050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcc/bcc133910c16275870c7d18761672c1f/64443f814491d862ceba9471b9e6d4b3.jpg</t>
   </si>
   <si>
     <t>м т 140гр. Солнышко хоз.Яблоко  4 48</t>
   </si>
   <si>
     <t>Н.К.м/т 140гр. Солнышко хоз.Яблоко *4/48</t>
   </si>
   <si>
     <t>602051</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b3f/b3f5402180f078b23aeff7a298b5133d/c08311171f4f01d710831125a84906c4.jpg</t>
+  </si>
+  <si>
+    <t>м т 140гр. Хвойное  Цена за 1шт.   4 48</t>
+  </si>
+  <si>
+    <t>Н.К.м/т 140гр. Хвойное &amp;#40;Цена за 1шт.&amp;#41; *4/48</t>
+  </si>
+  <si>
+    <t>602052</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c9f/c9f762e2f010098fb380b8f75e44e646/d0a90e9de818812259b750f0730ae1f5.jpg</t>
   </si>
   <si>
     <t>м т 90г Вазелиновое  10162 6 72</t>
   </si>
   <si>
     <t>Н.К.м/т 90г Вазелиновое &amp;#40;10162&amp;#41;*6/72</t>
   </si>
   <si>
     <t>602053</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad1/ad141bf0db3adb2ca39e9e1a25a4d9a0/7e367cebb97092b76dfa9477555f2d69.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e6/0e62fe67b2d0c6125c516c33629695a7/00599ea0deee5dcbc0c6ba4b46f46d7e.jpg</t>
   </si>
   <si>
     <t>м т 90г Липовый цвет  10538 6 72</t>
   </si>
   <si>
     <t>Н.К.м/т 90г Липовый цвет &amp;#40;10538&amp;#41;*6/72</t>
   </si>
   <si>
     <t>602055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/050/050646298b2734f9d8397086c1f6bd01/b4d084ce6c274a0b0e3f4f97ce8ba76e.jpg</t>
   </si>
   <si>
     <t>м т Дивный сад 90г Зеленое яблоко  10173 6 72</t>
   </si>
   <si>
     <t>Н.К.м/т Дивный сад 90г Зеленое яблоко &amp;#40;10173&amp;#41;*6/72</t>
   </si>
   <si>
     <t>602058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71b/71bcd3487c61db4f0604b4f90ef17bff/0b57ec5de8488c9a9539cbc742544149.jpg</t>
@@ -2811,84 +2670,124 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a1d/a1dfc86f406981111892d221d9eb818f/b3df6376d325116a6bda34d392baac48.jpg</t>
   </si>
   <si>
     <t>м т Цветы любви 90г Сирень  10164 6 72</t>
   </si>
   <si>
     <t>Н.К.м/т Цветы любви 90г Сирень &amp;#40;10164&amp;#41;*6/72</t>
   </si>
   <si>
     <t>602065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9a/f9a056c4cf500612a4e9e526a1291612/b297ee18a29ef3c5ed796377ace64a47.jpg</t>
   </si>
   <si>
     <t>Ушастый НЯНЬ хоз.мыло пятновыводное.180гр. 4 36 арт.11387</t>
   </si>
   <si>
     <t>Н.К.Ушастый НЯНЬ хоз.мыло пятновыводное.180гр.*4/36 арт.11387</t>
   </si>
   <si>
     <t>602067</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bf5/bf5bc9763d70fca6df4a9b5227a37d7f/789dba57c28b2f5a8459add6af7c4b70.jpg</t>
+  </si>
+  <si>
+    <t>Ушастый НЯНЬ хоз.мыло с отбел.эф.180гр  11139   4 36</t>
+  </si>
+  <si>
+    <t>Н.К.Ушастый НЯНЬ хоз.мыло с отбел.эф.180гр &amp;#40;11139&amp;#41; *4/36</t>
+  </si>
+  <si>
+    <t>602068</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/df6/df69ed600cfee1411126de9ace6e2155/dba95d6cf81d8a0eceb151c5d57492be.jpg</t>
   </si>
   <si>
     <t>ПАЛМОЛИВ жидля мыло 300мл Роскошь масел Инжир, Белая орхидея  1 12</t>
   </si>
   <si>
     <t>ПАЛМОЛИВ жид/мыло 300мл Роскошь масел Инжир, Белая орхидея *1/12</t>
   </si>
   <si>
     <t>602069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/786/7861305e5602aa219c720ab7cfc8d353/650de3d3136579b9d5b9240af8b77dfc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Св. хоз.мыло 72  150гр. в об.  6 36 1340167 </t>
   </si>
   <si>
     <t>Св. хоз.мыло 72&amp;#37; 150гр. в об. *6/36&amp;#40;1340167&amp;#41;</t>
   </si>
   <si>
     <t>602075</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/667/e720sfsrgs0bdpud33yumm89rtmnt1xl.png</t>
-[...8 lines deleted...]
-    <t>602082</t>
+    <t>http://anytos.ru//upload/iblock/919/6rwg5alhymb6muvfvy6t0th84xkax0nm.png</t>
+  </si>
+  <si>
+    <t>Туалетное мыло 90гр. в упак. Фруктовое  Калужский блеск 72</t>
+  </si>
+  <si>
+    <t>Туалетное мыло 90гр. в/упак. Фруктовое &amp;#40;Калужский блеск&amp;#41;*72</t>
+  </si>
+  <si>
+    <t>602080</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85e/nqb9jqcm4a3i3n1d4b25v65zi3yulfas.jpeg</t>
+  </si>
+  <si>
+    <t>Туалетное мыло 90гр. в упак. Цветочный микс  Калужский блеск 72</t>
+  </si>
+  <si>
+    <t>Туалетное мыло 90гр. в/упак. Цветочный микс &amp;#40;Калужский блеск&amp;#41;*72</t>
+  </si>
+  <si>
+    <t>602081</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/127/127a0c40d2d12a0ef98aeddda4ebd0aa/a195bbef975d6b247190120e0f720b31.jpeg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное Аист Классическое 72 , 150 г</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное от производителя ЗАО АИСТ.&lt;br /&gt;
+ Хозяйственное мыло – продукт, который должен быть в каждом доме. Случается, что с некоторыми видами загрязнений именно оно справляется лучше и быстрее всего. Мыло хозяйственное классическое АИСТ 72&amp;#37; подходит для стирки любых видов ткани, а также может использоваться в промышленных и гигиенических целях.&lt;br /&gt;
+ Мыло АИСТ имеет высокую концентрацию, изготовлено из жиров и масел высокого качества, поэтому имеет отличную моющую способность. Эффективно справляется со своей задачей, растворяя самую стойкую грязь, обладает дезинфицирующим эффектом. Мыло прекрасно сохраняет свою форму при использовании, не покрывается трещинами, не размякает даже после длительного контакта с водой.&lt;br /&gt;
+ В составе мыла нет ароматизаторов, поэтому оно может использоваться и для стирки одежды, и при мытье посуды. Глицерин смягчает кожу рук. Мыло имеет минимальный состав, является безопасным для окружающей среды.&lt;br /&gt;
+ Состав мыла: соли натрия, соли жирных кислот и масел, вода, глицерин, натрия хлорид, титана диоксид, антиоксидант</t>
+  </si>
+  <si>
+    <t>602989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/592/592de590e281c1dc3bf7988bd82b0f0c/619030e6330c6b9c6923b626d628661c.jpeg</t>
   </si>
   <si>
     <t>Туалетное мыло Absolut Classic, Нежное, 90 г</t>
   </si>
   <si>
     <t>Туалетное мыло от производителя ВЕСНА.&lt;br /&gt;
  Гигиенические процедуры являются настолько привычным и обыденным занятием, что в большинстве случаев мы даже не придаём значения каким именно средством воспользоваться. Однако результат выбора отлично виден со временем. Кожа становится своеобразной лакмусовой бумажкой, которая показывает качество мыла сухостью и стянутостью кожи.&lt;br /&gt;
  Мыло «CLASSIC Нежное», выпускаемое под брендом «Абсолют», прекрасно подойдет для чувствительной кожи. Активная пена не только обеспечит чистоту, но и придаст нежную структуру. Отлично борется даже с невидимыми глазу загрязнениями. Лабораторные исследования показали антибактериальное действие, поэтому мыло станет прекрасной защитой от воздействия болезнетворных бактерий.&lt;br /&gt;
  Отлично подойдёт для ежедневного использования детям и подросткам, избавит их от риска кишечных заболеваний по причине занесения бактерий. В основе производства лежит масло чайного дерева. Оно делает мыло натуральным и подходящим для использования на самой чувствительной коже</t>
   </si>
   <si>
     <t>602991</t>
   </si>
   <si>
     <t>&lt;a href="/brands/absolut/"&gt;Absolut&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cba/cbad9216dcb262d5ad13b133a0af6a29/ebb1a0f4aade6a82d8acb89d26f4cc41.jpeg</t>
   </si>
   <si>
     <t>Туалетное мыло Absolut Classic, Ультра защита, 90 г</t>
   </si>
@@ -2956,350 +2855,329 @@
   <si>
     <t>Мыло от производителя Невская Косметика.&lt;br /&gt;
  Уход за детской кожей рук неизбежно ведёт к чрезмерно частому мытью. Ведь дети познают мир через рот, а с грязными руками велика вероятность появления кишечных заболеваний. Нужно выдерживать баланс между гигиенической чистотой рук и их пересушиванием в результате мытья.&lt;br /&gt;
  В решении этого вопроса отличным помощником станет Глицериновое мыло от производителя Невская Косметика. Оно эффективно очищает кожу не пересушивая её. Идеально подобранный состав способствует сохранению естественной влаги, а глицерин увлажняет даже пересушенные кожные покровы. Натуральные компоненты не вызывают возникновения раздражений и проявления аллергических реакций даже на чувствительной коже.&lt;br /&gt;
  При использовании образует высокую пышную пену, которая поможет отмыть даже самые сильные загрязнения и вовлечёт детвору в игру с мыльными пузырями. Теперь водные процедуры станут весёлым увлекательным занятием. Мыло отлично подойдёт для использования всеми членами семьи и станет незаменимым средством гигиены на вашей полке в ванной комнате.</t>
   </si>
   <si>
     <t>603007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ef/5ef7d53472cb589109c91af97e1ed8f5/225141f3faf4539cb746569bd1bea0b4.jpeg</t>
   </si>
   <si>
     <t>Мыло NC Солнышко, с экстрактом ромашки, 140 г</t>
   </si>
   <si>
     <t>Мыло от производителя Невская Косметика.&lt;br /&gt;
  Несмотря на разнообразие всевозможных моющих и чистящих средств, не потеряет свою популярность традиционное хозяйственное мыло. Оно универсально в своём применении и поможет любой хозяюшке в решении домашних вопросов чистоты. Великолепным представителем этой категории моющих средств является хозяйственное мыло из серии «Солнышко» от производителя Невская Косметика. Оно отлично себя зарекомендовало в использовании и станет незаменимым помощником в быту.&lt;br /&gt;
  При намыливании образует обильную пышную пену, которая эффективно очищает загрязнения даже в жёсткой воде. Натуральные ингредиенты в составе не вызывают аллергических реакций, поэтому его могут использовать даже люди с проблемной кожей. Не приводит к раздражениям и чувству сухости.&lt;br /&gt;
  Может быть использовано для отмачивания застаревших загрязнений на посуде и при стирке. Бережно очищает, не оставляя следов и посторонних запахов. Экстракт ромашки и глицерин в составе придают смягчающие свойства и снижают вероятность появления раздражений на чувствительной коже</t>
   </si>
   <si>
     <t>603008</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/824/824da9c8367b7343f102daac502851c5/f441e6cb8a0900cb04d8a6c64c3ad53f.jpeg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/451/45152006203e2288a3533913ea9afe8f/9313cc2875832a742ab0d14f59912ee8.jpeg</t>
   </si>
   <si>
     <t>Жидкое мыло Колокольчик Рижская сирень, 1 л</t>
   </si>
   <si>
     <t>Жидкое мыло от производителя ТБХ.&lt;br /&gt;
  Современные жидкие средства личной гигиены вытесняют брусковое туалетное мыло. Аналоги более удобны в использовании и благодаря своему составу лучше передают ароматические композиции.&lt;br /&gt;
  Отличным представителем будет крем-мыло Душистый Колокольчик «Рижская Сирень». Оно обладает непревзойдённым ароматом, который останется на коже и будет радовать не только вас, но и окружающих нежными бодрящими нотками. В составе используются натуральные компоненты. Это делает крем-мыло привлекательным для приверженцев природных продуктов. Теперь кожа получит бережное питание без пересушивания и раздражения. Даже обладатели нежных кожных покровов не ощутят негативных последствий после использования.&lt;br /&gt;
  Крем-мыло оказывает увлажняющий и ухаживающих эффект, восстанавливает водно-жировой баланс и позволяет коже выглядеть свежей и подтянутой. Выпускается средство в литровом флаконе с дозатором. Такая форма выпуска позволяет экономично расходовать средство. Одного нажатия достаточно для того, чтобы тщательно вымыть руки</t>
   </si>
   <si>
     <t>603016</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9d8/9d878ac34459e5fdd9cde1ea74cfdadf/431957c132128a4e2eab316b057463de.jpeg</t>
-[...2 lines deleted...]
-    <t>Туалетное мыло NC Дегтярное, 140 г</t>
+    <t>http://anytos.ru//upload/iblock/551/551400310b4314da3b9fd904dc4557ef/ab2ab7021fd6ab1b55d320f605cba296.jpeg</t>
+  </si>
+  <si>
+    <t>Туалетное мыло NC Ланолиновое, 90 г</t>
   </si>
   <si>
     <t>Туалетное мыло от производителя Невская Косметика.&lt;br /&gt;
- Российские традиции мыловарения и старинные рецептуры позволяют гарантировать передовые очищающие свойства при использовании исключительно натуральных компонентов. Это позволяет избежать раздражений на коже и возникновения аллергических реакций.&lt;br /&gt;
-[...4 lines deleted...]
-    <t>603018</t>
+ Под воздействием внешних факторов нежные кожные покровы склонны к сухости. Интенсивный солнечный ультрафиолет делает кожные покровы безжизненными и склонными к раздражениям. На этом фоне образовываются микроморщинки и трещинки, которые могут вызывать болезненные реакции.&lt;br /&gt;
+ Избежать подобной ситуации поможет туалетное мыло Ланолиновое от производителя Невская Косметика. Оно содержит в своём составе природный жир – ланолин, который придаёт мягкость и эластичность коже, не допускает обезжиривания и пересушивания. Отлично подойдёт для применения на сухой безжизненной коже. После использования туалетного мыла поверхность напитывает необходимое количество жировых волокон без образования их излишка. Не образует лоснящегося эффекта.&lt;br /&gt;
+ Основу туалетного мыла составляет глицерин. Он дополняет действие ланолина – увлажняет и питает кожные покровы, восстанавливает природный внешний вид и придаёт естественную подтянутость и упругость. Подойдёт к применению всем членам семьи</t>
+  </si>
+  <si>
+    <t>603019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f69/f69ad3427fc7a48bd9bea2581d9e0413/e86b8209c3000f6249922d593a01958c.jpeg</t>
   </si>
   <si>
     <t>Туалетное мыло SARMA Против пятен, 140 г</t>
   </si>
   <si>
     <t>Туалетное мыло от производителя Невская Косметика.&lt;br /&gt;
  Стиральные порошки не всегда хорошо справляются с очисткой сложных загрязнений. Приходится прибегать к застирыванию. Важно при этом пользоваться эффективным средством. Иначе тщательное механическое воздействие может привести к нарушению структуры ткани.&lt;br /&gt;
  На помощь в подобных ситуациях придёт хозяйственное мыло Сарма против пятен под торговой маркой Невская Косметика. Оно отлично справится даже с самыми сложными загрязнениями. Удалит застарелые пятна. Придаст белому белью кристальную чистоту и не приведёт к потере яркости цветных тканей. Удаляет неприятные запахи и оставляет после себя приятный аромат свежести.&lt;br /&gt;
  Основу хозяйственного мыла составляет глицерин, который очищает ткани и не приводит к повреждению кожи рук. Энзим протеаза предназначен для удаления пятен белкового происхождения. Хозяйственное мыло отлично справится со сложновыводимыми пятнами от травы, молока, крови и другими. Подарит вещам идеальную чистоту и вернёт первозданный вид. Не приводит к повреждению структуры волокон</t>
   </si>
   <si>
     <t>603020</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/145/1450c3759693efd90ae6d2b9f4b472e2/cb8ad644f1002b8e59f6c57384f1d03b.jpeg</t>
-[...2 lines deleted...]
-    <t>Жидкое крем-мыло Колокольчик Молоко - мед, канистра, 5 л</t>
+    <t>http://anytos.ru//upload/iblock/35b/35be0cdc451bde2d32348455ddf47cdb/be7cf0385f0613aa01b9bd7543b8d7a8.jpeg</t>
+  </si>
+  <si>
+    <t>Жидкое мыло Колокольчик Антибактериальное , 500 мл</t>
   </si>
   <si>
     <t>Жидкое мыло от производителя ТБХ.&lt;br /&gt;
- Приобретая большой объём жидкого мыла нужно быть уверенным в его качестве и потребительских свойствах. Именно поэтому стоит отдавать предпочтения только проверенным маркам. Они позволят не получить разочарования.&lt;br /&gt;
-[...1 lines deleted...]
- Выпускается крем-мыло в пластиковой канистре объёмом 5 литров. Этого достаточно для того, чтобы сделать долгосрочный запас средствами гигиены. Фасовка отлично подойдёт для использования в общественных местах и заведениях с большим количеством персонала.&lt;br /&gt;
+ При необходимости гарантировать гигиеническую чистоту рук, лучшим решением станет использование антибактериального жидкого мыла. Оно получило широкое распространение в медицинских заведениях, но всё чаще встречается в быту.&lt;br /&gt;
+ Отлично зарекомендовало себя на практике жидкое мыло под торговым названием Антибактериальное от производителя Душистый Колокольчик. Правильно подобранные пропорции компонентов в составе позволяют не только убрать загрязнения, но и побороть бактериальный фон. Это качество пригодится при медицинских показаниях или если в семье есть дети.&lt;br /&gt;
+ Кроме того, что жидкое мыло справляется с нежелательными микроорганизмами, оно отличается бережным отношением к чувствительной коже. Даже при ежедневном использовании не приведёт к ощущениям сухости и стянутости. Глицериновые компоненты дают возможность сохранить баланс микроэлементов и питают кожные покровы.&lt;br /&gt;
  Состав: краситель, вода очищенная, комплекс ПАВ, консервант, глицерин, натрий хлористый, ароматизатор</t>
   </si>
   <si>
-    <t>603021</t>
+    <t>603023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/447/5sus35b5scrakzh1kw5qyzq8rieef2qi.jpg</t>
   </si>
   <si>
     <t>ТБХ Жидкое мыло КОЛОКОЛЬЧИК 5л.  quot;Персик quot; в ПЭТканистре</t>
   </si>
   <si>
     <t>ТБХ Жидкое мыло КОЛОКОЛЬЧИК 5л. &amp;quot;Персик&amp;quot; в ПЭТканистре *1/3 в кор</t>
   </si>
   <si>
     <t>603025</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85a/85a4272a3c720af6e473c5cda51ebcb1/37cc8bfdcfc2229490c28ac0af8648cb.jpeg</t>
   </si>
   <si>
     <t>Детское мыло NC С экстрактом ромашки, 90 г</t>
   </si>
   <si>
     <t>Детское мыло от производителя Невская Косметика.&lt;br /&gt;
  Для очистки детской кожи нужно использовать средства, которые не вызовут аллергических реакций и раздражений. Кожные покровы малышей очень тонкие и нежные. Это не позволяет применять традиционные очищающие составы.&lt;br /&gt;
  Отлично справится с поставленной задачей туалетное мыло Детское с Ромашкой под брендом Невская Косметика. Оно бережно относится к изнеженным кожным покровам, не вызывает ощущения сухости и смягчает их. Активные компоненты придают составу противоаллергические свойства. Они снимают воспаление и раздражение. Мыло изготовлено из натуральных высококачественных компонентов. Они подходят для малышей и взрослых с чувствительной кожей.&lt;br /&gt;
  Основу туалетного мыла составляет глицерин. Он является мощным увлажнителем, который доставляет частички жидкости к обезвоженным клеткам. Экстракт ромашки обладает заживляющим и антисептическим действием, снижает вероятность появления аллергических реакций. Благодаря присутствию норкового жира, компоненты проникают непосредственно ослабленным участкам и усиливают их</t>
   </si>
   <si>
     <t>603032</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ca4/ca46c35c4fc76a3b9b495cc8666bbde9/01bf184af13bae7fcad96ed8a03b1175.jpeg</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное Аист 72 , 200 г</t>
+  </si>
+  <si>
+    <t>Мыло хозяйственное от производителя ЗАО АИСТ.&lt;br /&gt;
+ Несмотря на развитие индустрии бытовой химии в ходу всегда останутся классические универсальные средства. Их действие проверено временем. Благодаря широкой области применения, решают большое количество задач.&lt;br /&gt;
+ Ярким представителем линейки является твердое хозяйственное мыло Аист 72&amp;#37;. Оно выпускается в традиционном виде, но имеет ряд усовершенствований. Повышенная плотность бруска сохраняет его в первозданном виде, несмотря на длительное хранения и продолжительный контакт с водой. Оно не размякнет и не растрескается.&lt;br /&gt;
+ Хозяйственное мыло обладает высокой моющей способностью. Содержит в составе глицерин, который бережно относится к коже рук и не вызывает ее повреждения. Мягкая пена увлажняет кожные покровы и не допускает их пересушивания. Отлично справляется с удалением пятен с тканей и очисткой твердых поверхностей. Не повреждает структуру волокон и не царапает глянцевые элементы отделки. Хозяйственное мыло поможет поддержать высокий уровень гигиены при минимальных затратах. Экономично расходуется.</t>
+  </si>
+  <si>
+    <t>603034</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/441/44137f31a388957837c345426c5a7ae8/6f6b069c7e112310512fd056e2e8d3bc.jpeg</t>
   </si>
   <si>
     <t>Мыло хозяйственное NC Универсальное, для стирки белья и мытья твердых поверхностей, 180 г</t>
   </si>
   <si>
     <t>Мыло хозяйственное от производителя Невская Косметика.&lt;br /&gt;
  Несмотря на обилие современных моющих средств женщины не перестают использовать хозяйственное мыло. Оно является универсальным средством, которое способно решить широкий спектр задач по наведению чистоты в помещении.&lt;br /&gt;
  Ярким представителем является универсальное хозяйственное мыло 72&amp;#37; под торговой маркой Невская Косметика. Его состав идеально сбалансирован. Обладает мощным очищающим эффектом и не вызывает раздражений на нежной коже рук. Это возможно благодаря составу из натуральных компонентов. В нем отсутствуют красители и ароматизаторы, которые могут вызывать раздражения на чувствительных кожных покровах.&lt;br /&gt;
  Хозяйственное мыло отлично пенится в условиях холодной и жесткой воды. Применяется как в брусковом виде, так и измельченным. Раздробленные кусочки разбухают и образуют густую моющую массу. Средство подойдет для стирки белья, влажной уборки в помещении, мытья посуды и других бытовых нужд. Обладает плотной структурой, благодаря которой не трескается при длительном хранении</t>
   </si>
   <si>
     <t>603035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/707/707a2c243703e4937f4c1a3b8cae13bf/6d5bc31b3709f8cdb6d74a79af56a3fe.jpeg</t>
+  </si>
+  <si>
+    <t>Туалетное мыло NC Бархатистое, 140 г</t>
+  </si>
+  <si>
+    <t>Туалетное мыло от производителя Невская Косметика.&lt;br /&gt;
+ Несмотря на разнообразие исполнений туалетного мыла, многие хозяйки отдают предпочтение традиционным классическим рецептам. Они используют в составе натуральные компоненты и природные, проверенные временем, добавки.&lt;br /&gt;
+ Ярким представителем является туалетное мыло Бархатистое под торговой маркой Невская косметика. В его составе нет ничего лишнего. Отсутствуют ароматизаторы и агрессивные моющие компоненты. В производство идет только высококачественное натуральное сырье. Процесс мыловарения проходит по традиционным технологиям. Средство не повреждает и не пересушивает кожные покровы. Позволяет избежать чувства стянутости и дискомфорта.&lt;br /&gt;
+ Туалетное мыло отлично пенится даже в жесткой воде. Оно не растрескивается и не расползается при воздействии высоких температур. Это позволяет использовать его в бане. Глицериновая основа способствует мощному увлажнению. Средство восстанавливает водно-жировой баланс клеток кожи и поддерживает их первозданный природный внешний вид</t>
+  </si>
+  <si>
+    <t>603041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e27/e271af10fd2fbc6d9ec2dcfb8b621115/5e6e33ae6c3de32eaf146b75046f2dd7.jpeg</t>
+  </si>
+  <si>
+    <t>Жидкое крем-мыло Колокольчик Лесной ландыш, канистра, 5 л</t>
+  </si>
+  <si>
+    <t>Жидкое мыло от производителя ТБХ.&lt;br /&gt;
+ Большая потребность в средствах личной гигиены делает нерациональными покупки маленьких флаконов. Приобретая сразу большой объём, вы получаете возможность существенно сэкономить и получить запас, которого хватит на продолжительное время.&lt;br /&gt;
+ Жидкое крем-мыло «Ландыш» под торговым названием Душистый Колокольчик выпускается в пятилитровой канистре. Этого будет достаточно для того, чтобы надолго забыть о необходимости приобретения мыла. Порадует приятный аромат, который наградит вас свежестью ландыша и сопроводит ей в течение дня. Благодаря присутствию в составе питательных компонентов крем-мыло восполняет водно-жировой баланс и позволяет избежать чувства сухости и стянутости кожи.&lt;br /&gt;
+ Крем-мыло обладает хорошими моющими качествами. Достаточно нанести небольшое количество на кожу и помассировать до образования активной пены. Легко удаляет даже сложные загрязнения. Гипоалергенный состав поможет не повредить даже чувствительную кожу.&lt;br /&gt;
+ Состав: краситель, вода очищенная, комплекс ПАВ, консервант, глицерин, натрий хлористый, ароматизатор</t>
+  </si>
+  <si>
+    <t>603043</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/834577597cc54bdd434b847a76a06362/0438ac16257c17f8123179c0449e3ce3.jpeg</t>
   </si>
   <si>
     <t>Жидкое крем-мыло Колокольчик Цветущий жасмин, канистра, 5 л</t>
   </si>
   <si>
     <t>Жидкое мыло от производителя ТБХ.&lt;br /&gt;
  Часто места общественного питания – кафетерии и рестораны, при организации работы придерживаются единого стиля. Это прослеживается в оформлении и меню. Дополнить картину помогут средства гигиены с соответствующими ароматами.&lt;br /&gt;
  Для этих целей отлично подойдёт жидкое крем-мыло «Цветущий Жасмин» под брендом Душистый Колокольчик. Нежный, утончённый цветочный аромат дополнит романтическую атмосферу и позволит посетителям ощутить расслабление и релаксацию. Пятилитрового объёма будет достаточно для месячного использования в небольшом заведении. Крем-мыло также отлично подойдёт для бытового использования. Даст возможность надолго забыть о необходимости повторного приобретения.&lt;br /&gt;
  Крем-мыло образует обильную активную пену. Благодаря чему отлично справляется даже со сложными загрязнениями. Кремовые компоненты питают клетки кожи и предотвращают её пересушивание и раздражение.&lt;br /&gt;
  Состав: краситель, вода очищенная, комплекс ПАВ, консервант, глицерин, натрий хлористый, ароматизатор</t>
   </si>
   <si>
     <t>603044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8bb/8bbbd53f54a2468362700714d176093d/e036b34c6fdbada4964b6b074daa4512.jpeg</t>
   </si>
   <si>
     <t>Туалетное мыло Absolut Алоэ, 90 г</t>
   </si>
   <si>
     <t>Туалетное мыло от производителя ВЕСНА.&lt;br /&gt;
  При выборе антибактериального туалетного мыла не приходится рассчитывать на низкую стоимость. Но гигиеническая чистота и защита от болезнетворных микроорганизмов не всегда требует больших финансовых затрат.&lt;br /&gt;
  Туалетное мыло Абсолют Алоэ успешно справляется с бактериями и отличается приятной ценой. Его действие протестировано и одобрено дерматологами. Натуральный состав не вызывает раздражений на нежных кожных покровах. Питательные компоненты восстанавливают поверхность рук, не допускают пересушивания и покраснения.&lt;br /&gt;
  В состав туалетного мыла входят экстракты алоэ и масла чайного дерева. Они увлажняют и питают кожу. Средство идеально подходит для детей. Оно очищает поры, и снижает риск появления дерматологических заболеваний. Обладает слегка уловимым ароматом травяных экстрактов. При намыливании отлично пенится. Это позволяет ему справляться даже с сильными загрязнениями. Отличается экономичным расходом. Сохраняет свою первоначальную структуру в воде и не размокает</t>
   </si>
   <si>
     <t>603045</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a25/a257e83254b140fbba23b616f0fc83b8/3341cfac36de56b455cba5e3c9427e96.jpeg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a1b/a1b52215883200119168cff4564c1dc6/fd2e4ba286c248959932d8d6e9ac7e19.jpeg</t>
   </si>
   <si>
     <t>Жидкое мыло Колокольчик Алоэ Вера, 500 мл</t>
   </si>
   <si>
     <t>Жидкое мыло от производителя ТБХ.&lt;br /&gt;
  Использование жидкого мыла всё чаще связано с его потребительскими качествами. Жидкость позволяет использовать более мощные моющие компоненты и ароматические отдушки. Благодаря этому результат не заставит себя ждать. В несколько движений вы получите идеально чистые руки.&lt;br /&gt;
  Отличным примером такого действия станет жидкое мыло Алоэ-Вера под торговым названием Душистый Колокольчик. Оно обладает превосходными моющими качествами, которые обеспечиваются идеально выверенным составом. Производители нашли единственно верное соотношение между моющими свойствами и защитой кожи рук и внедрили его. Благодаря нейтральному уровню рН, жидкое мыло поддержит естественный водно-жировой уровень и не допустит пересушивания.&lt;br /&gt;
  Порадует удобная фасовка жидкого мыла. Оно выпускается в эргономичном флаконе, оснащённом дозатором. Это позволяет экономично расходовать моющее средство. Состав: краситель, вода очищенная, комплекс ПАВ, консервант, глицерин, натрий хлористый, ароматизатор</t>
   </si>
   <si>
     <t>603047</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e3/1e33c3dcd2c491aed536382628925948/40ee5b70327f2fda4e13e9b733ae852f.jpeg</t>
-[...14 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ac/0acc8500c6b019cca90045520fc15fa1/9aeaaf59c342b297b8acc778cd48a078.jpeg</t>
   </si>
   <si>
     <t>Интимное жидкое мыло Красная линия Алоэ вера, 250 мл</t>
   </si>
   <si>
     <t>Жидкое мыло от производителя Русская Косметика.&lt;br /&gt;
  Личная гигиена подразумевает ежедневный уход за нежной кожей интимных зон. Она особенна подвержена раздражениям и воспалениям. Чтобы избежать этих неприятных явлений, нужно тщательно подходить к выбору средств по уходу.&lt;br /&gt;
  Прекрасно подойдёт для этих целей жидкое мыло Красная Линия. Оно предназначено для интимной гигиены. В составе присутствует комплекс с экстрактом Алоэ Вера. Он отлично смягчает и увлажняет поверхность, не вызывая раздражений и ощущения жжения. Благодаря сбалансированной рецептуре поддерживает нейтральный баланс рН и бережно ухаживает за интимными участками.&lt;br /&gt;
  Жидкое мыло обладает гипоаллергенными свойствами. Проверено и рекомендовано к использованию гинекологами. Теперь можно быть спокойным, что смена средства ни приведёт к появлению неприятных ощущений и образованию покраснений и аллергических реакций. Поставляется в удобном флаконе с дозатором. Он позволяет точно отмерять количество моющего средства. Одного нажатия достаточно для использования</t>
   </si>
   <si>
     <t>603049</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/27b/27b5de6b1d087812c814eca1db4bd3a3/266c53b87ae52ed5ad14e48a5dff72a0.jpeg</t>
-[...41 lines deleted...]
-    <t>616992</t>
+    <t>http://anytos.ru//upload/iblock/7e3/7e308f567e3666974cfdc451aff276cf/0cea35304f0a7e9f49b5ec0a857dff92.jpg</t>
+  </si>
+  <si>
+    <t>Жидкое мыло Колокольчик Алоэ Вера и Олива, 500 мл</t>
+  </si>
+  <si>
+    <t>Жидкое мыло от производителя ТБХ</t>
+  </si>
+  <si>
+    <t>603075</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/801/0qtvjgitfcawvbdj59usfefb56c1ivpt.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое 500 г ЗОЛОТОЙ ИДЕАЛ  quot;Алоэ-вера quot;, дозатор</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ &amp;quot;Алоэ Вера&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Объем - 500 г.Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой.Меры предосторожности: использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012. Срок годности: 24 месяца. Состав: Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Styrene/Acrylates Copolymer, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, Triclosan.</t>
   </si>
   <si>
     <t>616995</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dc/ul6flh3ywjht9ndex2vgzlt3eezr24pm.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое 500 г ЛЮБАША  quot;Хозяйственное quot;, флип-топ, 606380</t>
   </si>
   <si>
     <t>Жидкое хозяйственное мыло ЛЮБАША идеально подходит для использования как в офисе, так и дома, а также в отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает кожу, подходит для мытья кухонной утвари и стирки. Подходит для всех типов кожи и не содержит формальдегида.Способ применения: небольшое количество мыла нанесите на влажную кожу рук, взбейте пену, вымойте руки и тщательно ополосните их водой. Для мытья посуды нанесите небольшое количество средства на влажную губку, несколько раз сожмите её рукой до образования пены, вымойте посуду, затем тщательно ополосните её чистой водой. Для мытья полов разведите 60 г средства в 10 л воды, вымойте полы или поверхность с помощью тряпки или губки. Для ручной стирки разведите 100 г средства в 10 л воды. Замочите бельё на 1-2 часа или стирайте обычным способом. Для сильнозагрязнённого белья и в регионах с высокой жёсткостью воды дозировку средства увеличить в 2 раза.Меры предосторожности: следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>616996</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/203/26nrrznixhc294zgis8y8ahskyfykwra.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое с антибактериальным эффектом 5 л МЕЛОДИЯ  quot;Семь трав quot;, ПЭТ, 606986</t>
   </si>
   <si>
     <t>Жидкое мыло МЕЛОДИЯ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Обладает активным антимикробным действием и позволяет длительное время защищать Вашу кожу.&amp;nbsp;&amp;nbsp;Содержит натуральные экстракты растений &amp;#40;шалфея, подорожника, чистотела, розмарина&amp;#41;, а также триклозан – высокоэффективный антибактериальный и противогрибковый компонент. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожности:Следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 12 месяцев. Состав: вода очищенная, этоксилированный лаурилсульфат натрия, кокамидопропилбетаин, ДЭА жирных кислот кокосового масла, натуральные растительные экстракты, триклозан, минеральные соли, глицерин, парфюмерная композиция, консерванты, пищевой краситель.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>617000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f4/z3zmmcwcw6hznt4e1pbkcw9sx6pev8qn.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое ДЕТСКОЕ 500 г, ЗОЛОТОЙ ИДЕАЛ, Ромашка, дозатор, 605517</t>
   </si>
   <si>
     <t>624002</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/36d/nx7a05025lzux9kkc2m47wc9kzfclcou.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое дезинфицирующее 5 л АЛМАДЕЗ-ПРОФИ, с пролонгированным антимикробным эффектом, МАП-87</t>
+  </si>
+  <si>
+    <t>Дезинфицирующее средство в виде жидкого мыла на основе композиции гуанидин &amp;#43; ЧАС с пролонгированным эффектом для обработки рук, посуды и поверхностей. Представляет собой готовую к применению бесцветную или соответствующую цвету, применяемого красителя гелеобразную жидкость со слабым специфическим запахом или с запахом применяемой отдушки, допускается слабая опалесценция.В качестве действующих веществ средство содержит полигексаметиленгуанидингидрохлорид – 0,5&amp;#37;, алкилдиметилбензиламмоний хлорид –0,5&amp;#37;, 2-феноксиэтанол- 0,5&amp;#37;,функциональные добавки, в том числе неионогенные ПАВ, увлажняющие и ухаживающие за кожей компоненты.рН средства – 6,5±0,8.Средство обладает антимикробной активностью в отношении грамположительныхи грамотрицательных бактерий &amp;#40;кроме микобактерий туберкулеза - тестировано наMycobacterium terrae&amp;#41;, в том числе возбудителей внутрибольничных инфекций &amp;#40;ВБИ&amp;#41; –тестировано на Pseudomonas aeruginosa, кишечных инфекций, фунгицидной активностью вотношении грибов рода Кандида и Трихофитон.Средство обладает пролонгированным антимикробным эффектом не менее 4 часов.Также обладает выраженными моющими и дезодорирующими свойствами. Удаляетжировые и пигментирующие &amp;#40;в том числе застарелые&amp;#41; на обрабатываемых поверхностяхСредство дезинфицирующее &amp;#40;жидкое мыло&amp;#41; «АЛМАДЕЗ-профи» предназначенодля гигиенической обработки рук:- медицинского персонала в лечебно-профилактических учреждениях &amp;#40;больницы, поликлиники, санатории, профилактории, реабилитационные центры, медицинскиемногопрофильные центры, медсанчасти и медпункты, фельдшерские и фельдшерско-акушерские пункты, акушерские стационары, родовспомогательные учреждения, отделения новорожденных, неонатальные центры, детские стационары и отделения, диспансеры, госпитали, стоматологические клиники и отделения, стоматологические кабинеты, кабинеты диагностики, эндоскопические и колоноскопические отделения, офтальмологические, приемные отделения, смотровые кабинеты, перевязочные, кабинеты амбулаторного приема, детские стационары, отделения неонатологии, отделения интенсивной терапии и реанимации, травматологии, ожоговые отделения, станции переливания крови, кожно-венерологические учреждения и др.&amp;#41;; в учреждениях дезинфекционного профиля, включая санпропускники;- хирургов, оперирующего медицинского персонала, акушерок и других лиц,участвующих в приеме родов перед обработкой антисептиком;- работников лабораторий &amp;#40;в том числе бактериологических, клинических,диагностических и прочих&amp;#41;, аптек и аптечных учреждений;- персонала детских дошкольных и школьных учреждений, санаториев, домов отдыха,пансионатов, учреждений соцобеспечения &amp;#40;дома престарелых, инвалидов, хосписы и т. п.&amp;#41;,- работников пищевых предприятий, общественного питания, предприятий продовольственной торговли;- работников парфюмерно-косметической, химико-фармацевтической, биотехнологической и микробиологической промышленности, предприятий пищевой промышленности &amp;#40;молочная, мясная, рыбоперерабатывающая, птицеперерабатывающая, хлебопекарная, кондитерская, пивоваренная, пивобезалкогольная, по производству напитков и проч.&amp;#41;;- для гигиенической обработки рук работников птицеводческих, животноводческих,свиноводческих и звероводческих хозяйств, ветеринарных объектов;- работников и посетителей объектов коммунально-бытового обслуживания&amp;#40;гостиницы, общежития, вокзалы, общественные туалеты, прачечные, парикмахерские,массажные и косметические салоны, солярии, бани, бассейны, сауны, спортзалы и др.&amp;#41;- персонала пенитенциарных учреждений, спортивно-оздоровительных и санаторно-курортных комплексов;- сотрудников предприятий розничной торговли;- представителей силовых ведомств, в том числе спасателей МЧС, личного состава войск иформирований ГО;- для общей санитарной обработки тела &amp;#40; в том числе ноги, стопы ног и проч.&amp;#41;медицинского персонала и пациентов в ЛПУ и санпропускниках- пациентов &amp;#40;включая детей с 10 лет&amp;#41; в ЛПУ накануне оперативного вмешательства и при уходе за пациентом; санпропускниках;- пациентов учреждений соцобеспечения и социальной защиты &amp;#40;хосписы, домаинтернаты для инвалидов, лиц пожилого возраста, приюты и т.д.&amp;#41;;- для применения населением в быту &amp;#40;включая детей с 10 лет&amp;#41; для гигиеническойобработки рук, обработки ступней ног с целью профилактики грибковых заболеваний,санитарной обработки кожных покровов;- дезинфекции и мытья твердых поверхностей в помещениях, предметовобстановки, аппаратов, приборов, уборочного инвентаря и материала, резиновых и полипропиленовых ковриков, обуви в вышеперечисленных учреждениях при проведениипрофилактической и текущей дезинфекции при бактериальных и грибковых инфекциях;- для мытья и дезинфекции различной посуды &amp;#40;в том числе загрязнённой остаткамипищи&amp;#41;, других ёмкостей;- для применения населением в быту в соответствии с этикеткой для быта для дезинфекции и мытья твердых поверхностей, посуды и т.д. Состав:&amp;nbsp;&amp;nbsp;полигексаметиленгуанидин гидрохлорид – 0,5&amp;#37;, алкилдиметилбензиламмоний хлорид –0,5&amp;#37;, 2-феноксиэтанол- 0,5&amp;#37;, функциональные добавки, в том числе неионогенные ПАВ, увлажняющие и ухаживающие за кожей компоненты.</t>
+  </si>
+  <si>
+    <t>624003</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9b4/9b459155f52f4b4be5f31128b2f45e17.jpg</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла MARMO, керамика</t>
   </si>
   <si>
     <t>625969</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b0/2b09d19ad63a1f61441a22beac418e37.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое Крем-мыло КРЕМОНА 5л Нейтральное</t>
   </si>
   <si>
     <t>627379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/057/w1vryvg7zkod2xqxluc4t5vzsv36um44.jpg</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла СЕНСОРНЫЙ ЛАЙМА PROFESSIONAL, НАЛИВНОЙ, прозрачный, 0,6 л, 605391</t>
   </si>
   <si>
     <t>Автоматический дозатор для жидкого мыла и гелевых антисептиков LAIMA PROFESSIONAL обеспечивает экономичный расход и повышенный уровень гигиены. Предназначен для офисов, предприятий, торговых центров. Исключает контакт рук с поверхностью дозатора. Настенный сенсорный дозатор - автоматическая подача дезинфицирующего средства или жидкого мыла. Тип распыления - КАПЛЯ. Предназначен для офисов и предприятий, торговых центров, организаций здравоохранения. Исключает контакт рук с поверхностью дозатора.ВНИМАНИЕ! Перед установкой убедитесь, что расстояние между сенсором и поверхностью, над которой устанавливается диспенсер, превышает 30 см. В противном случае дозатор может работать нестабильно, что приведет к ложным срабатываниям механизма и выходу из строя диспенсера.Оснащен инфракрасным сенсором. Работает от четырех батареек АА. Сочетается с расходными материалами других производителей. Общий объем 0,7 л, полезный объем - 0,6 л. Батарейки в комплект не входят.Настенный сенсорный дозатор LAIMA PROFESSIONAL – незаменимое в современной действительности решение для дезинфекции рук в общественных местах. Его можно легко разместить в любом месте с большим потоком людей, где необходима быстрая и эффективная дезинфекция рук.</t>
@@ -3316,119 +3194,50 @@
   <si>
     <t>Каплесборник предназначен для сбора стекающей с рук жидкости при подаче моющих и дезинфицирующих средств. Область применения: ЛПО любого профиля и другие помещения, требующие соблюдения особого режима чистоты рук обслуживающего персонала, детские учреждения, предприятия пищевой промышленности, места общественного пользования, использование в быту и т.д.&amp;nbsp;&amp;nbsp;Гарантийный срок эксплуатации- 18 мес .&amp;nbsp;&amp;nbsp;Подходит к коду 310997.</t>
   </si>
   <si>
     <t>630271</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nika/"&gt;Ника&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/f45ab59bc8fac714b0e2c1625ae81625.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое гелевое ПРОФ аромат зеленый банан Dolphin Phin D023-5 , 5л.</t>
   </si>
   <si>
     <t>Мыло жидкое гелевое ПРОФ аромат зеленый банан Dolphin/Phin&amp;#40;D023-5&amp;#41;, 5л.</t>
   </si>
   <si>
     <t>644827</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dolphin/"&gt;Dolphin&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eaa/eaac8a0237c3e3cb3c8ffd2590538c53.jpg</t>
-[...67 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8c6/8c60bf8c30ca828953e12af15a3d6bb2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Крем-гель SHOWER  флакон 250 мл </t>
   </si>
   <si>
     <t>Крем-гель SHOWER &amp;#40;флакон 250 мл&amp;#41;</t>
   </si>
   <si>
     <t>648180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72a/72ab0920d4e35ac31255c88a5767ad98.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Крем-мыло SOFT   флакон 250 мл </t>
   </si>
   <si>
     <t>Крем-мыло SOFT  &amp;#40;флакон 250 мл&amp;#41;</t>
   </si>
   <si>
     <t>648181</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d2/9d2c5fcd64454f13d22e3884798c6b10.jpg</t>
@@ -3517,50 +3326,74 @@
   <si>
     <t xml:space="preserve"> quot;Мыло туалетное ММЗ  quot; quot;Стандарт. Морская Свежесть quot; quot;, флоу-пак, 90г quot;</t>
   </si>
   <si>
     <t>651675</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b7/4b7eb44ecee7e8e08192cb299a0d9491.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> quot;Мыло туалетное ММЗ  quot; quot;Экстра quot; quot;, Марка  quot; quot;Э quot; quot;, флоу-пак, 100г quot;</t>
   </si>
   <si>
     <t>651676</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a7/9a7619fcd27fca2966645c2a63aaa134.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное ММЗ  quot;Стандарт. Орхидея quot;, флоу-пак, 100г.</t>
   </si>
   <si>
     <t>652706</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a3/xxxrdjypeb89g8m9p17kgxu7z21xojkb.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для жидкого мыла LAIMA PROFESSIONAL ECO, НАЛИВНОЙ, 0,38л, ABS-пластик, белый, 607331</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла LAIMA PROFESSIONAL ECO подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре. Отличается компактными размерами и оригинальным дизайном. Корпус выполнен из пластика. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы.Преимущества дозатора для жидкого мыла LAIMA PROFESSIONAL ECO:1&amp;#41; Гигиеничность.2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации.4&amp;#41; Не требует особого ухода.5&amp;#41; Надежность конструкции.Объем - 0,38 л. Размер - 220х70х80 мм.ВНИМАНИЕ! Для хранения дозатора после периода эксплуатации необходимо прочистить дозирующий механизм от остатков жидкого мыла. Для этого залейте в дозатор немного воды, нажмите на кнопку дозатора несколько раз и прокачайте таким образом воду через дозирующий механизм. После этого вылейте остатки воды.</t>
+  </si>
+  <si>
+    <t>664691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65a/bzqiptzffc6ftokg4h39j7elkaq317dv.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для мыла-пены LAIMA PROFESSIONAL ECO, НАЛИВНОЙ, 1 л, белый, ABS-пластик, 606552</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла-пены LAIMA PROFESSIONAL ECO подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту. Отличается высокими эксплуатационными характеристиками. Гигиеническое оборудование давно стало неотъемлемым аксессуаром в уборной любого общественного заведения. Дозатор для жидкого мыла-пены или диспенсер – устройство для порционной выдачи мыла-пены посетителям туалетной комнаты. Объем – 1 л. Выдача мыла-пены осуществляется экономичными порциями. Диспенсер сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы. Размер – 256х133х110 мм.ВНИМАНИЕ! Чтобы открыть дозатор, вставьте ключ в замок, поверните ключ против часовой стрелки и затем нажмите на кнопку замка.Преимущества дозатора для жидкого мыла-пены LAIMA PROFESSIONAL: 1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей. 3&amp;#41; Антивандальный корпус из ABS-пластика.4&amp;#41; Легкость и простота в эксплуатации. 5&amp;#41; Не требует особого ухода. 6&amp;#41; Надежность конструкции.</t>
+  </si>
+  <si>
+    <t>664693</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e6e/px11tzph4t7lnjlz4wynohubztu38v0p.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 100 г, ММЗ, ДЕТСКОЕ  quot;СТАНДАРТ quot;</t>
   </si>
   <si>
     <t>Мыло туалетное Детское, прекрасно сочетает в себе хорошие моющие и гигиенические свойства с благотворным влиянием на кожу. Предназначено для мытья рук и тела.Изготовлено из натуральных жиров и масел в соответствии с ГОСТ 28546-2002. Состав: натриевые соли жирных кислот пищевых жиров, пальмового и кокосового масел, вода, парфюмерная композиция, глицерин, хлорид натрия, антал П-2, диоксид титана.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>673343</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mmz/"&gt;ММЗ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39e/jatmsu7vqx8x79k0k1rhm7hjqi27x39w.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 100 г, ММЗ, СТАНДАРТ  quot;Ежевика quot;</t>
   </si>
   <si>
     <t>Туалетное мыло прекрасно сочетает в себе хорошее моющее свойство с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Изготовлено из натуральных жиров и масел в соответствии с ГОСТ 28546-2002. Натриевые соли жирных кислот животных жиров и растительных масел, вода, диоксид титана, лимонная кислота, глицерин, триэтаноламин, диэтиленгликоль, ПЭГ-9, динатриевая соль ЭДТА, натрий карбоксиметилцеллюлоза, эфирные масла, парфюмерная композиция, натрия хлорид.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>673344</t>
@@ -3601,60 +3434,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5c9/4xcrr1sx7r2pu1q38vqr700bevg1xqcs.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 65 , 200 г, ММЗ, без упаковки</t>
   </si>
   <si>
     <t>Хозяйственное мыло является выгодной альтернативой другим моющим средствам, производится из натурального природного сырья и предназначено для санитарно-гигиенических и хозяйственных целей: мытья рук, посуды, стирки в горячей и холодной воде.</t>
   </si>
   <si>
     <t>673348</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/798/fqyihn9ne0p0ywktxw326a4nuzhkergs.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72 , 200 г, ММЗ, без упаковки, штрихкод транспортной упаковки 70614</t>
   </si>
   <si>
     <t>Хозяйственное мыло с содержанием жирных кислот не более 72&amp;#37;. Обладает отличными моющими и дезинфицирующими свойствами. Применимо для санитарно-гигиенических целей и стирки изделий из всех типов тканей. Изготовлено из натуральных жиров и масел. Состав: натриевые соли жирных кислот натуральных жиров и масел, вода, глицерин, хлорид натрия, антиоксидант.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>673349</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ad/tdvd7sdh433qwta62p76ld32z05aubm0.jpg</t>
-[...8 lines deleted...]
-    <t>682207</t>
+    <t>http://anytos.ru//upload/iblock/702/ziek7wcvf4yf17jd9rdd670ir81qzwcz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мыло туалетное 100 г ММЗ НЕЙТРАЛЬНОЕ  марка Н </t>
+  </si>
+  <si>
+    <t>Туалетное мыло марки НЕЙТРАЛЬНОЕ не содержит содопродуктов и имеет высокий показатель пенообразования. Благодаря отдушкам премиального качества имеет насыщенный нейтральный аромат. Глицерин, входящий в состав туалетного мыла, смягчает и увлажняет кожу. Изготовлено из натуральных жиров и масел. Предназначено для мытья рук и тела. ГОСТ 28546-2002. Состав: натриевые соли жирных кислот натуральных пищевых жиров, пальмового и кокосового масел, лауриновая кислота, вода, парфюмерная композиция, глицерин, хлорид натрия, антал П-2, диоксид титана.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>694581</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/671/7x4pqt7hjxrp4q3v0mx1ko38ee9wul4q.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мыло туалетное 100 г ММЗ ЭКСТРА  марка Э </t>
   </si>
   <si>
     <t>Туалетное мыло марки ЭКСТРА имеет повышенное пенообразование. Благодаря отдушкам премиального качества отличается тонким ароматом. Глицерин, входящий в состав туалетного мыла, смягчает и увлажняет кожу. Изготовлено из натуральных жиров и масел. ГОСТ 28546-2002Состав: натриевые соли жирных кислот натуральных пищевых жиров, пальмового и кокосового масел, вода, парфюмерная композиция, глицерин, хлорид натрия, антал П-2, диоксид титана.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>694582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32a/adj3fdy8k8uq8j5ki9rtwvuhmmfzqofe.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 200 г ММЗ СТАНДАРТ  quot;Банное quot;</t>
   </si>
   <si>
     <t>Туалетное мыло прекрасно сочетает в себе хорошее моющее свойство с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Глицерин, входящий в состав туалетного мыла, смягчает и увлажняет кожу. Изготовлено из натуральных жиров и масел. ГОСТ 28546-2002. Состав: натриевые соли жирных кислот натуральных пищевых жиров, пальмового и кокосового масел, вода, парфюмерная композиция, глицерин, хлорид натрия, антал П-2, диоксид титана.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>694583</t>
   </si>
@@ -3721,179 +3554,143 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c46/7rkawhkree1xu02ouss53hspmmo5zru1.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое OfficeClean  quot;Детское quot;,  quot;Оливковое масло и алоэ quot;, с дозатором, 300мл</t>
   </si>
   <si>
     <t>Мыло-крем жидкое OfficeClean &amp;quot;Детское&amp;quot;, &amp;quot;Оливковое масло и алоэ&amp;quot; , с дозатором, 300мл.&amp;nbsp;&amp;nbsp;Эффективно очищает, увлажняет, придаёт мягкость коже рук. Специальные компоненты дополнительно питают кожу рук во время мытья. Состав: Aqua, Sodium Laureth Sulfate, Sodium Chloride, Cocamide DEA, Cocamidopropyl Betaine, Styrene/Acrylates Copolymer, Parfum, DMDM Hydantoin, Triclosan, Olive Oil Glycereth-8 Esters, Methylchloroisothiazolinone, Methylisothiazolinone, C.I. 42090, C.I. 19140.</t>
   </si>
   <si>
     <t>710891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/236/v1e50ys689d18bd1s8zf78tzpezh6b4e.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое OfficeClean Professional  quot;Антибактериальное quot;, с ромашкой, канистра, 5л</t>
   </si>
   <si>
     <t>Мыло-крем жидкое OfficeClean Professional &amp;quot;Антибактериальное&amp;quot;, с ромашкой, канистра, 5л. Мыло обладает антибактериальными свойствами, приятным ароматом и пышной пеной.&amp;nbsp;&amp;nbsp;Эффективно очищает, увлажняет, придаёт мягкость коже рук. Специальные компоненты дополнительно питают кожу рук во время мытья. Состав: Вода очищенная, лауретсульфат натрия, хлорид натрия, диэтаноламид жирных кислот кокосового масла, кокамидопропилбетаин, парфюмерная композиция, триклозан, консервант &amp;#40;ДМДМ гидантоин, метилхлороизотиазолинон, метилизотиазолинон&amp;#41;, краситель Е 102.</t>
   </si>
   <si>
     <t>710892</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6df/211au87o0eovupwpgslh2r0ekbig5odf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/914/ddvlx1xfqtje8any95k3429xdcoqsopo.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое c АНТИБАКТЕРИАЛЬНЫМ ЭФФЕКТОМ, 5 л, ЗОЛОТОЙ ИДЕАЛ DELUXE  quot;Зеленый чай quot;, перламутровое, 607499</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ &amp;quot;Зеленый чай&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Мыло-крем смягчает и питает кожу, обладает увлажняющими и антибактериальными свойствами, pH-нейтральный. Благодаря комбинации мягкой моющей основы с биологически активными веществами, мыло идеально подходит для ежедневного применения, кожа остается нежной и эластичной.Способ применения: нанести небольшое количество мыла на влажную кожу, вспенить, смыть водой. Состав: очищенная вода, лауретсульфат натрия, хлорид натрия, этиленгликольдистеарат, диэтаноламид жирных кислот кокосового масла, бетаин, глицерин, цитрат натрия, лимонная кислота, парфюмерная композиция, 2-бром-2-нитропропан-1,3-диол, триклозан, краситель Е102, краситель Е133.Срок годности: 3 года с даты изготовления. Соответствует ГОСТ 31696-2012.</t>
   </si>
   <si>
     <t>778844</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/177/bb54m5h7vffxy37t4vrhr1li8dnfgnoe.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое DELUXE, 5 л, ЗОЛОТОЙ ИДЕАЛ  quot;Персик quot;, перламутровое, 607496</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ &amp;quot;Персик&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Нежное мыло-крем смягчает и питает кожу, обладает увлажняющими свойствами. Идеально подходит для ежедневного применения, pH-нейтральное. Поддерживает естественный баланс кожи. Дарит ощущение свежести и нежно ухаживает за кожей.Способ применения: нанести небольшое количество мыла на влажную кожу, вспенить, смыть водой. Состав: очищенная вода, лауретсульфат натрия, хлорид натрия, этиленгликольдистеарат, диэтаноламид жирных кислот кокосового масла, бетаин, глицерин, цитрат натрия, лимонная кислота, парфюмерная композиция, 2-бром-2-нитропропан-1,3-диол, краситель Е110, краситель Е122. Срок годности: 3 года с даты изготовления. Соответствует ГОСТ 31696-2012.</t>
   </si>
   <si>
     <t>778845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/200/hmg4nrnq8l21je21v70bl302sma3tpoe.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое DELUXE, 5 л, ЗОЛОТОЙ ИДЕАЛ  quot;Розовый шелк quot;, перламутровое, 607498</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ &amp;quot;Розовый шелк&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Нежное мыло-крем смягчает и питает кожу, обладает увлажняющими свойствами. Идеально подходит для ежедневного применения. pH-нейтральное. Поддерживает естественный баланс кожи. Дарит ощущение свежести и нежно ухаживает за кожей.Способ применения: нанести небольшое количество мыла на влажную кожу, вспенить, смыть водой. Состав: очищенная вода, лауретсульфат натрия, хлорид натрия, этиленгликольдистеарат, диэтаноламид жирных кислот кокосового масла, бетаин, глицерин, цитрат натрия, лимонная кислота, парфюмерная композиция, 2-бром-2-нитропропан-1,3-диол, краситель Е102, краситель Cl45100.Срок годности: 3 года с даты изготовления. Соответствует ГОСТ 31696-2012.</t>
   </si>
   <si>
     <t>778846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ba/he4882025pqwb3j0lygtuzfklevuggub.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72  150гр кусковое</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72&amp;#37; 150гр кусковое</t>
   </si>
   <si>
     <t>788138</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/697/nb0mvs7lxofvb2awgd8g8716ikic12jy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc9/91349idugshr23lch7smf9mnrwvu3wt1.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое с АНТИБАКТЕРИАЛЬНЫМ ЭФФЕКТОМ, 5 л, ЗОЛОТОЙ ИДЕАЛ  quot;Холодная мята quot;, 607490</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Мягкое, нежное средство для мытья рук. Обладает увлажняющим и антибактериальным эффектом. В основе средства лежит смесь очищающих и увлажняющих добавок, которые придают ощущение чистоты и свежести, не вызывая сухости кожи.Способ применения: небольшое количество мыла нанести на влажную кожу, вспенить и смыть водой. Состав: Aqua, Sodium Laureth Sulfate, Сосomidopropyl Betain, Сocamid DEA, Sodium Chloride, Styrene/Acrylates Copolymer, Citric Acid, Glycerin, EDTA, Parfum, Benzyl Benzoate, Methylchloroisothiazolinone, Methylisothiazolinone, CI 19140, CI 42090.Срок годности: 36 месяцев с даты изготовления. Соответствует ГОСТ Р 31696-2012.</t>
   </si>
   <si>
     <t>852637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8a/kzazqyz822whcnxbgwcor0316qh036u1.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое, 5 л, ЗОЛОТОЙ ИДЕАЛ  quot;Бархатистый апельсин-манго quot;, 607492</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Мягкое, нежное средство для мытья рук. Обладает увлажняющим эффектом. В основе средства лежит смесь очищающих и увлажняющих добавок, которые придают ощущение чистоты и свежести, не вызывая сухости кожи.Способ применения: небольшое количество мыла нанести на влажную кожу, вспенить и смыть водой. Состав: Aqua, Sodium Laureth Sulfate, Cocamidopropyl Betaine, Сocamide DEA, Sodium chloride, Styrene/Acrylates Copolymer, Citric Acid, Glycerin, EDTA, Parfum, Methylchloroisothiazolinone, Methylisothiazolinone, CI 15985.Срок годности: 36 месяцев с даты изготовления. Соответствует ГОСТ Р 31696-2012.</t>
   </si>
   <si>
     <t>852638</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d9/7icg6jyeyvnkli1y9n0ar9yg7s511p16.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое, 5 л, ЗОЛОТОЙ ИДЕАЛ  quot;Ваниль и кокос quot;, 607491</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Мягкое, нежное средство для мытья рук. Обладает увлажняющим эффектом. В основе средства лежит смесь очищающих и увлажняющих добавок, которые придают ощущение чистоты и свежести, не вызывая сухости кожи.Способ применения: небольшое количество мыла нанести на влажную кожу, вспенить и смыть водой. Состав: Aqua, Sodium Laureth Sulpate, Cocamidopropyl Betaine, Сocamide DEA, Sodium chloride, Styrene/Acrylates Copolymer, Citric Acid, Glycerin, EDTA, Parfum, Methylchloroisothiazolinone, Methylisothiazolinone, CI 14720.Срок годности: 36 месяцев с даты изготовления. Соответствует ГОСТ Р 31696-2012.</t>
   </si>
   <si>
     <t>852639</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/342/fakhmxemcjv61a397idud8gjbt7iaagy.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое, 5 л, ЗОЛОТОЙ ИДЕАЛ  quot;Фруктовая карамель quot;, 607489</t>
   </si>
   <si>
     <t>852640</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f0/i8rnr79ttyvmasbr0qrspg9jzv6059jb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/92b/s2cbmrx9ef90p8zkn14urofl87z548km.jpg</t>
   </si>
   <si>
     <t>Дозатор для мыла-пены СЕНСОРНЫЙ настольный LAIMA, НАЛИВНОЙ, 0,3 л, ABS-пластик, белый, 607324, X-5507F</t>
   </si>
   <si>
     <t>Бесконтактный настольный сенсорный дозатор для мыла-пены LAIMA обеспечивает максимальную гигиеничность и комфорт при мытье рук. Оснащен механизмом вспенивания, что делает расход мыла более экономичным. Дозатор наливной. Работает от трех батареек АА. Модель оборудована инфракрасным сенсором, благодаря чему процесс мытья рук становится комфортным и максимально безопасным. Датчик реагирует на движение под носиком устройства, и дозатор сразу же выдаёт мыльную пену. Механизм вспенивания позволяет значительно сократить расход средства. На выходе он превращает мыло-пену в пенообразную смесь, подача которой производится в течение 0,25 секунд после поднесения рук. Дозатор является наливным, то есть не придется постоянно покупать сменные картриджи. Просто открутите прозрачный контейнер и заново заправьте его средством. В комплект входит силиконовая воронка для комфортной заправки диспенсера расходными материалами.Если нужно выключить дозатор, чтобы сэкономить батарейки или случайно не забрызгаться, то просто нажмите на серую кнопку в верхней части корпуса. Важной особенностью данной модели является возможность заправки не только мылом-пеной, но и обычным жидким мылом. Для этого нужно смешать жидкое мыло с водой в соотношении 1:3. Также дозатор может стать незаменимым помощником на кухне. Просто заправьте его средством для мытья посуды, предварительно смешав его с водой также в соотношении 1:3 и наслаждайтесь новым уровнем комфорта при ежедневной работе на кухне.Дозатор является переносным, поэтому его не нужно монтировать. Достаточно поставить на край раковины или в любое место, где он нужен в данный момент. Корпус устройства изготовлен из надежного, ударопрочного пластика. Питание устройства осуществляется от трех батареек типа АА. Батарейки в комплект не входят.</t>
   </si>
   <si>
     <t>854382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ba/ibsu7rgw5pxkwlu56w5slz9x4jiuokz8.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом KEMAN нейтральное бесцветное S1 1000мл 100024-БЦ1000</t>
   </si>
   <si>
     <t>880552</t>
   </si>
   <si>
     <t>&lt;a href="/brands/keman/"&gt;Keman&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/384/hj7geqidnnbeg653ndsu5einwk1g6dvi.jpg</t>
@@ -3925,71 +3722,71 @@
   <si>
     <t>880575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca9/y4ibyt2ssekc6014o0ztf7w6ojbgzo18.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое Бархат Эконом с антибактериальным эффектом Ромашка 5л</t>
   </si>
   <si>
     <t>880587</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a17/5xkxk156jhw8ig0y2faelurs5cyhtfvl.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное ABSOLUT PRO серебро гиалурон 90гр 6202</t>
   </si>
   <si>
     <t>Мыло туалетное ABSOLUT PRO серебро&amp;#43;гиалурон 90гр 6202</t>
   </si>
   <si>
     <t>880591</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f4/ylsn4h4bg4zjrnia2940kjy1oe1masfk.jpg</t>
-[...5 lines deleted...]
-    <t>899285</t>
+    <t>http://anytos.ru//upload/iblock/434/xdup8p5fxgmjobsp4cm04z0znqzwq1fr.jpg</t>
+  </si>
+  <si>
+    <t>Картридж с жидким мылом KEMAN пен нейтрал S4 1000мл 100025-БЦ1000</t>
+  </si>
+  <si>
+    <t>899284</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/119/3bp83qcsb69avpzkw8n4cc5n22q6ys5i.jpg</t>
+  </si>
+  <si>
+    <t>Картридж с жидким мылом Флородель гель-мыло мягкое S1 1000мл</t>
+  </si>
+  <si>
+    <t>899287</t>
   </si>
   <si>
     <t>&lt;a href="/brands/florodel/"&gt;Флородель&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/119/3bp83qcsb69avpzkw8n4cc5n22q6ys5i.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/09c/55xa07hf2lzdjj0pxt04mvlzx6tsqe5u.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом Флородель гель-мыло универсальное лимон S2 500мл</t>
   </si>
   <si>
     <t>899288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e8/kqvmcch25sshuurh7rspkox4jd0m0s7m.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом Флородель крем-мыло без запаха S1 1000мл</t>
   </si>
   <si>
     <t>899289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/998/7zs8wwsaha7kylvaty2uhkngq2njq9gx.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом Флородель крем-мыло без запаха S2 500мл</t>
   </si>
   <si>
     <t>899290</t>
@@ -4123,59 +3920,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/192/9cjy84p73cznm5f92inllc8414rv9dec.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72  без обертки 200 гр. МКХ0721</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72&amp;#37; без обертки 200 гр. МКХ0721</t>
   </si>
   <si>
     <t>899336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/691/jqnd7e7d4y6qmh0h0bwgy0kl8oonwoqj.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое Клевер перламутр. Яблоко 5л.</t>
   </si>
   <si>
     <t>904998</t>
   </si>
   <si>
     <t>&lt;a href="/brands/akvalon/"&gt;Аквалон&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c5/79ileegvbdyw9y55wnwm7w40zngzksbf.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f68/k7uym0yumd0z0j21u6vqhoe9ug2wpsi6.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное в прозрач. обертке флоупак 90гр. МКТУ3521</t>
   </si>
   <si>
     <t>905004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/460/qt76f0e9cg3odlgsprwcz958wtpb6vp8.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное в прозрачной обертке флоупак ТМ Ординарное 100 гр. МКТУ1921</t>
   </si>
   <si>
     <t>905005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e5/69nr6efj8wg836z9az52br2uqxjgxfai.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Детское в прозрачной обертке флоупак 100гр. МКТУ1521</t>
   </si>
   <si>
     <t>905006</t>
@@ -4216,440 +4004,263 @@
   <si>
     <t>http://anytos.ru//upload/iblock/898/99qwrv6uh37ggd8gxteofzcidfsjyls5.jpg</t>
   </si>
   <si>
     <t>СВОБОДА АЛИСА Мыло для Нежной и Чувствительной кожи 150 гр, арт.1320107</t>
   </si>
   <si>
     <t>Детское мыло бережно очищает нежную кожу ребенка. Уникальная формула сочетает растительные очищающие и ухаживающие компоненты. Природный глицерин и экстракт тысячелистника смягчают и увлажняют кожу, обеспечивают противовоспалительное действие. Не содержит красителей. Рекомендовано для детей с первых дней жизни. Состав: Sodium Palmate, Aqua, Sodium Palm Kernelate, Glycerin, Helianthus Annuus &amp;#40;Sunflower&amp;#41; Oil, Achillea Millefolium Extract, Parfum, Sodium Chloride, Tetrasodium Etidronate, Triethanolamine, Disodium EDTA, Benzoic Acid, PEG-9, Citric Acid, Titanium Dioxide.</t>
   </si>
   <si>
     <t>921987</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b1/t4env0ds59o6tt73eph8ikvl3s9l7ue0.jpeg</t>
   </si>
   <si>
     <t>СВОБОДА ТИК-ТАК Мыло Нейтральное для детей 0  с Оливковым Молочком Гипоаллергенное 90г, арт.1321456</t>
   </si>
   <si>
     <t>Детское нейтральное мыло «Тик-Так» с оливковым молочком вырабатывается из высококачественных натуральных тропических масел. Обладает высокой моющей и пенообразующей способностью, прекрасно очищает кожу и улучшает ее гигиеническое состояние. Натуральный глицерин, входящий в состав мыла способствует смягчению кожи. Оливковое молочко, богатое незаменимыми жирными кислотами, оказывает смягчающее, увлажняющее и успокаивающее действия на детскую кожу.</t>
   </si>
   <si>
     <t>922005</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d0d/nppguqxxgw6nrin4yu5thkc6uo1qqdrj.jpg</t>
+  </si>
+  <si>
+    <t>ВЕСНА МАЛЫШАМ Мыло 90гр., 6 штук, арт.1141</t>
+  </si>
+  <si>
+    <t>Состав вода 16&amp;#37;, глицерин 12&amp;#37;, гидроксид натрия 7&amp;#37;, натрия хлорид 9&amp;#37;, парфюмерная композиция 8&amp;#37;, натриевые соли жирных кислот пальмового масла 14&amp;#37;, натриевые соли жирных кислот кокосового масла 14&amp;#37;, тетранатрия эдта 7&amp;#37;, д-пaнтенол 13&amp;#37; Описание Крем-мыло детское &amp;quot;Увлажняй-ка!&amp;quot;, Д-пантенол. Детское крем-мыло Д-пантенол идеально для бережного очищения кожи новорожденного. Деликатная крем-формула не сушит кожу малыша и дарит ощущение невероятной мягкости и комфорта. Д-пантенол &amp;#40;провитамин В5&amp;#41; - обладает мощным восстанавливающим и заживляющим действием, мгновенно проникая в глубокие слои эпидермиса. Крем-мыло гипоаллергенно. Крем-мыло хорошо пенится, следов на одежде ребёнка не оставляет. Крем-мыло имеет очень приятный запах.В комплекте 6 шт.</t>
+  </si>
+  <si>
+    <t>922008</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pkk-vesna/"&gt;ПКК Весна&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dec/lwtykw5eui0fi4opvwp61t440iij6xtl.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Мыло туалетное твердое 90гр ГЛАВАПТЕКА Вазелиновое, 6 штук, арт. 1783</t>
   </si>
   <si>
     <t>922009</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/pkk-vesna/"&gt;ПКК Весна&lt;/a&gt;</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/96f/5l845embtgpc3y9j95t7btkema71oncv.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр Освежающее Антибактериальное, 6 штук, арт.6060</t>
   </si>
   <si>
     <t>Состав вода 11&amp;#37;, глицерин 10&amp;#37;, гидроксид натрия 4&amp;#37;, натрия хлорид 8&amp;#37;, парфюмерная композиция 9&amp;#37;, натриевые соли жирных кислот пальмового масла 11&amp;#37;, натриевые соли жирных кислот кокосового масла 12&amp;#37;, натриевые соли жирных кислот натуральных жиров 12&amp;#37;, Масло чайного дерева 5&amp;#37;, триклокарбан 6&amp;#37;, отбеливатели оптические 6&amp;#37; Описание Мыло туалетное &amp;quot;Absolut&amp;quot; &amp;#40;Абсолют&amp;#41; Classic антибактериальное Освежающее, изготовленное из высококачественного сырья на основе натуральных компонентов. В состав мыла входит масло чайного дерева, которое обеспечивает эффективное увлажнение и очищение кожи. Мыло имеет приятный аромат, спокойный, который быстро улетучивается. Мыло Освежающее является антибактериальным. Не заменимое мыло на даче!</t>
   </si>
   <si>
     <t>922012</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f29/ptt9thffbb6avazksiqpxc8q1yiddczc.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр Ультразащита Антибактериальное, арт.6059</t>
   </si>
   <si>
     <t>Состав вода 11&amp;#37;, глицерин 10&amp;#37;, гидроксид натрия 4&amp;#37;, натрия хлорид 8&amp;#37;, парфюмерная композиция 9&amp;#37;, натриевые соли жирных кислот пальмового масла 11&amp;#37;, натриевые соли жирных кислот кокосового масла 12&amp;#37;, натриевые соли жирных кислот натуральных жиров 12&amp;#37;, Масло чайного дерева 5&amp;#37;, триклокарбан 6&amp;#37;, отбеливатели оптические 6&amp;#37; Описание Антибактериальное мыло Absolut Classic это природная защита для всей семьи. Мыло с приятным запахом, хорошо очищает кожу от вредных бактерий, не вызывает раздражений, не сушит кожу. Мыло подходит для использования людьми с нормальной и чувствительной кожей. Мыло хорошо держит форму. Антибактериальное мыло Absolut прекрасно подходит для рук, фруктов, овощей, разделочных досок. Мыло хорошо справляется с жиром.</t>
   </si>
   <si>
     <t>922013</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/31c/phs4s30lja7ptlp9tak0bty3cyhbbs7p.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр 2в1 Антибактериальное Масло Чайного дерева   пантенол 6 72шт, арт.6058</t>
   </si>
   <si>
     <t>Мыло твердое антибактериальное &amp;quot;Absolut&amp;quot; Classic Нежное обеспечивает безопасную защиту от бактерий. В составе мыла есть натуральный экстракт масла чайного дерева. Мыло подходит для любого типа кожи. В комплекте - 6 шт.</t>
   </si>
   <si>
     <t>922014</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/64c/v87gqf7wvau7bdsnyj6kwg7kpj0m5oz9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c8/lu9832vfz5zle3i9uuys39y1h0w4f8wm.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Мыло туалетное твердое Народное ГОСТ  Хвойное  в пленке ППП, 140гр., арт.1700</t>
   </si>
   <si>
     <t>ВЕСНА Мыло туалетное твердое Народное ГОСТ &amp;#40;Хвойное&amp;#41; в пленке ППП, 140гр., арт.1700</t>
   </si>
   <si>
     <t>922016</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8c7/cnxjaj80euds599kndd0lp2jthtmerhd.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/33e/bryr4lzdzbfbiot9ncyr5eg16xmlyf8z.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Мыло 90гр Детское Регенерирующее  с экстрактом череды  6 штук, арт.6114</t>
   </si>
   <si>
     <t>ВЕСНА Мыло 90гр Детское Регенерирующее &amp;#40;с экстрактом череды&amp;#41; 6 штук, арт.6114</t>
   </si>
   <si>
     <t>922019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e28/j4gyvylt51q29zvcgfypp4u9ghz72cn3.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр Алое Антибактериальный, 6 штук, арт.6061</t>
   </si>
   <si>
     <t>Состав вода, глицерин, гидроксид натрия, парфюмерная композиция, хлорид натрия, Масло чайного дерева Описание Антибактериальное жидкое мыло Absolut ABS Ультразащита. Первое мыло с инновационным антибактериальным комплексом. Абсолютное преимущество. Абсолютная защита от бактерий. Двойная сила против бактерий. В комплекте - 6 шт.</t>
   </si>
   <si>
     <t>922020</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37e/2lva0og74w3umad4ldviknwua9dd71bv.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/970/ocqaz76ph42z3dwt3vyeghqw273ri5z6.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр KIDS Календула Антибактериальное, арт.6063</t>
   </si>
   <si>
     <t>Состав вода, глицерин, гидроксид натрия, парфюмерная композиция, хлорид натрия, экстракт календулы Описание Мыло детское Absolut Kids &amp;quot;Календула&amp;quot;, антибактериальное, 90 г обладает противовоспалительным и смягчающим действием, сохраняет кожу нежной и здоровой. Предназначено для людей любого возраста. Рекомендовано для нежной и чувствительной кожи. Очищает, смягчает и защищает от внешних воздействий. Не вызывает аллергии, не приводит к раздражению. Не содержит красителей. В комплекте 6шт.</t>
   </si>
   <si>
     <t>922023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/761/n1yy7ks4pijpr1be2mbu06hgm8wtk7q3.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Жидкое Мыло ABS Ультразащита Антибактериальное 250мл, арт.5062</t>
   </si>
   <si>
     <t>Антибактериальное жидкое мыло Absolut «ABS Ультразащита». Первое мыло с инновационным антибактериальным комплексом. Абсолютное преимущество. Абсолютная защита от бактерий. Двойная сила против бактерий.</t>
   </si>
   <si>
     <t>922024</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6e0/4bo2n85lnqmcwndtzyezmlyebqgrusss.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a10/udp39zjji32b9zbqsy1ajrwewphx01h6.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Жидкое Мыло Алоэ Антибактериальное 250мл, арт.5064</t>
   </si>
   <si>
     <t>Антибактериальное жидкое мыло Absolut «FitoGuard Алоэ». Содержится 3 природных антибактериальных компонента. Абсолютная защита от бактерий.</t>
   </si>
   <si>
     <t>922026</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec4/thwagfb7i37svucf1sftza6spevnidpu.jpg</t>
-[...74 lines deleted...]
-    <t>ВЕСНА Мыло Детское Нейтральное, 4х75г, арт.6113</t>
+    <t>http://anytos.ru//upload/iblock/2e2/3vmdlobp3bytqduvu7c3ei0a9e9if8n8.jpg</t>
+  </si>
+  <si>
+    <t>ВЕСНА Мыло 90гр  quot;Земляника со сливками quot;, 6 штук, арт.6090</t>
+  </si>
+  <si>
+    <t>Твердое туалетное мыло &amp;quot;Весна&amp;quot; – это универсальный выбор моющего средства. Предлагаемое изделие имеет натуральную основу, а потому совершенно безопасно для здоровья человека. Превосходные органолептические свойства продукта обеспечивают эффективное пенообразование и устойчивый аромат, а благодаря выраженной кремовой консистенции мыло «Земляника со сливками», 90 г не сушит кожу. На нашем каталоге вы можете выбрать товар, полностью соответствующий вашим представлениям об идеальных принадлежностях для ванны и душа. Отпускается по 6 шт.</t>
+  </si>
+  <si>
+    <t>922036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e01/q9qmo7h7jr3xd8o75e9j8njxnjugn6w9.png</t>
+  </si>
+  <si>
+    <t>ВЕСНА Мыло 90гр  quot;Олива и миндальное молочко quot;, 6 штук, арт.6088</t>
+  </si>
+  <si>
+    <t>ВЕСНА Мыло 90гр &amp;quot;Олива и миндальное молочко&amp;quot;, 6 штук, арт.6088</t>
+  </si>
+  <si>
+    <t>922037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/101/asglu96erl2s0lby4sm2guh2xjuv0wic.png</t>
+  </si>
+  <si>
+    <t>ВЕСНА Жидкое Мыло 280мл  quot;Земляника со сливками quot;, арт.5099</t>
+  </si>
+  <si>
+    <t>Крем-мыло жидкое обладает нежным ароматом, эффективно очищает руки от микробов и бережно ухаживает за ними. Увлажняет и насыщает кожу витаминами и полезными микроэлементами. Подходит для ежедневного применения всей семьи. Способ применения: нанести небольшое количество жидкого мыла на влажную кожу, вспенить, смыть теплой водой. Состав: вода, лауретсульфат натрия, хлорид натрия, кокамид ДЭА, лаурилгликозид, парфюмерная композиция &amp;#40;бензилсалицилат, бутилфенилметилпропиональ, лимонен&amp;#41;, кислота лимонная,ЭДТА тетранатрия или ЭДТА динатрия, консервант, C.I. 14720, 1625</t>
+  </si>
+  <si>
+    <t>922039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d8/0alcbohgs1ny8534iwz0xfyfuo2myyf9.png</t>
+  </si>
+  <si>
+    <t>ВЕСНА Жидкое Мыло 280мл  quot;Олива и Миндальное молочко quot;, арт.5097</t>
+  </si>
+  <si>
+    <t>922040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/477/egv1mrbonriazse5o54cspgg87v4epbb.png</t>
+  </si>
+  <si>
+    <t>ВЕСНА Жидкое Мыло 280мл  quot; Алое и Овсяное Молочко quot;, арт.5098</t>
+  </si>
+  <si>
+    <t>922041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/681/6ppwtsupkuvve3jr2ztupkvb6j9fp129.jpg</t>
+  </si>
+  <si>
+    <t>ВЕСНА Мыло 90гр Детское с экстрактом Календулы, 6 штук, арт.6101</t>
+  </si>
+  <si>
+    <t>922043</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b2/es8ft1k5kq795abfkvjujw6xn1u57tye.jpg</t>
+  </si>
+  <si>
+    <t>ВЕСНА Мыло Детское с маслом Оливы, 90г, 6 штук, арт.6102</t>
+  </si>
+  <si>
+    <t>922044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/302/8wkwctkh4abk3ahmf4avu1p2ut7k2atk.jpg</t>
+  </si>
+  <si>
+    <t>ВЕСНА Крем-Мыло 90гр Детское Увлажняющее  с овсяным молочком  6 штук, арт.6104</t>
   </si>
   <si>
     <t>Состав вода 7&amp;#37;, глицерин 7&amp;#37;, ланолин 7&amp;#37;, цетеариловый спирт 7&amp;#37;, оливковое масло 7&amp;#37;, череды экстракт 17&amp;#37;, парфюмерная композиция 7&amp;#37;, этиленгликоль дистеарат 7&amp;#37;, воск эмульсионный 10&amp;#37;, куриное масло 17&amp;#37;, моноглицериды дистиллированные 7&amp;#37; Описание Натуральный, безопасный крем для детей с первых дней жизни. Крем детский Весна с экстрактом череды деликатно увлажняет и успокаивает нежную кожу малыша. Экстракт череды улучшает обменные процессы, восстанавливает даже проблемную и склонную к аллергии кожу. Консистенция крема с экстрактом череды однородная, очень легкая, приятная, не жирная, белого цвета. Впитывается крем быстро, не оставляет жирности, липкости. Крем имеет приятный травянистый аромат. Крем детский Весна с экстрактом череды можно использовать после бритья на раздраженную кожу. Крем детский Весна с экстрактом череды быстро снимает раздражения, покраснения и увлажняет кожу.</t>
   </si>
   <si>
-    <t>922033</t>
-[...109 lines deleted...]
-  <si>
     <t>922045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/512/6jdzbv10cvqb7t07toudir0hlty2u11o.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Крем-Мыло 9 гр Детское Питательное  с норковым жиром  6 штук, арт.6105</t>
   </si>
   <si>
     <t>922046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/292/2nwfa742ko00u7xd0txki1ldv0tr9t72.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Мыло Детское с маслом Оливы, 4х75г, арт.6098</t>
   </si>
   <si>
     <t>922047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/693/rggyml2dn64975utccd17i4ditl57yf1.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр Дикая Орхидея Антибактериальное, арт.6120</t>
@@ -4681,173 +4292,116 @@
   <si>
     <t>Состав вода 10&amp;#37;, глицерин 5&amp;#37;, лимонная кислота 5&amp;#37;, метилизотиазолинон 5&amp;#37;, натрия хлорид 5&amp;#37;, кокамид дэа 5&amp;#37;, натрия кокоамфоацетат 5&amp;#37;, череды экстракт 10&amp;#37;, глюкан 5&amp;#37;, парфюмерная композиция 5&amp;#37;, лактулоза 5&amp;#37;, метилхлоризотиазолинон 5&amp;#37;, натрия лаурет сульфат 2&amp;#37;, пэг-7 глицерил кокоат 2&amp;#37;, алоэ вера гель 10&amp;#37;, натрия карбоксилат 5&amp;#37;, тетранатрия эдта 1&amp;#37;, стирен-акрилат сополимер 5&amp;#37;, натрия лаурет-5 карбоксилат 3&amp;#37;, пэг-4 рапсового масла 1&amp;#37;, коко-гликозид 1&amp;#37; Описание Жидкое крем мыло Life Line специально разработано для бережного и деликатного ухода за нежной кожей интимных зон. Жидкое мыло молочно белого цвета, с кремообразной консистенцией, легким приятным ароматом. Крем мыло для интимной гигиены способствует защите микрофлоры и слизистой оболочки от внешних раздражений. Экстракт череды и алоэ вера предотвращают сухость, обеспечивая дополнительное увлажнение чувствительной кожи. Интимное мыло поддерживает естественный уровень pH, не вызывает аллергии. Жидкое мыло не образует густой крепкой пены, легко смывается, оставляя после себя ощущение чистоты, свежести и комфорта. Интимное мыло не создает чувства сухости и жжения, идеально подходит для нежной и чувствительной зоны бикини. Экономичный расход жидкого мыла для интимной гигиены позволит использовать его на длительный период. Крем мыло для интимной гигиены можно применять ежедневно. Удобный дозатор крем мыла для интимной гигиены исключает риск размножения во флаконе нежелательных бактерий.</t>
   </si>
   <si>
     <t>922053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/712/gg3rq3qc1l2gu3jddkcz23qza820f0lj.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Крем-Мыло 90гр Детское с Д-пантенолом, 6 штук, арт.6149</t>
   </si>
   <si>
     <t>922054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/883/2nelfkz9fuwqaapjpv7kkr82bd4ksvhp.jpg</t>
   </si>
   <si>
     <t>ВЕСНА АССОРТИ Жидкое Крем-Мыло 500г  quot;Олива и Миндальное молочко quot;, арт.5218</t>
   </si>
   <si>
     <t>922055</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8b/d27zmz6ovkp2vx04zdd5i9n95impkz5b.jpg</t>
-[...5 lines deleted...]
-    <t>922056</t>
+    <t>http://anytos.ru//upload/iblock/86a/fearl7nhmg600quy3owe7gdhdkfqryc8.jpeg</t>
+  </si>
+  <si>
+    <t>АБСОЛЮТ Мыло 90гр Белый Чай и Масло Оливы Антибактериальный 6 штук, арт.6162</t>
+  </si>
+  <si>
+    <t>Состав вода, глицерин, гидроксид натрия, натрия хлорид, оливковое масло, чайного дерева масло, парфюмерная композиция, натриевые соли жирных кислот пальмового масла, натриевые соли жирных кислот кокосового масла, натриевые соли жирных кислот натуральных жиров Описание Мыло ABSOLUT белый чай и масло оливы обеспечивает мягкое очищение кожи без раздражения. Ваша кожа чувствует себя комфортно. Антибактериальное туалетное мыло ABSOLUT белый чай и масло оливы изготовлен на основе натуральных природных компонентов, подходит для частого использования. Антибактериальное мыло предназначено для ежедневного использования. Мыло хорошо справляется и с бактериями.</t>
+  </si>
+  <si>
+    <t>922058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc8/rnc5fohnds37ancy35vbvt28crq4e4ji.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр MЕN Лемонграсс и Мята Антибактериальное, арт.6161</t>
   </si>
   <si>
     <t>Состав вода, глицерин, гидроксид натрия, натрия хлорид, оливковое масло, парфюмерная композиция, ромашки масло, натриевые соли жирных кислот пальмового масла, натриевые соли жирных кислот кокосового масла, натриевые соли жирных кислот натуральных жиров Описание Мужчины покупают, женщины залипают! Самый притягательный аромат! Шикарное мыло для сильной половины это мыло Абсолют For men Лемонграсс и мята. Мыло прекрасно пенится. Мыло Абсолют For men Лемонграсс и мята это антибактериальная защита и 99 &amp;#37; натуральной основы. Мыло Лемонграсс и мята современный мужской аромат, элегантный и одновременно свежий благодаря нотам перечной мяты, грейпфрута и лемонграсса. Мыло заряжает энергией и создает ощущение обновления за счет аккордов имбиря и мускатного ореха.</t>
   </si>
   <si>
     <t>922059</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd6/s0t6cthdca93exl5a5712lip6z9znx02.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр Грейпфрут и Бергамот Антибактериальный, 6 штук, арт.6160</t>
   </si>
   <si>
     <t>922060</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9da/aqmzo6ll116mo0mztg5hjkgie4jn2oty.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d06/kryh8rm5cmqohkods4b1lvw4y85hd54v.jpg</t>
   </si>
   <si>
     <t>ЗАЙКА МОЯ Мыло 90гр. Увлажняй-ка , арт.6181</t>
   </si>
   <si>
-    <t>Состав вода 16&amp;#37;, глицерин 12&amp;#37;, гидроксид натрия 7&amp;#37;, натрия хлорид 9&amp;#37;, парфюмерная композиция 8&amp;#37;, натриевые соли жирных кислот пальмового масла 14&amp;#37;, натриевые соли жирных кислот кокосового масла 14&amp;#37;, тетранатрия эдта 7&amp;#37;, д-пaнтенол 13&amp;#37; Описание Крем-мыло детское &amp;quot;Увлажняй-ка!&amp;quot;, Д-пантенол. Детское крем-мыло Д-пантенол идеально для бережного очищения кожи новорожденного. Деликатная крем-формула не сушит кожу малыша и дарит ощущение невероятной мягкости и комфорта. Д-пантенол &amp;#40;провитамин В5&amp;#41; - обладает мощным восстанавливающим и заживляющим действием, мгновенно проникая в глубокие слои эпидермиса. Крем-мыло гипоаллергенно. Крем-мыло хорошо пенится, следов на одежде ребёнка не оставляет. Крем-мыло имеет очень приятный запах.В комплекте 6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>922065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/500/m6xlod3jqtqp216oiy323dci40edxfny.jpg</t>
   </si>
   <si>
     <t>ЗАЙКА МОЯ Мыло 90гр. Баю-Бай--ка , арт.6182</t>
   </si>
   <si>
     <t>Состав вода 23&amp;#37;, глицерин 15&amp;#37;, натрия хлорид 7&amp;#37;, парфюмерная композиция 10&amp;#37;, натриевые соли жирных кислот пальмового масла 19&amp;#37;, натриевые соли жирных кислот кокосового масла 19&amp;#37;, тетранатрия эдта 7&amp;#37; Описание Мыло детское Баю-бай-ка, лаванда и овсяное молочко. Лаванда в детском мыле помогает малышу быстрее засыпать и спокойно спать, особенно при повышенной возбудимости и нарушениях сна. Овсяное молочко, входящее в состав мыла, сохраняет защитный барьер кожи младенца, предотвращая сухость, трещины и проявление аллергических реакций. Детское мыло это релакс. У мыла тонкий приятный травяной запах, при намыливании он усилился. Мыло отлично пенится. Мыло не сушит, очень бережно ухаживает. В комплекте 6 шт.</t>
   </si>
   <si>
     <t>922066</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/650/wmgmhhb5jhk38wh9pci61ehar981mve6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/394/fnpunk471ifc2rk73jiqtz4vzmvtm6tw.jpg</t>
   </si>
   <si>
     <t>ВЕСНА MILGURT Жидкое Крем-Мыло 860гр Вишня и Черешня в йогурте, арт.5191</t>
   </si>
   <si>
     <t>MILGURT - это бренд ухаживающего жидкого крем-мыла. В основу которого легла идея создания мыла с любимыми йогуртовыми вкусами. Были выбраны ТОП - 5 вкусов йогуртов! Йогуртовая тема вдохновила на производство нежного и ароматного мыла на основе профессионально подобранных эффективно очищающих и ухаживающих компонентов.</t>
   </si>
   <si>
     <t>922071</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/015/dn4q8i3uclwxme3l2aw7x0caj5wk4yg7.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/45e/q0j7hyct0060r14q6pz022zlf5crr2pr.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло 90гр PRO Серебро и Уголь Антибактериальный, арт.6203</t>
   </si>
   <si>
     <t>Мыло Абсолют Серебро Уголь обладает противовоспалительным, бактерицидным и антисептическим действием. Мыло мягко и бережно очищает кожу, нежно заботится о ней. Мыло Серебро и Уголь одержит ионы серебра Ag&amp;#43;, которые обладают выраженным бактерицидным действием. Мыло не сушит кожу, бережно очищает ее и идеально подходит для повседневного использования. Антибактериальное мыло Absolut pro series CHARCOAL хорошо пенится. Если использовать мочалку, то пена получается очень пышной и не воздушной. Быстро не оседает. Антибактериальное мыло Absolut pro series CHARCOAL кожу тела очищает до скрипа. Смывается мыло легко, даже холодной водой.</t>
   </si>
   <si>
     <t>922077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8c/bnop02m139pyi4hfjvc6vyfrkiyxqg9m.jpeg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Жидкое Мыло 250г PRO Серебро и Коллаген, арт.5194</t>
   </si>
   <si>
     <t>922078</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/472/y0tlzce43q6fbmx7q3b6t62xx1fxjrmb.jpeg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Жидкое Мыло 250г PRO Серебро и Гиалурон, арт.5195</t>
@@ -4891,275 +4445,140 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bf7/6ul67lrz164hjo4hjo7in172c0x9si0n.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Мыло 90гр  quot;Морские Минералы и Соевое молочко quot;, 6 штук, арт.6206</t>
   </si>
   <si>
     <t>ВЕСНА Мыло 90гр &amp;quot;Морские Минералы и Соевое молочко&amp;quot;, 6 штук, арт.6206</t>
   </si>
   <si>
     <t>922085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dad/s2aif0bj8i48y8trrq70d4y9mb64tra1.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Жидкое Мыло ABS Ультразащита Антибактериальное 500мл, арт.5212</t>
   </si>
   <si>
     <t>Жидкое мыло ABSOLUT предназначено для очищения и дезинфекции рук. Подходит для ежедневного применения и всех типов кожи. Мыло Абсолют не только качественно очищает и дезинфицирует, оно также и бережно ухаживает за кожей, делая ее гладкой и нежной. Инновационный антибактериальный комплекс ABS, входящий в состав мыла, способствует уничтожению широкого спектра микроорганизмов, обладает противовоспалительным и противогрибковым свойствами. Жидкое Мыло белого цвета и имеет легкий запах. Расход мыла экономичный. Состав на 99&amp;#37; состоит из натуральных компонентов, благодаря этому мыло подходит для ежедневного применения даже для самых маленьких. Применение мыла идеально после прогулок, проезда в общественном транспорте и посещения скопления людей. Регулярное применение жидкого мыла ABSOLUT исключит возможность развития инфекции. Состав: Цинк пиритион, гидроксидихлордифениловый эфир</t>
   </si>
   <si>
     <t>922086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5dc/sphovqjwqnggcdqtq9yrddib1dcvnfn1.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b4a/6ts3xg2mdzj06vbkoxi5plew9kke8isk.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Жидкое Мыло 280мл  quot;Жасмин и Кокосовое Молочко quot;, арт.5215</t>
   </si>
   <si>
     <t>922089</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0b/q97bcfhif9kwkmz88ze1pk26jz973oh2.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/038/rwcahh703sukmfv8orkd36ptcq9u0hmk.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Жидкое Мыло 280мл  quot;Ассорти Роза quot;, арт.5217</t>
   </si>
   <si>
     <t>922093</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5a0/bisyrn3k2q4axwlyft03tpezq5macfro.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/157/t7vz0dnl1gt3rvtsyfs1i3r66prxmvce.jpg</t>
   </si>
   <si>
     <t>ВЕСНА Крем-Мыло Туалетное твердое 140гр  quot;Алое и Овсяное Молочко quot;, арт.6210</t>
   </si>
   <si>
     <t>Крем-мыло Весна изготовлено из натуральных природных ингредиентов для ежедневного мытья рук. Натуральные экстракты Алоэ и овсяного молочка нежно смягчают кожу рук, защищают от сухости, придают гладкость и бархатистость. Имеет ряд преимуществ, позволяющих комфортно применять его в быту и на производстве. Регулярное применение жидкого мыла Весна исключит возможность размножения болезнетворных бактерий. Состав: гидроксид натрия, гераниол, цитронеллол, хлорид натрия.</t>
   </si>
   <si>
     <t>922097</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/828/nm9l2942sma7zg795kf1e79g2uy2wcib.png</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/67e/zopb9o4yytcxng1v5aiy7nnqy473ea0z.png</t>
   </si>
   <si>
     <t>ВЕСНА Мыло 90гр  quot;Роза quot; 6 шт., арт.6207</t>
   </si>
   <si>
     <t>ВЕСНА Мыло 90гр &amp;quot;Роза&amp;quot; 6 шт., арт.6207</t>
   </si>
   <si>
     <t>922106</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f6f/vtj8pg6d7tcg5p02xhk1w57d17bqjb0r.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8bd/4ckphnuzzjy3lpbff1tlwp8zy9qq4jbo.jpg</t>
   </si>
   <si>
     <t>ВЕСНА AQUATEL Крем-Мыло 90гр Классическое, арт.6229</t>
   </si>
   <si>
     <t>Мягкий косметический аромат и нежная кремовая пена. Крем-мыло твердое Aquatel - это мягкое очищающее средство, которое сокращает вероятность появления раздражения или сухости кожи, поэтому оно станет является идеальным дополнением к косметическим средствам, которыми Вы пользуетесь ежедневно, как для лица, так и для тела.</t>
   </si>
   <si>
     <t>922118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5a/0anry5qxjjr93w0nm79jg1p51g6n9tum.jpg</t>
   </si>
   <si>
     <t>ВЕСНА AQUATEL Крем-Мыло 90гр Кокосовое Молочко, арт.6230</t>
   </si>
   <si>
     <t>Теплый, экзотический аромат расслабления и отдыха плюс нежная кремовая пена залог красивой ухоженной кожи. Крем-мыло твердое Aquatel - это мягкое очищающее средство, которое сокращает вероятность появления раздражения или сухости кожи, поэтому оно станет является идеальным дополнением к косметическим средствам, которыми Вы пользуетесь ежедневно, как для лица, так и для тела.</t>
   </si>
   <si>
     <t>922119</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6d2/ele3rmbrnx0wbzzgar84734keh4gd4uo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e1c/fj3brlrvtbqb3ma3xfc055jkn0hdk778.jpg</t>
   </si>
   <si>
     <t>ВЕСНА AQUATEL Крем-Мыло 90гр Зел ный Чай, арт.6232</t>
   </si>
   <si>
     <t>Косметическое крем-мыло Aquatel зеленый чай матча изготовлено только из натуральных растительных компонентов по уникальной формуле с использованием глубоких насыщенных ароматов и нежного крема. Оно деликатно очищает, питает, увлажняет Вашу кожу и дарит неповторимый, стойкий аромат.</t>
   </si>
   <si>
     <t>922121</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b04/bq6h3f9gay2lqzfu3hp3t43zub6q7twb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e54/70873ioajmr6pbc46owoxt398ydofs1u.jpg</t>
   </si>
   <si>
     <t>BLOOMY GARDEN Крем-Мыло 90гр Euphoria, арт.6234</t>
   </si>
   <si>
     <t>Нежное крем-мыло, в основе парфюмированной композиции - ноты греческого шафрана. В центре «играет» цветочная комбинация из благоухания цветов лотоса, черной королевской орхидеи и чувственного шафрана. Великолепная композиция манит и искушает, дарит незабываемые ощущения.</t>
   </si>
   <si>
     <t>922123</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/791/mfi0s702mo5g4ltd1qhsqgc23wf8lph0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aed/l618gg9rgrwbpa0oixtmj3581myi2944.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло туалетное 90гр Professional Бамбуковый уголь, арт.6246</t>
   </si>
   <si>
     <t>Черное мыло с бамбуковым углем Абсолют - эффективное средство от бактерий и микробов на длительный срок даже после смывания. Крем мыло косметическое для лица имеет мягкую моющую основу,нейтральный рH и приятный аромат. Туалетное мыло твердое обладает мягкой формулой, гипоаллергенное, для лица, рук и тела. Натуральное мыло кусковое бережно очищает кожный покров, убирает воспаления, шелушения, покраснения, выравнивает оттенок. Основа антибактериального мыла для рук и тела глицерин косметический -увлажняющий компонент, обеспечивает глубокое увлажнение тканей, препятствует потере влаги. Крем мыло с углем прекрасно увлажняет и смягчает кожу,поддерживает естественный водный баланс кожи, улучшает циркуляцию крови, повышает тонус кожи, дарит ощущение свежести и свободы. Антибактериальное мыло - эффективное средство в борьбе с угревой сыпью, от прыщей, высыпаний на спине и плечах, акне, от пота. Угольное мыло для умывания содержит бамбуковый уголь, освобождает кожу от избытка жира, нормализует жировой баланс, сужает и очищает поры, способствует отшелушиванию кожных чешуек и росту новых клеток, устраняет кожные высыпания всех видов, имеет выраженный детокс-эффект, удаляет и растворяет глубокие кожные загрязнения, насыщает кожу необходимыми минералами и аминокислотами. Кокосовое масло в составе черного мыла с углем увлажняет,питает,смягчает и не сушит кожу,а ионы серебра уничтожают до 99.9&amp;#37; бактерий и создают длительную защиту. Благодаря мягкой густой пене увлажняющее мыло можно применять для бритья для мужчин и женщин. Мыло черное используется как уходовая косметика для бани и душа, заменит жидкое мыло для рук и тела.Мыло банное черное подходит для жирной и проблемной кожи, сужает поры, омолаживает и укрепляет кожный покров, делает его мягким и нежным.Применение мыла идеально после прогулок, проезда в общественном транспорте, посещения мест скопления людей для очищения и дезинфекции рук, лица и тела. Регулярное использование антибактериального мыла исключит возможность развития инфекций. Экономичный расход благодаря обильному пенообразованию. После использования черного глицеринового мыла можно нанести увлажняющий крем, бальзам, маску, гель. Бамбуковое мыло - мощный природный антиоксидант, нейтрализует действие свободных радикалов. Гипоаллергенное мыло подходит для повседневного использования для взрослых и детей.Натуральный безопасный состав для всей семьи. Состав: натриевые соли жирных кислот животных жиров,пальмового,кокосового или пальмоядрового масел,вода,глицерин,парфюмерная композиция,хлорид натрия,антиоксидант-пластификатор,хлорид серебра,двуокись титана,диэтилгексилсульфосукцинат натрия,пропиленгликоль,ЭДТА тетранатрия,гидроксид натрия.</t>
   </si>
   <si>
     <t>922125</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f92/d906nvhsnvcqn7d1vqubcr6xb0138xzz.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло туалетное 90гр Professional Гранат, арт.6247</t>
   </si>
   <si>
     <t>922126</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/827/jr5cg1yanokixori0dkt7ko16ru6t3ix.jpg</t>
   </si>
   <si>
     <t>АБСОЛЮТ Мыло туалетное 90гр Professional Морские минералы, арт.6248</t>
@@ -5377,318 +4796,252 @@
   <si>
     <t>http://anytos.ru//upload/iblock/198/6pltlhart8jj0c1rog70wyxx6bamwe9h.jpg</t>
   </si>
   <si>
     <t>БЕЛИТА-М Baby Dream Детское жидкое мыло 400г</t>
   </si>
   <si>
     <t>Состав: AQUA &amp;#40;WATER&amp;#41;, SODIUM LAURETH SULFATE, SODIUM CHLORIDE, SOYAMIDE DEA, DISODIUM LAURETH SULFOSUCCINATE, COCAMIDOPROPYL BETAINE, GLYCERIN, PARFUM, CALENDULA OFFICINALIS FLOWER EXTRACT, PANTHENOL, ALLANTOIN, BENZYL ALCOHOL, METHYLCHLOROISOTHIAZOLINONE, METHYLISOTHIAZOLINONE, CITRIC ACID.</t>
   </si>
   <si>
     <t>922166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eef/iey0zwu3f1hwv18ju0498n5jd1hsobcd.jpg</t>
   </si>
   <si>
     <t>БЕЛИТА-М Hygge Mood Воздушное взбитое МЫЛО для тела с эфирными маслами, экстрактом дикого меда акации и березовым соком 300 г</t>
   </si>
   <si>
     <t>Бережное очищение и забота о коже. Снятие стресса и усталости. Текстура средства имеет необычные тактильные свойства: она насыщена миллионами мельчайших пузырьков и похожа на нежнейший воздушный зефир. При контакте с водой мыло образует плотную кремовую пену, бережно и эффективно очищающую кожу от загрязнений. sulfate free • paraben free Активные компоненты: композиция мягких ПАВ эфирные масла бергамота, лимона, мелиссы экстракт дикого меда акации березовый сок Действие: насыщает кожу витаминами, минералами и микроэлементами сохраняет гладкость и эластичность кожи оказывает ароматерапевтический эффект, снимает напряжение и тревожность восстанавливает силы и нормализует эмоциональное состояние возвращает легкость и душевную гармонию 300 г Возраст: 14 &amp;#43; Состав: GLYCERIN, AQUA &amp;#40;WATER&amp;#41;, SODIUM COCOYL ISETHIONATE, SORBITOL, DISODIUM LAURETH SULFOSUCCINATE, POLYSORBATE 20, SODIUM CHLORIDE, PHENOXYETHANOL, ETHYLHEXYLGLYCERIN, HONEY EXTRACT, BETULA ALBA JUICE, PARFUM, CITRUS LIMON &amp;#40;LEMON&amp;#41; PEEL OIL, CITRUS AURANTIUM BERGAMIA &amp;#40;BERGAMOT&amp;#41; PEEL OIL, MELISSA OFFICINALIS LEAF OIL, CITRIC ACID, LINALOOL, LIMONENE, HYDROXYCITRONELLAL, CITRAL, CI 42090, CI 19140. Способ применения: нанесите мыло на влажную кожу, очистите тело массирующими движениями. Смойте теплой водой.</t>
   </si>
   <si>
     <t>922167</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f6/756phf5g9kbju1r1shny089qob6ofh2z.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>Туалетное мыло ЭФКО твердое Традиционное Земляничное 190г.</t>
   </si>
   <si>
     <t>Туалетное мыло ЭФКО твердое Традиционное Земляничное 190г. в/об. *4/20</t>
   </si>
   <si>
     <t>927908</t>
   </si>
   <si>
     <t>&lt;a href="/brands/jefko/"&gt;ЭФКО&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Мыло туалетное Fax экопак Крем и Кокосовое молочко 5 70гр. арт.510162M</t>
-[...5 lines deleted...]
-    <t>927909</t>
+    <t>Хозяйственное мыло 72  ЭФКО I группы  РУСЬ Чистая забота  250 гр.</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло 72&amp;#37; ЭФКО I группы «РУСЬ Чистая забота» 250 гр. 4*24 б/об</t>
+  </si>
+  <si>
+    <t>927911</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло 72  ЭФКО с глицерином 150 гр.</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло 72&amp;#37; ЭФКО с глицерином 150 гр. в/об *4/48</t>
+  </si>
+  <si>
+    <t>927914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bf/98o34qh1jym6343c0dnuel4xkt58m4fo.jpg</t>
+  </si>
+  <si>
+    <t>Absolut мыло 90гр KIDS Череда</t>
+  </si>
+  <si>
+    <t>Absolut мыло 90гр KIDS Череда *6/72</t>
+  </si>
+  <si>
+    <t>928267</t>
+  </si>
+  <si>
+    <t>Absolut мыло 90гр Дикая Орхидея</t>
+  </si>
+  <si>
+    <t>Absolut мыло 90гр Дикая Орхидея *6/72</t>
+  </si>
+  <si>
+    <t>928268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1b/mor1rrtjbngr543ouggs4kha2vjv9dk4.jpg</t>
+  </si>
+  <si>
+    <t>Duru Мыло туалетное 1 1 4 80гр. Календула арт.511961M</t>
+  </si>
+  <si>
+    <t>Duru Мыло туалетное 1&amp;#43;1 4*80гр. Календула арт.511961M *12</t>
+  </si>
+  <si>
+    <t>928276</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/duru/"&gt;Duru&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e9/odo45zct0f4vymbh2lr3a1otl87nr8u8.jpg</t>
+  </si>
+  <si>
+    <t>КРАСНАЯ ЛИНИЯ жидкое мыло 500мл, Кухонное лимон</t>
+  </si>
+  <si>
+    <t>КРАСНАЯ ЛИНИЯ жидкое мыло 500мл, Кухонное лимон *2/12</t>
+  </si>
+  <si>
+    <t>928284</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca3/gmxu4lfior0yak7zfq8b0awles2m9fjf.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Свобода мыло Русская баня - Хвойное 100гр.  1311533 </t>
+  </si>
+  <si>
+    <t>Свобода мыло Русская баня - Хвойное 100гр. &amp;#40;1311533&amp;#41; *6/36</t>
+  </si>
+  <si>
+    <t>928298</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93b/xh12tjq5cxzuwc9vdxpdc0tjlae874dp.jpg</t>
+  </si>
+  <si>
+    <t>ТБХ Жидкое хозяйственное мыло КОЛОКОЛЬЧИК 5 л в ПЭТ канистре</t>
+  </si>
+  <si>
+    <t>ТБХ Жидкое хозяйственное мыло КОЛОКОЛЬЧИК 5 л в ПЭТ канистре *1/3 в кор.</t>
+  </si>
+  <si>
+    <t>928302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/59f/yyv63f3atdfsqkgcyvly707hogrbnzn5.jpg</t>
+  </si>
+  <si>
+    <t>Туалетное мыло ЭФКО твердое Традиционное Банное 190г.</t>
+  </si>
+  <si>
+    <t>Туалетное мыло ЭФКО твердое Традиционное Банное 190г. в/об. 4*20</t>
+  </si>
+  <si>
+    <t>928303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/561/ewpdz3onoy4h6dhx7wxfe56zt6a8amxh.jpg</t>
+  </si>
+  <si>
+    <t>Туалетное мыло ЭФКО твердое Традиционное Хвойное 190г.</t>
+  </si>
+  <si>
+    <t>Туалетное мыло ЭФКО твердое Традиционное Хвойное 190г. в/об. *4/20</t>
+  </si>
+  <si>
+    <t>928304</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a06/dvhoejaw1kpfvm514jde631j00tiewq4.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Fax экопак Лесные ягоды 70гр. арт.513215</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Fax экопак Лесные ягоды 5*70гр. арт.513215 *3/24</t>
+  </si>
+  <si>
+    <t>928305</t>
   </si>
   <si>
     <t>&lt;a href="/brands/fax/"&gt;FAX&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Хозяйственное мыло 72  ЭФКО I группы  РУСЬ Чистая забота  250 гр.</t>
-[...179 lines deleted...]
-    <t>928315</t>
+    <t>http://anytos.ru//upload/iblock/a67/oo7xuyh7ntyytinp46snbxp0r1z692q7.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Fax экопак Миндальное молочко 70гр. арт.510106M</t>
+  </si>
+  <si>
+    <t>Мыло туалетное Fax экопак Миндальное молочко 5*70гр. арт.510106M *3/24</t>
+  </si>
+  <si>
+    <t>928306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/674/ljachblyxdf06lqre8qpnlqcmfkoxija.jpeg</t>
   </si>
   <si>
     <t>928736</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab4/owaud6hwy1bp2nmldxa00idkzqhtqd4j.jpg</t>
   </si>
   <si>
     <t>928737</t>
   </si>
   <si>
     <t>Хозяйственное мыло 65  ЭФКО III группы 200 гр. Твердое</t>
   </si>
   <si>
     <t>Хозяйственное мыло 65&amp;#37; ЭФКО III группы 200 гр. твердое б/об. 4*40</t>
   </si>
   <si>
     <t>928738</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/330/cs30v39lw00afi015frrlx91w0kscmhz.png</t>
-[...10 lines deleted...]
-  <si>
     <t>928810</t>
   </si>
   <si>
     <t>928820</t>
   </si>
   <si>
     <t>928821</t>
   </si>
   <si>
-    <t>Мыло туалетное Fax экопак Лесные ягоды 5 70гр. арт.513215</t>
-[...2 lines deleted...]
-    <t>928822</t>
+    <t>Мыло туалетное Fax экопак Миндальное молочко 5 70гр. арт.510106M</t>
+  </si>
+  <si>
+    <t>928823</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/397/d37nie9vu2mci8vv5ephuv2kps3pq5wy.jpg</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло Clean White by duru 120гр. 4шт. Против Пятен п э арт.511570M</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло Clean&amp;White by duru 120гр.*4шт. Против Пятен п/э арт.511570M *4/21</t>
+  </si>
+  <si>
+    <t>928825</t>
+  </si>
+  <si>
+    <t>21</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14b/6cu9mgoda6qolhgl0v1rnu0mitt2gb5a.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое 1 л ЗОЛОТОЙ ИДЕАЛ  quot;Бархатистый апельсин-манго quot;, дозатор, 608287</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах.&lt;br /&gt;
 &lt;br /&gt;
 Мягкое, нежное средство для мытья рук. Обладает увлажняющим эффектом. В основе средства лежит смесь очищающих и увлажняющих добавок, которые придают ощущение чистоты и свежести, не вызывая сухости кожи.&lt;br /&gt;
 &lt;br /&gt;
 Способ применения: небольшое количество мыла нанести на влажную кожу, вспенить и смыть водой.&lt;br /&gt;
 &lt;br /&gt;
 Состав: Aqua, Sodium Laureth Sulfate, Cocamidopropyl Betaine, Сocamide DEA, Sodium chloride, Styrene/Acrylates Copolymer, Citric Acid, Glycerin, EDTA, Parfum, Methylchloroisothiazolinone, Methylisothiazolinone, CI 15985.&lt;br /&gt;
 &lt;br /&gt;
 Срок годности: 36 месяцев с даты изготовления.&lt;br /&gt;
 &lt;br /&gt;
 Соответствует ГОСТ Р 31696-2012.</t>
   </si>
   <si>
     <t>930947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a67/5rsfcmaqwo01j9g6xw8528p2cpaxaw2j.jpg</t>
@@ -5734,296 +5087,245 @@
 &lt;br /&gt;
 Способ применения: небольшое количество мыла нанести на влажную кожу, вспенить и смыть водой.&lt;br /&gt;
 &lt;br /&gt;
 Состав: Aqua, Sodium Laureth Sulfate, Сосomidopropyl Betain, Сocamid DEA, Sodium Chloride, Styrene/Acrylates Copolymer, Citric Acid, Glycerin, EDTA, Parfum, Benzyl Benzoate, Methylchloroisothiazolinone, Methylisothiazolinone, CI 19140, CI 42090.&lt;br /&gt;
 &lt;br /&gt;
 Срок годности: 36 месяцев с даты изготовления.&lt;br /&gt;
 &lt;br /&gt;
 Соответствует ГОСТ Р 31696-2012.</t>
   </si>
   <si>
     <t>930950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/80e/5vnbvl7oa11kpgch25i90t14exrrpzju.jpg</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла Luscan Prof Etalon 800мл белый 151051</t>
   </si>
   <si>
     <t>932293</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luscan-professional/"&gt;Luscan Professional&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7aa/2qk2813y5shur7chuqvil1mq2xxy5uvx.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое Synergetic  quot;Фруктовый микс quot;, канистра, 5л</t>
+  </si>
+  <si>
+    <t>Гипоаллергенное увлажняющее мыло Synergetic «Фруктовый микс» подходит для бережного очищения рук и тела от любых загрязнений даже в холодной воде. Комбинация растительных А-тензидов, морской соли и натуральных эфирных масел пачули, жасмина, ветивера, нероли и розы эффективно устраняет загрязнения и запахи даже в холодной воде. Растительный глицерин обеспечивает интенсивное увлажнение кожи. Мультифункциональный компонент софоролипид мягко очищает и заботится о естественном микробиоме кожи. Биоразлагаемое жидкое мыло подходит для чувствительной кожи. Дерматологически протестировано независимым исследовательским институтом Dermatest® в Германии, dermatest-guarantee.com. Гипоаллергенное средство на основании протокола тестирования на коже №2105079960 от 22.06.2021 г. Биоразлагаемые компоненты не вредят микрофлоре септических установок. Жидкое мыло не содержит компонентов животного происхождения, не тестируется на животных и сертифицировано британской организацией The Vegan Society. Знак Vegan — мировой стандарт этичной продукции.</t>
+  </si>
+  <si>
+    <t>940205</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9e0/1m699avssvnch98ilbyrquj4nvcenvhx.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом KK Kleenex Everyday Use 6 кассет.1л. 6331</t>
   </si>
   <si>
     <t>951148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/148/2wjt6rtrls8c3qfohnazmsfk8bmy3krn.jpg</t>
   </si>
   <si>
     <t>Крем-мыло жидкое АДАЖИО перламутровое Антистресс, 500мл</t>
   </si>
   <si>
     <t>951152</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c0f/8w8ci45ec3mdd1vnm2n17hfolkxma2q0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/80f/tymyfk1d67734obizynodyclhfk9aeqm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мыло жидкое универсальное АКВАМАРИН 5 л  1078 </t>
   </si>
   <si>
     <t>Мыло жидкое универсальное АКВАМАРИН 5 л &amp;#40;1078&amp;#41;</t>
   </si>
   <si>
     <t>951169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/978/dumphyymd0fa3wad6di5f5p2zp06lcm7.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Luscan Hotel collection 13г,ПЭ,500шт</t>
   </si>
   <si>
     <t>951172</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c52/cwpzauux16peol4yn7c2mgnlll7nhhup.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное с ромашкой 100г ДЕТСКОЕ 4шт</t>
   </si>
   <si>
     <t>951174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d9/1pnhmgobyjixr8f6srkw0rqhj6wzeua6.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 140г СОЛНЫШКО в обертке, яблоко</t>
   </si>
   <si>
     <t>951176</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/18b/oo41znpv7xy2b0je8xcs8f3zbtx6syhx.jpg</t>
-[...8 lines deleted...]
-    <t>953312</t>
+    <t>http://anytos.ru//upload/iblock/1c2/7dwpt9qk83hpjevht6hibvf5pixjk2fh.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем 90 г ВЕСНА АССОРТИ  quot;Жасмин и кокосовое молочко quot;, нежная пена, 6205</t>
+  </si>
+  <si>
+    <t>Мыло-крем ВЕСНА АССОРТИ &amp;quot;Жасмин и кокосовое молочко&amp;quot; с бархатистой текстурой легко вспенивается и деликатно очищает кожу, окутывая её нежным ароматом жасмина и кокоса. Нежная пена с легкостью смывается водой, оставляя приятное ощущение чистоты и свежести. Крем-мыло ВЕСНА изготовлено из натуральных природных ингредиентов для ежедневного мытья рук. Натуральные экстракты нежно смягчают кожу рук, защищают от сухости, придают гладкость и шелковистость. Обладают нежным ароматом, эффективно очищают руки от микробов и бережно ухаживают за ними. Увлажняют и насыщают кожу витаминами и полезными микроэлементами. Мыло подходит для ежедневного применения для всей семьи. Жасмин и кокосовое молочко смягчают кожу, придают гладкость и упругость.Состав: натриевые соли жирных кислот животных жиров, пальмового, кокосового или пальмоядрового масел, вода, глицерин, парфюмерная композиция &amp;#40;бензилсалицилат, бутилфенилметилпропиональ, лимонен, линалоол, гексилциннамаль&amp;#41;, хлорид натрия, антиоксидант-пластификатор, ЭДТА тетранатрия, гидроксид натрия, C.I. 77891.</t>
+  </si>
+  <si>
+    <t>953313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7bc/qx8682sq7jrvxy81tvst57jdqo8j0yw5.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем 280 г AQUATEL  quot;Кокосовое молочко quot; увлажняющее, эффективное питание, дозатор, 5256</t>
+  </si>
+  <si>
+    <t>Мыло-крем AQUATEL &amp;quot;Кокосовое молочко&amp;quot; деликатно очищает, питает, увлажняет кожу и дарит неповторимый, стойкий аромат. Мыло-крем AQUATEL &amp;quot;Кокосовое молочко&amp;quot; изготовлено только из натуральных растительных компонентов по уникальной формуле с использованием глубоких насыщенных ароматов и шелковистого крема. Крем-мыло для рук обеспечивает правильный нежный уход, заботится о красоте кожи, деликатно очищает, не оставляя чувства сухости и стянутости. Удобный флакон с дозатором позволяет экономично расходовать содержимое, не прилагая усилий. Благодаря крему, входящему в состав, мыло придаёт ощущение увлажнения и смягчения, бережно удаляет загрязнения с кожи, не нарушая липидный слой кожи, восстанавливает кожу рук, препятствует потере влаги и образованию шелушений, ускоряет регенеративные процессы.Состав: Aqua, Sodium Laureth Sulfate, Cocamide DEA, Cocamidopropyl Betaine, Sodium Chloride, Disodium Cocoamphodiacetate, Glycerin, PEG-7, Glyceryl Сocoate, Styrene/Acrylates Copolymer &amp;#40;and&amp;#41; Coco-Glucoside, Polyquaternium-7,Cocos Nucifera Oil &amp;#40;and&amp;#41; Xanthan Gum, Parfum &amp;#40;Benzyl Salicylate, Butylphenyl, Methylpropional, Hexyl Cinnamal, Limonene, Linalool&amp;#41;, Citric Acid, Tetrasodium, EDTA/Disodium EDTA, Methylchloroisothiazolinone &amp;#40;and&amp;#41; Methylisothiazolinone.</t>
+  </si>
+  <si>
+    <t>953792</t>
   </si>
   <si>
     <t>&lt;a href="/brands/aquatel/"&gt;AQUATEL&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c2/7dwpt9qk83hpjevht6hibvf5pixjk2fh.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f50/3yp9m4s1tr6dnyao12x2yrt7k91pnhvs.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое антибактериальное 500 г ABSOLUT  quot;Нежное 2 в 1 quot;, пантенол, пуш-пул, 5213</t>
   </si>
   <si>
     <t>Мыло-крем жидкое антибактериальное ABSOLUT &amp;quot;Нежное 2 в 1&amp;quot; не только уничтожает бактерии, но и мягко ухаживает за кожей рук. Благодаря маслу чайного дерева дезинфицирует, помогает привести кожу в порядок. Пантенол нормализует состав эпидермиса. Жидкое мыло ABSOLUT изготовлено из высококачественного сырья на основе натуральных компонентов. В состав входит масло чайного дерева, обеспечивающее эффективное очищение и увлажнение кожи. Антибактериальная формула позволяет справляться с любыми загрязнениями. Состав: вода, лауретсульфат натрия, кокамидопропилбетаин, хлорид натрия, кокамид ДЭА, стирен/акриловый сополимер &amp;#40;и&amp;#41;коко-глюкозид, ПЭГ-7 глицерилкокоат, парфюмерная композиция &amp;#40;гексилциннамаль&amp;#41;, Д-пантенол &amp;#40;провитамин В5&amp;#41;, экстрактпрополиса, алоэ вера гель, масло чайного дерева, кислота лимонная, ЭДТА тетранатрия или ЭДТА динатрия, метилхлороизотиазолинон &amp;#40;и&amp;#41; метилизотиазолинон.</t>
   </si>
   <si>
     <t>953794</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/50f/fpmkw6sg5eesguj2hn3chrpmfsna0gsk.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое 5 л, TORK, артикул 409844</t>
+  </si>
+  <si>
+    <t>Универсальное решение для наливных систем. Благодаря густой консистенции мыло аккуратно дозируется на ладонь и не растекается. В рецептуре используются мягкие ПАВ, оказывающие бережное очищающее действие, и увлажняющий ингредиент глицерин растительного происхождения. Для производства мыла-крема TORK не используется триклозан и парабены, состав ph нейтрален.В моющем средстве не содержится силиконов и полимерных гранул, которые оказывают негативный эффект на окружающую среду, накапливаясь в водных ресурсах и земной поверхности.</t>
+  </si>
+  <si>
+    <t>955135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab2/fb0y7b0a9nrma4gloouf29r5nnrerhlc.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-пена для специальных диспенсеров 5 л TORK, артикул 409846</t>
+  </si>
+  <si>
+    <t>Экономичное решение для наливных систем. Одной канистры будет достаточно на 12500 порций. В рецептуре используются мягкие ПАВ, оказывающие бережное очищающее действие, а также безопасные красители и консерванты, применяемые в пищевой промышленности. Для производства мыла-пены TORK не используется триклозан и парабены, состав ph нейтрален.В моющем средстве не содержится силиконов и полимерных гранул, которые оказывают негативный эффект на окружающую среду, накапливаясь в водных ресурсах и земной поверхности.</t>
+  </si>
+  <si>
+    <t>955136</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/506/tpt1gpwpodvvchzbsy4v2xwygtrxis35.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом Флородель гель-мыло мягкое S2 500мл</t>
   </si>
   <si>
     <t>963610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/224/ciaabfqefxa272m5k44lt1wuo4f0sn8z.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом Tork S1 крем 1л, 420511</t>
   </si>
   <si>
     <t>963612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/796/9esw6hzsk3b81qsouu7vwufyeou7jwdf.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Лимон. в цвет. обертке флоупак 100гр. МКТУ1121</t>
   </si>
   <si>
     <t>963619</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/69b/bjowx321hvvsrh0krkatndmdocbayvx6.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a0c/xlp5djmzxcuj33iyrfxs1hee3ugb97l0.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое пенное Luscan нейтральное 5 л канистра</t>
   </si>
   <si>
     <t>963641</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd9/m6go9udrpg0lp7cd39cgz8bufxpa56z9.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6f3/azuhqpl3he4tuzkxqjchfk3v38eckpto.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое OfficeClean  quot;Медовая дыня quot;, дой-пак, 500мл</t>
   </si>
   <si>
     <t>Мыло жидкое OfficeClean &amp;quot;Медовая дыня&amp;quot;, дой-пак, 500мл</t>
   </si>
   <si>
     <t>967639</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/11c/zebogrhormfaps9dqbeogvpk1h5diq5w.jpg</t>
-[...8 lines deleted...]
-    <t>971999</t>
+    <t>http://anytos.ru//upload/iblock/f2d/dbaan1263s71e511hxhb5i4wzqoqsfjz.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 650 мл, PALMOLIVE НАТУРЭЛЬ  quot;Олива и увлажняющее молочко quot;, дозатор, 4852, 8718951548527</t>
+  </si>
+  <si>
+    <t>Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Жидкое мыло Palmolive Натурэль &amp;quot;Интенсивное увлажнение&amp;quot;. Насыщенная бархатистая формула способствует увлажнению кожи, оставляя ее нежной и мягкой как шелк. Формула содержит масло оливы и увлажняющее молочко.Экстракт оливы, входящий в состав жидкого мыла Palmolive Натурэль &amp;quot;Интенсивное увлажнение&amp;quot;, издавна известен своими полезными свойствами. Так масло плодов оливкого дерева защищает кожу от вредного воздействия ультрафиолета, нормализует кислородный обмен и питание клеток кожи. Оливковое масло делает кожу мягкой и нежной, бархатистой на ощупь, эффективно препятствует ее старению и увяданию.Преимущества жидкого мыла для рук Palmolive:- 100&amp;#37; натуральный экстракт оливы;- 100&amp;#37; натуральные масла;- на 95&amp;#37; биоразлагаемая формула;- без парабенов и силиконов;- перерабатываемая упаковка;- протестировано дерматологами;- нейтральный pH &amp;#40;соответствует естественному уровню pH кожи&amp;#41;.Окутайте кожу ваших рук приятной заботой с Palmolive!Способ применения:Следуйте инструкции согласно картинке. Выдавить небольшое количество мыла на влажные руки, вспенить и смыть водой.Состав:Aqua, Sodium C12-13 Pareth Sulfate &amp;#40;*A&amp;#41; / Sodium Laureth Sulfate &amp;#40;*B&amp;#41;, Cocamidopropyl Betaine, Sodium Chloride, Sodium Benzoate, Styrene/Acrylates Copolymer, Cocamide MEA, Parfum, Sodium Salicylate, Glycol Distearate, Polyquaternium-7, Citric Acid, Tetrasodium EDTA, Laureth-4, Sine Adipe Lac, Aloe Barbadensis Leaf Extract, Olea Europaea Oil, Limonene, Linalool.</t>
+  </si>
+  <si>
+    <t>972000</t>
   </si>
   <si>
     <t>&lt;a href="/brands/palmolive/"&gt;Palmolive&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f2d/dbaan1263s71e511hxhb5i4wzqoqsfjz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0c8/g42gadeplbm9hk613yy2i3een2xof3iq.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое дезинфицирующее 1л ИЗИСОФТ, дозатор</t>
   </si>
   <si>
     <t>Предназначено для гигиенической обработки рук хирургов перед использованием кожного антисептика, гигиенической обработки рук и кожных покровов, профилактической обработки предметов ухода за больными и средств личной гигиены, дезинфекции и мытья посуды. Обладает антимикробной активностью в отношении грамположительных &amp;#40;кроме микобактерий туберкулеза&amp;#41; и грамотрицательных бактерий &amp;#40;в т.ч. в отношении возбудителей кишечных инфекций, ИСМП&amp;#41;, грибов рода Candida &amp;#40;кандида&amp;#41; и Trichophyton &amp;#40;трихофитон&amp;#41;.Способ применения:Гигиеническая обработка &amp;#40;мытье&amp;#41; рук хирургов, оперирующего медицинского персонала &amp;#40;перед использованием кожного антисептика&amp;#41;: проводится однократная обработка. Средство наносят на влажную кожу обеих рук в количестве 3 мл. Руки &amp;#40;кисти, запястья, предплечья&amp;#41; намыливают, обрабатывают полученной пеной в течение 2 минут, тщательно смывают проточной водой. Руки вытирают стерильными тканевыми салфетками. Далее для обработки используют кожный антисептик в соответствии с Инструкцией по применению конкретного средства.Гигиеническая обработка &amp;#40;мытье&amp;#41; рук: проводится однократная обработка. На влажную кожу кистей рук и предплечий наносят 2 – 3 мл средства, намыливают, обрабатывают полученной пеной в течение 45 секунд и тщательно смывают проточной водой. Кожные покровы вытирают салфеткой или полотенцем.Санитарная обработка кожных покровов: на увлажненную губку &amp;#40;мочалку&amp;#41; или непосредственно на влажную кожу наносят необходимое количество средства &amp;#40;не менее 3 мл&amp;#41;. Образовавшейся пеной в течение 45 секунд обрабатывают кожные покровы, предотвращая попадания средства в глаза, после чего средство смывают большим количеством проточной водопроводной воды. Кожные покровы вытирают салфеткой или полотенцем. Обработка проводится однократно.Профилактическая обработка, дезинфекция предметов ухода за больными и средств личной гигиены: на увлажненную губку или салфетку однократно наносят 3 мл средства. Образовавшейся пеной обрабатывают предметы ухода за больными и средства личной гигиены. После окончания дезинфекционной выдержки &amp;#40;2 минуты&amp;#41; их тщательно промывают проточной водой &amp;#40;обеспечивается дезинфекция в отношении бактериальных &amp;#40;кроме туберкулеза&amp;#41; инфекций.Дезинфекция посуды &amp;#40;слабозагрязненной или сильнозагрязненной, в т.ч. с остатками пищи&amp;#41;: небольшое количество неразбавленного средства наносят непосредственно на посуду, равномерно распределяют губкой и оставляют на посуде в течение 1 минуты, затем тщательно смывают проточной водой. Дезинфекция осуществляется в отношении бактериальных &amp;#40;кроме микобактерий туберкулеза&amp;#41; и грибковых инфекций.Состав: 2-феноксиэтанол – 0,5&amp;#37;, поверхностно-активные вещества &amp;#40;ПАВ&amp;#41;, а также функциональные добавки, увлажняющие и ухаживающие за кожей, вода.Хранить при температуре от &amp;#43;5 до &amp;#43;30 °С в герметично закрытой оригинальной упаковке производителя в сухих, чистых, хорошо проветриваемых складских помещениях, вдали от нагревательных приборов и открытого огня, отдельно от лекарственных средств, в местах, недоступных детям.</t>
   </si>
   <si>
     <t>972001</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deziptol/"&gt;ДЕЗИПТОЛ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b6/zopzqhxognpo1ikmxx9zecvkerai8h5o.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 90 г, PALMOLIVE НАТУРЭЛЬ  quot;Летний арбуз quot;, освежающее, 32940, 8693495032940</t>
   </si>
   <si>
     <t>Мыло туалетное 90 г PALMOLIVE НАТУРЭЛЬ &amp;quot;Летний арбуз&amp;quot; освежающее с летним арбузом содержит увлажняющие компоненты и придает мягкость вашей коже. Туалетное твердое мыло Palmolive Натурэль &amp;quot;Освежающее&amp;quot; с летним арбузом содержит увлажняющие компоненты и придает мягкость вашей коже. Обогащено 100&amp;#37; натуральными ингредиентами.Освежающий, легкий и нежный аромат арбуза оставит за собой чарующий шлейф, напоминающий о солнечных летних днях.Преимущества мыла для рук Palmolive:- без парабенов и силиконов;- 100&amp;#37; натуральное масло;- перерабатываемая упаковка.Побалуйте свою кожу!Способ применения:Вспенить. Нанести на влажную кожу лица и/или тела и тщательно смыть.Состав:Sodium Palmate, Sodium Oleate, Aqua, Glycerin, Sorbitol, Sodium Laurate, Coconut Acid, Parfum, Sodium Chloride, Tetrasodium EDTA, Etidronic Acid, Citrus Aurantium Dulcis Peel Oil, Benzyl Salicylate, Hexyl Cinnamal, Limonene, Linalool, CI 42090, CI 47005.</t>
   </si>
   <si>
     <t>972004</t>
@@ -6055,62 +5357,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/90d/twbfcvew3o7odzpc91fkto9fhsudph3c.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 90 г, PALMOLIVE РОСКОШЬ МАСЕЛ  quot;Масло макадамии quot;, 50142, 8693495050142</t>
   </si>
   <si>
     <t>Мыло туалетное 90 г PALMOLIVE РОСКОШЬ МАСЕЛ &amp;quot;Масло макадамии&amp;quot; с утонченным цветочным ароматом и маслом макадамии подарит вам ощущение роскошной и ухоженной кожи после каждого применения. Туалетное твердое мыло PALMOLIVE РОСКОШЬ МАСЕЛ с натуральным маслом макадамии. Тонкий цветочный аромат макадамии оставит неповторимый шлейф на коже, а масло будет способствовать восстановлению и смягчению кожи. Обогащено 100&amp;#37; натуральными ингредиентами.Преимущества мыла для рук Palmolive:- 100&amp;#37; натуральное масло макадамии и натуральный экстракт кокоса;- без парабенов и силиконов;- перерабатываемая упаковка.Почувствуйте себя особенной с изысканным туалетным мылом PALMOLIVE РОСКОШЬ МАСЕЛ, которое подарит вашей коже ощущение блаженства, как после посещения SPA салона!Способ применения:Вспенить. Нанести на влажную кожу лица и/или тела и тщательно смыть.Состав:Sodium Palmate, Sodium Oleate, Aqua, Glycerin, Sodium Laurate, Parfum, Sodium Chloride, Tetrasodium EDTA, Etidronic Acid, Macadamia Integrifolia Seed Oil, Theobroma Cacao Extract, Benzyl Salicylate, Coumarin, Hexyl Cinnamal, Linalool, CI 77891.</t>
   </si>
   <si>
     <t>972007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b4/ktjs23aud9u6479vgns66zxxnnomsdk5.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное детское 90 г, ABSOLUT KIDS  quot;Календула quot;, натуральное, 07357, 6063</t>
   </si>
   <si>
     <t>Мыло туалетное детское 90 г ABSOLUT KIDS &amp;quot;Календула&amp;quot; оказывает противовоспалительное, ранозаживляющее, успокаивающее действие, мягко заботится о нежной коже малыша. Мыло туалетное твердое детское ABSOLUT KIDS - календула, гипоаллергенное мыло с эффективным антибактериальным комплексом в составе: масло чайного дерева &amp;#43; календула.Способ применения: смочите руки теплой водой, потрите их брусочком мыла до образования пены, обильно смойте водой.Меры предосторожности: при попадании в глаза обильно промыть водой.Состав: натриевые соли жирных кислот животных жиров, пальмового, кокосового или пальмоядрового масел, вода, глицерин, парфюмерная композиция &amp;#40;бутилфенилметилпропиональ, цитронеллол, кумарин, линалоол&amp;#41;, хлорид натрия, антиоксидант-пластификатор, экстракт календулы, экстракт прополиса, алоэ вера гель, масло чайного дерева, ЭДТА тетранатрия, гидроксид натрия, C.I. 77891.Условия хранения: температура не ниже &amp;#43; 5 С, влажность воздуха не более 75&amp;#37;.Срок годности: 36 месяцев.</t>
   </si>
   <si>
     <t>972008</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/223/xsbeytjnant68341bn3wp94aylxx0yxj.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное, ординарное 100гр, п п КМЗ</t>
+  </si>
+  <si>
+    <t>Мыло туалетное, ординарное 100гр, п/п КМЗ</t>
+  </si>
+  <si>
+    <t>973491</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83f/9zt587e1x9wjlc1wp772t295qv6fbhd0.jpg</t>
+  </si>
+  <si>
+    <t>Картридж с жидким мылом одноразовый TORK  Система S1  Advanced, 1 л, мягкое, 420511</t>
+  </si>
+  <si>
+    <t>Жидкое мыло с цветочным ароматом, подходит для разных типов кожи. Содержит ряд экстрактов, которые стимулируют обновление и восстановление кожи, способствуют её питанию, увлажнению и смягчению. Особенности и преимущества: - обладает легким цветочным ароматом;- pH – нейтральное жидкое мыло;- продукт на 99&amp;#37; состоит из биоразлагаемых компонентов;- подтвержденные простота обслуживания и интуитивно понятная процедура перезаправки менее чем за 10 секунд;- гигиеничность: герметичный картридж снижает риск перекрестного заражения;- картридж подлежит переработке и сжимается в процессе использования, что позволяет уменьшить объем отходов.</t>
+  </si>
+  <si>
+    <t>974462</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d18/juqc5pdlhaid2eqzkb2xylcw08ivn2cy.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 100 г, ММЗ СТАНДАРТ  quot;Банное quot;</t>
   </si>
   <si>
     <t>Туалетное мыло &amp;quot;Банное&amp;quot; прекрасно сочетает хорошие моющие свойства с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Глицерин, входящий в состав туалетного мыла, смягчает и увлажняет кожу. Изготовлено из натуральных жиров и масел. ГОСТ 28546-2002. Состав: натриевые соли жирных кислот натуральных пищевых жиров, пальмового и кокосового масел, вода, парфюмерная композиция, глицерин, хлорид натрия, антал П-2, диоксид титана.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>978250</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b87/ebuvop3cpwm3jeddwcdj8j088cqfkpey.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г, ММЗ ЭКОНОМ  quot;Банное quot;, без обертки</t>
+  </si>
+  <si>
+    <t>Туалетное мыло &amp;quot;Банное&amp;quot; прекрасно сочетает хорошие моющие свойства с благотворным влиянием на кожу. Предназначено для мытья рук и тела. Изготовлено из натуральных жиров и масел. ГОСТ 28546-2002. Состав: натриевые соли жирных кислот натуральных пищевых жиров, пальмового и кокосового масел, вода, парфюмерная композиция, глицерин, хлорид натрия, антал П-2, диоксид титана.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>978251</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/eaf/re5l7r7q244mkijbuxhxu3s9mfan1f78.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное OfficeClean  quot;Аромат цветов quot;, флоу-пак, 100г.</t>
   </si>
   <si>
     <t>Мыло туалетное OfficeClean &amp;quot;Аромат цветов&amp;quot;, флоу-пак, 100г.</t>
   </si>
   <si>
     <t>982844</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34d/mpd69v4va6qtdqrzoqmnvrjaq1dpmpze.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное OfficeClean  quot;Детское с ромашкой quot;, флоу-пак, 100г.</t>
   </si>
   <si>
     <t>Мыло туалетное OfficeClean &amp;quot;Детское с ромашкой&amp;quot;, флоу-пак, 100г.</t>
   </si>
   <si>
     <t>982845</t>
@@ -6118,50 +5456,53 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b1c/nbso04qdlsaknlki3ftiaauyhmjufbxz.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное OfficeClean  quot;Земляничное quot;, флоу-пак, 100г.</t>
   </si>
   <si>
     <t>Мыло туалетное OfficeClean &amp;quot;Земляничное&amp;quot;, флоу-пак, 100г.</t>
   </si>
   <si>
     <t>982846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddf/fs85d7d4wau9h12ybwhnuq66efjzv7pv.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 65   quot;Vega quot;, без обертки, 200г</t>
   </si>
   <si>
     <t>Мыло хозяйственное 65&amp;#37; &amp;quot;Vega&amp;quot;, без обертки, 200г</t>
   </si>
   <si>
     <t>982847</t>
   </si>
   <si>
+    <t>&lt;a href="/brands/vega/"&gt;Vega&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ee1/oao9bux6g63pwjaulsxyok55hb89m3bf.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72   quot;Vega quot;, без обертки, 200г</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72&amp;#37; &amp;quot;Vega&amp;quot;, без обертки, 200г</t>
   </si>
   <si>
     <t>982848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17a/sla0knjx9xkrz9k3574pj6jrqusmo8w5.jpg</t>
   </si>
   <si>
     <t>Средство очищающее мыло жидкое 250 мл. АРМАКОН АКВАМАРИН, флакон, флип-топ, ш к 00464, 1335</t>
   </si>
   <si>
     <t>Мыло жидкое универсальное АРМАКОН АКВАМАРИН предназначено для очищения кожи от легких производственных загрязнений и защитных кремов. Средство высшей категории эффективности относительно неустойчивых загрязнений. В соответствии с ГОСТ Р 12.4.303-2018, мыло содержит мягкие ПАВы и ухаживающие компоненты. Глицерин &amp;#40;Glycerin&amp;#41; обладает способностью аккумулировать влагу из воздуха и насыщать ею кожу. Комбинация увлажняющих компонентов позволяет не пересушивать кожу. pH нейтральное. Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Создает обильную пену, обладает приятным запахом. Не содержит абразивов, силиконов, парабенов. Мыло сохраняет свои органолептические и физико-химические свойства при замораживании и нагревании от -50 °С до &amp;#43;40 °С.Способ применения: намочить руки, нанести 1-2 порции мыла, тщательное распределить на коже рук, смыть теплой водой. Применять после каждого мытья рук перед началом работы.Соответствует стандартам ТР ТС 019/2011, ГОСТ 31696-2012.</t>
   </si>
   <si>
     <t>986846</t>
   </si>
   <si>
     <t>&lt;a href="/brands/armakon/"&gt;Армакон&lt;/a&gt;</t>
@@ -6172,80 +5513,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f31/t06i7x8npx0p0750llnj01yyakv44kdw.jpg</t>
   </si>
   <si>
     <t>Средство очищающее мыло жидкое 5 л. АРМАКОН АКВАМАРИН, канистра, 1078</t>
   </si>
   <si>
     <t>Жидкое мыло АРМАКОН АКВАМАРИН предназначено для очищения кожи от легких производственных загрязнений и защитных кремов. Эффективно очищает кожу в воде любой жесткости. Средство высшей категории эффективности относительно неустойчивых загрязнений. В соответствии с ГОСТ Р 12.4.303-2018, Аквамарин содержит мягкие ПАВы и ухаживающие компоненты. Глицерин &amp;#40;Glycerin&amp;#41; обладает способностью аккумулировать влагу из воздуха и насыщать ею кожу. Комбинация увлажняющих компонентов позволяет не пересушивать кожу. pH нейтральное. Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Создает обильную пену, обладает приятным запахом. Не содержит абразивов, силиконов, парабенов. Мыло сохраняет свои органолептические и физико-химические свойства при замораживании и нагревании от -50 °С до &amp;#43;40 °С.Способ применения: намочить руки, нанести 1-2 порции мыла, тщательное распределить на коже рук, смыть теплой водой. Применять после каждого мытья рук перед началом работы.Объем – 5 л.Соответствует стандартам ТР ТС 019/2011, ГОСТ 31696-2012.</t>
   </si>
   <si>
     <t>986847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c2/3gp57svhj00dnm9y2le506re4uzmvvn1.jpg</t>
   </si>
   <si>
     <t>Средство очищающее мыло жидкое 500 мл. АРМАКОН АКВАМАРИН, флакон, флип-топ, 1209</t>
   </si>
   <si>
     <t>Мыло жидкое АРМАКОН АКВАМАРИН предназначено для очищения кожи от легких производственных загрязнений и защитных кремов. Эффективно очищает кожу в воде любой жесткости. Средство высшей категории эффективности относительно неустойчивых загрязнений. В соответствии с ГОСТ Р 12.4.303-2018, мыло содержит мягкие ПАВы и ухаживающие компоненты. Глицерин &amp;#40;Glycerin&amp;#41; обладает способностью аккумулировать влагу из воздуха и насыщать ею кожу. Комбинация увлажняющих компонентов позволяет не пересушивать кожу. pH нейтральное. Содержит инактиваторы, нейтрализующие вредное воздействие солей тяжелых металлов и химических раздражителей. Создает обильную пену, обладает приятным запахом. Не содержит абразивов, силиконов, парабенов. Мыло сохраняет свои органолептические и физико-химические свойства при замораживании и нагревании от -50 °С до &amp;#43;40 °С.Способ применения: намочить руки, нанести 1-2 порции мыла, тщательное распределить на коже рук, смыть теплой водой. Применять после каждого мытья рук перед началом работы.Соответствует стандартам ТР ТС 019/2011, ГОСТ 31696-2012.</t>
   </si>
   <si>
     <t>986848</t>
   </si>
   <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/86b/wkqa4e2p7jyvu7k1kr9rhtv4a94tdhai.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое дезинф. Дезисофт 1,0 л</t>
   </si>
   <si>
     <t>989279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab0/b2zngt4ownldn64esb8xm96igz4w6orf.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное Luscan Body care 13г,ПЭ,500шт</t>
   </si>
   <si>
     <t>989283</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/746/2u72tn5fi0zbxft1ejjjzsi93qhp0eq1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a60/ml2wt52qbi6qi64oxh0420k9e913dqin.jpg</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72  200гр, 60 шт уп без об</t>
   </si>
   <si>
     <t>Мыло хозяйственное 72&amp;#37; 200гр, 60 шт/уп без об</t>
   </si>
   <si>
     <t>989298</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kmz/"&gt;КМЗ&lt;/a&gt;</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f8/zbblnxa8kc0hqm61vv05yba8f2ir3c3t.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное ABSOLUT Kids календула, 90 г</t>
   </si>
   <si>
     <t>989300</t>
@@ -6283,152 +5618,137 @@
   <si>
     <t>Мыло жидкое 5 л, АБАКТЕРИЛ ДЕТСКОЕ  quot;С первых дней жизни quot;</t>
   </si>
   <si>
     <t>Жидкое мыло АБАКТЕРИЛ ДЕТСКОЕ &amp;quot;С первых дней жизни&amp;quot; разработано с учетом физиологии нежной кожи ребенка, которая нуждается в особом, бережном уходе. Жидкое мыло не оказывает раздражающего действия на кожу благодаря использованию натуральных компонентов, экологически чистого сырья и тщательно сбалансированному составу. Все компоненты, входящие в состав мыла, прошли обязательные микробиологическое и дерматологическое исследования. Подходит для ежедневного использования, рекомендовано для чувствительной кожи. Не содержит парабенов, красителей и соли. рН нейтральный. Соответствуют особенностям детской кожи.Состав: вода, кокоамидопропил бетаин, кокоамфоацетат натрия, кокоглюкозид, сульфоэтоксилат натрия, диэтаноламид жирных кислот кокосового масла, Д-пантенол, лимонная кислота, изотиазолинон, тетранатриевая соль ЭДТА, комплекс растительных экстрактов.</t>
   </si>
   <si>
     <t>995020</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a8/tynsg8zd4e3t11kfx11iemeivzkg3ve4.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое 250 мл, M SOLO SOFT, для очистки от производственных загрязнений</t>
   </si>
   <si>
     <t>Жидкое мыло M SOLO SOFT предназначено для мягкого очищения кожи любого типа от различных видов легких производственных и бытовых загрязнений. Бережно очищает кожу, сохраняя ее липидный баланс. Содержит увлажняющие компоненты: Д-пантенол, масло виноградной косточки, карбамид. Не сушит и не раздражает кожу. Имеет высокую пенообразующую способность. Обладает приятным фруктовым ароматом. Подходит для людей с чувствительной кожей.</t>
   </si>
   <si>
     <t>995305</t>
   </si>
   <si>
     <t>&lt;a href="/brands/m-solo/"&gt;M SOLO&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b2/n5rugkx671y29b683cwv0209hb4p92wv.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5a6/eqizo1jxnehv9otw2am1001jonfqvxvy.jpg</t>
   </si>
   <si>
     <t>Картридж с жидким мылом-гелем для тела и волос одноразовый TORK  Система S1  Premium, 1 л, 421601, 420601</t>
   </si>
   <si>
     <t>Жидкое мыло-гель обладает всеми преимуществами геля для душа и шампуня. Широко применяется в отелях, школах и спортивных учреждениях. Обладает освежающим универсальным ароматом. Специальная формула придает коже и волосам мягкость.</t>
   </si>
   <si>
     <t>996118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/435/7ozydl5t4ozqqbfp1z5wwp9lbq6zqg0b.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 100 г,  quot;Банное quot; АГРОПРОМ-ЮГ, натуральное, 486785</t>
   </si>
   <si>
     <t>Мыло туалетное &amp;quot;Банное&amp;quot; АГРОПРОМ-ЮГ хорошо пенится, очищает кожу, смягчает, увлажняет кожу и имеет приятный классический аромат. Традиционное туалетное проверено временем. Оно никогда не уйдет из обихода благодаря своей бюджетной цене и высококачественному составу. В состав входят активные компоненты, способствующие смягчению и увлажнению кожи.Меры предосторожности: при попадании мыльной пены в глаза промыть их чистой водой, при попадании в рот – прополоскать водой.Состав: натриевые соли жирных кислот пальмового, кокосовых масел и натуральных животных жиров, натр едкий, вода, двуокись титана, хлорид натрия, антиоксидант агидол, ароматическая композиция.Условия хранения: хранить при температуре не ниже -5 °C.Срок годности – 24 месяца.</t>
   </si>
   <si>
     <t>997118</t>
   </si>
   <si>
     <t>&lt;a href="/brands/agroprom-ug/"&gt;АГРОПРОМ-ЮГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/639/0unezehag4jgnvtht7xtlsd85uoa2xho.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fab/e7ax6zllohbqn27avoqioefw818scg5s.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 200 г,  quot;Банное quot; АГРОПРОМ-ЮГ, натуральное, 486786</t>
   </si>
   <si>
     <t>997120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/701/p42du79x4b637m4srxvmp1snyz6m0hto.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 75 г,  quot;Роза quot; АГРОПРОМ-ЮГ, натуральное, 732300</t>
   </si>
   <si>
     <t>Мыло туалетное &amp;quot;Роза&amp;quot; АГРОПРОМ-ЮГ хорошо пенится, очищает кожу, смягчает, увлажняет кожу и имеет приятный аромат. Мыло из этой серии экономно расходуется и радует своим приятным ароматом. Оно отлично пенится и хорошо очищает кожу рук. Туалетное мыло поставляется в индивидуальной упаковке.Меры предосторожности: при попадании мыльной пены в глаза промыть их чистой водой, при попадании в рот — прополоскать водой.Состав: натриевые соли жирных кислот пальмового, кокосовых масел и натуральных животных жиров, натр едкий, вода, двуокись титана, хлорид натрия, антиоксидант агидол, ароматическая композиция.Условия хранения: хранить при температуре не ниже -5 °C.Срок годности – 24 месяца.</t>
   </si>
   <si>
     <t>997121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d09/ag67gg975dd95f5hg1qxxvrmvjqi3vrm.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 75 г,  quot;Яблоко quot; АГРОПРОМ-ЮГ, натуральное, 732299</t>
   </si>
   <si>
     <t>Мыло туалетное &amp;quot;Яблоко&amp;quot; АГРОПРОМ-ЮГ хорошо пенится, очищает кожу, смягчает, увлажняет кожу и имеет приятный аромат. Мыло из этой серии экономно расходуется и радует своим приятным ароматом. Оно отлично пенится и хорошо очищает кожу рук. Туалетное мыло поставляется в индивидуальной упаковке. Меры предосторожности: при попадании мыльной пены в глаза промыть их чистой водой, при попадании в рот – прополоскать водой.Состав: натриевые соли жирных кислот пальмового, кокосовых масел и натуральных животных жиров, натр едкий, вода, двуокись титана, хлорид натрия, антиоксидант агидол, ароматическая композиция.Условия хранения: хранить при температуре не ниже -5 °C.Срок годности – 24 месяца</t>
   </si>
   <si>
     <t>997122</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/626/bn763thrmarr7clj9rore9vecdj85m4o.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 90 г,  quot;Земляничное quot; АГРОПРОМ-ЮГ, натуральное, 925454</t>
   </si>
   <si>
     <t>Мыло туалетное &amp;quot;Земляничное&amp;quot; АГРОПРОМ-ЮГ хорошо пенится, очищает кожу, смягчает, увлажняет кожу и имеет приятный аромат. Мыло туалетное земляничное предназначено для очистки и дезинфекции кожаных покровов. Мыло имеет приятную округлую форму. Удобно держать в руке при намыливании. Бережно очищает и не пересушивает кожу. Имеет максимально натуральный состав.Меры предосторожности: при попадании мыльной пены в глаза промыть их чистой водой, при попадании в рот – прополоскать водой.Состав: натриевые соли жирных кислот пальмового, кокосовых масел и натуральных животных жиров, натр едкий, вода, двуокись титана, хлорид натрия, антиоксидант агидол, ароматическая композиция.Условия хранения: хранить при температуре не ниже -5 °C.Срок годности – 24 месяца.</t>
   </si>
   <si>
     <t>997123</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/426/mjah9ruh9vhg0ajqfbdp3tf9xopo1s1s.jpg</t>
+  </si>
+  <si>
+    <t>Дозатор двойной 2х0,38 л для жидкого мыла шампуня геля LAIMA ULTRA, НАЛИВНОЙ, белый, 609107, MD-9029W-2</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла/шампуня/геля LAIMA ULTRA двойной 2х0,38 л. Благодаря конструкции из двух дозаторов, максимально удобен для использования в душевых комнатах с шампунем и гелем. Подойдет и для стандартного применения с обычным жидким мылом. Данный дозатор может применяться не только с обычным жидким мылом в общественных туалетных комнатах. Благодаря конструкции из двух дозаторов максимально удобен для использования в душевых комнатах спортивных учреждений, фитнес-клубов, гостиниц, бассейнов. В этом случае один дозатор заполняется шампунем, другой – гелем для душа. Выдача расходных материалов осуществляется экономичными порциями. В комплект входят крепежные материалы для установки.Преимущества дозатора для жидкого мыла/шампуня/геля LAIMA ULTRA: 1&amp;#41; Универсальность, благодаря сдвоенной конструкции. 2&amp;#41; Более широкий спектр применения.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Гигиеничность.5&amp;#41; Надежность конструкции. Материал изготовления – АБС-пластик. Объем – 2х0,38 л.Цвет – белый.</t>
+  </si>
+  <si>
+    <t>997851</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b7a/jmrewkagxc0rtt25vfj8f61m1rz95sbo.jpg</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла LAIMA ULTRA, НАЛИВНОЙ, 0,38 л, белый, ABS-пластик, 609106, MD-9029W</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла LAIMA подходит для использования в местах с любой проходимостью, таких как туалетная комната в ресторане, офисе, торговом центре, аэропорту, на вокзале и т. д. Изготовлен из АБС-пластика. Выдача мыла осуществляется экономичными порциями. Дозатор сочетается с расходными материалами других производителей. Имеется окно для контроля уровня мыла. В комплект входят крепежные материалы. Преимущества дозатора для жидкого мыла LAIMA:1&amp;#41; Гигиеничность. 2&amp;#41; Высокий уровень комфорта для пользователей.3&amp;#41; Легкость и простота в эксплуатации. 4&amp;#41; Не требует особого ухода. 5&amp;#41; Надежность конструкции. Объем – 0,38 л.Цвет – белый.Тип диспенсера – наливной.</t>
   </si>
   <si>
     <t>997852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/096/6jol5mx1phmczcl50n1fvr7j44gru7h2.jpg</t>
   </si>
   <si>
     <t>Мыло туалетное 100 г,  quot;Детское quot; АГРОПРОМ-ЮГ, натуральное, 486787</t>
   </si>
   <si>
     <t>Мыло туалетное &amp;quot;Детское&amp;quot; АГРОПРОМ-ЮГ хорошо пенится, очищает кожу, смягчает, увлажняет кожу и имеет приятный классический аромат. Серия предназначена для детей, но рекомендована и взрослым, имеющим сухую и чувствительную кожа. Изготавливается из натурального высококачественного сырья, обладает смягчающим, дезинфицирующим и хорошим очищающим эффектом.Меры предосторожности: при попадании мыльной пены в глаза промыть их чистой водой, при попадании в рот – прополоскать водой.Состав: натриевые соли жирных кислот пальмового, кокосовых масел и натуральных животных жиров, натр едкий, вода, двуокись титана, хлорид натрия, антиоксидант агидол, ароматическая композиция.Условия хранения: хранить при температуре не ниже -5 °C.Срок годности – 24 месяца</t>
   </si>
   <si>
     <t>997853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a5/6ifvo7plbz47yn4fcp7xgel6ec418sy3.jpg</t>
@@ -6517,104 +5837,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7db/3p5vjff2fdcsd39epc1iuqqx7rklcue0.jpg</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла и антисептика PRIMA NOVA, НАЛИВНОЙ, белый, 0,5 л, SD01</t>
   </si>
   <si>
     <t>Наливной пластиковый дозатор для жидкого мыла и КОЖНЫХ АНТИСЕПТИКОВ. Обеспечивает высокую гигиеничность и экономичный отбор мыла. Выдает жидкое мыло небольшими порциями по 1,7 мл. Возможна заправка дозатора шампунем, кондиционером для волос. Дозатор работает при использовании жидкого мыла, шампуня, кондиционера для волос, антисептика и дезинфицирующего средства на гелевой основе. Тип распыления – капля.</t>
   </si>
   <si>
     <t>999286</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d6/ssjcz93trv6edl0r7zny10x1t3f54e7i.jpg</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла и антисептика PRIMA NOVA, НАЛИВНОЙ, белый, 1,0 л, SD03</t>
   </si>
   <si>
     <t>Наливной пластиковый дозатор для жидкого мыла и кожных антисептиков. Обеспечивает высокую гигиеничность и экономичный отбор мыла. Выдает жидкое мыло небольшими порциями по 1,7 мл. Возможна заправка дозатора шампунем, кондиционером для волос. Дозатор работает при использовании жидкого мыла, шампуня, кондиционера для волос, антисептика и дезинфицирующего средства на гелевой основе. Тип распыления – капля.</t>
   </si>
   <si>
     <t>999287</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/227/68cjxpdcds591vlkov62nd77tg6gdh6a.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3d7/zuz3u7jo0f9d3nehmwcxr5mla8hak9xz.jpg</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла OfficeClean Professional, наливной, ABS-пластик, механический, белый, 1л</t>
   </si>
   <si>
     <t>1001654</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd4/vg6hs5d34cs1iu91hfyv9b2koni9zi0y.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ec7/gyd4bkttmxl86u9vfla5weqkols0msx4.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое 5 л, ОФИСМАГ,  quot;Алоэ и зеленый чай quot;, 603086</t>
   </si>
   <si>
     <t>Жидкое мыло ОФИСМАГ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожности:Следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца. Состав: вода очищенная, хлорид натрия, лауретсульфат натрия, олефинсульфонат натрия, диэтаноламид кокосового масла, парфюмерная композиция, лимонная кислота, метилизотиазолинон, хлорметилизотиазолинон, краситель Е102, Е133.</t>
   </si>
   <si>
     <t>1005339</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/908/rj0s9mymqyc66usy8mctf7yak6gmwnbs.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое 300 г ОФИСМАГ,  quot;Премиум жемчужное quot;, с антибактериальным эффектом, дозатор, 606782</t>
   </si>
   <si>
     <t>Жидкое мыло ОФИСМАГ &amp;quot;Жемчужное&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения с антибактериальным эффектом отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Объем - 300 г.Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой.Меры предосторожности:Использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012. Срок годности: 24 месяца.Состав: Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Styrene/Acrylates Copolymer, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, Triclosan.</t>
   </si>
   <si>
     <t>1005340</t>
@@ -6634,162 +5909,400 @@
   <si>
     <t>http://anytos.ru//upload/iblock/26d/o57d2y367q818evju0xtgs02x9b98f9q.jpg</t>
   </si>
   <si>
     <t>Мыло-крем жидкое 5 л, ОФИСМАГ,  quot;Премиум жемчужное quot;, 603085</t>
   </si>
   <si>
     <t>Жидкое крем-мыло ОФИСМАГ идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом эфирных масел. Подходит для всех типов кожи и не содержит формальдегида. Большого объема 5 л хватит надолго, что позволит сэкономить время и средства. При необходимости можно перелить во флакон с дозатором. Способ применения: нанести 1 мл средства на влажные руки. Аккуратно вспенить и тщательно смыть чистой проточной водой. Вытереть насухо одноразовым бумажным или текстильным полотенцем для рук. Меры предосторожности:Следуйте инструкциям по применению и/или любым предупреждениям на упаковке. Беречь от детей. При попадании в глаза промыть большим количеством воды. Соответствует ГОСТ 31696-2012. Условия хранения: хранить при комнатной температуре. Избегать попадания прямых солнечных лучей. Срок годности: 24 месяца. Состав: вода очищенная, лауретсульфат натрия, хлорид натрия, диэтаноламид жирных кислот кокосового масла, кокамидопропилбетаин, этиленгликольдистеарат, глицерин, лимонная кислота, парфюмерная композиция, растительный экстракт, триклозан, метилхлоризотиазолинон, метилизотиазолинон.</t>
   </si>
   <si>
     <t>1005342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64e/nnt146rgrnj3nqwil3mhcst11qpoj97r.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое ABSOLUT CLASSIC 250мл, Антибактериальное Нежное</t>
   </si>
   <si>
     <t>Крем-мыло Absolut Classic антибактериальное 250 мл. Назначение: жидкое мыло Absolut Classic с дозатором для целей личной гигиены, обеспечивающее эффективное очищение и увлажнение кожи. Способ применения: нанести небольшое количество жидкого мыла на влажную кожу, растереть до образования пены, затем смыть теплой водой. Меры предосторожности: соблюдать стандартные меры предосторожности по обращению с моющими средствами. Использовать только для наружного применения. Состав: вода, лауретсульфат натрия, кокамидопропилбетаин, кокамид ДЭА, хлорид натрия, ПЭГ-7 глицерилкокоат, стирен/акриловый сополимер &amp;#40;и&amp;#41; коко-глюкозид, парфюмерная композиция &amp;#40;бензилсалицилат&amp;#41;, Д-пантенол &amp;#40;провитамин В5&amp;#41;, экстракт прополиса, алоэ вера гель, масло чайного дерева, кислота лимонная, ЭДТА тетранатрия или ЭДТА динатрия, метилхлороизотиазолинон &amp;#40;и&amp;#41; метилизотиазолинон. Условия хранения: хранить в закрытом виде при температуре не ниже ?5 и не выше &amp;#43;25 градусов Цельсия. Срок годности: 3 года с даты изготовления.</t>
   </si>
   <si>
     <t>1005810</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9f/gua2h1ypgcutsfr8ljaj18hxvb2p22e9.jpg</t>
-[...5 lines deleted...]
-    <t>1007081</t>
+    <t>http://anytos.ru//upload/iblock/092/1stn5hgvgmfohxbng1ve5siamv2pny73.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое Clean Room яблоко увлажн. 500 мл флакон с дозатором</t>
+  </si>
+  <si>
+    <t>1007082</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62a/3zbs6tbf0b1dve3zl57x0ibktnfvwrn2.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое РАДУГА лимон увлажн. 500 мл флакон пуш-пул</t>
   </si>
   <si>
     <t>1009694</t>
   </si>
   <si>
     <t>&lt;a href="/brands/raduga/"&gt;Радуга&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/337/hbh7hzwgfy4sx9ey34wmf0h613aal0wi.jpg</t>
-[...14 lines deleted...]
-    <t>1009698</t>
+    <t>http://anytos.ru//upload/iblock/39c/k2myzm8x7aby3iimezeaeyskhwvgikdr.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое Радуга цветочная антибакт. 500 мл флакон с дозатором</t>
+  </si>
+  <si>
+    <t>1009695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cc/n48se55inr6vaotn79l9nmxqs77q2jpy.jpg</t>
   </si>
   <si>
     <t>Крем-мыло детское гипоаллергенное с пантенолом 300 мл, МОЕ СОЛНЫШКО, дозатор, 1665</t>
   </si>
   <si>
     <t>Детское крем-мыло МОЕ СОЛНЫШКО подходит для умывания, мытья рук и тела малыша, начиная с первых дней жизни. Для сухой и чувствительной кожи. Подходит для частого использования: умывания, мытья рук и тела. Мягкая кремовая формула с пантенолом не сушит кожу и не раздражает слизистую. Пантенол оказывает увлажняющее действие.• Подходит для мальчиков и девочек с рождения. • Для детей с чувствительной кожей. • Гипоаллергенная формула сводит к минимуму риск возникновения аллергической реакции. • Проверен и рекомендован педиатрами.Состав: вода, лауретсульфат натрия, лаурилглюкозид, кокамидопропилбетаин, диэтаноламид жирных кислот кокосового масла, натрия лаурет-11 карбоксилат, глицерет-2 кокоат, хлорид натрия, стерен/акрилат сополимер &amp;#40;и&amp;#41; кокоглюкозид, лаурет-7 цитрат, D-пантенол, динатрий ЭДТА, миндального масла глицерет-8 эфиры, ПЭГ/ППГ-120/10 триметилпропан триолеат &amp;#40;и&amp;#41; лаурет-2, ПЭГ-120 метилглюкоздиолеат, парфюмерная композиция, кислота лимонная, метилхлороизотиазолинон &amp;#40;и&amp;#41; метилизотиазолинон, ПЭГ/ППГ-15/15 диметикон.ГОСТ – 31696-2012.</t>
   </si>
   <si>
     <t>1010326</t>
   </si>
   <si>
     <t>&lt;a href="/brands/moyo-solnishko/"&gt;Мое солнышко&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/11a/bhv6uc8jx8b7ve5i3pyovfiltuoydvi3.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое детское гипоаллергенное с маслом авокадо 300 мл, МОЕ СОЛНЫШКО, дозатор, 1701</t>
+  </si>
+  <si>
+    <t>Мыло МОЕ СОЛНЫШКО бережно очищает кожу ребенка, оставляя ощущение чистоты и мягкости. Содержит масло авокадо. Идеально для мытья рук и тела. • Подходит для мальчиков и девочек с 6 месяцев. • Не щиплет глазки. • Гипоаллергенная формула сводит к минимуму риск возникновения аллергической реакции. • Проверено и рекомендовано педиатрами.Для ежедневного применения, не сушит кожу: мягкая формула позволяет использовать мыло так часто, как это необходимо. Эффективное смягчение: масло авокадо смягчает кожу, делает ее гладкой и шелковистой.Состав: вода, лауретсульфат натрия, кокамидопропилбетаин, кокоамфомоноацетат натрия, диэтаноламид жирных кислот кокосового масла, глицерет-2 кокоат, натрия хлорид, масло авокадо, ароматическая композиция, поликватерниум-10, динатрий ЭДТА, кислота лимонная, ПЭГ/ППГ-15/15 диметикон, метилхлороизотиазолинон &amp;#40;и&amp;#41; метилизотиазолинон, CI 19140, СI 42090.</t>
+  </si>
+  <si>
+    <t>1010327</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/49c/1o4hbahxzwt35ujq9rp71ixd46bxkuna.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое детское гипоаллергенное с экстрактом ромашки 300 мл, МОЕ СОЛНЫШКО, дозатор, 1702</t>
   </si>
   <si>
     <t>Мыло МОЕ СОЛНЫШКО бережно очищает кожу ребенка, оставляя ощущение чистоты и мягкости. Содержит экстракт ромашки. Идеально для мытья рук и тела. • Подходит для мальчиков и девочек с 6 месяцев. • Не щиплет глазки. • Гипоаллергенная формула сводит к минимуму риск возникновения аллергической реакции. • Проверено и рекомендовано педиатрами.• Подходит для детей с 6 месяцев. Для ежедневного применения, не сушит кожу: мягкая формула позволяет использовать мыло так часто, как это необходимо. Эффективное очищение: экстракт ромашки оказывает успокаивающее и антисептическое действие.Состав: вода, лауретсульфат натрия, кокамидопропилбетаин, кокоамфомоноацетат натрия, диэтаноламид жирных кислот кокосового масла, глицерет-2 кокоат, натрия хлорид, экстракт цветков ромашки, ароматическая композиция, поликватерниум-10, динатрий ЭДТА, кислота лимонная, ПЭГ/ППГ-15/15 диметикон, метилхлороизотиазолинон &amp;#40;и&amp;#41; метилизотиазолинон, CI 19140, CI 15985.</t>
   </si>
   <si>
     <t>1010328</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/895/d4ryfcje4bzucw9i8qvycl790k328egf.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое для подмывания младенцев гипоаллергенное с ромашкой и чередой 400 мл, МОЕ СОЛНЫШКО, 1794</t>
   </si>
   <si>
     <t>Мыло для подмывания младенцев МОЕ СОЛНЫШКО бережно очищает кожу младенца при каждой смене подгузника и перед сном. Мягкий состав не сушит нежную кожу и не раздражает слизистые. Содержит экстракты цветков ромашки и череды, способствует поддержанию кожи малыша в зоне подгузника в здоровом состоянии. • Подходит для малышей с первых дней жизни. • Гипоаллергенно: формула создана для сведения к минимуму риска возникновения аллергической реакции в случае индивидуальной непереносимости ингредиентов состава.• Сбалансировано по показателю рН. • Клинически проверено и рекомендовано педиатрами.Состав: вода, лауретсульфат натрия, лаурилглюкозид, кокамидопропилбетаин, диэтаноламид жирных кислот кокосового масла, натрия лаурет-11 карбоксилат, глицерет-2 кокоат, лаурет-7 цитрат, хлорид натрия, экстракт гамамелиса, ПЭГ/ППГ-120/10 триметилпропан триолеат &amp;#40;и&amp;#41; лаурет-2, ПЭГ-120 метилглюкоздиолеат, кислота молочная, экстракт цветков ромашки, экстракт череды, динатрий ЭДТА, кислота лимонная, ПЭГ/ППГ-15/15 диметикон, ПЭГ-7М, метилхлороизотиазолинон &amp;#40;и&amp;#41; метилизотиазолинон.</t>
   </si>
   <si>
     <t>1010329</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2cf/wnp62v9b8gvrs0hrdsnm8ubaan4z212l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4a0/bvb29xmrevlj1zk6wyevks7v63s7shkr.jpg</t>
   </si>
   <si>
     <t>Мыло жидкое 300 г ЗОЛОТОЙ ИДЕАЛ  quot;Персик quot;, флип топ, 606777</t>
   </si>
   <si>
     <t>Жидкое мыло ЗОЛОТОЙ ИДЕАЛ &amp;quot;Персик&amp;quot; идеально подходит для использования в офисах, отелях, ресторанах и других общественных местах. Средство универсального применения отлично очищает и смягчает кожу, обеспечивает уход и увлажнение, обладает приятным ароматом. Подходит для всех типов кожи и не содержит формальдегида. Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой, даря удовольствие всей семье. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Объем - 300 мл.Способ применения: небольшое количество мыла нанести на влажную кожу, взбить пену и смыть её водой.Меры предосторожности: Использовать только по назначению! Хранить в недоступном для детей месте. При попадании мыла в глаза немедленно промыть их чистой водой. Соответствует ГОСТ 31696-2012. Срок годности: 24 месяца. Состав: Aqua, Sodium Chloride, Sodium Laureth Sulfate, Cocamide DEA, Parfum, DMDM Hydantoin, Methylchloroisothiazolinone, Methylisothiazolinone, C.I. 15985.</t>
   </si>
   <si>
     <t>1012265</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/13c/onhjyh7nw0uo40lqj62t5mor4zljunvm.jpg</t>
-[...8 lines deleted...]
-    <t>1012266</t>
+    <t>http://anytos.ru//upload/iblock/65e/56d6izzrbtzqowht4gihmullsqibnhfb.png</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 1 л, БАННОЕ, дозатор, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2460</t>
+  </si>
+  <si>
+    <t>Жидкое банное мыло – проверенная временем классика. Подходит для мытья рук и тела, может использоваться для ухода за волосами и отлично подходит для бани и душа. • Основные преимущества:- проверенное временем традиционное банное мыло,- подходит для мытья рук, тела и головы,- бережный уход за кожей и волосами.Состав: Aqua, Sodium Laureth Sulfate, Sodium Chloride, Cocamide DEA, Styrene/Acrylates copolymer, Triethelene glycol, Benzyl Alcohol, Propylene glycol, Methylchloroisothiazolinone, Methylisothiazolinon, PEG-40 Hydrogenated Castor Oil, Plantago Extract, Camomile Extract, Melissa Extract, Thyme Extract, Neonol, Panthenol, Benjzalkonium Chloride, Hydroxypropyl Huar, Basic Green 1, Parfum, Citric Acid, CI 19140, CI 15985.Способ применения: нанести небольшое количество на влажную кожу и использовать как обычное мыло. Жидкое мыло предназначено только для наружного применения.Условия хранения: хранить при температуре от 0 до &amp;#43;25 °С, Не допускать воздействия прямых солнечных лучей и хранения вблизи отопительных приборов.</t>
+  </si>
+  <si>
+    <t>1014628</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/renessans-kosmetik/"&gt;Ренессанс косметик&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/692/dcp33eqz9bz9ze756aj7qke6mt6pc5kh.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 1 л, ХОЗЯЙСТВЕННОЕ, антибактериальное, РЕНЕССАНС КОСМЕТИК, МИНПРОМТОРГ, 2461</t>
+  </si>
+  <si>
+    <t>Хозяйственное мыло проверено временем. Это традиционный и экономичный способ решения проблемы чистоты. Предназначено для стирки белья, мытья посуды, окон, раковин, пола, а также ковровых изделий. Состав: Aqua, Sodium laureth sulfate, Sodium chloride, Cocamide DEA, Cocamidopropyl betaine, hydroxy ethylidene diphosphonic acid, Trietilene glycol, Benzyl alcohol, Propylene Glycol, chloromethylisothiazolinone, Methylisothiazolinone, Styrene/ Acrylates Copolymer, Undecylamidopropyltrimonium Methosulfate, Parfum, Cl 15985.Способ применения: нанести небольшое количество на влажную кожу и использовать как обычное мыло. Для стирки хлопчатобумажных и льняных тканей: растворить 150 мл средства в 10 л воды. При температуре &amp;#43;40-50 °С замачивать в течение 20 минут, при комнатной температуре – 1 час. Постирать и прополоскать. Для мытья посуды: нанести средство на губку, намылить посуду и ополоснуть под струей воды. Для влажной уборки: растворить небольшое количество средства в ведре с водой, протереть загрязненную поверхность. После использования средства протереть поверхность чистой водой. Жидкое мыло предназначено только для наружного применения.Условия хранения: хранить при температуре от 0 до &amp;#43;25 °С. Не хранить под воздействием прямого солнечного света и вблизи отопительных приборов.</t>
+  </si>
+  <si>
+    <t>1014629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3be/kfbbegnq5oobhkvb4f2mdxh3d7lneixc.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 2 в 1 для рук и тела 850 мл, AURA Pure Cotton  quot;Хлопок и луговые травы quot;, дой-пак, 12833</t>
+  </si>
+  <si>
+    <t>Нежная текстура жидкого мыла AURA Pure Cotton бережно очищает кожу рук и тела, не вызывая сухости и раздражения. Натуральные компоненты и экстракты, входящие в состав мыла, смягчают и тонизируют кожу, придают ей ощущение свежести и комфорта. Экстракт хлопка дарит коже ощущение свежести, превосходно увлажняет и смягчает ее. Экстракты подорожника, донника, чистотела и шалфея способствуют смягчению и питанию кожи, а также оказывают успокаивающее и восстанавливающее воздействие, помогая ей лучше справляться с вредными воздействиями окружающей среды.• Особенности и преимущества:- 2 в 1 – подходит для рук и тела;- освежающее;- содержит натуральные экстракты хлопка, подорожника, донника, чистотела и шалфея;- выгодный формат – 45&amp;#37; экономии;- забота об экологии – в 5 раз меньше пластика.• Способ применения: небольшое количество мыла нанести на влажную кожу рук, вспенить, тщательно смыть водой. При обнаружении чувствительности к компонентам - прекратить использование.• Состав: Aqua, Sodium Laureth Sulfate, Cocamide DEA, Sodium Chloride, Glycerin, Melilotus Officinalis Herb Extract, Calendula Officinalis Flower Extract, Urtica Dioica Extract, Viscum Album Leaf Extract, Rhododendron Adamsii Extract, Achillea Millefolium Extract, Inonotus Obliquus Extract, Chelidonium Majus Extract, Salvia Officinalis Extract, Plantago Major Leaf Extract, Gossypium Herbaceum Seed Extract, Gossypium Herbaceum Seed Oil, Oenothera Biennis &amp;#40;Evening Primraso&amp;#41; Oil, Tocopheryl Acetate, Retinyl Palmitate, Propylene Glycol, Linum Usitatissimum Seed Extract, PEG-40 Hydrogenated Castor Oil, PEG-60 Hydrogenated Castor Oil, Tocopherol, Potassium Sorbate, Sodium Benzoate, Benzyl Alcohol, Phenethyl Alcohol, Caprylyl Glycol, Methylchloroisothiazolinone, Methylisothiazolinone, Phenoxyethanol, Parfum, Citric Acid, CI 19140, CI 42090.Условия хранения: в сухом, защищенном от света месте при температуре от &amp;#43;5 до &amp;#43;25 °C. Срок годности: 3 года.</t>
+  </si>
+  <si>
+    <t>1014630</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aura/"&gt;AURA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/675/a12m0o7elikmv7avfx2do5or90gpv1fs.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 2в1 для рук и тела 500 мл AURA Vitamin Complex  quot;Малина и витамины quot;, 13356</t>
+  </si>
+  <si>
+    <t>Крем-мыло AURA Vitamin Complex &amp;quot;Малина и витамины&amp;quot; бережно очищает, не вызывая сухости и раздражения. Экстракт малины освежает и увлажняет кожу, активизирует работу клеток эпидермиса. Витамины A, E, F обладают антиоксидантными свойствами, способствуют сохранению молодости и эластичности кожи. Формула 2 в 1 идеально подходит для мытья рук и тела. А яркий освежающий аромат малины обязательно понравится всей семье!• Особенности и преимущества:- бережное очищение для всей семьи;- яркий освежающий аромат малины;- экстракт малины освежает и увлажняет кожу;- витамины A, E, F обладают антиоксидантными свойствами;- формула 2 в 1 – идеально подходит для рук и тела.• Способ применения: небольшое количество мыла нанести на влажную кожу рук и тела, вспенить, тщательно смыть водой. При обнаружении чувствительности к компонентам - прекратить использование.• Состав: Aqua, Sodium Laureth Sulfate, Sodium Chloride, Cocamide DEA, Styrene/Acrylates Copolymer, Coco-Glucoside, Rubus Idaeus &amp;#40;Raspberry&amp;#41; Fruit Extract, Vaccinium Myrtillus &amp;#40;Blueberry&amp;#41; Fruit Extract, Vaccinium Oxycoccus &amp;#40;Cranberry&amp;#41; Fruit Extract, Rubus Fruticosus &amp;#40;Blackberry&amp;#41; Fruit Extract, Fragaria Vesca &amp;#40;Strawberry&amp;#41; Fruit Extract, Retinyl Palmitate, Tocopheryl Acetate, Oenothera Biennis &amp;#40;Evening Primrose&amp;#41; Oil, Parfum, Methylchloroisothiazolinone, Methylisothiazolinone, Citric Acid, CI 14720.• Условия хранения: хранить в сухом, защищенном от света месте при температуре от &amp;#43;5°до &amp;#43;25 °C. Срок годности: 3 года.</t>
+  </si>
+  <si>
+    <t>1014631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/bvrzozua1r3ezs21lyhykhoan8sbobz1.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое 5 л, ЗОДИАК  quot;Нейтральное quot;, перламутровое, К-08-4к</t>
+  </si>
+  <si>
+    <t>Косметическое нейтральное перламутровое жидкое мыло ЗОДИАК с приятным фантазийным ароматом и нежной пеной для частого и ежедневного очищения рук и тела. Благодаря высокой концентрации обладает хорошей моющей, обезжиривающей и увлажняющей способностью. Косметическое нейтральное перламутровое жидкое мыло с приятным фантазийным ароматом и нежной пеной для частого и ежедневного очищения рук и тела. Благодаря высокой концентрации обладает хорошей моющей, обезжиривающей и увлажняющей способностью. При этом содержит мягкие щадящие компоненты на основе натурального кокосового масла и имеет сбалансированный уровень pH, благодаря чему бережно очищает кожу, не нарушая ее естественных защитных функций. За счет гелеобразной структуры экономично в использовании. Подходит для применения в быту, на коммерческих, промышленных предприятиях и в учреждениях.Легко очищает, ухаживает и увлажняет, равномерно распределяется по коже и легко смывается водой. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения.Особенности:- Подходит для ежедневного ухода,- Мягкое бережное очищение,- Высокая концентрация,- Гелеобразная структура,- Нежная густая пена,- Приятный фантазийный аромат,- Не содержит красителей. Способ применения: используется в готовом виде. Нанести небольшое количество мыла на кожу, вспенить, смыть водой.Состав: Aqua, Sodium Laureth Sulfate, Cocamide DEA, Alkyldiethanolamide, Cocamidopropyl Betaine, Sodium Chloride, Styrene/Acrylates Copolymer, Methylchloroisothiazolinone, Methylisothiazolinone, Parfum.Внешний вид и запах: однородная однофазная гелеобразная густая непрозрачная масса без посторонних примесей белого цвета с фантазийным фруктовым ароматом. рН: 5,0-8,5. Пенится.Меры предосторожности: только для наружного применения. При попадании в глаза: осторожно промыть глаза водой в течение нескольких минут. Снять контактные линзы, если вы ими пользуетесь и если это легко сделать. Продолжить промывание глаз. При возникновении раздражения глаз обратиться за медицинской помощью.Условия хранения и срок годности: хранить в плотно закрытой упаковке завода-изготовителя при температуре от 0 до &amp;#43;30 °C в недоступном для детей и животных месте, вдали от пищевых продуктов и лекарственных препаратов. Не допускать попадания прямых солнечных лучей. Хранение вблизи открытого огня не допускается. Хранить вдали от источников влаги. Средство чувствительно к высоким и низким температурам &amp;#40;допускается изменение вязкости&amp;#41;. Средство замерзает при отрицательных температурах. При размораживании полностью восстанавливает свои физико-химические свойства и моющую способность. Рекомендуется после размораживания перемешать встряхиванием. Срок годности – 24 месяца с даты изготовления.ГОСТ 31696-2012. Упаковка – полимерные канистры. Объем – 5 л.</t>
+  </si>
+  <si>
+    <t>1014632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e7/pvjwpigt4irv9n5mx18qroqlsfegurr0.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое антибактериальное для всей семьи 500 мл, AURA АНТИБАКТЕРИАЛЬНАЯ  quot;Ромашка quot;, дой-пак, 10510</t>
+  </si>
+  <si>
+    <t>Жидкое мыло с антибактериальным эффектом AURA АНТИБАКТЕРИАЛЬНАЯ &amp;quot;Ромашка&amp;quot; деликатно очищает кожу рук, обеспечивая эффективное удаление с кожи загрязнений и бактерий, сохраняя при этом естественный липидный баланс. Натуральный экстракт ромашки обладает противовоспалительным действием, а также устраняет раздражение и смягчает кожу.• Особенности и преимущества:- ромашка обладает антисептическими свойствами, предотвращает появление сухости;- мыло прошло клинические, микробиологические и токсикологические испытания;- подходит для ежедневного использования всеми членами семьи;- продукция поддерживается Российским Красным Крестом;- упаковка дой-пак – гарантия выгодной покупки.• Способ применения: небольшое количество мыла нанести на влажную кожу рук, вспенить, тщательно смыть водой. При попадании в глаза тщательно промыть водой, при обнаружении чувствительности к компонентам – прекратить использование. Только для наружного применения. • Состав: Aqua, Sodium Laureth Sulfate, Cocamidopropyl Betaine, Sodium Chloride, Cocamide DEA, Chamomilla Recutita Flower Extract &amp;#40;экстракт ромашки&amp;#41;, Carbamide, Methylchloroisothiazolinone, Methylisothiazolinone, Citric acid, 2-Na EDTA, Parfume, Benzyl Salicilate, Cl 14720, Cl 19140.• Условия хранения: хранить в сухом, защищенном от света месте при температуре от &amp;#43;5 до &amp;#43;25 °C. Срок годности: 3 года.</t>
+  </si>
+  <si>
+    <t>1014633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54f/n2stf7rjd0hea03type3fxx4se3h0ej2.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое гипоаллергенное 5 л, SEPTIVIT  quot;Миндальное молочко quot;, биоразлагаемое</t>
+  </si>
+  <si>
+    <t>Жидкое мыло SEPTIVIT бережно очищает, не вызывает раздражений и полностью смывается водой. Обладает нежнейшим сладким ароматом свежего миндаля, смешанным с ванильным молоком. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Имеет нейтральный Ph.Состав: вода деминерализованная более 30&amp;#37;, анионные ПАВ из возобновляемого сырья пальмы и сахарного тростника 5-15&amp;#37;, неионогенные ПАВ растительного происхождения на основе глюкозы менее 5&amp;#37;, глицерин менее 5&amp;#37;, хлорид натрия менее 5&amp;#37;, лимонная кислота менее 1&amp;#37;, консервант менее 1&amp;#37;, парфюмерная композиция менее 1&amp;#37;, пищевой краситель менее 1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>1014634</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/septivit/"&gt;SEPTIVIT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/326/ygzr2dk3s8jhbzji01wij1ywgmod9lg7.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое дезинфицирующее, 1 л, SANIPONE  quot;Extra quot;  САНИПОН  quot;Экстра quot; , дозатор, 1000-С-Б-П-Э</t>
+  </si>
+  <si>
+    <t>Мыло дезинфицирующее Sanipon Extra обладает бактерицидной активностью в отношении грамположительных и грамотрицательных бактерий &amp;#40;в том числе кишечной палочки, синегнойной палочки, стафилококка&amp;#41; и патогенных грибов. Смягчает и увлажняет кожу. Состав: ПАВ, бетаин, полигексаметиленгуанидина гидрохлорид &amp;#40;0,5 0,05&amp;#37;&amp;#41;, феноксиэтанол, ПЭГ-7 глицерилкокоат.</t>
+  </si>
+  <si>
+    <t>1014635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec4/50z7rug0tnefpr6qp0nfwe2143ddlxuw.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое детское гипоаллергенное 1 л, SEPTIVIT  quot;Bubble gum quot;, биоразлагаемое, дозатор</t>
+  </si>
+  <si>
+    <t>Жидкое мыло SEPTIVIT бережно очищает, не вызывает раздражений и полностью смывается водой. Обладает сладким ароматом жвачки: сладкий аромат сочетает в себе нотки клубники и ванили. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Имеет нейтральный pH.Состав: вода деминерализованная более 30&amp;#37;, анионные ПАВ из возобновляемого сырья пальмы и сахарного тростника 5-15&amp;#37;, неионогенные ПАВ растительного происхождения на основе глюкозы менее 5&amp;#37;, глицерин менее 5&amp;#37;, хлорид натрия менее 5&amp;#37;, лимонная кислота менее 1&amp;#37;, консервант менее 1&amp;#37;, парфюмерная композиция менее 1&amp;#37;, пищевой краситель менее 1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>1014636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64e/dgmhluk5x40piywjexoycf2yvu3gzmgq.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое детское гипоаллергенное 5 л, SEPTIVIT  quot;Bubble gum quot;, биоразлагаемое</t>
+  </si>
+  <si>
+    <t>Жидкое мыло SEPTIVIT бережно очищает, не вызывает раздражений и полностью смывается водой. Обладает сладким ароматом жвачки: сладкий аромат сочетает в себе нотки клубники и ванили. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Имеет нейтральный Ph.Состав: вода деминерализованная более 30&amp;#37;, анионные ПАВ из возобновляемого сырья пальмы и сахарного тростника 5-15&amp;#37;, неионогенные ПАВ растительного происхождения на основе глюкозы менее 5&amp;#37;, глицерин менее 5&amp;#37;, хлорид натрия менее 5&amp;#37;, лимонная кислота менее 1&amp;#37;, консервант менее 1&amp;#37;, парфюмерная композиция менее 1&amp;#37;, пищевой краситель менее 1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>1014637</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d08/7ei7r2ii5kgwseya90ipm45t2cgdk5ut.jpg</t>
+  </si>
+  <si>
+    <t>Мыло жидкое детское гипоаллергенное 5 л, SEPTIVIT  quot;Без запаха quot;, биоразлагаемое</t>
+  </si>
+  <si>
+    <t>Жидкое мыло SEPTIVIT бережно очищает, не вызывает раздражений и полностью смывается водой. Благодаря входящим в состав смягчающим компонентам сохраняет защитные функции кожи, не вызывая сухости и раздражения. Имеет нейтральный pH.Состав: вода деминерализованная более 30&amp;#37;, анионные ПАВ из возобновляемого сырья пальмы и сахарного тростника 5-15&amp;#37;, неионогенные ПАВ растительного происхождения на основе глюкозы менее 5&amp;#37;, глицерин менее 5&amp;#37;, хлорид натрия менее 5&amp;#37;, лимонная кислота менее 1&amp;#37;, консервант менее 1&amp;#37;.</t>
+  </si>
+  <si>
+    <t>1014638</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b2/lr3x1fs0gdqgrtf1n80053hxjxzcid3s.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г,  quot;Банное quot;  ЭФКО , 80346</t>
+  </si>
+  <si>
+    <t>Традиционное туалетное мыло ЭФКО &amp;quot;Банное&amp;quot; хорошо пенится, очищает кожу и имеет приятный классический аромат. Мыло белого цвета с кремовым оттенком имеет прямоугольную форму. Традиционное туалетное мыло ЭФКО производится по классической технологии на основе натуральных растительных масел и содержит глицерин, который мягко ухаживает за кожей. Проверенная, успевшая заслужить доверие, рецептура мыла является залогом отличного качества.Состав: Sodium Tallowate, Sodium Palmate, Sodium Cocoate, Sodium Palm Kernelate &amp;#40;Е&amp;#41; / Sodium Palmate, Sodium Palm Kernelate &amp;#40;F&amp;#41;, Aqua, Glycerin &amp;#40;глицерин&amp;#41;, Sodium Chloride, Triethanolamine, Sodium Etidronate, Benzoic Acid, Tartaric Acid, PEG – 400, Cellulose Gum, CI 77891&amp;#40;Е&amp;#41; / Tetrasodium Etidronate, CI 77891&amp;#40;F&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014639</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f08/es5yw9hf7ob89erdfqkvi59oxvls48ut.jpg</t>
+  </si>
+  <si>
+    <t>Мыло туалетное 100 г,  quot;Детское quot;  ЭФКО , 80356</t>
+  </si>
+  <si>
+    <t>Мыло &amp;quot;Детское&amp;quot; подходит для чувствительной кожи, склонной к воспалениям и раздражениям. Оно имеет нежную текстуру, хорошо пенится и мягко очищает, не вызывая ощущения стянутости или сухости. Мыло изготовлено по традиционной рецептуре в соответствии с ГОСТ 28546–2002. В его состав входят высококачественное сырьё и проверенные натуральные компоненты. Оно разработано с учётом особенностей детской кожи: бережно удаляет загрязнения, обеспечивает уход и защиту за счёт увлажняющих добавок.Состав: Sodium Palmate, Sodium Tallowate, Sodium Palm Kernelate &amp;#40;Е&amp;#41;/ Sodium Palmate, Sodium Palm Kernelate &amp;#40;F&amp;#41;, Aqua, Glycerin &amp;#40;глицерин&amp;#41;, Parfum, Triethanolamine, Sodium Etidronate, PEG – 400, Tartaric Acid, Benzoic Acid, Cellulose Gum, Sodium Chloride, Tetrasodium Etidronate, CI 77891.</t>
+  </si>
+  <si>
+    <t>1014640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a3/63ano6d22c867to9tvrdztlt403pmrfg.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем гипоаллергенное 1 л, AURA FAMILY  quot;Шелк и экстракт риса quot;, дозатор, 14956</t>
+  </si>
+  <si>
+    <t>Крем-мыло AURA FAMILY &amp;quot;Шелк и экстракт риса&amp;quot; с экстрактами шелка и рисового молочка бережно очищает, не вызывая сухости и раздражения, окутывает кожу нотками ненавязчивого нежного аромата! Крем-мыло AURA FAMILY &amp;quot;Шелк и экстракт риса&amp;quot; обязательно понравится взрослым и детям. А большой формат упаковки поможет сэкономить бюджет семьи.• Особенности и преимущества:- экстракт шелка для гладкой и сияющей кожи;- рисовое молочко для глубокого питания кожи;- ненавязчивый нежный аромат;- перламутровая текстура;- нежное очищение для всей семьи;- выгодный объем упаковки.• Способ применения: небольшое количество мыла нанести на влажную кожу рук, вспенить, тщательно смыть водой. При попадании в глаза тщательно промыть водой, при обнаружении чувствительности к компонентам – прекратить использование. Только для наружного применения. • Состав: Aqua, Sodium Laureth Sulfate, Sodium Chloride, Cocamide DEA, Extract Olea europaea, Extract Oryza sativa, Extract Silk, Citric Acid, Parfum, Methylchloroisothiazolinone, Methylisothiazolinone, Glycol Distearate, Laureth-7.Условия хранения: хранить в сухом, защищенном от света месте при температуре от &amp;#43;5 до &amp;#43;25 °C. Срок годности: 3 года.</t>
+  </si>
+  <si>
+    <t>1014641</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b0/sch1nwjadi2hky41sonovk2n94tycblb.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем гипоаллергенное 1 л, Я САМАЯ  quot;Экстракт ромашки и пантенол quot;, дой-пак, 14424</t>
+  </si>
+  <si>
+    <t>Эксперты бренда Я САМАЯ создали новую формулу в уходе за руками, которая бережно очищает кожу рук! • Особенности и преимущества:- beauty serum &amp;#40;коллаген &amp;#43; гиалурон&amp;#41; в составе способствует предотвращению сухости кожи рук;- гипоаллергенно;- экстракт ромашки и пантенола в составе;- подходит для всей семьи, включая детей от 4 лет.• Способ применения: небольшое количество жидкого мыла нанесите на влажную кожу рук, вспеньте и тщательно смойте водой. При попадании в глаза тщательно промыть водой, при обнаружении чувствительности к компонентам – прекратить использование. Только для наружного применения.• Состав: Aqua, Sodium Laureth Sulfate, Cocamidopropyl Betaine, Sodium Chloride, Cocamide DEA, Glycerin, Panthenol, Chamomilla Recutita Flower Extract, Niacinamide, Hydrolyzed Collagen, Sodium Hyaluronate, Propylene Glycol, Styrene/Acrylates Copolymer, Coco-Glucoside, Citric Acid, Phenoxyethanol, Sodium Citrate, Parfum, Methylchloroisothiazolinone, Methylisothiazolinone.• Условия хранения: хранить при температуре не ниже &amp;#43;5 и не выше &amp;#43;25 °С сухом, защищенном от света месте.</t>
+  </si>
+  <si>
+    <t>1014642</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ja-samaja/"&gt;Я САМАЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/947/88tsjg97akfgf63k4uf5d3aglh19ud6l.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем гипоаллергенное 5 л, AURA Pure Cotton  quot;Олива и хлопковое молочко quot;, 14028</t>
+  </si>
+  <si>
+    <t>Мягкая гипоаллергенная формула крем-мыла AURA идеально подойдет для всех членов семьи. Бережно очищает, не вызывая сухости и раздражения. Хлопковое молочко дарит коже ощущение свежести, превосходно увлажняет и смягчает ее, а экстракт оливы глубоко питает кожу, делает ее нежной и эластичной. Данное мыло превосходно подходит для очищения кожи рук и тела. При приобретении мыла в данном формате ваша выгода достигает 60&amp;#37;.• Особенности и преимущества:- 2 в 1 – подходит для рук и тела;- освежающее;- содержит натуральные экстракты хлопка и оливы;- выгодный формат – 60&amp;#37; экономии.• Способ применения: небольшое количество мыла нанести на влажную кожу рук, вспенить, тщательно смыть водой. При обнаружении чувствительности к компонентам – прекратить использование.• Состав: Aqua, Sodium Laureth Sulfate, Cocamide DEA, Sodium Chloride, Glycerin, Gossypium Herbaceum Seed Extract, Gossypium Herbaceum Seed Oil, Olea Europaea &amp;#40;Olive&amp;#41; Leaf Extract, Aloe Barbadensis Leaf Extract, Oryza Sativa &amp;#40;Rice&amp;#41; Extract, PEG-60 Hydrogenated Castor Oil, Tocopherol, Phenethyl Alcohol, Caprylyl Glycol, Styrene/Acrylates Copolymer, Coco-Glucoside, Methylchloroisothiazolinone, Methylisothiazolinone, Potassium Sorbate, Sodium Benzoate, Phenoxyethanol, Benzyl Alcohol, Citric Acid, Parfum.• Условия хранения: в сухом, защищенном от света месте при температуре от &amp;#43;5 до &amp;#43;25 °C. Срок годности: 3 года.</t>
+  </si>
+  <si>
+    <t>1014643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cb/mivo80nql02qlqk8trt0o9oejfy0xnvb.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое, 300 мл, AURA  quot;Antibacterial quot;, антибактериальное,  quot;Экстракт ромашки quot;, дозатор, 28410, 11704</t>
+  </si>
+  <si>
+    <t>Жидкое крем-мыло AURA &amp;quot;Antibacterial&amp;quot; природная сила ромашки деликатно воздействует на чувствительную кожу: успокаивает кожные раздражения и помогает заживлению мелких царапин, смягчает кожу рук и предотвращает сухость и стянутость после мытья. Жидкое мыло с антибактериальным эффектом AURA Active Herb с Ромашкой деликатно очищает кожу рук, обеспечивая эффективное удаление с кожи загрязнений и бактерий. Натуральный экстракт ромашки обладает противовоспалительным и антисептическим действием, а также устраняют раздражение и смягчают кожу. Подходит для ежедневного использования.Способ применения: Небольшое количество жидкого мыла нанести на влажную кожу рук, вспенить, обработать руки не менее 60 секунд, затем тщательно смыть водой.</t>
+  </si>
+  <si>
+    <t>1014644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d4/mzjea8kbja72zp84o7lujpju6gqbbxdw.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем жидкое, 500 мл, Я САМАЯ BIO,  quot;Календула и ромашка quot;, упаковка дой-пак, для дозаторов, 12248</t>
+  </si>
+  <si>
+    <t>Мыло Я САМАЯ BIO восстанавливает, защищает и мягко очищает, бережно ухаживает за кожей рук. Экстракты календулы и ромашки оказывают антисептическое действие, интенсивно увлажняют и смягчают кожу, снимают раздражение и способствуют восстановлению. В основе средства лежит смесь очищающих и увлажняющих добавок, которые придают ощущение чистоты и свежести, не вызывая сухости кожи.Способ применения: небольшое количество мыла нанести на влажную кожу, вспенить и смыть водой.</t>
+  </si>
+  <si>
+    <t>1014645</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a8/agjko8t7u0e8b0whnp7sigxvltnqy9k8.jpg</t>
+  </si>
+  <si>
+    <t>Мыло-крем увлажнение и гладкость 1 л, AURA FAMILY  quot;Шелк и ежевика quot;, дозатор, 14958</t>
+  </si>
+  <si>
+    <t>Крем-мыло AURA FAMILY &amp;quot;Шелк и ежевика&amp;quot; с экстрактами шелка и ежевики бережно очищает, не вызывая сухости и раздражения, окутывает кожу нотками сладкого ягодного аромата! • Особенности и преимущества:- экстракт шелка для гладкой и сияющей кожи;- экстракт ежевики для глубокого увлажнения и свежести кожи;- сладкий ягодный аромат ежевики;- перламутровая текстура;- нежное очищение для всей семьи;- выгодный объем упаковки.• Способ применения: небольшое количество мыла нанести на влажную кожу рук, вспенить, тщательно смыть водой. При обнаружении чувствительности к компонентам – прекратить использование.• Состав: Aqua, Sodium Laureth Sulfate, Sodium Chloride, Cocamide DEA, Glycerin, Fragaria Vesca &amp;#40;Strawberry&amp;#41; Fruit Extract, Rubus idaeus &amp;#40;Raspberry&amp;#41; Fruit Extract, Rubus Fruticosus &amp;#40;Blackberry&amp;#41; Fruit Extract, Vaccinium macrocarpon &amp;#40;Cranberry&amp;#41; Fruit Extract, Vaccinium Myrtillus Fruit Extract, Extract Silk, Citric Acid, Parfum, Methylchloroisothiazolinone, Methylisothiazolinone, Glycol Distearate, Laureth-7, CI 42090, CI 14720.• Условия хранения: в сухом, защищенном от света месте при температуре от &amp;#43;5 до &amp;#43;25 °C. Срок годности: 3 года.</t>
+  </si>
+  <si>
+    <t>1014646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c4/niuzes1inrkcs86myfluq266zgp1lafo.png</t>
+  </si>
+  <si>
+    <t>Туалетное мыло 100гр. в флоу-пак  лесные ягоды  Калужский блеск</t>
+  </si>
+  <si>
+    <t>Туалетное мыло Калужский блеск «Лесные ягоды» имеет приятный душистый аромат и подходит для любого типа кожи. Обладает хорошими очищающими свойствами, обеспечивает антибактериальную защиту и бережный уход за кожей. Может использоваться для рук и для тела. Состав&lt;br /&gt;
+Натриевые соли жирных кислот натуральных жиров и масел, вода, парфюмерная композиция, соль поваренная, пластификатор, антиоксидант, отбеливающее вещество.</t>
+  </si>
+  <si>
+    <t>1016896</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kaluzhskii-blesk/"&gt;КАЛУЖСКИЙ БЛЕСК&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7116,12846 +6629,11735 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J567"/>
+  <dimension ref="A1:M517"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G567" sqref="G567"/>
+      <selection pane="bottomRight" activeCell="G517" sqref="G517"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...235 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="G30" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G36" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...433 lines deleted...]
-      <c r="E34" s="3" t="s">
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B35" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...19 lines deleted...]
-      <c r="B36" s="1" t="s">
+      <c r="G37" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...84 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>179</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>167</v>
+        <v>192</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>169</v>
+        <v>194</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>167</v>
+        <v>198</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>169</v>
+        <v>112</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>169</v>
+        <v>112</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>169</v>
+        <v>214</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>215</v>
+        <v>77</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>215</v>
+        <v>77</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>224</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>20</v>
+        <v>225</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>201</v>
+        <v>227</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>169</v>
+        <v>229</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F53" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="G53" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...12 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>108</v>
+        <v>237</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B55" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G55" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>250</v>
+        <v>77</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...30 lines deleted...]
-      <c r="A62" s="1" t="s">
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G81" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B62" s="1" t="s">
-[...455 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>169</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>327</v>
+        <v>359</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>376</v>
+        <v>102</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>380</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>215</v>
+        <v>157</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>384</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
+        <v>348</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="G91" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B91" s="1" t="s">
-[...18 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>387</v>
+        <v>404</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>169</v>
+        <v>29</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>98</v>
+        <v>409</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>387</v>
+        <v>412</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>169</v>
+        <v>225</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F165" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="G165" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...430 lines deleted...]
-      <c r="B117" s="1" t="s">
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="F181" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...39 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="G181" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C119" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G185" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...157 lines deleted...]
-      <c r="C126" s="1" t="s">
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G256" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...1068 lines deleted...]
-      <c r="F173" s="3" t="s">
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G259" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G173" s="3" t="s">
-[...1755 lines deleted...]
-      <c r="C256" s="1" t="s">
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G263" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...170 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="C264" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>1079</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="F264" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="F264" s="3" t="s">
+      <c r="B265" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="G264" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="C265" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="B266" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="C266" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="C267" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="F267" s="3" t="s">
         <v>1092</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G267" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C271" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1092</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>1111</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>26</v>
+        <v>1092</v>
       </c>
       <c r="G272" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1112</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="C273" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="F273" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C275" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="F275" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1125</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="C276" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="F276" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="C277" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D277" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>26</v>
+        <v>1092</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1123</v>
+        <v>1134</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1123</v>
+        <v>1137</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1123</v>
+        <v>1146</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G282" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...29 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>1148</v>
+        <v>112</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>1148</v>
+        <v>489</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>1148</v>
+        <v>489</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>1148</v>
+        <v>489</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>1148</v>
-[...5 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>1148</v>
+        <v>489</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>108</v>
+        <v>489</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1148</v>
+        <v>489</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1148</v>
+        <v>489</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1148</v>
+        <v>29</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1194</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F294" s="3" t="s">
         <v>1194</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...3 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G294" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>108</v>
+        <v>912</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>108</v>
+        <v>912</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C299" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="F299" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="B300" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="C300" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1217</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="F300" s="3" t="s">
         <v>1218</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="G300" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C301" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1221</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="F301" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="B302" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="C302" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1224</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="C303" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1227</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="F303" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="C303" s="1" t="s">
+      <c r="C304" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="D303" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="F304" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="C305" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1233</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="B306" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="C306" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1236</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="F306" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="C307" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1239</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="F307" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1243</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="F308" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="C309" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1247</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="F309" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="B310" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="C310" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="F310" s="3" t="s">
         <v>1251</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="G310" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="C309" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="D309" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="C311" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1254</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="F311" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="C312" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1257</v>
       </c>
-      <c r="D310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F312" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="C311" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1261</v>
       </c>
-      <c r="F311" s="3" t="s">
+      <c r="F313" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1262</v>
       </c>
-      <c r="G311" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="C312" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1265</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="C313" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="C315" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1269</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="F315" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="C316" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1273</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="F316" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="C315" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="B317" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="C317" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1276</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="F317" s="3" t="s">
         <v>1277</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="G317" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="B318" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1280</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="C317" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="B319" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="F317" s="3" t="s">
+      <c r="C319" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1283</v>
       </c>
-      <c r="G317" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="F319" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="C320" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1286</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="F320" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1289</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="F321" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1290</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1292</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="F322" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="B323" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="C321" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="C323" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1296</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="F323" s="3" t="s">
         <v>1297</v>
       </c>
-      <c r="C322" s="1" t="s">
+      <c r="G323" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F324" s="3" t="s">
         <v>1297</v>
       </c>
-      <c r="D322" s="1" t="s">
-[...36 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="G324" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1302</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="B325" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="C324" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="C325" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1305</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="F325" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="C325" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="B326" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1309</v>
       </c>
-      <c r="C326" s="1" t="s">
+      <c r="F326" s="3" t="s">
         <v>1310</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="G326" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="B327" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="C327" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1313</v>
       </c>
-      <c r="C327" s="1" t="s">
+      <c r="F327" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="D327" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="B328" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="C328" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1317</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="F328" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="F328" s="3" t="s">
+      <c r="B329" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="G328" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="C329" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1321</v>
       </c>
-      <c r="C329" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="F329" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1323</v>
-      </c>
-[...1 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1341</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1345</v>
+        <v>1310</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>262</v>
+        <v>1310</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F340" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C341" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1368</v>
+        <v>1310</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1368</v>
+        <v>1310</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F344" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C345" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1380</v>
+        <v>1310</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
         <v>1381</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1382</v>
+        <v>1376</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>1383</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1380</v>
+        <v>1310</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1380</v>
+        <v>1310</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1391</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>1380</v>
+        <v>1310</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>1393</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>1395</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1380</v>
+        <v>1310</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1397</v>
+        <v>1376</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>1398</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1380</v>
+        <v>1310</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="C351" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1401</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="F351" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C352" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="F352" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="B353" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1409</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="F353" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="B354" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C354" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1412</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="B355" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="C355" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1415</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="C356" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1419</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="C357" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1423</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="B358" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="C358" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1427</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="B359" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="C359" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1430</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="B360" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="C360" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1433</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="F360" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="B361" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="C361" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1436</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="B362" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1440</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="F362" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="D361" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="B363" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="C363" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1444</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="F363" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="B364" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1448</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="F364" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="B365" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="C365" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1452</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="B366" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="C366" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1455</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="C367" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1458</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="F367" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1460</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="C368" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1462</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="F368" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="C369" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1466</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="F369" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1468</v>
-      </c>
-[...44 lines deleted...]
-        <v>1475</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>1469</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F370" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F371" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B372" s="1" t="s">
         <v>1476</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="C372" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1478</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="F372" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="B373" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1482</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="F373" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="B374" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="C374" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1486</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="F374" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="B375" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="C375" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1489</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="F375" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="C374" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="B376" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="C376" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1492</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="C375" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="B377" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="C377" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1495</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1497</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="C378" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1499</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="F378" s="3" t="s">
         <v>1500</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="G378" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F379" s="3" t="s">
         <v>1500</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...36 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="G379" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="C379" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="C380" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1508</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="C380" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="B381" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="C381" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1512</v>
       </c>
-      <c r="C381" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="F381" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1514</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="C382" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1516</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="F382" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1520</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="F383" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="C384" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1524</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="F384" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="C385" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="C385" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>1528</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>1380</v>
+        <v>1500</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
         <v>1529</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1487</v>
+        <v>1531</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>1380</v>
+        <v>1500</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1487</v>
+        <v>1535</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>1380</v>
+        <v>683</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>1380</v>
+        <v>683</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>1380</v>
+        <v>590</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>1380</v>
+        <v>590</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>1380</v>
+        <v>590</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>1380</v>
+        <v>590</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>1380</v>
+        <v>1561</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>1380</v>
+        <v>1561</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F395" s="3" t="s">
         <v>1561</v>
       </c>
-      <c r="B395" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G395" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1565</v>
+        <v>783</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>1380</v>
+        <v>1573</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1569</v>
+        <v>783</v>
       </c>
       <c r="B397" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F397" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F398" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F400" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F401" s="3" t="s">
+        <v>1591</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F402" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F405" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F406" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F407" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B409" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="C397" s="1" t="s">
+      <c r="C409" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...13 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F409" s="3" t="s">
         <v>1573</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="G409" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B410" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="C398" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="D398" s="1" t="s">
-[...85 lines deleted...]
-      <c r="B402" s="1" t="s">
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="C402" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="D402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="C412" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B403" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F412" s="3" t="s">
         <v>1591</v>
       </c>
-      <c r="C403" s="1" t="s">
-[...68 lines deleted...]
-      <c r="C406" s="1" t="s">
+      <c r="G412" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="B413" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="C413" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="B407" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="C414" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="C408" s="1" t="s">
-[...42 lines deleted...]
-      <c r="B410" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F415" s="3" t="s">
         <v>1616</v>
       </c>
-      <c r="C410" s="1" t="s">
-[...111 lines deleted...]
-      <c r="B415" s="1" t="s">
+      <c r="G415" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="C415" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="B416" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="C416" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1636</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="F416" s="3" t="s">
+        <v>1591</v>
+      </c>
+      <c r="G416" s="3" t="s">
         <v>1637</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...6 lines deleted...]
-    <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
         <v>1638</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>1639</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>1640</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
         <v>1641</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>1380</v>
+        <v>489</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
         <v>1642</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>1643</v>
       </c>
       <c r="C418" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1644</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="F418" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1645</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="C419" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="C419" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D419" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
         <v>1648</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>1380</v>
+        <v>489</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
         <v>1649</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>1650</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>1651</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>1652</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>1380</v>
+        <v>489</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
         <v>1653</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>1654</v>
       </c>
       <c r="C421" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1655</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="F421" s="3" t="s">
         <v>1656</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G421" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
         <v>1657</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>1660</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>1380</v>
+        <v>62</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
         <v>1661</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>1662</v>
       </c>
       <c r="C423" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1663</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="F423" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="B424" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="C424" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1666</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="B425" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1669</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1670</v>
       </c>
-      <c r="C425" s="1" t="s">
+      <c r="F425" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1671</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="B426" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="C426" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1673</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="F426" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="B427" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="C427" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1676</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="F427" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="B428" s="1" t="s">
         <v>1678</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="C428" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1679</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="F428" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="B429" s="1" t="s">
         <v>1681</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="C429" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="C428" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1683</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="F429" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="B430" s="1" t="s">
         <v>1685</v>
       </c>
-      <c r="C429" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="C430" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1687</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="F430" s="3" t="s">
         <v>1688</v>
       </c>
-      <c r="C430" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="G430" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="B431" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="C431" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="C431" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1692</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="F431" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="F431" s="3" t="s">
+      <c r="B432" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="G431" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="C432" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1696</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1697</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="B433" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="C433" s="1" t="s">
         <v>1699</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1700</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="F433" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1701</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="B434" s="1" t="s">
         <v>1702</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="C434" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1703</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="C434" s="1" t="s">
+      <c r="B435" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="C435" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1706</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="B436" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="C435" s="1" t="s">
+      <c r="C436" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1709</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="F436" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="C437" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1712</v>
       </c>
-      <c r="C436" s="1" t="s">
+      <c r="F437" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="B438" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="C438" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1716</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="B439" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="C439" s="1" t="s">
         <v>1719</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1720</v>
       </c>
-      <c r="C438" s="1" t="s">
+      <c r="F439" s="3" t="s">
         <v>1721</v>
       </c>
-      <c r="D438" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="G439" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1722</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="B440" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="C440" s="1" t="s">
         <v>1724</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1725</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="F440" s="3" t="s">
         <v>1726</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="G440" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1728</v>
       </c>
-      <c r="C440" s="1" t="s">
+      <c r="C441" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1730</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="F441" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1734</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1735</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1736</v>
       </c>
-      <c r="C442" s="1" t="s">
+      <c r="C443" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="D442" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1738</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="F443" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="C443" s="1" t="s">
+      <c r="C444" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="D443" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1742</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="F444" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="C444" s="1" t="s">
+      <c r="C445" s="1" t="s">
         <v>1745</v>
       </c>
-      <c r="D444" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1746</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="F445" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="B446" s="1" t="s">
         <v>1748</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="C446" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1750</v>
       </c>
-      <c r="F445" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="F446" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="B447" s="1" t="s">
         <v>1752</v>
       </c>
-      <c r="C446" s="1" t="s">
+      <c r="C447" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="D446" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1754</v>
       </c>
-      <c r="F446" s="3" t="s">
+      <c r="F447" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="G446" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="C448" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="C447" s="1" t="s">
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1758</v>
       </c>
-      <c r="D447" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="F448" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="C449" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="C448" s="1" t="s">
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
         <v>1762</v>
       </c>
-      <c r="D448" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E448" s="3" t="s">
+      <c r="F449" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A449" s="1" t="s">
+      <c r="B450" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="C450" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="C449" s="1" t="s">
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1766</v>
       </c>
-      <c r="D449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E449" s="3" t="s">
+      <c r="F450" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G450" s="3" t="s">
         <v>1767</v>
       </c>
-      <c r="F449" s="3" t="s">
-[...29 lines deleted...]
-    <row r="451" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="B451" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F451" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B452" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C451" s="1" t="s">
+      <c r="C452" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="D451" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E451" s="3" t="s">
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
         <v>1775</v>
       </c>
-      <c r="F451" s="3" t="s">
+      <c r="F452" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="G451" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B452" s="1" t="s">
+      <c r="B453" s="1" t="s">
         <v>1777</v>
       </c>
-      <c r="C452" s="1" t="s">
+      <c r="C453" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="D452" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E452" s="3" t="s">
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
         <v>1779</v>
       </c>
-      <c r="F452" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B453" s="1" t="s">
+      <c r="F453" s="3" t="s">
         <v>1780</v>
       </c>
-      <c r="C453" s="1" t="s">
+      <c r="G453" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="D453" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E453" s="3" t="s">
+      <c r="B454" s="1" t="s">
         <v>1782</v>
       </c>
-      <c r="F453" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B454" s="1" t="s">
+      <c r="C454" s="1" t="s">
         <v>1783</v>
       </c>
-      <c r="C454" s="1" t="s">
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
         <v>1784</v>
       </c>
-      <c r="D454" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E454" s="3" t="s">
+      <c r="F454" s="3" t="s">
+        <v>1780</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
         <v>1785</v>
       </c>
-      <c r="F454" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A455" s="1" t="s">
+      <c r="B455" s="1" t="s">
         <v>1786</v>
       </c>
-      <c r="B455" s="1" t="s">
+      <c r="C455" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="C455" s="1" t="s">
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
         <v>1788</v>
       </c>
-      <c r="D455" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E455" s="3" t="s">
+      <c r="F455" s="3" t="s">
         <v>1789</v>
       </c>
-      <c r="F455" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G455" s="3" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>947</v>
+        <v>1789</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1514</v>
+        <v>1795</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>947</v>
+        <v>1789</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>1801</v>
-[...5 lines deleted...]
-    <row r="459" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>1804</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>1805</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>1801</v>
+        <v>409</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>1801</v>
+        <v>1811</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>912</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>1368</v>
+        <v>740</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>1368</v>
+        <v>1824</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="C464" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F464" s="3" t="s">
         <v>1824</v>
       </c>
-      <c r="D464" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G464" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>1772</v>
+        <v>1833</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>1776</v>
+        <v>418</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>1801</v>
+        <v>1842</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1769</v>
+        <v>1844</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1770</v>
+        <v>1840</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1839</v>
+        <v>1845</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>1772</v>
+        <v>1842</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1840</v>
+        <v>1846</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1777</v>
+        <v>1847</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1778</v>
+        <v>1848</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>1772</v>
+        <v>1842</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1768</v>
+        <v>1850</v>
       </c>
       <c r="B470" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F470" s="3" t="s">
         <v>1842</v>
       </c>
-      <c r="C470" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G470" s="3" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1845</v>
+        <v>1854</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1783</v>
+        <v>1855</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1784</v>
+        <v>1856</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>1772</v>
+        <v>1842</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1514</v>
+        <v>1859</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1794</v>
+        <v>1860</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1795</v>
+        <v>1861</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1847</v>
+        <v>1862</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>947</v>
+        <v>29</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1797</v>
+        <v>1863</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1798</v>
+        <v>1864</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1799</v>
+        <v>1865</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1848</v>
+        <v>1866</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>1801</v>
+        <v>29</v>
       </c>
       <c r="G473" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1802</v>
+        <v>1867</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1803</v>
+        <v>1868</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1804</v>
+        <v>1869</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1849</v>
+        <v>1870</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>1801</v>
+        <v>1842</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1822</v>
+        <v>1871</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1823</v>
+        <v>1872</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1824</v>
+        <v>1873</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1850</v>
+        <v>1874</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>1772</v>
+        <v>489</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1826</v>
+        <v>1875</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1827</v>
+        <v>1876</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1828</v>
+        <v>1877</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1851</v>
+        <v>1878</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>1772</v>
+        <v>489</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1830</v>
+        <v>1879</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1852</v>
+        <v>1880</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1832</v>
+        <v>1881</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1853</v>
+        <v>1882</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>1776</v>
+        <v>489</v>
       </c>
       <c r="G477" s="3" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1854</v>
+        <v>1883</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1855</v>
+        <v>1884</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1856</v>
+        <v>1885</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1857</v>
+        <v>1886</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="G478" s="3" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1858</v>
+        <v>1887</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1859</v>
+        <v>1888</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1856</v>
+        <v>1889</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1860</v>
+        <v>1890</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1861</v>
+        <v>1891</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1862</v>
+        <v>1892</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1863</v>
+        <v>1893</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1864</v>
+        <v>1894</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1865</v>
+        <v>1895</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1866</v>
+        <v>1896</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1867</v>
+        <v>1897</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1868</v>
+        <v>1898</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>500</v>
+        <v>29</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1869</v>
+        <v>1899</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1870</v>
+        <v>1900</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1870</v>
+        <v>1901</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1871</v>
+        <v>1902</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>1872</v>
-[...5 lines deleted...]
-    <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1873</v>
+        <v>1903</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1874</v>
+        <v>1904</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1874</v>
+        <v>1905</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1875</v>
+        <v>1906</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>464</v>
-[...5 lines deleted...]
-    <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1876</v>
+        <v>1907</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1877</v>
+        <v>1908</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1877</v>
+        <v>1908</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1878</v>
+        <v>1909</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>712</v>
+        <v>112</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1879</v>
+        <v>1910</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1880</v>
+        <v>1911</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1880</v>
+        <v>1912</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1881</v>
+        <v>1913</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>1882</v>
+        <v>1914</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1883</v>
+        <v>1915</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1884</v>
+        <v>1916</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1885</v>
+        <v>1917</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1886</v>
+        <v>1918</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1914</v>
+      </c>
+      <c r="G486" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1887</v>
+        <v>1919</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1888</v>
+        <v>1920</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1888</v>
+        <v>1921</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1889</v>
+        <v>1922</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>436</v>
+        <v>1914</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1890</v>
+        <v>1923</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1891</v>
+        <v>1924</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1891</v>
+        <v>1925</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1892</v>
+        <v>1926</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>62</v>
+        <v>1914</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1893</v>
+        <v>1927</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1894</v>
+        <v>1928</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1894</v>
+        <v>1929</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1895</v>
+        <v>1930</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>93</v>
+        <v>912</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1896</v>
+        <v>1931</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1897</v>
+        <v>1932</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1898</v>
+        <v>1932</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1899</v>
+        <v>1933</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>1900</v>
-[...5 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1901</v>
+        <v>1934</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1902</v>
+        <v>1935</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1903</v>
+        <v>1935</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1904</v>
+        <v>1936</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>376</v>
+        <v>1937</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1905</v>
+        <v>1938</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1906</v>
+        <v>1939</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1907</v>
+        <v>1939</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1908</v>
+        <v>1940</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>1900</v>
+        <v>1937</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1909</v>
+        <v>1941</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1910</v>
+        <v>1942</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1911</v>
+        <v>1943</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1912</v>
+        <v>1944</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>947</v>
+        <v>1945</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1913</v>
+        <v>1946</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1914</v>
+        <v>1947</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1914</v>
+        <v>1948</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1915</v>
+        <v>1949</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>1283</v>
+        <v>1945</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1916</v>
+        <v>1950</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1917</v>
+        <v>1951</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1917</v>
+        <v>1952</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1918</v>
+        <v>1953</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>469</v>
+        <v>1945</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1919</v>
+        <v>1954</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1920</v>
+        <v>1955</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1920</v>
+        <v>1956</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1921</v>
+        <v>1957</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>1319</v>
+        <v>1945</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1922</v>
+        <v>1958</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1923</v>
+        <v>1959</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1924</v>
+        <v>1960</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1925</v>
+        <v>1961</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>1926</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>489</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1927</v>
+        <v>1962</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1928</v>
+        <v>1963</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1928</v>
+        <v>1964</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1929</v>
+        <v>1965</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>436</v>
+        <v>1966</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1930</v>
+        <v>1967</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1931</v>
+        <v>1968</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1932</v>
+        <v>1969</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1933</v>
+        <v>1970</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>108</v>
+        <v>1966</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1934</v>
+        <v>1971</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1935</v>
+        <v>1972</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1936</v>
+        <v>1973</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1937</v>
+        <v>1974</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>108</v>
+        <v>1975</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1938</v>
+        <v>1976</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1939</v>
+        <v>1977</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1941</v>
+        <v>1979</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>108</v>
+        <v>1975</v>
       </c>
       <c r="G501" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1942</v>
+        <v>1980</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1943</v>
+        <v>1981</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1944</v>
+        <v>1982</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1945</v>
+        <v>1983</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>108</v>
+        <v>298</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1946</v>
+        <v>1984</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1947</v>
+        <v>1985</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1948</v>
+        <v>1986</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1949</v>
+        <v>1987</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>1950</v>
+        <v>1975</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1951</v>
+        <v>1988</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1952</v>
+        <v>1989</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1953</v>
+        <v>1990</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1954</v>
+        <v>1991</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>1950</v>
+        <v>1992</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1955</v>
+        <v>1993</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1956</v>
+        <v>1994</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1957</v>
+        <v>1995</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1958</v>
+        <v>1996</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>1959</v>
-[...5 lines deleted...]
-    <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1960</v>
+        <v>1997</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1961</v>
+        <v>1998</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1962</v>
+        <v>1999</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1963</v>
+        <v>2000</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>1950</v>
+        <v>1992</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1964</v>
+        <v>2001</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1965</v>
+        <v>2002</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1966</v>
+        <v>2003</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1967</v>
+        <v>2004</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>1950</v>
+        <v>1992</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1968</v>
+        <v>2005</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1969</v>
+        <v>2006</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1970</v>
+        <v>2007</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1971</v>
+        <v>2008</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>1950</v>
+        <v>1992</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1973</v>
+        <v>2010</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1974</v>
+        <v>2011</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E509" s="3" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F509" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E510" s="3" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F510" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" s="3" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F511" s="3" t="s">
         <v>1975</v>
       </c>
-      <c r="F509" s="3" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="G511" s="3" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>1984</v>
+        <v>2022</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1985</v>
+        <v>2023</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1986</v>
+        <v>2024</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1987</v>
+        <v>2025</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>108</v>
+        <v>2026</v>
       </c>
       <c r="G512" s="3" t="s">
-        <v>1988</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>1989</v>
+        <v>2027</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1990</v>
+        <v>2028</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1991</v>
+        <v>2029</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>1992</v>
+        <v>2030</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>108</v>
+        <v>1975</v>
       </c>
       <c r="G513" s="3" t="s">
-        <v>1988</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
-        <v>1993</v>
+        <v>2031</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1994</v>
+        <v>2032</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1995</v>
+        <v>2033</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>1996</v>
+        <v>2034</v>
       </c>
       <c r="F514" s="3" t="s">
-        <v>108</v>
+        <v>1975</v>
       </c>
       <c r="G514" s="3" t="s">
-        <v>1988</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>1997</v>
+        <v>2035</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1998</v>
+        <v>2036</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1999</v>
+        <v>2037</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>2000</v>
+        <v>2038</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>1081</v>
+        <v>2026</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>2001</v>
+        <v>2039</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>2002</v>
+        <v>2040</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>2003</v>
+        <v>2041</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>2004</v>
+        <v>2042</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>1081</v>
+        <v>1975</v>
       </c>
       <c r="G516" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>2005</v>
+        <v>2043</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>2006</v>
+        <v>2044</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>2007</v>
+        <v>2045</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>2008</v>
+        <v>2046</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>2009</v>
+        <v>2047</v>
       </c>
       <c r="G517" s="3" t="s">
-        <v>2010</v>
-[...1128 lines deleted...]
-        <v>517</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">