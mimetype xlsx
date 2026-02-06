--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -12,62 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="601">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
+  </si>
+  <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f1/odq9erc9rbyglwsipmo4jgjkymo5li33.jpg</t>
   </si>
   <si>
     <t>Упак.лента ЛУЧ 48мм 36м 40мкм   20С 1348-08</t>
   </si>
   <si>
     <t>Бытовые мелочи</t>
   </si>
@@ -325,395 +334,284 @@
   </si>
   <si>
     <t>Щетка-ролик для чистки одежды предназначена для удаления пыли, ворсинок, шерсти домашних животных и волос с одежды. Способ применения: &lt;br /&gt;
 - Снять защитный слой, провести роликом&amp;nbsp;&amp;nbsp;по загрязненному участку; &lt;br /&gt;
 - При загрязнении ролика снять верхний слой и продолжить чистку.&lt;br /&gt;
 Размер: общая длина - 16 см, длина ролика &amp;#40;насадки&amp;#41; - 7,5 см.&lt;br /&gt;
 Количество слоев: 3&lt;br /&gt;
 Изготовлено: пластмасса &amp;#40;полипропилен&amp;#41;, бумага с липким слоем.</t>
   </si>
   <si>
     <t>200253</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/346/b4r77robfd85ejub0s07vcjgb6brwlo3.jpg</t>
   </si>
   <si>
     <t>Пломба пластик 14см: ПК-91 14 штр.: -</t>
   </si>
   <si>
     <t>209097</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e6c/e6c595cccc9be81c7a1fdc0fb1283acf/b42d7bbce1da8956aa0c8b167ea66158.jpg</t>
+  </si>
+  <si>
+    <t>Ершик для мытья бутылок 44,5см 968943</t>
+  </si>
+  <si>
+    <t>Ершик для мытья бутылок 44,5см</t>
+  </si>
+  <si>
+    <t>334529</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/svip/"&gt;Svip&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/166/166a4e8412f79a034b4c513c920a69f9.jpg</t>
   </si>
   <si>
     <t>Знак  quot;Внимание. Скользкий пол quot; OfficeClean  quot;Professional quot;, пластик, на англ. и русском языках 251149 153471Э</t>
   </si>
   <si>
     <t>Пластиковый знак &amp;quot;Внимание, мокрый пол&amp;quot; с надписью на английском и русском языках полезен при уборке в общественных местах: торговых центрах, ресторанах, офисных зданиях. Высота 65см, ширина 30см.</t>
   </si>
   <si>
     <t>340915</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d48/d48473d42fd0a193b407bd677882e5b6.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды OfficeClean, универсальный, для удаления пыли и ворса 248555 Н</t>
   </si>
   <si>
     <t>Универсальный ролик, предназначеный для удаления пыли, ворса и шерсти домашних животных с тканевых поверхностей. Идеально подходит для ухода за одеждой, мебелью и салоном автомобиля. Не повреждает ткань, не оставляет следов, не электризует. Использованные листы легко отрываются по перфорации.</t>
   </si>
   <si>
     <t>340962</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6e/d6ed0e34a409a6754ba63ab407e65aca/945411db6315ff5ceed404ae99afcb96.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды Luscan люкс 20 листов   2 сменных блока по 20л.</t>
   </si>
   <si>
     <t>Ролик для чистки одежды Luscan люкс 20 листов &amp;#43; 2 сменных блока по 20л.</t>
   </si>
   <si>
     <t>378052</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luscan/"&gt;Luscan&lt;/a&gt;</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5b3/5b381cb9b6b5c6faa428c1b7af3e5c1e/960e28ebace548cf3fdd593f4c2d902f.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды Luscan универсальный люкс 20 л</t>
   </si>
   <si>
     <t>378053</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d5/7d5041bd64b610b01868eaaa277d8198/e323cd424fb1901e0700db76a4387fb6.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a45/4tx71dxwlb8r6zr92yzj3oiewojny7vd.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды и удаления ворса ЛАЙМА, 20 листов, экстра липкость, европодвес, 605397</t>
   </si>
   <si>
     <t>Чистящий ролик LAIMA благодаря своей липкой поверхности эффективно удаляет пыль, волосы, шерсть животных, с поверхности тканей, одежды, ковров, обивки салона автомобиля. Клейкий блок собирает грязь одним движением по ткани. Содержит 20 листов, которые легко удаляются после использования. Диаметр ролика составляет 40 мм, а его высота 200 мм. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>423351</t>
   </si>
   <si>
     <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4bc/ud8c8gesyhj2o109ued5k9xzdsmrt9cp.jpg</t>
-[...2 lines deleted...]
-    <t>Шпагат полипропиленовый, длина 500 м, диаметр 1,6 мм, линейная плотность 1000 текс, BRAUBERG, 605007</t>
+    <t>http://anytos.ru//upload/iblock/5b5/376morrze2epg46x3iarmfj505yqcyhm.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат джутовый полированный длина 100 м диаметр 1,5 мм, 2-х ниточный, BRAUBERG, 607947</t>
+  </si>
+  <si>
+    <t>Джутовый полированный шпагат BRAUBERG отлично подходит для рукоделия и декора, упаковки товаров, опломбирования и прошивки документов. Изготовлен из натурального сырья растительного происхождения. Шпагат отличается высокой прочностью, износостойкостью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета и резкому перепаду температур. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется.Джутовый шпагат широко применяется для изготовления предметов интерьера, вязания/плетения сумок, ковриков, украшений. Незаменим в хозяйстве для подвязки растений и деревьев, упаковки товаров. Может применяться в пищевой промышленности. В делопроизводстве джутовый шпагат активно используется для опечатывания, инкассации, прошивки документов. Джут вымачивают в специальном многокомпонентном растворе для более глубокого расщепления волокна, придания ему мягкости и прочности. Именно поэтому при полном соблюдении технологии обработки и производства джутового волокна шпагаты и веревки, изготовленные из него, имеют специфический запах, который постепенно выветривается.Длина шпагата - 100 м, диаметр нити - 1,5 мм, линейная плотность - 1200 текс. Каждый клубок упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>438644</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/106/1068a94e225029c11fe77cbd56ab986c/ee3ced4f90a7b00d10ac98ea181e37fc.jpg</t>
+  </si>
+  <si>
+    <t>Лента сигнальная Unibob, 50мм 150м, красно-белая, ИУ</t>
+  </si>
+  <si>
+    <t>Сигнальные ленты используются для временного ограждения территорий при проведении ремонтных, строительных, спасательных работ, в местах ДТП. Лента поставляется в термоусадке.</t>
+  </si>
+  <si>
+    <t>557532</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/unibob/"&gt;Unibob&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b54/b54315f78b70620b3b49f264cccc2b35/efa4c0862116ea6c398e26fde065c7ce.jpg</t>
+  </si>
+  <si>
+    <t>Лента сигнальная Unibob, 70мм 150м, красно-белая, ИУ</t>
+  </si>
+  <si>
+    <t>Сигнальные ленты используются для временного ограждения территорий при проведении ремонтных, строительных, спасательных работ, в местах ДТП.&amp;nbsp;&amp;nbsp;Лента поставляется в индивидуальной картонной коробке</t>
+  </si>
+  <si>
+    <t>557533</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25d/uyoz8lion60vyolhk230pvq4vzmkl0qp.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат джутовый упаковочный полированный, длина 500 м, диаметр 1,5 мм, 1200 текс, BRAUBERG, 605008</t>
+  </si>
+  <si>
+    <t>Джутовый шпагат BRAUBERG отлично подходит для декорирования, плетения, обвязки, упаковки товаров, инкассации, опечатывания и прошивки документов. Активно применяется для хозяйственных и бытовых нужд в домашнем и дачном хозяйстве. Изготовлен из натурального сырья растительного происхождения. Представляет собой нить диаметром 1,5 мм намотанную в бобину. Обладает линейной плотностью 1200 текс. Отличается мягкостью, высокой прочностью и эластичностью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета, не боится высоких температур и холода. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется. Джутовый шпагат отлично подходит для декорирования корзинок, вазочек, шкатулок, плетения сумок, ковриков, украшений. Так же джутовый шпагат используют для изготовления предметов интерьера, изделий в технике макраме. Активно применяется для хозяйственных нужд, подвязки растений и деревьев, упаковки товаров, для строительных и ремонтных работ. Подходит для опечатывания, инкассации, прошивки документов в делопроизводстве. Благодаря своим уникальным природным качествам и практичностью джутовый шпагат является незаменимым помощником в каждом доме и дачном хозяйстве. Экологически чистый продукт.</t>
+  </si>
+  <si>
+    <t>565908</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94c/adqgk80lyaiijct3e20b8gbrw4tciw5h.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат полипропиленовый, длина 125 м, диаметр 2 мм, линейная плотность 1600 текс, BRAUBERG, 600398</t>
   </si>
   <si>
     <t>Полипропиленовый шпагат BRAUBERG отлично подходит для хозяйственных и бытовых нужд в домашнем и дачном хозяйстве. Активно применяется в обвязке, упаковке товаров и посылок, подвязки растений и деревьев, плетении, декорировании. Изготовлен из первичного полипропиленового волокна методом скручивания нескольких волокон. Обладает высокой прочностью, большой влагостойкостью, не впитывает влагу, не тонет в воде, не подвержен гниению и поражению плесенью. Полипропиленовый шпагат мягкий, легко вяжется в узлы, устойчив к истиранию, разрывам и растяжениям. Широко применяется для бытовых и хозяйственных нужд, подвязки растений и деревьев, упаковки товаров, обвязки, изготовления изделий народных промыслов, рыболовстве, мореходстве, спорте, строительных и ремонтных работах, производстве декоративных изделий, декорировании. Экологически безопасен.</t>
   </si>
   <si>
-    <t>423352</t>
-[...118 lines deleted...]
-  <si>
     <t>565909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee1/pxir8iq7a54l7z0kzvktwa5boqyr5t8k.jpg</t>
   </si>
   <si>
     <t>Шпагат полипропиленовый, длина 625 м, диаметр 2 мм, линейная плотность 1600 текс, BRAUBERG, 600117</t>
   </si>
   <si>
     <t>565910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/480/phs9ux9froubl6f8yglqy5u451cs6118.jpg</t>
   </si>
   <si>
     <t>Щетка для одежды обуви, большая, 9х14х6 см, пластик, цвет ассорти,  quot;Утюжок quot;, YORK, 40010</t>
   </si>
   <si>
     <t>Имеет удобную ручку с профилированным упором для большого пальца. Упругая щетина эффективно очищает поверхность от загрязнений. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>565917</t>
   </si>
   <si>
     <t>&lt;a href="/brands/york/"&gt;York&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/552/552f5441c18b612623d7933ae637e8d3/cc9bf8ae0cba8321fb88018bdda92b8e.jpg</t>
   </si>
   <si>
     <t>Мешок ПП 56 х 96 с ПНД вкладышем, на 50кг, ВС белый 100 шт уп</t>
   </si>
   <si>
     <t>Мешок ПП 56 х 96 с ПНД вкладышем, на 50кг, ВС белый 100 шт/уп</t>
   </si>
   <si>
     <t>581582</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4cb/4cb1ec6315aeb68dddb855920311c7ec/6a508e810772e4ce9f62ede7c0852a57.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8fd/8fd1c250b318f9c91d9de6e682b05507/d509a2ae4674fddc8e3aa68cd1832ccf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мешок п п тканый  100смх120см,150гр </t>
   </si>
   <si>
     <t>Мешок п/п тканый &amp;#40;100смх120см,150гр&amp;#41;</t>
   </si>
   <si>
     <t>581584</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eff/effdf6c9aa479e567288430ef06d4ac2/1ffbe4b4325411142d889dd50badddf3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fcd/fcd1b0b655c9ea9d42f2f3511ed927ca/a58815a394b2bb6c9d037703b8a880a8.jpg</t>
   </si>
   <si>
     <t>Мешок ПП 46 х 75, с ПНД вкладышем, на 25 кг, ВС белый100 шт уп</t>
   </si>
   <si>
     <t>Мешок ПП 46 х 75, с ПНД вкладышем, на 25 кг, ВС белый100 шт/уп</t>
   </si>
   <si>
     <t>581586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8f/c8f7aa77de2033dee7786cd7d9e81998/ae6927a10bac7ae0558b1d877b9e35d3.jpg</t>
   </si>
   <si>
     <t>Мешок ПП 70х120см 1С белый 100 шт уп</t>
   </si>
   <si>
     <t>Мешок ПП 70х120см 1С белый 100 шт/уп</t>
   </si>
   <si>
     <t>581588</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/96a/96a8e674071d9cd1a1765d838f259264/eddd8f670a6b3dc0ce22995e03ee738b.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5b8/5b83d6246db4554ffa0b6802be9e10c7/8c1b6e0b1a4a02f86109e4f19e7e6d33.jpg</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников  квадр. прозрач.  6 6см, h2см.</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников &amp;#40;квадр. прозрач.&amp;#41; 6*6см, h2см.</t>
   </si>
   <si>
     <t>593978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a14/a145ca1bf9d0d0137a1c18670665262e/4f7cce509c4f58e376a117a7f0ccdc3c.jpg</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников  круг. бел.  d 6см, h2см.</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников &amp;#40;круг. бел.&amp;#41; d 6см, h2см.</t>
   </si>
   <si>
     <t>593979</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eef/eefcdebee138c84daf70d8aecb46d1e8/997e345b5eb44a16cbf0235ca1eb7d77.jpg</t>
@@ -1028,50 +926,65 @@
     <t>Фиксатор для двери  Улитка  3 цвета</t>
   </si>
   <si>
     <t>Фиксатор для двери «Улитка» 3 цвета</t>
   </si>
   <si>
     <t>594012</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b13/b13a3e47c40bb0201cded89c7919fa62/a0e7642f66b2fbfcb1eee3ea49a06641.jpg</t>
   </si>
   <si>
     <t>Фиксатор для окон и дверей 2 цвета</t>
   </si>
   <si>
     <t>594013</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b6/5b616d184b1cf4eb1a834361b321493f/300fb81f7c33cc2f9c765aa7b5cec0ef.jpg</t>
   </si>
   <si>
     <t>Шнур витой 20 м. 5 цветов</t>
   </si>
   <si>
     <t>594015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68b/68b2d2590a6dc20dc0fb0546cf546b72/3cf2ba4c24dcfee746dcc643fb2adba8.jpeg</t>
+  </si>
+  <si>
+    <t>Антистатик Лана 3в1, 180 мл</t>
+  </si>
+  <si>
+    <t>Антистатики от производителя Sibiar.&lt;br /&gt;
+ Каждый знает, что одежда из синтетики сильно электризуется, что приводит к её прилипанию к телу, склеиванию тканей между собой и притягиванию мелких частичек пыли и других волокон.&lt;br /&gt;
+ Избавиться от этих неприятных последствий поможет использование Антистатика Лана. Достаточно распылить его по поверхности и проблема статического электричества будет решена. Он эффективно предотвратит слипание тканей и притягивание их к телу. Чтобы убрать частицы пыли или шерсти с любимой одежды достаточно распылить аэрозоль по поверхности и механически стряхнуть загрязнения щёткой. После использования Антистатика Лана они перестанут притягиваться и с лёгкостью опадут вниз.&lt;br /&gt;
+ Часто тонкие длинные волосы подвержены статическому электричеству. Они становятся непослушными и притягиваются к другим поверхностям, портя тем самым причёску и весь внешний вид. Чтобы этого избежать, достаточно перед укладкой распылить Антистатик Лана на расчёску. Волоски станут послушными и будут держать необходимую форму на протяжении длительного времени</t>
+  </si>
+  <si>
+    <t>602633</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68d/68d71c94a0af9a4b500f1f7ab792f47d/3efdce049fa99b03e7c50d49af23912f.jpeg</t>
   </si>
   <si>
     <t>Антистатик Лана 3в1, 140 мл</t>
   </si>
   <si>
     <t>Антистатики от производителя Sibiar.&lt;br /&gt;
  Предназначен для снятия статического электрического напряжения с ткани и одежды. Препятствует прилипанию ткани к ногам при ходьбе. Наносится на изнаночную сторону изделий из ткани, легко распыляется, не оставляет никаких разводов на одежде.&lt;br /&gt;
  Отлично подойдет людям, занимающимся пошивом одежды из таких тканей как шелк, атлас, ведь при раскрое наэлектризованные ткани прилипают друг к другу, мешая делать точные выкройки. Не выявлено вредного влияния на состояние здоровья человека, однако не следует распылять средство непосредственно вблизи дыхательных путей.&lt;br /&gt;
  Имеет легкий приятный аромат. Наносится на изнаночную сторону одежды, распыление нужно производить с расстояния около 40 сантиметров. Легко распределяется по большой поверхности. Антистатик «Лана 3 в 1» продолжает свое действие на протяжении всего дня. Экономичная упаковка и эффективное распыление позволяют использовать один флакон в течение длительного времени.&lt;br /&gt;
  Состав: спирт этиловый, пропеллент углеводородный, поверхностно &amp;#8212; активные вещества, ароматизаторы и др.</t>
   </si>
   <si>
     <t>602634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73c/73c6072ff357b26866a63aafd8ecb371.jpg</t>
   </si>
   <si>
     <t>Фиксатор для дверей  quot;Бабочка quot;</t>
   </si>
   <si>
     <t>Фиксатор для дверей &amp;quot;Бабочка&amp;quot;</t>
@@ -1500,137 +1413,125 @@
   <si>
     <t>Светоотражающий браслет 40см</t>
   </si>
   <si>
     <t>703662</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ce/etqg62nmsxabu7t77ct9btejdef9j344.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды OfficeClean, 5,6м., 20 слоев   2 сменных блока 5,6м., европодвес</t>
   </si>
   <si>
     <t>710806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c2/fq7m5454cfhtrzwk5b8oda6baanohmqo.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды OfficeClean, универсальный, для удаления пыли и ворса, 50 слоев, европодвес</t>
   </si>
   <si>
     <t>710807</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d40/dha1qfsjtrwhyyp6cw8y7xcgtnall28k.jpg</t>
+  </si>
+  <si>
+    <t>Ролик для чистки одежды Kores универсальный 80 л, 32401.03</t>
+  </si>
+  <si>
+    <t>715840</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b4d/ntfu1ycx3q8hhgkdcbft1bwgfett78q9.jpg</t>
   </si>
   <si>
     <t>Рожок для обуви  quot;Комфорт quot;. Общая длина 46см. 3 цвета</t>
   </si>
   <si>
     <t>Рожок для обуви &amp;quot;Комфорт&amp;quot;. Общая длина 46см. 3 цвета</t>
   </si>
   <si>
     <t>794899</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f8f/6h3f79z0wj30vkdujia3ryq3m9fr3mrt.jpg</t>
+  </si>
+  <si>
+    <t>Рожок для обуви  quot;Петля quot;. Общая длина 29см.</t>
+  </si>
+  <si>
+    <t>Рожок для обуви &amp;quot;Петля&amp;quot;. Общая длина 29см.</t>
+  </si>
+  <si>
+    <t>794900</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9d7/rikre3g8lzsg4yi62ydyy78aixxicsjk.jpg</t>
   </si>
   <si>
     <t>Рожок для обуви  quot;Петля quot;. Общая длина 48см.</t>
   </si>
   <si>
     <t>Рожок для обуви &amp;quot;Петля&amp;quot;. Общая длина 48см.</t>
   </si>
   <si>
     <t>794901</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/107/5mw1im06ia931ps7r8f3654kzb23qken.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/05d/z4ngzolct1s5xlcbv9f1bpwnjw2qjw9m.jpg</t>
   </si>
   <si>
     <t>Чехлы для ножек мебели  quot;Царапки quot;. Набор из 4-х шт. Размер 9х5,5см.</t>
   </si>
   <si>
     <t>Чехлы для ножек мебели &amp;quot;Царапки&amp;quot;. Набор из 4-х шт. Размер 9х5,5см.</t>
   </si>
   <si>
     <t>794903</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/18c/5jbak2x85g7joxi4vhz5qmk435sv09jw.jpg</t>
-[...8 lines deleted...]
-    <t>829412</t>
+    <t>http://anytos.ru//upload/iblock/a77/uxdz2pl3ab503x82wmrefxyv69zxnz3b.jpg</t>
+  </si>
+  <si>
+    <t>Машинка для удаления катышков с аккумулятором с широкой рабочей поверхностью SONNEN FS-9989, 455467</t>
+  </si>
+  <si>
+    <t>Машинка для удаления катышков SONNEN FS-9989 со встроенным аккумулятором и с широкой рабочей поверхностью, выполненная в современном дизайне, легко и быстро подарит одежде вторую жизнь! Миниклинер SONNEN FS-9988 черного цвета сделан из ABS пластика, а лезвия и сетка из нержавеющей стали. Питается прибор от аккумулятора 2хAA NI-MH 400 mAh &amp;#40;встроен&amp;#41;. Заряжается с помощью Micro USB-порта в корпусе. Полного заряда хватает на 40 минут работы, для полной зарядки необходимо 4 часа. Диаметр рабочей поверхности - 55 мм. Два режима работы &amp;#40;скорости&amp;#41;: 5500 RPM и 7500 RPM &amp;#40;оборотов в минуту&amp;#41;. Переключатель находится на левой стороне ручки - удобно держать и переключать одной рукой. Миниклинер оснащен съемным резервуаром для срезанных катышков. В комплект входит сам прибор, щетка для очистки лезвий, провод Micro USB - USB, руководство пользователя и гарантийный талон.</t>
+  </si>
+  <si>
+    <t>829414</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sonnen/"&gt;SONNEN&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f6c/dmw2iwhuosga0kitdcntilbvld4lbjfc.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d56/gufsovn6dbqupa6ndx61q414c8gu2b03.jpg</t>
   </si>
   <si>
     <t>Протекторы для ножек мебели самоклеющиеся. Набор 4 штуки, диаметр 4,8 см.</t>
   </si>
   <si>
     <t>Протекторы для ножек мебели, такой как стулья, табуреты, столы и т.п. предназначены для защиты полов. Протекторы наклеиваются непосредственно на ножки мебели, обеспечивая тем самым защиту покрытий полов от повреждений. Использование таких протекторов обезопасят напольные покрытия и продлят их срок службы. Они почти не заметны и не испортят интерьер Вашего дома. Изготовлено: стружка и кора дуба прессованая, клеевой слой. Диаметр 4,8 см, высота 0,3 см.</t>
   </si>
   <si>
     <t>835529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/545/xptjktx90ngc029vufy298t0w0nck312.jpg</t>
   </si>
   <si>
     <t>Ручка для дверей самоклеющаяся. Размер 8,5х 3,5см.</t>
   </si>
   <si>
     <t>Ручка предназначена для крепления на дверцах шкафа, комода, тумб, выдвижных ящиков, где нет возможности или желания просверлить отверстие для стандартных ручек. Крепится к поверхности при помощи двухсторонней липкой ленты. УСТАНОВКА: Очистите и обезжирьте поверхность, куда необходимо установить ручку; снимите защитный слой липкой ленты и зафиксируйте ручку на поверхности; удерживайте 3-4 секунды для надежной фиксации. Изготовлено из пластмассы &amp;#40;полипропилен&amp;#41;. Размер: диаметр 8,5 см. высота 3,5 см.</t>
   </si>
   <si>
     <t>835530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c1/twcnobpaatbubud1tlp14iz5wmh1tghh.jpg</t>
@@ -1638,57 +1539,57 @@
   <si>
     <t>Набор протекторов для ножек мебели 18 штук. Размер 2,5х2,5см.</t>
   </si>
   <si>
     <t>855049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/604/nfijk1ng3zrp191v52m78zfvzzwzl86x.jpg</t>
   </si>
   <si>
     <t>Набор протекторов для ножек мебели 8 штук. Диаметр 4 см.</t>
   </si>
   <si>
     <t>855050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/312/v941g08s87e18fc1g2krteoigpwlg12n.jpg</t>
   </si>
   <si>
     <t>Набор протекторов для ножек мебели 8 штук. Размер: 4х4см.</t>
   </si>
   <si>
     <t>855051</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dfb/7sgz4ff6ebjks6q0y2dxvoq03wcqf6w0.jpg</t>
-[...5 lines deleted...]
-    <t>879306</t>
+    <t>http://anytos.ru//upload/iblock/503/i90tkgqe8jw8cx5g1wkealcyiai9155y.jpg</t>
+  </si>
+  <si>
+    <t>Ролик для чистки одежды Kores запасной блок 2х80 л., арт.32402.02</t>
+  </si>
+  <si>
+    <t>879302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/272/mulaobaft4bxf0e7h7sw15pjddle4aop.jpg</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников, 4 штуки</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников, 4 штуки &amp;#40;квадрат. бел.&amp;#41; Размер 6х6см.</t>
   </si>
   <si>
     <t>885304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e2/pfinltm7b5hu83t6l7xzoh380y97lgd1.jpg</t>
   </si>
   <si>
     <t>885305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42b/fspmkw4rry50ee92ebcworwkgx9690t0.jpg</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников, 4 штуки &amp;#40;квадрат. сер.&amp;#41; Размер 6х6см.</t>
   </si>
@@ -1710,131 +1611,98 @@
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников, 4 штуки &amp;#40;круг. сер.&amp;#41; D6см.</t>
   </si>
   <si>
     <t>885308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9fb/xt2b9mn1f8g48hpwm0gfj1jbd2xhm1gj.jpg</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников, 4 штуки &amp;#40;круг. черн.&amp;#41; D6см.</t>
   </si>
   <si>
     <t>885309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b67/bymjmzv7n1ing4jwxg7i1m6te83khswr.jpg</t>
   </si>
   <si>
     <t>Блокиратор для дверей</t>
   </si>
   <si>
     <t>885310</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/561/wpkwo2wawj35o8oukeots95b5nqqxyjm.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d02/pyvogqydnp3572rvq0t7yc9taqxkk09x.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды Luscan универсальный люкс 50 листов</t>
   </si>
   <si>
     <t>898471</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/875/0zvzx083moun4zba6rd52kbpxfov24oa.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/585/glvovr9itwjtjwgkngcafz065m0ci26t.jpg</t>
   </si>
   <si>
     <t>Штанга телескопическая  quot;Порядок quot; Длина 40 70см. Диаметр 1 1,3 см.</t>
   </si>
   <si>
     <t>Штанга телескопическая &amp;quot;Порядок&amp;quot; Длина 40~70см. Диаметр 1/1,3 см.</t>
   </si>
   <si>
     <t>931001</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e0/5gqvt3ngkupd1fr9f805ljnbj9cc4r2p.jpg</t>
-[...5 lines deleted...]
-    <t>932134</t>
+    <t>http://anytos.ru//upload/iblock/087/vobllb4nfv0aekylplvgjukmzm2cjkop.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат джутовый полированный длина 1200 м диаметр 1,8 мм, 2-х ниточный, BRAUBERG, 607942</t>
+  </si>
+  <si>
+    <t>Джутовый полированный шпагат BRAUBERG отлично подходит для рукоделия и декора, упаковки товаров, опломбирования и прошивки документов. Изготовлен из натурального сырья растительного происхождения. Шпагат отличается высокой прочностью, износостойкостью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета и резкому перепаду тепрератур. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется. Джутовый шпагат широко применется для изготовления предметов интерьера, вязания/плетения сумок, ковриков, украшений. Незаменим в хозяйстве для подвязки растений и деревьев, упаковки товаров. Может применяться в пищевой промышленности. В делопроизводстве джутовый шпагат активно используется для опечатывания, инкассации, прошивки документов. Джут вымачивают в специальном многокомпонентном растворе для более глубокого расщепления волокна, придания ему мягкости и прочности. Именно поэтому, при полном соблюдении технологии обработки и производства джутового волокна, шпагаты и веревки, изготовленные из него, имеют специфический запах, который постепенно выветривается.Длина шпагата - 1200 м, диаметр нити - 1,8 мм, линейная плотность 1200 текс.Каждая бобина упакована в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>938721</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74c/ggdkofg0nehjkmuszwlnr9a0l9nu8gcw.jpg</t>
   </si>
   <si>
     <t>Шпагат джутовый полированный длина 500 м диаметр 1,5 мм, 2-х ниточный, BRAUBERG, 607944</t>
   </si>
   <si>
     <t>Джутовый полированный шпагат BRAUBERG отлично подходит для рукоделия и декора, упаковки товаров, опломбирования и прошивки документов. Изготовлен из натурального сырья растительного происхождения. Шпагат отличается высокой прочностью, износостойкостью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета и резкому перепаду тепрератур. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется. Джутовый шпагат широко применется для изготовления предметов интерьера, вязания/плетения сумок, ковриков, украшений. Незаменим в хозяйстве для подвязки растений и деревьев, упаковки товаров. Может применяться в пищевой промышленности. В делопроизводстве джутовый шпагат активно используется для опечатывания, инкассации, прошивки документов. Джут вымачивают в специальном многокомпонентном растворе для более глубокого расщепления волокна, придания ему мягкости и прочности. Именно поэтому, при полном соблюдении технологии обработки и производства джутового волокна, шпагаты и веревки, изготовленные из него, имеют специфический запах, который постепенно выветривается.Длина шпагата - 500 м, диаметр нити - 1,5 мм, линейная плотность 1200 текс.Каждая бобина упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>938722</t>
   </si>
   <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/887/qq8d6vremu53imd3klakdi8xn76rbl1q.jpg</t>
   </si>
   <si>
     <t>Щетка для чистки труднодоступных мест. Размер 2,5х15,5х3 см.</t>
   </si>
   <si>
     <t>939707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/099/b3wnkahw2x7nuzyzz62jpqrqbm5z387h.jpg</t>
   </si>
   <si>
     <t>Щетка-ершик для чистки труднодоступных мест. Длина 24 см.</t>
   </si>
   <si>
     <t>939708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20f/po25kosxexts9c4j6kfobnqp3kaw9607.jpg</t>
   </si>
   <si>
     <t>Пылевыбивалка  quot;Цветок quot;. Размер 56х21х2 см, 2 цвета</t>
   </si>
   <si>
     <t>Пылевыбивалка &amp;quot;Цветок&amp;quot;. Размер 56х21х2 см, 2 цвета</t>
@@ -1866,62 +1734,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/18e/zmcbey5emy165ac9z5jiu21nw2mze2cp.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды   мебели от шерсти, ворсинок, пыли, волос   8 сменных блоков по 50 листов, суперлипкий, LAIMA, 608384</t>
   </si>
   <si>
     <t>Суперлипкий ролик для одежды LAIMA идеально подойдет для очистки одежды, мебели, для очистки салона автомобиля &amp;#40; особенно велюрового или тканевого&amp;#41; и других поверхностей от шерсти, ворсинок, волос, частиц пыли, катышек, ниток, мелких крошек и пуха. Наш ролик для очистки вещей и уборки волос изготовлен из высококачественных материалов, что обеспечит эффективное избавление поверхности от загрязнений. В комплект входит один блок-ролик и запасные сменные блоки. Ролик щетка-липун станет незаменимым помощником не только дома, в офисе, на кухне, даче или в саду, но и в автомобиле.Липкий слой легко убирает загрязнения не оставляя следов на поверхности очищаемого материала. Подходит для любых изделий из кожи, ткани и замши. В ролике 50 отрывных листов. Когда липкая поверхность загрязнится, просто удалите этот слой - и ролик снова готов избавить ваши вещи от шерсти, волос, пыли, пуха и других мелких загрязнений. Ширина очищающей поверхности - 10 см. Удобный и практичный комплект со сменными блоками: купи один раз, а пользуйся и сияй чистотой много раз!В комплекте 8 сменных блоков, 1 ролик-рукоятка.50 СУПЕРЛИПКИХ слоев в каждом сменном блоке нашего ролика!</t>
   </si>
   <si>
     <t>945716</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d55/4svdbo1zot2cyl2pc9d45cgch0linm5d.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды   мебели от шерсти, ворсинок, пыли, волос   4 сменных блока по 50 листов, суперлипкий, LAIMA, 608383</t>
   </si>
   <si>
     <t>Суперлипкий ролик для одежды LAIMA идеально подойдет для очистки одежды, мебели, для очистки салона автомобиля &amp;#40; особенно велюрового или тканевого&amp;#41; и других поверхностей от шерсти, ворсинок, волос, частиц пыли, катышек, ниток, мелких крошек и пуха. Наш ролик для очистки вещей и уборки волос изготовлен из высококачественных материалов, что обеспечит эффективное избавление поверхности от загрязнений. В комплект входит один блок-ролик и запасные сменные блоки. Ролик щетка-липун станет незаменимым помощником не только дома, в офисе, на кухне, даче или в саду, но и в автомобиле.Липкий слой легко убирает загрязнения не оставляя следов на поверхности очищаемого материала. Подходит для любых изделий из кожи, ткани и замши. В ролике 50 отрывных листов. Когда липкая поверхность загрязнится, просто удалите этот слой - и ролик снова готов избавить ваши вещи от шерсти, волос, пыли, пуха и других мелких загрязнений. Ширина очищающей поверхности - 10 см. Удобный и практичный комплект со сменными блоками: купи один раз, а пользуйся и сияй чистотой много раз!В комплекте 4 сменных блока, 1 ролик-рукоятка.50 СУПЕРЛИПКИХ слоев в каждом сменном блоке нашего ролика!</t>
   </si>
   <si>
     <t>946643</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff3/yxzpifx2bifo29m9dan9svfo42w00orx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c20/7630etsg3gpgu4pi9k5nanf1qmtsurez.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Безмен для домашнего пользования  Столбик   до 10 кг </t>
   </si>
   <si>
     <t>Безмен для домашнего пользования «Столбик» &amp;#40;до 10 кг&amp;#41;. Размер 21х2,2х2 см., 3 цвета. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
   </si>
   <si>
     <t>952926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d64/n8mgxux18felqzxanarwvpejl8nebu6b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Безмен механический  quot;MAXTRONIC quot; MAX-703  до 10 кг </t>
   </si>
   <si>
     <t>Безмен механический &amp;quot;MAXTRONIC&amp;quot; MAX-703 &amp;#40;до 10 кг&amp;#41;. Размер 17,5х6,5х5,2 см. Материал: Пластмасса &amp;#40;ABS, PS&amp;#41;, Металл</t>
   </si>
   <si>
     <t>952927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/613/8orl1xjmutbxjjw9gt8od35zzkfnroaj.jpg</t>
@@ -1993,62 +1849,50 @@
     <t>993377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21c/f16uxvrmg9atjmn5ivn0zflsifw786cp.jpg</t>
   </si>
   <si>
     <t>Липкая лента от мух мухоловка КОМПЛЕКТ 4 шт., NADZOR, IFR001P</t>
   </si>
   <si>
     <t>Ловушка для мух NADZOR представлена в форме картонной гильзы. Внутри свернута в спираль длинная лента со специальным клеящим составом. Пролетающие мимо насекомые задевают ленту и прилипают к ней, не имея ни единого шанса освободиться. Функцию действующего вещества выполняет высококачественный клеевой состав, который надежно удерживает мух на поверхности ленты. На ленту нанесен и специальный аттрактант, который способствует привлечению внимания насекомых.</t>
   </si>
   <si>
     <t>1003129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a10/4nbpfxor6hxu8y582914tam5g3rahh17.jpg</t>
   </si>
   <si>
     <t>Измеритель стопы  quot;Фут quot; 22х9х2,5 см, 3 цвета</t>
   </si>
   <si>
     <t>Измеритель стопы &amp;quot;Фут&amp;quot; 22х9х2,5 см, 3 цвета Материал: Пластмасса &amp;#40;РР&amp;#41;</t>
   </si>
   <si>
     <t>1004609</t>
-  </si>
-[...10 lines deleted...]
-    <t>1009842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2375,3624 +2219,3304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J173"/>
+  <dimension ref="A1:M157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F173" sqref="F173"/>
+      <selection pane="bottomRight" activeCell="G157" sqref="G157"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...12 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...42 lines deleted...]
-      <c r="E27" s="3" t="s">
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="G29" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...46 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F38" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...202 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>131</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>129</v>
+        <v>174</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>131</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>129</v>
+        <v>178</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>131</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>178</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>225</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F85" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...572 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>366</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>424</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>445</v>
+        <v>111</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>449</v>
+        <v>111</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>458</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F129" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...209 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G129" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B131" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>505</v>
-[...5 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>506</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F132" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G132" s="3" t="s">
+      <c r="B133" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="F139" s="3" t="s">
         <v>132</v>
       </c>
-    </row>
-[...127 lines deleted...]
-      <c r="B139" s="1" t="s">
+      <c r="G139" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="B140" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="C140" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G140" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="B141" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="B141" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>539</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>540</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>542</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>543</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>535</v>
+        <v>548</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>109</v>
+        <v>75</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>131</v>
+        <v>588</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>19</v>
-[...358 lines deleted...]
-        <v>19</v>
+        <v>75</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">